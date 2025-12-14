--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -85,5350 +85,5440 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255546364</t>
+          <t>9789755748474</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't-Tayr</t>
+          <t>Doğuda ve Batıda Kutsal Sanat</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255546050</t>
+          <t>9789755745497</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Maturidilik Düşüncesi 4 - Mürcie</t>
+          <t>Tefhimu'l Kur'an - Kur'an'ın Anlamı ve Tefsiri (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255546319</t>
+          <t>9786255546388</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255546357</t>
+          <t>9786255546302</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Yahudilikte Kutsal Ruh</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255546326</t>
+          <t>9786255546401</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Halid-i Bağdadi ve Halidilik</t>
+          <t>Dünyanın Sonbaharı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>610</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789755742557</t>
+          <t>9786255546395</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Laikleşme Serüveninde Tanzimat</t>
+          <t>Bir Kutlu Sefer Hicret</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>505</v>
+        <v>650</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255546371</t>
+          <t>9786255546364</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Mantıku't-Tayr</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255546333</t>
+          <t>9786255546050</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Heidegger’in Kulübesine Yolculuk</t>
+          <t>Maturidilik Düşüncesi 4 - Mürcie</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755745633</t>
+          <t>9786255546319</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Felsefesi Tarihi</t>
+          <t>Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>340</v>
+        <v>560</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757732297</t>
+          <t>9786255546357</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nurlar Risalesi</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255546296</t>
+          <t>9786255546326</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Batı Klasikleri Işığında Karakter Analizi</t>
+          <t>Mevlana Halid-i Bağdadi ve Halidilik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>240</v>
+        <v>610</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255546289</t>
+          <t>9789755742557</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ötesi</t>
+          <t>Türkiye'nin Laikleşme Serüveninde Tanzimat</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>505</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255546265</t>
+          <t>9786255546371</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Tıp</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255546241</t>
+          <t>9786255546333</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Biz Aradık O Buldu Ahmed el-Gazzali ve Tasavvufi Görüşleri</t>
+          <t>Heidegger’in Kulübesine Yolculuk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255546234</t>
+          <t>9789755745633</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Arifler Sultanı Bayezid-i Bistami</t>
+          <t>İlkçağ Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256021150</t>
+          <t>9789757732297</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun İnce Meseleleri</t>
+          <t>Nurlar Risalesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755741222</t>
+          <t>9786255546296</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Mürşidin Mektupları</t>
+          <t>Batı Klasikleri Işığında Karakter Analizi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255546210</t>
+          <t>9786255546289</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Yolu</t>
+          <t>Ölüm ve Ötesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255546258</t>
+          <t>9786255546265</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İçe Yolculuk</t>
+          <t>Nebevi Tıp</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255546272</t>
+          <t>9786255546241</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sesin Ötesinde</t>
+          <t>Biz Aradık O Buldu Ahmed el-Gazzali ve Tasavvufi Görüşleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256021167</t>
+          <t>9786255546234</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Mistisizminde Tanrı, Âlem ve İnsan</t>
+          <t>Arifler Sultanı Bayezid-i Bistami</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255546203</t>
+          <t>9786256021150</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dicle’den Yükselen Feryat Hallac-ı Mansur</t>
+          <t>Tasavvufun İnce Meseleleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256021969</t>
+          <t>9789755741222</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünürlerine Göre Araştırma Metotları</t>
+          <t>Bir Mürşidin Mektupları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256021990</t>
+          <t>9786255546210</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Tarihi</t>
+          <t>Tasavvuf Yolu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255546197</t>
+          <t>9786255546258</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mekke'ye Kanmak</t>
+          <t>İçe Yolculuk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755741048</t>
+          <t>9786255546272</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Varlık Düşüncesi</t>
+          <t>Sesin Ötesinde</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255546173</t>
+          <t>9786256021167</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Kıyameti 1 - Felsefenin Ölümü</t>
+          <t>Yahudi Mistisizminde Tanrı, Âlem ve İnsan</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755749037</t>
+          <t>9786255546203</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Tarihi 2</t>
+          <t>Dicle’den Yükselen Feryat Hallac-ı Mansur</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755747248</t>
+          <t>9786256021969</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Hikayeleri - 2</t>
+          <t>İslam Düşünürlerine Göre Araştırma Metotları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>208</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755747927</t>
+          <t>9786256021990</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>13. Yüzyıldan 21. Yüzyıla Nasreddin Hoca</t>
+          <t>Fıkıh Tarihi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755746715</t>
+          <t>9786255546197</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Bir Sanatçıdır</t>
+          <t>Mekke'ye Kanmak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>345</v>
+        <v>270</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755745206</t>
+          <t>9789755741048</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’ya Göre Manevi Gelişim</t>
+          <t>İslam'da Varlık Düşüncesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>790</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258314045</t>
+          <t>9786255546173</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gazali Tefsiri</t>
+          <t>Düşüncenin Kıyameti 1 - Felsefenin Ölümü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>490</v>
+        <v>340</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755748832</t>
+          <t>9789755749037</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hikayem Ne Tuhaftır</t>
+          <t>İslam Düşüncesi Tarihi 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755746173</t>
+          <t>9789755747248</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Müştak-ı Bitlisi</t>
+          <t>Bilgelik Hikayeleri - 2</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>360</v>
+        <v>208</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789755748658</t>
+          <t>9789755747927</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde Tanrı’yı Görmek</t>
+          <t>13. Yüzyıldan 21. Yüzyıla Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755746456</t>
+          <t>9789755746715</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Alimlerin Gözdesi Bir Tarikat Zeyniyye</t>
+          <t>Her İnsan Bir Sanatçıdır</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>240</v>
+        <v>345</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255546098</t>
+          <t>9789755745206</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Özü</t>
+          <t>Mevlana’ya Göre Manevi Gelişim</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>790</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789755749341</t>
+          <t>9786258314045</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Medreseden Kaçış</t>
+          <t>Gazali Tefsiri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255546081</t>
+          <t>9789755748832</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Cemiyet-i Kamil</t>
+          <t>Hikayem Ne Tuhaftır</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256021938</t>
+          <t>9789755746173</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Taha'nın Bahçesinde</t>
+          <t>Müştak-ı Bitlisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255546036</t>
+          <t>9789755748658</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Okutun - Dijital Ahmaklığa Son Vermek İçin</t>
+          <t>Her Yerde Tanrı’yı Görmek</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255546074</t>
+          <t>9789755746456</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Masaldan Hakikate</t>
+          <t>Alimlerin Gözdesi Bir Tarikat Zeyniyye</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258314380</t>
+          <t>9786255546098</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ben, Öteki ve Ötesi</t>
+          <t>Tasavvufun Özü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059616041</t>
+          <t>9789755749341</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İslam Barışın Adı</t>
+          <t>Medreseden Kaçış</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255546067</t>
+          <t>9786255546081</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İlahi Tecelliler</t>
+          <t>Cemiyet-i Kamil</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>790</v>
+        <v>260</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255546043</t>
+          <t>9786256021938</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Çağda İnsan</t>
+          <t>Taha'nın Bahçesinde</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755748382</t>
+          <t>9786255546036</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sembolik İmgelem</t>
+          <t>Okutun - Dijital Ahmaklığa Son Vermek İçin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789757732594</t>
+          <t>9786255546074</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sabredenler ve Şükredenler</t>
+          <t>Masaldan Hakikate</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255546029</t>
+          <t>9786258314380</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Tarihi</t>
+          <t>Ben, Öteki ve Ötesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>310</v>
+        <v>700</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255546012</t>
+          <t>9786059616041</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bizim Geniş Şimdimiz</t>
+          <t>İslam Barışın Adı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755748535</t>
+          <t>9786255546067</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kozmos’un Hakikati</t>
+          <t>İlahi Tecelliler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>790</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755746951</t>
+          <t>9786255546043</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Dönüşümü</t>
+          <t>Postmodern Çağda İnsan</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755746555</t>
+          <t>9789755748382</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Beşer Tecellisi</t>
+          <t>Sembolik İmgelem</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256021983</t>
+          <t>9789757732594</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Arap Hakimiyetine Kadar Harran Tarihi</t>
+          <t>Sabredenler ve Şükredenler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>110</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755748672</t>
+          <t>9786255546029</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlık ve İslam</t>
+          <t>Hakikatin Tarihi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755746821</t>
+          <t>9786255546012</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Manevi Perspektifler</t>
+          <t>Bizim Geniş Şimdimiz</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256021945</t>
+          <t>9789755748535</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tavasin</t>
+          <t>Kozmos’un Hakikati</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256021976</t>
+          <t>9789755746951</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Liderliği</t>
+          <t>Kalbim Dönüşümü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755744872</t>
+          <t>9789755746555</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Gizemi ve Tasavvufun Dinamikleri</t>
+          <t>Beşer Tecellisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799755742167</t>
+          <t>9786256021983</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’te Emr-i Ma’ruf Nehy-i Münker</t>
+          <t>Arap Hakimiyetine Kadar Harran Tarihi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755746708</t>
+          <t>9789755748672</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun’a Göre İslam Medeniyeti</t>
+          <t>Hıristiyanlık ve İslam</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755743219</t>
+          <t>9789755746821</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Felsefesi</t>
+          <t>Manevi Perspektifler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755747965</t>
+          <t>9786256021945</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Antik İnançlar ve Modern Hurafeler</t>
+          <t>Tavasin</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256021884</t>
+          <t>9786256021976</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Anlamak</t>
+          <t>Hz. Muhammed'in Liderliği</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256021952</t>
+          <t>9789755744872</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Şerhi el-Maksadü’l-Esnâ fî Şerhi Esmâillahi’l-Hüsnâ</t>
+          <t>Sayıların Gizemi ve Tasavvufun Dinamikleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755740539</t>
+          <t>9799755742167</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hilafetin İlgasının Arka Planı</t>
+          <t>Kur’an ve Sünnet’te Emr-i Ma’ruf Nehy-i Münker</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057074669</t>
+          <t>9789755746708</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi ve Schuon</t>
+          <t>İbn Haldun’a Göre İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755747781</t>
+          <t>9789755743219</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Onbirinci Saat</t>
+          <t>Bilgi Felsefesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755746005</t>
+          <t>9789755747965</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>Antik İnançlar ve Modern Hurafeler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755749686</t>
+          <t>9786256021884</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetimizin Dili</t>
+          <t>İslam'ı Anlamak</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755741819</t>
+          <t>9786256021952</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Başaklar ve Ayrık Otları</t>
+          <t>Esma-i Hüsna Şerhi el-Maksadü’l-Esnâ fî Şerhi Esmâillahi’l-Hüsnâ</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755741710</t>
+          <t>9789755740539</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Alemin Yaratılışı ve Hz.Muhammed’in Zuhuru</t>
+          <t>Hilafetin İlgasının Arka Planı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755749280</t>
+          <t>9786057074669</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mevlevilik Müdafaası</t>
+          <t>İbn Arabi ve Schuon</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256021907</t>
+          <t>9789755747781</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Enneagram Bilgeliği</t>
+          <t>Onbirinci Saat</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256021877</t>
+          <t>9789755746005</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İslam, Aydınlanma ve Gelecek</t>
+          <t>Öze Dönüş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256021860</t>
+          <t>9789755749686</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İlim Tarihinde Bir Kimliğin İzleri Muhaddis</t>
+          <t>Medeniyetimizin Dili</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755746074</t>
+          <t>9789755741819</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi’ye Göre İbadetlerin Manevi Yorumları</t>
+          <t>Başaklar ve Ayrık Otları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256021143</t>
+          <t>9789755741710</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (s.a.v.) Devri Vesikaları</t>
+          <t>Alemin Yaratılışı ve Hz.Muhammed’in Zuhuru</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755744087</t>
+          <t>9789755749280</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Din</t>
+          <t>Mevlevilik Müdafaası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755745046</t>
+          <t>9786256021907</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Bilim ve Medeniyet</t>
+          <t>Enneagram Bilgeliği</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755748542</t>
+          <t>9786256021877</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi'nin Alemin Ontolojik Yapısı Hakkında Filozofları Eleştirisi</t>
+          <t>İslam, Aydınlanma ve Gelecek</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755749723</t>
+          <t>9786256021860</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yer-Değiller</t>
+          <t>İlim Tarihinde Bir Kimliğin İzleri Muhaddis</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256021136</t>
+          <t>9789755746074</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kitabı Tasavvuf Yolundan İşaretler</t>
+          <t>İbn Arabi’ye Göre İbadetlerin Manevi Yorumları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755746227</t>
+          <t>9786256021143</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bireysel ve Toplumsal Değişmenin Yasaları</t>
+          <t>Hz. Peygamber (s.a.v.) Devri Vesikaları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755748450</t>
+          <t>9789755744087</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatı ve Maneviyatı</t>
+          <t>Bilim ve Din</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755742588</t>
+          <t>9789755745046</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Felsefi Düşüncenin Doğuşu 2</t>
+          <t>İslam’da Bilim ve Medeniyet</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755742571</t>
+          <t>9789755748542</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Felsefi Düşüncenin Doğuşu 1</t>
+          <t>İmam Maturidi'nin Alemin Ontolojik Yapısı Hakkında Filozofları Eleştirisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256021105</t>
+          <t>9789755749723</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Ötesi</t>
+          <t>Yer-Değiller</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755746180</t>
+          <t>9786256021136</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tablolarla Hadis Usulü ve Edebiyatı</t>
+          <t>Aşk Kitabı Tasavvuf Yolundan İşaretler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256021112</t>
+          <t>9789755746227</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Tarihinde Tabiatçılığa Reddiyeler</t>
+          <t>Bireysel ve Toplumsal Değişmenin Yasaları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755743769</t>
+          <t>9789755748450</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Engizisyon</t>
+          <t>İslam Sanatı ve Maneviyatı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256021129</t>
+          <t>9789755742588</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bilimcilik İdeolojisi: Ateizmin Bilim Sömürüsü</t>
+          <t>İslam'da Felsefi Düşüncenin Doğuşu 2</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>240</v>
+        <v>410</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256021099</t>
+          <t>9789755742571</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kerramiyye</t>
+          <t>İslam’da Felsefi Düşüncenin Doğuşu 1</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258314830</t>
+          <t>9786256021105</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Leme'atu'l-Berkı'n-Necdi</t>
+          <t>Ben ve Ötesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>385</v>
+        <v>290</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256021068</t>
+          <t>9789755746180</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hayali Modernlik</t>
+          <t>Tablolarla Hadis Usulü ve Edebiyatı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256021044</t>
+          <t>9786256021112</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Sosyolojisi</t>
+          <t>İslam Düşünce Tarihinde Tabiatçılığa Reddiyeler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755742335</t>
+          <t>9789755743769</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Engizisyon</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789757732006</t>
+          <t>9786256021129</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Molla Sadra ve İlahi Hikmet</t>
+          <t>Bilimcilik İdeolojisi: Ateizmin Bilim Sömürüsü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258314786</t>
+          <t>9786256021099</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>The War of the Worlds</t>
+          <t>Kerramiyye</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258314793</t>
+          <t>9786258314830</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Master and Man</t>
+          <t>Leme'atu'l-Berkı'n-Necdi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>385</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258314779</t>
+          <t>9786256021068</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Grimms' Fairy Tales</t>
+          <t>Hayali Modernlik</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>255</v>
+        <v>225</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258314809</t>
+          <t>9786256021044</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>A Voyage in a Balloon</t>
+          <t>Bilgi Sosyolojisi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258314816</t>
+          <t>9789755742335</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>A Journey to the Centre ofthe Earth</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258314281</t>
+          <t>9789757732006</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kabe'ye Mektuplar</t>
+          <t>Molla Sadra ve İlahi Hikmet</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258314977</t>
+          <t>9786258314786</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzinde Hikayeler</t>
+          <t>The War of the Worlds</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256021051</t>
+          <t>9786258314793</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa</t>
+          <t>Master and Man</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256021037</t>
+          <t>9786258314779</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İngiltere'de İslam ve Tasavvuf</t>
+          <t>Grimms' Fairy Tales</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789755748153</t>
+          <t>9786258314809</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi</t>
+          <t>A Voyage in a Balloon</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>345</v>
+        <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256021006</t>
+          <t>9786258314816</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlamak</t>
+          <t>A Journey to the Centre ofthe Earth</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789757732969</t>
+          <t>9786258314281</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Üç Müslüman Bilge</t>
+          <t>Kabe'ye Mektuplar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>176</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258314946</t>
+          <t>9786258314977</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Öze Yolculuk (Ciltli)</t>
+          <t>Zamanın İzinde Hikayeler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>975</v>
+        <v>80</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258314960</t>
+          <t>9786256021051</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı (Ciltli)</t>
+          <t>Said Halim Paşa</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>845</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258314939</t>
+          <t>9786256021037</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Gök Kubbenin Altında (Ciltli)</t>
+          <t>İngiltere'de İslam ve Tasavvuf</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>845</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258314885</t>
+          <t>9789755748153</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ben, Öteki ve Ötesi (Ciltli)</t>
+          <t>İslamofobi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>1625</v>
+        <v>345</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258314908</t>
+          <t>9786256021006</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Barbar, Modern, Medeni (Ciltli)</t>
+          <t>İnsanı Anlamak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258314915</t>
+          <t>9789757732969</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Erdem (Ciltli)</t>
+          <t>Üç Müslüman Bilge</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1100</v>
+        <v>176</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258314922</t>
+          <t>9786258314946</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Açık Ufuk (Ciltli)</t>
+          <t>Öze Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>845</v>
+        <v>975</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258314991</t>
+          <t>9786258314960</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Vedanta'ya Göre İnsan ve Halleri</t>
+          <t>İslam ve Batı (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>210</v>
+        <v>845</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256021020</t>
+          <t>9786258314939</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kale'l-Arifun</t>
+          <t>Gök Kubbenin Altında (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>845</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258314953</t>
+          <t>9786258314885</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı</t>
+          <t>Ben, Öteki ve Ötesi (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789755743554</t>
+          <t>9786258314908</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Değişme ve Din</t>
+          <t>Barbar, Modern, Medeni (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>240</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256021013</t>
+          <t>9786258314915</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Arifler Meclisi</t>
+          <t>Akıl ve Erdem (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>140</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258314847</t>
+          <t>9786258314922</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmak ve Yaslanmak</t>
+          <t>Açık Ufuk (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>175</v>
+        <v>845</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755744131</t>
+          <t>9786258314991</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hristiyanlık</t>
+          <t>Vedanta'ya Göre İnsan ve Halleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>112</v>
+        <v>210</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789755745732</t>
+          <t>9786256021020</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Kale'l-Arifun</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755749730</t>
+          <t>9786258314953</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mekke'ye Giden Yol</t>
+          <t>İslam ve Batı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258314823</t>
+          <t>9789755743554</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Öze Yolculuk</t>
+          <t>Toplumsal Değişme ve Din</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258314564</t>
+          <t>9786256021013</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sultan Veled</t>
+          <t>Arifler Meclisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>475</v>
+        <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258314519</t>
+          <t>9786258314847</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Öncü İslâm Âlimleri</t>
+          <t>Yaşlanmak ve Yaslanmak</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258314700</t>
+          <t>9789755744131</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mantık ve Aşkınlık</t>
+          <t>Hristiyanlık</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>360</v>
+        <v>112</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258314502</t>
+          <t>9789755745732</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Öğütler</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258314717</t>
+          <t>9789755749730</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Rönesans İtalya'sında Aşk Felsefesi</t>
+          <t>Mekke'ye Giden Yol</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258314670</t>
+          <t>9786258314823</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Moriskolar</t>
+          <t>Öze Yolculuk</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258314687</t>
+          <t>9786258314564</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Küfür Fedaisi</t>
+          <t>Sultan Veled</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258314694</t>
+          <t>9786258314519</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Düşünmek, Hayır Demektir</t>
+          <t>Öncü İslâm Âlimleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057387240</t>
+          <t>9786258314700</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Nedir?</t>
+          <t>Mantık ve Aşkınlık</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258314557</t>
+          <t>9786258314502</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sufiname</t>
+          <t>Hayata Dair Öğütler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>435</v>
+        <v>360</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258314366</t>
+          <t>9786258314717</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yerel Tarihler Küresel Tasarımlar</t>
+          <t>Rönesans İtalya'sında Aşk Felsefesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258314038</t>
+          <t>9786258314670</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Barbar, Modern, Medeni (Arapça)</t>
+          <t>Moriskolar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258314458</t>
+          <t>9786258314687</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Duyan Gelsin Bu Meydana</t>
+          <t>Küfür Fedaisi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258314441</t>
+          <t>9786258314694</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ateizm Kendi Paradigmasıyla Yüzleşiyor</t>
+          <t>Düşünmek, Hayır Demektir</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258314069</t>
+          <t>9786057387240</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Edhem - Belh Sultanlığından Gönül Sultanlığına</t>
+          <t>Tasavvuf Nedir?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258314403</t>
+          <t>9786258314557</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Maturidilik Düşüncesi 3 - Kabir Azabı</t>
+          <t>Sufiname</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>225</v>
+        <v>435</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258314427</t>
+          <t>9786258314366</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Farabi Felsefesi</t>
+          <t>Yerel Tarihler Küresel Tasarımlar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258314434</t>
+          <t>9786258314038</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Muhtelif - 1</t>
+          <t>Barbar, Modern, Medeni (Arapça)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755748955</t>
+          <t>9786258314458</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Mülk Suresi</t>
+          <t>Duyan Gelsin Bu Meydana</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258314397</t>
+          <t>9786258314441</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Çin Tıbbı</t>
+          <t>Ateizm Kendi Paradigmasıyla Yüzleşiyor</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258314113</t>
+          <t>9786258314069</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Devri Kronolojisi (Cilt 1)</t>
+          <t>İbrahim Edhem - Belh Sultanlığından Gönül Sultanlığına</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>660</v>
+        <v>210</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258314120</t>
+          <t>9786258314403</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Devri Kronolojisi (Cilt 2)</t>
+          <t>Maturidilik Düşüncesi 3 - Kabir Azabı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>670</v>
+        <v>225</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258314373</t>
+          <t>9786258314427</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Tasavvuf</t>
+          <t>Farabi Felsefesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>480</v>
+        <v>270</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258314359</t>
+          <t>9786258314434</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Rahmetün Mine'r-Rahman - Kur'an-ı Kerim Tefsiri 5</t>
+          <t>Muhtelif - 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>780</v>
+        <v>190</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258314168</t>
+          <t>9789755748955</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Dilinden Dündökümü</t>
+          <t>Mülk Suresi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>490</v>
+        <v>130</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258314076</t>
+          <t>9786258314397</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Filozofların Amacı</t>
+          <t>Geleneksel Çin Tıbbı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258314328</t>
+          <t>9786258314113</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Manevi Otorite ve Maddi İktidar</t>
+          <t>Hz. Peygamber Devri Kronolojisi (Cilt 1)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>130</v>
+        <v>660</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258314335</t>
+          <t>9786258314120</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Şeriat</t>
+          <t>Hz. Peygamber Devri Kronolojisi (Cilt 2)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>530</v>
+        <v>670</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057133502</t>
+          <t>9786258314373</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Küçükler Hesabının Metafizik İlkeleri</t>
+          <t>Hadislerle Tasavvuf</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>175</v>
+        <v>480</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057387271</t>
+          <t>9786258314359</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İnisiyasyona Toplu Bakışlar</t>
+          <t>Rahmetün Mine'r-Rahman - Kur'an-ı Kerim Tefsiri 5</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>360</v>
+        <v>780</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258314090</t>
+          <t>9786258314168</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Modernlik Arasında</t>
+          <t>Kadınların Dilinden Dündökümü</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>285</v>
+        <v>490</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057133533</t>
+          <t>9786258314076</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Adil Hükümdar - Kitab Seyfü'l-Mülük ve'l-Hükkam</t>
+          <t>Filozofların Amacı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>175</v>
+        <v>255</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258314229</t>
+          <t>9786258314328</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yemek Kitabım</t>
+          <t>Manevi Otorite ve Maddi İktidar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258314298</t>
+          <t>9786258314335</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l-Arabi'nin Kur'an İlimlerine Yaklaşım</t>
+          <t>Hakikat ve Şeriat</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>420</v>
+        <v>530</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258314212</t>
+          <t>9786057133502</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Beklemeye Övgü</t>
+          <t>Sonsuz Küçükler Hesabının Metafizik İlkeleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258314199</t>
+          <t>9786057387271</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin Ahlakı</t>
+          <t>İnisiyasyona Toplu Bakışlar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258314236</t>
+          <t>9786258314090</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'nin Üç Kapısı</t>
+          <t>Gelenek ve Modernlik Arasında</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>130</v>
+        <v>285</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258314267</t>
+          <t>9786057133533</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kesin Delil</t>
+          <t>Adil Hükümdar - Kitab Seyfü'l-Mülük ve'l-Hükkam</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258314274</t>
+          <t>9786258314229</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kınalızade'de Siyaset ve Ahlak</t>
+          <t>Yemek Kitabım</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258314243</t>
+          <t>9786258314298</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Şah Veliyyullah Dehlevi'den Günümüze Pakistan ve Hindistan'da Hadis Çalışmaları</t>
+          <t>İbnü'l-Arabi'nin Kur'an İlimlerine Yaklaşım</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258314083</t>
+          <t>9786258314212</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve İdeoloji</t>
+          <t>Beklemeye Övgü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>255</v>
+        <v>210</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258314175</t>
+          <t>9786258314199</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kendini Unutma</t>
+          <t>Sufilerin Ahlakı</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258314205</t>
+          <t>9786258314236</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi 2.0: Yeni Nesil İslamofobi ile Yeni Nesil Mücadele</t>
+          <t>Mesnevi'nin Üç Kapısı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>315</v>
+        <v>130</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258314182</t>
+          <t>9786258314267</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l-Arabi'de İbareden İşarete İşari ve Gai Yorum: Kitabu'l-Gayat</t>
+          <t>Kesin Delil</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057133557</t>
+          <t>9786258314274</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Bilgi Ekseninde Eğitimin Temelleri</t>
+          <t>Kınalızade'de Siyaset ve Ahlak</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258314007</t>
+          <t>9786258314243</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Allah Neden Kendisine İbadet Edilmesini İster?</t>
+          <t>Şah Veliyyullah Dehlevi'den Günümüze Pakistan ve Hindistan'da Hadis Çalışmaları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258314151</t>
+          <t>9786258314083</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Geleneksel İslam</t>
+          <t>Sinema ve İdeoloji</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755749303</t>
+          <t>9786258314175</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Kalbi</t>
+          <t>Kendini Unutma</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258314144</t>
+          <t>9786258314205</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Ölüm</t>
+          <t>İslamofobi 2.0: Yeni Nesil İslamofobi ile Yeni Nesil Mücadele</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>375</v>
+        <v>315</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057133595</t>
+          <t>9786258314182</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>II. Mahmud'un Gölgesinde</t>
+          <t>İbnü'l-Arabi'de İbareden İşarete İşari ve Gai Yorum: Kitabu'l-Gayat</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258314014</t>
+          <t>9786057133557</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Külli Ruh</t>
+          <t>Varlık ve Bilgi Ekseninde Eğitimin Temelleri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>315</v>
+        <v>460</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258314021</t>
+          <t>9786258314007</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Beyan Tefsirinde Kur'an Kıssalarının Tasavvufi Yorumu</t>
+          <t>Allah Neden Kendisine İbadet Edilmesini İster?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057133588</t>
+          <t>9786258314151</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Cassirer Felsefesinde Sembol, Mit ve Anlam</t>
+          <t>Modern Dünyada Geleneksel İslam</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057387295</t>
+          <t>9789755749303</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Nakşbendi-Halidiliğin Bir Kolu Olarak Haznevilik</t>
+          <t>İslam'ın Kalbi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>440</v>
+        <v>270</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057133564</t>
+          <t>9786258314144</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Peygamberliğin İspatı</t>
+          <t>Yaşam Ölüm</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>460</v>
+        <v>375</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057133571</t>
+          <t>9786057133595</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gerdanlık Endülüs</t>
+          <t>II. Mahmud'un Gölgesinde</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>285</v>
+        <v>490</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057387226</t>
+          <t>9786258314014</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bir Müfessir Olarak Abdülgani en-Nablusi</t>
+          <t>Külli Ruh</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>405</v>
+        <v>315</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057387264</t>
+          <t>9786258314021</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ahmak Fabrikası</t>
+          <t>Ruhu'l-Beyan Tefsirinde Kur'an Kıssalarının Tasavvufi Yorumu</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057133540</t>
+          <t>9786057133588</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>Cassirer Felsefesinde Sembol, Mit ve Anlam</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>315</v>
+        <v>285</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057133519</t>
+          <t>9786057387295</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Ahlak, Olgu ve Değer</t>
+          <t>Nakşbendi-Halidiliğin Bir Kolu Olarak Haznevilik</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>330</v>
+        <v>440</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057133526</t>
+          <t>9786057133564</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sıradanın Kırılganlığı</t>
+          <t>Peygamberliğin İspatı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>175</v>
+        <v>460</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057387219</t>
+          <t>9786057133571</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bir Sufinin Portresi</t>
+          <t>Kayıp Gerdanlık Endülüs</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>475</v>
+        <v>285</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057387233</t>
+          <t>9786057387226</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Faizsiz Bankacılıkta Mudarabe ve Kar</t>
+          <t>Bir Müfessir Olarak Abdülgani en-Nablusi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>285</v>
+        <v>405</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755744544</t>
+          <t>9786057387264</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İlahi Aşk</t>
+          <t>Dijital Ahmak Fabrikası</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755741550</t>
+          <t>9786057133540</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Celal ve Cemal Aynasında Kadın</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>345</v>
+        <v>315</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789757732068</t>
+          <t>9786057133519</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Halklar Ansiklopedisi (3 Cilt Takım ) (Ciltli)</t>
+          <t>Bilim ve Ahlak, Olgu ve Değer</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>1000</v>
+        <v>330</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057387257</t>
+          <t>9786057133526</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İdealar Enneagramı - Gerçek Kendilik ve Yansımaları</t>
+          <t>Sıradanın Kırılganlığı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057406682</t>
+          <t>9786057387219</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Problemi ve İmtihan</t>
+          <t>Bir Sufinin Portresi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057387202</t>
+          <t>9786057387233</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Rabbani Bir Alim: Şeyh Muhammed Kazım Aydın El-Halidi En-Nakşibendi</t>
+          <t>Faizsiz Bankacılıkta Mudarabe ve Kar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>625</v>
+        <v>285</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755749617</t>
+          <t>9789755744544</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Maturidilik Düşüncesi 2 - Mucize, Keramet, Nüzul-i İsa</t>
+          <t>İlahi Aşk</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>315</v>
+        <v>210</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755749525</t>
+          <t>9789755741550</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Erdem</t>
+          <t>Celal ve Cemal Aynasında Kadın</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>420</v>
+        <v>345</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789755743523</t>
+          <t>9789757732068</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Tasavvuf - 19. Yüzyıl</t>
+          <t>Müslüman Halklar Ansiklopedisi (3 Cilt Takım ) (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>880</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755743516</t>
+          <t>9786057387257</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Tasavvuf -18. Yüzyıl</t>
+          <t>Kutsal İdealar Enneagramı - Gerçek Kendilik ve Yansımaları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>700</v>
+        <v>330</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057074676</t>
+          <t>9786057406682</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Tınısı</t>
+          <t>Kötülük Problemi ve İmtihan</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057406651</t>
+          <t>9786057387202</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Gerçek ve Sonsuz İmkan</t>
+          <t>Rabbani Bir Alim: Şeyh Muhammed Kazım Aydın El-Halidi En-Nakşibendi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>240</v>
+        <v>625</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057406675</t>
+          <t>9789755749617</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hüsameddin Ali El-Bitlisi'nin Tefsir ve Tevil Anlayışı</t>
+          <t>Maturidilik Düşüncesi 2 - Mucize, Keramet, Nüzul-i İsa</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>390</v>
+        <v>315</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057406668</t>
+          <t>9789755749525</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Varlık Mertebeleri</t>
+          <t>Akıl ve Erdem</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>145</v>
+        <v>430</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057406637</t>
+          <t>9789755743523</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Zen Budizm Felsefesi</t>
+          <t>Osmanlı Toplumunda Tasavvuf - 19. Yüzyıl</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>125</v>
+        <v>880</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057406620</t>
+          <t>9789755743516</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi'nin Mu'tezile Eleştirisi</t>
+          <t>Osmanlı Toplumunda Tasavvuf -18. Yüzyıl</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>390</v>
+        <v>700</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057074683</t>
+          <t>9786057074676</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teorileri</t>
+          <t>Varoluşun Tınısı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057074645</t>
+          <t>9786057406651</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Kethüdazade el-Hac Mehmed Arif Efendi Bir Var İmiş Bir Yoğ İmiş</t>
+          <t>Mutlak Gerçek ve Sonsuz İmkan</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>435</v>
+        <v>240</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057074621</t>
+          <t>9786057406675</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hükümdarlık Ahlakı</t>
+          <t>Hüsameddin Ali El-Bitlisi'nin Tefsir ve Tevil Anlayışı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755749792</t>
+          <t>9786057406668</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Muhammed el-Hazin Divanı (Ciltli)</t>
+          <t>Varlık Mertebeleri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>440</v>
+        <v>145</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755749815</t>
+          <t>9786057406637</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Fazıl Bin Natık</t>
+          <t>Zen Budizm Felsefesi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755749990</t>
+          <t>9786057406620</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Uzlet - Manevi İlerlemenin Sırları</t>
+          <t>İmam Maturidi'nin Mu'tezile Eleştirisi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755749822</t>
+          <t>9786057074683</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Edebiyat</t>
+          <t>Komplo Teorileri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755748436</t>
+          <t>9786057074645</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre ve Aşk Felsefesi</t>
+          <t>Menakıb-ı Kethüdazade el-Hac Mehmed Arif Efendi Bir Var İmiş Bir Yoğ İmiş</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>175</v>
+        <v>435</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755749778</t>
+          <t>9786057074621</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Rahmetün Mine'r-Rahman (Kur'an-ı Kerim Tefsiri 4)</t>
+          <t>Hükümdarlık Ahlakı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>520</v>
+        <v>160</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755749785</t>
+          <t>9789755749792</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Fatih Hatıratı</t>
+          <t>Şeyh Muhammed el-Hazin Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755749716</t>
+          <t>9789755749815</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Aşırı İnsani Bir Virüs</t>
+          <t>Fazıl Bin Natık</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755749693</t>
+          <t>9789755749990</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyası ve Batı Ekonomisi</t>
+          <t>Uzlet - Manevi İlerlemenin Sırları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755749679</t>
+          <t>9789755749822</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kabala'nın Temel Öğretileri</t>
+          <t>Sosyal Medya ve Edebiyat</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755749709</t>
+          <t>9789755748436</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Adı Konmamış Çağda Yeni Anne Babalar</t>
+          <t>Yunus Emre ve Aşk Felsefesi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755749655</t>
+          <t>9789755749778</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Varoluşsal Tehcir</t>
+          <t>Rahmetün Mine'r-Rahman (Kur'an-ı Kerim Tefsiri 4)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>475</v>
+        <v>520</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755749624</t>
+          <t>9789755749785</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Nokta Sembolizmi</t>
+          <t>Fatih Hatıratı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755749648</t>
+          <t>9789755749716</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Adabu'l-Mulukiyye Ve'l-Ahlaku'l-İhtiyariyye</t>
+          <t>Aşırı İnsani Bir Virüs</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755749594</t>
+          <t>9789755749693</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Eğitilmiş İnsanın İmali</t>
+          <t>Osmanlı Dünyası ve Batı Ekonomisi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>315</v>
+        <v>225</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755749587</t>
+          <t>9789755749679</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Irak'ın Fethi ve İslamlaşma Süreci</t>
+          <t>Kabala'nın Temel Öğretileri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755749631</t>
+          <t>9789755749709</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Açık Ufuk</t>
+          <t>Adı Konmamış Çağda Yeni Anne Babalar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755749549</t>
+          <t>9789755749655</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yardım Mimarisinde Türkiye Tecrübesi</t>
+          <t>Varoluşsal Tehcir</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>270</v>
+        <v>475</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755749556</t>
+          <t>9789755749624</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakikat ve Anlam</t>
+          <t>Nokta Sembolizmi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755749365</t>
+          <t>9789755749648</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'nin Ruhu</t>
+          <t>Adabu'l-Mulukiyye Ve'l-Ahlaku'l-İhtiyariyye</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755749358</t>
+          <t>9789755749594</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tarikatlarda Merasimler</t>
+          <t>Eğitilmiş İnsanın İmali</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>130</v>
+        <v>315</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755749471</t>
+          <t>9789755749587</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İktidar Nedir?</t>
+          <t>Irak'ın Fethi ve İslamlaşma Süreci</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755749464</t>
+          <t>9789755749631</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Mahiyet Felsefesi</t>
+          <t>Açık Ufuk</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>560</v>
+        <v>220</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755749440</t>
+          <t>9789755749549</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Maturidilik Düşüncesi 1 - Bilgi Teorisi</t>
+          <t>Uluslararası Yardım Mimarisinde Türkiye Tecrübesi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755749457</t>
+          <t>9789755749556</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Karantina Günlerinde Evin e-hali</t>
+          <t>İnsan Hakikat ve Anlam</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755749419</t>
+          <t>9789755749365</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Züleyha’nın Aşk Derdi</t>
+          <t>Mesnevi'nin Ruhu</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755749426</t>
+          <t>9789755749358</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tefhimu’l-Kur’an - Kısa Surelerin Tefsiri</t>
+          <t>Tarikatlarda Merasimler</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755749396</t>
+          <t>9789755749471</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Perde ve Mana</t>
+          <t>İktidar Nedir?</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755749433</t>
+          <t>9789755749464</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Senin Ramazan’ın</t>
+          <t>Mahiyet Felsefesi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>255</v>
+        <v>560</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755749402</t>
+          <t>9789755749440</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Niceliğin Egemenliği ve Çağın Alametleri</t>
+          <t>Maturidilik Düşüncesi 1 - Bilgi Teorisi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755749334</t>
+          <t>9789755749457</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kozmoloji İrfanı</t>
+          <t>Karantina Günlerinde Evin e-hali</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755749327</t>
+          <t>9789755749419</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife Dönemi 2</t>
+          <t>Züleyha’nın Aşk Derdi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755749310</t>
+          <t>9789755749426</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi ve Hz. Muhammed’in (s.a.v.) Hayatı 1</t>
+          <t>Tefhimu’l-Kur’an - Kısa Surelerin Tefsiri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755749297</t>
+          <t>9789755749396</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Walter G. Andrews Kitabı</t>
+          <t>Perde ve Mana</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755749266</t>
+          <t>9789755749433</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Yaprakları ve Yüzük</t>
+          <t>Senin Ramazan’ın</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755749235</t>
+          <t>9789755749402</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Sınır Bölgeleri</t>
+          <t>Niceliğin Egemenliği ve Çağın Alametleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755749242</t>
+          <t>9789755749334</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Rahmetün Mine'r-Rahman - (Kur'an-ı Kerim Tefsiri 3)</t>
+          <t>Kadim Kozmoloji İrfanı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755749150</t>
+          <t>9789755749327</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Tabiat</t>
+          <t>Dört Halife Dönemi 2</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>175</v>
+        <v>330</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755749198</t>
+          <t>9789755749310</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Medaricu’s Salikin (3 Kitap Takım)</t>
+          <t>Peygamberler Tarihi ve Hz. Muhammed’in (s.a.v.) Hayatı 1</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789755749167</t>
+          <t>9789755749297</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Metalib ve Mezahib</t>
+          <t>Walter G. Andrews Kitabı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755749174</t>
+          <t>9789755749266</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti ve Modern Dünya</t>
+          <t>Sonbahar Yaprakları ve Yüzük</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755749211</t>
+          <t>9789755749235</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Medaricu’s Salikin 2</t>
+          <t>Ruhun Sınır Bölgeleri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755749105</t>
+          <t>9789755749242</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (Arapça)</t>
+          <t>Rahmetün Mine'r-Rahman - (Kur'an-ı Kerim Tefsiri 3)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>460</v>
+        <v>560</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789755749143</t>
+          <t>9789755749150</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Rü'yetullah</t>
+          <t>İnsan ve Tabiat</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789755749075</t>
+          <t>9789755749198</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsü</t>
+          <t>Medaricu’s Salikin (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>225</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789755749044</t>
+          <t>9789755749167</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Tarihi 3</t>
+          <t>Metalib ve Mezahib</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789755749068</t>
+          <t>9789755749174</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>10. Yüzyıldan 21. Yüzyıla Farabi</t>
+          <t>İslam Medeniyeti ve Modern Dünya</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>315</v>
+        <v>330</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789755749129</t>
+          <t>9789755749211</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Batı'da Hz. Muhammed İmajı</t>
+          <t>Medaricu’s Salikin 2</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789755749006</t>
+          <t>9789755749105</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Rahmetün Mine'r Rahman (Kur'an-ı Kerim Tefsiri 2)</t>
+          <t>Hz. Muhammed (Arapça)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>490</v>
+        <v>460</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789755748917</t>
+          <t>9789755749143</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Keşmiri'nin Hukuk Düşüncesi</t>
+          <t>Rü'yetullah</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>435</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789755748993</t>
+          <t>9789755749075</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Modern Kahramanın Düşüşü</t>
+          <t>Başörtüsü</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>112</v>
+        <v>270</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755748979</t>
+          <t>9789755749044</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Bir Yaklaşımla Medeniyet ve İktisat</t>
+          <t>İslam Düşüncesi Tarihi 3</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>255</v>
+        <v>500</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755748962</t>
+          <t>9789755749068</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet</t>
+          <t>10. Yüzyıldan 21. Yüzyıla Farabi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>225</v>
+        <v>315</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755748900</t>
+          <t>9789755749129</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Barbar Modern Medeni (Ciltli)</t>
+          <t>Batı'da Hz. Muhammed İmajı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755748924</t>
+          <t>9789755749006</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ahadiyet Risalesi</t>
+          <t>Rahmetün Mine'r Rahman (Kur'an-ı Kerim Tefsiri 2)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>75</v>
+        <v>490</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755748856</t>
+          <t>9789755748917</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Tasavvufu Keşfi</t>
+          <t>Keşmiri'nin Hukuk Düşüncesi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>225</v>
+        <v>435</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755748870</t>
+          <t>9789755748993</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Barbar Modern Medeni</t>
+          <t>Modern Kahramanın Düşüşü</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>380</v>
+        <v>112</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789755748849</t>
+          <t>9789755748979</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Namazla Muhabbet</t>
+          <t>Eleştirel Bir Yaklaşımla Medeniyet ve İktisat</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789755748818</t>
+          <t>9789755748962</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Rahmetün Mine'r-Rahman (Kur'an-ı Kerim Tefsiri 1)</t>
+          <t>Mahremiyet</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>560</v>
+        <v>270</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789755741987</t>
+          <t>9789755748900</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi Sözlüğü</t>
+          <t>Barbar Modern Medeni (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>405</v>
+        <v>550</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789755748733</t>
+          <t>9789755748924</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Harflerin İlmi</t>
+          <t>Ahadiyet Risalesi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>240</v>
+        <v>75</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789755748771</t>
+          <t>9789755748856</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Nasihat Kitabı</t>
+          <t>Amerika'nın Tasavvufu Keşfi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789755748757</t>
+          <t>9789755748870</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Modern Düşüncenin Bunalımı ve Doğu</t>
+          <t>Barbar Modern Medeni</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789755748719</t>
+          <t>9789755748849</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yahudilerden Sonra Hristiyanlardan Önce Hz. İsa</t>
+          <t>Namazla Muhabbet</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789755748726</t>
+          <t>9789755748818</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul - Dinin Edepleri</t>
+          <t>Rahmetün Mine'r-Rahman (Kur'an-ı Kerim Tefsiri 1)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>100</v>
+        <v>560</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789755748641</t>
+          <t>9789755741987</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Molla Sadra’da Mahiyet Felsefesi</t>
+          <t>Dinler Tarihi Sözlüğü</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>285</v>
+        <v>405</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789755743172</t>
+          <t>9789755748733</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Düşünme, Konuşma ve Söz Üzerine</t>
+          <t>Harflerin İlmi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789755748610</t>
+          <t>9789755748771</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutlu Sefer</t>
+          <t>Nasihat Kitabı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789755748559</t>
+          <t>9789755748757</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sufi Tevhid Öğretisi</t>
+          <t>Modern Düşüncenin Bunalımı ve Doğu</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789755748511</t>
+          <t>9789755748719</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Aşkın Üslup</t>
+          <t>Yahudilerden Sonra Hristiyanlardan Önce Hz. İsa</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789755748573</t>
+          <t>9789755748726</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Kültürü ve Hadisler</t>
+          <t>Ey Oğul - Dinin Edepleri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>545</v>
+        <v>100</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789755748597</t>
+          <t>9789755748641</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hayat El-Harrani</t>
+          <t>Molla Sadra’da Mahiyet Felsefesi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>190</v>
+        <v>285</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789755748504</t>
+          <t>9789755743172</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Kuramı</t>
+          <t>Düşünme, Konuşma ve Söz Üzerine</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789755748528</t>
+          <t>9789755748610</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İcazü’l - Beyan</t>
+          <t>Bir Kutlu Sefer</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789755748399</t>
+          <t>9789755748559</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Gönül Makamı</t>
+          <t>Sufi Tevhid Öğretisi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>255</v>
+        <v>145</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789755748337</t>
+          <t>9789755748511</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yeni İnsan</t>
+          <t>Sinemada Aşkın Üslup</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755747897</t>
+          <t>9789755748573</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Dinsel Simgeciliğin Bunalımı</t>
+          <t>Hıristiyan Kültürü ve Hadisler</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>545</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789755748061</t>
+          <t>9789755748597</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Konumlanış</t>
+          <t>Hayat El-Harrani</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789755748177</t>
+          <t>9789755748504</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kadınla İlgili Hadisler</t>
+          <t>Modernleşme Kuramı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789755748276</t>
+          <t>9789755748528</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Genç Müslümana Modern Dünya Rehberi</t>
+          <t>İcazü’l - Beyan</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>285</v>
+        <v>450</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789755748306</t>
+          <t>9789755748399</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İç</t>
+          <t>Gönül Makamı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>300</v>
+        <v>255</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755748191</t>
+          <t>9789755748337</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Aklı</t>
+          <t>Yeni İnsan</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789755748160</t>
+          <t>9789755747897</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İrfan Hazinesi</t>
+          <t>Dinsel Simgeciliğin Bunalımı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755748214</t>
+          <t>9789755748061</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Şair Dağın Doruğunda</t>
+          <t>Kültürel Konumlanış</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789755748078</t>
+          <t>9789755748177</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Modern Bilim</t>
+          <t>Kadınla İlgili Hadisler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789755748054</t>
+          <t>9789755748276</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Ben Öteki ve Ötesi</t>
+          <t>Genç Müslümana Modern Dünya Rehberi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>590</v>
+        <v>285</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789755748030</t>
+          <t>9789755748306</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Müslüman Kalmak</t>
+          <t>İç</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789755748016</t>
+          <t>9789755748191</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Bunalımı</t>
+          <t>Kalbin Aklı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789755747828</t>
+          <t>9789755748160</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Söz’ün Anlamı</t>
+          <t>İrfan Hazinesi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>240</v>
+        <v>315</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755747903</t>
+          <t>9789755748214</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Öteki</t>
+          <t>Şair Dağın Doruğunda</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789755748092</t>
+          <t>9789755748078</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Geleceği</t>
+          <t>Tasavvuf ve Modern Bilim</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789755746678</t>
+          <t>9789755748054</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Dinamikleri</t>
+          <t>Ben Öteki ve Ötesi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>160</v>
+        <v>590</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755747835</t>
+          <t>9789755748030</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İslam Maneviyatı ve Taoculuğa Toplu Bakış</t>
+          <t>Dijital Çağda Müslüman Kalmak</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789755747804</t>
+          <t>9789755748016</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Bir Merkeze Sahip Olmak</t>
+          <t>Modern Dünyanın Bunalımı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789755747712</t>
+          <t>9789755747828</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Molla Fenari'nin Varlık ve Bilgi Anlayışı</t>
+          <t>Söz’ün Anlamı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789755747705</t>
+          <t>9789755747903</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yazıları</t>
+          <t>Hz. Muhammed ve Öteki</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789755747507</t>
+          <t>9789755748092</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Edebi Mutlak</t>
+          <t>İslam Medeniyetinin Geleceği</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789755744520</t>
+          <t>9789755746678</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Esed ve Düşünce Dünyası</t>
+          <t>İslam Medeniyetinin Dinamikleri</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789755747743</t>
+          <t>9789755747835</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hayatı</t>
+          <t>İslam Maneviyatı ve Taoculuğa Toplu Bakış</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789755747460</t>
+          <t>9789755747804</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Formlar ve Kozmik Devirler</t>
+          <t>Bir Merkeze Sahip Olmak</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789755747446</t>
+          <t>9789755747712</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Vahyi ve Hz. Peygamber</t>
+          <t>Molla Fenari'nin Varlık ve Bilgi Anlayışı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789755744865</t>
+          <t>9789755747705</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Zen ve Tasavvuf Işığında Kendini Bilmenin Yolu</t>
+          <t>Kur'an Yazıları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789755747484</t>
+          <t>9789755747507</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Işık</t>
+          <t>Edebi Mutlak</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789755747699</t>
+          <t>9789755744520</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gerdanlığı</t>
+          <t>Muhammed Esed ve Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>285</v>
+        <v>240</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789755745015</t>
+          <t>9789755747743</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Tarih Tasavvuru ve Usulü</t>
+          <t>Hz. Muhammed’in Hayatı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789755746197</t>
+          <t>9789755747460</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İbn Ataullah El-İskenderi</t>
+          <t>Geleneksel Formlar ve Kozmik Devirler</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789755744421</t>
+          <t>9789755747446</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Yedi Kapısı</t>
+          <t>Kur'an Vahyi ve Hz. Peygamber</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789755742625</t>
+          <t>9789755744865</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Vizyonu</t>
+          <t>Zen ve Tasavvuf Işığında Kendini Bilmenin Yolu</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789755745480</t>
+          <t>9789755747484</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sufi ve Dil</t>
+          <t>Tuz ve Işık</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789755747019</t>
+          <t>9789755747699</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Aykırı Görülen Hadisler</t>
+          <t>Güvercin Gerdanlığı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>390</v>
+        <v>285</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789755747316</t>
+          <t>9789755745015</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Alman Mistik Düşüncesi</t>
+          <t>İslam Düşüncesinde Tarih Tasavvuru ve Usulü</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789755747293</t>
+          <t>9789755746197</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Cin Bölmesi</t>
+          <t>İbn Ataullah El-İskenderi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789755747262</t>
+          <t>9789755744421</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisat Tarihine Giriş</t>
+          <t>İslam'ın Yedi Kapısı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789755747231</t>
+          <t>9789755742625</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Hadis, Usul, ve Hayat</t>
+          <t>İslam’ın Vizyonu</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789755745879</t>
+          <t>9789755745480</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Fususu’l-Hikem ve Mesnevi’de İnsan-ı Kamil</t>
+          <t>Sufi ve Dil</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789755747071</t>
+          <t>9789755747019</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’de Tasavvufi Tefsir</t>
+          <t>Kur'an'a Aykırı Görülen Hadisler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789755745350</t>
+          <t>9789755747316</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’de Kur’an Yorumları</t>
+          <t>Alman Mistik Düşüncesi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789755747095</t>
+          <t>9789755747293</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sufilere Göre Hz. Peygamber</t>
+          <t>Cin Bölmesi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>405</v>
+        <v>110</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789755748122</t>
+          <t>9789755747262</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutsal Bilim İhtiyacı</t>
+          <t>İslam İktisat Tarihine Giriş</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789755747057</t>
+          <t>9789755747231</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Sufi: Rabia</t>
+          <t>Hadis, Usul, ve Hayat</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789755747026</t>
+          <t>9789755745879</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünneti Anlamanın Temel İlkeleri</t>
+          <t>Fususu’l-Hikem ve Mesnevi’de İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789755746319</t>
+          <t>9789755747071</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sühreverdi’nin İbn Sina Eleştirisi</t>
+          <t>Mesnevi’de Tasavvufi Tefsir</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789755746609</t>
+          <t>9789755745350</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulüne Yeni Yaklaşımlar</t>
+          <t>Mesnevi’de Kur’an Yorumları</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789755745688</t>
+          <t>9789755747095</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Tehalli Kalbin Süslenmesi 2 - Manevi İlerlemenin Merhaleleri 4</t>
+          <t>Sufilere Göre Hz. Peygamber</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>315</v>
+        <v>405</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789755741765</t>
+          <t>9789755748122</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi</t>
+          <t>Bir Kutsal Bilim İhtiyacı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>590</v>
+        <v>240</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789755742342</t>
+          <t>9789755747057</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Kur'an'a Arzı</t>
+          <t>Bir Kadın Sufi: Rabia</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789755744452</t>
+          <t>9789755747026</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Din ve Siyasal Söylem Abbasi Devleti’nin Meşruiyet Kavgası</t>
+          <t>Kur'an ve Sünneti Anlamanın Temel İlkeleri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789755744681</t>
+          <t>9789755746319</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin Efendisi</t>
+          <t>Sühreverdi’nin İbn Sina Eleştirisi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789755743370</t>
+          <t>9789755746609</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Yeniden Yorumlanması</t>
+          <t>Hadis Usulüne Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789755742468</t>
+          <t>9789755745688</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Şerhi (Ciltli)</t>
+          <t>Tehalli Kalbin Süslenmesi 2 - Manevi İlerlemenin Merhaleleri 4</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>1000</v>
+        <v>315</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789755746289</t>
+          <t>9789755741765</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Neresindeyiz?</t>
+          <t>Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>145</v>
+        <v>590</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789755745725</t>
+          <t>9789755742342</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Necmeddin Daye Razi</t>
+          <t>Hadislerin Kur'an'a Arzı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789755746746</t>
+          <t>9789755744452</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kırım Hanlığı Tarihi</t>
+          <t>Din ve Siyasal Söylem Abbasi Devleti’nin Meşruiyet Kavgası</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755746906</t>
+          <t>9789755744681</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'da Aşk ve Varoluş</t>
+          <t>Cinlerin Efendisi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755746975</t>
+          <t>9789755743370</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Günümüz İnsanına Marifet Bilgileri</t>
+          <t>Kur’an’ın Yeniden Yorumlanması</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755747378</t>
+          <t>9789755742468</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Günün Kısa Tarihi</t>
+          <t>Mesnevi Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>255</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789755747361</t>
+          <t>9789755746289</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm, Oksidentalizm ve Sanat</t>
+          <t>Küreselleşmenin Neresindeyiz?</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>420</v>
+        <v>145</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789755747538</t>
+          <t>9789755745725</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma ve Din</t>
+          <t>Necmeddin Daye Razi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755747002</t>
+          <t>9789755746746</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Özne'yi Yeniden Düşünmek</t>
+          <t>Kırım Hanlığı Tarihi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>345</v>
+        <v>210</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755746890</t>
+          <t>9789755746906</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İmandan Ahlaka Yenilenme</t>
+          <t>Mevlana'da Aşk ve Varoluş</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789755746876</t>
+          <t>9789755746975</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Geleneğe İhanet</t>
+          <t>Günümüz İnsanına Marifet Bilgileri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789755746807</t>
+          <t>9789755747378</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda Tasavvuf</t>
+          <t>Günün Kısa Tarihi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>420</v>
+        <v>255</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789755746869</t>
+          <t>9789755747361</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Aşığın Tevhidi</t>
+          <t>Oryantalizm, Oksidentalizm ve Sanat</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
+          <t>9789755747538</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanma ve Din</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9789755747002</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Özne'yi Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9789755746890</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>İmandan Ahlaka Yenilenme</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9789755746876</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Geleneğe İhanet</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9789755746807</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlarda Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9789755746869</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Aşığın Tevhidi</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
           <t>9789755746739</t>
         </is>
       </c>
-      <c r="B355" s="1" t="inlineStr">
+      <c r="B361" s="1" t="inlineStr">
         <is>
           <t>Beş Türk Eyaletine Doğru</t>
         </is>
       </c>
-      <c r="C355" s="1">
+      <c r="C361" s="1">
         <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>