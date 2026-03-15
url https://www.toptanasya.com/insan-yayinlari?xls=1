--- v1 (2025-12-14)
+++ v2 (2026-03-15)
@@ -85,5440 +85,13870 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789755748474</t>
+          <t>9786255546531</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Doğuda ve Batıda Kutsal Sanat</t>
+          <t>Esma-i Hüsnadaki Manaların Keşfi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789755745497</t>
+          <t>9786255546562</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tefhimu'l Kur'an - Kur'an'ın Anlamı ve Tefsiri (6 Cilt Takım) (Ciltli)</t>
+          <t>Modern Tıp ve Fıkıh</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>3500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255546388</t>
+          <t>9786255546548</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Modern Çağda Hakikati Gölgeleyen Söylemler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255546302</t>
+          <t>9789755749518</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yahudilikte Kutsal Ruh</t>
+          <t>Ölümden Dirilişe</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255546401</t>
+          <t>9786258314137</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonbaharı</t>
+          <t>Peygamberliğin İspatı ( Ciltli )</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255546395</t>
+          <t>9786057387288</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutlu Sefer Hicret</t>
+          <t>İslam’ın İlk Döneminde Kölelik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>650</v>
+        <v>285</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255546364</t>
+          <t>9782751747620</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't-Tayr</t>
+          <t>Doğudan Batıya Düşüncenin Serüveni - 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255546050</t>
+          <t>9786057406699</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Maturidilik Düşüncesi 4 - Mürcie</t>
+          <t>Doğu ve Batı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255546319</t>
+          <t>9789755740591</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi</t>
+          <t>Transandantal Sosyoloji</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>560</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255546357</t>
+          <t>9789755747644</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Doğudan Batıya Düşüncenin Serüveni - 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255546326</t>
+          <t>9789755748207</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Halid-i Bağdadi ve Halidilik</t>
+          <t>Dijital Sinema Kuramdan Tekniğe</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>610</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755742557</t>
+          <t>9789755741274</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Laikleşme Serüveninde Tanzimat</t>
+          <t>Ammar Bin Yasir</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>505</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255546371</t>
+          <t>9789755740638</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Abdülgani Nablusi Hayatı Ve Fikirleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255546333</t>
+          <t>9789755747637</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Heidegger’in Kulübesine Yolculuk</t>
+          <t>Doğudan Batıya Düşüncenin Serüveni - 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789755745633</t>
+          <t>9789755747620</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Felsefesi Tarihi</t>
+          <t>Doğu'dan Batı'ya Düşüncenin Serüveni - 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>340</v>
+        <v>265</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757732297</t>
+          <t>9789755747613</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nurlar Risalesi</t>
+          <t>Doğudan Batıya Düşüncenin Serüveni - 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255546296</t>
+          <t>9799755742839</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Batı Klasikleri Işığında Karakter Analizi</t>
+          <t>Sufizm ve Psikoloji</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255546289</t>
+          <t>9789755746623</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Ötesi</t>
+          <t>Gazali</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255546265</t>
+          <t>9789755749181</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Tıp</t>
+          <t>Kuantum Bilmecesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255546241</t>
+          <t>9789755749082</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Biz Aradık O Buldu Ahmed el-Gazzali ve Tasavvufi Görüşleri</t>
+          <t>Evliya Çelebi Sosyolojisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>360</v>
+        <v>125</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255546234</t>
+          <t>9789755747422</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Arifler Sultanı Bayezid-i Bistami</t>
+          <t>Küreselleşmenin Pençesi İslam’ın Peçesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>290</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256021150</t>
+          <t>9789755747309</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun İnce Meseleleri</t>
+          <t>Geniş Mezhepliyim</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755741222</t>
+          <t>9789755746852</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Mürşidin Mektupları</t>
+          <t>Başlangıçtan Günümüze Mekke</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255546210</t>
+          <t>9789755746913</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Yolu</t>
+          <t>Son Merhamet Çağrısı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>39</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255546258</t>
+          <t>9789755746845</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İçe Yolculuk</t>
+          <t>Öyleyse Nereye Gidiyorsunuz</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>390</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255546272</t>
+          <t>9789755746814</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sesin Ötesinde</t>
+          <t>Medineden Medeniyete</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256021167</t>
+          <t>9789755746838</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Mistisizminde Tanrı, Âlem ve İnsan</t>
+          <t>Ağaç ve Yolculuk</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>340</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255546203</t>
+          <t>9789755747255</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dicle’den Yükselen Feryat Hallac-ı Mansur</t>
+          <t>İslami İktisat, Değerler ve Modernleşme Üzerine</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256021969</t>
+          <t>9789755746968</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünürlerine Göre Araştırma Metotları</t>
+          <t>İslam'da Siyaset Teorisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>450</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256021990</t>
+          <t>9789755746272</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Tarihi</t>
+          <t>Hadis Tarihinde Muhaddis Sufiler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>49</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255546197</t>
+          <t>9789755746753</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mekke'ye Kanmak</t>
+          <t>Lokman'ı Dinlerken</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>270</v>
+        <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755741048</t>
+          <t>9789755746760</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Varlık Düşüncesi</t>
+          <t>Tam Kelimelere Sığınmak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255546173</t>
+          <t>9789755748047</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Kıyameti 1 - Felsefenin Ölümü</t>
+          <t>Secde Et ve Yaklaş</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>340</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755749037</t>
+          <t>3990000013747</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Tarihi 2</t>
+          <t>Balkanlar'da İslam</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755747248</t>
+          <t>9789755748702</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Hikayeleri - 2</t>
+          <t>Babam Cemil Meriç (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>208</v>
+        <v>565</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789755747927</t>
+          <t>9789755748696</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>13. Yüzyıldan 21. Yüzyıla Nasreddin Hoca</t>
+          <t>Babam Cemil Meriç</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755746715</t>
+          <t>9789755746166</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Bir Sanatçıdır</t>
+          <t>Peygamberlerin Öyküleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>345</v>
+        <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755745206</t>
+          <t>9789755747545</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’ya Göre Manevi Gelişim</t>
+          <t>Aşıklar Sultanı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>790</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258314045</t>
+          <t>9789755747491</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gazali Tefsiri</t>
+          <t>Gülşen-i Hakikat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>490</v>
+        <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789755748832</t>
+          <t>9789755748184</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hikayem Ne Tuhaftır</t>
+          <t>Dinlerde Biçim ve Öz</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>290</v>
+        <v>52</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755746173</t>
+          <t>9789755748146</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Müştak-ı Bitlisi</t>
+          <t>Sinemanın Kökleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>360</v>
+        <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755748658</t>
+          <t>9789755747859</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde Tanrı’yı Görmek</t>
+          <t>Sad'ın Sadr'ında</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>390</v>
+        <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755746456</t>
+          <t>9789755744254</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Alimlerin Gözdesi Bir Tarikat Zeyniyye</t>
+          <t>İmam-ı Rabbani Ahmed Sirhindi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>240</v>
+        <v>49</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255546098</t>
+          <t>9789755747569</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Özü</t>
+          <t>Kaf'ı Anlamak</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755749341</t>
+          <t>9789755746937</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Medreseden Kaçış</t>
+          <t>İslam Düşüncesi Tarihi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>330</v>
+        <v>59</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255546081</t>
+          <t>9789755748283</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Cemiyet-i Kamil</t>
+          <t>Ben Öteki Ve Ötesi (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>260</v>
+        <v>87</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256021938</t>
+          <t>9789755747552</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Taha'nın Bahçesinde</t>
+          <t>Bu Mülk Kimindir</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255546036</t>
+          <t>9789755747477</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Okutun - Dijital Ahmaklığa Son Vermek İçin</t>
+          <t>Kalp Aynası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>390</v>
+        <v>45</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255546074</t>
+          <t>9789755747729</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Masaldan Hakikate</t>
+          <t>Antik İsrail'in İnancı ve Tarihi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>51</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258314380</t>
+          <t>9799755743744</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ben, Öteki ve Ötesi</t>
+          <t>Tarihte Bir Aydın Tarikatı Zeyniler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>700</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059616041</t>
+          <t>9789755747040</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İslam Barışın Adı</t>
+          <t>O'nu Böyle Sevdiler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>39</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255546067</t>
+          <t>9789755747453</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İlahi Tecelliler</t>
+          <t>Zeytin Dağı Sohbetleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>790</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255546043</t>
+          <t>9789755747583</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Çağda İnsan</t>
+          <t>Doğu'dan Batı'ya Düşüncenin Serüveni (10 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755748382</t>
+          <t>9789755747392</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sembolik İmgelem</t>
+          <t>Atan Kalpten Bilen Kalbe</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789757732594</t>
+          <t>9789755747408</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sabredenler ve Şükredenler</t>
+          <t>Bir Korku ve Nefret Söylemi Olarak İslamofobi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255546029</t>
+          <t>9789757732457</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Tarihi</t>
+          <t>Alternatif Tıp El Kitabı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>310</v>
+        <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255546012</t>
+          <t>9789755746920</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bizim Geniş Şimdimiz</t>
+          <t>İslam Düşüncesi Tarihi (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755748535</t>
+          <t>9789755747033</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kozmos’un Hakikati</t>
+          <t>Yetiş Ey Ölüm</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>36</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755746951</t>
+          <t>9789755747385</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Dönüşümü</t>
+          <t>Sahra Bilgelerinden Hikayeler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755746555</t>
+          <t>9789755746999</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Beşer Tecellisi</t>
+          <t>Felsefe Dersleri 2</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256021983</t>
+          <t>9799755744246</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Arap Hakimiyetine Kadar Harran Tarihi</t>
+          <t>Mehmed Emin-i Tokadi Hayatı ve Risaleleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>110</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755748672</t>
+          <t>9789755741216</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlık ve İslam</t>
+          <t>Fizik ve Metafizik</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755746821</t>
+          <t>9789755741373</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Manevi Perspektifler</t>
+          <t>Kainat ve Aşkınlık</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>270</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256021945</t>
+          <t>9789755746692</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tavasin</t>
+          <t>Kainat Kitabını Okumak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>240</v>
+        <v>65</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256021976</t>
+          <t>9789755746944</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Liderliği</t>
+          <t>İslam Düşüncesi Tarihi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755744872</t>
+          <t>9789755745565</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Gizemi ve Tasavvufun Dinamikleri</t>
+          <t>Tefhimu’l Kur’an - Kur’an’ın Anlamı ve Tefsiri (Küçük Boy) 7.Cilt</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9799755742167</t>
+          <t>9789755745503</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’te Emr-i Ma’ruf Nehy-i Münker</t>
+          <t>Tefhimu’l Kur’an - Kur’an’ın Anlamı ve Tefsiri (Küçük Boy) 1.Cilt</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755746708</t>
+          <t>9789755745527</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun’a Göre İslam Medeniyeti</t>
+          <t>Tefhimu’l Kur’an - Kur’an’ın Anlamı ve Tefsiri (Küçük Boy) 3.Cilt</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>520</v>
+        <v>40</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755743219</t>
+          <t>9789755745534</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Felsefesi</t>
+          <t>Tefhimu’l Kur’an - Kur’an’ın Anlamı ve Tefsiri (Küçük Boy) 4.Cilt</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>290</v>
+        <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755747965</t>
+          <t>9789755749662</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Antik İnançlar ve Modern Hurafeler</t>
+          <t>Uyünu'l-Mesail</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256021884</t>
+          <t>9789755745541</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Anlamak</t>
+          <t>Tefhimu’l Kur’an - Kur’an’ın Anlamı ve Tefsiri (Küçük Boy) 5.Cilt</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>230</v>
+        <v>40</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256021952</t>
+          <t>9789755747651</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Şerhi el-Maksadü’l-Esnâ fî Şerhi Esmâillahi’l-Hüsnâ</t>
+          <t>Doğu'dan Batı'ya Düşüncenin Serüveni Cilt: 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755740539</t>
+          <t>9789755749204</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hilafetin İlgasının Arka Planı</t>
+          <t>Medaricu’s Salikin 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057074669</t>
+          <t>9789755749228</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi ve Schuon</t>
+          <t>Medaricu’s Salikin 3</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755747781</t>
+          <t>9789755745572</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Onbirinci Saat</t>
+          <t>Züleyha’nın Aşk Derdi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>44</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755746005</t>
+          <t>9789755743363</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>Zikir ve Tevhid Eğitimi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755749686</t>
+          <t>9789755745619</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetimizin Dili</t>
+          <t>Yüzümüz Kızarmadan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755741819</t>
+          <t>9789755744339</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Başaklar ve Ayrık Otları</t>
+          <t>Yüzüklerin Efendisi ve Simya</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>210</v>
+        <v>32</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755741710</t>
+          <t>9789755744407</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Alemin Yaratılışı ve Hz.Muhammed’in Zuhuru</t>
+          <t>Yönelimler Farabi, İbn Arabi ve Üstad Nur Ali İlahi Üzerine Yeni Perspektifler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755749280</t>
+          <t>9789755741505</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mevlevilik Müdafaası</t>
+          <t>Yol'un Yolu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256021907</t>
+          <t>9789755744582</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Enneagram Bilgeliği</t>
+          <t>Yol ve Dağ</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256021877</t>
+          <t>9799755743485</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İslam, Aydınlanma ve Gelecek</t>
+          <t>Yol Şiirleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256021860</t>
+          <t>9799757732470</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İlim Tarihinde Bir Kimliğin İzleri Muhaddis</t>
+          <t>Yeni Bir Psikoloji</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755746074</t>
+          <t>9789755744551</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi’ye Göre İbadetlerin Manevi Yorumları</t>
+          <t>Yaşam Tablosu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>375</v>
+        <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256021143</t>
+          <t>9799755743096</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (s.a.v.) Devri Vesikaları</t>
+          <t>Yaratıcı Evrim ve Adem Meselesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>180</v>
+        <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755744087</t>
+          <t>9789755745152</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Din</t>
+          <t>Ya’kub-ı Çerhi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755745046</t>
+          <t>9789755744056</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Bilim ve Medeniyet</t>
+          <t>Vuslata Davet Burhanu’l Arifin</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>340</v>
+        <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755748542</t>
+          <t>9789755741069</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi'nin Alemin Ontolojik Yapısı Hakkında Filozofları Eleştirisi</t>
+          <t>Vuslat Yolu Nefhatu’r-Ruh ve Tuhfetü’l-Fütuh</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>8</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755749723</t>
+          <t>9799755742143</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yer-Değiller</t>
+          <t>Varlık, Bilgi ve Din</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256021136</t>
+          <t>9799755743201</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kitabı Tasavvuf Yolundan İşaretler</t>
+          <t>Varlık Zinciri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>145</v>
+        <v>29</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755746227</t>
+          <t>9799755740958</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bireysel ve Toplumsal Değişmenin Yasaları</t>
+          <t>Vakti Kuşanmak</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>175</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755748450</t>
+          <t>9789757732242</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatı ve Maneviyatı</t>
+          <t>Vahdet-i Vücud ve İbn Arabi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>270</v>
+        <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755742588</t>
+          <t>9789755744797</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Felsefi Düşüncenin Doğuşu 2</t>
+          <t>Üç Gömlek Hikayesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>410</v>
+        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755742571</t>
+          <t>9789755745466</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Felsefi Düşüncenin Doğuşu 1</t>
+          <t>Usul-i Din</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>410</v>
+        <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256021105</t>
+          <t>9789755742014</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Ötesi</t>
+          <t>Unutulan Hakikat</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>290</v>
+        <v>29</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755746180</t>
+          <t>9789755741109</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tablolarla Hadis Usulü ve Edebiyatı</t>
+          <t>Ulema ve Dini Otorite</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256021112</t>
+          <t>9789755745411</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Tarihinde Tabiatçılığa Reddiyeler</t>
+          <t>Uçtum Rengime Kondum</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755743769</t>
+          <t>9789755741249</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Engizisyon</t>
+          <t>Türkiye'nin Modernleşmesi ve İslam</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>8</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256021129</t>
+          <t>9789755741035</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bilimcilik İdeolojisi: Ateizmin Bilim Sömürüsü</t>
+          <t>Türkiye'de İslam ve Laiklik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256021099</t>
+          <t>9789755745824</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kerramiyye</t>
+          <t>Türkistan Dervişlerinden Yadigar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>310</v>
+        <v>45</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258314830</t>
+          <t>9789755744063</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Leme'atu'l-Berkı'n-Necdi</t>
+          <t>Türk Kelam Bilginleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>385</v>
+        <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256021068</t>
+          <t>9789755740938</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hayali Modernlik</t>
+          <t>Tradisyonel Çin Tıbbı ve Akupunktur</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>225</v>
+        <v>14</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256021044</t>
+          <t>3990000027529</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Sosyolojisi</t>
+          <t>Toplumsal Çöküş Teorileri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755742335</t>
+          <t>9789755745275</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Tevhid Risaleleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>600</v>
+        <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789757732006</t>
+          <t>9789755740010</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Molla Sadra ve İlahi Hikmet</t>
+          <t>Tevhid</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>145</v>
+        <v>3</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258314786</t>
+          <t>9799755744147</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>The War of the Worlds</t>
+          <t>Yahudilik</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258314793</t>
+          <t>9789755746104</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Master and Man</t>
+          <t>Tesbihe Çağrı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258314779</t>
+          <t>9789755743875</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Grimms' Fairy Tales</t>
+          <t>Tercüme Problemleri ve Mealler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>255</v>
+        <v>23</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258314809</t>
+          <t>9789755746432</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>A Voyage in a Balloon</t>
+          <t>Tek Başına Bir Ümmet</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258314816</t>
+          <t>9789755745909</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>A Journey to the Centre ofthe Earth</t>
+          <t>Tefhimu’l Kur’an Kur’an’ın Anlamı ve Tefsiri (Büyük Boy) (7 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>270</v>
+        <v>445</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258314281</t>
+          <t>9789755744353</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kabe'ye Mektuplar</t>
+          <t>Tasavvufun Hakikati</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>100</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258314977</t>
+          <t>9789755745701</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzinde Hikayeler</t>
+          <t>Tasavvufta On Esas</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256021051</t>
+          <t>9799755743256</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa</t>
+          <t>Tasavvufi Makaleler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>160</v>
+        <v>13</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256021037</t>
+          <t>9789755744766</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İngiltere'de İslam ve Tasavvuf</t>
+          <t>Tasavvuf Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789755748153</t>
+          <t>9799757732913</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi</t>
+          <t>Tarihselciliğin Sefaleti</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>345</v>
+        <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256021006</t>
+          <t>9789755746647</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlamak</t>
+          <t>Tarihsel ve Metodolojik Açıdan İşari Tefsir</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>210</v>
+        <v>23</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789757732969</t>
+          <t>9799755742921</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Üç Müslüman Bilge</t>
+          <t>Tanrı'nın Anlamı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>176</v>
+        <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258314946</t>
+          <t>9789755745114</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Öze Yolculuk (Ciltli)</t>
+          <t>Tanrı İsa’dan Tavr-ı İsa’ya</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>975</v>
+        <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258314960</t>
+          <t>9799755743072</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı (Ciltli)</t>
+          <t>Tabiat Düzeni Ve Din</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>845</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258314939</t>
+          <t>9799755742297</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gök Kubbenin Altında (Ciltli)</t>
+          <t>Şihabeddin Sühreverdi ve Nur Heykelleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>845</v>
+        <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258314885</t>
+          <t>9799755744109</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ben, Öteki ve Ötesi (Ciltli)</t>
+          <t>Şihabeddin Ömer Sühreverdi Hayatı, Eserleri, Tarikatı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>1625</v>
+        <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258314908</t>
+          <t>9789755744902</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Barbar, Modern, Medeni (Ciltli)</t>
+          <t>Şeyh Sa’deddin Cebavi ve Sa’dilik</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>1100</v>
+        <v>29</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258314915</t>
+          <t>9789755741148</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Erdem (Ciltli)</t>
+          <t>Şemseddin Sami ve Medeniyyet-i İslamiyye</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258314922</t>
+          <t>9789755744575</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Açık Ufuk (Ciltli)</t>
+          <t>Şehrin Öbür Ucundan Koşarak Gelen Adam</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>845</v>
+        <v>140</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258314991</t>
+          <t>9789757732396</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Vedanta'ya Göre İnsan ve Halleri</t>
+          <t>Şehirlerin Ruhu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>210</v>
+        <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256021020</t>
+          <t>9789755746135</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kale'l-Arifun</t>
+          <t>Şark’ın Dehası İbn Sina (Batışı Olmayan Güneş)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258314953</t>
+          <t>3990000006434</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı</t>
+          <t>Şah Veliyyullah Dehlevi’den Günümüze Pakistan ve Hindistan’da Hadis Çalışmaları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>230</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755743554</t>
+          <t>9789755743455</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Değişme ve Din</t>
+          <t>Sünnet : Yeni Bir Usül Denemesi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>240</v>
+        <v>21</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256021013</t>
+          <t>9789755746395</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Arifler Meclisi</t>
+          <t>Sufizm ve Sürrealizm</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258314847</t>
+          <t>9789755743981</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmak ve Yaslanmak</t>
+          <t>Sufiler Arasında</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789755744131</t>
+          <t>9789755743974</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hristiyanlık</t>
+          <t>Sufi ve Şiir</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>112</v>
+        <v>70</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789755745732</t>
+          <t>9799755742617</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Sufi Psikolojisi Bilgeliğin Ruhu, Ruhun Bilgeliği</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>225</v>
+        <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789755749730</t>
+          <t>9799755742754</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mekke'ye Giden Yol</t>
+          <t>Sufi Diyarından Hikayeler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>450</v>
+        <v>16</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258314823</t>
+          <t>3990000002653</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Öze Yolculuk</t>
+          <t>Su Üstüne Yazı Yazmak</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>270</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258314564</t>
+          <t>9799755743010</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sultan Veled</t>
+          <t>Spor ve Kültürün Kutsal Kaynakları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>475</v>
+        <v>60</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258314519</t>
+          <t>9789755746494</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Öncü İslâm Âlimleri</t>
+          <t>Söyleşiler - Allame Tabatabai ve Henryn Corbin</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>210</v>
+        <v>40</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258314700</t>
+          <t>3990000014841</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mantık ve Aşkınlık</t>
+          <t>Sovyet Müslümanları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>360</v>
+        <v>45</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258314502</t>
+          <t>9789755741534</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Öğütler</t>
+          <t>Siyaset ve Kutsallık</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>360</v>
+        <v>50</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258314717</t>
+          <t>9789755742502</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Rönesans İtalya'sında Aşk Felsefesi</t>
+          <t>Siyah ve Yeşil</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258314670</t>
+          <t>9789755744780</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Moriskolar</t>
+          <t>Siyah Örtülü Ev</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258314687</t>
+          <t>9789755745770</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Küfür Fedaisi</t>
+          <t>Siracu'l Müluk Siyaset Ahlakı ve İlkelerine Dair</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>175</v>
+        <v>59</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258314694</t>
+          <t>9779755742497</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Düşünmek, Hayır Demektir</t>
+          <t>Silku's-Suluk</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>130</v>
+        <v>14</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057387240</t>
+          <t>9799755742860</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Nedir?</t>
+          <t>Sırların Çözümü ve Hazinelerin Anahtarları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>270</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258314557</t>
+          <t>9789755744667</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sufiname</t>
+          <t>Sezai Karakoç: Eleğimsağmalarda Gökanıtı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>435</v>
+        <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258314366</t>
+          <t>9789755745893</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yerel Tarihler Küresel Tasarımlar</t>
+          <t>Sezai Karakoç Şiirinde Metafizik Vurgu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>490</v>
+        <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258314038</t>
+          <t>9779755742473</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Barbar, Modern, Medeni (Arapça)</t>
+          <t>Sömürgecilik ve Yabancılaşma</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>450</v>
+        <v>8</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258314458</t>
+          <t>9799755742792</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Duyan Gelsin Bu Meydana</t>
+          <t>Savaş Metafiziği ve Sembolik Silahlar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>210</v>
+        <v>8</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258314441</t>
+          <t>9789755741110</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ateizm Kendi Paradigmasıyla Yüzleşiyor</t>
+          <t>Sanatın Tabiatındaki Başkalaşım</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>190</v>
+        <v>20</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258314069</t>
+          <t>9789755745671</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Edhem - Belh Sultanlığından Gönül Sultanlığına</t>
+          <t>Salih’in Şehirleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>210</v>
+        <v>40</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258314403</t>
+          <t>9789755745664</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Maturidilik Düşüncesi 3 - Kabir Azabı</t>
+          <t>Sahili Olmayan Deniz</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>225</v>
+        <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258314427</t>
+          <t>9789755746425</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Farabi Felsefesi</t>
+          <t>S. Hüseyin Nasr’ın Temel Düşünceleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>270</v>
+        <v>62</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258314434</t>
+          <t>9789755742380</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Muhtelif - 1</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>190</v>
+        <v>30</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755748955</t>
+          <t>9789755746302</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Mülk Suresi</t>
+          <t>Risaleler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258314397</t>
+          <t>9799755742662</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Çin Tıbbı</t>
+          <t>Psikiyatri ve Kültür</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258314113</t>
+          <t>9799757732630</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Devri Kronolojisi (Cilt 1)</t>
+          <t>Psikiyatri ve Kutsallık</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>660</v>
+        <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258314120</t>
+          <t>9789755745800</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Devri Kronolojisi (Cilt 2)</t>
+          <t>Pir-i Türkistan Hoca Ahmed Yesevi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>670</v>
+        <v>35</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258314373</t>
+          <t>9789755748412</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Tasavvuf</t>
+          <t>Fususu'l-Hikem ve Mesnevide Peygamberler Kıssaları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>480</v>
+        <v>530</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258314359</t>
+          <t>9789755741093</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Rahmetün Mine'r-Rahman - Kur'an-ı Kerim Tefsiri 5</t>
+          <t>Rasulullah’ın Günlüğü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>780</v>
+        <v>45</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258314168</t>
+          <t>9789755744070</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Dilinden Dündökümü</t>
+          <t>Özün Özü</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>490</v>
+        <v>40</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258314076</t>
+          <t>9799755743089</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Filozofların Amacı</t>
+          <t>Özbenlik Kişisel Gelişmede Zikir ve Tesbih</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>255</v>
+        <v>11</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258314328</t>
+          <t>9789755745978</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Manevi Otorite ve Maddi İktidar</t>
+          <t>Osmanlılarda Tasavvufi Hayat Halvetîlik Örneği Hediyyetü’l-İhvan</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258314335</t>
+          <t>9799755743522</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Şeriat</t>
+          <t>Osmanlı Toplumunda Tasavvuf 19. Yüzyıl</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>530</v>
+        <v>110</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057133502</t>
+          <t>9799755743515</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Küçükler Hesabının Metafizik İlkeleri</t>
+          <t>Osmanlı Toplumunda Tasavvuf 18. Yüzyıl</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>175</v>
+        <v>93</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057387271</t>
+          <t>9789755744490</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İnisiyasyona Toplu Bakışlar</t>
+          <t>Osmanlı Hayatından Kesitler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>360</v>
+        <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258314090</t>
+          <t>9789755740951</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Modernlik Arasında</t>
+          <t>Oryantalizmin Soruları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>285</v>
+        <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057133533</t>
+          <t>9789755744049</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Adil Hükümdar - Kitab Seyfü'l-Mülük ve'l-Hükkam</t>
+          <t>Oryantalist Misyonerler ve Kur’an Batı Etkisinde Hint Kur’an Araştırmaları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>175</v>
+        <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258314229</t>
+          <t>9789755740324</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yemek Kitabım</t>
+          <t>Ortadoğu’da Modernleşme</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>350</v>
+        <v>16</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258314298</t>
+          <t>9789755745381</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l-Arabi'nin Kur'an İlimlerine Yaklaşım</t>
+          <t>Nübüvvet Felsefesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>420</v>
+        <v>15</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258314212</t>
+          <t>9789755742526</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Beklemeye Övgü</t>
+          <t>Niyazi-i Mısri Şerhleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>210</v>
+        <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258314199</t>
+          <t>9789755744179</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin Ahlakı</t>
+          <t>Niyazi-i Mısri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258314236</t>
+          <t>9789755746418</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'nin Üç Kapısı</t>
+          <t>Ne’yi Arıyorsan O’sun Sen</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>130</v>
+        <v>8</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258314267</t>
+          <t>9789755740652</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kesin Delil</t>
+          <t>Nefs-i Mutmainne</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>270</v>
+        <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258314274</t>
+          <t>9789755744957</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kınalızade'de Siyaset ve Ahlak</t>
+          <t>Neden Müslüman Oldular?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>190</v>
+        <v>18</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258314243</t>
+          <t>9789755744940</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şah Veliyyullah Dehlevi'den Günümüze Pakistan ve Hindistan'da Hadis Çalışmaları</t>
+          <t>Rasim Özdenören Ruh Denizinden Öyküler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>360</v>
+        <v>40</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258314083</t>
+          <t>9789755745473</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve İdeoloji</t>
+          <t>Necmeddin-i Kübra</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>255</v>
+        <v>29</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258314175</t>
+          <t>9789755746357</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kendini Unutma</t>
+          <t>Necip Fazıl Kısakürek Büyük Doğu Irmağı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>240</v>
+        <v>23</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258314205</t>
+          <t>9789755745008</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi 2.0: Yeni Nesil İslamofobi ile Yeni Nesil Mücadele</t>
+          <t>Namaz ve Karakter Gelişimi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>315</v>
+        <v>10</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258314182</t>
+          <t>9789755741390</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l-Arabi'de İbareden İşarete İşari ve Gai Yorum: Kitabu'l-Gayat</t>
+          <t>Müzekki’n-Nüfus</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>240</v>
+        <v>335</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057133557</t>
+          <t>9789755744568</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Bilgi Ekseninde Eğitimin Temelleri</t>
+          <t>Mühr-i Süleyman</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>460</v>
+        <v>21</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258314007</t>
+          <t>9799755743812</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Allah Neden Kendisine İbadet Edilmesini İster?</t>
+          <t>Mutezile’den Aforizmalar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>90</v>
+        <v>35</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258314151</t>
+          <t>9789755743448</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Geleneksel İslam</t>
+          <t>Mutezile'de Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>230</v>
+        <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755749303</t>
+          <t>9789755745749</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Kalbi</t>
+          <t>Mukaddemat</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>270</v>
+        <v>20</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258314144</t>
+          <t>9789755741019</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Ölüm</t>
+          <t>Osmanlı Topraklarında Fars Dili ve Edebiyatı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>375</v>
+        <v>20</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057133595</t>
+          <t>9789755744278</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>II. Mahmud'un Gölgesinde</t>
+          <t>Muhasibi Hayatı, Eserleri ve Fikirleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>490</v>
+        <v>18</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258314014</t>
+          <t>9799755742655</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Külli Ruh</t>
+          <t>Muhammed Senusi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>315</v>
+        <v>14</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258314021</t>
+          <t>9789755744018</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Beyan Tefsirinde Kur'an Kıssalarının Tasavvufi Yorumu</t>
+          <t>Modernlik</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057133588</t>
+          <t>3990000015794</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Cassirer Felsefesinde Sembol, Mit ve Anlam</t>
+          <t>Modernliğin Çıkmazı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>285</v>
+        <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057387295</t>
+          <t>9789755743226</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Nakşbendi-Halidiliğin Bir Kolu Olarak Haznevilik</t>
+          <t>Modernleşmenin Paradoksları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>440</v>
+        <v>33</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057133564</t>
+          <t>9799757732975</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Peygamberliğin İspatı</t>
+          <t>Modernizmin İslam Dünyasına Girişi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>460</v>
+        <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057133571</t>
+          <t>9797757732667</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gerdanlık Endülüs</t>
+          <t>Modern Tıbbın Ötesi Derleme</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>285</v>
+        <v>13</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057387226</t>
+          <t>9789755740805</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Müfessir Olarak Abdülgani en-Nablusi</t>
+          <t>Modern Düşüncenin Krizi Anlamsızlık Sorununa Çözümler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>405</v>
+        <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057387264</t>
+          <t>9789755740188</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ahmak Fabrikası</t>
+          <t>Modern Dünyada Geleneksel İslam</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057133540</t>
+          <t>9799755743782</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>Mistisizm ve Felsefe</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>315</v>
+        <v>14</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057133519</t>
+          <t>9789755740423</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Ahlak, Olgu ve Değer</t>
+          <t>Mistik Düşünce ve Yeni Fizik</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>330</v>
+        <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057133526</t>
+          <t>9789755741499</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sıradanın Kırılganlığı</t>
+          <t>Minhacu'l-Fukara Fakirlerin Yolu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>175</v>
+        <v>40</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057387219</t>
+          <t>9789755741124</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bir Sufinin Portresi</t>
+          <t>Mimlerin Abecesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>475</v>
+        <v>40</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057387233</t>
+          <t>9789755747354</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Faizsiz Bankacılıkta Mudarabe ve Kar</t>
+          <t>Mevzu Hadisler (Sened ve Metin Yönüyle)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>285</v>
+        <v>25</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755744544</t>
+          <t>9789755744698</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İlahi Aşk</t>
+          <t>Mevdudi Hayatı, Görüşleri ve Eserleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>210</v>
+        <v>20</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755741550</t>
+          <t>9789755744315</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Celal ve Cemal Aynasında Kadın</t>
+          <t>Metafizik Temaşa ve Mistik Deneyim - Rene Guenon</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>345</v>
+        <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789757732068</t>
+          <t>9789755744032</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Halklar Ansiklopedisi (3 Cilt Takım ) (Ciltli)</t>
+          <t>Meşşai Felsefe</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>1000</v>
+        <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057387257</t>
+          <t>9789755745404</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İdealar Enneagramı - Gerçek Kendilik ve Yansımaları</t>
+          <t>Meşruluğun Toplumsal Gerçekliği</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057406682</t>
+          <t>9789755746265</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Problemi ve İmtihan</t>
+          <t>Mesnevi’de Örtülü Anlamlar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057387202</t>
+          <t>9799755740781</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Rabbani Bir Alim: Şeyh Muhammed Kazım Aydın El-Halidi En-Nakşibendi</t>
+          <t>Modern Dünyada Din</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>625</v>
+        <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755749617</t>
+          <t>9799755743034</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Maturidilik Düşüncesi 2 - Mucize, Keramet, Nüzul-i İsa</t>
+          <t>Merhamet ve Metanet</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>315</v>
+        <v>25</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755749525</t>
+          <t>9789755745817</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Erdem</t>
+          <t>Meratib-i Tevhid Risalesi Yorumu</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>430</v>
+        <v>20</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755743523</t>
+          <t>9789755744964</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Tasavvuf - 19. Yüzyıl</t>
+          <t>Melametin Temel İlkeleri ve Günümüzde Melamet</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>880</v>
+        <v>23</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755743516</t>
+          <t>9789755743950</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Tasavvuf -18. Yüzyıl</t>
+          <t>Melametilik</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>700</v>
+        <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057074676</t>
+          <t>9789755746777</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Tınısı</t>
+          <t>Medaricu’s Salikin Kur’ani Tasavvufun Esasları 3 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>240</v>
+        <v>155</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057406651</t>
+          <t>9799755740361</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Gerçek ve Sonsuz İmkan</t>
+          <t>Mavisini Yitirmiş Yaşamak</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>240</v>
+        <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057406675</t>
+          <t>9799755743478</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hüsameddin Ali El-Bitlisi'nin Tefsir ve Tevil Anlayışı</t>
+          <t>Maturidi’nin Tefsir Anlayışı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>390</v>
+        <v>21</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057406668</t>
+          <t>9799755741894</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Varlık Mertebeleri</t>
+          <t>Manevi İlimlere Giriş</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>145</v>
+        <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057406637</t>
+          <t>9789755741359</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Zen Budizm Felsefesi</t>
+          <t>Makina Efsanesi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057406620</t>
+          <t>9789755740473</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi'nin Mu'tezile Eleştirisi</t>
+          <t>Makaleler-1</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>390</v>
+        <v>10</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057074683</t>
+          <t>9799755741593</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teorileri</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>300</v>
+        <v>16</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057074645</t>
+          <t>9789755742854</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Kethüdazade el-Hac Mehmed Arif Efendi Bir Var İmiş Bir Yoğ İmiş</t>
+          <t>Makalat -2- Ne İdik, Ne Olduk, Ne Olabiliriz</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>435</v>
+        <v>405</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057074621</t>
+          <t>9789755742519</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hükümdarlık Ahlakı</t>
+          <t>Makalat -1- Ne İdik, Ne Olduk, Ne Olabiliriz</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755749792</t>
+          <t>9789755746548</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Muhammed el-Hazin Divanı (Ciltli)</t>
+          <t>La Mekana Yolculuk</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>440</v>
+        <v>80</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755749815</t>
+          <t>9799755743157</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Fazıl Bin Natık</t>
+          <t>Küresel Kuşatma ve Küresel İhtiraslar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>145</v>
+        <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755749990</t>
+          <t>9789755740813</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Uzlet - Manevi İlerlemenin Sırları</t>
+          <t>Küçük Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755749822</t>
+          <t>9799755744185</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Edebiyat</t>
+          <t>Kur’an’la Yaşamak</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>285</v>
+        <v>8</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755748436</t>
+          <t>9789755745862</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre ve Aşk Felsefesi</t>
+          <t>Kur’an’ın Tasavvufi Yorumu</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>175</v>
+        <v>26</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755749778</t>
+          <t>9789755745336</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Rahmetün Mine'r-Rahman (Kur'an-ı Kerim Tefsiri 4)</t>
+          <t>Kur’an’ın Sünni ve Şii Yorumu</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>520</v>
+        <v>40</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755749785</t>
+          <t>9799755743690</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Fatih Hatıratı</t>
+          <t>Kur’an’ın Dilleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>210</v>
+        <v>70</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755749716</t>
+          <t>9789755741162</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Aşırı İnsani Bir Virüs</t>
+          <t>Kur’an’da Temsili Anlatım (Emsalü’l Kur’an)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755749693</t>
+          <t>9789755746685</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyası ve Batı Ekonomisi</t>
+          <t>Kur’an’da Sembolik Anlatımlar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>225</v>
+        <v>15</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755749679</t>
+          <t>9799755742945</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kabala'nın Temel Öğretileri</t>
+          <t>Kur'an'da Keramet</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>13</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755749709</t>
+          <t>9789755745039</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Adı Konmamış Çağda Yeni Anne Babalar</t>
+          <t>Kur'an'da Kadının Görüntüsü</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755749655</t>
+          <t>9789755743394</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Varoluşsal Tehcir</t>
+          <t>Kur’an’da İmtihan</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>475</v>
+        <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755749624</t>
+          <t>9789755741703</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Nokta Sembolizmi</t>
+          <t>Kur’an’da Ehl-i Kitab</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>240</v>
+        <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755749648</t>
+          <t>9789755746531</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Adabu'l-Mulukiyye Ve'l-Ahlaku'l-İhtiyariyye</t>
+          <t>Kozadan Çıkabilmek</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>175</v>
+        <v>12</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755749594</t>
+          <t>9799755742136</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Eğitilmiş İnsanın İmali</t>
+          <t>Kitabü’n-Netice 2</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>315</v>
+        <v>17</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755749587</t>
+          <t>9799755741955</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Irak'ın Fethi ve İslamlaşma Süreci</t>
+          <t>Kitabü-n-Netice 1</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>390</v>
+        <v>17</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755749631</t>
+          <t>9789755745138</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Açık Ufuk</t>
+          <t>Kitabu’l-Menhiyyat</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>220</v>
+        <v>17</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755749549</t>
+          <t>9789755742465</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yardım Mimarisinde Türkiye Tecrübesi</t>
+          <t>Kitabu'l-Envar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>270</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755749556</t>
+          <t>9799755743706</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakikat ve Anlam</t>
+          <t>Kindi Metafiziği</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>210</v>
+        <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755749365</t>
+          <t>9799755743003</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'nin Ruhu</t>
+          <t>Kesişmeler</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>175</v>
+        <v>40</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755749358</t>
+          <t>9789755741192</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tarikatlarda Merasimler</t>
+          <t>Kur’an-ı Kerim’de Yaratma Kavramı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>130</v>
+        <v>8</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755749471</t>
+          <t>9789755741408</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İktidar Nedir?</t>
+          <t>Kur’an’da Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>140</v>
+        <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755749464</t>
+          <t>9799755740682</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Mahiyet Felsefesi</t>
+          <t>Kelimelerin Büyülü Dünyası Anlambilim ve İletişim</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>560</v>
+        <v>10</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755749440</t>
+          <t>9799755742198</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Maturidilik Düşüncesi 1 - Bilgi Teorisi</t>
+          <t>Kelimeler Çınladıkça</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>390</v>
+        <v>40</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755749457</t>
+          <t>9799755742877</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Karantina Günlerinde Evin e-hali</t>
+          <t>Kaşani'ye Göre Kur'an'ın Tasavvufi Tefsiri</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>160</v>
+        <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755749419</t>
+          <t>9799755743751</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Züleyha’nın Aşk Derdi</t>
+          <t>Karabaş Veli</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>210</v>
+        <v>23</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755749426</t>
+          <t>9799755740835</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tefhimu’l-Kur’an - Kısa Surelerin Tefsiri</t>
+          <t>Kapitalizmin Doğuşu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>240</v>
+        <v>16</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755749396</t>
+          <t>9789755745428</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Perde ve Mana</t>
+          <t>Kapılar Kapanmadan</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755749433</t>
+          <t>9789755741659</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Senin Ramazan’ın</t>
+          <t>Kant ve Felsefesi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>255</v>
+        <v>20</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755749402</t>
+          <t>9799755741177</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Niceliğin Egemenliği ve Çağın Alametleri</t>
+          <t>Kur'an'da Toplumsal Çöküş</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755749334</t>
+          <t>9789755746029</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kozmoloji İrfanı</t>
+          <t>Kamil Mürşidlerin Mirası</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>300</v>
+        <v>33</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755749327</t>
+          <t>9789755744537</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife Dönemi 2</t>
+          <t>Kalplerin Işığı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755749310</t>
+          <t>9799755741511</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi ve Hz. Muhammed’in (s.a.v.) Hayatı 1</t>
+          <t>Kalıcı Felsefe</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>360</v>
+        <v>14</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789755749297</t>
+          <t>9789755745626</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Walter G. Andrews Kitabı</t>
+          <t>Kalender ve Kale</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>190</v>
+        <v>29</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755749266</t>
+          <t>9789755741734</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Yaprakları ve Yüzük</t>
+          <t>Kainata Mensup Olmak</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>210</v>
+        <v>15</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755749235</t>
+          <t>9789755744773</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Sınır Bölgeleri</t>
+          <t>Kabe ile Konuşan Adam</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>240</v>
+        <v>12</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755749242</t>
+          <t>9789757732624</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Rahmetün Mine'r-Rahman - (Kur'an-ı Kerim Tefsiri 3)</t>
+          <t>Jung Psikolojisi ve Tasavvuf</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>560</v>
+        <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789755749150</t>
+          <t>9799755742631</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Tabiat</t>
+          <t>İzmirli İsmail Hakkı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>175</v>
+        <v>40</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789755749198</t>
+          <t>9789755744476</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Medaricu’s Salikin (3 Kitap Takım)</t>
+          <t>İşaret Taşları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1300</v>
+        <v>36</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789755749167</t>
+          <t>9799755743058</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Metalib ve Mezahib</t>
+          <t>İsmail Hakkı Bursevi  Hayatı, Eserleri, Tarikat Anlayışı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>400</v>
+        <v>23</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789755749174</t>
+          <t>9799757732319</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti ve Modern Dünya</t>
+          <t>İslami İlimlere Giriş</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>330</v>
+        <v>11</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789755749211</t>
+          <t>9789755740492</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Medaricu’s Salikin 2</t>
+          <t>İslami İktisadın Felsefesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>270</v>
+        <v>12</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789755749105</t>
+          <t>9799755743676</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (Arapça)</t>
+          <t>İslam'ın Yayılış Tarihine Giriş</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>460</v>
+        <v>14</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789755749143</t>
+          <t>9799755743560</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Rü'yetullah</t>
+          <t>İslam'ın Mali Hükümleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>21</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789755749075</t>
+          <t>9789755744322</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsü</t>
+          <t>İslam'ın Diğer Dinlere Bakışı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>270</v>
+        <v>20</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755749044</t>
+          <t>9789755741254</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Tarihi 3</t>
+          <t>İslam'da Siyaset Düşüncesi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>500</v>
+        <v>10</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755749068</t>
+          <t>9789755748245</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>10. Yüzyıldan 21. Yüzyıla Farabi</t>
+          <t>İslam’da Sembolik Dil</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>315</v>
+        <v>35</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755749129</t>
+          <t>9789755740763</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Batı'da Hz. Muhammed İmajı</t>
+          <t>İslam'da Otorite</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>420</v>
+        <v>10</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755749006</t>
+          <t>9799755742761</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Rahmetün Mine'r Rahman (Kur'an-ı Kerim Tefsiri 2)</t>
+          <t>İslam'da İfade Hürriyeti</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>490</v>
+        <v>14</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755748917</t>
+          <t>9789755743103</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Keşmiri'nin Hukuk Düşüncesi</t>
+          <t>İslam ve Modern İnsanın Çıkmazı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>435</v>
+        <v>260</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755748993</t>
+          <t>9789757732358</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Modern Kahramanın Düşüşü</t>
+          <t>İslam ve İnsanlığın Kaderi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>112</v>
+        <v>23</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789755748979</t>
+          <t>3990000012549</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Bir Yaklaşımla Medeniyet ve İktisat</t>
+          <t>İslam ve İlim İslam Medeniyetinde Akli İlimlerinTarihi ve Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>255</v>
+        <v>78</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789755748962</t>
+          <t>9789755746128</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet</t>
+          <t>İslam ve Diğer İnançlar</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>270</v>
+        <v>35</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789755748900</t>
+          <t>9789755740485</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Barbar Modern Medeni (Ciltli)</t>
+          <t>İslam ve Antropoloji</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>550</v>
+        <v>10</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789755748924</t>
+          <t>3990000011036</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ahadiyet Risalesi</t>
+          <t>İslam Maneviyatı ve Batı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>75</v>
+        <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789755748856</t>
+          <t>9789755745374</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Tasavvufu Keşfi</t>
+          <t>İslam Kelamı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789755748870</t>
+          <t>9789755745459</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Barbar Modern Medeni</t>
+          <t>İslam Hukukçularının Sünnet Anlayışı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>380</v>
+        <v>14</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789755748849</t>
+          <t>9789755740849</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Namazla Muhabbet</t>
+          <t>İslam Felsefesine Bir Katkı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>190</v>
+        <v>14</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789755748818</t>
+          <t>9789755741673</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Rahmetün Mine'r-Rahman (Kur'an-ı Kerim Tefsiri 1)</t>
+          <t>İslam Felsefesi'nde Sembolik Hikayeler 1</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>560</v>
+        <v>16</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789755741987</t>
+          <t>9789755741058</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi Sözlüğü</t>
+          <t>İslam Felsefesinde Mistik Bilginin Yeri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>405</v>
+        <v>12</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789755748733</t>
+          <t>9789755744995</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Harflerin İlmi</t>
+          <t>İslam Felsefesi Kelam ve Tasavvufuna Giriş</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>240</v>
+        <v>45</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789755748771</t>
+          <t>9789755745794</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Nasihat Kitabı</t>
+          <t>İslam Düşüncesinin Zirvesi İmam Gazali</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>180</v>
+        <v>29</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789755748757</t>
+          <t>9789755742243</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Modern Düşüncenin Bunalımı ve Doğu</t>
+          <t>İslam Düşüncesinde Nübüvvet</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>240</v>
+        <v>17</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789755748719</t>
+          <t>9799755741740</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yahudilerden Sonra Hristiyanlardan Önce Hz. İsa</t>
+          <t>İslam Bilim Tarihi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>220</v>
+        <v>14</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789755748726</t>
+          <t>9789755740728</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul - Dinin Edepleri</t>
+          <t>İran Edebiyatında Şiir Kaçarlar Devri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789755748641</t>
+          <t>9789755743905</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Molla Sadra’da Mahiyet Felsefesi</t>
+          <t>İnternet</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>285</v>
+        <v>10</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789755743172</t>
+          <t>9799755743041</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Düşünme, Konuşma ve Söz Üzerine</t>
+          <t>İnsanın Ölçüsü Olarak Makina Batılı Hakimiyet İdeolojileri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789755748610</t>
+          <t>9789755741949</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutlu Sefer</t>
+          <t>İslam Düşüncesinde Marifet ve İbn Arabi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>210</v>
+        <v>15</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789755748559</t>
+          <t>3990000007779</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sufi Tevhid Öğretisi</t>
+          <t>İnsan ve Teknoloji</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>145</v>
+        <v>8</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789755748511</t>
+          <t>9789755746388</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Aşkın Üslup</t>
+          <t>İnsan ve İç Denetim</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>320</v>
+        <v>20</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755748573</t>
+          <t>9789755745121</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Kültürü ve Hadisler</t>
+          <t>İnsan Dediğin Gözdür</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>545</v>
+        <v>35</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789755748597</t>
+          <t>9799755744253</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Hayat El-Harrani</t>
+          <t>İmam-ı Rabbani Ahmed Sirhindi Hayatı, Eserleri, Tasavvufi Görüşleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>190</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789755748504</t>
+          <t>9789755745992</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Kuramı</t>
+          <t>İmam Cafer Es-Sadık ve O’na İsnad Edilen İşari Tefsir</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>225</v>
+        <v>35</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789755748528</t>
+          <t>9789755743806</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İcazü’l - Beyan</t>
+          <t>İslam Hikmeti</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>450</v>
+        <v>12</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789755748399</t>
+          <t>9789755741157</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Gönül Makamı</t>
+          <t>İlkel Toplumun İcadı Bir İllüzyonun Dönüşümleri</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>255</v>
+        <v>20</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755748337</t>
+          <t>9789755745763</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yeni İnsan</t>
+          <t>İlk Kaynaklara Göre Hz. Peygamber Devri Kronolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789755747897</t>
+          <t>9789755744483</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Dinsel Simgeciliğin Bunalımı</t>
+          <t>İlk Dönem Hanım Sufiler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755748061</t>
+          <t>9789755740502</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Konumlanış</t>
+          <t>İlimlerin Özü "Netayic El-Fünun"</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>450</v>
+        <v>18</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789755748177</t>
+          <t>9799755740156</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kadınla İlgili Hadisler</t>
+          <t>İlerlemeye Farklı Bir Bakış</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>390</v>
+        <v>29</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789755748276</t>
+          <t>9789755744933</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Genç Müslümana Modern Dünya Rehberi</t>
+          <t>İlahi Kelamın Yapısı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>285</v>
+        <v>20</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789755748306</t>
+          <t>9799755743713</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İç</t>
+          <t>İlahi Kelamın Tabiatı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>300</v>
+        <v>9</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789755748191</t>
+          <t>9789755743936</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Aklı</t>
+          <t>İkbal'in Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>360</v>
+        <v>18</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789755748160</t>
+          <t>9789755740875</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İrfan Hazinesi</t>
+          <t>İkbal ve Kur’ani Hikmet</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>315</v>
+        <v>9</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755748214</t>
+          <t>9789755742533</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Şair Dağın Doruğunda</t>
+          <t>İhvan-ı Safa’da Varlık Düşüncesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789755748078</t>
+          <t>9789755747323</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Modern Bilim</t>
+          <t>İhvan-ı Safada Müzik Düşüncesi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789755748054</t>
+          <t>9789755741024</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Ben Öteki ve Ötesi</t>
+          <t>İctihad ve Taklid Çerçevesinde Nassın Uygulanışı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>590</v>
+        <v>20</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755748030</t>
+          <t>9799755744239</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Müslüman Kalmak</t>
+          <t>İbrahim Kurani</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789755748016</t>
+          <t>9799755742716</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Bunalımı</t>
+          <t>İbrahim Gülşeni Hayatı, Eserleri, Tarikatı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>175</v>
+        <v>29</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789755747828</t>
+          <t>9799755742303</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Söz’ün Anlamı</t>
+          <t>İbn Sina ve Gazali’de Bilgi Problemi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>240</v>
+        <v>17</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789755747903</t>
+          <t>9789755745190</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Öteki</t>
+          <t>İbn Rüşd’ün Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>160</v>
+        <v>25</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789755748092</t>
+          <t>9789755746487</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Geleceği</t>
+          <t>İbn Miskeveyh ve Ezeli Hikmet</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>360</v>
+        <v>23</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789755746678</t>
+          <t>9789755745022</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Dinamikleri</t>
+          <t>İbn Arabi’den Hadis Yorumları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>160</v>
+        <v>16</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789755747835</t>
+          <t>9789757732518</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İslam Maneviyatı ve Taoculuğa Toplu Bakış</t>
+          <t>İbn Arabi'de Varlık Düşüncesi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>160</v>
+        <v>13</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789755747804</t>
+          <t>9789755746142</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Bir Merkeze Sahip Olmak</t>
+          <t>İbn Arabi Geleneği ve Davud El-Kayseri</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>210</v>
+        <v>35</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789755747712</t>
+          <t>9789755747514</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Molla Fenari'nin Varlık ve Bilgi Anlayışı</t>
+          <t>Hz. Osman Dönemi Devlet Siyaseti</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>450</v>
+        <v>70</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789755747705</t>
+          <t>9789755745244</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Yazıları</t>
+          <t>Hz. Musa ile Yürümek</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>255</v>
+        <v>20</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789755747507</t>
+          <t>9789755746661</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Edebi Mutlak</t>
+          <t>Hz. Muhammed’in Hayatı / Muhammed: His Life (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>450</v>
+        <v>228</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789755744520</t>
+          <t>9789755741611</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Esed ve Düşünce Dünyası</t>
+          <t>Hz. Muhammed’in Faziletleri Fezail-i Muhammediye</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789755747743</t>
+          <t>9799755742129</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hayatı</t>
+          <t>Hz. Muhammed ve Risaleti</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>350</v>
+        <v>23</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789755747460</t>
+          <t>9789755741000</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Formlar ve Kozmik Devirler</t>
+          <t>Hz. Fatıma</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>175</v>
+        <v>54</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789755747446</t>
+          <t>9789755741680</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Vahyi ve Hz. Peygamber</t>
+          <t>Hükümdarlık Sanatı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>210</v>
+        <v>20</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789755744865</t>
+          <t>9789755743998</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Zen ve Tasavvuf Işığında Kendini Bilmenin Yolu</t>
+          <t>Hristiyanlık'ta Reform ve Protestanlık Tarihi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>240</v>
+        <v>17</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789755747484</t>
+          <t>9799755744130</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Işık</t>
+          <t>Hristiyanlık</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>175</v>
+        <v>10</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789755747699</t>
+          <t>9789755744308</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gerdanlığı</t>
+          <t>Hristiyan Mistik Düşüncesi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>285</v>
+        <v>10</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789755745015</t>
+          <t>9789755744971</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Tarih Tasavvuru ve Usulü</t>
+          <t>Hz. Hüseyin’in Emr-i Maruf ve Nehy-i Münkeri</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>360</v>
+        <v>65</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789755746197</t>
+          <t>9789755740999</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İbn Ataullah El-İskenderi</t>
+          <t>Hindistan’da İslam Kültürü Çalışmaları</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>330</v>
+        <v>40</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789755744421</t>
+          <t>9789755746470</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Yedi Kapısı</t>
+          <t>Hind Altkıtası Düşünce ve Tefsir Ekolleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>360</v>
+        <v>31</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789755742625</t>
+          <t>9789755740899</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Vizyonu</t>
+          <t>Hilafet: Modern Arap Düşüncesinin Eleştirisi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>500</v>
+        <v>9</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789755745480</t>
+          <t>9789755745312</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sufi ve Dil</t>
+          <t>Hikmete Yolculuk</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>270</v>
+        <v>12</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789755747019</t>
+          <t>9789755744292</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Aykırı Görülen Hadisler</t>
+          <t>Hikmet Yazıları</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>390</v>
+        <v>23</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789755747316</t>
+          <t>3990000006276</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Alman Mistik Düşüncesi</t>
+          <t>Hikmet ve Sanat (Makaleler)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>375</v>
+        <v>25</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789755747293</t>
+          <t>9789755746159</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Cin Bölmesi</t>
+          <t>Hızır ile Musa</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>110</v>
+        <v>10</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789755747262</t>
+          <t>9799755742785</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisat Tarihine Giriş</t>
+          <t>Hayat Mükemmel Değil</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>175</v>
+        <v>16</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789755747231</t>
+          <t>9789755743431</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Hadis, Usul, ve Hayat</t>
+          <t>Hasan el-Basri ve Kelami Görüşleri</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789755745879</t>
+          <t>9789755744919</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Fususu’l-Hikem ve Mesnevi’de İnsan-ı Kamil</t>
+          <t>Hakim Tirmizi ve Tasavvuf Anlayışı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>375</v>
+        <v>25</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789755747071</t>
+          <t>9789755741864</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’de Tasavvufi Tefsir</t>
+          <t>Hakikatlerin Özü</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>450</v>
+        <v>29</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789755745350</t>
+          <t>9789755746579</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’de Kur’an Yorumları</t>
+          <t>Hakikatin Peşinde</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>320</v>
+        <v>15</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789755747095</t>
+          <t>9789755741079</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sufilere Göre Hz. Peygamber</t>
+          <t>Hakikat Bilgisine Yükseliş</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>405</v>
+        <v>12</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789755748122</t>
+          <t>9799755741917</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutsal Bilim İhtiyacı</t>
+          <t>Hafız'da İrfan</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>240</v>
+        <v>8</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789755747057</t>
+          <t>9789755743400</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Sufi: Rabia</t>
+          <t>Hadislere Göre Yahudi ve Hristiyanlara Uymak</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789755747026</t>
+          <t>9789755745886</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünneti Anlamanın Temel İlkeleri</t>
+          <t>Hadis Araştırmaları Tarih, Usül, Tenkid, Yorum</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789755746319</t>
+          <t>9789755744674</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sühreverdi’nin İbn Sina Eleştirisi</t>
+          <t>Hacı Abdullah Petrici'nin Hıristiyanlık Eleştirisi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789755746609</t>
+          <t>9789755746043</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulüne Yeni Yaklaşımlar</t>
+          <t>Gürciyev ve Gizli Üstatları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>285</v>
+        <v>25</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789755745688</t>
+          <t>9789755740678</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Tehalli Kalbin Süslenmesi 2 - Manevi İlerlemenin Merhaleleri 4</t>
+          <t>Görsel İktidar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>315</v>
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789755741765</t>
+          <t>9789755744025</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi</t>
+          <t>Hermenötik</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>590</v>
+        <v>10</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789755742342</t>
+          <t>9789755742403</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Kur'an'a Arzı</t>
+          <t>Gökyüzünde Ayın Görüntüsü İslam Düşüncesinde Allah’ın Görülmesi Tartışmaları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>320</v>
+        <v>25</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789755744452</t>
+          <t>9789755746241</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Din ve Siyasal Söylem Abbasi Devleti’nin Meşruiyet Kavgası</t>
+          <t>Gerçekleşecek Olan Gerçekleşecektir</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>160</v>
+        <v>12</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755744681</t>
+          <t>9799755742426</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin Efendisi</t>
+          <t>Geleneksel Edebiyat Teorisi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>225</v>
+        <v>40</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755743370</t>
+          <t>9789755741666</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Yeniden Yorumlanması</t>
+          <t>Gazzali’de Bilgi Sistemi ve Şüphe</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>225</v>
+        <v>12</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755742468</t>
+          <t>9789755743943</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Şerhi (Ciltli)</t>
+          <t>Gazzali</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>1000</v>
+        <v>10</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789755746289</t>
+          <t>9789755746654</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Neresindeyiz?</t>
+          <t>Gazali’nin İktisat Felsefesi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789755745725</t>
+          <t>3990000012271</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Necmeddin Daye Razi</t>
+          <t>Gazali</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>375</v>
+        <v>14</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755746746</t>
+          <t>9789755743608</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kırım Hanlığı Tarihi</t>
+          <t>Gayb Bahçesinden Seslenişler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>210</v>
+        <v>52</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755746906</t>
+          <t>9789755740904</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'da Aşk ve Varoluş</t>
+          <t>Firak</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>175</v>
+        <v>10</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789755746975</t>
+          <t>9789755742892</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Günümüz İnsanına Marifet Bilgileri</t>
+          <t>Filozof Taşı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>360</v>
+        <v>18</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789755747378</t>
+          <t>9799755743133</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Günün Kısa Tarihi</t>
+          <t>Heidegger ve Teoloji</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>255</v>
+        <v>12</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789755747361</t>
+          <t>9789755746982</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm, Oksidentalizm ve Sanat</t>
+          <t>Felsefe Dersleri 1</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>420</v>
+        <v>62</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789755747538</t>
+          <t>9789755744810</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma ve Din</t>
+          <t>Fehmi ve Şebisteri’den Şem ve Pervane</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>240</v>
+        <v>16</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789755747002</t>
+          <t>9789755742229</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Özne'yi Yeniden Düşünmek</t>
+          <t>Farabi’de Mutluluk ve Ahlak İlişkisi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>345</v>
+        <v>10</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789755746890</t>
+          <t>9799755744260</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İmandan Ahlaka Yenilenme</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789755746876</t>
+          <t>9789755744834</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Geleneğe İhanet</t>
+          <t>Evrenin Yatışmaz Yapısı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>420</v>
+        <v>10</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789755746807</t>
+          <t>9789755741642</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda Tasavvuf</t>
+          <t>Eş-Zamanlılık</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>420</v>
+        <v>10</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789755746869</t>
+          <t>9799755744284</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Aşığın Tevhidi</t>
+          <t>Feminizm</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>210</v>
+        <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
+          <t>9789755744124</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Esatir</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9789755741932</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Er-Riaye Nefis Muhasebesinin Temelleri</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9799755743768</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Engizisyon</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9799755742280</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Endülüs’de Hadis ve İbn Arabi</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9789755740799</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Sünnet ve Şia’da Siyasi Düşüncenin Temelleri</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9789755741405</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim, Siyaset ve Din</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9799755742914</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Ego Ötesi</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9789755744704</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Ebedi Hikmetin Peşinde</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9799755741627</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Esmaü'l Hüsna</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>3990000014230</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Elektroniğin Büyüsü</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9799755743171</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Düşünme, Konuşma ve Söz Üzerine (El-Me’arifur’l-Akliyye)</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9789755746210</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Dürtülerin Kontrolü</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9789755742434</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Dünü ve Bugünü ile Kafkasya Özgürlük Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9789755745251</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Duayı Yaşamak</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>3990000004407</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Divan Edebiyatında Sosyal ve Dini Konulu Rübailer</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9789755743578</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Din-Vicdan Hürriyeti ve Laiklik</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9789755741727</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Dinlerin Dejenerasyonu</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9789755742946</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Dinler Arası Diyalog</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9789755743356</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Dini Bilginin İmkanı</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9789755741697</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Laiklik</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9799755743652</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Din Eğitimi ve Sosyal Barış</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9789755746340</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Dilimiz Susmadan</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9789755742250</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi Miti</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9789755747347</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Dante ve Ortaçağ’da Dini Sembolizm</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9789755745640</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Doğu ve Batı</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9789755746630</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Dağlara İnmek İçin Çıkılır</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9789755742373</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Dağıstan Kılıçlarının Parlaması İmam Gazi Muhammed Nur Muhammed Muhammed Tahir Muhammed İmam Şamil’in Mektupları</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9789755741871</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Çorak Ülkenin Bittiği Yer</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>3990000005449</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Çevresizsiniz</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>3990000014256</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Sorunları</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9789755741265</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Çeviri Nasıl Yapılmalı?</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9789755743349</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Çağrı ve Yankı</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9789757732709</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Kutsal Metinlerinde Hz. Muhammed Zerdüşt, Hindu, Budist</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9789755741361</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Ruhçuluğun Maske ve Yüzleri</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9789755747330</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Arap Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9789755741674</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Celal ve Cemal Aynasında Kadın</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9789755742397</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Can Esintisi İslam'da Şiir Metafiziği</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9789755740348</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Camiü’d-Düvel Osmanlı Tarihi (1299-1481)</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9789755745985</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Cam-ı Dil-nüvaz</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9789755743929</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Budizm</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9789755741132</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Birlik Medeniyetinin Kökleri</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9799755742365</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Birliğin İdraki</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9789755743820</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Birey ve Din Din Psikolojisinde Yeni Arayışlar</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9789755745084</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Bir Mürşidin Mektupları</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9789755745176</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Bir İslam Peygamberi Hz.İsa</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>3990000027547</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Bir İslam Kurumu Olarak Hisbe</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9799755743799</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Bir Rüyanın İzinde</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9789755740317</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Bir Değişim Süreci Olarak Modernleşme</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9789755742489</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çöl Hikayesi Mirac’a Giden Yolda Hz. Musa</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>3990000002647</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çağın Öncüsü Şeyh Abdülgani Nablusi Hayatı ve Fikirleri</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9789755740774</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Bilincin Evrimi</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9789755746234</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Batan Yıldıza Yemin</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9789755743837</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Barbarlığa Dönüş</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9789755746524</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Balığın Karanlığı ve Güneşi Doğurmak</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9789755743968</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Bahaeddin Nakşbend</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9789755743967</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Bahaeddin Nakşbend</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9799755743270</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Azizler ve Postmodernizm</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9789755742731</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Aynasını Arayan Adam</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9789755745589</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Ayetler ve Yetenekler</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9789755740927</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa’da Müslüman Azınlıklar</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9789755744223</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9789755746098</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Ata Nalı Ters Çakmak</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9789755745756</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Şarabı ve Hayat</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9789755746449</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Aşıkların İbadeti</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9799755742693</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Arayış ve Kendini Gerçekleştirme Sorunu</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9799755741481</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu'da İslamiyet</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9789755744001</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Tıp Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9789755743721</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Allah’ı Tanımanın Yolu</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9789755744469</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Alimlerin Ahlakı</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9789757732617</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Aynası Geleneksel Bilim ve Kutsal Üzerine Denemeler</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9789755746364</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Akif Duruşlu Asım</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9789755745077</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Defteri, Aşk Ayeti - 1</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9789755745367</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Ahmed Ziyaeddin Gümüşhanevi Menkıbeleri</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9799755742907</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Ahmed Şemseddin-i Marmaravi Hayatı, Eserleri, Görüşleri</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9789755743844</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak-ı Kiram</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9789757732389</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Afrikalılar</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9789755743912</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Abdülkadir-i Geylani</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9789755742564</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Abdülkadir Geylani</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9789755748405</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Abdülehad Nuri-i Sivasi</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9789755745602</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Bazen</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9789755740717</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Dostlar Sofrası - Hanu'l-İhvan</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9789755743240</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>İbn Arabi Anısına Makaleler</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>3990000027546</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Işık Kitabı</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9789755740381</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Söyleşiler</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9799755744512</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>İbn Arabide Marifetin İfadesi</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9789755747590</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Doğu'dan Batı'ya Düşüncenin Serüveni Cilt: 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9789755747606</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Doğu'dan Batı'ya Düşüncenin Serüveni Cilt: 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9789755747675</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Doğu'dan Batı'ya Düşüncenin Serüveni Cilt: 9 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9789755747668</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Doğu'dan Batı'ya Düşüncenin Serüveni Cilt 8 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9789755747682</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Doğu'dan Batı'ya Düşüncenin Serüveni Cilt 10 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786255546555</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Ben, Sen ve O</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9789755740560</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Bilgeliğin Yeniden Keşfi</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786255546005</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Tomar-ı Tutuk-ı Aliyye</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9789755741376</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Kainat ve Aşkınlık</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786258314984</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Ariflerin İzinde</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786256021075</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Modern İnsanın Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786258314892</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Perde ve Mana (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786258314601</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa 4. Cilt</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786258314595</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Kısas-ı Enbiya ve Tevarih-i Hulefa 3. Cilt</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9789755741062</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>İctihad ve Taklid Çerçevesinde Nassın Uygulanışı</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9789755746326</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>İslam Bilim Tarihi ve Felsefesi</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9789755749020</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesi Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9789755749051</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesi Tarihi 4</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9789755748313</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Toplumsal Çatışma</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9789755741529</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Beytü'l-Hikme</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9789755749532</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Füsusü'l Hikme - Hikmetin Özleri</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786057074690</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlüğün Trajedisi</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9789755749501</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Aynası</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9789755749808</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hakikat Şehri Kudüs</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9789755746036</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Zeynüddin Hafi ve Tasavvufi Görüşleri</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9789755748368</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Yatay ve Dikey Boyutların Sembolizmi</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9789755743110</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Yanılgıdan Bilgeliğe Mevlana'dan Dersler</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9789755745442</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Yahudi Kültürü ve Hadisler</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9789755744506</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Hatmu’l Evliya - Veliliğin Sonu</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9789755745091</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Varolmanın Boyutları</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9789755745343</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Timur’un Günlüğü</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9789755744926</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Manevi İlerlemenin Merhaleleri 3 Tehalli</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9789755749563</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Şems-Mevlana Dostluğu</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9789755746067</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Sufilerde Muhabbet Yolu</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9789755741635</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Sufi Tıbbı</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9789755744742</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Sufi Gözüyle Kadın</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9789755748023</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Seyr-i Süluk Üç Tuhfe</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9789755746111</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Ramazan ve Oruç</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9789755746593</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Pascal Oyunu</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9789755746050</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Fani Efendi ve Tasavvufa Dair Üç Eseri</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9789755746500</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Onuncu Yüzyılda İslam Medeniyeti</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9789755740430</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>O’nun Güzel İsimleri</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9789755746296</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Nakşibendilik</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9789755748825</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Nakşbend Yolunun Esasları Mergubü’s - Salikîn</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9789755744896</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Muhaddis Sufiler</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9789755748252</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Modern Dünyaya Başkaldırı</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9789755745299</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Mevleviyye Silsilesi</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9789755743547</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Mevlevilerin Tarihi</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9789755743233</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Manevi İlerlemenin Merhaleleri 2: Tezekki</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9789755743165</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Manevi İlerlemenin Merhaleleri 1: Tahalli</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9789755747521</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Malcolm X</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9789755742939</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Makalat -3- Ne İdik, Ne Olduk, Ne Olabiliriz</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9799755741979</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Mağaradaki Gölgeler</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9789755745329</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Mevlevi Şairler</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9789755743424</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Kurban ve Tufan Üzerine Makaleler</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9789755748665</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Kur’anda Bilgi</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9789755743462</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Melametilik (Bir Tasavvuf Okulu Olarak)</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9789755743325</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Kafiyeci’de Tarih Usulü el-Muhtasar fi İlmi’t-Tarih</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9789755742601</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Bilimler ve Bazı Modern Yanılgılar</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9789755744759</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Kabe ve İnsan</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9789755746401</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Entelektüel Gelenekler</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9789755745282</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Aşk Tasavvuru</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9789755748115</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>İslam Sekülerizm ve Geleceğin Felsefesi</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9789755743868</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Evrensel Ruh</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9789755745398</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinde Kutsallık</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9789755746517</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinde İlimlerin Tasnifi</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9789755745787</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>İrfan ve Hikmet Peygamberi</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9789755745305</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>İrfan Felsefesi</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9789755745435</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>İplerimiz Kopmadan</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9789755743318</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Anlam Arayışı ve Din</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9789755744988</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>İmamların Tıbbı</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9789755744841</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>İbn Arabi'de Sembolizm</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9789755745718</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>İbn Arabi'de Ma'rifetin İfadesi</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9789755742458</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed'in Ashabı</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9789755747064</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ali Dönemi ve İç Siyaset</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9789755745695</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Hidayet Rehberi</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9789755742779</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Hayy Bin Yakzan</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9789755742113</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Nedir?</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9789755746784</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Harabede Define</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9789755745848</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Hadis ve Yorum</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9789755740454</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Gönül ve Aşk</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9789755746586</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Gelenekselci Ekol ve İslam</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9789755745169</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Papalık</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9789755748085</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Fizik ve Metafizik</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9789755745855</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Emir Abdülkadir El-Cezairi</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9789755746258</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>El-münteha</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9789755741284</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Beyt Ahlakı</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9789755745107</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Ebu Hureyre'ye Yönelik Eleştiriler</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9789755744094</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Din Psikolojisine Giriş</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9789755746203</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Epistemolojiye Giriş</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9789755744117</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bilal</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9789755745220</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Batı Düşüncesinde Dönüm Noktası</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9789755744803</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Aynadaki Düşman</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9789755746463</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Aşkına Giden Yollar</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9789755740461</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Yolu</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9789755746333</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Hikmet Yolu Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9799755742891</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Düşünceler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9789755745596</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Allah Katında Değer Ölçümüz Takva</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9789755747286</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Alemin Hükümdarı</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786258314311</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Akıl ve Nass</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9789755748740</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Benliğin İnşası</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9789755747910</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>13. Yüzyıldan 21. Yüzyıla Yunus Emre</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9789755746012</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>100 Soruda Hadis Meseleleri</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9789755743882</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bleuyum</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786255546517</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Elestübi- Rabbiküm ?</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9789755742274</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Klasik İslam Filozofları ve Düşünceleri</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786059616010</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>White Fang</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786255546524</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Ahiret Saadeti</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9789755744735</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'yı Hatırlamak</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9789755748009</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Dinler Tarihinin Meseleleri</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786255546500</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Gelenekselci Ekol ve Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9789755744513</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Günümüz İnsanına Fususu’l-Hikem</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9789755746371</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Kalp Gözü</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786255546432</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Harfler Kitabı</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786255546487</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Düşüncenin Kıyameti 2 - Hikmetin Dirilişi</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786255546418</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Göklerde Biriktirilen Hazine</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786255546456</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlığın Geleceği ve Transhümanizm</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786255546463</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Simurg’un Kanat Sesi</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9789755748474</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Doğuda ve Batıda Kutsal Sanat</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9789755745497</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Tefhimu'l Kur'an - Kur'an'ın Anlamı ve Tefsiri (6 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786255546388</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786255546302</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Yahudilikte Kutsal Ruh</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786255546401</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Sonbaharı</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786255546395</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kutlu Sefer Hicret</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786255546364</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Mantıku't-Tayr</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786255546050</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Maturidilik Düşüncesi 4 - Mürcie</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786255546319</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Hadis Şerhi</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786255546357</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Kelile ve Dimne</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786255546326</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana Halid-i Bağdadi ve Halidilik</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9789755742557</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Laikleşme Serüveninde Tanzimat</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786255546371</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Bostan</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786255546333</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Heidegger’in Kulübesine Yolculuk</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9789755745633</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>İlkçağ Felsefesi Tarihi</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9789757732297</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Nurlar Risalesi</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786255546296</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Batı Klasikleri Işığında Karakter Analizi</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786255546289</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786255546265</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Nebevi Tıp</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786255546241</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Biz Aradık O Buldu Ahmed el-Gazzali ve Tasavvufi Görüşleri</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786255546234</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Arifler Sultanı Bayezid-i Bistami</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786256021150</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufun İnce Meseleleri</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9789755741222</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Bir Mürşidin Mektupları</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786255546210</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf Yolu</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786255546258</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>İçe Yolculuk</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786255546272</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Sesin Ötesinde</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786256021167</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Yahudi Mistisizminde Tanrı, Âlem ve İnsan</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786255546203</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Dicle’den Yükselen Feryat Hallac-ı Mansur</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786256021969</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşünürlerine Göre Araştırma Metotları</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786256021990</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh Tarihi</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786255546197</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Mekke'ye Kanmak</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9789755741048</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Varlık Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786255546173</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Düşüncenin Kıyameti 1 - Felsefenin Ölümü</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9789755749037</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesi Tarihi 2</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9789755747248</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Bilgelik Hikayeleri - 2</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9789755747927</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>13. Yüzyıldan 21. Yüzyıla Nasreddin Hoca</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9789755746715</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Her İnsan Bir Sanatçıdır</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9789755745206</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana’ya Göre Manevi Gelişim</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786258314045</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Gazali Tefsiri</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9789755748832</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Hikayem Ne Tuhaftır</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9789755746173</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Müştak-ı Bitlisi</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9789755748658</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Her Yerde Tanrı’yı Görmek</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9789755746456</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Alimlerin Gözdesi Bir Tarikat Zeyniyye</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786255546098</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufun Özü</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9789755749341</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Medreseden Kaçış</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786255546081</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Cemiyet-i Kamil</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786256021938</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Taha'nın Bahçesinde</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786255546036</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Okutun - Dijital Ahmaklığa Son Vermek İçin</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786255546074</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Masaldan Hakikate</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786258314380</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Ben, Öteki ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786059616041</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>İslam Barışın Adı</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786255546067</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>İlahi Tecelliler</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786255546043</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Postmodern Çağda İnsan</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9789755748382</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Sembolik İmgelem</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9789757732594</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Sabredenler ve Şükredenler</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786255546029</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Hakikatin Tarihi</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786255546012</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Geniş Şimdimiz</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9789755748535</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Kozmos’un Hakikati</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9789755746951</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Kalbim Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9789755746555</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Beşer Tecellisi</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786256021983</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Arap Hakimiyetine Kadar Harran Tarihi</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9789755748672</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Hıristiyanlık ve İslam</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9789755746821</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Manevi Perspektifler</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786256021945</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Tavasin</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786256021976</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed'in Liderliği</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9789755744872</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Sayıların Gizemi ve Tasavvufun Dinamikleri</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9799755742167</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Sünnet’te Emr-i Ma’ruf Nehy-i Münker</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9789755746708</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>İbn Haldun’a Göre İslam Medeniyeti</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9789755743219</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Felsefesi</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9789755747965</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Antik İnançlar ve Modern Hurafeler</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786256021884</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>İslam'ı Anlamak</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786256021952</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Esma-i Hüsna Şerhi el-Maksadü’l-Esnâ fî Şerhi Esmâillahi’l-Hüsnâ</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9789755740539</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Hilafetin İlgasının Arka Planı</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786057074669</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>İbn Arabi ve Schuon</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9789755747781</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Onbirinci Saat</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9789755746005</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Öze Dönüş</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9789755749686</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Medeniyetimizin Dili</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9789755741819</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Başaklar ve Ayrık Otları</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9789755741710</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Alemin Yaratılışı ve Hz.Muhammed’in Zuhuru</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9789755749280</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Mevlevilik Müdafaası</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786256021907</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Enneagram Bilgeliği</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786256021877</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>İslam, Aydınlanma ve Gelecek</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786256021860</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>İlim Tarihinde Bir Kimliğin İzleri Muhaddis</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9789755746074</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>İbn Arabi’ye Göre İbadetlerin Manevi Yorumları</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786256021143</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber (s.a.v.) Devri Vesikaları</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9789755744087</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve Din</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9789755745046</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Bilim ve Medeniyet</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9789755748542</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>İmam Maturidi'nin Alemin Ontolojik Yapısı Hakkında Filozofları Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9789755749723</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Yer-Değiller</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786256021136</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Kitabı Tasavvuf Yolundan İşaretler</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9789755746227</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel ve Toplumsal Değişmenin Yasaları</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9789755748450</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>İslam Sanatı ve Maneviyatı</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9789755742588</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Felsefi Düşüncenin Doğuşu 2</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9789755742571</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Felsefi Düşüncenin Doğuşu 1</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786256021105</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Ben ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9789755746180</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Tablolarla Hadis Usulü ve Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786256021112</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşünce Tarihinde Tabiatçılığa Reddiyeler</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9789755743769</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Engizisyon</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786256021129</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Bilimcilik İdeolojisi: Ateizmin Bilim Sömürüsü</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786256021099</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Kerramiyye</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786258314830</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Leme'atu'l-Berkı'n-Necdi</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786256021068</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Hayali Modernlik</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786256021044</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9789755742335</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9789757732006</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Molla Sadra ve İlahi Hikmet</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786258314786</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>The War of the Worlds</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786258314793</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Master and Man</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786258314779</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Grimms' Fairy Tales</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786258314809</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>A Voyage in a Balloon</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786258314816</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>A Journey to the Centre ofthe Earth</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786258314281</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Kabe'ye Mektuplar</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786258314977</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın İzinde Hikayeler</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786256021051</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Said Halim Paşa</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786256021037</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>İngiltere'de İslam ve Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9789755748153</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>İslamofobi</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786256021006</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>İnsanı Anlamak</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9789757732969</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Üç Müslüman Bilge</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786258314946</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Öze Yolculuk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786258314960</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Batı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786258314939</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Gök Kubbenin Altında (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786258314885</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Ben, Öteki ve Ötesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786258314908</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Barbar, Modern, Medeni (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786258314915</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Akıl ve Erdem (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786258314922</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Açık Ufuk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786258314991</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Vedanta'ya Göre İnsan ve Halleri</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786256021020</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Kale'l-Arifun</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786258314953</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Batı</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9789755743554</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Değişme ve Din</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786256021013</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Arifler Meclisi</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786258314847</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlanmak ve Yaslanmak</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9789755744131</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Hristiyanlık</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9789755745732</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9789755749730</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Mekke'ye Giden Yol</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786258314823</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Öze Yolculuk</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786258314564</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Veled</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786258314519</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Öncü İslâm Âlimleri</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786258314700</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Mantık ve Aşkınlık</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786258314502</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Dair Öğütler</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786258314717</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Rönesans İtalya'sında Aşk Felsefesi</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786258314670</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Moriskolar</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786258314687</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Küfür Fedaisi</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786258314694</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Düşünmek, Hayır Demektir</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786057387240</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf Nedir?</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786258314557</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Sufiname</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786258314366</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Tarihler Küresel Tasarımlar</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786258314038</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Barbar, Modern, Medeni (Arapça)</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786258314458</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Duyan Gelsin Bu Meydana</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786258314441</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Ateizm Kendi Paradigmasıyla Yüzleşiyor</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786258314069</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>İbrahim Edhem - Belh Sultanlığından Gönül Sultanlığına</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786258314403</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Maturidilik Düşüncesi 3 - Kabir Azabı</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786258314427</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Farabi Felsefesi</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786258314434</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Muhtelif - 1</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9789755748955</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Mülk Suresi</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786258314397</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel Çin Tıbbı</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786258314113</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber Devri Kronolojisi (Cilt 1)</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786258314120</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber Devri Kronolojisi (Cilt 2)</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786258314373</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerle Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786258314359</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Rahmetün Mine'r-Rahman - Kur'an-ı Kerim Tefsiri 5</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786258314168</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Dilinden Dündökümü</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786258314076</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Filozofların Amacı</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786258314328</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Manevi Otorite ve Maddi İktidar</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786258314335</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Hakikat ve Şeriat</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786057133502</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Küçükler Hesabının Metafizik İlkeleri</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786057387271</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>İnisiyasyona Toplu Bakışlar</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786258314090</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Gelenek ve Modernlik Arasında</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786057133533</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Adil Hükümdar - Kitab Seyfü'l-Mülük ve'l-Hükkam</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786258314229</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Yemek Kitabım</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786258314298</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>İbnü'l-Arabi'nin Kur'an İlimlerine Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786258314212</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Beklemeye Övgü</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786258314199</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Sufilerin Ahlakı</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786258314236</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi'nin Üç Kapısı</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786258314267</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Kesin Delil</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786258314274</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Kınalızade'de Siyaset ve Ahlak</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786258314243</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Şah Veliyyullah Dehlevi'den Günümüze Pakistan ve Hindistan'da Hadis Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786258314083</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Sinema ve İdeoloji</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786258314175</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Unutma</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786258314205</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>İslamofobi 2.0: Yeni Nesil İslamofobi ile Yeni Nesil Mücadele</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786258314182</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>İbnü'l-Arabi'de İbareden İşarete İşari ve Gai Yorum: Kitabu'l-Gayat</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786057133557</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Varlık ve Bilgi Ekseninde Eğitimin Temelleri</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786258314007</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Allah Neden Kendisine İbadet Edilmesini İster?</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786258314151</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Modern Dünyada Geleneksel İslam</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9789755749303</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>İslam'ın Kalbi</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786258314144</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Ölüm</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786057133595</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>II. Mahmud'un Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786258314014</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Külli Ruh</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786258314021</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu'l-Beyan Tefsirinde Kur'an Kıssalarının Tasavvufi Yorumu</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786057133588</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Cassirer Felsefesinde Sembol, Mit ve Anlam</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786057387295</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Nakşbendi-Halidiliğin Bir Kolu Olarak Haznevilik</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786057133564</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberliğin İspatı</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786057133571</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Gerdanlık Endülüs</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786057387226</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Bir Müfessir Olarak Abdülgani en-Nablusi</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786057387264</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Ahmak Fabrikası</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786057133540</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf ile Züleyha</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786057133519</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve Ahlak, Olgu ve Değer</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786057133526</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Sıradanın Kırılganlığı</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786057387219</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sufinin Portresi</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786057387233</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Faizsiz Bankacılıkta Mudarabe ve Kar</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9789755744544</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>İlahi Aşk</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9789755741550</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Celal ve Cemal Aynasında Kadın</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9789757732068</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Halklar Ansiklopedisi (3 Cilt Takım ) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786057387257</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal İdealar Enneagramı - Gerçek Kendilik ve Yansımaları</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786057406682</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Kötülük Problemi ve İmtihan</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786057387202</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Rabbani Bir Alim: Şeyh Muhammed Kazım Aydın El-Halidi En-Nakşibendi</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9789755749617</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Maturidilik Düşüncesi 2 - Mucize, Keramet, Nüzul-i İsa</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9789755749525</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Akıl ve Erdem</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9789755743523</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Toplumunda Tasavvuf - 19. Yüzyıl</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9789755743516</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Toplumunda Tasavvuf -18. Yüzyıl</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786057074676</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Varoluşun Tınısı</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786057406651</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Mutlak Gerçek ve Sonsuz İmkan</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786057406675</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Hüsameddin Ali El-Bitlisi'nin Tefsir ve Tevil Anlayışı</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786057406668</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Varlık Mertebeleri</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786057406637</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Zen Budizm Felsefesi</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786057406620</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>İmam Maturidi'nin Mu'tezile Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786057074683</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Komplo Teorileri</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786057074645</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Menakıb-ı Kethüdazade el-Hac Mehmed Arif Efendi Bir Var İmiş Bir Yoğ İmiş</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786057074621</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Hükümdarlık Ahlakı</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9789755749792</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Muhammed el-Hazin Divanı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9789755749815</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Fazıl Bin Natık</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9789755749990</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Uzlet - Manevi İlerlemenin Sırları</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9789755749822</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya ve Edebiyat</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9789755748436</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre ve Aşk Felsefesi</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9789755749778</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Rahmetün Mine'r-Rahman (Kur'an-ı Kerim Tefsiri 4)</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9789755749785</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Fatih Hatıratı</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9789755749716</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Aşırı İnsani Bir Virüs</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9789755749693</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Dünyası ve Batı Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9789755749679</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Kabala'nın Temel Öğretileri</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9789755749709</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Adı Konmamış Çağda Yeni Anne Babalar</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9789755749655</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Varoluşsal Tehcir</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9789755749624</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Nokta Sembolizmi</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9789755749648</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Adabu'l-Mulukiyye Ve'l-Ahlaku'l-İhtiyariyye</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9789755749594</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Eğitilmiş İnsanın İmali</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9789755749587</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Irak'ın Fethi ve İslamlaşma Süreci</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9789755749631</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Açık Ufuk</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9789755749549</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Yardım Mimarisinde Türkiye Tecrübesi</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9789755749556</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakikat ve Anlam</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9789755749365</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi'nin Ruhu</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9789755749358</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Tarikatlarda Merasimler</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9789755749471</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>İktidar Nedir?</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9789755749464</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Mahiyet Felsefesi</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9789755749440</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Maturidilik Düşüncesi 1 - Bilgi Teorisi</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9789755749457</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Karantina Günlerinde Evin e-hali</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9789755749419</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Züleyha’nın Aşk Derdi</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9789755749426</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Tefhimu’l-Kur’an - Kısa Surelerin Tefsiri</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9789755749396</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Perde ve Mana</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9789755749433</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Senin Ramazan’ın</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9789755749402</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Niceliğin Egemenliği ve Çağın Alametleri</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9789755749334</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Kozmoloji İrfanı</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9789755749327</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Dört Halife Dönemi 2</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9789755749310</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberler Tarihi ve Hz. Muhammed’in (s.a.v.) Hayatı 1</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9789755749297</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Walter G. Andrews Kitabı</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9789755749266</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Sonbahar Yaprakları ve Yüzük</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9789755749235</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Ruhun Sınır Bölgeleri</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9789755749242</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Rahmetün Mine'r-Rahman - (Kur'an-ı Kerim Tefsiri 3)</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9789755749150</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>İnsan ve Tabiat</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9789755749198</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Medaricu’s Salikin (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9789755749167</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Metalib ve Mezahib</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9789755749174</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyeti ve Modern Dünya</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9789755749211</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Medaricu’s Salikin 2</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9789755749105</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed (Arapça)</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9789755749143</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Rü'yetullah</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9789755749075</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Başörtüsü</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9789755749044</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesi Tarihi 3</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9789755749068</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>10. Yüzyıldan 21. Yüzyıla Farabi</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9789755749129</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Batı'da Hz. Muhammed İmajı</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9789755749006</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Rahmetün Mine'r Rahman (Kur'an-ı Kerim Tefsiri 2)</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9789755748917</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Keşmiri'nin Hukuk Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9789755748993</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Modern Kahramanın Düşüşü</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9789755748979</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Bir Yaklaşımla Medeniyet ve İktisat</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9789755748962</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Mahremiyet</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9789755748900</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Modern Medeni (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9789755748924</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Ahadiyet Risalesi</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9789755748856</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Amerika'nın Tasavvufu Keşfi</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9789755748870</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Modern Medeni</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9789755748849</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Namazla Muhabbet</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9789755748818</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Rahmetün Mine'r-Rahman (Kur'an-ı Kerim Tefsiri 1)</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9789755741987</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Dinler Tarihi Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9789755748733</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Harflerin İlmi</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9789755748771</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Nasihat Kitabı</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9789755748757</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Modern Düşüncenin Bunalımı ve Doğu</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9789755748719</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Yahudilerden Sonra Hristiyanlardan Önce Hz. İsa</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9789755748726</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Ey Oğul - Dinin Edepleri</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9789755748641</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Molla Sadra’da Mahiyet Felsefesi</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9789755743172</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Düşünme, Konuşma ve Söz Üzerine</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9789755748610</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kutlu Sefer</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9789755748559</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Sufi Tevhid Öğretisi</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9789755748511</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Sinemada Aşkın Üslup</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9789755748573</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Hıristiyan Kültürü ve Hadisler</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9789755748597</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Hayat El-Harrani</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9789755748504</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Modernleşme Kuramı</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9789755748528</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>İcazü’l - Beyan</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9789755748399</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Makamı</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9789755748337</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Yeni İnsan</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9789755747897</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Dinsel Simgeciliğin Bunalımı</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9789755748061</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Konumlanış</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9789755748177</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Kadınla İlgili Hadisler</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9789755748276</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Genç Müslümana Modern Dünya Rehberi</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9789755748306</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>İç</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9789755748191</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Kalbin Aklı</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9789755748160</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>İrfan Hazinesi</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9789755748214</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Şair Dağın Doruğunda</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9789755748078</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf ve Modern Bilim</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9789755748054</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Ben Öteki ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9789755748030</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda Müslüman Kalmak</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9789755748016</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Modern Dünyanın Bunalımı</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9789755747828</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Söz’ün Anlamı</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9789755747903</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed ve Öteki</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9789755748092</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyetinin Geleceği</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9789755746678</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyetinin Dinamikleri</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9789755747835</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>İslam Maneviyatı ve Taoculuğa Toplu Bakış</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9789755747804</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Bir Merkeze Sahip Olmak</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9789755747712</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Molla Fenari'nin Varlık ve Bilgi Anlayışı</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9789755747705</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Yazıları</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9789755747507</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Edebi Mutlak</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9789755744520</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Esed ve Düşünce Dünyası</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9789755747743</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed’in Hayatı</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9789755747460</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel Formlar ve Kozmik Devirler</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9789755747446</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Vahyi ve Hz. Peygamber</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9789755744865</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Zen ve Tasavvuf Işığında Kendini Bilmenin Yolu</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9789755747484</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Tuz ve Işık</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9789755747699</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Güvercin Gerdanlığı</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9789755745015</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinde Tarih Tasavvuru ve Usulü</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9789755746197</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>İbn Ataullah El-İskenderi</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9789755744421</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>İslam'ın Yedi Kapısı</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9789755742625</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>İslam’ın Vizyonu</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9789755745480</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Sufi ve Dil</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9789755747019</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'a Aykırı Görülen Hadisler</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9789755747316</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Alman Mistik Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9789755747293</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Cin Bölmesi</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9789755747262</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>İslam İktisat Tarihine Giriş</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9789755747231</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Hadis, Usul, ve Hayat</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9789755745879</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Fususu’l-Hikem ve Mesnevi’de İnsan-ı Kamil</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9789755747071</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’de Tasavvufi Tefsir</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9789755745350</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’de Kur’an Yorumları</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9789755747095</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Sufilere Göre Hz. Peygamber</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9789755748122</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kutsal Bilim İhtiyacı</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9789755747057</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadın Sufi: Rabia</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9789755747026</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an ve Sünneti Anlamanın Temel İlkeleri</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9789755746319</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Sühreverdi’nin İbn Sina Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9789755746609</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Usulüne Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9789755745688</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Tehalli Kalbin Süslenmesi 2 - Manevi İlerlemenin Merhaleleri 4</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9789755741765</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Hadis Şerhi</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9789755742342</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerin Kur'an'a Arzı</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9789755744452</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Siyasal Söylem Abbasi Devleti’nin Meşruiyet Kavgası</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9789755744681</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Cinlerin Efendisi</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9789755743370</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ın Yeniden Yorumlanması</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9789755742468</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi Şerhi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9789755746289</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşmenin Neresindeyiz?</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9789755745725</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Necmeddin Daye Razi</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9789755746746</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Kırım Hanlığı Tarihi</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9789755746906</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana'da Aşk ve Varoluş</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9789755746975</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Günümüz İnsanına Marifet Bilgileri</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9789755747378</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Günün Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9789755747361</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Oryantalizm, Oksidentalizm ve Sanat</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9789755747538</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanma ve Din</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9789755747002</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Özne'yi Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9789755746890</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>İmandan Ahlaka Yenilenme</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9789755746876</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Geleneğe İhanet</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9789755746807</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlarda Tasavvuf</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9789755746869</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Aşığın Tevhidi</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
           <t>9789755746739</t>
         </is>
       </c>
-      <c r="B361" s="1" t="inlineStr">
+      <c r="B923" s="1" t="inlineStr">
         <is>
           <t>Beş Türk Eyaletine Doğru</t>
         </is>
       </c>
-      <c r="C361" s="1">
-        <v>130</v>
+      <c r="C923" s="1">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>