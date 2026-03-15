--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,1810 +85,1945 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055958961</t>
+          <t>9786055958374</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Toplumsal Bilinç</t>
+          <t>Sarı Çizmeler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757446491</t>
+          <t>9789757446804</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>ÖDP'ye Kenar Notları</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055958381</t>
+          <t>9799757446735</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Minyatür Tanrılar</t>
+          <t>Türkiye’den Felsefe Manzaraları 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>3990000006019</t>
+          <t>3990000012521</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Gelen Kadın</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>11.57</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>3990000011884</t>
+          <t>3990000005084</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Proxima Centauri</t>
+          <t>Işığa Doğrulum</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757446606</t>
+          <t>3990000005268</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kavramlara Felsefe ile Bakmak</t>
+          <t>Eleştiri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>18.52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055958121</t>
+          <t>9789757446828</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Alevilik ve İslam Fanatizmi</t>
+          <t>Cumhuriyet’in Kültür Politikası ve Sanat 1923-1950</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>11.57</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9799757446773</t>
+          <t>9786055958350</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Arayışlar</t>
+          <t>Sen Türkülerini Söyle</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9799757446766</t>
+          <t>9786055958978</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Arayışlar</t>
+          <t>Sana Mektuplar Yazdım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>9.26</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055958046</t>
+          <t>9786055958961</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Azıcık Öteye Git Yaşayacağım</t>
+          <t>Tarih Boyunca Toplumsal Bilinç</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>15</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055958275</t>
+          <t>9789757446491</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gel</t>
+          <t>ÖDP'ye Kenar Notları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055958664</t>
+          <t>9786055958381</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>7 Yıkık Kapı</t>
+          <t>Minyatür Tanrılar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>3990000005271</t>
+          <t>3990000006019</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Akanyıldız</t>
+          <t>Uzaydan Gelen Kadın</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055958824</t>
+          <t>3990000011884</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Estetik Kategorilerine göre Adnan Özyalçıner’in Öykücülüğü</t>
+          <t>Proxima Centauri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757446521</t>
+          <t>9789757446606</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gülünce</t>
+          <t>Kavramlara Felsefe ile Bakmak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055958954</t>
+          <t>9786055958121</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yakup Kadri Karaosmanoğlu Türk Yazınında Gerçekçiliğin Temel Taşı</t>
+          <t>Alevilik ve İslam Fanatizmi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>500</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055958787</t>
+          <t>9799757446773</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında 12 Mart - Edebiyat Sosyolojisi Açısından Bir İnceleme</t>
+          <t>Arayışlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055958152</t>
+          <t>9799757446766</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Denize Şiir Okumak</t>
+          <t>Arayışlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055958558</t>
+          <t>9786055958046</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Romanda Estetik Kalkışma 3</t>
+          <t>Azıcık Öteye Git Yaşayacağım</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>460</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055958329</t>
+          <t>9786055958275</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Torosların Kızı Berrin Taş</t>
+          <t>Gel</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055958930</t>
+          <t>9786055958664</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Karar 71</t>
+          <t>7 Yıkık Kapı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055958947</t>
+          <t>3990000005271</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İnsanileşme Sürecinde Kadın-Erkek Sorunu</t>
+          <t>Akanyıldız</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055958916</t>
+          <t>9786055958824</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Hazır Bulanlar</t>
+          <t>Bilimsel Estetik Kategorilerine göre Adnan Özyalçıner’in Öykücülüğü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055958923</t>
+          <t>9789757446521</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İnsanbiçimcilikten İnsancıl'a</t>
+          <t>Çocuk Gülünce</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055958879</t>
+          <t>9786055958954</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ağaçları Tanıyan Filozof</t>
+          <t>Yakup Kadri Karaosmanoğlu Türk Yazınında Gerçekçiliğin Temel Taşı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055958848</t>
+          <t>9786055958787</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Işığa Doğrulum</t>
+          <t>Türk Romanında 12 Mart - Edebiyat Sosyolojisi Açısından Bir İnceleme</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055958831</t>
+          <t>9786055958152</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kurşun</t>
+          <t>Denize Şiir Okumak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055958862</t>
+          <t>9786055958558</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Akanyıldız</t>
+          <t>Romanda Estetik Kalkışma 3</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055958858</t>
+          <t>9786055958329</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Deli Dolu Esinlemeler Alaysılamanın Süzgecinden Geçtikte Çıkan Yazılar</t>
+          <t>Torosların Kızı Berrin Taş</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055958800</t>
+          <t>9786055958930</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Marksist Sanat Yazında Gerçekçilik</t>
+          <t>Karar 71</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055958794</t>
+          <t>9786055958947</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Romanda Estetik Kalkışma 4</t>
+          <t>İnsanileşme Sürecinde Kadın-Erkek Sorunu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055958770</t>
+          <t>9786055958916</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hümanist Metafiziğe Giriş - Berrin Taş Poetikası</t>
+          <t>Hayatı Hazır Bulanlar</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055958817</t>
+          <t>9786055958923</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Estetik Kategoriler</t>
+          <t>İnsanbiçimcilikten İnsancıl'a</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055958763</t>
+          <t>9786055958879</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kertenkelenin Gözü</t>
+          <t>Ağaçları Tanıyan Filozof</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055958756</t>
+          <t>9786055958848</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızı</t>
+          <t>Işığa Doğrulum</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055958749</t>
+          <t>9786055958831</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yarım Ekmek</t>
+          <t>Kurşun</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055958732</t>
+          <t>9786055958862</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Bir Asma Kütüğü - 2</t>
+          <t>Akanyıldız</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055958725</t>
+          <t>9786055958858</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Bir Asma Kütüğü - 1</t>
+          <t>Deli Dolu Esinlemeler Alaysılamanın Süzgecinden Geçtikte Çıkan Yazılar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055958695</t>
+          <t>9786055958800</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Yazarı Stefan Zweig Yaşamı ve Yapıtları</t>
+          <t>Marksist Sanat Yazında Gerçekçilik</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055958688</t>
+          <t>9786055958794</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kaldır Başını</t>
+          <t>Romanda Estetik Kalkışma 4</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055958282</t>
+          <t>9786055958770</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşma</t>
+          <t>Hümanist Metafiziğe Giriş - Berrin Taş Poetikası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055958312</t>
+          <t>9786055958817</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kuşatmaya Karşı 25 Yıl</t>
+          <t>Estetik Kategoriler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055958305</t>
+          <t>9786055958763</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Toplayıcılar</t>
+          <t>Kertenkelenin Gözü</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055958404</t>
+          <t>9786055958756</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bir Umut Şimdi</t>
+          <t>Kutup Yıldızı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055958435</t>
+          <t>9786055958749</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gerçekliğin Estetiği</t>
+          <t>Yarım Ekmek</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055958640</t>
+          <t>9786055958732</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Şiirleri</t>
+          <t>Yaralı Bir Asma Kütüğü - 2</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055958657</t>
+          <t>9786055958725</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Ebesi Fatma Fitnat'tan Günümüze Cengiz Gündoğdu'nun Yaratım Süreci</t>
+          <t>Yaralı Bir Asma Kütüğü - 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055958633</t>
+          <t>9786055958695</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Bakış</t>
+          <t>Bir Dünya Yazarı Stefan Zweig Yaşamı ve Yapıtları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055958626</t>
+          <t>9786055958688</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Vefa Yolculuğu</t>
+          <t>Kaldır Başını</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055958619</t>
+          <t>9786055958282</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağından Ülkeler Yaratmak</t>
+          <t>Karşılaşma</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055958602</t>
+          <t>9786055958312</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mahkeme Ağacı</t>
+          <t>Kuşatmaya Karşı 25 Yıl</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055958589</t>
+          <t>9786055958305</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çavuşkuşunun Türküsü</t>
+          <t>Toplayıcılar</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055958596</t>
+          <t>9786055958404</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar</t>
+          <t>İnsan Bir Umut Şimdi</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055958565</t>
+          <t>9786055958435</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Anıtlık Çınarlar</t>
+          <t>Gerçekliğin Estetiği</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055958572</t>
+          <t>9786055958640</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kaç İnsanı Yaşadım (Cengiz Gündoğdu'nun 75.Yaşına Armağan)</t>
+          <t>Geceyarısı Şiirleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055958145</t>
+          <t>9786055958657</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Hırçın Soluğu</t>
+          <t>Cumhuriyet Ebesi Fatma Fitnat'tan Günümüze Cengiz Gündoğdu'nun Yaratım Süreci</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055958244</t>
+          <t>9786055958633</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gökler Bekler Seni</t>
+          <t>Sosyolojik Bakış</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055958060</t>
+          <t>9786055958626</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yarına Miras</t>
+          <t>Vefa Yolculuğu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789757446613</t>
+          <t>9786055958619</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Bir Aşkın Şairi Emily Dickinson’dan Seçilmiş Şiirler</t>
+          <t>Gökkuşağından Ülkeler Yaratmak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>3990000012485</t>
+          <t>9786055958602</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gündemi</t>
+          <t>Mahkeme Ağacı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799757446704</t>
+          <t>9786055958589</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Suyu Arayan Ateş</t>
+          <t>Çavuşkuşunun Türküsü</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789757446682</t>
+          <t>9786055958596</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Soru</t>
+          <t>Rüzgar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000002038</t>
+          <t>9786055958565</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sapak</t>
+          <t>Anıtlık Çınarlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000012802</t>
+          <t>9786055958572</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Saklı</t>
+          <t>Kaç İnsanı Yaşadım (Cengiz Gündoğdu'nun 75.Yaşına Armağan)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>3990000013507</t>
+          <t>9786055958145</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Okul Sözlüğünün Eleştirisi Bir Dilcinin Günlüğünden</t>
+          <t>Zamanın Hırçın Soluğu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9799757446667</t>
+          <t>9786055958244</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Modern İngiliz - Amerikan Şiiri Antolojisi</t>
+          <t>Yeni Gökler Bekler Seni</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055958251</t>
+          <t>9786055958060</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Küskün Mızıka</t>
+          <t>Yarına Miras</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>3990000006552</t>
+          <t>9789757446613</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kuş Boranı</t>
+          <t>Umutsuz Bir Aşkın Şairi Emily Dickinson’dan Seçilmiş Şiirler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055958237</t>
+          <t>3990000012485</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kızılcık Ağacı</t>
+          <t>Şiir Gündemi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>3990000004492</t>
+          <t>9799757446704</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kırmızı Bir Güldür Aşkım Çeviri Şiirler</t>
+          <t>Suyu Arayan Ateş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055958107</t>
+          <t>9789757446682</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hep Yaşarmış Çocuklar</t>
+          <t>Soru</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>25</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055958114</t>
+          <t>3990000002038</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Göz Deliği</t>
+          <t>Sapak</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789757446576</t>
+          <t>3990000012802</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Yürek</t>
+          <t>Saklı</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055958138</t>
+          <t>3990000013507</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Fırtına</t>
+          <t>Okul Sözlüğünün Eleştirisi Bir Dilcinin Günlüğünden</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>3990000007065</t>
+          <t>9799757446667</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Farenin Ölüm Baladı</t>
+          <t>Modern İngiliz - Amerikan Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055958206</t>
+          <t>9786055958251</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Estetik Kalkışma</t>
+          <t>Küskün Mızıka</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055958220</t>
+          <t>3990000006552</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Deviren Kentler</t>
+          <t>Kuş Boranı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>3990000011825</t>
+          <t>9786055958237</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Değiniler</t>
+          <t>Kızılcık Ağacı</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789757446644</t>
+          <t>3990000004492</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dağlarla</t>
+          <t>Kırmızı Kırmızı Bir Güldür Aşkım Çeviri Şiirler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>3990000004671</t>
+          <t>9786055958107</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Cumartesi Anneleri Anımsamanın Zaferi</t>
+          <t>Hep Yaşarmış Çocuklar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>3990000005083</t>
+          <t>9786055958114</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Kenti Ağlıyorum</t>
+          <t>Göz Deliği</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789757446651</t>
+          <t>9789757446576</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bir Can Yongasıdır Aşk Toplu Şiirler 1948-1998 (Uzuneşek / Ne Çok Enkaz / Sana Bunca Yangından / Gün Yüzleri / İnegöl Hey İnegöl / Kün / Ay Kasidesi / Zümrüt Longa / Ek: İlk Şiirler)</t>
+          <t>Gezgin Yürek</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>3990000005082</t>
+          <t>9786055958138</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aşk... Yeni İnsanın Dili</t>
+          <t>Fırtına</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000004491</t>
+          <t>3990000007065</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiiri -Seçilmiş Şiirler</t>
+          <t>Farenin Ölüm Baladı</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>3990000011886</t>
+          <t>9786055958206</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Açık Gece</t>
+          <t>Estetik Kalkışma</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055958534</t>
+          <t>9786055958220</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İnsana Gecikmeden</t>
+          <t>Dünyayı Deviren Kentler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055958527</t>
+          <t>3990000011825</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İçimde Açan Çiçek</t>
+          <t>Değiniler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055958541</t>
+          <t>9789757446644</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Ayak Sesleri</t>
+          <t>Dağlarla</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055958336</t>
+          <t>3990000004671</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma İçin Kalkışma</t>
+          <t>Cumartesi Anneleri Anımsamanın Zaferi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055958299</t>
+          <t>3990000005083</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yanlızlığı</t>
+          <t>Bir Kenti Ağlıyorum</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055958367</t>
+          <t>9789757446651</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Romanda Estetik Kalkışma 1</t>
+          <t>Bir Can Yongasıdır Aşk Toplu Şiirler 1948-1998 (Uzuneşek / Ne Çok Enkaz / Sana Bunca Yangından / Gün Yüzleri / İnegöl Hey İnegöl / Kün / Ay Kasidesi / Zümrüt Longa / Ek: İlk Şiirler)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055958169</t>
+          <t>3990000005082</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Biz İki Yarım Bir Bütünüz</t>
+          <t>Aşk... Yeni İnsanın Dili</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055958268</t>
+          <t>3990000004491</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Özlem Ayrılığın Özü</t>
+          <t>Aşk Şiiri -Seçilmiş Şiirler</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055958190</t>
+          <t>3990000011886</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Un Çuvalı</t>
+          <t>Açık Gece</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055958084</t>
+          <t>9786055958534</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Seni Arıyorum Çocuk</t>
+          <t>İnsana Gecikmeden</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055958091</t>
+          <t>9786055958527</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Fırtına</t>
+          <t>İçimde Açan Çiçek</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055958183</t>
+          <t>9786055958541</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Değerler Kitabı - Güzele Şarkı</t>
+          <t>İnsanın Ayak Sesleri</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055958411</t>
+          <t>9786055958336</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Şiir Nedir Şair Kimdir</t>
+          <t>Aydınlanma İçin Kalkışma</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055958213</t>
+          <t>9786055958299</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Karganın Yolu</t>
+          <t>Akşam Yanlızlığı</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055958176</t>
+          <t>9786055958367</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Moderne Türk Resmi Estetiği (1850-1950)</t>
+          <t>Romanda Estetik Kalkışma 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789757446989</t>
+          <t>9786055958169</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Danilov Manastırı’nın Çanları</t>
+          <t>Biz İki Yarım Bir Bütünüz</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789757446859</t>
+          <t>9786055958268</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Abc Zincirlemesi</t>
+          <t>Özlem Ayrılığın Özü</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055958459</t>
+          <t>9786055958190</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Romanda Estetik Kalkışma 2</t>
+          <t>Un Çuvalı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789757446842</t>
+          <t>9786055958084</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Taşkıran</t>
+          <t>Seni Arıyorum Çocuk</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789757646938</t>
+          <t>9786055958091</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kırmızıda Buluşma</t>
+          <t>Mevsimsiz Fırtına</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789757446811</t>
+          <t>9786055958183</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Karanfil Alevleri</t>
+          <t>Değerler Kitabı - Güzele Şarkı</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9799757446780</t>
+          <t>9786055958411</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Öz Sözler</t>
+          <t>Şiir Nedir Şair Kimdir</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>3990000005269</t>
+          <t>9786055958213</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ekmek</t>
+          <t>Karganın Yolu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789757446880</t>
+          <t>9786055958176</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Direnç Yaprakları</t>
+          <t>Gelenekten Moderne Türk Resmi Estetiği (1850-1950)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789757446910</t>
+          <t>9789757446989</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Şiirleri</t>
+          <t>Danilov Manastırı’nın Çanları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789757446728</t>
+          <t>9789757446859</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Biçim Sorunu Varlıkta, Bilgide ve Sanatta</t>
+          <t>Abc Zincirlemesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055958497</t>
+          <t>9786055958459</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Eski Eser Karanfiller</t>
+          <t>Romanda Estetik Kalkışma 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055958428</t>
+          <t>9789757446842</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ateşle Erimek Suyla Dirilmek</t>
+          <t>Taşkıran</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055958701</t>
+          <t>9789757646938</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sorgu</t>
+          <t>Kırmızıda Buluşma</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055958442</t>
+          <t>9789757446811</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yaşam</t>
+          <t>Karanfil Alevleri</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055958473</t>
+          <t>9799757446780</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Diliyle</t>
+          <t>Gönülden Dile Öz Sözler</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055958480</t>
+          <t>3990000005269</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tinsel Söyleşiler</t>
+          <t>Ekmek</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
+          <t>9789757446880</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Direnç Yaprakları</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789757446910</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Cehennem Şiirleri</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789757446728</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Biçim Sorunu Varlıkta, Bilgide ve Sanatta</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786055958497</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Eski Eser Karanfiller</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786055958428</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Ateşle Erimek Suyla Dirilmek</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786055958701</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Sorgu</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786055958442</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Yaşam</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786055958473</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Şiirin Diliyle</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786055958480</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Tinsel Söyleşiler</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
           <t>9786055958510</t>
         </is>
       </c>
-      <c r="B119" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Düşlerle Büyür Çocuklar</t>
         </is>
       </c>
-      <c r="C119" s="1">
+      <c r="C128" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>