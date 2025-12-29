--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -109,141 +109,141 @@
         <is>
           <t>3990000016263</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>J. V. Stalin Eserler Cilt 6</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9789757349839</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Toplumsal Gelişmede Kadının Konumu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>3994875281425</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Fransız Devrimi'nin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789757349389</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Emperyalizm Kapitalizmin En Yüksek Aşaması</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789757349709</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Din Üzerine</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789757349815</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Ücretli Emek ve Sermaye - Ücret, Fiyat ve Kar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9789757349822</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Ailenin, Özel Mülkiyetin ve Devletin Kökeni</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9789757349785</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Anti-Dühring Bay Eugen Dühring'in Bilimi Altüst Edişi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789757349429</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Politik Ekonomi Ders Kitabı Cilt:1</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>2880000055907</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
@@ -274,486 +274,486 @@
         <is>
           <t>2789009963544</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>J. V. Stalin Eserler Cilt 15</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789757349259</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Diyalektik ve Tarihi Materyalizm</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>3990000018454</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Proleter Devrimin Stratejisi ve Taktiği</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9789757349151</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Birçok Hayat Yaşadım</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>2789009963377</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Özgürlük</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9789757349186</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Bir Adım İleri İki Adım Geri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>2880000063889</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Ulusal Sorun ve Sömürge Sorunu</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789757349313</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Lenin'den Anılar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9789757349720</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Komünist Partisi Manifestosu Ve Komünizmin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>2789785827019</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Tarih Çarpıtıcıları</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789757349365</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Devlet ve Devrim</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>3990000017381</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Muhalefet Üzerine Cilt: 2</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9789757349648</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Leninizmin Temelleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9789757349631</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Leninizmin Sorunları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>4440000000920</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Proletarya Diktatörlüğünün Tarihsel Deneyimleri</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789757349437</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Lenin Seçme Eserler Cilt: 7</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9789757349348</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Lenin Seçme Eserler Cilt: 5</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9789757349372</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Lenin Seçme Eserler Cilt: 6</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9789757349607</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Lenin Seçme Eserler Cilt: 10</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9789757349062</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Lenin Seçme Eserler Cilt: 1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9789757349712</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Ulusal ve Sömürgesel Ulusal Sorun Üzerine</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9789757349526</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Lenin Seçme Eserler Cilt: 9</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9789757349615</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Lenin Seçme Eserler Cilt: 11</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9789757349674</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Lenin Seçme Eserler Cilt: 12</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>2880000060130</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Selam! Yaşam Ateşi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9789757349534</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Lenin Seçme Eserler Cilt: 8</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9789757349275</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Lenin Seçme Eserler Cilt: 4</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9789757349208</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Lenin Seçme Eserler Cilt: 3</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9789757349119</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Lenin Seçme Eserler Cilt: 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9789757349666</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>İşçi Köylü İttifakı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9789757349224</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Demokratik Devrimde Sosyal-Demokrasinin İki Taktiği</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9789757349860</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>1928 Komünist Enternasyonal Programı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9789757349240</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
@@ -769,961 +769,961 @@
         <is>
           <t>9789757349291</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Proleter Devrimin Teorisi</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>2880000025122</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Yahudiliğin Çöküşü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9789757349127</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>J. V. Stalin Eserler Cilt 14</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9789757349097</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Sendikalar Üzerine Cilt 2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>2880000064558</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Üye Misin? Üye Miydin?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9789757349461</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Halkın Dostları Kimlerdir? ve Sosyal-Demokratlara Karşı Nasıl Mücadele Ederler?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9789757349585</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Marksizm, Ulusal Sorun ve Sömürge Sorunu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9789757349011</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Muhalefet Üzerine Cilt: 1</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>2880000006893</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>SBKP (B)'deki Sağ Sapma Üzerine</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>2789009963445</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>J. V. Stalin Eserler Cilt: 9</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9789757349399</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Kadın ve Sosyalizm (Tam Metin)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9789757349569</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Komünist Gençlik Enternasyonali'nin Tarihi Cilt:2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>2789009963438</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>J. V. Stalin Eserler Cilt 10</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>2880000063926</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Toprağın Kızı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9789757349143</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Kır Yoksullarına!</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9789757349038</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>RKP(B) 12. ve 13. Parti Kongre Raporları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9789757349046</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>SBKP (B) 14. ve 15 Parti Kongre Raporları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9789757349410</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Kadın Sorunu Üzerine Seçme Yazılar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9789757349194</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Eserler Cilt 16</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9789757349445</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Proleter Devrim ve Dönek Kautsky</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9789757349267</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Örgütlenme Üzerine - Tüzükler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9789757349089</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Sendikalar Üzerine 1</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9789757349216</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>SBKP (B) 16., 17. ve 18. Parti Kongre Raporları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>2880000077695</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Brecht'in Lai-Tu'su</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>2789009963469</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Eserler Cilt: 11</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>2789009963520</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Eserler Cilt 12</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>2789009963513</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Eserler Cilt 13</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9789757349356</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>İşte Lenin!</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9789757349453</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Sol Radikalizm Komünizmin Çocukluk Hastalığı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9789757349402</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Kadın Sorunu Üzerine</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9789757349496</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Politik Ekonomi Ders Kitabı Cilt: 2</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>2880000056379</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Çin Halkının Japon Emperyalizmine Karşı Savaşı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9789757349550</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Komünist Gençlik Enternasyonali'nin Tarihi Cilt:1</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789757349305</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Proletarya Diktatörlüğü</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>3990000046002</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Polemik (1963)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9789757349594</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Komünist Enternasyonal'de Kadro Sorunu Üzerine</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9789757349518</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9789757349655</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Anarşizm mi? Sosyalizm mi?</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9789757349686</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Parti Öğretisi Üzerine</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>3990000016265</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>J. V. Stalin Eserler Cilt 3</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9789757349747</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>1917</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>3990000016269</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>J. V. Stalin Eserler Cilt 8</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>3990000002565</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Anti-Semitizm ve Yahudi Sorunu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>3990000016267</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>J. V. Stalin Eserler Cilt 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9789757349280</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Materyalizm ve Ampiriokritisizm</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9789757349693</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Din Üzerine</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9789757349761</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Sosyalizmin Ütopyadan Bilime Gelişmesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9789757349808</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Ludwig Feuerbach ve Klasik Alman Felsefesinin Sonu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9789757349624</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Nisan Tezleri ve Ekim Devrimi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>3990000002942</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Devrim Yılları 1905</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>3990000002913</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Eserlerl Cilt 4</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>3990000002956</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Sendikalar Üzerine 3</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>3990000002944</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Faşizm ve İşçi Sınıfı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>3990000002906</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>J. V. Stalin Eserler Cilt 5</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>3990000002903</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Tarım ve Köylü Sorunu</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9789757349730</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Ulusal Politika ve Proleter Enternasyonalizm Sorunları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9789757349778</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Devrim ve Sanat</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9789757349853</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Miras</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9789757349754</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Sosyalizm Diyarında Kadın</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>3990000016266</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>J. V. Stalin Eserler Cilt 2</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>3990000016264</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>J. V. Stalin Eserler Cilt 7</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>3990000002360</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Parti Kongre Raporları SBKP (B) 19. 1952 - SBKP 20. 1956</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9789757349792</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Gotha Programının Eleştirisi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>