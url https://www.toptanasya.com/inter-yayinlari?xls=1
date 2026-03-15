--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,1645 +85,1675 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>3990000016263</t>
+          <t>3990000096263</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>J. V. Stalin Eserler Cilt 6</t>
+          <t>Eserler Cilt: 4</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757349839</t>
+          <t>9789757349495</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Gelişmede Kadının Konumu</t>
+          <t>Politik Ekonomi Ders Notları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>52</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3994875281425</t>
+          <t>3990000016263</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi'nin Kısa Tarihi</t>
+          <t>J. V. Stalin Eserler Cilt 6</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789757349389</t>
+          <t>9789757349839</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm Kapitalizmin En Yüksek Aşaması</t>
+          <t>Toplumsal Gelişmede Kadının Konumu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757349709</t>
+          <t>3994875281425</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Din Üzerine</t>
+          <t>Fransız Devrimi'nin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757349815</t>
+          <t>9789757349389</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ücretli Emek ve Sermaye - Ücret, Fiyat ve Kar</t>
+          <t>Emperyalizm Kapitalizmin En Yüksek Aşaması</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757349822</t>
+          <t>9789757349709</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ailenin, Özel Mülkiyetin ve Devletin Kökeni</t>
+          <t>Din Üzerine</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789757349785</t>
+          <t>9789757349815</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Anti-Dühring Bay Eugen Dühring'in Bilimi Altüst Edişi</t>
+          <t>Ücretli Emek ve Sermaye - Ücret, Fiyat ve Kar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757349429</t>
+          <t>9789757349822</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Politik Ekonomi Ders Kitabı Cilt:1</t>
+          <t>Ailenin, Özel Mülkiyetin ve Devletin Kökeni</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>2880000055907</t>
+          <t>9789757349785</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist İnşanın Zaferi Uğruna Mücadele (4. Defter)</t>
+          <t>Anti-Dühring Bay Eugen Dühring'in Bilimi Altüst Edişi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>2789009963414</t>
+          <t>9789757349429</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kılları Yolunmuş Maymun</t>
+          <t>Politik Ekonomi Ders Kitabı Cilt:1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>2789009963544</t>
+          <t>2880000055907</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>J. V. Stalin Eserler Cilt 15</t>
+          <t>Sosyalist İnşanın Zaferi Uğruna Mücadele (4. Defter)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757349259</t>
+          <t>2789009963414</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Diyalektik ve Tarihi Materyalizm</t>
+          <t>Kılları Yolunmuş Maymun</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000018454</t>
+          <t>2789009963544</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Proleter Devrimin Stratejisi ve Taktiği</t>
+          <t>J. V. Stalin Eserler Cilt 15</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757349151</t>
+          <t>9789757349259</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Birçok Hayat Yaşadım</t>
+          <t>Diyalektik ve Tarihi Materyalizm</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2789009963377</t>
+          <t>3990000018454</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Proleter Devrimin Stratejisi ve Taktiği</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757349186</t>
+          <t>9789757349151</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım İleri İki Adım Geri</t>
+          <t>Birçok Hayat Yaşadım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2880000063889</t>
+          <t>2789009963377</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Sorun ve Sömürge Sorunu</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789757349313</t>
+          <t>9789757349186</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Lenin'den Anılar</t>
+          <t>Bir Adım İleri İki Adım Geri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757349720</t>
+          <t>2880000063889</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Komünist Partisi Manifestosu Ve Komünizmin Temel İlkeleri</t>
+          <t>Ulusal Sorun ve Sömürge Sorunu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>2789785827019</t>
+          <t>9789757349313</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tarih Çarpıtıcıları</t>
+          <t>Lenin'den Anılar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757349365</t>
+          <t>9789757349720</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Devrim</t>
+          <t>Komünist Partisi Manifestosu Ve Komünizmin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990000017381</t>
+          <t>2789785827019</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Muhalefet Üzerine Cilt: 2</t>
+          <t>Tarih Çarpıtıcıları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757349648</t>
+          <t>9789757349365</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Leninizmin Temelleri</t>
+          <t>Devlet ve Devrim</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757349631</t>
+          <t>3990000017381</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Leninizmin Sorunları</t>
+          <t>Muhalefet Üzerine Cilt: 2</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>4440000000920</t>
+          <t>9789757349648</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Proletarya Diktatörlüğünün Tarihsel Deneyimleri</t>
+          <t>Leninizmin Temelleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757349437</t>
+          <t>9789757349631</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Lenin Seçme Eserler Cilt: 7</t>
+          <t>Leninizmin Sorunları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757349348</t>
+          <t>4440000000920</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Lenin Seçme Eserler Cilt: 5</t>
+          <t>Proletarya Diktatörlüğünün Tarihsel Deneyimleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757349372</t>
+          <t>9789757349437</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Lenin Seçme Eserler Cilt: 6</t>
+          <t>Lenin Seçme Eserler Cilt: 7</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757349607</t>
+          <t>9789757349348</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Lenin Seçme Eserler Cilt: 10</t>
+          <t>Lenin Seçme Eserler Cilt: 5</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757349062</t>
+          <t>9789757349372</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Lenin Seçme Eserler Cilt: 1</t>
+          <t>Lenin Seçme Eserler Cilt: 6</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789757349712</t>
+          <t>9789757349607</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Sömürgesel Ulusal Sorun Üzerine</t>
+          <t>Lenin Seçme Eserler Cilt: 10</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757349526</t>
+          <t>9789757349062</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Lenin Seçme Eserler Cilt: 9</t>
+          <t>Lenin Seçme Eserler Cilt: 1</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757349615</t>
+          <t>9789757349712</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Lenin Seçme Eserler Cilt: 11</t>
+          <t>Ulusal ve Sömürgesel Ulusal Sorun Üzerine</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789757349674</t>
+          <t>9789757349526</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Lenin Seçme Eserler Cilt: 12</t>
+          <t>Lenin Seçme Eserler Cilt: 9</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>2880000060130</t>
+          <t>9789757349615</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Selam! Yaşam Ateşi</t>
+          <t>Lenin Seçme Eserler Cilt: 11</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789757349534</t>
+          <t>9789757349674</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Lenin Seçme Eserler Cilt: 8</t>
+          <t>Lenin Seçme Eserler Cilt: 12</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757349275</t>
+          <t>2880000060130</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Lenin Seçme Eserler Cilt: 4</t>
+          <t>Selam! Yaşam Ateşi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789757349208</t>
+          <t>9789757349534</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Lenin Seçme Eserler Cilt: 3</t>
+          <t>Lenin Seçme Eserler Cilt: 8</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757349119</t>
+          <t>9789757349275</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Lenin Seçme Eserler Cilt: 2</t>
+          <t>Lenin Seçme Eserler Cilt: 4</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789757349666</t>
+          <t>9789757349208</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İşçi Köylü İttifakı</t>
+          <t>Lenin Seçme Eserler Cilt: 3</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757349224</t>
+          <t>9789757349119</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Devrimde Sosyal-Demokrasinin İki Taktiği</t>
+          <t>Lenin Seçme Eserler Cilt: 2</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757349860</t>
+          <t>9789757349666</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>1928 Komünist Enternasyonal Programı</t>
+          <t>İşçi Köylü İttifakı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757349240</t>
+          <t>9789757349224</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Leninizm Nedir? 1. Defter</t>
+          <t>Demokratik Devrimde Sosyal-Demokrasinin İki Taktiği</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789757349291</t>
+          <t>9789757349860</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Proleter Devrimin Teorisi</t>
+          <t>1928 Komünist Enternasyonal Programı</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>2880000025122</t>
+          <t>9789757349240</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yahudiliğin Çöküşü</t>
+          <t>Leninizm Nedir? 1. Defter</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789757349127</t>
+          <t>9789757349291</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>J. V. Stalin Eserler Cilt 14</t>
+          <t>Proleter Devrimin Teorisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757349097</t>
+          <t>2880000025122</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sendikalar Üzerine Cilt 2</t>
+          <t>Yahudiliğin Çöküşü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>2880000064558</t>
+          <t>9789757349127</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Üye Misin? Üye Miydin?</t>
+          <t>J. V. Stalin Eserler Cilt 14</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789757349461</t>
+          <t>9789757349097</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Halkın Dostları Kimlerdir? ve Sosyal-Demokratlara Karşı Nasıl Mücadele Ederler?</t>
+          <t>Sendikalar Üzerine Cilt 2</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789757349585</t>
+          <t>2880000064558</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Marksizm, Ulusal Sorun ve Sömürge Sorunu</t>
+          <t>Üye Misin? Üye Miydin?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789757349011</t>
+          <t>9789757349461</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Muhalefet Üzerine Cilt: 1</t>
+          <t>Halkın Dostları Kimlerdir? ve Sosyal-Demokratlara Karşı Nasıl Mücadele Ederler?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>2880000006893</t>
+          <t>9789757349585</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>SBKP (B)'deki Sağ Sapma Üzerine</t>
+          <t>Marksizm, Ulusal Sorun ve Sömürge Sorunu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>2789009963445</t>
+          <t>9789757349011</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>J. V. Stalin Eserler Cilt: 9</t>
+          <t>Muhalefet Üzerine Cilt: 1</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789757349399</t>
+          <t>2880000006893</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Sosyalizm (Tam Metin)</t>
+          <t>SBKP (B)'deki Sağ Sapma Üzerine</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789757349569</t>
+          <t>2789009963445</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Komünist Gençlik Enternasyonali'nin Tarihi Cilt:2</t>
+          <t>J. V. Stalin Eserler Cilt: 9</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>2789009963438</t>
+          <t>9789757349399</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>J. V. Stalin Eserler Cilt 10</t>
+          <t>Kadın ve Sosyalizm (Tam Metin)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>2880000063926</t>
+          <t>9789757349569</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Kızı</t>
+          <t>Komünist Gençlik Enternasyonali'nin Tarihi Cilt:2</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789757349143</t>
+          <t>2789009963438</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kır Yoksullarına!</t>
+          <t>J. V. Stalin Eserler Cilt 10</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789757349038</t>
+          <t>2880000063926</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>RKP(B) 12. ve 13. Parti Kongre Raporları</t>
+          <t>Toprağın Kızı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789757349046</t>
+          <t>9789757349143</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>SBKP (B) 14. ve 15 Parti Kongre Raporları</t>
+          <t>Kır Yoksullarına!</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789757349410</t>
+          <t>9789757349038</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sorunu Üzerine Seçme Yazılar</t>
+          <t>RKP(B) 12. ve 13. Parti Kongre Raporları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789757349194</t>
+          <t>9789757349046</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Eserler Cilt 16</t>
+          <t>SBKP (B) 14. ve 15 Parti Kongre Raporları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789757349445</t>
+          <t>9789757349410</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Proleter Devrim ve Dönek Kautsky</t>
+          <t>Kadın Sorunu Üzerine Seçme Yazılar</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789757349267</t>
+          <t>9789757349194</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Örgütlenme Üzerine - Tüzükler</t>
+          <t>Eserler Cilt 16</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789757349089</t>
+          <t>9789757349445</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sendikalar Üzerine 1</t>
+          <t>Proleter Devrim ve Dönek Kautsky</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789757349216</t>
+          <t>9789757349267</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>SBKP (B) 16., 17. ve 18. Parti Kongre Raporları</t>
+          <t>Örgütlenme Üzerine - Tüzükler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>2880000077695</t>
+          <t>9789757349089</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Brecht'in Lai-Tu'su</t>
+          <t>Sendikalar Üzerine 1</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>2789009963469</t>
+          <t>9789757349216</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eserler Cilt: 11</t>
+          <t>SBKP (B) 16., 17. ve 18. Parti Kongre Raporları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>2789009963520</t>
+          <t>2880000077695</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Eserler Cilt 12</t>
+          <t>Brecht'in Lai-Tu'su</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>2789009963513</t>
+          <t>2789009963469</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Eserler Cilt 13</t>
+          <t>Eserler Cilt: 11</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789757349356</t>
+          <t>2789009963520</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İşte Lenin!</t>
+          <t>Eserler Cilt 12</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789757349453</t>
+          <t>2789009963513</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sol Radikalizm Komünizmin Çocukluk Hastalığı</t>
+          <t>Eserler Cilt 13</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789757349402</t>
+          <t>9789757349356</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sorunu Üzerine</t>
+          <t>İşte Lenin!</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789757349496</t>
+          <t>9789757349453</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Politik Ekonomi Ders Kitabı Cilt: 2</t>
+          <t>Sol Radikalizm Komünizmin Çocukluk Hastalığı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>2880000056379</t>
+          <t>9789757349402</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çin Halkının Japon Emperyalizmine Karşı Savaşı</t>
+          <t>Kadın Sorunu Üzerine</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789757349550</t>
+          <t>9789757349496</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Komünist Gençlik Enternasyonali'nin Tarihi Cilt:1</t>
+          <t>Politik Ekonomi Ders Kitabı Cilt: 2</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789757349305</t>
+          <t>2880000056379</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Proletarya Diktatörlüğü</t>
+          <t>Çin Halkının Japon Emperyalizmine Karşı Savaşı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>3990000046002</t>
+          <t>9789757349550</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Polemik (1963)</t>
+          <t>Komünist Gençlik Enternasyonali'nin Tarihi Cilt:1</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789757349594</t>
+          <t>9789757349305</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Komünist Enternasyonal'de Kadro Sorunu Üzerine</t>
+          <t>Proletarya Diktatörlüğü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789757349518</t>
+          <t>3990000046002</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapmalı?</t>
+          <t>Polemik (1963)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789757349655</t>
+          <t>9789757349594</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm mi? Sosyalizm mi?</t>
+          <t>Komünist Enternasyonal'de Kadro Sorunu Üzerine</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789757349686</t>
+          <t>9789757349518</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Parti Öğretisi Üzerine</t>
+          <t>Ne Yapmalı?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000016265</t>
+          <t>9789757349655</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>J. V. Stalin Eserler Cilt 3</t>
+          <t>Anarşizm mi? Sosyalizm mi?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789757349747</t>
+          <t>9789757349686</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>1917</t>
+          <t>Parti Öğretisi Üzerine</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>3990000016269</t>
+          <t>3990000016265</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>J. V. Stalin Eserler Cilt 8</t>
+          <t>J. V. Stalin Eserler Cilt 3</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>3990000002565</t>
+          <t>9789757349747</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Anti-Semitizm ve Yahudi Sorunu</t>
+          <t>1917</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000016267</t>
+          <t>3990000016269</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>J. V. Stalin Eserler Cilt 1</t>
+          <t>J. V. Stalin Eserler Cilt 8</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789757349280</t>
+          <t>3990000002565</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Materyalizm ve Ampiriokritisizm</t>
+          <t>Anti-Semitizm ve Yahudi Sorunu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789757349693</t>
+          <t>3990000016267</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Din Üzerine</t>
+          <t>J. V. Stalin Eserler Cilt 1</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789757349761</t>
+          <t>9789757349280</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmin Ütopyadan Bilime Gelişmesi</t>
+          <t>Materyalizm ve Ampiriokritisizm</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789757349808</t>
+          <t>9789757349693</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ludwig Feuerbach ve Klasik Alman Felsefesinin Sonu</t>
+          <t>Din Üzerine</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789757349624</t>
+          <t>9789757349761</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nisan Tezleri ve Ekim Devrimi</t>
+          <t>Sosyalizmin Ütopyadan Bilime Gelişmesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3990000002942</t>
+          <t>9789757349808</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Devrim Yılları 1905</t>
+          <t>Ludwig Feuerbach ve Klasik Alman Felsefesinin Sonu</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000002913</t>
+          <t>9789757349624</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Eserlerl Cilt 4</t>
+          <t>Nisan Tezleri ve Ekim Devrimi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000002956</t>
+          <t>3990000002942</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sendikalar Üzerine 3</t>
+          <t>Devrim Yılları 1905</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3990000002944</t>
+          <t>3990000002913</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Faşizm ve İşçi Sınıfı</t>
+          <t>Eserlerl Cilt 4</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>3990000002906</t>
+          <t>3990000002956</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>J. V. Stalin Eserler Cilt 5</t>
+          <t>Sendikalar Üzerine 3</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>3990000002903</t>
+          <t>3990000002944</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tarım ve Köylü Sorunu</t>
+          <t>Faşizm ve İşçi Sınıfı</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789757349730</t>
+          <t>3990000002906</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Politika ve Proleter Enternasyonalizm Sorunları</t>
+          <t>J. V. Stalin Eserler Cilt 5</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789757349778</t>
+          <t>3990000002903</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Devrim ve Sanat</t>
+          <t>Tarım ve Köylü Sorunu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789757349853</t>
+          <t>9789757349730</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Ulusal Politika ve Proleter Enternasyonalizm Sorunları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789757349754</t>
+          <t>9789757349778</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm Diyarında Kadın</t>
+          <t>Devrim ve Sanat</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>3990000016266</t>
+          <t>9789757349853</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>J. V. Stalin Eserler Cilt 2</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>3990000016264</t>
+          <t>9789757349754</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>J. V. Stalin Eserler Cilt 7</t>
+          <t>Sosyalizm Diyarında Kadın</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>3990000002360</t>
+          <t>3990000016266</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Parti Kongre Raporları SBKP (B) 19. 1952 - SBKP 20. 1956</t>
+          <t>J. V. Stalin Eserler Cilt 2</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
+          <t>3990000016264</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>J. V. Stalin Eserler Cilt 7</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>3990000002360</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Parti Kongre Raporları SBKP (B) 19. 1952 - SBKP 20. 1956</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
           <t>9789757349792</t>
         </is>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Gotha Programının Eleştirisi</t>
         </is>
       </c>
-      <c r="C108" s="1">
+      <c r="C110" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>