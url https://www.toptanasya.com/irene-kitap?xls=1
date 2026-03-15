--- v0 (2025-12-29)
+++ v1 (2026-03-15)
@@ -85,415 +85,445 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259787343</t>
+          <t>9786259787367</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Son Söz</t>
+          <t>Yanlış Bilinen Psikoloji</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259787336</t>
+          <t>9786259787350</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Histeri</t>
+          <t>Nöromanya</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>399</v>
+        <v>325</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259787329</t>
+          <t>9786259787343</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Alternatif Tarihi</t>
+          <t>Son Söz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>269</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259787312</t>
+          <t>9786259787336</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Varolma(ma)nın Felsefesi</t>
+          <t>Histeri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>149</v>
+        <v>399</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259982298</t>
+          <t>9786259787329</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Foucault’nun Felsefesi</t>
+          <t>Mutluluğun Alternatif Tarihi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>325</v>
+        <v>269</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259787305</t>
+          <t>9786259787312</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Başına Buyruk Beyin</t>
+          <t>Varolma(ma)nın Felsefesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>290</v>
+        <v>149</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259982281</t>
+          <t>9786259982298</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Yeniden Keşfi</t>
+          <t>Foucault’nun Felsefesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259982274</t>
+          <t>9786259787305</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Soyların Tükenişi</t>
+          <t>Başına Buyruk Beyin</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>165</v>
+        <v>290</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259982267</t>
+          <t>9786259982281</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Beynin Bir Günü</t>
+          <t>Dinozorların Yeniden Keşfi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259982250</t>
+          <t>9786259982274</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Algı İle Eylem Arasında</t>
+          <t>Soyların Tükenişi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>310</v>
+        <v>165</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259982243</t>
+          <t>9786259982267</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sapiens’in Yolculuğu</t>
+          <t>Beynin Bir Günü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259982236</t>
+          <t>9786259982250</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Akıl Almaz Yaşamı</t>
+          <t>Algı İle Eylem Arasında</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>440</v>
+        <v>310</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259982229</t>
+          <t>9786259982243</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Safsatası</t>
+          <t>Sapiens’in Yolculuğu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>225</v>
+        <v>349</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259982212</t>
+          <t>9786259982236</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlama Kılavuzu</t>
+          <t>Hayvanların Akıl Almaz Yaşamı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259982205</t>
+          <t>9786259982229</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzeller</t>
+          <t>Kuantum Safsatası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057158086</t>
+          <t>9786259982212</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu - Galaksinizin Otobiyografisi</t>
+          <t>İnsanı Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057158093</t>
+          <t>9786259982205</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Makul Bir Yaşam</t>
+          <t>Uyuyan Güzeller</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057158079</t>
+          <t>9786057158086</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Düzeni Bozuk Kozmos</t>
+          <t>Samanyolu - Galaksinizin Otobiyografisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057158062</t>
+          <t>9786057158093</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Normalin Tarihi</t>
+          <t>Makul Bir Yaşam</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057158055</t>
+          <t>9786057158079</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kral Testosteron</t>
+          <t>Düzeni Bozuk Kozmos</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057158048</t>
+          <t>9786057158062</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Bir Yaşam</t>
+          <t>Normalin Tarihi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057158031</t>
+          <t>9786057158055</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Nöronlar, Diken Dalgalar ve Kurabiye</t>
+          <t>Kral Testosteron</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057158024</t>
+          <t>9786057158048</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kazanma Etkisi</t>
+          <t>Kırılgan Bir Yaşam</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057158017</t>
+          <t>9786057158031</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Beynimdeki Fırtına</t>
+          <t>Nöronlar, Diken Dalgalar ve Kurabiye</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
+          <t>9786057158024</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Kazanma Etkisi</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786057158017</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Beynimdeki Fırtına</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
           <t>9786057158000</t>
         </is>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Anlamlı Bir Yaşam</t>
         </is>
       </c>
-      <c r="C26" s="1">
+      <c r="C28" s="1">
         <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>