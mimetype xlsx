--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,1840 +85,2245 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789944006309</t>
+          <t>9789753710206</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>B Harfinin 10.000 Yıllık Hikayesi</t>
+          <t>Resulullah Muhammed</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789759711077</t>
+          <t>9789753710497</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mir'at'ül Hakaik (Ciltli)</t>
+          <t>Bilgi Çağı ve Türkiye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753711173</t>
+          <t>9789753710374</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Abdürrezzak Efendi - Bütün Eserleri 41</t>
+          <t>Sistem Yönetimi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2890000004584</t>
+          <t>9789753710763</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yesili Hoca Ahmed Dizisi (3 Kitap Takım)</t>
+          <t>Zaman Uyanışı - Bütün Eserleri 44</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2890000004591</t>
+          <t>3990000026795</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sabır Ağacı Dizisi (8 Kitap Takım)</t>
+          <t>Osmanlı Meşrutiyetinde Ordu-Siyaset Çatışması</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>3400</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753711555</t>
+          <t>3990000063045</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Küresel Terör ve Güvenliğimiz</t>
+          <t>Tesis Tasarımı Stratejiden Uygulamaya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>650</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753710299</t>
+          <t>3990000017644</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Her Dem Yeniden</t>
+          <t>Televizyonla Yetişen Nesil Ekranaltı Çocukları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753711586</t>
+          <t>9280000001431</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Büyük Otmarlar</t>
+          <t>Hüseyin Nihal Atsız (15 Kitap Set)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753710152</t>
+          <t>9789753711432</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Uyanan Taşlar</t>
+          <t>Milli Görüş'ten Silivri'ye Bir General</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753710084</t>
+          <t>9789753710640</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dünki Türkiye 9. Kitap: Darağacı</t>
+          <t>İçimizdeki Şeytan / En Sinsi Tehlike / Hesap Böyle Verilir</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753711036</t>
+          <t>9789753710626</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne ve Yarına 2</t>
+          <t>Dalkavuklar Gecesi / Z Vitamini</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>340</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753711593</t>
+          <t>9789753710633</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Köprü</t>
+          <t>Çanakkale'ye Yürüyüş / Türkçülüğe Karşı Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753711111</t>
+          <t>9789753710541</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ömer Fevzi Mardin Gazi ve Sufi</t>
+          <t>Atsız Bütün Eserleri - 1 : Bozkurtların Ölümü (Özel Basım)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753710404</t>
+          <t>9789753710558</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>... Ve Çanakkale Gördüler</t>
+          <t>Atsız Bütün Eserleri - 2 : Bozkurtlar Diriliyor (Özel Basım)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>700</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753711142</t>
+          <t>3990000018108</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Perde</t>
+          <t>Yeryüzü Melekleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753711333</t>
+          <t>9789753710572</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtların Türküsü</t>
+          <t>Atsız Bütün Eserleri - 4 : Ruh Adam (Özel Basım)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753710145</t>
+          <t>9789753710565</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Dört Köşesi</t>
+          <t>Atsız Bütün Eserleri - 3 : Deli Kurt (Özel Basım)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753710121</t>
+          <t>9789753710596</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Cevahir ile Sadık Çavuş'un Buğday Kamyonu - Bütün Eserleri</t>
+          <t>Türk Ülküsü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>440</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753710237</t>
+          <t>9789753711234</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa</t>
+          <t>Türk İnanma Ve Anlama Modeline Dair</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753710022</t>
+          <t>3990000017327</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kapı</t>
+          <t>Dini Hasbihal</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>440</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753710008</t>
+          <t>3990000017324</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kilit</t>
+          <t>Gavs-ı Azam Hazret-i Pir Seyyid Abdüsselam</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>340</v>
+        <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753710749</t>
+          <t>3990000017323</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hayır Deyiş- Bir Ömür Boyu Kıbrıs 2</t>
+          <t>İki Gavs-ı Enam</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753710114</t>
+          <t>3990000017322</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dünki Türkiye 12. Kitap: Gündönümü</t>
+          <t>Kur'an ve Sünnetin Işığında Tasavvuf ve Hayat</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>440</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753710060</t>
+          <t>3990000017227</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dünki Türkiye 7. Kitap: Bu Atlı Geçide Gider</t>
+          <t>Köle'den Hürriyet'e</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>360</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>2890000004560</t>
+          <t>9789753711227</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dünki Türkiye Dizisi (12 Kitap Takım)</t>
+          <t>Kök Tengri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>5000</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>2890000004577</t>
+          <t>9789753711265</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ve Çanakkale Geldiler, Gördüler, Döndüler (3 Kitap Takım)</t>
+          <t>Kutadgu Bilig'de Kut ve Töre</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1700</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753711425</t>
+          <t>3990000098732</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Türk Tarihi ve Hazreti Muhammed</t>
+          <t>Ve Çanakkale Geldiler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>440</v>
+        <v>52</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753711067</t>
+          <t>9789944006309</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Muslim ve Tercemesi (8 Cilt Takım) (Ciltli)</t>
+          <t>B Harfinin 10.000 Yıllık Hikayesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>6500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753711401</t>
+          <t>9789759711077</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesi</t>
+          <t>Mir'at'ül Hakaik (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753710220</t>
+          <t>9789753711173</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımında Türk - Arap İlişkileri</t>
+          <t>Abdürrezzak Efendi - Bütün Eserleri 41</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753711098</t>
+          <t>2890000004584</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Üretim Planlama ve Kontrol</t>
+          <t>Yesili Hoca Ahmed Dizisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1000</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>2890000004621</t>
+          <t>2890000004591</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Necati Sepetçioğlu Seti 1 (24 Kitap Takım)</t>
+          <t>Sabır Ağacı Dizisi (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>9900</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753710398</t>
+          <t>9789753711555</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>...ve Çanakkale Geldiler</t>
+          <t>Küresel Terör ve Güvenliğimiz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753711449</t>
+          <t>9789753710299</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Oğuz Köyü İğdir</t>
+          <t>Her Dem Yeniden</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753710886</t>
+          <t>9789753711586</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika Yazıları</t>
+          <t>Büyük Otmarlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753711395</t>
+          <t>9789753710152</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kurt Nefesi</t>
+          <t>Sonsuza Uyanan Taşlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753711364</t>
+          <t>9789753710084</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Aydınlığın Mühürü - Yesili Hoca Ahmed 3</t>
+          <t>Dünki Türkiye 9. Kitap: Darağacı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>520</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753711371</t>
+          <t>9789753711036</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hurmalığın Akdoğanı - Yesili Hoca Ahmed 2</t>
+          <t>Dünden Bugüne ve Yarına 2</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753711388</t>
+          <t>9789753711593</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sesler ve Işıklar - Yesili Hoca Ahmed 1</t>
+          <t>Köprü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753711357</t>
+          <t>9789753711111</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Nün ü Sak</t>
+          <t>Ömer Fevzi Mardin Gazi ve Sufi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9799753711042</t>
+          <t>9789753710404</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Keşmir Meselesi</t>
+          <t>... Ve Çanakkale Gördüler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753711326</t>
+          <t>9789753711142</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Rusya Rusya Dedikleri</t>
+          <t>Perde</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753711272</t>
+          <t>9789753711333</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Töre</t>
+          <t>Bozkurtların Türküsü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753710787</t>
+          <t>9789753710145</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dönümü - Bütün Eserleri 42</t>
+          <t>Güneşin Dört Köşesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753710046</t>
+          <t>9789753710121</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dünki Türkiye 5. Kitap: Çatı</t>
+          <t>Cevahir ile Sadık Çavuş'un Buğday Kamyonu - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753711517</t>
+          <t>9789753710237</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Zulmü</t>
+          <t>Said Halim Paşa</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753710602</t>
+          <t>9789753710022</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Meseleler</t>
+          <t>Kapı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753710619</t>
+          <t>9789753710008</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Tarihi</t>
+          <t>Kilit</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753710688</t>
+          <t>9789753710749</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 4</t>
+          <t>Hayır Deyiş- Bir Ömür Boyu Kıbrıs 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753710671</t>
+          <t>9789753710114</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 3</t>
+          <t>Dünki Türkiye 12. Kitap: Gündönümü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>650</v>
+        <v>440</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753710664</t>
+          <t>9789753710060</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Dünki Türkiye 7. Kitap: Bu Atlı Geçide Gider</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753710657</t>
+          <t>2890000004560</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 1</t>
+          <t>Dünki Türkiye Dizisi (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>560</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>2890000004614</t>
+          <t>2890000004577</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Necati Sepetçioğlu (50 Kitap Takım)</t>
+          <t>Ve Çanakkale Geldiler, Gördüler, Döndüler (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>18860</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753711487</t>
+          <t>9789753711425</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zafer Mümkün</t>
+          <t>Gizlenen Türk Tarihi ve Hazreti Muhammed</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753711456</t>
+          <t>9789753711067</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Enderun ve Türklerin Kaderi</t>
+          <t>Sahih-i Muslim ve Tercemesi (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>440</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753711494</t>
+          <t>9789753711401</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Şartı Beş mi?</t>
+          <t>Türk Düşüncesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753710589</t>
+          <t>9789753710220</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yolların Sonu</t>
+          <t>Yol Ayrımında Türk - Arap İlişkileri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753710053</t>
+          <t>9789753711098</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dünki Türkiye 6. Kitap: Üçler Yediler Kırklar</t>
+          <t>Üretim Planlama ve Kontrol</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>440</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753710411</t>
+          <t>2890000004621</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ve Çanakkale Döndüler</t>
+          <t>Mustafa Necati Sepetçioğlu Seti 1 (24 Kitap Takım)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>500</v>
+        <v>9900</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753711104</t>
+          <t>9789753710398</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Irak Savaşı Günlüğü</t>
+          <t>...ve Çanakkale Geldiler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753711135</t>
+          <t>9789753711449</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ödevimiz Çocuk</t>
+          <t>Bir Oğuz Köyü İğdir</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753710510</t>
+          <t>9789753710886</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Tarihimiz - Tarihin Süzgecinden</t>
+          <t>Dış Politika Yazıları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753711258</t>
+          <t>9789753711395</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal'de Türk Müslümanlığı</t>
+          <t>Kurt Nefesi</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753710831</t>
+          <t>9789753711364</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Arayan Toprak</t>
+          <t>Aydınlığın Mühürü - Yesili Hoca Ahmed 3</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753711241</t>
+          <t>9789753711371</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Aklı Anlamak</t>
+          <t>Hurmalığın Akdoğanı - Yesili Hoca Ahmed 2</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753710428</t>
+          <t>9789753711388</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Türk Destanları - Bütün Eserleri: 22</t>
+          <t>Sesler ve Işıklar - Yesili Hoca Ahmed 1</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753711210</t>
+          <t>9789753711357</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerden Tamgalara Evrenin Yaradılışı</t>
+          <t>Nün ü Sak</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753711296</t>
+          <t>9799753711042</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Meragalı Abdülkadir - Bütün Eserleri:45</t>
+          <t>Başlangıçtan Günümüze Keşmir Meselesi</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753710169</t>
+          <t>9789753711326</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Can Ocağında Pişen Aş</t>
+          <t>Rusya Rusya Dedikleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753710770</t>
+          <t>9789753711272</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Zaman...Yok!</t>
+          <t>Kutlu Töre</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753711418</t>
+          <t>9789753710787</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Bağlantıları</t>
+          <t>Zaman Dönümü - Bütün Eserleri 42</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753710015</t>
+          <t>9789753710046</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dünki Türkiye 2. Kitap: Anahtar</t>
+          <t>Dünki Türkiye 5. Kitap: Çatı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753710503</t>
+          <t>9789753711517</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası</t>
+          <t>Kapitalizmin Zulmü</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753711470</t>
+          <t>9789753710602</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bursa Bıçakçılığı Tarihi (Ciltli)</t>
+          <t>Türk Tarihinde Meseleler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753710283</t>
+          <t>9789753710619</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet'ten İstanbul'a</t>
+          <t>Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753710893</t>
+          <t>9789753710688</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Tarihimizden Kesitler</t>
+          <t>Makaleler 4</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753710879</t>
+          <t>9789753710671</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dünyada Milliyetçilik</t>
+          <t>Makaleler 3</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753711500</t>
+          <t>9789753710664</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Paylaşacak Çok Şey Var</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>2890000004607</t>
+          <t>9789753710657</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Necati Sepetçioğlu Sabır Ağacı Dizisi - 2 (26 Kitap Takım)</t>
+          <t>Makaleler 1</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>8960</v>
+        <v>560</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753710442</t>
+          <t>2890000004614</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut'un Kitabı</t>
+          <t>Mustafa Necati Sepetçioğlu (50 Kitap Takım)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>280</v>
+        <v>18860</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753711463</t>
+          <t>9789753711487</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hilafet Hareketleri</t>
+          <t>Zafer Mümkün</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753711289</t>
+          <t>9789753711456</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ümraniye İçinde Vurdular Bizi</t>
+          <t>Enderun ve Türklerin Kaderi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753710251</t>
+          <t>9789753711494</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sürgündeki Sevda</t>
+          <t>İslam’ın Şartı Beş mi?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753711319</t>
+          <t>9789753710589</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gerçekler</t>
+          <t>Yolların Sonu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753710107</t>
+          <t>9789753710053</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dünki Türkiye 11. Kitap: Sabır</t>
+          <t>Dünki Türkiye 6. Kitap: Üçler Yediler Kırklar</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753710091</t>
+          <t>9789753710411</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dünki Türkiye 10. Kitap: Ebemkuşağı</t>
+          <t>Ve Çanakkale Döndüler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753711340</t>
+          <t>9789753711104</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>M. Necati Sepetçioğlu'nun  Romanları Üzerine Bir İnceleme</t>
+          <t>Irak Savaşı Günlüğü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753710824</t>
+          <t>9789753711135</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Zaman Toprak ve Sahibi</t>
+          <t>Ödevimiz Çocuk</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753710848</t>
+          <t>9789753710510</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Her Bizans'a Bir Fatih</t>
+          <t>Bilinmeyen Tarihimiz - Tarihin Süzgecinden</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753710466</t>
+          <t>9789753711258</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Menevşeler Ölmemeli</t>
+          <t>Yahya Kemal'de Türk Müslümanlığı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753710480</t>
+          <t>9789753710831</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Saraydaki Casus</t>
+          <t>Sahibini Arayan Toprak</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753711081</t>
+          <t>9789753711241</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Sorunu</t>
+          <t>Toplumsal Aklı Anlamak</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753710916</t>
+          <t>9789753710428</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Günbatımı</t>
+          <t>Karşılaştırmalı Türk Destanları - Bütün Eserleri: 22</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753710718</t>
+          <t>9789753711210</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Kelimelerden Tamgalara Evrenin Yaradılışı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753710695</t>
+          <t>9789753711296</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış ve Türeyiş</t>
+          <t>Meragalı Abdülkadir - Bütün Eserleri:45</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753710732</t>
+          <t>9789753710169</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Yunus Emre</t>
+          <t>Can Ocağında Pişen Aş</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753711029</t>
+          <t>9789753710770</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne ve Yarına 1</t>
+          <t>Zaman...Yok!</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753710435</t>
+          <t>9789753711418</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mahpus - Ebu Hanife</t>
+          <t>Türk Tarihinin Bağlantıları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753710381</t>
+          <t>9789753710015</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Efsaneleri</t>
+          <t>Dünki Türkiye 2. Kitap: Anahtar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753711050</t>
+          <t>9789753710503</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Musul Komplosu</t>
+          <t>Türk Dünyası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753711197</t>
+          <t>9789753711470</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Osman Turan'a Göre Din ve Türk Cihan Hakimiyeti</t>
+          <t>Bursa Bıçakçılığı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753710800</t>
+          <t>9789753710283</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bir Dar Kapıda</t>
+          <t>Dersaadet'ten İstanbul'a</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753711180</t>
+          <t>9789753710893</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Misyonerlerin Hedef Kitleleri ve Faaliyetleri</t>
+          <t>Siyasi Tarihimizden Kesitler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753711128</t>
+          <t>9789753710879</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gelincikte Kan Var!</t>
+          <t>Küresel Dünyada Milliyetçilik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753710367</t>
+          <t>9789753711500</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklarda Casuslar Savaşı</t>
+          <t>Paylaşacak Çok Şey Var</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753710039</t>
+          <t>2890000004607</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dünki Türkiye 4. Kitap: Konak</t>
+          <t>Mustafa Necati Sepetçioğlu Sabır Ağacı Dizisi - 2 (26 Kitap Takım)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>360</v>
+        <v>8960</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753710817</t>
+          <t>9789753710442</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yürüyüşü</t>
+          <t>Dedem Korkut'un Kitabı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753711203</t>
+          <t>9789753711463</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Fener Rum Ortodoks Patrik'i Ekümenik Mi?</t>
+          <t>Hilafet Hareketleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753711302</t>
+          <t>9789753711289</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kırım Kırımı - Bütün Eserleri:46</t>
+          <t>Ümraniye İçinde Vurdular Bizi</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753710077</t>
+          <t>9789753710251</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dünki Türkiye 8. Kitap: Geçitteki Ülke</t>
+          <t>Sürgündeki Sevda</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753710756</t>
+          <t>9789753711319</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Boyun Eğiş - Bir Ömür Boyu Kıbrıs 1</t>
+          <t>Gerçekler</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753711630</t>
+          <t>9789753710107</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Var Olma Sorumluluğu</t>
+          <t>Dünki Türkiye 11. Kitap: Sabır</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753711623</t>
+          <t>9789753710091</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çember</t>
+          <t>Dünki Türkiye 10. Kitap: Ebemkuşağı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753711531</t>
+          <t>9789753711340</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Boraltan Köprüsü</t>
+          <t>M. Necati Sepetçioğlu'nun  Romanları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753710138</t>
+          <t>9789753710824</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Mum Işığı - Bütün Eserleri 16</t>
+          <t>Zaman Toprak ve Sahibi</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753710794</t>
+          <t>9789753710848</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sarkacı - Bütün Eserleri 40</t>
+          <t>Her Bizans'a Bir Fatih</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753711579</t>
+          <t>9789753710466</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kışla</t>
+          <t>Menevşeler Ölmemeli</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753711562</t>
+          <t>9789753710480</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sarhoşu Dervişlerin Dini Tasuvvuf</t>
+          <t>Saraydaki Casus</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753711524</t>
+          <t>9789753711081</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Aldatılmamak İçin Anlamak</t>
+          <t>Ermeni Sorunu</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>560</v>
+        <v>500</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
+          <t>9789753710916</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Günbatımı</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789753710718</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789753710695</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Yaratılış ve Türeyiş</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789753710732</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım Yunus Emre</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789753711029</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Dünden Bugüne ve Yarına 1</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789753710435</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Mahpus - Ebu Hanife</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789753710381</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Türk İslam Efsaneleri</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789753711050</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Musul Komplosu</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789753711197</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Prof. Dr. Osman Turan'a Göre Din ve Türk Cihan Hakimiyeti</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789753710800</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Bir Dar Kapıda</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789753711180</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Misyonerlerin Hedef Kitleleri ve Faaliyetleri</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789753711128</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Gelincikte Kan Var!</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789753710367</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Topraklarda Casuslar Savaşı</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789753710039</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Dünki Türkiye 4. Kitap: Konak</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789753710817</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Yürüyüşü</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789753711203</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Fener Rum Ortodoks Patrik'i Ekümenik Mi?</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789753711302</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Kırım Kırımı - Bütün Eserleri:46</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789753710077</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Dünki Türkiye 8. Kitap: Geçitteki Ülke</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789753710756</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Boyun Eğiş - Bir Ömür Boyu Kıbrıs 1</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789753711630</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Var Olma Sorumluluğu</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789753711623</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Çember</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789753711531</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Boraltan Köprüsü</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789753710138</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıkta Mum Işığı - Bütün Eserleri 16</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789753710794</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Sarkacı - Bütün Eserleri 40</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789753711579</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Kışla</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789753711562</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Sarhoşu Dervişlerin Dini Tasuvvuf</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789753711524</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Aldatılmamak İçin Anlamak</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
           <t>9789753711609</t>
         </is>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Düşünce Gücü</t>
         </is>
       </c>
-      <c r="C121" s="1">
+      <c r="C148" s="1">
         <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>