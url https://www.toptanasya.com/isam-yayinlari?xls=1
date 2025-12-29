--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,3130 +85,3175 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753899239</t>
+          <t>9789753899925</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kelama Giriş</t>
+          <t>Eyyubiler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753899246</t>
+          <t>9786254287299</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Cilt: 1</t>
+          <t>Teftazani'de İnsan, Bilgi ve Varlık İlişkisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>680</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056866951</t>
+          <t>9786254287503</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Risale Fi Edebil-Müfti (Mehmed Fıkhi el-Ayni) (Ciltli)</t>
+          <t>Safevi Şiasında Sufi Fakih Mücadelesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254281334</t>
+          <t>9789753899239</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>El-Ü’l-Aliyye Fi Teracimi Müteahhiri’l-Hanefiyye (Ciltli)</t>
+          <t>Kelama Giriş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>3900</v>
+        <v>245</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258023336</t>
+          <t>9789753899246</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Et Temhid Li Kavaidit Tevhid</t>
+          <t>Selçuklular Cilt: 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>680</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055586539</t>
+          <t>9786056866951</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadı Sicilleri Rumeli Sadareti Mhk. 21 Nolu Sicil (Cilt-12)</t>
+          <t>Risale Fi Edebil-Müfti (Mehmed Fıkhi el-Ayni) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>780</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055586416</t>
+          <t>9786254281334</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan'da Din</t>
+          <t>El-Ü’l-Aliyye Fi Teracimi Müteahhiri’l-Hanefiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>245</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753899666</t>
+          <t>9786258023336</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim ve Düşünce Geleneğinde Kadi Beyzavi</t>
+          <t>Et Temhid Li Kavaidit Tevhid</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753899680</t>
+          <t>9786055586539</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nahiv ve Fıkıh Usulü İlişkisi</t>
+          <t>İstanbul Kadı Sicilleri Rumeli Sadareti Mhk. 21 Nolu Sicil (Cilt-12)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>260</v>
+        <v>780</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753898751</t>
+          <t>9786055586416</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İmamiyye Şiası'nın Oluşumu</t>
+          <t>Azerbaycan'da Din</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753895378</t>
+          <t>9789753899666</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi</t>
+          <t>İslam İlim ve Düşünce Geleneğinde Kadi Beyzavi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055586171</t>
+          <t>9789753899680</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Avrupa - Seyahat, Karşılama ve Etkileşim</t>
+          <t>Nahiv ve Fıkıh Usulü İlişkisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055586270</t>
+          <t>9789753898751</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nizam-ı Kadim’den Nizam-ı Cedid’e 3. Selim ve Dönemi / Selim 3 and His Era From Ancien Regime to New Order</t>
+          <t>İmamiyye Şiası'nın Oluşumu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753899352</t>
+          <t>9789753895378</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nahivciler ile Mantıkçılar Arasındaki Tartışmalar</t>
+          <t>Sadreddin Konevi</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055586034</t>
+          <t>9786055586171</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadı Sicilleri - Üsküdar Mahkemesi 2 Numaralı Sicil (Ciltli)</t>
+          <t>Osmanlılar ve Avrupa - Seyahat, Karşılama ve Etkileşim</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>780</v>
+        <v>390</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055586119</t>
+          <t>9786055586270</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadı Sicilleri - Üsküdar Mahkemesi 17 Numaralı Sicil (H. 956-963 / M. 1549-1556) (Ciltli)</t>
+          <t>Nizam-ı Kadim’den Nizam-ı Cedid’e 3. Selim ve Dönemi / Selim 3 and His Era From Ancien Regime to New Order</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>780</v>
+        <v>420</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055586805</t>
+          <t>9789753899352</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’daki Türk Kütüphaneleri</t>
+          <t>Nahivciler ile Mantıkçılar Arasındaki Tartışmalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753894777</t>
+          <t>9786055586034</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Allah İnancı</t>
+          <t>İstanbul Kadı Sicilleri - Üsküdar Mahkemesi 2 Numaralı Sicil (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>780</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753898799</t>
+          <t>9786055586119</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı</t>
+          <t>İstanbul Kadı Sicilleri - Üsküdar Mahkemesi 17 Numaralı Sicil (H. 956-963 / M. 1549-1556) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>195</v>
+        <v>780</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254287343</t>
+          <t>9786055586805</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi - Tarih ve Problemler 2 Cilt</t>
+          <t>Anadolu’daki Türk Kütüphaneleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1000</v>
+        <v>260</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054829255</t>
+          <t>9789753894777</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Dil İlimleri Tarih ve Problemler</t>
+          <t>Allah İnancı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753899109</t>
+          <t>9789753898799</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Haber ve İnşa</t>
+          <t>İslam ve Batı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>485</v>
+        <v>195</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055586973</t>
+          <t>9786254287343</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Zaifi'nin Sergüzeştname'si</t>
+          <t>İslam Felsefesi - Tarih ve Problemler 2 Cilt</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753898546</t>
+          <t>9786254284496</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Fıkıh Tarihi İncelemeleri</t>
+          <t>İslam Medeniyetinde Dil İlimleri Tarih ve Problemler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055586898</t>
+          <t>9789753899109</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Delil ve İstidlalin Mantıki Yapısı</t>
+          <t>Haber ve İnşa</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>270</v>
+        <v>485</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058126152</t>
+          <t>9786055586973</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Fethinden Samaniler'in Yıkılışına Kadar Semerkant Tarihi</t>
+          <t>Zaifi'nin Sergüzeştname'si</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>840</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054829132</t>
+          <t>9789753898546</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Din, İlim ve Sanatta Hermenötik</t>
+          <t>Fıkıh ve Fıkıh Tarihi İncelemeleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054829224</t>
+          <t>9786055586898</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l - Arabi</t>
+          <t>Delil ve İstidlalin Mantıki Yapısı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257069601</t>
+          <t>9786058126152</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tesdidü’l-Kavaid Fi Şerhi Tecridi’l Akaid 3. Cilt</t>
+          <t>Fethinden Samaniler'in Yıkılışına Kadar Semerkant Tarihi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1040</v>
+        <v>840</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057580856</t>
+          <t>9786054829132</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Temel İslam Ansiklopedisi (8 Cilt)</t>
+          <t>Din, İlim ve Sanatta Hermenötik</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>3500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055586836</t>
+          <t>9786054829224</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadı Sicilleri - Galata Mahkemesi 15 Numaralı Sicil Cilt 34 (Ciltli)</t>
+          <t>İbnü'l - Arabi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>780</v>
+        <v>195</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254284472</t>
+          <t>9786257069601</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zihni Efendi - Hayatı, Eserleri ve Arapça Öğretimindeki Yeri</t>
+          <t>Tesdidü’l-Kavaid Fi Şerhi Tecridi’l Akaid 3. Cilt</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>490</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254284489</t>
+          <t>9786057580856</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Şem'i Efendi ve Mesnevi Şerhi</t>
+          <t>Temel İslam Ansiklopedisi (8 Cilt)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>750</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254286711</t>
+          <t>9786055586836</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Musiki</t>
+          <t>İstanbul Kadı Sicilleri - Galata Mahkemesi 15 Numaralı Sicil Cilt 34 (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>780</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254286612</t>
+          <t>9786254284472</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Memlük Kudüsünde Alimler ve Eğitim Kurumları</t>
+          <t>Mehmed Zihni Efendi - Hayatı, Eserleri ve Arapça Öğretimindeki Yeri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254286087</t>
+          <t>9786254284489</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şerhul Mevakıf ve Haşiyeleri Bağlamında Nakli Delilin Kesinliği</t>
+          <t>Şem'i Efendi ve Mesnevi Şerhi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254285684</t>
+          <t>9786254286711</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Alusi Tefsirinde İrab Anlam İlişkisi</t>
+          <t>İslam Kültüründe Musiki</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257672184</t>
+          <t>9786254286612</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir-i Geylani ve Kadirilik 1-2 Cilt</t>
+          <t>Memlük Kudüsünde Alimler ve Eğitim Kurumları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>1400</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753899222</t>
+          <t>9786254286087</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İnanç Esasları</t>
+          <t>Şerhul Mevakıf ve Haşiyeleri Bağlamında Nakli Delilin Kesinliği</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>245</v>
+        <v>360</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254285196</t>
+          <t>9786254285684</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dini Terimler Sözlüğü I-II Cilt</t>
+          <t>Alusi Tefsirinde İrab Anlam İlişkisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1600</v>
+        <v>370</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055586645</t>
+          <t>9786257672184</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Nasirüddin Tüsinin Ahlak Felsefesi</t>
+          <t>Abdülkadir-i Geylani ve Kadirilik 1-2 Cilt</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>170</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055586362</t>
+          <t>9789753899222</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şemi Efendi ve Mesnevi Şerhi</t>
+          <t>İslam’ın İnanç Esasları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>420</v>
+        <v>245</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257672689</t>
+          <t>9786254285196</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Haşiyetü Ali El Kuşci Ala Şerhil Keşşaflit Teftazani Karton</t>
+          <t>Dini Terimler Sözlüğü I-II Cilt</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>210</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753894630</t>
+          <t>9786055586645</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bab-ı Meşihat Şeyhülislamlık</t>
+          <t>Nasirüddin Tüsinin Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055586775</t>
+          <t>9786055586362</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Nasirüddin Tusi’de Varlık ve Uluhiyyet</t>
+          <t>Şemi Efendi ve Mesnevi Şerhi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753895798</t>
+          <t>9786257672689</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yorumunda Şiirin Yeri</t>
+          <t>Haşiyetü Ali El Kuşci Ala Şerhil Keşşaflit Teftazani Karton</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753895521</t>
+          <t>9789753894630</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Haremeyn Fotoğrafları</t>
+          <t>Bab-ı Meşihat Şeyhülislamlık</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753893299</t>
+          <t>9786055586775</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Modernleşme</t>
+          <t>Nasirüddin Tusi’de Varlık ve Uluhiyyet</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257672450</t>
+          <t>9789753895798</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Camiu'l-Usül (2 Kitap Takım)</t>
+          <t>Kur’an Yorumunda Şiirin Yeri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>830</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753895262</t>
+          <t>9789753895521</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakülteleri Tezler Kataloğu 1</t>
+          <t>Haremeyn Fotoğrafları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753899093</t>
+          <t>9789753893299</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakülteleri Tezler Kataloğu 3 (1953-2015)</t>
+          <t>İslam ve Modernleşme</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>620</v>
+        <v>260</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753895606</t>
+          <t>9786257672450</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakülteleri Tezler Kataloğu 2</t>
+          <t>Camiu'l-Usül (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>195</v>
+        <v>830</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753899420</t>
+          <t>9789753895262</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kelamda Yenilik Arayışları 19.Yüzyıl Sonu 20.Yüzyıl Başı</t>
+          <t>İlahiyat Fakülteleri Tezler Kataloğu 1</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753898539</t>
+          <t>9789753899093</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Şer'iyye Sicilleri Vakfiyeler Kataloğu</t>
+          <t>İlahiyat Fakülteleri Tezler Kataloğu 3 (1953-2015)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>800</v>
+        <v>620</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055586461</t>
+          <t>9789753895606</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zihni Efendi</t>
+          <t>İlahiyat Fakülteleri Tezler Kataloğu 2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753891950</t>
+          <t>9789753899420</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 2</t>
+          <t>Kelamda Yenilik Arayışları 19.Yüzyıl Sonu 20.Yüzyıl Başı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753891943</t>
+          <t>9789753898539</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 1</t>
+          <t>İstanbul Şer'iyye Sicilleri Vakfiyeler Kataloğu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055586942</t>
+          <t>9786055586461</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir-i Geylani ve Kadirilik (1. Cilt)</t>
+          <t>Mehmed Zihni Efendi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753891974</t>
+          <t>9789753891950</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 4</t>
+          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 2</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753891967</t>
+          <t>9789753891943</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 3</t>
+          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 1</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055586683</t>
+          <t>9786055586942</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İzharü'l-Hak Cilt: 2</t>
+          <t>Abdülkadir-i Geylani ve Kadirilik (1. Cilt)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055586676</t>
+          <t>9789753891974</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İzharü'l-Hak Cilt: 1</t>
+          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 4</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257672481</t>
+          <t>9789753891967</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Et-Teshil (3 Cilt Takım Karton)</t>
+          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 3</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257581066</t>
+          <t>9786055586683</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tesdidü'l-Kavaid Fi Şerhi Tecridil Akaid (3 Kitap Takım Cilti) (Ciltli)</t>
+          <t>İzharü'l-Hak Cilt: 2</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>5520</v>
+        <v>195</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257581073</t>
+          <t>9786055586676</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tesdidü'l-Kavaid Fi Şerhi Tecridil Akaid (3 Kitap Takım Karton)</t>
+          <t>İzharü'l-Hak Cilt: 1</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>2800</v>
+        <v>195</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054829118</t>
+          <t>9786257672481</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Din Felsefesinde Epistemolojik Yaklaşımlar ve Tanrı İnancının Rasyonelliği</t>
+          <t>Et-Teshil (3 Cilt Takım Karton)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>245</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055586843</t>
+          <t>9786257581066</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakülteleri Tezler Kataloğu</t>
+          <t>Tesdidü'l-Kavaid Fi Şerhi Tecridil Akaid (3 Kitap Takım Cilti) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>5520</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054829217</t>
+          <t>9786257581073</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Üç Pirin Mürşidi</t>
+          <t>Tesdidü'l-Kavaid Fi Şerhi Tecridil Akaid (3 Kitap Takım Karton)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>485</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786025506369</t>
+          <t>9786054829118</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 39</t>
+          <t>Çağdaş Din Felsefesinde Epistemolojik Yaklaşımlar ve Tanrı İnancının Rasyonelliği</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257581219</t>
+          <t>9786055586843</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İrşadü'l-Akli's-Selim ila Mezaya'l-Kitabi'l-Kerim Ebessuud (9 Cilt Takım)</t>
+          <t>İlahiyat Fakülteleri Tezler Kataloğu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>10400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786002550636</t>
+          <t>9786054829217</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Araştırmaları Muhtelif Sayıları</t>
+          <t>Üç Pirin Mürşidi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>325</v>
+        <v>485</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753898959</t>
+          <t>9786025506369</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Et Temhid Fi Beyanit Tevhid (Ciltli)</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 39</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057580320</t>
+          <t>9786257581219</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Lübabü'l-kelam (Ciltli)</t>
+          <t>İrşadü'l-Akli's-Selim ila Mezaya'l-Kitabi'l-Kerim Ebessuud (9 Cilt Takım)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>840</v>
+        <v>10400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254285721</t>
+          <t>9786002550636</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Şerif El Cürcani</t>
+          <t>Osmanlı Araştırmaları Muhtelif Sayıları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254285899</t>
+          <t>9789753898959</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şerhu Semtil Vüsul İla İlmil Usul (Ciltli)</t>
+          <t>Et Temhid Fi Beyanit Tevhid (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254285837</t>
+          <t>9786057580320</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tahsilü Usulil Fıkh ve Tafsilül Makalat Fiha Alel Vech (Ciltli)</t>
+          <t>Lübabü'l-kelam (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1040</v>
+        <v>840</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057580764</t>
+          <t>9786254285721</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Üç Pirin Mürşidi Halvetiyye Ramazaniyye Kolu ve Köstendilli Ali Alaeddin Efendi</t>
+          <t>Seyyid Şerif El Cürcani</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>485</v>
+        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057580900</t>
+          <t>9786254285899</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Din İlim ve Sanatta Hermenötik</t>
+          <t>Şerhu Semtil Vüsul İla İlmil Usul (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>245</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753898911</t>
+          <t>9786254285837</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Emeviler</t>
+          <t>Tahsilü Usulil Fıkh ve Tafsilül Makalat Fiha Alel Vech (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>310</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254282676</t>
+          <t>9786057580764</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi</t>
+          <t>Üç Pirin Mürşidi Halvetiyye Ramazaniyye Kolu ve Köstendilli Ali Alaeddin Efendi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>245</v>
+        <v>485</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753898041</t>
+          <t>9786057580900</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İbrahimden Ezraya İsrailoğulları Tarihi</t>
+          <t>Din İlim ve Sanatta Hermenötik</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>310</v>
+        <v>245</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254283116</t>
+          <t>9789753898911</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Osmanlı Araştırmaları</t>
+          <t>Emeviler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254283284</t>
+          <t>9786254282676</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dönemi ve İlim Çevresi Işığında Yanyalı Esad Efendi</t>
+          <t>Sadreddin Konevi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>700</v>
+        <v>245</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254284168</t>
+          <t>9789753898041</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Resail Fi’l Fıkh</t>
+          <t>İbrahimden Ezraya İsrailoğulları Tarihi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1550</v>
+        <v>310</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753899444</t>
+          <t>9786254283116</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik</t>
+          <t>Dünden Bugüne Osmanlı Araştırmaları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057580474</t>
+          <t>9786254283284</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Giriş</t>
+          <t>Dönemi ve İlim Çevresi Işığında Yanyalı Esad Efendi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753899895</t>
+          <t>9786254284168</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina</t>
+          <t>Resail Fi’l Fıkh</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753899178</t>
+          <t>9789753899444</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlık</t>
+          <t>Yahudilik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257069250</t>
+          <t>9786057580474</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hadis Rivayetinde Ravi Tasarrufları ve Doğurduğu Problemler</t>
+          <t>Kur’an’a Giriş</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257205641</t>
+          <t>9789753899895</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Fethu’l-Bari ve Umdetü’l-Kari’nin Metin Tahlili Açısından İncelenmesi</t>
+          <t>İbn Sina</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753899154</t>
+          <t>9789753899178</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Batı Düşüncesi</t>
+          <t>Hıristiyanlık</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753899147</t>
+          <t>9786257069250</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Ve Kültürel Boyutlarıyla Alevilik</t>
+          <t>Hadis Rivayetinde Ravi Tasarrufları ve Doğurduğu Problemler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753898935</t>
+          <t>9786257205641</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Çağının Osmanlı Sultanları 2</t>
+          <t>Fethu’l-Bari ve Umdetü’l-Kari’nin Metin Tahlili Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254284182</t>
+          <t>9789753899154</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukukuna Giriş</t>
+          <t>Batı Düşüncesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254281297</t>
+          <t>9789753899147</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>El Lüma Fil Hudus Vel Kıdem Vel Kaza Vel Kader ve Tahkikit Teklif</t>
+          <t>Tarihsel Ve Kültürel Boyutlarıyla Alevilik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254281129</t>
+          <t>9789753898935</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>El-Kifaye Fi'l-Hidaye (Prestij) (Ciltli)</t>
+          <t>İmparatorluk Çağının Osmanlı Sultanları 2</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1040</v>
+        <v>360</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254281105</t>
+          <t>9786254284182</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>El-Münteka Min İsmeti'l-enbiya (Prestij) (Ciltli)</t>
+          <t>Osmanlı Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1040</v>
+        <v>190</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254281075</t>
+          <t>9786254281297</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Levamiu'l-burhan ve Kavatiu'l-beyan Fi Meani'l-Kur'ân (Prestij) 1-2 (Ciltli)</t>
+          <t>El Lüma Fil Hudus Vel Kıdem Vel Kaza Vel Kader ve Tahkikit Teklif</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>2435</v>
+        <v>440</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254280566</t>
+          <t>9786254281129</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tenkitli Neşir Kılavuzu (Osmanlı Türkçesi Metinleri İçin)</t>
+          <t>El-Kifaye Fi'l-Hidaye (Prestij) (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>245</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786254281303</t>
+          <t>9786254281105</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>El-Lima fi’l-hudüs ve'l-Kıdem ve’l-kaza Ve’l-kader ve Tahkiki’t -teklif “Prestij ” (Ciltli)</t>
+          <t>El-Münteka Min İsmeti'l-enbiya (Prestij) (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1300</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786254281068</t>
+          <t>9786254281075</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Fakihi İbn Abidin</t>
+          <t>Levamiu'l-burhan ve Kavatiu'l-beyan Fi Meani'l-Kur'ân (Prestij) 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>485</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254280603</t>
+          <t>9786254280566</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>El Hevadi Fi Şerhil Mesalik</t>
+          <t>Tenkitli Neşir Kılavuzu (Osmanlı Türkçesi Metinleri İçin)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>440</v>
+        <v>245</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254280597</t>
+          <t>9786254281303</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>El Hevadi Fi Şerhil Mesalik Prestij (Ciltli)</t>
+          <t>El-Lima fi’l-hudüs ve'l-Kıdem ve’l-kaza Ve’l-kader ve Tahkiki’t -teklif “Prestij ” (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>2250</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258023978</t>
+          <t>9786254281068</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>El-Fetava's-Sugra Prestij 1-2 Cilt (Ciltli)</t>
+          <t>Bir Osmanlı Fakihi İbn Abidin</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>3150</v>
+        <v>485</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258023947</t>
+          <t>9786254280603</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>El-Fetava’s-Sugra Karton 1-2 Cilt</t>
+          <t>El Hevadi Fi Şerhil Mesalik</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1460</v>
+        <v>440</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258023329</t>
+          <t>9786254280597</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Et Temhid Li Kavaidit Tevhid Prestij (Ciltli)</t>
+          <t>El Hevadi Fi Şerhil Mesalik Prestij (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1500</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055586508</t>
+          <t>9786258023978</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadı Sicilleri Rumeli Sadareti Mhk. 21 Nolu Sicil (Cilt-12)</t>
+          <t>El-Fetava's-Sugra Prestij 1-2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>780</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257581035</t>
+          <t>9786258023947</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İbn Abidin Şerhu Ukudi Resmil Müfti Prestij (Ciltli)</t>
+          <t>El-Fetava’s-Sugra Karton 1-2 Cilt</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>1600</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257581042</t>
+          <t>9786258023329</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İbn Abidin Şerhu Ukudi Resmil Müfti</t>
+          <t>Et Temhid Li Kavaidit Tevhid Prestij (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>650</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258023022</t>
+          <t>9786055586508</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Şerhul Camiis Sagir 2 Cilt Takım Karton</t>
+          <t>İstanbul Kadı Sicilleri Rumeli Sadareti Mhk. 21 Nolu Sicil (Cilt-12)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1300</v>
+        <v>780</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753898898</t>
+          <t>9786257581035</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Ek 2. Cilt (K-Z)</t>
+          <t>İbn Abidin Şerhu Ukudi Resmil Müfti Prestij (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>650</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257205788</t>
+          <t>9786257581042</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Et Tesdid Fi Şerhit Temhid I II (Prestij) (Ciltli)</t>
+          <t>İbn Abidin Şerhu Ukudi Resmil Müfti</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>2270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057580085</t>
+          <t>9786258023022</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>El Keşşaf Literatürü Bir Tefsir Klasiğinin Etki Tarihi</t>
+          <t>Şerhul Camiis Sagir 2 Cilt Takım Karton</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>290</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257069489</t>
+          <t>9789753898898</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tesdidül Kavaid Fi Şerhi Tecridil Akaid III Prestij (Ciltli)</t>
+          <t>İslam Ansiklopedisi Ek 2. Cilt (K-Z)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>1560</v>
+        <v>650</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057580122</t>
+          <t>9786257205788</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dirasat Fıkhiyye ve Usüliyye</t>
+          <t>Et Tesdid Fi Şerhit Temhid I II (Prestij) (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>400</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057580757</t>
+          <t>9786057580085</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Allah İnancı</t>
+          <t>El Keşşaf Literatürü Bir Tefsir Klasiğinin Etki Tarihi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789759548070</t>
+          <t>9786257069489</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Metodolojisinde Tahsis</t>
+          <t>Tesdidül Kavaid Fi Şerhi Tecridil Akaid III Prestij (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>590</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258023121</t>
+          <t>9786057580122</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sinan bin Abdülmennan</t>
+          <t>Dirasat Fıkhiyye ve Usüliyye</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055586348</t>
+          <t>9786057580757</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kadı Sicillerinde İstanbul (Ciltli)</t>
+          <t>Allah İnancı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>780</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258023923</t>
+          <t>9789759548070</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Tefsir Geleneğinde Nakil Anlayışı</t>
+          <t>İslam Hukuk Metodolojisinde Tahsis</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>400</v>
+        <v>590</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258122008</t>
+          <t>9786258023121</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim Geleneğinde Nevevi</t>
+          <t>Sinan bin Abdülmennan</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>1300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257581998</t>
+          <t>9786055586348</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şemsüleimme Es Serahsi Ö. 483-1090 Şerhul Camiis Sagir Prestij 2 Cilt Arapça (Ciltli)</t>
+          <t>Kadı Sicillerinde İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>3600</v>
+        <v>780</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258023138</t>
+          <t>9786258023923</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Cüveyni’nin Kıyas Anlayışı</t>
+          <t>Erken Dönem Tefsir Geleneğinde Nakil Anlayışı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257581318</t>
+          <t>9786258122008</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İrşadü'l-Akli's-Selim ila Mezaya'l-Kitabi'l-Kerim (9 Cilt Takım) (Ciltli)</t>
+          <t>İslam İlim Geleneğinde Nevevi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>6820</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257672528</t>
+          <t>9786257581998</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Müfessir Olarak Ali Kuşçu</t>
+          <t>Şemsüleimme Es Serahsi Ö. 483-1090 Şerhul Camiis Sagir Prestij 2 Cilt Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>210</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257672672</t>
+          <t>9786258023138</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Haşiyetü Ali El-Kuşci Ala Şerhi'l-Keşşaf Lit-Teftazani (Ciltli)</t>
+          <t>Cüveyni’nin Kıyas Anlayışı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257205924</t>
+          <t>9786257581318</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Siyerde Şerh-Haşiye Geleneği</t>
+          <t>İrşadü'l-Akli's-Selim ila Mezaya'l-Kitabi'l-Kerim (9 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>400</v>
+        <v>6820</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257672009</t>
+          <t>9786257672528</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Cisim Teorisi Hikmetü’l-Ayn Geleneği</t>
+          <t>Müfessir Olarak Ali Kuşçu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257205818</t>
+          <t>9786257672672</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Et-Tesdid Fi Şerhi’t-Temhid (2 Cilt Takım)</t>
+          <t>Haşiyetü Ali El-Kuşci Ala Şerhi'l-Keşşaf Lit-Teftazani (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1040</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257205993</t>
+          <t>9786257205924</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukuku</t>
+          <t>Siyerde Şerh-Haşiye Geleneği</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257205634</t>
+          <t>9786257672009</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kelamcı Usulcülerin Delalet Anlayışı</t>
+          <t>İslam Felsefesinde Cisim Teorisi Hikmetü’l-Ayn Geleneği</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257069847</t>
+          <t>9786257205818</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Lübbü'l Usül</t>
+          <t>Et-Tesdid Fi Şerhi’t-Temhid (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>520</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257069823</t>
+          <t>9786257205993</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Lübbü'l Usül - Prestij (Ciltli)</t>
+          <t>Osmanlı Hukuku</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>1300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257069571</t>
+          <t>9786257205634</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tesdidü'l-kavaid fi Şerhi Tecridi'l-akaid (3 Cilt Takım)</t>
+          <t>Kelamcı Usulcülerin Delalet Anlayışı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>2800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257069458</t>
+          <t>9786257069847</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tesdidü'l-Kavaid fi Şerhi Tecridi'l-Akaid (2 Cilt Takım) (Ciltli)</t>
+          <t>Lübbü'l Usül</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>5520</v>
+        <v>520</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257069939</t>
+          <t>9786257069823</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Endonezya’da İslam ve Hollanda Sömürgeciliği</t>
+          <t>Lübbü'l Usül - Prestij (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>290</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257069632</t>
+          <t>9786257069571</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Rahmetullah el-Hindi İzharü’l-Hak 2 Cilt Takım</t>
+          <t>Tesdidü'l-kavaid fi Şerhi Tecridi'l-akaid (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>1135</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257069007</t>
+          <t>9786257069458</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l - Usül Fi Beyani’l - Kavaidi’l (2 Cilt Takım) (Ciltli)</t>
+          <t>Tesdidü'l-Kavaid fi Şerhi Tecridi'l-Akaid (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>2100</v>
+        <v>5520</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057580672</t>
+          <t>9786257069939</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Et Teshil Şerhu Letaifil İşarat (3 Kitap) (Ciltli)</t>
+          <t>Endonezya’da İslam ve Hollanda Sömürgeciliği</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>4400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057580986</t>
+          <t>9786257069632</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Nuh Kanunları ve Nuhilik</t>
+          <t>Rahmetullah el-Hindi İzharü’l-Hak 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>680</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057580139</t>
+          <t>9786257069007</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Tefsirlerde İsrailiyat Eleştirisi</t>
+          <t>Camiu’l - Usül Fi Beyani’l - Kavaidi’l (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>320</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786058161894</t>
+          <t>9786057580672</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ebu İshak Es Saffarın Kelam Yönetimi</t>
+          <t>Et Teshil Şerhu Letaifil İşarat (3 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753899581</t>
+          <t>9786057580986</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Nuh Kanunları ve Nuhilik</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>680</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257069724</t>
+          <t>9786057580139</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Panİslamizm Osmanlı Devleti Hindistan Müslümanları ve İngiltere (1877-1924)</t>
+          <t>Çağdaş Tefsirlerde İsrailiyat Eleştirisi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786056866975</t>
+          <t>9786058161894</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Meanil-esmail-ilahiyye (Afifüddin et-Tilimsani) (Ciltli)</t>
+          <t>Ebu İshak Es Saffarın Kelam Yönetimi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>1950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753898706</t>
+          <t>9789753899581</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Şia'da Gaybet İnancı ve Gaip On İkinci İmam El-Mehdi</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786056866944</t>
+          <t>9786257069724</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Şerhul-Fatiha ve Bazı Suretil-Bakara (Afifüddin et-Tilimsani) (Ciltli)</t>
+          <t>Panİslamizm Osmanlı Devleti Hindistan Müslümanları ve İngiltere (1877-1924)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>1950</v>
+        <v>375</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753898003</t>
+          <t>9786056866975</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kitabü't-Tevhid - Açıklamalı Tercüme (Ciltli)</t>
+          <t>Meanil-esmail-ilahiyye (Afifüddin et-Tilimsani) (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>1600</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057580108</t>
+          <t>9789753898706</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin - Bir Osmanlı Fakihi</t>
+          <t>Şia'da Gaybet İnancı ve Gaip On İkinci İmam El-Mehdi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786056866906</t>
+          <t>9786056866944</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İmam Eş'ari'nin Kelam Düşüncesi</t>
+          <t>Şerhul-Fatiha ve Bazı Suretil-Bakara (Afifüddin et-Tilimsani) (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>765</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054829071</t>
+          <t>9789753898003</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İsam Konuşmaları</t>
+          <t>Kitabü't-Tevhid - Açıklamalı Tercüme (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786058126138</t>
+          <t>9786057580108</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina'da Metafizik Bilginin İmkanı</t>
+          <t>Şeyh Bedreddin - Bir Osmanlı Fakihi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>450</v>
+        <v>245</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753899253</t>
+          <t>9786056866906</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed</t>
+          <t>İmam Eş'ari'nin Kelam Düşüncesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>160</v>
+        <v>765</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786058126190</t>
+          <t>9786054829071</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kitabü Takribl Garib</t>
+          <t>İsam Konuşmaları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>3250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753899291</t>
+          <t>9786058126138</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Sosyal Sorumluluk</t>
+          <t>İbn Sina'da Metafizik Bilginin İmkanı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753899932</t>
+          <t>9789753899253</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Selametü'l-İnsan fi Muhafazati'l-lisan (Ciltli)</t>
+          <t>Son Peygamber Hz. Muhammed</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>2500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753899703</t>
+          <t>9786058126190</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İsam Tahkikli Neşir Kılavuzu</t>
+          <t>Kitabü Takribl Garib</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753899697</t>
+          <t>9789753899291</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim ve Düşünce Geleneğinde Adudüddin el-İci</t>
+          <t>İslam Hukukunda Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>900</v>
+        <v>260</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753899185</t>
+          <t>9789753899932</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l-Arabi</t>
+          <t>Selametü'l-İnsan fi Muhafazati'l-lisan (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753899673</t>
+          <t>9789753899703</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Maturidi Kelamında Tevil</t>
+          <t>İsam Tahkikli Neşir Kılavuzu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055586874</t>
+          <t>9789753899697</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadı Sicilleri Galata Mahkemesi 90 Numaralı Sicil (H. 1073-1074 / M. 1663) (Ciltli)</t>
+          <t>İslam İlim ve Düşünce Geleneğinde Adudüddin el-İci</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>780</v>
+        <v>900</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753898980</t>
+          <t>9789753899185</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hadisleri Anlama Sorunu</t>
+          <t>İbnü'l-Arabi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753899307</t>
+          <t>9789753899673</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ebül Berekat El Bağdadi Felsefesinde Tanrı</t>
+          <t>Maturidi Kelamında Tevil</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057580566</t>
+          <t>9786055586874</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Buhara Hukuk Okulu</t>
+          <t>İstanbul Kadı Sicilleri Galata Mahkemesi 90 Numaralı Sicil (H. 1073-1074 / M. 1663) (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>245</v>
+        <v>780</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753899390</t>
+          <t>9789753898980</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kitabü't - Tevhid (Arapça) (Ciltli)</t>
+          <t>Hadisleri Anlama Sorunu</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>2250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753899635</t>
+          <t>9789753899307</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kitabü't-Tevhid Açıklamalı Tercüme</t>
+          <t>Ebül Berekat El Bağdadi Felsefesinde Tanrı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>800</v>
+        <v>245</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753899628</t>
+          <t>9786057580566</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l Kavaidi'l - Külliyye Fi Cümletin Mine'l Fününil İlmiyye</t>
+          <t>Buhara Hukuk Okulu</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>1265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054829279</t>
+          <t>9789753899390</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Haşiye Geleneği Ve Şeyhzade'nin Envarüt-Tenzil Haşiyesi</t>
+          <t>Kitabü't - Tevhid (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>375</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257205764</t>
+          <t>9789753899635</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dini Epistemolojiye Giriş - Tanrı İnancının Rasyonelliği</t>
+          <t>Kitabü't-Tevhid Açıklamalı Tercüme</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753899123</t>
+          <t>9789753899628</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sıdkın Semantik Serüveni Kuranda Doğruluk ve Samimiyet</t>
+          <t>Kitabü'l Kavaidi'l - Külliyye Fi Cümletin Mine'l Fününil İlmiyye</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>290</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789753899383</t>
+          <t>9786054829279</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamberi Müjdelemek (Beşairün-Nübüvve)</t>
+          <t>Tefsirde Haşiye Geleneği Ve Şeyhzade'nin Envarüt-Tenzil Haşiyesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753895903</t>
+          <t>9786257205764</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 38 (Ciltli)</t>
+          <t>Dini Epistemolojiye Giriş - Tanrı İnancının Rasyonelliği</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753899574</t>
+          <t>9789753899123</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafinin Kıyas Anlayışı</t>
+          <t>Sıdkın Semantik Serüveni Kuranda Doğruluk ve Samimiyet</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753899116</t>
+          <t>9789753899383</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ebü Zehre ve Tefsiri</t>
+          <t>Son Peygamberi Müjdelemek (Beşairün-Nübüvve)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257069243</t>
+          <t>9789753895903</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Memlükler (1250-1517)</t>
+          <t>İslam Ansiklopedisi Cilt: 38 (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>245</v>
+        <v>650</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753898638</t>
+          <t>9789753899574</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Ülkelerinde Din-Devlet İlişkisi</t>
+          <t>İmam Şafinin Kıyas Anlayışı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753898997</t>
+          <t>9789753899116</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Dönemi Osmanlı Sultanları</t>
+          <t>Muhammed Ebü Zehre ve Tefsiri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753898973</t>
+          <t>9786257069243</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla Yahudilik</t>
+          <t>Memlükler (1250-1517)</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789753898966</t>
+          <t>9789753898638</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler (750-1258)</t>
+          <t>Avrupa Birliği Ülkelerinde Din-Devlet İlişkisi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789753899437</t>
+          <t>9789753898997</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Gülen Yapılanması 15 Temmuza Giden Süreçte Fetönün Analizi ve Tavsiyeler</t>
+          <t>Kuruluş Dönemi Osmanlı Sultanları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753899277</t>
+          <t>9789753898973</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Çağının Osmanlı Sultanları - III</t>
+          <t>Anahatlarıyla Yahudilik</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753899321</t>
+          <t>9789753898966</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Cübbailer'in Kelam Sistemi</t>
+          <t>Abbasiler (750-1258)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786254280757</t>
+          <t>9789753899437</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Fahreddin er-Razi Mektebi</t>
+          <t>Gülen Yapılanması 15 Temmuza Giden Süreçte Fetönün Analizi ve Tavsiyeler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753899949</t>
+          <t>9789753899277</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd</t>
+          <t>İmparatorluk Çağının Osmanlı Sultanları - III</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789753899192</t>
+          <t>9789753899321</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Bilgi ve Bilim</t>
+          <t>Cübbailer'in Kelam Sistemi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257205719</t>
+          <t>9786254280757</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Zeydiyye-Mu’tezile Etkileşimi</t>
+          <t>Fıkıh Usulünde Fahreddin er-Razi Mektebi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753899031</t>
+          <t>9789753899949</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Çağının Osmanlı Sultanları 1</t>
+          <t>İbn Rüşd</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789753899314</t>
+          <t>9789753899192</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünün Mahiyeti ve Gayesi</t>
+          <t>İslam Medeniyetinde Bilgi ve Bilim</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>420</v>
+        <v>245</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057580405</t>
+          <t>9786257205719</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Müşterek Ravi Teorisi ve Tenkidi</t>
+          <t>Zeydiyye-Mu’tezile Etkileşimi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>440</v>
+        <v>245</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258023053</t>
+          <t>9789753899031</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Delil ve İstidlalin Mantıki Yapısı İlk Dönem Sünni Kelam Örneği</t>
+          <t>İmparatorluk Çağının Osmanlı Sultanları 1</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789753898645</t>
+          <t>9789753899314</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Endülüs</t>
+          <t>Fıkıh Usulünün Mahiyeti ve Gayesi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786058161887</t>
+          <t>9786057580405</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü İncelemeleri</t>
+          <t>Müşterek Ravi Teorisi ve Tenkidi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789753899161</t>
+          <t>9786258023053</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Doğu Dinleri</t>
+          <t>Delil ve İstidlalin Mantıki Yapısı İlk Dönem Sünni Kelam Örneği</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057580733</t>
+          <t>9789753898645</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Kıraat Algısına Eleştirel Bir Yaklaşım</t>
+          <t>Endülüs</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789753899369</t>
+          <t>9786058161887</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminde Rical Bilgisi ve Kaynakları</t>
+          <t>Fıkıh Usulü İncelemeleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786058126114</t>
+          <t>9789753899161</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Tarikatlar Tarih ve Kültür</t>
+          <t>Doğu Dinleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>1300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786058126145</t>
+          <t>9786057580733</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Dönüşüm Çağında Fahreddin Er-Razı</t>
+          <t>Geleneksel Kıraat Algısına Eleştirel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789753899000</t>
+          <t>9789753899369</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İdare ve Ekonomi Tarihi</t>
+          <t>Hadis İlminde Rical Bilgisi ve Kaynakları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>245</v>
+        <v>800</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789753899215</t>
+          <t>9786058126114</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Yolu: Sünnet</t>
+          <t>Türkiye'de Tarikatlar Tarih ve Kültür</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789753899208</t>
+          <t>9786058126145</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatı</t>
+          <t>İslam Düşüncesinin Dönüşüm Çağında Fahreddin Er-Razı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>245</v>
+        <v>420</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789753899659</t>
+          <t>9789753899000</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İslam Estetiği</t>
+          <t>Osmanlı İdare ve Ekonomi Tarihi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789753899376</t>
+          <t>9789753899215</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sebepleri ve Sonuçları Açısından Hz. Peygamber’in Savaşları</t>
+          <t>İslam'ın Yolu: Sünnet</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>765</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789753897945</t>
+          <t>9789753899208</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve İslam Tasavvuru</t>
+          <t>İslam Sanatı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789753899901</t>
+          <t>9789753899659</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Giriş</t>
+          <t>İslam Estetiği</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789753899345</t>
+          <t>9789753899376</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Memlükler Döneminde Vezirlik 1250 - 1517</t>
+          <t>Sebepleri ve Sonuçları Açısından Hz. Peygamber’in Savaşları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>245</v>
+        <v>765</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
+          <t>9789753897945</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Türkler ve İslam Tasavvuru</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789753899901</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Tefsire Giriş</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789753899345</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Memlükler Döneminde Vezirlik 1250 - 1517</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
           <t>9789753899024</t>
         </is>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Kelam Terimleri Sözlüğü</t>
         </is>
       </c>
-      <c r="C207" s="1">
+      <c r="C210" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>