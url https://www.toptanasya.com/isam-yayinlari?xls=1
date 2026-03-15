--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,3175 +85,4375 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753899925</t>
+          <t>9786055586188</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eyyubiler</t>
+          <t>Kur'an Yorumunda Şiirin Yeri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>105</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254287299</t>
+          <t>9786055586553</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Teftazani'de İnsan, Bilgi ve Varlık İlişkisi</t>
+          <t>Fıkıh Usulünde Mütekellimin Yönteminin Delalet Anlayışı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254287503</t>
+          <t>9789753893770</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Safevi Şiasında Sufi Fakih Mücadelesi</t>
+          <t>Doğal Afetler ve Din Marmara Depremi Üzerine Psiko Sosyolojik Bir İnceleme</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753899239</t>
+          <t>4440000000347</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kelama Giriş</t>
+          <t>Abdülkadir-i Geylani ve Kadirilik Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>245</v>
+        <v>78</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753899246</t>
+          <t>9799753894646</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Cilt: 1</t>
+          <t>Tanrı’nın Varlığına Dair Argümanlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>680</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056866951</t>
+          <t>9789753895774</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Risale Fi Edebil-Müfti (Mehmed Fıkhi el-Ayni) (Ciltli)</t>
+          <t>Şafii’nin Kıyas Anlayışı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1450</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254281334</t>
+          <t>9789753894814</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>El-Ü’l-Aliyye Fi Teracimi Müteahhiri’l-Hanefiyye (Ciltli)</t>
+          <t>Sünnet</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>3900</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258023336</t>
+          <t>3990000009258</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Et Temhid Li Kavaidit Tevhid</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 38</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>31.68</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055586539</t>
+          <t>3990000009256</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadı Sicilleri Rumeli Sadareti Mhk. 21 Nolu Sicil (Cilt-12)</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 37</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>780</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055586416</t>
+          <t>3990000009259</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan'da Din</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 35</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>245</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753899666</t>
+          <t>3990000007946</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim ve Düşünce Geleneğinde Kadi Beyzavi</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 32</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753899680</t>
+          <t>3990000009257</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nahiv ve Fıkıh Usulü İlişkisi</t>
+          <t>Osmanlı Araştırmaları - The Journa of Ottoman Studies Sayı: 28</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>260</v>
+        <v>31.68</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753898751</t>
+          <t>9786055586065</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İmamiyye Şiası'nın Oluşumu</t>
+          <t>Kuruluş Dönemi Osmanlı Sultanları 1302-1481</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753895378</t>
+          <t>9786055586287</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi</t>
+          <t>İbn Sina Felsefesinde Metafizik Bilginin İmkanı Sorunu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>245</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055586171</t>
+          <t>9786055586195</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Avrupa - Seyahat, Karşılama ve Etkileşim</t>
+          <t>Dini Hükümlerin Kaynağı ve Dini Metinlerin Anlaşılması</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055586270</t>
+          <t>9786055586263</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nizam-ı Kadim’den Nizam-ı Cedid’e 3. Selim ve Dönemi / Selim 3 and His Era From Ancien Regime to New Order</t>
+          <t>Dini Çoğulculuk, Ateizm ve Geleneksel Ekol</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>420</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753899352</t>
+          <t>9789753895859</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nahivciler ile Mantıkçılar Arasındaki Tartışmalar</t>
+          <t>İslam’ın Erken Döneminde Vergi Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>245</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055586034</t>
+          <t>9789753899338</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadı Sicilleri - Üsküdar Mahkemesi 2 Numaralı Sicil (Ciltli)</t>
+          <t>Hz. Peygamber Döneminde Çalışma Hayatı ve Meslekler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>780</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055586119</t>
+          <t>3990000016637</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadı Sicilleri - Üsküdar Mahkemesi 17 Numaralı Sicil (H. 956-963 / M. 1549-1556) (Ciltli)</t>
+          <t>Osmanlı Araştırmaları - The Journal Of Ottoman Studies Sayı: 43 / 2014</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>780</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055586805</t>
+          <t>3990000087965</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’daki Türk Kütüphaneleri</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 24</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>260</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753894777</t>
+          <t>3990000056398</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Allah İnancı</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 26</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753898799</t>
+          <t>3990000064389</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 23</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>195</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254287343</t>
+          <t>9789753894619</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi - Tarih ve Problemler 2 Cilt</t>
+          <t>Hüseyin Hilmi Paşa Evrakı Kataloğu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1000</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254284496</t>
+          <t>9786055586904</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Dil İlimleri Tarih ve Problemler</t>
+          <t>Divan Edebiyatı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>600</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753899109</t>
+          <t>3990000069563</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Haber ve İnşa</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 31</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>485</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055586973</t>
+          <t>3990000052368</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zaifi'nin Sergüzeştname'si</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 27</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753898546</t>
+          <t>3990000063451</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Fıkıh Tarihi İncelemeleri</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 25</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>440</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055586898</t>
+          <t>3990000063461</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Delil ve İstidlalin Mantıki Yapısı</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 34</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>270</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058126152</t>
+          <t>9786055586966</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Fethinden Samaniler'in Yıkılışına Kadar Semerkant Tarihi</t>
+          <t>Abdülkadir-i Geylani ve Kadirilik (2. Cilt)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>840</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054829132</t>
+          <t>3990000059865</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Din, İlim ve Sanatta Hermenötik</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 30</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>130</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054829224</t>
+          <t>3990000031510</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l - Arabi</t>
+          <t>İzharü'l-Hak 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>195</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257069601</t>
+          <t>3990000016639</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tesdidü’l-Kavaid Fi Şerhi Tecridi’l Akaid 3. Cilt</t>
+          <t>Osmanlı Araştırmaları - The Journal Of Ottoman Studies Sayı: 42 / 2013</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1040</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057580856</t>
+          <t>3990000056986</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Temel İslam Ansiklopedisi (8 Cilt)</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 29</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>3500</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055586836</t>
+          <t>9789753893930</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadı Sicilleri - Galata Mahkemesi 15 Numaralı Sicil Cilt 34 (Ciltli)</t>
+          <t>Kitabü't- Tevhid (Açıklamalı Tercüme)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>780</v>
+        <v>425</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254284472</t>
+          <t>3990000063755</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zihni Efendi - Hayatı, Eserleri ve Arapça Öğretimindeki Yeri</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 46</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>490</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254284489</t>
+          <t>3990000052364</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şem'i Efendi ve Mesnevi Şerhi</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 33</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>750</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254286711</t>
+          <t>3990000053246</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Musiki</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 22</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254286612</t>
+          <t>9786257069595</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Memlük Kudüsünde Alimler ve Eğitim Kurumları</t>
+          <t>Tesdidü'l-kavaid fi Şerhi Tecridi'l-akaid</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254286087</t>
+          <t>4440000001098</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şerhul Mevakıf ve Haşiyeleri Bağlamında Nakli Delilin Kesinliği</t>
+          <t>Keşfül Esrar ve Hetkül Estar 5 Cilt Takım Prestij (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>360</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254285684</t>
+          <t>3995201478963</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Alusi Tefsirinde İrab Anlam İlişkisi</t>
+          <t>Et Teshil Şerhu Letaifil İşarat ( 3.Cilt ) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257672184</t>
+          <t>3994445150215</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir-i Geylani ve Kadirilik 1-2 Cilt</t>
+          <t>Et Teshil Şerhu Letaifil İşarat ( 2.Cilt ) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753899222</t>
+          <t>2789785900146</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İnanç Esasları</t>
+          <t>İslam Araştırmaları Dergisi 27. Sayı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>245</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254285196</t>
+          <t>9786254289521</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dini Terimler Sözlüğü I-II Cilt</t>
+          <t>Mutezile Kelamında Duyum ve Algı Kadı Abdülcebbarın İdrak Teorisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055586645</t>
+          <t>9786055586140</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Nasirüddin Tüsinin Ahlak Felsefesi</t>
+          <t>İstanbul Kadı Sicilleri Üsküdar Mahkemsi 84 Numaralı Sicil (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>170</v>
+        <v>780</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055586362</t>
+          <t>9786055586577</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Şemi Efendi ve Mesnevi Şerhi</t>
+          <t>İstanbul Kadı Sicilleri Eyüb Mahkemesi (Havass-ı Refia) 82 Numaralı Sicil (H. 1081 / M. 1670 - 1671) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>420</v>
+        <v>780</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257672689</t>
+          <t>9786055586058</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Haşiyetü Ali El Kuşci Ala Şerhil Keşşaflit Teftazani Karton</t>
+          <t>İstanbul Kadı Sicilleri : Üsküdar Mahkemesi 9 Numaralı Sicil (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>210</v>
+        <v>780</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753894630</t>
+          <t>9786055586164</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bab-ı Meşihat Şeyhülislamlık</t>
+          <t>İstanbul Kadı Sicilleri - Üsküdar Mahkemesi 56 Numaralı Sicil Cilt 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>780</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055586775</t>
+          <t>9786055586126</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Nasirüddin Tusi’de Varlık ve Uluhiyyet</t>
+          <t>İstanbul Kadı Sicilleri - Üsküdar Mahkemesi 51 Numaralı Sicil (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>780</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753895798</t>
+          <t>9786055586010</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yorumunda Şiirin Yeri</t>
+          <t>İstanbul Kadı Sicilleri - Üsküdar Mahkemesi 5 Numaralı Sicil (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>780</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753895521</t>
+          <t>9786055586041</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Haremeyn Fotoğrafları</t>
+          <t>İstanbul Kadı Sicilleri : Üsküdar Mahkemesi 26 Numaralı Sicil (H.970-971 / M. 1562-1563) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>780</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753893299</t>
+          <t>9789753895545</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Modernleşme</t>
+          <t>İstanbul Kadı Sicilleri : Üsküdar Mahkemesi 17 Numaralı Sicil (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>780</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257672450</t>
+          <t>9786055586072</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Camiu'l-Usül (2 Kitap Takım)</t>
+          <t>İstanbul Kadı Sicilleri - Üküdar Mahkemesi 14 Numaralı Sicil (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>830</v>
+        <v>780</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753895262</t>
+          <t>9786055586201</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakülteleri Tezler Kataloğu 1</t>
+          <t>İstanbul Kadı Sicilleri - İstanbul Mahkemesi 3 Numaralı Sicil (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>195</v>
+        <v>780</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753899093</t>
+          <t>9786055586225</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakülteleri Tezler Kataloğu 3 (1953-2015)</t>
+          <t>İstanbul Kadı Sicilleri - İstanbul Mahkemesi 18 Numaralı Sicil (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>620</v>
+        <v>780</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753895606</t>
+          <t>9786055586218</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakülteleri Tezler Kataloğu 2</t>
+          <t>İstanbul Kadı Sicilleri - İstanbul Mahkemesi 12 Numaralı Sicil</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>195</v>
+        <v>780</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753899420</t>
+          <t>9786055586423</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kelamda Yenilik Arayışları 19.Yüzyıl Sonu 20.Yüzyıl Başı</t>
+          <t>İstanbul Kadı Sicilleri - Rumeli Sadareti Mahkemesi 21 Numaralı Sicil Cilt 15 (H.1002-1003 / M. 1594-1595) (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>450</v>
+        <v>780</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753898539</t>
+          <t>9786257672696</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Şer'iyye Sicilleri Vakfiyeler Kataloğu</t>
+          <t>Keşfü'l-Esrar ve Hetkü'l-Estar (5 Cilt Takım Karton)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>800</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055586461</t>
+          <t>9786055586393</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zihni Efendi</t>
+          <t>İstanbul Kadı Sicilleri - Eyüb Mahkemesi 19 Numaralı Sicil (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>170</v>
+        <v>780</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753891950</t>
+          <t>9786055586621</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 2</t>
+          <t>İstanbul Kadı Sicilleri - Bab Mahkemesi 3 Numaralı Sicil Cilt 17 (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>780</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753891943</t>
+          <t>9786055586355</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 1</t>
+          <t>İstanbul Kadı Sicilleri - Bab Mahkemesi 46 Numaralı Sicil Cilt 19 (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>780</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055586942</t>
+          <t>9786055586386</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir-i Geylani ve Kadirilik (1. Cilt)</t>
+          <t>İstanbul Kadı Sicilleri - Bab Mahkemesi 54 Numaralı Sicil Cilt 20 (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>320</v>
+        <v>780</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753891974</t>
+          <t>9786055586478</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 4</t>
+          <t>İstanbul Kadı Sicilleri - Balat Mahkemesi 2 Numaralı Sicil Cilt 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>780</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753891967</t>
+          <t>9786055586515</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 3</t>
+          <t>İstanbul Kadı Sicilleri - Eyüb Mahkemesi 3 Numaralı Sicil Cilt 22 (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>780</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055586683</t>
+          <t>9786055586607</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İzharü'l-Hak Cilt: 2</t>
+          <t>İstanbul Kadı Sicilleri - Eyüb Mahkemesi 37 Numaralı Sicil Cilt 25 (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>195</v>
+        <v>780</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055586676</t>
+          <t>9786055586522</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İzharü'l-Hak Cilt: 1</t>
+          <t>İstanbul Kadı Sicilleri - Eyüb Mahkemesi 49 Numaralı Sicil Cilt 26 (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>195</v>
+        <v>780</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257672481</t>
+          <t>9786055586591</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Et-Teshil (3 Cilt Takım Karton)</t>
+          <t>İstanbul Kadı Sicilleri - Eyüb Mahkemesi 61 Numaralı Sicil Cilt 27 (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>1560</v>
+        <v>780</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257581066</t>
+          <t>9786055586409</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tesdidü'l-Kavaid Fi Şerhi Tecridil Akaid (3 Kitap Takım Cilti) (Ciltli)</t>
+          <t>İstanbul Kadı Sicilleri - Eyüb Mahkemesi 74 Numaralı Sicil Cilt 28 (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>5520</v>
+        <v>780</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257581073</t>
+          <t>9786055586584</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tesdidü'l-Kavaid Fi Şerhi Tecridil Akaid (3 Kitap Takım Karton)</t>
+          <t>İstanbul Kadı Sicilleri - Eyüb Mahkemesi 90 Numaralı Sicil Cilt 31 (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>2800</v>
+        <v>780</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054829118</t>
+          <t>9786055586928</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Din Felsefesinde Epistemolojik Yaklaşımlar ve Tanrı İnancının Rasyonelliği</t>
+          <t>İstanbul Kadı Sicilleri - Galata Mahkemesi 20 Numaralı Sicil Cilt 35 (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>245</v>
+        <v>780</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055586843</t>
+          <t>9786055586812</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakülteleri Tezler Kataloğu</t>
+          <t>İstanbul Kadı Sicilleri - Galata Mahkemesi 32 Numaralı Sicil Cilt 36 (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>780</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054829217</t>
+          <t>9786055586829</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Üç Pirin Mürşidi</t>
+          <t>İstanbul Kadı Sicilleri - Galata Mahkemesi 37 Numaralı Sicil Cilt 37 (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>485</v>
+        <v>780</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786025506369</t>
+          <t>9786055586867</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 39</t>
+          <t>İstanbul Kadı Sicilleri - Galata Mahkemesi 46 Numaralı Sicil Cilt 38 (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>780</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257581219</t>
+          <t>9786055586652</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İrşadü'l-Akli's-Selim ila Mezaya'l-Kitabi'l-Kerim Ebessuud (9 Cilt Takım)</t>
+          <t>İstanbul Kadı Sicilleri - Galata Mahkemesi 5 Numaralı Sicil Cilt 32 (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>10400</v>
+        <v>780</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786002550636</t>
+          <t>9786055586911</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Araştırmaları Muhtelif Sayıları</t>
+          <t>İstanbul Kadı Sicilleri - Galata Mahkemesi 65 Numaralı Sicil Cilt 39 (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>325</v>
+        <v>780</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753898959</t>
+          <t>9786055586713</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Et Temhid Fi Beyanit Tevhid (Ciltli)</t>
+          <t>İstanbul Kadı Sicilleri - Galata Mahkemesi 7 Numaralı Sicil Cilt 33 (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>420</v>
+        <v>780</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057580320</t>
+          <t>9786055586485</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Lübabü'l-kelam (Ciltli)</t>
+          <t>İstanbul Kadı Sicilleri - Hasköy Mahkemesi 10 Numaralı Sicil Cilt 30 (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>840</v>
+        <v>780</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254285721</t>
+          <t>9786055586546</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Şerif El Cürcani</t>
+          <t>İstanbul Kadı Sicilleri - Hasköy Mahkemesi 5 Numaralı Sicil Cilt 23 (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>190</v>
+        <v>780</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254285899</t>
+          <t>9786055586232</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Şerhu Semtil Vüsul İla İlmil Usul (Ciltli)</t>
+          <t>İstanbul Kadı Sicilleri - İstanbul Mahkemesi 24 Numaralı Sicil Cilt 21 (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1500</v>
+        <v>780</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254285837</t>
+          <t>9786254287794</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tahsilü Usulil Fıkh ve Tafsilül Makalat Fiha Alel Vech (Ciltli)</t>
+          <t>Fususül Hikem ve Hususül Kelim (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1040</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057580764</t>
+          <t>9786254287596</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Üç Pirin Mürşidi Halvetiyye Ramazaniyye Kolu ve Köstendilli Ali Alaeddin Efendi</t>
+          <t>Letaifül İşarat Şeyh Bedreddin 1. 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>485</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057580900</t>
+          <t>9789753899925</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Din İlim ve Sanatta Hermenötik</t>
+          <t>Eyyubiler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753898911</t>
+          <t>9786254287299</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Emeviler</t>
+          <t>Teftazani'de İnsan, Bilgi ve Varlık İlişkisi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254282676</t>
+          <t>9786254287503</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sadreddin Konevi</t>
+          <t>Safevi Şiasında Sufi Fakih Mücadelesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>245</v>
+        <v>600</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753898041</t>
+          <t>9789753899239</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İbrahimden Ezraya İsrailoğulları Tarihi</t>
+          <t>Kelama Giriş</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>310</v>
+        <v>245</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254283116</t>
+          <t>9789753899246</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Osmanlı Araştırmaları</t>
+          <t>Selçuklular Cilt: 1</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>340</v>
+        <v>680</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254283284</t>
+          <t>9786056866951</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dönemi ve İlim Çevresi Işığında Yanyalı Esad Efendi</t>
+          <t>Risale Fi Edebil-Müfti (Mehmed Fıkhi el-Ayni) (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>700</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254284168</t>
+          <t>9786254281334</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Resail Fi’l Fıkh</t>
+          <t>El-Ü’l-Aliyye Fi Teracimi Müteahhiri’l-Hanefiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>1550</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753899444</t>
+          <t>9786258023336</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik</t>
+          <t>Et Temhid Li Kavaidit Tevhid</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057580474</t>
+          <t>9786055586539</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Giriş</t>
+          <t>İstanbul Kadı Sicilleri Rumeli Sadareti Mhk. 21 Nolu Sicil (Cilt-12)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>780</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753899895</t>
+          <t>9786055586416</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina</t>
+          <t>Azerbaycan'da Din</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753899178</t>
+          <t>9789753899666</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlık</t>
+          <t>İslam İlim ve Düşünce Geleneğinde Kadi Beyzavi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257069250</t>
+          <t>9789753899680</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hadis Rivayetinde Ravi Tasarrufları ve Doğurduğu Problemler</t>
+          <t>Nahiv ve Fıkıh Usulü İlişkisi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257205641</t>
+          <t>9789753898751</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Fethu’l-Bari ve Umdetü’l-Kari’nin Metin Tahlili Açısından İncelenmesi</t>
+          <t>İmamiyye Şiası'nın Oluşumu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753899154</t>
+          <t>9789753895378</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Batı Düşüncesi</t>
+          <t>Sadreddin Konevi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753899147</t>
+          <t>9786055586171</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Ve Kültürel Boyutlarıyla Alevilik</t>
+          <t>Osmanlılar ve Avrupa - Seyahat, Karşılama ve Etkileşim</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753898935</t>
+          <t>9786055586270</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Çağının Osmanlı Sultanları 2</t>
+          <t>Nizam-ı Kadim’den Nizam-ı Cedid’e 3. Selim ve Dönemi / Selim 3 and His Era From Ancien Regime to New Order</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254284182</t>
+          <t>9789753899352</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukukuna Giriş</t>
+          <t>Nahivciler ile Mantıkçılar Arasındaki Tartışmalar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254281297</t>
+          <t>9786055586034</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>El Lüma Fil Hudus Vel Kıdem Vel Kaza Vel Kader ve Tahkikit Teklif</t>
+          <t>İstanbul Kadı Sicilleri - Üsküdar Mahkemesi 2 Numaralı Sicil (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>440</v>
+        <v>780</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254281129</t>
+          <t>9786055586119</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>El-Kifaye Fi'l-Hidaye (Prestij) (Ciltli)</t>
+          <t>İstanbul Kadı Sicilleri - Üsküdar Mahkemesi 17 Numaralı Sicil (H. 956-963 / M. 1549-1556) (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1040</v>
+        <v>780</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786254281105</t>
+          <t>9786055586805</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>El-Münteka Min İsmeti'l-enbiya (Prestij) (Ciltli)</t>
+          <t>Anadolu’daki Türk Kütüphaneleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1040</v>
+        <v>260</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786254281075</t>
+          <t>9789753894777</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Levamiu'l-burhan ve Kavatiu'l-beyan Fi Meani'l-Kur'ân (Prestij) 1-2 (Ciltli)</t>
+          <t>Allah İnancı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>2435</v>
+        <v>130</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254280566</t>
+          <t>9789753898799</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tenkitli Neşir Kılavuzu (Osmanlı Türkçesi Metinleri İçin)</t>
+          <t>İslam ve Batı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254281303</t>
+          <t>9786254287343</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>El-Lima fi’l-hudüs ve'l-Kıdem ve’l-kaza Ve’l-kader ve Tahkiki’t -teklif “Prestij ” (Ciltli)</t>
+          <t>İslam Felsefesi - Tarih ve Problemler 2 Cilt</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>1300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786254281068</t>
+          <t>9786254284496</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Fakihi İbn Abidin</t>
+          <t>İslam Medeniyetinde Dil İlimleri Tarih ve Problemler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>485</v>
+        <v>600</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786254280603</t>
+          <t>9789753899109</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>El Hevadi Fi Şerhil Mesalik</t>
+          <t>Haber ve İnşa</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>440</v>
+        <v>485</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786254280597</t>
+          <t>9786055586973</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>El Hevadi Fi Şerhil Mesalik Prestij (Ciltli)</t>
+          <t>Zaifi'nin Sergüzeştname'si</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>2250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258023978</t>
+          <t>9789753898546</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>El-Fetava's-Sugra Prestij 1-2 Cilt (Ciltli)</t>
+          <t>Fıkıh ve Fıkıh Tarihi İncelemeleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>3150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258023947</t>
+          <t>9786055586898</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>El-Fetava’s-Sugra Karton 1-2 Cilt</t>
+          <t>Delil ve İstidlalin Mantıki Yapısı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>1460</v>
+        <v>270</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258023329</t>
+          <t>9786058126152</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Et Temhid Li Kavaidit Tevhid Prestij (Ciltli)</t>
+          <t>Fethinden Samaniler'in Yıkılışına Kadar Semerkant Tarihi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>1500</v>
+        <v>840</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055586508</t>
+          <t>9786054829132</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadı Sicilleri Rumeli Sadareti Mhk. 21 Nolu Sicil (Cilt-12)</t>
+          <t>Din, İlim ve Sanatta Hermenötik</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>780</v>
+        <v>130</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257581035</t>
+          <t>9786054829224</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İbn Abidin Şerhu Ukudi Resmil Müfti Prestij (Ciltli)</t>
+          <t>İbnü'l - Arabi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>1600</v>
+        <v>195</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257581042</t>
+          <t>9786257069601</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İbn Abidin Şerhu Ukudi Resmil Müfti</t>
+          <t>Tesdidü’l-Kavaid Fi Şerhi Tecridi’l Akaid 3. Cilt</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>650</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258023022</t>
+          <t>9786057580856</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şerhul Camiis Sagir 2 Cilt Takım Karton</t>
+          <t>Temel İslam Ansiklopedisi (8 Cilt)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>1300</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753898898</t>
+          <t>9786055586836</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Ek 2. Cilt (K-Z)</t>
+          <t>İstanbul Kadı Sicilleri - Galata Mahkemesi 15 Numaralı Sicil Cilt 34 (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>650</v>
+        <v>780</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257205788</t>
+          <t>9786254284472</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Et Tesdid Fi Şerhit Temhid I II (Prestij) (Ciltli)</t>
+          <t>Mehmed Zihni Efendi - Hayatı, Eserleri ve Arapça Öğretimindeki Yeri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>2270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057580085</t>
+          <t>9786254284489</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>El Keşşaf Literatürü Bir Tefsir Klasiğinin Etki Tarihi</t>
+          <t>Şem'i Efendi ve Mesnevi Şerhi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257069489</t>
+          <t>9786254286711</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tesdidül Kavaid Fi Şerhi Tecridil Akaid III Prestij (Ciltli)</t>
+          <t>İslam Kültüründe Musiki</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1560</v>
+        <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057580122</t>
+          <t>9786254286612</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dirasat Fıkhiyye ve Usüliyye</t>
+          <t>Memlük Kudüsünde Alimler ve Eğitim Kurumları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057580757</t>
+          <t>9786254286087</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Allah İnancı</t>
+          <t>Şerhul Mevakıf ve Haşiyeleri Bağlamında Nakli Delilin Kesinliği</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789759548070</t>
+          <t>9786254285684</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Metodolojisinde Tahsis</t>
+          <t>Alusi Tefsirinde İrab Anlam İlişkisi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>590</v>
+        <v>370</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258023121</t>
+          <t>9786257672184</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sinan bin Abdülmennan</t>
+          <t>Abdülkadir-i Geylani ve Kadirilik 1-2 Cilt</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055586348</t>
+          <t>9789753899222</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kadı Sicillerinde İstanbul (Ciltli)</t>
+          <t>İslam’ın İnanç Esasları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>780</v>
+        <v>245</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258023923</t>
+          <t>9786254285196</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Tefsir Geleneğinde Nakil Anlayışı</t>
+          <t>Dini Terimler Sözlüğü I-II Cilt</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>400</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258122008</t>
+          <t>9786055586645</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim Geleneğinde Nevevi</t>
+          <t>Nasirüddin Tüsinin Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257581998</t>
+          <t>9786055586362</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Şemsüleimme Es Serahsi Ö. 483-1090 Şerhul Camiis Sagir Prestij 2 Cilt Arapça (Ciltli)</t>
+          <t>Şemi Efendi ve Mesnevi Şerhi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>3600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258023138</t>
+          <t>9786257672689</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Cüveyni’nin Kıyas Anlayışı</t>
+          <t>Haşiyetü Ali El Kuşci Ala Şerhil Keşşaflit Teftazani Karton</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257581318</t>
+          <t>9789753894630</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İrşadü'l-Akli's-Selim ila Mezaya'l-Kitabi'l-Kerim (9 Cilt Takım) (Ciltli)</t>
+          <t>Bab-ı Meşihat Şeyhülislamlık</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>6820</v>
+        <v>130</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257672528</t>
+          <t>9786055586775</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Müfessir Olarak Ali Kuşçu</t>
+          <t>Nasirüddin Tusi’de Varlık ve Uluhiyyet</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257672672</t>
+          <t>9789753895798</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Haşiyetü Ali El-Kuşci Ala Şerhi'l-Keşşaf Lit-Teftazani (Ciltli)</t>
+          <t>Kur’an Yorumunda Şiirin Yeri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257205924</t>
+          <t>9789753895521</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Siyerde Şerh-Haşiye Geleneği</t>
+          <t>Haremeyn Fotoğrafları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257672009</t>
+          <t>9789753893299</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Cisim Teorisi Hikmetü’l-Ayn Geleneği</t>
+          <t>İslam ve Modernleşme</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257205818</t>
+          <t>9786257672450</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Et-Tesdid Fi Şerhi’t-Temhid (2 Cilt Takım)</t>
+          <t>Camiu'l-Usül (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>1040</v>
+        <v>830</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257205993</t>
+          <t>9789753895262</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukuku</t>
+          <t>İlahiyat Fakülteleri Tezler Kataloğu 1</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257205634</t>
+          <t>9789753899093</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kelamcı Usulcülerin Delalet Anlayışı</t>
+          <t>İlahiyat Fakülteleri Tezler Kataloğu 3 (1953-2015)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>650</v>
+        <v>620</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257069847</t>
+          <t>9789753895606</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Lübbü'l Usül</t>
+          <t>İlahiyat Fakülteleri Tezler Kataloğu 2</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>520</v>
+        <v>195</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257069823</t>
+          <t>9789753899420</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Lübbü'l Usül - Prestij (Ciltli)</t>
+          <t>Kelamda Yenilik Arayışları 19.Yüzyıl Sonu 20.Yüzyıl Başı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257069571</t>
+          <t>9789753898539</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Tesdidü'l-kavaid fi Şerhi Tecridi'l-akaid (3 Cilt Takım)</t>
+          <t>İstanbul Şer'iyye Sicilleri Vakfiyeler Kataloğu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>2800</v>
+        <v>800</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257069458</t>
+          <t>9786055586461</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tesdidü'l-Kavaid fi Şerhi Tecridi'l-Akaid (2 Cilt Takım) (Ciltli)</t>
+          <t>Mehmed Zihni Efendi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>5520</v>
+        <v>170</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257069939</t>
+          <t>9789753891950</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Endonezya’da İslam ve Hollanda Sömürgeciliği</t>
+          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 2</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257069632</t>
+          <t>9789753891943</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Rahmetullah el-Hindi İzharü’l-Hak 2 Cilt Takım</t>
+          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 1</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>1135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257069007</t>
+          <t>9786055586942</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Camiu’l - Usül Fi Beyani’l - Kavaidi’l (2 Cilt Takım) (Ciltli)</t>
+          <t>Abdülkadir-i Geylani ve Kadirilik (1. Cilt)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>2100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057580672</t>
+          <t>9789753891974</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Et Teshil Şerhu Letaifil İşarat (3 Kitap) (Ciltli)</t>
+          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 4</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>4400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057580986</t>
+          <t>9789753891967</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Nuh Kanunları ve Nuhilik</t>
+          <t>Ma'rifetü'l Kurra'i'l Kibar'Ale't Tabakati Ve'l-a'şar - Cilt 3</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>680</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057580139</t>
+          <t>9786055586683</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Tefsirlerde İsrailiyat Eleştirisi</t>
+          <t>İzharü'l-Hak Cilt: 2</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786058161894</t>
+          <t>9786055586676</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ebu İshak Es Saffarın Kelam Yönetimi</t>
+          <t>İzharü'l-Hak Cilt: 1</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753899581</t>
+          <t>9786257672481</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Et-Teshil (3 Cilt Takım Karton)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257069724</t>
+          <t>9786257581066</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Panİslamizm Osmanlı Devleti Hindistan Müslümanları ve İngiltere (1877-1924)</t>
+          <t>Tesdidü'l-Kavaid Fi Şerhi Tecridil Akaid (3 Kitap Takım Cilti) (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>375</v>
+        <v>5520</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786056866975</t>
+          <t>9786257581073</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Meanil-esmail-ilahiyye (Afifüddin et-Tilimsani) (Ciltli)</t>
+          <t>Tesdidü'l-Kavaid Fi Şerhi Tecridil Akaid (3 Kitap Takım Karton)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>1950</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789753898706</t>
+          <t>9786054829118</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şia'da Gaybet İnancı ve Gaip On İkinci İmam El-Mehdi</t>
+          <t>Çağdaş Din Felsefesinde Epistemolojik Yaklaşımlar ve Tanrı İnancının Rasyonelliği</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786056866944</t>
+          <t>9786055586843</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Şerhul-Fatiha ve Bazı Suretil-Bakara (Afifüddin et-Tilimsani) (Ciltli)</t>
+          <t>İlahiyat Fakülteleri Tezler Kataloğu</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753898003</t>
+          <t>9786054829217</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kitabü't-Tevhid - Açıklamalı Tercüme (Ciltli)</t>
+          <t>Üç Pirin Mürşidi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>1600</v>
+        <v>485</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057580108</t>
+          <t>9786025506369</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin - Bir Osmanlı Fakihi</t>
+          <t>Osmanlı Araştırmaları - The Journal of Ottoman Studies Sayı: 39</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786056866906</t>
+          <t>9786257581219</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İmam Eş'ari'nin Kelam Düşüncesi</t>
+          <t>İrşadü'l-Akli's-Selim ila Mezaya'l-Kitabi'l-Kerim Ebessuud (9 Cilt Takım)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>765</v>
+        <v>10400</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054829071</t>
+          <t>9786002550636</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İsam Konuşmaları</t>
+          <t>Osmanlı Araştırmaları Muhtelif Sayıları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786058126138</t>
+          <t>9789753898959</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina'da Metafizik Bilginin İmkanı</t>
+          <t>Et Temhid Fi Beyanit Tevhid (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753899253</t>
+          <t>9786057580320</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed</t>
+          <t>Lübabü'l-kelam (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>160</v>
+        <v>840</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786058126190</t>
+          <t>9786254285721</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kitabü Takribl Garib</t>
+          <t>Seyyid Şerif El Cürcani</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>3250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753899291</t>
+          <t>9786254285899</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Sosyal Sorumluluk</t>
+          <t>Şerhu Semtil Vüsul İla İlmil Usul (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>260</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753899932</t>
+          <t>9786254285837</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Selametü'l-İnsan fi Muhafazati'l-lisan (Ciltli)</t>
+          <t>Tahsilü Usulil Fıkh ve Tafsilül Makalat Fiha Alel Vech (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>2500</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753899703</t>
+          <t>9786057580764</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İsam Tahkikli Neşir Kılavuzu</t>
+          <t>Üç Pirin Mürşidi Halvetiyye Ramazaniyye Kolu ve Köstendilli Ali Alaeddin Efendi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>485</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753899697</t>
+          <t>9786057580900</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim ve Düşünce Geleneğinde Adudüddin el-İci</t>
+          <t>Din İlim ve Sanatta Hermenötik</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>900</v>
+        <v>245</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753899185</t>
+          <t>9789753898911</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l-Arabi</t>
+          <t>Emeviler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753899673</t>
+          <t>9786254282676</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Maturidi Kelamında Tevil</t>
+          <t>Sadreddin Konevi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055586874</t>
+          <t>9789753898041</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kadı Sicilleri Galata Mahkemesi 90 Numaralı Sicil (H. 1073-1074 / M. 1663) (Ciltli)</t>
+          <t>İbrahimden Ezraya İsrailoğulları Tarihi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>780</v>
+        <v>310</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753898980</t>
+          <t>9786254283116</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hadisleri Anlama Sorunu</t>
+          <t>Dünden Bugüne Osmanlı Araştırmaları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753899307</t>
+          <t>9786254283284</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ebül Berekat El Bağdadi Felsefesinde Tanrı</t>
+          <t>Dönemi ve İlim Çevresi Işığında Yanyalı Esad Efendi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>245</v>
+        <v>700</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057580566</t>
+          <t>9786254284168</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Buhara Hukuk Okulu</t>
+          <t>Resail Fi’l Fıkh</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>245</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753899390</t>
+          <t>9789753899444</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kitabü't - Tevhid (Arapça) (Ciltli)</t>
+          <t>Yahudilik</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>2250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789753899635</t>
+          <t>9786057580474</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kitabü't-Tevhid Açıklamalı Tercüme</t>
+          <t>Kur’an’a Giriş</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753899628</t>
+          <t>9789753899895</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l Kavaidi'l - Külliyye Fi Cümletin Mine'l Fününil İlmiyye</t>
+          <t>İbn Sina</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>1265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054829279</t>
+          <t>9789753899178</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Haşiye Geleneği Ve Şeyhzade'nin Envarüt-Tenzil Haşiyesi</t>
+          <t>Hıristiyanlık</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257205764</t>
+          <t>9786257069250</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Dini Epistemolojiye Giriş - Tanrı İnancının Rasyonelliği</t>
+          <t>Hadis Rivayetinde Ravi Tasarrufları ve Doğurduğu Problemler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753899123</t>
+          <t>9786257205641</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sıdkın Semantik Serüveni Kuranda Doğruluk ve Samimiyet</t>
+          <t>Fethu’l-Bari ve Umdetü’l-Kari’nin Metin Tahlili Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753899383</t>
+          <t>9789753899154</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamberi Müjdelemek (Beşairün-Nübüvve)</t>
+          <t>Batı Düşüncesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753895903</t>
+          <t>9789753899147</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 38 (Ciltli)</t>
+          <t>Tarihsel Ve Kültürel Boyutlarıyla Alevilik</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753899574</t>
+          <t>9789753898935</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafinin Kıyas Anlayışı</t>
+          <t>İmparatorluk Çağının Osmanlı Sultanları 2</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753899116</t>
+          <t>9786254284182</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ebü Zehre ve Tefsiri</t>
+          <t>Osmanlı Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257069243</t>
+          <t>9786254281297</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Memlükler (1250-1517)</t>
+          <t>El Lüma Fil Hudus Vel Kıdem Vel Kaza Vel Kader ve Tahkikit Teklif</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>245</v>
+        <v>440</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789753898638</t>
+          <t>9786254281129</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Ülkelerinde Din-Devlet İlişkisi</t>
+          <t>El-Kifaye Fi'l-Hidaye (Prestij) (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>400</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789753898997</t>
+          <t>9786254281105</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Dönemi Osmanlı Sultanları</t>
+          <t>El-Münteka Min İsmeti'l-enbiya (Prestij) (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>270</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753898973</t>
+          <t>9786254281075</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarıyla Yahudilik</t>
+          <t>Levamiu'l-burhan ve Kavatiu'l-beyan Fi Meani'l-Kur'ân (Prestij) 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>245</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753898966</t>
+          <t>9786254280566</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler (750-1258)</t>
+          <t>Tenkitli Neşir Kılavuzu (Osmanlı Türkçesi Metinleri İçin)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753899437</t>
+          <t>9786254281303</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gülen Yapılanması 15 Temmuza Giden Süreçte Fetönün Analizi ve Tavsiyeler</t>
+          <t>El-Lima fi’l-hudüs ve'l-Kıdem ve’l-kaza Ve’l-kader ve Tahkiki’t -teklif “Prestij ” (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>260</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753899277</t>
+          <t>9786254281068</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Çağının Osmanlı Sultanları - III</t>
+          <t>Bir Osmanlı Fakihi İbn Abidin</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>290</v>
+        <v>485</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789753899321</t>
+          <t>9786254280603</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Cübbailer'in Kelam Sistemi</t>
+          <t>El Hevadi Fi Şerhil Mesalik</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786254280757</t>
+          <t>9786254280597</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Fahreddin er-Razi Mektebi</t>
+          <t>El Hevadi Fi Şerhil Mesalik Prestij (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>350</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753899949</t>
+          <t>9786258023978</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd</t>
+          <t>El-Fetava's-Sugra Prestij 1-2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789753899192</t>
+          <t>9786258023947</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Bilgi ve Bilim</t>
+          <t>El-Fetava’s-Sugra Karton 1-2 Cilt</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>245</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257205719</t>
+          <t>9786258023329</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Zeydiyye-Mu’tezile Etkileşimi</t>
+          <t>Et Temhid Li Kavaidit Tevhid Prestij (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>245</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789753899031</t>
+          <t>9786055586508</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Çağının Osmanlı Sultanları 1</t>
+          <t>İstanbul Kadı Sicilleri Rumeli Sadareti Mhk. 21 Nolu Sicil (Cilt-12)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>245</v>
+        <v>780</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789753899314</t>
+          <t>9786257581035</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünün Mahiyeti ve Gayesi</t>
+          <t>İbn Abidin Şerhu Ukudi Resmil Müfti Prestij (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>420</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057580405</t>
+          <t>9786257581042</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Müşterek Ravi Teorisi ve Tenkidi</t>
+          <t>İbn Abidin Şerhu Ukudi Resmil Müfti</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>440</v>
+        <v>650</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258023053</t>
+          <t>9786258023022</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Delil ve İstidlalin Mantıki Yapısı İlk Dönem Sünni Kelam Örneği</t>
+          <t>Şerhul Camiis Sagir 2 Cilt Takım Karton</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>350</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789753898645</t>
+          <t>9789753898898</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Endülüs</t>
+          <t>İslam Ansiklopedisi Ek 2. Cilt (K-Z)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786058161887</t>
+          <t>9786257205788</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü İncelemeleri</t>
+          <t>Et Tesdid Fi Şerhit Temhid I II (Prestij) (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>450</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789753899161</t>
+          <t>9786057580085</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Doğu Dinleri</t>
+          <t>El Keşşaf Literatürü Bir Tefsir Klasiğinin Etki Tarihi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057580733</t>
+          <t>9786257069489</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Kıraat Algısına Eleştirel Bir Yaklaşım</t>
+          <t>Tesdidül Kavaid Fi Şerhi Tecridil Akaid III Prestij (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>500</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789753899369</t>
+          <t>9786057580122</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminde Rical Bilgisi ve Kaynakları</t>
+          <t>Dirasat Fıkhiyye ve Usüliyye</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786058126114</t>
+          <t>9786057580757</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Tarikatlar Tarih ve Kültür</t>
+          <t>Allah İnancı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>1300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786058126145</t>
+          <t>9789759548070</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Dönüşüm Çağında Fahreddin Er-Razı</t>
+          <t>İslam Hukuk Metodolojisinde Tahsis</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>420</v>
+        <v>590</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789753899000</t>
+          <t>9786258023121</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İdare ve Ekonomi Tarihi</t>
+          <t>Sinan bin Abdülmennan</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789753899215</t>
+          <t>9786055586348</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Yolu: Sünnet</t>
+          <t>Kadı Sicillerinde İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>780</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789753899208</t>
+          <t>9786258023923</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatı</t>
+          <t>Erken Dönem Tefsir Geleneğinde Nakil Anlayışı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789753899659</t>
+          <t>9786258122008</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İslam Estetiği</t>
+          <t>İslam İlim Geleneğinde Nevevi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>220</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789753899376</t>
+          <t>9786257581998</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sebepleri ve Sonuçları Açısından Hz. Peygamber’in Savaşları</t>
+          <t>Şemsüleimme Es Serahsi Ö. 483-1090 Şerhul Camiis Sagir Prestij 2 Cilt Arapça (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>765</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789753897945</t>
+          <t>9786258023138</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve İslam Tasavvuru</t>
+          <t>Cüveyni’nin Kıyas Anlayışı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789753899901</t>
+          <t>9786257581318</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Giriş</t>
+          <t>İrşadü'l-Akli's-Selim ila Mezaya'l-Kitabi'l-Kerim (9 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>160</v>
+        <v>6820</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789753899345</t>
+          <t>9786257672528</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Memlükler Döneminde Vezirlik 1250 - 1517</t>
+          <t>Müfessir Olarak Ali Kuşçu</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
+          <t>9786257672672</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Haşiyetü Ali El-Kuşci Ala Şerhi'l-Keşşaf Lit-Teftazani (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786257205924</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Siyerde Şerh-Haşiye Geleneği</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786257672009</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>İslam Felsefesinde Cisim Teorisi Hikmetü’l-Ayn Geleneği</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786257205818</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Et-Tesdid Fi Şerhi’t-Temhid (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786257205993</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Hukuku</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786257205634</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Kelamcı Usulcülerin Delalet Anlayışı</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786257069847</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Lübbü'l Usül</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786257069823</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Lübbü'l Usül - Prestij (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786257069571</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Tesdidü'l-kavaid fi Şerhi Tecridi'l-akaid (3 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786257069458</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Tesdidü'l-Kavaid fi Şerhi Tecridi'l-Akaid (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>5520</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786257069939</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Endonezya’da İslam ve Hollanda Sömürgeciliği</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786257069632</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Rahmetullah el-Hindi İzharü’l-Hak 2 Cilt Takım</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786257069007</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Camiu’l - Usül Fi Beyani’l - Kavaidi’l (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786057580672</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Et Teshil Şerhu Letaifil İşarat (3 Kitap) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>4400</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786057580986</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Nuh Kanunları ve Nuhilik</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786057580139</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Tefsirlerde İsrailiyat Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786058161894</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Ebu İshak Es Saffarın Kelam Yönetimi</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789753899581</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Farabi</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786257069724</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Panİslamizm Osmanlı Devleti Hindistan Müslümanları ve İngiltere (1877-1924)</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786056866975</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Meanil-esmail-ilahiyye (Afifüddin et-Tilimsani) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789753898706</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Şia'da Gaybet İnancı ve Gaip On İkinci İmam El-Mehdi</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786056866944</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Şerhul-Fatiha ve Bazı Suretil-Bakara (Afifüddin et-Tilimsani) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789753898003</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Kitabü't-Tevhid - Açıklamalı Tercüme (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786057580108</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Bedreddin - Bir Osmanlı Fakihi</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786056866906</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>İmam Eş'ari'nin Kelam Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786054829071</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>İsam Konuşmaları</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786058126138</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>İbn Sina'da Metafizik Bilginin İmkanı</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789753899253</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Son Peygamber Hz. Muhammed</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786058126190</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Kitabü Takribl Garib</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>3250</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789753899291</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Sosyal Sorumluluk</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789753899932</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Selametü'l-İnsan fi Muhafazati'l-lisan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789753899703</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>İsam Tahkikli Neşir Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789753899697</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>İslam İlim ve Düşünce Geleneğinde Adudüddin el-İci</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789753899185</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>İbnü'l-Arabi</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789753899673</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Maturidi Kelamında Tevil</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786055586874</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Kadı Sicilleri Galata Mahkemesi 90 Numaralı Sicil (H. 1073-1074 / M. 1663) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789753898980</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Hadisleri Anlama Sorunu</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789753899307</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Ebül Berekat El Bağdadi Felsefesinde Tanrı</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786057580566</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Buhara Hukuk Okulu</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9789753899390</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Kitabü't - Tevhid (Arapça) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9789753899635</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Kitabü't-Tevhid Açıklamalı Tercüme</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789753899628</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Kitabü'l Kavaidi'l - Külliyye Fi Cümletin Mine'l Fününil İlmiyye</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786054829279</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Tefsirde Haşiye Geleneği Ve Şeyhzade'nin Envarüt-Tenzil Haşiyesi</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786257205764</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Dini Epistemolojiye Giriş - Tanrı İnancının Rasyonelliği</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9789753899123</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Sıdkın Semantik Serüveni Kuranda Doğruluk ve Samimiyet</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9789753899383</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Son Peygamberi Müjdelemek (Beşairün-Nübüvve)</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789753895903</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 38 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789753899574</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>İmam Şafinin Kıyas Anlayışı</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789753899116</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Ebü Zehre ve Tefsiri</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786257069243</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Memlükler (1250-1517)</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789753898638</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Ülkelerinde Din-Devlet İlişkisi</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789753898997</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Kuruluş Dönemi Osmanlı Sultanları</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789753898973</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Anahatlarıyla Yahudilik</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9789753898966</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Abbasiler (750-1258)</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9789753899437</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Gülen Yapılanması 15 Temmuza Giden Süreçte Fetönün Analizi ve Tavsiyeler</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789753899277</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluk Çağının Osmanlı Sultanları - III</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789753899321</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Cübbailer'in Kelam Sistemi</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786254280757</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh Usulünde Fahreddin er-Razi Mektebi</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789753899949</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>İbn Rüşd</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789753899192</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyetinde Bilgi ve Bilim</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786257205719</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Zeydiyye-Mu’tezile Etkileşimi</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789753899031</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluk Çağının Osmanlı Sultanları 1</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789753899314</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh Usulünün Mahiyeti ve Gayesi</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786057580405</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Müşterek Ravi Teorisi ve Tenkidi</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786258023053</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Delil ve İstidlalin Mantıki Yapısı İlk Dönem Sünni Kelam Örneği</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789753898645</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Endülüs</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786058161887</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh Usulü İncelemeleri</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789753899161</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Dinleri</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786057580733</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel Kıraat Algısına Eleştirel Bir Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789753899369</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Hadis İlminde Rical Bilgisi ve Kaynakları</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786058126114</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Tarikatlar Tarih ve Kültür</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786058126145</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>İslam Düşüncesinin Dönüşüm Çağında Fahreddin Er-Razı</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9789753899000</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı İdare ve Ekonomi Tarihi</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789753899215</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>İslam'ın Yolu: Sünnet</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789753899208</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>İslam Sanatı</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789753899659</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>İslam Estetiği</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789753899376</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Sebepleri ve Sonuçları Açısından Hz. Peygamber’in Savaşları</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789753897945</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Türkler ve İslam Tasavvuru</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789753899901</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Tefsire Giriş</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9789753899345</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Memlükler Döneminde Vezirlik 1250 - 1517</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
           <t>9789753899024</t>
         </is>
       </c>
-      <c r="B210" s="1" t="inlineStr">
+      <c r="B290" s="1" t="inlineStr">
         <is>
           <t>Kelam Terimleri Sözlüğü</t>
         </is>
       </c>
-      <c r="C210" s="1">
+      <c r="C290" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>