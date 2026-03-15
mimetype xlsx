--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,2200 +85,3370 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753504102</t>
+          <t>9789753502849</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tatmayan Bilmez</t>
+          <t>Nüzul Sırasına Göre Tebyinü'l-Kur'an İşte Kur'an Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>415</v>
+        <v>84.37</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753503303</t>
+          <t>9789753502856</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’in Dedesi Enver Paşa’nın Hatıraları</t>
+          <t>Nüzul Sırasına Göre Tebyinü'l-Kur'an İşte Kur'an Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>560</v>
+        <v>84.37</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753504096</t>
+          <t>9789753502832</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Rejimde Bir Tatar Şeyhülislamı Alimcan Barudi'nin Hatıraları (1920-1921)</t>
+          <t>Nüzul Sırasına Göre Tebyinü'l-Kur'an İşte Kur'an Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>970</v>
+        <v>84.37</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753504065</t>
+          <t>9789753502863</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Suresi - Uygulamalı Belaği Tefsiri</t>
+          <t>Nüzu Sırasına Göre Tebyinü'l-Kur'an İşte Kur'an Cilt: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>490</v>
+        <v>84.37</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753504089</t>
+          <t>9789753502818</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Değişen Milliyetçilik Tartışılan Sınırlar</t>
+          <t>Nüzul Sırasına Göre Tebyinü'l-Kur'an İşte Kur'an Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>84.37</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753502245</t>
+          <t>9789753502825</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal’in Dünyası</t>
+          <t>Nüzul Sırasına Göre Tebyinü'l-Kur'an İşte Kur'an Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>270</v>
+        <v>84.37</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753502191</t>
+          <t>9789753502887</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türk Süsleme Sanatları 2 (Ciltli)</t>
+          <t>Nüzul Sırasına Göre Tebyinü'l-Kur'an İşte Kur'an Cilt: 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1350</v>
+        <v>84.37</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753501910</t>
+          <t>9789753502740</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türk Süsleme Sanatçıları Müzehhipler 1</t>
+          <t>Medeniyet ve Kültürde Değişim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1210</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000007832</t>
+          <t>9789753502801</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tıp Tarihi Araştırmaları 8 History Of Medicine Studies</t>
+          <t>Nüzul Sırasına Göre Tebyinü’l Kur’an - İşte Kur’an (8 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>675</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753503198</t>
+          <t>3990000007177</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tefsir-i Kebir (4 Kitap Takım) (Ciltli)</t>
+          <t>Türklerin ve Moğolların Eski Dini</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>3240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753500128</t>
+          <t>9789753501477</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Yönetimde Modernleşme</t>
+          <t>Türkiye’nin Yirminci Yüzyılı 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753501767</t>
+          <t>9789753502160</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sevakıb-ı Menakıb Mevlana’dan Hatıralar</t>
+          <t>Türk Sinemasında Karakterler ve Tipler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>270</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753503143</t>
+          <t>3990000009144</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Mealler İçin Alfabetik Fihrist</t>
+          <t>Tıp Tarihi Araştırmaları 9 History Of Medicine Studies</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753502474</t>
+          <t>9789753501712</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Meal Tefsir - Muhtasar Hak Dini Kur’an Dili (Mavi Renkte) (Ciltli)</t>
+          <t>The Message of The Qur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1080</v>
+        <v>74.26</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753502405</t>
+          <t>9789753501118</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Lafızlar Arasındaki Farklar</t>
+          <t>Sahih-i Buhari (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753502443</t>
+          <t>9789753502047</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kutsalın Egemenliğinden Adaletin Egemenliğine</t>
+          <t>Rumeli’de Yürükler, Tatarlar ve Evlad-ı Fatihan (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753502306</t>
+          <t>9789753501415</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Edebi Dili Lafız - Ma'Na Uyumu</t>
+          <t>Osmanlı Kaynaklarına Göre İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>320</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753500135</t>
+          <t>9789753502276</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Nasıl Okuyalım</t>
+          <t>Nüzul Sırasına Göre Tebyinü’l Kur’an İşte Kur’an 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753502344</t>
+          <t>9789753502221</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kur’an da Edebi Tasvir - Et Tasvirul-Fenni Fil Qur'an</t>
+          <t>Nüzul Sırasına Göre Tebyinü’l Kur’an - İşte Kur’an 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753502016</t>
+          <t>9789753502214</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Mesajı (Orta Boy, Şamua) (Ciltli)</t>
+          <t>Nüzul Sırasına Göre Tebyinü’l Kur’an - İşte Kur’an 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1350</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753502320</t>
+          <t>9789753502184</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Arasındaki Farklar</t>
+          <t>Nüzul Sırasına Göre Tebyinü’l Kur’an - İşte Kur’an 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753501972</t>
+          <t>9789753502122</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Üniversitesi İktisat Fakültesi Mecmuası Dizini</t>
+          <t>Nüzul Sırasına Göre Tebyinü’l Kur’an - İşte Kur’an 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753501835</t>
+          <t>3990000017044</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini (Ciltli)</t>
+          <t>Arap Edebiyatında Şuubiyye</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>670</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753500647</t>
+          <t>3990000016207</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İlmiyye Salnamesi Osmanlı İlmiyye Teşkilatı ve Şeyhulislamlar (Ciltli)</t>
+          <t>Nuruddin Mahmud Bin Zengi ve İslam Kurumları Tarihindeki Yeri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>540</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753502511</t>
+          <t>3990000048716</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi ve Amme Cüzü Tefsiri</t>
+          <t>Hak Dini Kur'an Dili Kur'an-ı Kerim ve Türkçe Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753500875</t>
+          <t>9789753502672</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Demokratikleşemeyen Türkiye</t>
+          <t>Kur'an Işığında Halis Din ve Dinde Elçilerin Yeri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753501422</t>
+          <t>9789753502665</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Sosyal Siyaset Kurumu Olarak Ahilik</t>
+          <t>Kur'an Işığında Belagat Dersleri - Beyan İlmi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753501859</t>
+          <t>9789753500852</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>15. ve 16 Asırlarda Edirne ve Paşa Livası (Ciltli)</t>
+          <t>Osmanlı İmparatorluğu'nda Oymak Aşiret ve Cemaatlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1210</v>
+        <v>143</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753504072</t>
+          <t>3990000018078</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Minaredeki Yabancı</t>
+          <t>İslami Direniş Haritası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753504058</t>
+          <t>3990000018077</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Ezan ve Menderes 1</t>
+          <t>Amidi'de Bilgi Teorisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753504041</t>
+          <t>3990000017058</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Beyani Sırları</t>
+          <t>Alman Naturalizmi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>540</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753504034</t>
+          <t>3990000017040</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı Hamdi Yazır Meali Üzerine Notlar (Ciltli)</t>
+          <t>Türkiye'de Dini Hayat</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1620</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753503877</t>
+          <t>9789753503525</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Vakafat Düşündüren Ayetler</t>
+          <t>Kur’an’ı Anlayarak Okuma Rehberi - 1</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>720</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753503440</t>
+          <t>9789753502986</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Sırasına Göre Kur’an Mesajı Meal-Tefsir</t>
+          <t>Kur'an-ı Kerim'deki Dua Ayetleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1620</v>
+        <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753501361</t>
+          <t>9789753502115</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Alem-i İslam ve Japonya'da İslamiyet'in Yayılması 2 Cilt Takım</t>
+          <t>Nüzul Sırasına Göre Tebyinü’l Kur’an - İşte Kur’an 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>700</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753502504</t>
+          <t>9789753502108</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Yükselten Yıllar - Hatıralar (Ciltli Kutulu)</t>
+          <t>Nüzul Sırasına Göre Tebyinü’l Kur’an - İşte Kur’an 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1350</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753502498</t>
+          <t>9789753502092</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Yükselten Yıllar - Hatıralar</t>
+          <t>Nüzul Sırasına Göre Tebyinü’l Kur’an - İşte Kur’an 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1080</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753503983</t>
+          <t>9789753501996</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Beyani Tefsir Yolu (4 Cilt Takım)</t>
+          <t>Nüzul Sırasına Göre Tebyinü’l Kur’an - İşte Kur’an 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>2430</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753503969</t>
+          <t>9789753502269</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Briçten Belagata</t>
+          <t>Nüzul Sırasına Göre Tebyinü’l Kur’an - İşte Kur’an 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753503952</t>
+          <t>9789753501934</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mahmud Şevket Paşa ile İlgili Hatıralarım ve Selanik’teki Günlerimin Tarihçesi</t>
+          <t>Nüzul Sırasına Göre Tebyinü’l Kur’an - İşte Kur’an 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>320</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753503945</t>
+          <t>9789753502450</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid’in Sarayında Bir Tatar Müderrisin İstanbul, Bursa ve Surre Alayı ile Hac Hatıraları (1906-1907)</t>
+          <t>Nüzul Sırasına Göre Necm Necm Kur’an’ın Türkçe Meali (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>99</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753503938</t>
+          <t>9789753502467</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Selanik'ten Bağdat'a</t>
+          <t>Nüzul Sırasına Göre Necm Necm Kur’an’ın Türkçe Meali (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753503822</t>
+          <t>9789753502580</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hakim Parti Sistemi ve Türkiye’nin İlk Hakim Partisi olarak Ak Parti</t>
+          <t>Necip Fazıl’ın Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753503457</t>
+          <t>9789753502238</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Beşeri Hukuk</t>
+          <t>Nasıl Okudum</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753502771</t>
+          <t>9789753502610</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Siyasi Durumumuz</t>
+          <t>Mecelle</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753503846</t>
+          <t>9789753502559</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Mal ve İdare</t>
+          <t>Matematiğe İlk Adım</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753503921</t>
+          <t>9789753500142</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mensupları Cahil Alimleri Aciz İslam</t>
+          <t>Kur’an’ı Nasıl Anlayalım</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753503860</t>
+          <t>9789753501873</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ahkaf Suresi - Ha Mim Sureleri Belaği Tefsiri 7</t>
+          <t>Kur’an-ı Kerim’de İman - Amel İlişkisi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753503853</t>
+          <t>9789753501866</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ha-Mim Sureleri Belaği Tefsiri 6 - Casiye Suresi</t>
+          <t>Kur’an-ı Kerim’de İman-Ahlak İlişkisi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>45.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753503839</t>
+          <t>3990000005642</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hasan El-Benna'yı Kim Öldürdü!</t>
+          <t>Hak Dini Kur’an Dili Kur’an-ı Kerim ve Türkçe Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>480</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753503747</t>
+          <t>3990000005644</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Hak Dini Kur’an Dili Kur’an-ı Kerim ve Türkçe Meali  (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753503884</t>
+          <t>3990000026090</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fikir Akımları (3 Kitap Takım)</t>
+          <t>Kur’an Mesajı Meal-Tefsir  (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>810</v>
+        <v>79.21</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753503693</t>
+          <t>3990000011124</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İnsan Psikolojisi Üzerine Etütler</t>
+          <t>Kur’an Mesajı Meal Tefsiri Büyük Boy (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>330</v>
+        <v>99.01</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753503792</t>
+          <t>9789753502566</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze İslamcılar ve Siyaset</t>
+          <t>Kur’an Işığında Siyasetname</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753503808</t>
+          <t>9789753502764</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Yaşamında Milli Görüşün Doğuşu MNP</t>
+          <t>Kur’an Işığında Belagat Dersleri Meani İlmi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753503778</t>
+          <t>9789753502351</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İslamcılığın Serüveni</t>
+          <t>İslam Dini’nin Temel Direkleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753503785</t>
+          <t>9789753500173</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mektuplarla Suriye-Filistin-Kudüs Seyahati ve Siyonizm Meselesi</t>
+          <t>İnsanın Dört Zindanı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>480</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753503754</t>
+          <t>9789753502481</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Lugati</t>
+          <t>İnsan Meleklerden Yüce Şeytandan Alçak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>78</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753503761</t>
+          <t>9789753500203</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Birlikte Yaşama Politikası</t>
+          <t>Hayat ve Hatıratım (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753503730</t>
+          <t>9789753502375</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Faslu'l - Makal</t>
+          <t>Hak Dini Kur’an Dili - Muhtasar Meal Tefsir (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>220</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753503723</t>
+          <t>9789753501187</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Hadikatü’l-Cevami İstanbul Camileri ve Diğer Dini-Sivil Mi’mari Yapılar (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753503532</t>
+          <t>3990000014413</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Anlayarak Okuma Rehberi - 2</t>
+          <t>Fert ve Cemiyet İlişkileri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>810</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753503686</t>
+          <t>9789753501392</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ha-Mim Sureleri Belaği Tefsiri 5 - Duhan Suresi</t>
+          <t>El-Akl ve Fehmü’l Kur’an</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753503662</t>
+          <t>9789753500180</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Devlet ve Yönetim İlkeleri</t>
+          <t>Dine Karşı Din</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753503655</t>
+          <t>9789753502252</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hukukumuz ve Ahvalimiz</t>
+          <t>Çanakkale’de İnsani Kalkınma Düzeyinin Araştırılması</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753503679</t>
+          <t>9799753501377</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Yuvaya Dönüşü - Mekke'ye Giden Yol 2</t>
+          <t>Bir Zındık Uydurması Ğaraniq Safsatası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>320</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753503327</t>
+          <t>9789753502061</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımında İslam</t>
+          <t>Bir Ömrün Hikayesi 1926-2007 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753503570</t>
+          <t>3990000032040</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Sırasına Göre Kur'an Mesajı Meal - Tefsir (Mushaflı Arapça Metinli Büyük Boy) (Ciltli)</t>
+          <t>Bilim Tarihi ve Kültür Yazıları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>1890</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753503587</t>
+          <t>9789753501590</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Sırasına Göre Kur'an Mesajı Meal - Tefsir (Mushaflı Arapça Metinli Orta Boy) (Ciltli)</t>
+          <t>Bilginin Artan Önemi ve Bilgi Yönetimi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>1620</v>
+        <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753503648</t>
+          <t>9789753501347</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Üç Çağrı Tek Mesaj</t>
+          <t>Alem-i İslam ve Japonya’da İslamiyet’in Yayılması (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>169</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753502719</t>
+          <t>9789753501552</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Geçmiş Varisleri</t>
+          <t>Ahkam Ayetleri Tefsiri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753503624</t>
+          <t>9789753500580</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Başbakanı Lloyd George'un 1.Dünya Savaşı Anıları</t>
+          <t>Kur’an Mesajı Meal-Tefsir (Orta Boy 2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>54</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753503631</t>
+          <t>3990000033433</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Bağdat'a Mektuplarla Bir Anadolu ve Ortadoğu Seyahati 1892</t>
+          <t>Tıp Tarihi Araştırmaları 18</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753503501</t>
+          <t>9789753503433</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türk Cilt Sanatı</t>
+          <t>Nüzul Sırasına Göre Kur’an Mesajı (Orta Boy Mushafsız, Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1080</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753503549</t>
+          <t>9789753503976</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Türk Kelamcıları</t>
+          <t>Kur'an'ın Merkezindeki Türkçe Kelimeler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753503594</t>
+          <t>3990000065167</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sağlam Yerin Tamiri</t>
+          <t>Alem-i İslam ve Japonya’da İslamiyet’in Yayılması Cilt 1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753503600</t>
+          <t>3990000059841</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ha-Mim Sureleri Belaği Tefsiri 4 - Zuhruf Suresi</t>
+          <t>Kur'an-ı Kerim Meali ve Muhtasar Tefsiri (Küçük Boy Mushafsız) (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753502030</t>
+          <t>9799753501087</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Mesajı (Küçük Boy Mushafsız)</t>
+          <t>Çağın Özgün Rüya Yorumları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1080</v>
+        <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753503563</t>
+          <t>9789753504102</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Kalkınma ve Demokrasi İlişkisi</t>
+          <t>Tatmayan Bilmez</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>560</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753503556</t>
+          <t>9789753503303</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>A. Süheyl Ünver Bibliyografyası</t>
+          <t>Nazım Hikmet’in Dedesi Enver Paşa’nın Hatıraları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>700</v>
+        <v>760</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753503464</t>
+          <t>9789753504096</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yemen Ellerinde Otuz Yıl</t>
+          <t>Bolşevik Rejimde Bir Tatar Şeyhülislamı Alimcan Barudi'nin Hatıraları (1920-1921)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753503334</t>
+          <t>9789753504065</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İtikadi ve Ameli Kavramlar</t>
+          <t>İbrahim Suresi - Uygulamalı Belaği Tefsiri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>660</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753503495</t>
+          <t>9789753504089</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Nesh</t>
+          <t>Değişen Milliyetçilik Tartışılan Sınırlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753503518</t>
+          <t>9789753502245</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Kelam</t>
+          <t>Yahya Kemal’in Dünyası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>540</v>
+        <v>360</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753503297</t>
+          <t>9789753502191</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Dili ve Terimleri</t>
+          <t>Türk Süsleme Sanatları 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753503471</t>
+          <t>9789753501910</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ha-Mim Sureleri Belaği Tefsiri 3 Şura Suresi</t>
+          <t>Türk Süsleme Sanatçıları Müzehhipler 1</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>270</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753502009</t>
+          <t>3990000007832</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Mesajı Meal-Tefsir (Büyük Boy - Şamua) (Ciltli)</t>
+          <t>Tıp Tarihi Araştırmaları 8 History Of Medicine Studies</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>1620</v>
+        <v>240</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753503488</t>
+          <t>9789753503198</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Sistem Tartışması</t>
+          <t>Tefsir-i Kebir (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>4370</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753503174</t>
+          <t>9789753500128</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Kur'an-ı Kerim'in Türkçe Meali (Ciltli)</t>
+          <t>Tanzimat ve Yönetimde Modernleşme</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>920</v>
+        <v>400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753502368</t>
+          <t>9789753501767</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Meal Tefsir - Muhtasar Hak Dini Kur’an Dili (Yeşil Renk) (Ciltli)</t>
+          <t>Sevakıb-ı Menakıb Mevlana’dan Hatıralar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1620</v>
+        <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753503242</t>
+          <t>9789753503143</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tefsir-i Kebir Set (4 Kitap Takım - Orta Boy) (Ciltli)</t>
+          <t>Türkçe Mealler İçin Alfabetik Fihrist</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>2970</v>
+        <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753503426</t>
+          <t>9789753502474</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Seçmen Genetiği</t>
+          <t>Meal Tefsir - Muhtasar Hak Dini Kur’an Dili (Mavi Renkte) (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753503419</t>
+          <t>9789753502405</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Savaşı</t>
+          <t>Lafızlar Arasındaki Farklar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753503389</t>
+          <t>9789753502443</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Çok Kısa Tarihi</t>
+          <t>Kutsalın Egemenliğinden Adaletin Egemenliğine</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753503402</t>
+          <t>9789753502306</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Kısa Tarihi</t>
+          <t>Kur’an’ın Edebi Dili Lafız - Ma'Na Uyumu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753503396</t>
+          <t>9789753500135</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Teknolojik Yalnızlığı</t>
+          <t>Kur’an’ı Nasıl Okuyalım</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753503358</t>
+          <t>9789753502344</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>2. Abdulhamid Döneminde Osmanlı Hilafetine Aykırı Bakışlar (Ciltli)</t>
+          <t>Kur’an da Edebi Tasvir - Et Tasvirul-Fenni Fil Qur'an</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>670</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753503372</t>
+          <t>9789753502016</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kentleşme ve Kentlileşme</t>
+          <t>Kur’an Mesajı (Orta Boy, Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753503341</t>
+          <t>9789753502320</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sistemi (Ciltli)</t>
+          <t>Kelimeler Arasındaki Farklar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753503136</t>
+          <t>9789753501972</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Şefaat</t>
+          <t>İstanbul Üniversitesi İktisat Fakültesi Mecmuası Dizini</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753503181</t>
+          <t>9789753501835</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Fakih ve Sultan</t>
+          <t>İslam Dini (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753503150</t>
+          <t>9789753500647</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kelam Tarihi</t>
+          <t>İlmiyye Salnamesi Osmanlı İlmiyye Teşkilatı ve Şeyhulislamlar (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>730</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753503129</t>
+          <t>9789753502511</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Aşırı Yorumlar</t>
+          <t>Fatiha Suresi ve Amme Cüzü Tefsiri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753503013</t>
+          <t>9789753500875</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Giriş</t>
+          <t>Demokratikleşemeyen Türkiye</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>480</v>
+        <v>270</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753503112</t>
+          <t>9789753501422</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Fussilet Suresi 2</t>
+          <t>Bir Sosyal Siyaset Kurumu Olarak Ahilik</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753503099</t>
+          <t>9789753501859</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Belediyecilikte Değişim ve Dönüşüm 1</t>
+          <t>15. ve 16 Asırlarda Edirne ve Paşa Livası (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753503075</t>
+          <t>9789753504072</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Paralel İhanet</t>
+          <t>Minaredeki Yabancı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753503082</t>
+          <t>9789753504058</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Matruşka</t>
+          <t>Türkçe Ezan ve Menderes 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753503068</t>
+          <t>9789753504041</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gafir Suresi 1</t>
+          <t>Kur'an'ın Beyani Sırları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>330</v>
+        <v>730</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753503105</t>
+          <t>9789753504034</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Belediyecilikte Değişim ve Dönüşüm 2</t>
+          <t>Elmalılı Hamdi Yazır Meali Üzerine Notlar (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753502634</t>
+          <t>9789753503877</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Harput Yollarında (4 Cilt Takım)</t>
+          <t>Vakafat Düşündüren Ayetler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>1620</v>
+        <v>470</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753503037</t>
+          <t>9789753503440</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dava ve Davetçinin Hatıraları</t>
+          <t>Nüzul Sırasına Göre Kur’an Mesajı Meal-Tefsir</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753503020</t>
+          <t>9789753501361</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kavramlar ve Terimler</t>
+          <t>Alem-i İslam ve Japonya'da İslamiyet'in Yayılması 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>240</v>
+        <v>950</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753503006</t>
+          <t>9789753502504</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye ve Mücadelesi</t>
+          <t>Türkiye’yi Yükselten Yıllar - Hatıralar (Ciltli Kutulu)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753503051</t>
+          <t>9789753502498</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hilmi Ziya Ülken Kitabı</t>
+          <t>Türkiye’yi Yükselten Yıllar - Hatıralar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>320</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753503044</t>
+          <t>9789753503983</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl İslam Dünyasında Hilafet Tartışmaları</t>
+          <t>Beyani Tefsir Yolu (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>260</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753502702</t>
+          <t>9789753503969</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Belagat Dersleri Bedi' İlmi</t>
+          <t>Briçten Belagata</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753502948</t>
+          <t>9789753503952</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Terimleri Sözlüğü</t>
+          <t>Mahmud Şevket Paşa ile İlgili Hatıralarım ve Selanik’teki Günlerimin Tarihçesi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753502962</t>
+          <t>9789753503945</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de İman-Amel İlişkisi</t>
+          <t>Sultan Abdülhamid’in Sarayında Bir Tatar Müderrisin İstanbul, Bursa ve Surre Alayı ile Hac Hatıraları (1906-1907)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>470</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789753502955</t>
+          <t>9789753503938</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de İman-Ahlak İlişkisi</t>
+          <t>Selanik'ten Bağdat'a</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>220</v>
+        <v>580</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789753502993</t>
+          <t>9789753503822</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Akaidi</t>
+          <t>Hakim Parti Sistemi ve Türkiye’nin İlk Hakim Partisi olarak Ak Parti</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753502979</t>
+          <t>9789753503457</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kavramları</t>
+          <t>İslam ve Beşeri Hukuk</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789753502917</t>
+          <t>9789753502771</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Beyani Tefsir Yöntemi ve Örnekleri</t>
+          <t>İslam ve Siyasi Durumumuz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789753502931</t>
+          <t>9789753503846</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Kurtarıcı Mehdi</t>
+          <t>İslam'da Mal ve İdare</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789753502726</t>
+          <t>9789753503921</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Dışı Vahyin İmkansızlığı</t>
+          <t>Mensupları Cahil Alimleri Aciz İslam</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753501941</t>
+          <t>9789753503860</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Şehreminleri (Ciltli)</t>
+          <t>Ahkaf Suresi - Ha Mim Sureleri Belaği Tefsiri 7</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1350</v>
+        <v>470</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789753500487</t>
+          <t>9789753503853</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İslami Terimler Sözlüğü</t>
+          <t>Ha-Mim Sureleri Belaği Tefsiri 6 - Casiye Suresi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753502535</t>
+          <t>9789753503839</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları</t>
+          <t>Hasan El-Benna'yı Kim Öldürdü!</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>240</v>
+        <v>640</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789753500661</t>
+          <t>9789753503747</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İslam Fütüvveti ve Türk Ahiliği</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>540</v>
+        <v>400</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789753502900</t>
+          <t>9789753503884</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ağdiye Risalesi (Ciltli)</t>
+          <t>Çağdaş Fikir Akımları (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>700</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753502788</t>
+          <t>9789753503693</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Tefsir-i Kebir (Ciltli)</t>
+          <t>İnsan Psikolojisi Üzerine Etütler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>1620</v>
+        <v>450</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789753502894</t>
+          <t>9789753503792</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Kur'an'ı Anlamak</t>
+          <t>Osmanlı'dan Günümüze İslamcılar ve Siyaset</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>270</v>
+        <v>540</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753502795</t>
+          <t>9789753503808</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Meali Okuma Kılavuzu</t>
+          <t>Türk Siyasal Yaşamında Milli Görüşün Doğuşu MNP</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789753502283</t>
+          <t>9789753503778</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İstibdat - Meşrutiyet - Cumhuriyet Devirlerinde 80 Yıllık Hatıralarım</t>
+          <t>İslamcılığın Serüveni</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789753502733</t>
+          <t>9789753503785</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Müşkil Ayetler</t>
+          <t>Mektuplarla Suriye-Filistin-Kudüs Seyahati ve Siyonizm Meselesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753502207</t>
+          <t>9789753503754</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Arab Dili’nde ve Kur’an’da Farklar Sözlüğü</t>
+          <t>Kur'an Lugati</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753502436</t>
+          <t>9789753503761</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri</t>
+          <t>Osmanlı'da Birlikte Yaşama Politikası</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789753501279</t>
+          <t>9789753503730</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hariciye Salnameleri (4 Kitap Takım) (Ciltli)</t>
+          <t>Faslu'l - Makal</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>2700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753502542</t>
+          <t>9789753503723</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Mutezile’nin Kelami Polemikleri</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753502337</t>
+          <t>9789753503532</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Kıyamet Sahneleri</t>
+          <t>Kur’an’ı Anlayarak Okuma Rehberi - 2</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753501033</t>
+          <t>9789753503686</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Aydınlığında Hayatı Doğru Yaşamak</t>
+          <t>Ha-Mim Sureleri Belaği Tefsiri 5 - Duhan Suresi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753501156</t>
+          <t>9789753503662</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Din Eğitiminde Adalet, Ölçü, Denge Sırat-ı Müstakim</t>
+          <t>İslam'da Devlet ve Yönetim İlkeleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753502054</t>
+          <t>9789753503655</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Sözlüğü</t>
+          <t>Hukukumuz ve Ahvalimiz</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
+          <t>9789753503679</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Kalbin Yuvaya Dönüşü - Mekke'ye Giden Yol 2</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789753503327</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Yol Ayrımında İslam</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789753503570</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Nüzul Sırasına Göre Kur'an Mesajı Meal - Tefsir (Mushaflı Arapça Metinli Büyük Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>2560</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789753503587</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Nüzul Sırasına Göre Kur'an Mesajı Meal - Tefsir (Mushaflı Arapça Metinli Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789753503648</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Üç Çağrı Tek Mesaj</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789753502719</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Vahyin Geçmiş Varisleri</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789753503624</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Başbakanı Lloyd George'un 1.Dünya Savaşı Anıları</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789753503631</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul'dan Bağdat'a Mektuplarla Bir Anadolu ve Ortadoğu Seyahati 1892</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789753503501</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Türk Cilt Sanatı</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789753503549</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıçtan Günümüze Türk Kelamcıları</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9789753503594</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Sağlam Yerin Tamiri</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789753503600</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Ha-Mim Sureleri Belaği Tefsiri 4 - Zuhruf Suresi</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789753502030</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Mesajı (Küçük Boy Mushafsız)</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789753503563</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Kalkınma ve Demokrasi İlişkisi</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789753503556</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>A. Süheyl Ünver Bibliyografyası</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789753503464</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Yemen Ellerinde Otuz Yıl</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789753503334</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da İtikadi ve Ameli Kavramlar</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789753503495</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da Nesh</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9789753503518</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Sistematik Kelam</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789753503297</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Vahyin Dili ve Terimleri</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789753503471</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Ha-Mim Sureleri Belaği Tefsiri 3 Şura Suresi</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789753502009</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Mesajı Meal-Tefsir (Büyük Boy - Şamua) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789753503488</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sistem Tartışması</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789753503174</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Hak Dini Kur'an Dili Kur'an-ı Kerim'in Türkçe Meali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9789753502368</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Meal Tefsir - Muhtasar Hak Dini Kur’an Dili (Yeşil Renk) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9789753503242</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Tefsir-i Kebir Set (4 Kitap Takım - Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9789753503426</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Seçmen Genetiği</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789753503419</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Savaşı</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9789753503389</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasinin Çok Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789753503402</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasinin Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9789753503396</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Teknolojik Yalnızlığı</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789753503358</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>2. Abdulhamid Döneminde Osmanlı Hilafetine Aykırı Bakışlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789753503372</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Kentleşme ve Kentlileşme</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789753503341</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Cumhurbaşkanlığı Hükümet Sistemi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789753503136</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'a Göre Şefaat</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9789753503181</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Fakih ve Sultan</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789753503150</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Kelam Tarihi</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789753503129</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Tefsirde Aşırı Yorumlar</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789753503013</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'a Giriş</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789753503112</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Fussilet Suresi 2</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789753503099</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Belediyecilikte Değişim ve Dönüşüm 1</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789753503075</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Paralel İhanet</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789753503082</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı: Matruşka</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789753503068</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Gafir Suresi 1</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789753503105</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Belediyecilikte Değişim ve Dönüşüm 2</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789753502634</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Harput Yollarında (4 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789753503037</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Dava ve Davetçinin Hatıraları</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789753503020</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da Kavramlar ve Terimler</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789753503006</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>İbn Teymiyye ve Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789753503051</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Hilmi Ziya Ülken Kitabı</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789753503044</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>20. Yüzyıl İslam Dünyasında Hilafet Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789753502702</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Işığında Belagat Dersleri Bedi' İlmi</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789753502948</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789753502962</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim'de İman-Amel İlişkisi</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789753502955</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim'de İman-Ahlak İlişkisi</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789753502993</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Sünnet Akaidi</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789753502979</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Kavramları</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789753502917</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Beyani Tefsir Yöntemi ve Örnekleri</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789753502931</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojik Kurtarıcı Mehdi</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789753502726</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Dışı Vahyin İmkansızlığı</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789753501941</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Şehreminleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789753500487</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>İslami Terimler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789753502535</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>İslam İnanç Esasları</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789753500661</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>İslam Fütüvveti ve Türk Ahiliği</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789753502900</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Ağdiye Risalesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789753502788</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Muhtasar Tefsir-i Kebir (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789753502894</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Akıl ve Kur'an'ı Anlamak</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789753502795</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Meali Okuma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789753502283</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>İstibdat - Meşrutiyet - Cumhuriyet Devirlerinde 80 Yıllık Hatıralarım</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789753502733</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da Müşkil Ayetler</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789753502207</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Arab Dili’nde ve Kur’an’da Farklar Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789753502436</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Amme Cüzü Tefsiri</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789753501279</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Hariciye Salnameleri (4 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>3640</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789753502542</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Mutezile’nin Kelami Polemikleri</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9789753502337</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Kıyamet Sahneleri</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789753501033</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Aydınlığında Hayatı Doğru Yaşamak</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789753501156</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Açısından Din Eğitiminde Adalet, Ölçü, Denge Sırat-ı Müstakim</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789753502054</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
           <t>9789753503167</t>
         </is>
       </c>
-      <c r="B145" s="1" t="inlineStr">
+      <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Hak Dini Kur'an Dili Kur'an-ı Kerim ve Türkçe Meali (Küçük Boy, Siyah Kapak) (Ciltli)</t>
         </is>
       </c>
-      <c r="C145" s="1">
-        <v>700</v>
+      <c r="C223" s="1">
+        <v>950</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>