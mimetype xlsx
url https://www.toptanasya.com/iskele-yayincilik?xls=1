--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,2065 +85,2650 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789759099015</t>
+          <t>9789759099855</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Alman Ekmeği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>185</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789759099695</t>
+          <t>9789759099848</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Necdet</t>
+          <t>Aile Savaşları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>125</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944942171</t>
+          <t>9789944942027</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Yargılayan Zaman İçinden</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>75</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789754765755</t>
+          <t>9789759099954</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerinden Seçmeler</t>
+          <t>Ve Zalim ve İnanmış ve Kerbela</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>75</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944942430</t>
+          <t>9789944942461</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Tezkereden Tezkereye Gerçekler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>75</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789759099152</t>
+          <t>9789944942003</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Sahipsizler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944942218</t>
+          <t>9789759099961</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Şiirleri</t>
+          <t>Röportajlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>75</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759099435</t>
+          <t>9789759099992</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Reşo Ağa</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789944942331</t>
+          <t>9789759099978</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinden Seçmeler</t>
+          <t>Mahşerin İnsanları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>75</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944942928</t>
+          <t>9789944942485</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Kibarlık Budalası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>6.49</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759099411</t>
+          <t>9789759099947</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Kara Vagon</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>115</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051774565</t>
+          <t>9789759099985</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Kaçakçı Şahan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>75</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754767643</t>
+          <t>9789944942850</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Doğu Klasikleri (20 Kitap Kutulu)</t>
+          <t>Hekim Olmak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>2585</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789759099497</t>
+          <t>9789944942492</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>85</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759099398</t>
+          <t>9789759099930</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Harran</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051774282</t>
+          <t>9789759099916</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Halkalı Köle</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>80</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051774275</t>
+          <t>9789944942065</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Güliver’in Gezileri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051774268</t>
+          <t>9789759099923</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hikayeler</t>
+          <t>Evlilik Şirketi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>75</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051771359</t>
+          <t>9789944942713</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Efendi İle Uşak</t>
+          <t>English Dictionary</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>70</v>
+        <v>6.49</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051770000</t>
+          <t>9789759099909</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Dünyadan Bir Atlı Geçti</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>80</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051771304</t>
+          <t>9789759099893</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Demir Bebek</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051773773</t>
+          <t>9789759099886</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Darbe</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>165</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051773759</t>
+          <t>9789759099879</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Bozkır Gelini</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>125</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051772981</t>
+          <t>9789759099336</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>125</v>
+        <v>85</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051773018</t>
+          <t>9789759099862</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Beyaz Türkü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>70</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051773032</t>
+          <t>9796056998420</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Çocuk Klasikleri Set: 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051773025</t>
+          <t>9796056998431</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Çocuk Klasikleri Set: 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>110</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051772967</t>
+          <t>9796056998442</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Çocuk Klasikleri Set: 3 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>65</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944942096</t>
+          <t>9796056998453</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşorlar</t>
+          <t>Çocuk Klasikleri Set: 4 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>75</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944942157</t>
+          <t>9796056998464</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Çocuk Klasikleri Set: 5 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>75</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944942379</t>
+          <t>9796056998475</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türk Ninnilerinden Seçmeler</t>
+          <t>Çocuk Klasikleri Set: 6 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>75</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944942195</t>
+          <t>9796056998486</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Çocuk Klasikleri Set: 7 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>75</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944942126</t>
+          <t>9796056998497</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Çocuk Klasikleri Set: 8 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>75</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944942287</t>
+          <t>9789944942041</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Umut Direniyor</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>75</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944942362</t>
+          <t>9796056998522</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 13</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>75</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944942317</t>
+          <t>9796056998521</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 12</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>75</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944942140</t>
+          <t>9796056998520</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 11</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>75</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051771151</t>
+          <t>9796056998508</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 9</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>110</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051771014</t>
+          <t>9796056998519</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 10</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>115</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944942348</t>
+          <t>9789759099015</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türk Manilerinden Seçmeler</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>75</v>
+        <v>185</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944942256</t>
+          <t>9789759099695</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Zavallı Necdet</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754769821</t>
+          <t>9789944942171</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944942089</t>
+          <t>9789754765755</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Türk Atasözlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944942102</t>
+          <t>9789944942430</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789759099244</t>
+          <t>9789759099152</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Parma Manastırı</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944942201</t>
+          <t>9789944942218</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Çocuk Şiirleri</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051770987</t>
+          <t>9789759099435</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944942867</t>
+          <t>9789944942331</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Safahat Seçmeler</t>
+          <t>Türk Bilmecelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051770901</t>
+          <t>9789944942928</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789994942886</t>
+          <t>9789759099411</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789759099688</t>
+          <t>9786051774565</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944942232</t>
+          <t>9789754767643</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Türk ve Doğu Klasikleri (20 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>75</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789759099701</t>
+          <t>9789759099497</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789759099060</t>
+          <t>9789759099398</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789759099145</t>
+          <t>9786051774282</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Nana</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944942133</t>
+          <t>9786051774275</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789759099206</t>
+          <t>9786051774268</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Çocuklar İçin Hikayeler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051770956</t>
+          <t>9786051771359</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Efendi İle Uşak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051770949</t>
+          <t>9786051770000</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>215</v>
+        <v>80</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944942898</t>
+          <t>9786051771304</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944942874</t>
+          <t>9786051773773</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754768824</t>
+          <t>9786051773759</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754763300</t>
+          <t>9786051772981</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789759099466</t>
+          <t>9786051773018</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>115</v>
+        <v>70</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789759099305</t>
+          <t>9786051773032</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789759099114</t>
+          <t>9786051773025</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944942263</t>
+          <t>9786051772967</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944942300</t>
+          <t>9789944942096</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Üç Silahşorlar</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789759099251</t>
+          <t>9789944942157</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789759099039</t>
+          <t>9789944942379</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Türk Ninnilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>185</v>
+        <v>75</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944942355</t>
+          <t>9789944942195</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789759099428</t>
+          <t>9789944942126</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>115</v>
+        <v>75</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789759099534</t>
+          <t>9789944942287</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza 2. Cilt</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789759099527</t>
+          <t>9789944942362</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza 1. Cilt</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944942393</t>
+          <t>9789944942317</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789759099077</t>
+          <t>9789944942140</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>235</v>
+        <v>75</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789759099343</t>
+          <t>9786051771151</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789759099282</t>
+          <t>9786051771014</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>260</v>
+        <v>115</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944942423</t>
+          <t>9789944942348</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Türk Manilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789759099176</t>
+          <t>9789944942256</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ölü Evinden Anılar</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789759099329</t>
+          <t>9789754769821</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944942454</t>
+          <t>9789944942089</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>185</v>
+        <v>75</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789759099213</t>
+          <t>9789944942102</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame’ın Kamburu</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944942249</t>
+          <t>9789759099244</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Hikayeleri</t>
+          <t>Parma Manastırı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789759099008</t>
+          <t>9789944942201</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Meyhane</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944942294</t>
+          <t>9786051770987</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789759099725</t>
+          <t>9789944942867</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçme Öyküler</t>
+          <t>Safahat Seçmeler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789759099121</t>
+          <t>9786051770901</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789759099138</t>
+          <t>9789994942886</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Madame Bovary</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944942324</t>
+          <t>9789759099688</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine’den Seçmeler</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789759099053</t>
+          <t>9789944942232</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>260</v>
+        <v>75</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789759099596</t>
+          <t>9789759099701</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Karamazov Kardeşler 2. Cilt</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789759099589</t>
+          <t>9789759099060</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Karamazov Kardeşler 1. Cilt</t>
+          <t>Kazaklar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944942164</t>
+          <t>9789759099145</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Nana</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>75</v>
+        <v>260</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789759099459</t>
+          <t>9789944942133</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789759099503</t>
+          <t>9789759099206</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754760156</t>
+          <t>9786051770956</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 100 Temel Eser (40 Kitap Kutulu)</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>3000</v>
+        <v>190</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789759099084</t>
+          <t>9786051770949</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>145</v>
+        <v>215</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944942072</t>
+          <t>9789944942898</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789759099312</t>
+          <t>9789944942874</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Goriot Baba</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789759099299</t>
+          <t>9789754768824</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Kurşun Asker</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789759099381</t>
+          <t>9789754763300</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789759099046</t>
+          <t>9789759099466</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>195</v>
+        <v>115</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789759099442</t>
+          <t>9789759099305</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789759099275</t>
+          <t>9789759099114</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ezilenler</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>210</v>
+        <v>95</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789759099367</t>
+          <t>9789944942263</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789759099473</t>
+          <t>9789944942300</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi’nden Seçmeler</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789759099718</t>
+          <t>9789759099251</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>85</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051770932</t>
+          <t>9789759099039</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri 2 (20 Kitap Kutulu)</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>4125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051770925</t>
+          <t>9789944942355</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri 1 (20 Kitap Kutulu)</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>4235</v>
+        <v>75</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944942409</t>
+          <t>9789759099428</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>260</v>
+        <v>115</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789759099022</t>
+          <t>9789759099534</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Suç ve Ceza 2. Cilt</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944942416</t>
+          <t>9789759099527</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Suç ve Ceza 1. Cilt</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789759099190</t>
+          <t>9789944942393</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Delikanlı</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944942447</t>
+          <t>9789759099077</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>75</v>
+        <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944942119</t>
+          <t>9789759099343</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944942270</t>
+          <t>9789759099282</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>75</v>
+        <v>260</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789759099091</t>
+          <t>9789944942423</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789759099404</t>
+          <t>9789759099176</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Ölü Evinden Anılar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789099942507</t>
+          <t>9789759099329</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>95</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789759099626</t>
+          <t>9789944942454</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Budala 2. Cilt</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789759099619</t>
+          <t>9789759099213</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Budala 1. Cilt</t>
+          <t>Notre Dame’ın Kamburu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789759099350</t>
+          <t>9789944942249</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Nasrettin Hoca Hikayeleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789759099480</t>
+          <t>9789759099008</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre Frankfurt Seyahatnamesi</t>
+          <t>Meyhane</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789759099268</t>
+          <t>9789944942294</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Sayfası</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>155</v>
+        <v>75</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944942225</t>
+          <t>9789759099725</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Billur Köşk Masalları</t>
+          <t>Mesnevi’den Seçme Öyküler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789759099169</t>
+          <t>9789759099121</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789759099220</t>
+          <t>9789759099138</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Benim Üniversitelerim</t>
+          <t>Madame Bovary</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>95</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789759099183</t>
+          <t>9789944942324</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>La Fontaine’den Seçmeler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789759099374</t>
+          <t>9789759099053</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Kırmızı ve Siyah</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>135</v>
+        <v>260</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789759099565</t>
+          <t>9789759099596</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina 2. Cilt</t>
+          <t>Karamazov Kardeşler 2. Cilt</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789759099558</t>
+          <t>9789759099589</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina 1. Cilt</t>
+          <t>Karamazov Kardeşler 1. Cilt</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944942188</t>
+          <t>9789944942164</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944942058</t>
+          <t>9789759099459</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
+          <t>9789759099503</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>İntibah</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789754760156</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretim 100 Temel Eser (40 Kitap Kutulu)</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789759099084</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>İki Şehrin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789944942072</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Heidi</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789759099312</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Goriot Baba</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789759099299</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Genç Werther’in Acıları</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789759099381</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey ile Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789759099046</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Faust</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789759099442</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Falaka</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789759099275</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Ezilenler</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789759099367</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Eylül</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789759099473</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi Seyahatnamesi’nden Seçmeler</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789759099718</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Dürdane Hanım</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786051770932</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Klasikleri 2 (20 Kitap Kutulu)</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>4125</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786051770925</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Klasikleri 1 (20 Kitap Kutulu)</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>4235</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789944942409</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Don Kişot</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789759099022</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Diriliş</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789944942416</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Devlet</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789759099190</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Delikanlı</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9789944942447</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Değirmenimden Mektuplar</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789944942119</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Define Adası</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789944942270</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789759099091</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789759099404</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Çağlayanlar</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789099942507</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Cimri</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789759099626</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Budala 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789759099619</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Budala 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9789759099350</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Buyurdu Zerdüşt</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789759099480</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Bize Göre Frankfurt Seyahatnamesi</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789759099268</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Bir Aşk Sayfası</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789944942225</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Billur Köşk Masalları</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789759099169</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789759099220</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Benim Üniversitelerim</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9789759099183</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Babalar ve Oğullar</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9789759099374</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Araba Sevdası</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9789759099565</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Anna Karenina 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789759099558</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Anna Karenina 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9789944942188</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Altın Işık</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789944942058</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
           <t>9789754760057</t>
         </is>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Orta - Lise 100 Temel Eser (22 Kitap Kutulu)</t>
         </is>
       </c>
-      <c r="C136" s="1">
+      <c r="C175" s="1">
         <v>3970</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>