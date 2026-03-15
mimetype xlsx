--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,2650 +85,1750 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789759099855</t>
+          <t>9786051771366</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Alman Ekmeği</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>7.87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789759099848</t>
+          <t>9789759099855</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Aile Savaşları</t>
+          <t>Alman Ekmeği</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>9.26</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944942027</t>
+          <t>9789759099848</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yargılayan Zaman İçinden</t>
+          <t>Aile Savaşları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>7.88</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789759099954</t>
+          <t>9789944942027</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ve Zalim ve İnanmış ve Kerbela</t>
+          <t>Yargılayan Zaman İçinden</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>11.11</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944942461</t>
+          <t>9789759099954</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tezkereden Tezkereye Gerçekler</t>
+          <t>Ve Zalim ve İnanmış ve Kerbela</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944942003</t>
+          <t>9789944942461</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sahipsizler</t>
+          <t>Tezkereden Tezkereye Gerçekler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>6.94</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789759099961</t>
+          <t>9789944942003</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Röportajlar</t>
+          <t>Sahipsizler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>7.41</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759099992</t>
+          <t>9789759099961</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Reşo Ağa</t>
+          <t>Röportajlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759099978</t>
+          <t>9789759099992</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin İnsanları</t>
+          <t>Reşo Ağa</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>7.87</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944942485</t>
+          <t>9789759099978</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kibarlık Budalası</t>
+          <t>Mahşerin İnsanları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>6.49</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759099947</t>
+          <t>9789944942485</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kara Vagon</t>
+          <t>Kibarlık Budalası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>7.41</v>
+        <v>6.49</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789759099985</t>
+          <t>9789759099947</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kaçakçı Şahan</t>
+          <t>Kara Vagon</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>6.94</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789944942850</t>
+          <t>9789759099985</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hekim Olmak</t>
+          <t>Kaçakçı Şahan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>20</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789944942492</t>
+          <t>9789944942850</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası</t>
+          <t>Hekim Olmak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759099930</t>
+          <t>9789944942492</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Harran</t>
+          <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>7.87</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789759099916</t>
+          <t>9789759099930</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Halkalı Köle</t>
+          <t>Harran</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>8.33</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944942065</t>
+          <t>9789759099916</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Güliver’in Gezileri</t>
+          <t>Halkalı Köle</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>75</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789759099923</t>
+          <t>9789944942065</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Şirketi</t>
+          <t>Güliver’in Gezileri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>7.41</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789944942713</t>
+          <t>9789759099923</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>English Dictionary</t>
+          <t>Evlilik Şirketi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>6.49</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789759099909</t>
+          <t>9789944942713</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Bir Atlı Geçti</t>
+          <t>English Dictionary</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>6.95</v>
+        <v>6.49</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789759099893</t>
+          <t>9789759099909</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Demir Bebek</t>
+          <t>Dünyadan Bir Atlı Geçti</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>7.41</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789759099886</t>
+          <t>9789759099893</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Darbe</t>
+          <t>Demir Bebek</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789759099879</t>
+          <t>9789759099886</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Gelini</t>
+          <t>Darbe</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>6.94</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789759099336</t>
+          <t>9789759099879</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Bozkır Gelini</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>85</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789759099862</t>
+          <t>9789759099336</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Türkü</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>6.94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9796056998420</t>
+          <t>9789759099862</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Set: 1 (5 Kitap Takım)</t>
+          <t>Beyaz Türkü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>39.6</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9796056998431</t>
+          <t>9796056998420</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Set: 2 (5 Kitap Takım)</t>
+          <t>Çocuk Klasikleri Set: 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>39.6</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9796056998442</t>
+          <t>9796056998431</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Set: 3 (5 Kitap Takım)</t>
+          <t>Çocuk Klasikleri Set: 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>39.6</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9796056998453</t>
+          <t>9796056998442</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Set: 4 (5 Kitap Takım)</t>
+          <t>Çocuk Klasikleri Set: 3 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>39.6</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9796056998464</t>
+          <t>9796056998453</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Set: 5 (5 Kitap Takım)</t>
+          <t>Çocuk Klasikleri Set: 4 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>39.6</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9796056998475</t>
+          <t>9796056998464</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Set: 6 (5 Kitap Takım)</t>
+          <t>Çocuk Klasikleri Set: 5 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>39.6</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9796056998486</t>
+          <t>9796056998475</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Set: 7 (5 Kitap Takım)</t>
+          <t>Çocuk Klasikleri Set: 6 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>39.6</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9796056998497</t>
+          <t>9796056998486</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Set: 8 (5 Kitap Takım)</t>
+          <t>Çocuk Klasikleri Set: 7 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>39.6</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944942041</t>
+          <t>9796056998497</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Umut Direniyor</t>
+          <t>Çocuk Klasikleri Set: 8 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>6</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9796056998522</t>
+          <t>9789944942041</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 13</t>
+          <t>Umut Direniyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>39.6</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9796056998521</t>
+          <t>9796056998522</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 12</t>
+          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 13</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>39.6</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9796056998520</t>
+          <t>9796056998521</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 11</t>
+          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 12</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>39.6</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9796056998508</t>
+          <t>9796056998520</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 9</t>
+          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 11</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>39.6</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9796056998519</t>
+          <t>9796056998508</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 10</t>
+          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 9</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>39.6</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789759099015</t>
+          <t>9796056998519</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Çocuk Klasikleri (5 Kitap Takım) Set: 10</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>185</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789759099695</t>
+          <t>9789759099015</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Necdet</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944942171</t>
+          <t>9789759099695</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Zavallı Necdet</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754765755</t>
+          <t>9789944942171</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerinden Seçmeler</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944942430</t>
+          <t>9789754765755</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Türk Atasözlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789759099152</t>
+          <t>9789944942430</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944942218</t>
+          <t>9789759099152</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Şiirleri</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789759099435</t>
+          <t>9789944942218</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Çocuk Şiirleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944942331</t>
+          <t>9789759099435</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinden Seçmeler</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944942928</t>
+          <t>9789944942331</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Türk Bilmecelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789759099411</t>
+          <t>9789944942928</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>115</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051774565</t>
+          <t>9789759099411</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754767643</t>
+          <t>9786051774565</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Doğu Klasikleri (20 Kitap Kutulu)</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>2585</v>
+        <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789759099497</t>
+          <t>9789754767643</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Türk ve Doğu Klasikleri (20 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>85</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789759099398</t>
+          <t>9789759099497</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051774282</t>
+          <t>9789759099398</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051774275</t>
+          <t>9786051774282</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051774268</t>
+          <t>9786051774275</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hikayeler</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051771359</t>
+          <t>9786051774268</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Efendi İle Uşak</t>
+          <t>Çocuklar İçin Hikayeler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051770000</t>
+          <t>9786051771359</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Efendi İle Uşak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051771304</t>
+          <t>9786051770000</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051773773</t>
+          <t>9786051771304</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051773759</t>
+          <t>9786051773773</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051772981</t>
+          <t>9786051773759</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051773018</t>
+          <t>9786051772981</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>70</v>
+        <v>125</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051773032</t>
+          <t>9786051773018</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051773025</t>
+          <t>9786051773032</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051772967</t>
+          <t>9786051773025</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944942096</t>
+          <t>9786051772967</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşorlar</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944942157</t>
+          <t>9789944942096</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Üç Silahşorlar</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944942379</t>
+          <t>9789944942157</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türk Ninnilerinden Seçmeler</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944942195</t>
+          <t>9789944942379</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Türk Ninnilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944942126</t>
+          <t>9789944942195</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944942287</t>
+          <t>9789944942126</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944942362</t>
+          <t>9789944942287</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944942317</t>
+          <t>9789944942362</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944942140</t>
+          <t>9789944942317</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051771151</t>
+          <t>9789944942140</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051771014</t>
+          <t>9786051771151</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944942348</t>
+          <t>9786051771014</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Türk Manilerinden Seçmeler</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>75</v>
+        <v>115</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944942256</t>
+          <t>9789944942348</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Türk Manilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754769821</t>
+          <t>9789944942256</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944942089</t>
+          <t>9789754769821</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944942102</t>
+          <t>9789944942089</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789759099244</t>
+          <t>9789944942102</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Parma Manastırı</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944942201</t>
+          <t>9789759099244</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Parma Manastırı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051770987</t>
+          <t>9789944942201</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944942867</t>
+          <t>9786051770987</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Safahat Seçmeler</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051770901</t>
+          <t>9789944942867</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Safahat Seçmeler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789994942886</t>
+          <t>9786051770901</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789759099688</t>
+          <t>9789994942886</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944942232</t>
+          <t>9789759099688</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789759099701</t>
+          <t>9789944942232</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>165</v>
+        <v>75</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789759099060</t>
+          <t>9789759099701</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789759099145</t>
+          <t>9789759099060</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nana</t>
+          <t>Kazaklar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>260</v>
+        <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944942133</t>
+          <t>9789759099145</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Nana</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>75</v>
+        <v>260</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789759099206</t>
+          <t>9789944942133</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>275</v>
+        <v>75</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051770956</t>
+          <t>9789759099206</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051770949</t>
+          <t>9786051770956</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944942898</t>
+          <t>9786051770949</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>110</v>
+        <v>215</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944942874</t>
+          <t>9789944942898</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754768824</t>
+          <t>9789944942874</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754763300</t>
+          <t>9789754768824</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Kurşun Asker</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789759099466</t>
+          <t>9789754763300</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>115</v>
+        <v>75</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789759099305</t>
+          <t>9789759099251</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789759099114</t>
+          <t>9789944942164</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944942263</t>
+          <t>9789754760156</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>İlköğretim 100 Temel Eser (40 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>75</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944942300</t>
+          <t>9789944942072</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789759099251</t>
+          <t>9786051770932</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Dünya Klasikleri 2 (20 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>85</v>
+        <v>4125</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789759099039</t>
+          <t>9789944942447</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>185</v>
+        <v>75</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944942355</t>
+          <t>9789944942119</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789759099428</t>
+          <t>9789759099268</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Bir Aşk Sayfası</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>115</v>
+        <v>155</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789759099534</t>
+          <t>9789759099220</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza 2. Cilt</t>
+          <t>Benim Üniversitelerim</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789759099527</t>
+          <t>9789944942188</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza 1. Cilt</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944942393</t>
+          <t>9789754760057</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Orta - Lise 100 Temel Eser (22 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>65</v>
-[...898 lines deleted...]
-      <c r="C175" s="1">
         <v>3970</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>