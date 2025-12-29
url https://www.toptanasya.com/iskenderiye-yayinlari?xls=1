--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,3145 +85,3190 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259620336</t>
+          <t>9786259620350</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Siyah İnci Bilal’i Anlamak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057112613</t>
+          <t>9786259620343</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Unity ile Mobil Oyun Geliştirme Rehberi</t>
+          <t>Küresel Rekabetten Faydalanan İsrail'in Stratejik Uygulamaları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>40</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057112620</t>
+          <t>9786259620329</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Rakka Ahkam Defterlerinde Suruç Kazası</t>
+          <t>Mürekkep ve Köz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057402059</t>
+          <t>9786259620336</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret Hakkında Her Şey</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>60</v>
+        <v>490</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059900676</t>
+          <t>9786057112613</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gözüm Arkada Kalmasın Diye</t>
+          <t>Unity ile Mobil Oyun Geliştirme Rehberi</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059900669</t>
+          <t>9786057112620</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Din (Ciltli)</t>
+          <t>Rakka Ahkam Defterlerinde Suruç Kazası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059900683</t>
+          <t>9786057402059</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Online İçerik Yazarlığı</t>
+          <t>E-Ticaret Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059900232</t>
+          <t>9786059900676</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Darağacı - Demokrasi Kahramanı Menderes</t>
+          <t>Gözüm Arkada Kalmasın Diye</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059900218</t>
+          <t>9786059900669</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Aşk</t>
+          <t>Hukuk ve Din (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>75</v>
+        <v>700</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059900201</t>
+          <t>9786059900683</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ata'nın Gizemli Aşığı Beyaz Rus</t>
+          <t>Online İçerik Yazarlığı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058536401</t>
+          <t>9786059900232</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Başarmak İstiyorum</t>
+          <t>Darağacı - Demokrasi Kahramanı Menderes</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058536432</t>
+          <t>9786059900218</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sev</t>
+          <t>Sürgün Aşk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059900225</t>
+          <t>9786059900201</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bizden Biri Mustafa Kemal</t>
+          <t>Ata'nın Gizemli Aşığı Beyaz Rus</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059900249</t>
+          <t>9786058536401</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Laiklik ve İnanç Özgürlüğü</t>
+          <t>Başarmak İstiyorum</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058536470</t>
+          <t>9786058536432</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hep Ama Hep</t>
+          <t>Sev</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>8.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058536463</t>
+          <t>9786059900225</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aşmak</t>
+          <t>Bizden Biri Mustafa Kemal</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055687175</t>
+          <t>9786059900249</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kelkit (Ciltli)</t>
+          <t>Laiklik ve İnanç Özgürlüğü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>95</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055687137</t>
+          <t>9786058536470</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Arifin Gönlü</t>
+          <t>Hep Ama Hep</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>8</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058536449</t>
+          <t>9786058536463</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sefine</t>
+          <t>Kendini Aşmak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>45</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944018128</t>
+          <t>9786055687175</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yanya’nın Gözyaşları</t>
+          <t>Kelkit (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>11.5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055687021</t>
+          <t>9786055687137</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Türk-Macar İlişkileri</t>
+          <t>Arifin Gönlü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055687052</t>
+          <t>9786058536449</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şiyara’nın Çocukları</t>
+          <t>Sefine</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>7</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056002786</t>
+          <t>9789944018128</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Son İstasyon Sarıkamış</t>
+          <t>Yanya’nın Gözyaşları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>15</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055687106</t>
+          <t>9786055687021</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Panikatak Defoldu</t>
+          <t>Türk-Macar İlişkileri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944018166</t>
+          <t>9786055687052</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Nasya Sultan</t>
+          <t>Şiyara’nın Çocukları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>8.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055687014</t>
+          <t>9786056002786</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Matruşka</t>
+          <t>Son İstasyon Sarıkamış</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>9.9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056002717</t>
+          <t>9786055687106</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet</t>
+          <t>Panikatak Defoldu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>13</v>
+        <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944018135</t>
+          <t>9789944018166</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sakal</t>
+          <t>Nasya Sultan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>13</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944018104</t>
+          <t>9786055687014</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Keskin Faik</t>
+          <t>Matruşka</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>9.5</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055687007</t>
+          <t>9786056002717</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kese Kağıdına Sarılı Şeyler</t>
+          <t>Mahremiyet</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058536487</t>
+          <t>9789944018135</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kendine İnanmak</t>
+          <t>Kızıl Sakal</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055539290</t>
+          <t>9789944018104</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap</t>
+          <t>Keskin Faik</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944018111</t>
+          <t>9786055687007</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Hikayeleri</t>
+          <t>Kese Kağıdına Sarılı Şeyler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>7.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056002700</t>
+          <t>9786058536487</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İngilizler ve Planlar</t>
+          <t>Kendine İnanmak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056002762</t>
+          <t>9786055539290</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İhanetin Adı Yok</t>
+          <t>Kayıp Kitap</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055687045</t>
+          <t>9789944018111</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhane (Ciltli)</t>
+          <t>Kastamonu Hikayeleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944018197</t>
+          <t>9786056002700</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yuvası</t>
+          <t>İngilizler ve Planlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944018159</t>
+          <t>9786056002762</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gladyo’ya Mektuplar</t>
+          <t>İhanetin Adı Yok</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056002793</t>
+          <t>9786055687045</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Ya Da Farkındanalık</t>
+          <t>Gümüşhane (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>10</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944018173</t>
+          <t>9789944018197</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Efendi ve Uşak</t>
+          <t>Gönül Yuvası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055687083</t>
+          <t>9789944018159</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Birinci Bölümün Sonu</t>
+          <t>Gladyo’ya Mektuplar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055687076</t>
+          <t>9786056002793</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün Hepsi Silinir</t>
+          <t>Farkındalık Ya Da Farkındanalık</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055539320</t>
+          <t>9789944018173</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Kadeh İhanet Ver</t>
+          <t>Efendi ve Uşak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055687069</t>
+          <t>9786055687083</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Asparagas</t>
+          <t>Birinci Bölümün Sonu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>19</v>
+        <v>7</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056002731</t>
+          <t>9786055687076</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Cemal Paşa Anılarım 1913-1922</t>
+          <t>Belki Bir Gün Hepsi Silinir</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056002748</t>
+          <t>9786055539320</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Alayına Gider</t>
+          <t>Bana Bir Kadeh İhanet Ver</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944018142</t>
+          <t>9786055687069</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Rus Edebiyatı</t>
+          <t>Asparagas</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059900621</t>
+          <t>9786056002731</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Selanikli Saadet</t>
+          <t>Cemal Paşa Anılarım 1913-1922</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>65</v>
+        <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059900461</t>
+          <t>9786056002748</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fikrimin Çivisi Çıktı</t>
+          <t>Alayına Gider</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056002779</t>
+          <t>9789944018142</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Urumeli'nin Gözyaşları</t>
+          <t>18. Yüzyıl Rus Edebiyatı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059900829</t>
+          <t>9786059900621</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sen Senden Vazgeçmişsindir</t>
+          <t>Selanikli Saadet</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059900485</t>
+          <t>9786059900461</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tehlike Bir Sokak Ötede</t>
+          <t>Fikrimin Çivisi Çıktı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059900331</t>
+          <t>9786056002779</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kördüğüm ve Kaleler</t>
+          <t>Urumeli'nin Gözyaşları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059900287</t>
+          <t>9786059900829</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Gölgesinde</t>
+          <t>Sen Senden Vazgeçmişsindir</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059900614</t>
+          <t>9786059900485</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sisi Dağıtan Umut</t>
+          <t>Tehlike Bir Sokak Ötede</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059900645</t>
+          <t>9786059900331</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe İstihbarat</t>
+          <t>Kördüğüm ve Kaleler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059900003</t>
+          <t>9786059900287</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sevgilim Lenfoma</t>
+          <t>Duyguların Gölgesinde</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056490392</t>
+          <t>9786059900614</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Sisi Dağıtan Umut</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059900591</t>
+          <t>9786059900645</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Maviye Dair Ne Varsa</t>
+          <t>Geçmişten Geleceğe İstihbarat</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059900546</t>
+          <t>9786059900003</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Avunanlar</t>
+          <t>Sevgilim Lenfoma</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059900478</t>
+          <t>9786056490392</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Puslu Kentin Mavisi</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059900508</t>
+          <t>9786059900591</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Her Şey Var Aşkım</t>
+          <t>Maviye Dair Ne Varsa</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059900560</t>
+          <t>9786059900546</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Sırrı</t>
+          <t>Avunanlar</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059900515</t>
+          <t>9786059900478</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Puslu Kentin Mavisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>3990000032377</t>
+          <t>9786059900508</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ortam Sanal Suç Gerçek</t>
+          <t>Hayatta Her Şey Var Aşkım</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059900348</t>
+          <t>9786059900560</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ulucanlı Son Mimar</t>
+          <t>Osmanlı'nın Sırrı</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059900171</t>
+          <t>9786059900515</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Geçiyordum, Uğradım!</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059900089</t>
+          <t>3990000032377</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Dönemi Siyasi ve Sosyal Hayat</t>
+          <t>Ortam Sanal Suç Gerçek</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059900102</t>
+          <t>9786059900348</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Püf Noktası</t>
+          <t>Ulucanlı Son Mimar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059900119</t>
+          <t>9786059900171</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Eğitimli Neslin 1. Dünya Savaşı’yla İmtihanı</t>
+          <t>Geçiyordum, Uğradım!</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>8</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059900027</t>
+          <t>9786059900089</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Doğru Türkçemi Geri Verin</t>
+          <t>Demokrat Parti Dönemi Siyasi ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059900522</t>
+          <t>9786059900102</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İşgal Henüz Bitmedi</t>
+          <t>Eğitimin Püf Noktası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059900256</t>
+          <t>9786059900119</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ucba</t>
+          <t>Eğitimli Neslin 1. Dünya Savaşı’yla İmtihanı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059900188</t>
+          <t>9786059900027</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Geldiler... Gördüler... Anlattılar...</t>
+          <t>Doğru Türkçemi Geri Verin</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>5.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059900140</t>
+          <t>9786059900522</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Okuldan Kaçmış Düşünceler</t>
+          <t>İşgal Henüz Bitmedi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059900553</t>
+          <t>9786059900256</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Maksadını Aşan Hayallerim</t>
+          <t>Ucba</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059900539</t>
+          <t>9786059900188</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Atam Sensin</t>
+          <t>Geldiler... Gördüler... Anlattılar...</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>80</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059900195</t>
+          <t>9786059900140</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Okuldan Kaçmış Düşünceler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059900072</t>
+          <t>9786059900553</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Defterlerine Göre 18. Yüzyılda İstanbul'da Ticaret</t>
+          <t>Maksadını Aşan Hayallerim</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059900607</t>
+          <t>9786059900539</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ben Sultan Abdülhamid Han</t>
+          <t>Atam Sensin</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059900416</t>
+          <t>9786059900195</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Belki Yarından da Yakın</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059900393</t>
+          <t>9786059900072</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Ahkam Defterlerine Göre 18. Yüzyılda İstanbul'da Ticaret</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059900133</t>
+          <t>9786059900607</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kserkses</t>
+          <t>Ben Sultan Abdülhamid Han</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786056490361</t>
+          <t>9786059900416</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Belki Yarından da Yakın</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059900409</t>
+          <t>9786059900393</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Federal Demokrasiler</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059900300</t>
+          <t>9786059900133</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Medochita</t>
+          <t>Kserkses</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>30</v>
+        <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059900065</t>
+          <t>9786056490361</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Anayasal Yapısı</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055687113</t>
+          <t>9786059900409</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hazel</t>
+          <t>Federal Demokrasiler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>24</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055539337</t>
+          <t>9786059900300</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Medochita</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058536425</t>
+          <t>9786059900065</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İmamoğlu</t>
+          <t>Türkiye'nin Anayasal Yapısı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>8</v>
+        <v>75</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055539283</t>
+          <t>9786055687113</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Mevsim Sen</t>
+          <t>Hazel</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>7</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059900423</t>
+          <t>9786055539337</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059900164</t>
+          <t>9786058536425</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Metamorphosis of the Arab World : The Social and Political Impact of the Arab Spring / Metamorphose du Monde Arabe: l’impact Social et Politique du Printemps Arabe</t>
+          <t>İmamoğlu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059900096</t>
+          <t>9786055539283</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Nefes</t>
+          <t>Şimdi Mevsim Sen</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059900010</t>
+          <t>9786059900423</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Seçmensiz Parti Seçimsiz Siyaset Olmaz</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059900447</t>
+          <t>9786059900164</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bay Mars’ın Rezil Günlüğü</t>
+          <t>Metamorphosis of the Arab World : The Social and Political Impact of the Arab Spring / Metamorphose du Monde Arabe: l’impact Social et Politique du Printemps Arabe</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059900126</t>
+          <t>9786059900096</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Haseki Mahpeyker Kösem Sultan</t>
+          <t>Bir Yudum Nefes</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>40</v>
+        <v>16</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059900157</t>
+          <t>9786059900010</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yeni ve Geleneksel Medya Okumaları</t>
+          <t>Seçmensiz Parti Seçimsiz Siyaset Olmaz</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056490378</t>
+          <t>9786059900447</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Son Serasker</t>
+          <t>Bay Mars’ın Rezil Günlüğü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059900386</t>
+          <t>9786059900126</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Aşk Mektupları</t>
+          <t>Haseki Mahpeyker Kösem Sultan</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>16</v>
+        <v>40</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059900270</t>
+          <t>9786059900157</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bir Neslin Çektikleri</t>
+          <t>Yeni ve Geleneksel Medya Okumaları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786058536494</t>
+          <t>9786056490378</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Aşk'tandır</t>
+          <t>Son Serasker</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056490323</t>
+          <t>9786059900386</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Cinsiyeti Kadındır</t>
+          <t>Osmanlı’da Aşk Mektupları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056490316</t>
+          <t>9786059900270</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Uzaklarda Azalmasın</t>
+          <t>Bir Neslin Çektikleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>13.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056490309</t>
+          <t>9786058536494</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Liderliğe İnanmak</t>
+          <t>Düşünce Aşk'tandır</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058536418</t>
+          <t>9786056490323</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Soluklarken</t>
+          <t>Şeytanın Cinsiyeti Kadındır</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059900379</t>
+          <t>9786056490316</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir Terapistin Gizemli Anıları</t>
+          <t>Ömrüm Uzaklarda Azalmasın</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>50</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059900355</t>
+          <t>9786056490309</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Liderliğe İnanmak</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059900041</t>
+          <t>9786058536418</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Aşkımız Aşkı Anlatıyor</t>
+          <t>Hayatı Soluklarken</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>40</v>
+        <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056490385</t>
+          <t>9786059900379</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde İktidar ve Sanat</t>
+          <t>Bir Terapistin Gizemli Anıları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786058536456</t>
+          <t>9786059900355</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Sonu Mondros</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056490347</t>
+          <t>9786059900041</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Anti Nuring</t>
+          <t>Aşkımız Aşkı Anlatıyor</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056490330</t>
+          <t>9786056490385</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Alayına Gider 2</t>
+          <t>Tek Parti Döneminde İktidar ve Sanat</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059900058</t>
+          <t>9786058536456</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>En İyi Kocaya Mezarlıkta Rastlanır</t>
+          <t>Bir Devrin Sonu Mondros</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>6.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059900324</t>
+          <t>9786056490347</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Aybars</t>
+          <t>Anti Nuring</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059900034</t>
+          <t>9786056490330</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ergen Siyaseti</t>
+          <t>Alayına Gider 2</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059900836</t>
+          <t>9786059900058</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Katliam Çocukları</t>
+          <t>En İyi Kocaya Mezarlıkta Rastlanır</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>90</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059900911</t>
+          <t>9786059900324</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Gidenler ve Kalanlar</t>
+          <t>Aybars</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059900768</t>
+          <t>9786059900034</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hikayede Adı Geçen Adam Benim</t>
+          <t>Ergen Siyaseti</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059900263</t>
+          <t>9786059900836</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağın Ruhsal Danışmanları</t>
+          <t>Katliam Çocukları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786058275911</t>
+          <t>9786059900911</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar İnsancıklar</t>
+          <t>Gidenler ve Kalanlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786058275973</t>
+          <t>9786059900768</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Etkileşimli Web Sitesi Kurma Rehberi: Wordpress İçin 33 Püf Nokta</t>
+          <t>Hikayede Adı Geçen Adam Benim</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786058275928</t>
+          <t>9786059900263</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kum Taneler</t>
+          <t>Dijital Çağın Ruhsal Danışmanları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786058275942</t>
+          <t>9786058275911</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığa Övgü</t>
+          <t>İnsanlar İnsancıklar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786056490354</t>
+          <t>9786058275973</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim Etkisi - Digital Communication Impact Bildiriler Proceedings</t>
+          <t>Etkileşimli Web Sitesi Kurma Rehberi: Wordpress İçin 33 Püf Nokta</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059900928</t>
+          <t>9786058275928</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dijital Bağımlılıklar ve Sosyal Medya Hastalıkları</t>
+          <t>Kum Taneler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059900751</t>
+          <t>9786058275942</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Söyle İki Dinle</t>
+          <t>Yalnızlığa Övgü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059900690</t>
+          <t>9786056490354</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bott Lee</t>
+          <t>Dijital İletişim Etkisi - Digital Communication Impact Bildiriler Proceedings</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059900737</t>
+          <t>9786059900928</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Dijital Bağımlılıklar ve Sosyal Medya Hastalıkları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>15</v>
+        <v>90</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055539306</t>
+          <t>9786059900751</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hiçlikle Yokluk Arası</t>
+          <t>Bir Söyle İki Dinle</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059900843</t>
+          <t>9786059900690</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Yenilik Yönetimi</t>
+          <t>Bott Lee</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059900904</t>
+          <t>9786059900737</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Zencefilli Kurabiye</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059900492</t>
+          <t>9786055539306</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyada İyilik Kaldı</t>
+          <t>Hiçlikle Yokluk Arası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>60</v>
+        <v>7</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059900294</t>
+          <t>9786059900843</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Firarda</t>
+          <t>Dijital Dönüşüm ve Yenilik Yönetimi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786259620312</t>
+          <t>9786059900904</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnızlık Meselesi</t>
+          <t>Zencefilli Kurabiye</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786259620305</t>
+          <t>9786059900492</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Astan</t>
+          <t>Bu Dünyada İyilik Kaldı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>390</v>
+        <v>60</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786259431857</t>
+          <t>9786059900294</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Rotasız Deli</t>
+          <t>Atasözleri Firarda</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059900430</t>
+          <t>9786259620312</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kova Çağı Ve Astroloji</t>
+          <t>Bir Yalnızlık Meselesi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259480190</t>
+          <t>9786259620305</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Of’lu Ayşe Kadın</t>
+          <t>Astan</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059900775</t>
+          <t>9786259431857</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ay Çarpması</t>
+          <t>Rotasız Deli</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786259480183</t>
+          <t>9786059900430</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Marduk’ta Aşk</t>
+          <t>Kova Çağı Ve Astroloji</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259480176</t>
+          <t>9786259480190</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış İradesi</t>
+          <t>Of’lu Ayşe Kadın</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259431833</t>
+          <t>9786059900775</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Tanrısı - Zor Sorulara Zor Cevaplar</t>
+          <t>Ay Çarpması</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057112606</t>
+          <t>9786259480183</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık Olgusuna - Yaşlıların Bakış Açısıyla Sosyolojik Bir Yaklaşım</t>
+          <t>Marduk’ta Aşk</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059900782</t>
+          <t>9786259480176</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kuvveden Fiile</t>
+          <t>Yaratılış İradesi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059900744</t>
+          <t>9786259431833</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Homo Globus</t>
+          <t>Yapay Zekanın Tanrısı - Zor Sorulara Zor Cevaplar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786259480152</t>
+          <t>9786057112606</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Beni Anlamadılar</t>
+          <t>Yaşlılık Olgusuna - Yaşlıların Bakış Açısıyla Sosyolojik Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786259480169</t>
+          <t>9786059900782</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Latin Alfabesiyle Arnavutça Eğitime Geçiş</t>
+          <t>Kuvveden Fiile</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786259431871</t>
+          <t>9786059900744</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Karıncaya Sormuşlar...</t>
+          <t>Homo Globus</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057281098</t>
+          <t>9786259480152</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Emergence Of The Vlach Mıllet</t>
+          <t>Beni Anlamadılar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057281067</t>
+          <t>9786259480169</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Global Humanıty Fund For Peace And Prosperıty</t>
+          <t>Osmanlı Devleti'nde Latin Alfabesiyle Arnavutça Eğitime Geçiş</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057281074</t>
+          <t>9786259431871</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Taşlama</t>
+          <t>Karıncaya Sormuşlar...</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057402042</t>
+          <t>9786057281098</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Astroloji Rehberi</t>
+          <t>Emergence Of The Vlach Mıllet</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057112644</t>
+          <t>9786057281067</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Küçük İşletmeler için Sosyal Medya</t>
+          <t>Global Humanıty Fund For Peace And Prosperıty</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>55</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057402004</t>
+          <t>9786057281074</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Merkez Sağ Partilerin Yerel Yönetim Politikaları</t>
+          <t>Taşlama</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057402097</t>
+          <t>9786057402042</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Güneyi Yemen'de İsyan Yangın ve Kaos</t>
+          <t>Cinsel Astroloji Rehberi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057402011</t>
+          <t>9786057112644</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Trakya'da Sanayileşme ve Kadın İstihdamı</t>
+          <t>Küçük İşletmeler için Sosyal Medya</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786058275935</t>
+          <t>9786057402004</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Online Manevi Danışmanlık</t>
+          <t>Türkiye’de Merkez Sağ Partilerin Yerel Yönetim Politikaları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786259480145</t>
+          <t>9786057402097</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hicran</t>
+          <t>Osmanlı'nın Güneyi Yemen'de İsyan Yangın ve Kaos</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>240</v>
+        <v>50</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786259480138</t>
+          <t>9786057402011</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediklerim</t>
+          <t>Trakya'da Sanayileşme ve Kadın İstihdamı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786259480121</t>
+          <t>9786058275935</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Zülkarneyn – Metehan Torunu Eretnalılar</t>
+          <t>Online Manevi Danışmanlık</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786259480114</t>
+          <t>9786259480145</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İsmet – İnsanlığa Doğru</t>
+          <t>Hicran</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786259480107</t>
+          <t>9786259480138</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Nuray - Bir Annenin Elif Gibi Duruşu</t>
+          <t>Söyleyemediklerim</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057402073</t>
+          <t>9786259480121</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kova Çağı Ve Astroloji</t>
+          <t>Zülkarneyn – Metehan Torunu Eretnalılar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786058275966</t>
+          <t>9786259480114</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>İsmet – İnsanlığa Doğru</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786259431895</t>
+          <t>9786259480107</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Minik Saka Kuşu</t>
+          <t>Nuray - Bir Annenin Elif Gibi Duruşu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786259431864</t>
+          <t>9786057402073</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bizim Eşek</t>
+          <t>Kova Çağı Ve Astroloji</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786259431888</t>
+          <t>9786058275966</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşundan Günümüze Siyasi ve Manevi Hilafet</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>440</v>
+        <v>120</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786259431840</t>
+          <t>9786259431895</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele’de Eyüplüler</t>
+          <t>Minik Saka Kuşu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786259431826</t>
+          <t>9786259431864</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kalemimin Sözleri</t>
+          <t>Bizim Eşek</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786259431802</t>
+          <t>9786259431888</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çorbası Sıcaklara İnat Sosyalistler</t>
+          <t>Kuruluşundan Günümüze Siyasi ve Manevi Hilafet</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786259431819</t>
+          <t>9786259431840</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yönetiminin Bilgisi Dahilinde Yahudilerin Filistin’e Sakince İskanı</t>
+          <t>Milli Mücadele’de Eyüplüler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057281081</t>
+          <t>9786259431826</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı - Akkoyunlu Siyasi İlişkileri</t>
+          <t>Kalemimin Sözleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057281050</t>
+          <t>9786259431802</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehir Benimdir</t>
+          <t>Çorbası Sıcaklara İnat Sosyalistler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057281043</t>
+          <t>9786259431819</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Fil</t>
+          <t>Osmanlı Yönetiminin Bilgisi Dahilinde Yahudilerin Filistin’e Sakince İskanı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057281029</t>
+          <t>9786057281081</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerim</t>
+          <t>Osmanlı - Akkoyunlu Siyasi İlişkileri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057281012</t>
+          <t>9786057281050</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tereza ve Gorki</t>
+          <t>Bu Şehir Benimdir</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057281036</t>
+          <t>9786057281043</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu Kaydırağı</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057281005</t>
+          <t>9786057281029</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Esrik Mısralar</t>
+          <t>Şiirlerim</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057112699</t>
+          <t>9786057281012</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dil - Ural'daki Yenilikçi Eğitim Modelinin Osmanlı Medreselerine Ve İlahiyat Öğretimine Etkisi</t>
+          <t>Tereza ve Gorki</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057112682</t>
+          <t>9786057281036</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Rumlara Rağmen Ulahların Son Millet Oluşu</t>
+          <t>Samanyolu Kaydırağı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057112675</t>
+          <t>9786057281005</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Contagious Diseases' Effects On Historical Changes And Corona Card</t>
+          <t>Esrik Mısralar</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057112668</t>
+          <t>9786057112699</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Önüm Dünya Arkam Güneş</t>
+          <t>Dil - Ural'daki Yenilikçi Eğitim Modelinin Osmanlı Medreselerine Ve İlahiyat Öğretimine Etkisi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057112637</t>
+          <t>9786057112682</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Filistin’in İsrailleştirilmesi ve İsrail’in 2097 Stratejisi</t>
+          <t>Osmanlı Devleti’nde Rumlara Rağmen Ulahların Son Millet Oluşu</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786058275980</t>
+          <t>9786057112675</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Plüton Nereye Gitti?</t>
+          <t>Contagious Diseases' Effects On Historical Changes And Corona Card</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057402080</t>
+          <t>9786057112668</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Sivil Toplum Kuruluşları</t>
+          <t>Önüm Dünya Arkam Güneş</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057402066</t>
+          <t>9786057112637</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya Hedef Alanı ve Rusların Osmanlılara Galibiyeti</t>
+          <t>Filistin’in İsrailleştirilmesi ve İsrail’in 2097 Stratejisi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786058275997</t>
+          <t>9786058275980</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Karşılaşacağınız Yedi Kişi</t>
+          <t>Plüton Nereye Gitti?</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057402028</t>
+          <t>9786057402080</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Yapay Dünya Kolonisi</t>
+          <t>Osmanlı’dan Cumhuriyet’e Sivil Toplum Kuruluşları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057402035</t>
+          <t>9786057402066</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Dijital İstihbarat Ve Veri Olarak Kullanılan İnsan</t>
+          <t>Kafkasya Hedef Alanı ve Rusların Osmanlılara Galibiyeti</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786058275959</t>
+          <t>9786058275997</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Nerde Bu Halit Amca?</t>
+          <t>Cehennemde Karşılaşacağınız Yedi Kişi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786058275904</t>
+          <t>9786057402028</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Anı Yaşamak</t>
+          <t>Yapay Dünya Kolonisi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059900898</t>
+          <t>9786057402035</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bott-Lee - Bir Geri Dönüşüm Hikayesi</t>
+          <t>Dijital İstihbarat Ve Veri Olarak Kullanılan İnsan</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059900850</t>
+          <t>9786058275959</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri - Orman Adamı'nın Kulübesi</t>
+          <t>Nerde Bu Halit Amca?</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059900867</t>
+          <t>9786058275904</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Diş Gezegeni</t>
+          <t>Anı Yaşamak</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059900874</t>
+          <t>9786059900898</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Derinlik Sarhoşluğu</t>
+          <t>Bott-Lee - Bir Geri Dönüşüm Hikayesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059900805</t>
+          <t>9786059900850</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Us'lu Yaşam Yolculuğu</t>
+          <t>Yeniçeri - Orman Adamı'nın Kulübesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059900881</t>
+          <t>9786059900867</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Daimi Küresel Stratejiler</t>
+          <t>Diş Gezegeni</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>660</v>
+        <v>90</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059900812</t>
+          <t>9786059900874</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sudanı</t>
+          <t>Derinlik Sarhoşluğu</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059900799</t>
+          <t>9786059900805</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Vatan Aşkına Milli Mücadele</t>
+          <t>Us'lu Yaşam Yolculuğu</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059900577</t>
+          <t>9786059900881</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Çıkış</t>
+          <t>Daimi Küresel Stratejiler</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>180</v>
+        <v>660</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059900584</t>
+          <t>9786059900812</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yerinde Olsam Ben’i Dinlerdim</t>
+          <t>Osmanlı Sudanı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059900720</t>
+          <t>9786059900799</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Evliya Çelebi</t>
+          <t>Vatan Aşkına Milli Mücadele</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059900652</t>
+          <t>9786059900577</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Atatürk</t>
+          <t>İstanbul'dan Çıkış</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059900706</t>
+          <t>9786059900584</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Logo 1</t>
+          <t>Yerinde Olsam Ben’i Dinlerdim</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>3990059900454</t>
+          <t>9786059900720</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Su ve Arkadaşları Güvende</t>
+          <t>Çocuklar İçin Evliya Çelebi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
+          <t>9786059900652</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Atatürk</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786059900706</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Logo 1</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>3990059900454</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Su ve Arkadaşları Güvende</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
           <t>9786059900638</t>
         </is>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Üç Müslüman Hilali</t>
         </is>
       </c>
-      <c r="C208" s="1">
+      <c r="C211" s="1">
         <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>