--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,3190 +85,3250 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259620350</t>
+          <t>9786259620381</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci Bilal’i Anlamak</t>
+          <t>Bir İlme Bedel Nazireler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259620343</t>
+          <t>9786259620398</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Küresel Rekabetten Faydalanan İsrail'in Stratejik Uygulamaları</t>
+          <t>ABD’nin Dört Boyutlu Yeni Stratejisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259620329</t>
+          <t>9786259620367</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep ve Köz</t>
+          <t>Açılay</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259620336</t>
+          <t>9786259620374</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Kanlı Bayram</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057112613</t>
+          <t>9786259620350</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Unity ile Mobil Oyun Geliştirme Rehberi</t>
+          <t>Siyah İnci Bilal’i Anlamak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>40</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057112620</t>
+          <t>9786259620343</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Rakka Ahkam Defterlerinde Suruç Kazası</t>
+          <t>Küresel Rekabetten Faydalanan İsrail'in Stratejik Uygulamaları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057402059</t>
+          <t>9786259620329</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret Hakkında Her Şey</t>
+          <t>Mürekkep ve Köz</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>60</v>
+        <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059900676</t>
+          <t>9786259620336</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gözüm Arkada Kalmasın Diye</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>40</v>
+        <v>490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059900669</t>
+          <t>9786057112613</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Din (Ciltli)</t>
+          <t>Unity ile Mobil Oyun Geliştirme Rehberi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>700</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059900683</t>
+          <t>9786057112620</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Online İçerik Yazarlığı</t>
+          <t>Rakka Ahkam Defterlerinde Suruç Kazası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059900232</t>
+          <t>9786057402059</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Darağacı - Demokrasi Kahramanı Menderes</t>
+          <t>E-Ticaret Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059900218</t>
+          <t>9786059900676</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Aşk</t>
+          <t>Gözüm Arkada Kalmasın Diye</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059900201</t>
+          <t>9786059900669</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ata'nın Gizemli Aşığı Beyaz Rus</t>
+          <t>Hukuk ve Din (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>12</v>
+        <v>700</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058536401</t>
+          <t>9786059900683</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Başarmak İstiyorum</t>
+          <t>Online İçerik Yazarlığı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058536432</t>
+          <t>9786059900232</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sev</t>
+          <t>Darağacı - Demokrasi Kahramanı Menderes</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059900225</t>
+          <t>9786059900218</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bizden Biri Mustafa Kemal</t>
+          <t>Sürgün Aşk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>30</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059900249</t>
+          <t>9786059900201</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Laiklik ve İnanç Özgürlüğü</t>
+          <t>Ata'nın Gizemli Aşığı Beyaz Rus</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058536470</t>
+          <t>9786058536401</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hep Ama Hep</t>
+          <t>Başarmak İstiyorum</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>8.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058536463</t>
+          <t>9786058536432</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aşmak</t>
+          <t>Sev</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055687175</t>
+          <t>9786059900225</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kelkit (Ciltli)</t>
+          <t>Bizden Biri Mustafa Kemal</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>95</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055687137</t>
+          <t>9786059900249</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Arifin Gönlü</t>
+          <t>Laiklik ve İnanç Özgürlüğü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058536449</t>
+          <t>9786058536470</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sefine</t>
+          <t>Hep Ama Hep</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>45</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789944018128</t>
+          <t>9786058536463</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yanya’nın Gözyaşları</t>
+          <t>Kendini Aşmak</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>11.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055687021</t>
+          <t>9786055687175</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türk-Macar İlişkileri</t>
+          <t>Kelkit (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>13</v>
+        <v>95</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055687052</t>
+          <t>9786055687137</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şiyara’nın Çocukları</t>
+          <t>Arifin Gönlü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056002786</t>
+          <t>9786058536449</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Son İstasyon Sarıkamış</t>
+          <t>Sefine</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055687106</t>
+          <t>9789944018128</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Panikatak Defoldu</t>
+          <t>Yanya’nın Gözyaşları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>7</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944018166</t>
+          <t>9786055687021</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nasya Sultan</t>
+          <t>Türk-Macar İlişkileri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>8.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055687014</t>
+          <t>9786055687052</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Matruşka</t>
+          <t>Şiyara’nın Çocukları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>9.9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056002717</t>
+          <t>9786056002786</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet</t>
+          <t>Son İstasyon Sarıkamış</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944018135</t>
+          <t>9786055687106</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sakal</t>
+          <t>Panikatak Defoldu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>13</v>
+        <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944018104</t>
+          <t>9789944018166</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Keskin Faik</t>
+          <t>Nasya Sultan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>9.5</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055687007</t>
+          <t>9786055687014</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kese Kağıdına Sarılı Şeyler</t>
+          <t>Matruşka</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>7</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058536487</t>
+          <t>9786056002717</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kendine İnanmak</t>
+          <t>Mahremiyet</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055539290</t>
+          <t>9789944018135</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap</t>
+          <t>Kızıl Sakal</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944018111</t>
+          <t>9789944018104</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Hikayeleri</t>
+          <t>Keskin Faik</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>7.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056002700</t>
+          <t>9786055687007</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İngilizler ve Planlar</t>
+          <t>Kese Kağıdına Sarılı Şeyler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056002762</t>
+          <t>9786058536487</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İhanetin Adı Yok</t>
+          <t>Kendine İnanmak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055687045</t>
+          <t>9786055539290</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhane (Ciltli)</t>
+          <t>Kayıp Kitap</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944018197</t>
+          <t>9789944018111</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yuvası</t>
+          <t>Kastamonu Hikayeleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>12</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944018159</t>
+          <t>9786056002700</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gladyo’ya Mektuplar</t>
+          <t>İngilizler ve Planlar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056002793</t>
+          <t>9786056002762</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Ya Da Farkındanalık</t>
+          <t>İhanetin Adı Yok</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944018173</t>
+          <t>9786055687045</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Efendi ve Uşak</t>
+          <t>Gümüşhane (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>15</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055687083</t>
+          <t>9789944018197</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Birinci Bölümün Sonu</t>
+          <t>Gönül Yuvası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055687076</t>
+          <t>9789944018159</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün Hepsi Silinir</t>
+          <t>Gladyo’ya Mektuplar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055539320</t>
+          <t>9786056002793</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Kadeh İhanet Ver</t>
+          <t>Farkındalık Ya Da Farkındanalık</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055687069</t>
+          <t>9789944018173</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Asparagas</t>
+          <t>Efendi ve Uşak</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056002731</t>
+          <t>9786055687083</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Cemal Paşa Anılarım 1913-1922</t>
+          <t>Birinci Bölümün Sonu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>16</v>
+        <v>7</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056002748</t>
+          <t>9786055687076</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Alayına Gider</t>
+          <t>Belki Bir Gün Hepsi Silinir</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944018142</t>
+          <t>9786055539320</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Rus Edebiyatı</t>
+          <t>Bana Bir Kadeh İhanet Ver</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059900621</t>
+          <t>9786055687069</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Selanikli Saadet</t>
+          <t>Asparagas</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>65</v>
+        <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059900461</t>
+          <t>9786056002731</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Fikrimin Çivisi Çıktı</t>
+          <t>Cemal Paşa Anılarım 1913-1922</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>40</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056002779</t>
+          <t>9786056002748</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Urumeli'nin Gözyaşları</t>
+          <t>Alayına Gider</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059900829</t>
+          <t>9789944018142</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sen Senden Vazgeçmişsindir</t>
+          <t>18. Yüzyıl Rus Edebiyatı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059900485</t>
+          <t>9786059900621</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tehlike Bir Sokak Ötede</t>
+          <t>Selanikli Saadet</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059900331</t>
+          <t>9786059900461</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kördüğüm ve Kaleler</t>
+          <t>Fikrimin Çivisi Çıktı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059900287</t>
+          <t>9786056002779</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Gölgesinde</t>
+          <t>Urumeli'nin Gözyaşları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059900614</t>
+          <t>9786059900829</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sisi Dağıtan Umut</t>
+          <t>Sen Senden Vazgeçmişsindir</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059900645</t>
+          <t>9786059900485</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe İstihbarat</t>
+          <t>Tehlike Bir Sokak Ötede</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059900003</t>
+          <t>9786059900331</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sevgilim Lenfoma</t>
+          <t>Kördüğüm ve Kaleler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056490392</t>
+          <t>9786059900287</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Duyguların Gölgesinde</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059900591</t>
+          <t>9786059900614</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Maviye Dair Ne Varsa</t>
+          <t>Sisi Dağıtan Umut</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059900546</t>
+          <t>9786059900645</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Avunanlar</t>
+          <t>Geçmişten Geleceğe İstihbarat</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059900478</t>
+          <t>9786059900003</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Puslu Kentin Mavisi</t>
+          <t>Sevgilim Lenfoma</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059900508</t>
+          <t>9786056490392</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Her Şey Var Aşkım</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059900560</t>
+          <t>9786059900591</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Sırrı</t>
+          <t>Maviye Dair Ne Varsa</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059900515</t>
+          <t>9786059900546</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Avunanlar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>3990000032377</t>
+          <t>9786059900478</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ortam Sanal Suç Gerçek</t>
+          <t>Puslu Kentin Mavisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059900348</t>
+          <t>9786059900508</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ulucanlı Son Mimar</t>
+          <t>Hayatta Her Şey Var Aşkım</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059900171</t>
+          <t>9786059900560</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Geçiyordum, Uğradım!</t>
+          <t>Osmanlı'nın Sırrı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>8</v>
+        <v>40</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059900089</t>
+          <t>9786059900515</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Dönemi Siyasi ve Sosyal Hayat</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059900102</t>
+          <t>3990000032377</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Püf Noktası</t>
+          <t>Ortam Sanal Suç Gerçek</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059900119</t>
+          <t>9786059900348</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Eğitimli Neslin 1. Dünya Savaşı’yla İmtihanı</t>
+          <t>Ulucanlı Son Mimar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059900027</t>
+          <t>9786059900171</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Doğru Türkçemi Geri Verin</t>
+          <t>Geçiyordum, Uğradım!</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059900522</t>
+          <t>9786059900089</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İşgal Henüz Bitmedi</t>
+          <t>Demokrat Parti Dönemi Siyasi ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059900256</t>
+          <t>9786059900102</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ucba</t>
+          <t>Eğitimin Püf Noktası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059900188</t>
+          <t>9786059900119</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Geldiler... Gördüler... Anlattılar...</t>
+          <t>Eğitimli Neslin 1. Dünya Savaşı’yla İmtihanı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>5.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059900140</t>
+          <t>9786059900027</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Okuldan Kaçmış Düşünceler</t>
+          <t>Doğru Türkçemi Geri Verin</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059900553</t>
+          <t>9786059900522</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Maksadını Aşan Hayallerim</t>
+          <t>İşgal Henüz Bitmedi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059900539</t>
+          <t>9786059900256</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Atam Sensin</t>
+          <t>Ucba</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059900195</t>
+          <t>9786059900188</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Geldiler... Gördüler... Anlattılar...</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>80</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059900072</t>
+          <t>9786059900140</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Defterlerine Göre 18. Yüzyılda İstanbul'da Ticaret</t>
+          <t>Okuldan Kaçmış Düşünceler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059900607</t>
+          <t>9786059900553</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ben Sultan Abdülhamid Han</t>
+          <t>Maksadını Aşan Hayallerim</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059900416</t>
+          <t>9786059900539</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Belki Yarından da Yakın</t>
+          <t>Atam Sensin</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059900393</t>
+          <t>9786059900195</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059900133</t>
+          <t>9786059900072</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kserkses</t>
+          <t>Ahkam Defterlerine Göre 18. Yüzyılda İstanbul'da Ticaret</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056490361</t>
+          <t>9786059900607</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Ben Sultan Abdülhamid Han</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059900409</t>
+          <t>9786059900416</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Federal Demokrasiler</t>
+          <t>Belki Yarından da Yakın</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059900300</t>
+          <t>9786059900393</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Medochita</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059900065</t>
+          <t>9786059900133</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Anayasal Yapısı</t>
+          <t>Kserkses</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055687113</t>
+          <t>9786056490361</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hazel</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>24</v>
+        <v>50</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055539337</t>
+          <t>9786059900409</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Federal Demokrasiler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>18</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786058536425</t>
+          <t>9786059900300</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İmamoğlu</t>
+          <t>Medochita</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055539283</t>
+          <t>9786059900065</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Mevsim Sen</t>
+          <t>Türkiye'nin Anayasal Yapısı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>7</v>
+        <v>75</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059900423</t>
+          <t>9786055687113</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Hazel</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059900164</t>
+          <t>9786055539337</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Metamorphosis of the Arab World : The Social and Political Impact of the Arab Spring / Metamorphose du Monde Arabe: l’impact Social et Politique du Printemps Arabe</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059900096</t>
+          <t>9786058536425</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Nefes</t>
+          <t>İmamoğlu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059900010</t>
+          <t>9786055539283</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Seçmensiz Parti Seçimsiz Siyaset Olmaz</t>
+          <t>Şimdi Mevsim Sen</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>20</v>
+        <v>7</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059900447</t>
+          <t>9786059900423</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bay Mars’ın Rezil Günlüğü</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059900126</t>
+          <t>9786059900164</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Haseki Mahpeyker Kösem Sultan</t>
+          <t>Metamorphosis of the Arab World : The Social and Political Impact of the Arab Spring / Metamorphose du Monde Arabe: l’impact Social et Politique du Printemps Arabe</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059900157</t>
+          <t>9786059900096</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yeni ve Geleneksel Medya Okumaları</t>
+          <t>Bir Yudum Nefes</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056490378</t>
+          <t>9786059900010</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Son Serasker</t>
+          <t>Seçmensiz Parti Seçimsiz Siyaset Olmaz</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059900386</t>
+          <t>9786059900447</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Aşk Mektupları</t>
+          <t>Bay Mars’ın Rezil Günlüğü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>16</v>
+        <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059900270</t>
+          <t>9786059900126</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bir Neslin Çektikleri</t>
+          <t>Haseki Mahpeyker Kösem Sultan</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786058536494</t>
+          <t>9786059900157</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Aşk'tandır</t>
+          <t>Yeni ve Geleneksel Medya Okumaları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056490323</t>
+          <t>9786056490378</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Cinsiyeti Kadındır</t>
+          <t>Son Serasker</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786056490316</t>
+          <t>9786059900386</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Uzaklarda Azalmasın</t>
+          <t>Osmanlı’da Aşk Mektupları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>13.5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056490309</t>
+          <t>9786059900270</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Liderliğe İnanmak</t>
+          <t>Bir Neslin Çektikleri</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786058536418</t>
+          <t>9786058536494</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Soluklarken</t>
+          <t>Düşünce Aşk'tandır</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059900379</t>
+          <t>9786056490323</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir Terapistin Gizemli Anıları</t>
+          <t>Şeytanın Cinsiyeti Kadındır</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059900355</t>
+          <t>9786056490316</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Ömrüm Uzaklarda Azalmasın</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>15</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059900041</t>
+          <t>9786056490309</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Aşkımız Aşkı Anlatıyor</t>
+          <t>Liderliğe İnanmak</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056490385</t>
+          <t>9786058536418</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde İktidar ve Sanat</t>
+          <t>Hayatı Soluklarken</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>75</v>
+        <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786058536456</t>
+          <t>9786059900379</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Sonu Mondros</t>
+          <t>Bir Terapistin Gizemli Anıları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786056490347</t>
+          <t>9786059900355</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Anti Nuring</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786056490330</t>
+          <t>9786059900041</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Alayına Gider 2</t>
+          <t>Aşkımız Aşkı Anlatıyor</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059900058</t>
+          <t>9786056490385</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>En İyi Kocaya Mezarlıkta Rastlanır</t>
+          <t>Tek Parti Döneminde İktidar ve Sanat</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>6.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059900324</t>
+          <t>9786058536456</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Aybars</t>
+          <t>Bir Devrin Sonu Mondros</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059900034</t>
+          <t>9786056490347</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ergen Siyaseti</t>
+          <t>Anti Nuring</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059900836</t>
+          <t>9786056490330</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Katliam Çocukları</t>
+          <t>Alayına Gider 2</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059900911</t>
+          <t>9786059900058</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gidenler ve Kalanlar</t>
+          <t>En İyi Kocaya Mezarlıkta Rastlanır</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>30</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059900768</t>
+          <t>9786059900324</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hikayede Adı Geçen Adam Benim</t>
+          <t>Aybars</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059900263</t>
+          <t>9786059900034</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağın Ruhsal Danışmanları</t>
+          <t>Ergen Siyaseti</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786058275911</t>
+          <t>9786059900836</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar İnsancıklar</t>
+          <t>Katliam Çocukları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786058275973</t>
+          <t>9786059900911</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Etkileşimli Web Sitesi Kurma Rehberi: Wordpress İçin 33 Püf Nokta</t>
+          <t>Gidenler ve Kalanlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786058275928</t>
+          <t>9786059900768</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kum Taneler</t>
+          <t>Hikayede Adı Geçen Adam Benim</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786058275942</t>
+          <t>9786059900263</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığa Övgü</t>
+          <t>Dijital Çağın Ruhsal Danışmanları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786056490354</t>
+          <t>9786058275911</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim Etkisi - Digital Communication Impact Bildiriler Proceedings</t>
+          <t>İnsanlar İnsancıklar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059900928</t>
+          <t>9786058275973</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dijital Bağımlılıklar ve Sosyal Medya Hastalıkları</t>
+          <t>Etkileşimli Web Sitesi Kurma Rehberi: Wordpress İçin 33 Püf Nokta</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059900751</t>
+          <t>9786058275928</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bir Söyle İki Dinle</t>
+          <t>Kum Taneler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059900690</t>
+          <t>9786058275942</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bott Lee</t>
+          <t>Yalnızlığa Övgü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059900737</t>
+          <t>9786056490354</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Dijital İletişim Etkisi - Digital Communication Impact Bildiriler Proceedings</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055539306</t>
+          <t>9786059900928</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hiçlikle Yokluk Arası</t>
+          <t>Dijital Bağımlılıklar ve Sosyal Medya Hastalıkları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>7</v>
+        <v>90</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059900843</t>
+          <t>9786059900751</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Yenilik Yönetimi</t>
+          <t>Bir Söyle İki Dinle</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059900904</t>
+          <t>9786059900690</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Zencefilli Kurabiye</t>
+          <t>Bott Lee</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059900492</t>
+          <t>9786059900737</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyada İyilik Kaldı</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059900294</t>
+          <t>9786055539306</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Firarda</t>
+          <t>Hiçlikle Yokluk Arası</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786259620312</t>
+          <t>9786059900843</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnızlık Meselesi</t>
+          <t>Dijital Dönüşüm ve Yenilik Yönetimi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259620305</t>
+          <t>9786059900904</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Astan</t>
+          <t>Zencefilli Kurabiye</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>390</v>
+        <v>90</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786259431857</t>
+          <t>9786059900492</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Rotasız Deli</t>
+          <t>Bu Dünyada İyilik Kaldı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059900430</t>
+          <t>9786059900294</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kova Çağı Ve Astroloji</t>
+          <t>Atasözleri Firarda</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259480190</t>
+          <t>9786259620312</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Of’lu Ayşe Kadın</t>
+          <t>Bir Yalnızlık Meselesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059900775</t>
+          <t>9786259620305</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ay Çarpması</t>
+          <t>Astan</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786259480183</t>
+          <t>9786259431857</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Marduk’ta Aşk</t>
+          <t>Rotasız Deli</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786259480176</t>
+          <t>9786059900430</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış İradesi</t>
+          <t>Kova Çağı Ve Astroloji</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259431833</t>
+          <t>9786259480190</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Tanrısı - Zor Sorulara Zor Cevaplar</t>
+          <t>Of’lu Ayşe Kadın</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057112606</t>
+          <t>9786059900775</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık Olgusuna - Yaşlıların Bakış Açısıyla Sosyolojik Bir Yaklaşım</t>
+          <t>Ay Çarpması</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059900782</t>
+          <t>9786259480183</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kuvveden Fiile</t>
+          <t>Marduk’ta Aşk</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059900744</t>
+          <t>9786259480176</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Homo Globus</t>
+          <t>Yaratılış İradesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786259480152</t>
+          <t>9786259431833</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Beni Anlamadılar</t>
+          <t>Yapay Zekanın Tanrısı - Zor Sorulara Zor Cevaplar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786259480169</t>
+          <t>9786057112606</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Latin Alfabesiyle Arnavutça Eğitime Geçiş</t>
+          <t>Yaşlılık Olgusuna - Yaşlıların Bakış Açısıyla Sosyolojik Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786259431871</t>
+          <t>9786059900782</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Karıncaya Sormuşlar...</t>
+          <t>Kuvveden Fiile</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057281098</t>
+          <t>9786059900744</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Emergence Of The Vlach Mıllet</t>
+          <t>Homo Globus</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057281067</t>
+          <t>9786259480152</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Global Humanıty Fund For Peace And Prosperıty</t>
+          <t>Beni Anlamadılar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057281074</t>
+          <t>9786259480169</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Taşlama</t>
+          <t>Osmanlı Devleti'nde Latin Alfabesiyle Arnavutça Eğitime Geçiş</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057402042</t>
+          <t>9786259431871</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Astroloji Rehberi</t>
+          <t>Karıncaya Sormuşlar...</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057112644</t>
+          <t>9786057281098</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Küçük İşletmeler için Sosyal Medya</t>
+          <t>Emergence Of The Vlach Mıllet</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>55</v>
+        <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057402004</t>
+          <t>9786057281067</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Merkez Sağ Partilerin Yerel Yönetim Politikaları</t>
+          <t>Global Humanıty Fund For Peace And Prosperıty</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057402097</t>
+          <t>9786057281074</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Güneyi Yemen'de İsyan Yangın ve Kaos</t>
+          <t>Taşlama</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057402011</t>
+          <t>9786057402042</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Trakya'da Sanayileşme ve Kadın İstihdamı</t>
+          <t>Cinsel Astroloji Rehberi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786058275935</t>
+          <t>9786057112644</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Online Manevi Danışmanlık</t>
+          <t>Küçük İşletmeler için Sosyal Medya</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786259480145</t>
+          <t>9786057402004</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hicran</t>
+          <t>Türkiye’de Merkez Sağ Partilerin Yerel Yönetim Politikaları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786259480138</t>
+          <t>9786057402097</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediklerim</t>
+          <t>Osmanlı'nın Güneyi Yemen'de İsyan Yangın ve Kaos</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786259480121</t>
+          <t>9786057402011</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Zülkarneyn – Metehan Torunu Eretnalılar</t>
+          <t>Trakya'da Sanayileşme ve Kadın İstihdamı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786259480114</t>
+          <t>9786058275935</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İsmet – İnsanlığa Doğru</t>
+          <t>Online Manevi Danışmanlık</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786259480107</t>
+          <t>9786259480145</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Nuray - Bir Annenin Elif Gibi Duruşu</t>
+          <t>Hicran</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057402073</t>
+          <t>9786259480138</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kova Çağı Ve Astroloji</t>
+          <t>Söyleyemediklerim</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786058275966</t>
+          <t>9786259480121</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Zülkarneyn – Metehan Torunu Eretnalılar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786259431895</t>
+          <t>9786259480114</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Minik Saka Kuşu</t>
+          <t>İsmet – İnsanlığa Doğru</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786259431864</t>
+          <t>9786259480107</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bizim Eşek</t>
+          <t>Nuray - Bir Annenin Elif Gibi Duruşu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786259431888</t>
+          <t>9786057402073</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşundan Günümüze Siyasi ve Manevi Hilafet</t>
+          <t>Kova Çağı Ve Astroloji</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786259431840</t>
+          <t>9786058275966</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele’de Eyüplüler</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786259431826</t>
+          <t>9786259431895</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kalemimin Sözleri</t>
+          <t>Minik Saka Kuşu</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786259431802</t>
+          <t>9786259431864</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çorbası Sıcaklara İnat Sosyalistler</t>
+          <t>Bizim Eşek</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786259431819</t>
+          <t>9786259431888</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yönetiminin Bilgisi Dahilinde Yahudilerin Filistin’e Sakince İskanı</t>
+          <t>Kuruluşundan Günümüze Siyasi ve Manevi Hilafet</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057281081</t>
+          <t>9786259431840</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı - Akkoyunlu Siyasi İlişkileri</t>
+          <t>Milli Mücadele’de Eyüplüler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057281050</t>
+          <t>9786259431826</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehir Benimdir</t>
+          <t>Kalemimin Sözleri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057281043</t>
+          <t>9786259431802</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Fil</t>
+          <t>Çorbası Sıcaklara İnat Sosyalistler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057281029</t>
+          <t>9786259431819</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerim</t>
+          <t>Osmanlı Yönetiminin Bilgisi Dahilinde Yahudilerin Filistin’e Sakince İskanı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057281012</t>
+          <t>9786057281081</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Tereza ve Gorki</t>
+          <t>Osmanlı - Akkoyunlu Siyasi İlişkileri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057281036</t>
+          <t>9786057281050</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu Kaydırağı</t>
+          <t>Bu Şehir Benimdir</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057281005</t>
+          <t>9786057281043</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Esrik Mısralar</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057112699</t>
+          <t>9786057281029</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dil - Ural'daki Yenilikçi Eğitim Modelinin Osmanlı Medreselerine Ve İlahiyat Öğretimine Etkisi</t>
+          <t>Şiirlerim</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057112682</t>
+          <t>9786057281012</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Rumlara Rağmen Ulahların Son Millet Oluşu</t>
+          <t>Tereza ve Gorki</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057112675</t>
+          <t>9786057281036</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Contagious Diseases' Effects On Historical Changes And Corona Card</t>
+          <t>Samanyolu Kaydırağı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057112668</t>
+          <t>9786057281005</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Önüm Dünya Arkam Güneş</t>
+          <t>Esrik Mısralar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057112637</t>
+          <t>9786057112699</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Filistin’in İsrailleştirilmesi ve İsrail’in 2097 Stratejisi</t>
+          <t>Dil - Ural'daki Yenilikçi Eğitim Modelinin Osmanlı Medreselerine Ve İlahiyat Öğretimine Etkisi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786058275980</t>
+          <t>9786057112682</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Plüton Nereye Gitti?</t>
+          <t>Osmanlı Devleti’nde Rumlara Rağmen Ulahların Son Millet Oluşu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057402080</t>
+          <t>9786057112675</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Sivil Toplum Kuruluşları</t>
+          <t>Contagious Diseases' Effects On Historical Changes And Corona Card</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057402066</t>
+          <t>9786057112668</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya Hedef Alanı ve Rusların Osmanlılara Galibiyeti</t>
+          <t>Önüm Dünya Arkam Güneş</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786058275997</t>
+          <t>9786057112637</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Karşılaşacağınız Yedi Kişi</t>
+          <t>Filistin’in İsrailleştirilmesi ve İsrail’in 2097 Stratejisi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057402028</t>
+          <t>9786058275980</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yapay Dünya Kolonisi</t>
+          <t>Plüton Nereye Gitti?</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057402035</t>
+          <t>9786057402080</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Dijital İstihbarat Ve Veri Olarak Kullanılan İnsan</t>
+          <t>Osmanlı’dan Cumhuriyet’e Sivil Toplum Kuruluşları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786058275959</t>
+          <t>9786057402066</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Nerde Bu Halit Amca?</t>
+          <t>Kafkasya Hedef Alanı ve Rusların Osmanlılara Galibiyeti</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786058275904</t>
+          <t>9786058275997</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Anı Yaşamak</t>
+          <t>Cehennemde Karşılaşacağınız Yedi Kişi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059900898</t>
+          <t>9786057402028</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bott-Lee - Bir Geri Dönüşüm Hikayesi</t>
+          <t>Yapay Dünya Kolonisi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059900850</t>
+          <t>9786057402035</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri - Orman Adamı'nın Kulübesi</t>
+          <t>Dijital İstihbarat Ve Veri Olarak Kullanılan İnsan</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059900867</t>
+          <t>9786058275959</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Diş Gezegeni</t>
+          <t>Nerde Bu Halit Amca?</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059900874</t>
+          <t>9786058275904</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Derinlik Sarhoşluğu</t>
+          <t>Anı Yaşamak</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059900805</t>
+          <t>9786059900898</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Us'lu Yaşam Yolculuğu</t>
+          <t>Bott-Lee - Bir Geri Dönüşüm Hikayesi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059900881</t>
+          <t>9786059900850</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Daimi Küresel Stratejiler</t>
+          <t>Yeniçeri - Orman Adamı'nın Kulübesi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>660</v>
+        <v>130</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059900812</t>
+          <t>9786059900867</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sudanı</t>
+          <t>Diş Gezegeni</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059900799</t>
+          <t>9786059900874</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Vatan Aşkına Milli Mücadele</t>
+          <t>Derinlik Sarhoşluğu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059900577</t>
+          <t>9786059900805</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Çıkış</t>
+          <t>Us'lu Yaşam Yolculuğu</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059900584</t>
+          <t>9786059900881</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yerinde Olsam Ben’i Dinlerdim</t>
+          <t>Daimi Küresel Stratejiler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>240</v>
+        <v>660</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059900720</t>
+          <t>9786059900812</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Evliya Çelebi</t>
+          <t>Osmanlı Sudanı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059900652</t>
+          <t>9786059900799</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Atatürk</t>
+          <t>Vatan Aşkına Milli Mücadele</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059900706</t>
+          <t>9786059900577</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Logo 1</t>
+          <t>İstanbul'dan Çıkış</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>3990059900454</t>
+          <t>9786059900584</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Su ve Arkadaşları Güvende</t>
+          <t>Yerinde Olsam Ben’i Dinlerdim</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
+          <t>9786059900720</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Evliya Çelebi</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786059900652</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Atatürk</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786059900706</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Logo 1</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>3990059900454</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Su ve Arkadaşları Güvende</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
           <t>9786059900638</t>
         </is>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Üç Müslüman Hilali</t>
         </is>
       </c>
-      <c r="C211" s="1">
+      <c r="C215" s="1">
         <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>