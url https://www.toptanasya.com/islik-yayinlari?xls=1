--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -514,51 +514,51 @@
         <is>
           <t>9786257317351</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>XIV. Louis’nin İmali</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786257317344</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>İnsan Aptallığının Temel Yasaları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786057317306</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Efsaneler, Anılar ve Kimliklerin Gösterimi</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786057317313</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
@@ -1699,51 +1699,51 @@
         <is>
           <t>9786059018005</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9786059018159</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Devlet</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9786059018111</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Problemeta Physica</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9786059018036</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>