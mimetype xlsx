--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -304,96 +304,96 @@
         <is>
           <t>9786257317252</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Mutlak Siyah</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786257317542</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Yaşanılası Mitler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786257317535</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Geçmişin Sesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>490</v>
+        <v>590</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786257317566</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Roma’dan On Yedinci Yüzyıla Hukukçuların Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786257317559</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Polimat</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>410</v>
+        <v>590</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786257317528</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Cehalet Küresel Bir Tarih</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>510</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786059018661</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
@@ -559,51 +559,51 @@
         <is>
           <t>9786057317313</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Tarihin İncelenmesi İçin Bir Kılavuz</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786057317320</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Tarih Aslında Neyi Anlatır?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786059018951</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Mübadele Çocukları</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786257317245</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>