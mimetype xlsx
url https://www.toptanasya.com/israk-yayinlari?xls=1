--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,355 +85,520 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786353176500</t>
+          <t>9786059853361</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Qalu Bela</t>
+          <t>İslam Tarihi Felsefesi: Ezeli Bozgun - 1</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059853378</t>
+          <t>9786353236600</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Felsefesi: Ezeli Bozgun - 2</t>
+          <t>Günlük Hayatımızda Tevhid ve Şirk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786353192500</t>
+          <t>9786353173400</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kafirler de Allah'a İnanır</t>
+          <t>Allah Sünnetullah ve İnsan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059686617</t>
+          <t>9786353205200</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Zihin Karıştırıcı Meseleler</t>
+          <t>Hüzünlerin Peygamberi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052152959</t>
+          <t>9786353881008</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çerçeveye Sığmayanlar 2</t>
+          <t>Hadisin İtikatta Delil Oluşu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052152942</t>
+          <t>9786353254000</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çerçeveye Sığmayanlar 1</t>
+          <t>İlk Dönem İslami Eğitim-Öğretim Faaliyetleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257324762</t>
+          <t>9786353997006</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Velayet Risalesi ve Şerhi (Ciltli)</t>
+          <t>Şia'da Hadis Usulü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>900</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257324755</t>
+          <t>9786353872006</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Vahdet (Ciltli)</t>
+          <t>İslam İnanç Esasları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>900</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257324595</t>
+          <t>9786059686099</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Velayet Risalesi ve Şerhi</t>
+          <t>Tarihten Günümüze Sünnet Düşmanlığı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>750</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257324656</t>
+          <t>9786353255700</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Vahdet</t>
+          <t>Ahlak Dersleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059477161</t>
+          <t>9786353190100</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kasım Süleymani Bizim Bahtiyar Dostumuz</t>
+          <t>Muhammed Esed</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257009546</t>
+          <t>9786353176500</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ahirete ve Vatana Yolculuk</t>
+          <t>Qalu Bela</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054913558</t>
+          <t>9786059853378</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kur'an İslam'ı Projesi</t>
+          <t>İslam Tarihi Felsefesi: Ezeli Bozgun - 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052152171</t>
+          <t>9786353192500</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ilımlı İslam</t>
+          <t>Kafirler de Allah'a İnanır</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052152348</t>
+          <t>9786059686617</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Arzu ve İhtirasları İlahlaştırmanın Tarihi ve Felsefi Arka Planı</t>
+          <t>Zihin Karıştırıcı Meseleler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052152324</t>
+          <t>9786052152959</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Suçlulara Peygamberi Müdahale</t>
+          <t>Çerçeveye Sığmayanlar 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059477628</t>
+          <t>9786052152942</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yasa Koyucu Olarak Peygamber ve Otoritesinin Tarihselliği</t>
+          <t>Çerçeveye Sığmayanlar 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059686983</t>
+          <t>9786257324762</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mısralarla Kur'an'dan Kıssalar</t>
+          <t>Velayet Risalesi ve Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>900</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059853385</t>
+          <t>9786257324755</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Felsefesi Ezeli: Bozgun - 3</t>
+          <t>İslam’da Vahdet (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786353159800</t>
+          <t>9786257324595</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Allah Resulü'nün Şahsında Vahyin Düşmanları</t>
+          <t>Velayet Risalesi ve Şerhi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
+          <t>9786257324656</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Vahdet</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786059477161</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Kasım Süleymani Bizim Bahtiyar Dostumuz</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786257009546</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Ahirete ve Vatana Yolculuk</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786054913558</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an İslam'ı Projesi</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786052152171</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Ilımlı İslam</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786052152348</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Arzu ve İhtirasları İlahlaştırmanın Tarihi ve Felsefi Arka Planı</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786052152324</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Cinsel Suçlulara Peygamberi Müdahale</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786059477628</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Yasa Koyucu Olarak Peygamber ve Otoritesinin Tarihselliği</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786059686983</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Mısralarla Kur'an'dan Kıssalar</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786059853385</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Felsefesi Ezeli: Bozgun - 3</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786353159800</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Allah Resulü'nün Şahsında Vahyin Düşmanları</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
           <t>9786353251900</t>
         </is>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Vahiy Öğretisi ve İslam</t>
         </is>
       </c>
-      <c r="C22" s="1">
+      <c r="C33" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>