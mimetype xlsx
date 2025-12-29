--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,4090 +85,4240 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053992578</t>
+          <t>9786053991687</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi</t>
+          <t>Kültür Politikaları ve Yönetimi (KPY) Yıllık 2010</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>410</v>
+        <v>205</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053991700</t>
+          <t>9786053991304</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Harb-i Umumi Eşiğinde</t>
+          <t>Kültür Politikaları ve Yönetimi (KPY) Yıllık 2009</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053990093</t>
+          <t>9786053992660</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Modern Siyasal İdeolojiler</t>
+          <t>Kriz, Devlet, İktisat ve Sosyal Güvenlik Politikaları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>480</v>
+        <v>435</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789756857281</t>
+          <t>9786053992080</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasal Gelişmeler 2 (1876-1938) Mütareke, Cumhuriyet ve Atatürk Dönemi</t>
+          <t>İstanbul’da Medya</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>40</v>
+        <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756857274</t>
+          <t>9786053990871</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasal Gelişmeler 1 (1876-1938) Kanun-ı Esasî ve Meşrutiyet Dönemi</t>
+          <t>İbni Haldun</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>32.41</v>
+        <v>345</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756857090</t>
+          <t>9786053992325</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Erol Akyavaş Kataloğu (His Life and Works)</t>
+          <t>Çözümlü Problemleriyle Finansal Yönetim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>425</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053995524</t>
+          <t>9786053991441</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çift ve Aile Terapisi</t>
+          <t>Buğday Tarlaları Kan Tepeleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000009261</t>
+          <t>9786053992837</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kült Sayı 1: Kanon (Parşömen Dergisi Hediyeli)</t>
+          <t>Arnavut Milliyetçiliğinin Kökenleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>510</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053996491</t>
+          <t>9789756857717</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Beyazperdede Atatürk</t>
+          <t>Körlerin Yürüyüşü Türkiye Ekonomisi ve 1990 Sonrası Krizler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>265</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053996484</t>
+          <t>9789756857908</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bourdieu Şehirde</t>
+          <t>İstanbul: City Of Memories &amp; Hopes 2004 (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053991243</t>
+          <t>9786053992578</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Kültürel Antropoloji İnsanın Doğadaki Yeri</t>
+          <t>Diplomasi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>590</v>
+        <v>410</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053996477</t>
+          <t>9786053991700</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Zazalar: Tarih, Kültür ve Kimlik</t>
+          <t>Harb-i Umumi Eşiğinde</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>365</v>
+        <v>225</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053996422</t>
+          <t>9786053990093</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zaman İdesinin Tarihi</t>
+          <t>Modern Siyasal İdeolojiler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053996354</t>
+          <t>9789756857281</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Terörizm Psikolojisi</t>
+          <t>Türkiye'de Siyasal Gelişmeler 2 (1876-1938) Mütareke, Cumhuriyet ve Atatürk Dönemi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>265</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053996446</t>
+          <t>9789756857274</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mazoşizm - Uluslararası Psikanaliz Yıllığı 2023</t>
+          <t>Türkiye'de Siyasal Gelişmeler 1 (1876-1938) Kanun-ı Esasî ve Meşrutiyet Dönemi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053996361</t>
+          <t>9789756857090</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Büyüdük?</t>
+          <t>Erol Akyavaş Kataloğu (His Life and Works)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053995708</t>
+          <t>9786053995524</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Baş Dönmesi</t>
+          <t>Çift ve Aile Terapisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053996309</t>
+          <t>3990000009261</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Klasik Çağ'ın Kaybolan Harikası Artemis Tapınağı Tarihçesi, Mimarisi ve Dijital Rekonstrüksiyonu</t>
+          <t>Kült Sayı 1: Kanon (Parşömen Dergisi Hediyeli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053996378</t>
+          <t>9786053996491</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Türk Dış Politikasının Tematik Analizi</t>
+          <t>Beyazperdede Atatürk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053994794</t>
+          <t>9786053996484</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ara'f'dalık-lar</t>
+          <t>Bourdieu Şehirde</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>530</v>
+        <v>290</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053996460</t>
+          <t>9786053991243</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şehirdeki Şeytan Underclass” Kavramının İcadı</t>
+          <t>21. Yüzyılda Kültürel Antropoloji İnsanın Doğadaki Yeri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>270</v>
+        <v>590</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053996293</t>
+          <t>9786053996477</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Doktor İhtiyar Acuzeye Karşı Geç Osmanlı Doğum Politikaları</t>
+          <t>Zazalar: Tarih, Kültür ve Kimlik</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>190</v>
+        <v>365</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053996316</t>
+          <t>9786053996422</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası ve Toplumun Evrimi</t>
+          <t>Zaman İdesinin Tarihi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053996149</t>
+          <t>9786053996354</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Simülasyonlarla Uluslararası İlişkiler ve Siyaset Bilimi</t>
+          <t>Terörizm Psikolojisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053996163</t>
+          <t>9786053996446</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hanna Segal'i Dinlemek</t>
+          <t>Mazoşizm - Uluslararası Psikanaliz Yıllığı 2023</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053996262</t>
+          <t>9786053996361</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünyada Uluslararası İlişkiler Okumak</t>
+          <t>Nasıl Büyüdük?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053996439</t>
+          <t>9786053995708</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Göç</t>
+          <t>Baş Dönmesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>410</v>
+        <v>275</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053996248</t>
+          <t>9786053996309</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Gazetecilik Türkiye’de Neoliberal Medya Düzeninin Kuruluşu</t>
+          <t>Klasik Çağ'ın Kaybolan Harikası Artemis Tapınağı Tarihçesi, Mimarisi ve Dijital Rekonstrüksiyonu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053995449</t>
+          <t>9786053996378</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Daha Sesimizi Duyurmadık</t>
+          <t>Cumhuriyetin 100. Yılında Türk Dış Politikasının Tematik Analizi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053995609</t>
+          <t>9786053994794</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Menlo Park Büyücüsü</t>
+          <t>Ara'f'dalık-lar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>320</v>
+        <v>530</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053996132</t>
+          <t>9786053996460</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Devlet Soyluları</t>
+          <t>Şehirdeki Şeytan Underclass” Kavramının İcadı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>470</v>
+        <v>270</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053996217</t>
+          <t>9786053996293</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Birleşmiş Milletler Güvenlik Konseyi Eleştirel Bir Giriş</t>
+          <t>Kahraman Doktor İhtiyar Acuzeye Karşı Geç Osmanlı Doğum Politikaları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053996224</t>
+          <t>9786053996316</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Keşiflerden İklim Değişimine Uluslararası İlişkilerde Arktik</t>
+          <t>İnsan Doğası ve Toplumun Evrimi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053996330</t>
+          <t>9786053996149</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sendika Özgürlüğü ve Sendika İçi Demokrasi</t>
+          <t>Simülasyonlarla Uluslararası İlişkiler ve Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053996347</t>
+          <t>9786053996163</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Seans Sahnesi Üzerine</t>
+          <t>Hanna Segal'i Dinlemek</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053995074</t>
+          <t>9786053996262</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Öznellik ve Hakikat</t>
+          <t>Değişen Dünyada Uluslararası İlişkiler Okumak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053994985</t>
+          <t>9786053996439</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık</t>
+          <t>Bitmeyen Göç</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053992646</t>
+          <t>9786053996248</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Baba İşlevi</t>
+          <t>Alacakaranlıkta Gazetecilik Türkiye’de Neoliberal Medya Düzeninin Kuruluşu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053994213</t>
+          <t>9786053995449</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Biyopolitikanın Doğuşu</t>
+          <t>Daha Sesimizi Duyurmadık</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053995142</t>
+          <t>9786053995609</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Homo Academicus</t>
+          <t>Menlo Park Büyücüsü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756857755</t>
+          <t>9786053996132</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyaset Felsefesine Giriş</t>
+          <t>Devlet Soyluları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>575</v>
+        <v>470</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053994619</t>
+          <t>9786053996217</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Yaşam</t>
+          <t>Birleşmiş Milletler Güvenlik Konseyi Eleştirel Bir Giriş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053993391</t>
+          <t>9786053996224</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir Kimlik Peşinde Türkiye Genişletilmiş Baskı</t>
+          <t>Keşiflerden İklim Değişimine Uluslararası İlişkilerde Arktik</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053996125</t>
+          <t>9786053996330</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Yol</t>
+          <t>Türkiye'de Sendika Özgürlüğü ve Sendika İçi Demokrasi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053996040</t>
+          <t>9786053996347</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kültür Mirası Yönetimi: Neden ve Nasıl?</t>
+          <t>Seans Sahnesi Üzerine</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>725</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053994527</t>
+          <t>9786053995074</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Enerji ve Medeniyet: Bir Tarihçe</t>
+          <t>Öznellik ve Hakikat</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053995883</t>
+          <t>9786053994985</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Melanie Klein'in Çalışmasına Giriş</t>
+          <t>Ayrılık</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053996095</t>
+          <t>9786053992646</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yeni Çağı'nda Tarımsal Gelişim</t>
+          <t>Baba İşlevi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>260</v>
+        <v>215</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053996026</t>
+          <t>9786053994213</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dijital Etnografi</t>
+          <t>Biyopolitikanın Doğuşu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053995203</t>
+          <t>9786053995142</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Araştırma Yöntemleri İçin Bir Rehber: Gereklilikler, Sınırlılıklar ve İncelikler</t>
+          <t>Homo Academicus</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053995876</t>
+          <t>9789756857755</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal İnzivalar</t>
+          <t>Çağdaş Siyaset Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>575</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053996057</t>
+          <t>9786053994619</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Psikanaliz Yıllığı 2022: Travma</t>
+          <t>Türkiye’de Siyasal Yaşam</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053995951</t>
+          <t>9786053993391</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türk Olmak - Erken Cumhuriyet Dönemi’nde Milliyetçi Reformlar ve Kültürel Tartışmalar, 1923-1945</t>
+          <t>Bir Kimlik Peşinde Türkiye Genişletilmiş Baskı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>270</v>
+        <v>235</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053995906</t>
+          <t>9786053996125</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Din Veya İnanç Özgürlüğünün Kolektif Boyutu</t>
+          <t>Çıkmaz Yol</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>315</v>
+        <v>420</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053996088</t>
+          <t>9786053996040</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Gölgesinde</t>
+          <t>Kültür Mirası Yönetimi: Neden ve Nasıl?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>385</v>
+        <v>725</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053996071</t>
+          <t>9786053994527</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Siyasetinin Sınırları: Siyasal Davranış, Kurumlar ve Kültür</t>
+          <t>Enerji ve Medeniyet: Bir Tarihçe</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>625</v>
+        <v>460</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053995920</t>
+          <t>9786053995883</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Güney Çelişkileri ve Sürdürülebilirlik Ekseninde Gelişme Hakkı</t>
+          <t>Melanie Klein'in Çalışmasına Giriş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>205</v>
+        <v>155</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053995913</t>
+          <t>9786053996095</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Portede Saklı Tarih: Toplumsal Tarihin Merceğinden Müzik</t>
+          <t>Osmanlı Yeni Çağı'nda Tarımsal Gelişim</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053995647</t>
+          <t>9786053996026</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Faiz Meselesi</t>
+          <t>Dijital Etnografi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756176184</t>
+          <t>9786053995203</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bütçe Hukuku</t>
+          <t>Toplumsal Araştırma Yöntemleri İçin Bir Rehber: Gereklilikler, Sınırlılıklar ve İncelikler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053995470</t>
+          <t>9786053995876</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal ve Sosyolojik Teori</t>
+          <t>Ruhsal İnzivalar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>490</v>
+        <v>170</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789756857212</t>
+          <t>9786053996057</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Modern Devletin Gelişimi</t>
+          <t>Uluslararası Psikanaliz Yıllığı 2022: Travma</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756857045</t>
+          <t>9786053995951</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Ulus-Devlet</t>
+          <t>Türk Olmak - Erken Cumhuriyet Dönemi’nde Milliyetçi Reformlar ve Kültürel Tartışmalar, 1923-1945</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053994237</t>
+          <t>9786053995906</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sayıştay Hukuku</t>
+          <t>Din Veya İnanç Özgürlüğünün Kolektif Boyutu</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>185</v>
+        <v>315</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756857236</t>
+          <t>9786053996088</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili: Dil ve Anlatım</t>
+          <t>Adaletin Gölgesinde</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>270</v>
+        <v>385</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053992356</t>
+          <t>9786053996071</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Çalışmaları</t>
+          <t>Türkiye Siyasetinin Sınırları: Siyasal Davranış, Kurumlar ve Kültür</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>165</v>
+        <v>625</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053991434</t>
+          <t>9786053995920</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi</t>
+          <t>Kuzey Güney Çelişkileri ve Sürdürülebilirlik Ekseninde Gelişme Hakkı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053991311</t>
+          <t>9786053995913</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Teoride ve Uygulamada Mahalli İdareler Maliyesi</t>
+          <t>Portede Saklı Tarih: Toplumsal Tarihin Merceğinden Müzik</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>235</v>
+        <v>380</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789756857311</t>
+          <t>9786053995647</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tanzimattan 21.Yüzyıla Türkiye Ekonomisi</t>
+          <t>Faiz Meselesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789756176894</t>
+          <t>9789756176184</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Vergi Özel Hukuku</t>
+          <t>Bütçe Hukuku</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756176382</t>
+          <t>9786053995470</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Vergi Genel Hukuku</t>
+          <t>Çağdaş Sosyal ve Sosyolojik Teori</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>410</v>
+        <v>490</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053993759</t>
+          <t>9789756857212</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Hukuku</t>
+          <t>Modern Devletin Gelişimi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756176146</t>
+          <t>9789756857045</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Düzeyde Yasaların Çatışması Kanunlar İhtilafı</t>
+          <t>Küreselleşme ve Ulus-Devlet</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053993414</t>
+          <t>9786053994237</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşlığı Yeniden Düşünmek</t>
+          <t>Sayıştay Hukuku</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>315</v>
+        <v>185</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053994206</t>
+          <t>9789756857236</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Öznenin Yorumbilgisi</t>
+          <t>Türk Dili: Dil ve Anlatım</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>435</v>
+        <v>270</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053995814</t>
+          <t>9786053992356</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Psikanaliz Yıllığı 2021: Toplumsal Acı - Toplumsalın Acısı</t>
+          <t>Türk Dış Politikası Çalışmaları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053995777</t>
+          <t>9786053991434</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bu Resim Ne Anlatıyor? Alegori</t>
+          <t>Türk Devrim Tarihi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>780</v>
+        <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053995807</t>
+          <t>9786053991311</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Güvenlik</t>
+          <t>Teoride ve Uygulamada Mahalli İdareler Maliyesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>235</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053995746</t>
+          <t>9789756857311</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Epigenetik Devrimi</t>
+          <t>Tanzimattan 21.Yüzyıla Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>265</v>
+        <v>440</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053995869</t>
+          <t>9789756176894</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu ve Dış Politika - Arap Ülkeleri ve İsrail</t>
+          <t>Vergi Özel Hukuku</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053995821</t>
+          <t>9789756176382</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Formül - Başarının Evrensel Kanunları</t>
+          <t>Vergi Genel Hukuku</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053995852</t>
+          <t>9786053993759</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tamamlanmamış Kentsel Devrim</t>
+          <t>Vatandaşlık Hukuku</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053995784</t>
+          <t>9789756176146</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyaset Teorisi (Ciltli)</t>
+          <t>Uluslararası Düzeyde Yasaların Çatışması Kanunlar İhtilafı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>380</v>
+        <v>245</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053995562</t>
+          <t>9786053993414</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Antik Dönem'den Osmanlı'ya Anadolu Sanatında Kadın</t>
+          <t>Yurttaşlığı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053995760</t>
+          <t>9786053994206</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Afetlerle Yoksullaşma</t>
+          <t>Öznenin Yorumbilgisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>435</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053995722</t>
+          <t>9786053995814</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Açılımlar</t>
+          <t>Uluslararası Psikanaliz Yıllığı 2021: Toplumsal Acı - Toplumsalın Acısı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053995739</t>
+          <t>9786053995777</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Psikodinamik Çocuk Terapisi Eşliğinde Bir Oyun Dünyasına Yolculuk</t>
+          <t>Bu Resim Ne Anlatıyor? Alegori</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>210</v>
+        <v>780</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053995753</t>
+          <t>9786053995807</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yenilik Tabanlı Girişimcilik</t>
+          <t>Uluslararası İlişkilerde Güvenlik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>385</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053995692</t>
+          <t>9786053995746</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Uzak Okuma</t>
+          <t>Epigenetik Devrimi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053995685</t>
+          <t>9786053995869</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Partiler</t>
+          <t>Ortadoğu ve Dış Politika - Arap Ülkeleri ve İsrail</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053995661</t>
+          <t>9786053995821</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Başörtülü Yoksul Kadınların Ötekileri</t>
+          <t>Formül - Başarının Evrensel Kanunları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053995616</t>
+          <t>9786053995852</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Yerli Üretimi ve Politik Ekonomisi</t>
+          <t>Tamamlanmamış Kentsel Devrim</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053995555</t>
+          <t>9786053995784</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Paranın Gücü</t>
+          <t>Çağdaş Siyaset Teorisi (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053995586</t>
+          <t>9786053995562</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Göç Deneyimi ve Toplumsal Bütünleşme</t>
+          <t>Antik Dönem'den Osmanlı'ya Anadolu Sanatında Kadın</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053995593</t>
+          <t>9786053995760</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlarda Dişil ve Oidipus</t>
+          <t>Afetlerle Yoksullaşma</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053995579</t>
+          <t>9786053995722</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağları’ndan Toroslar’a: Tahtacı Türkmen Alevileri</t>
+          <t>Psikanalitik Açılımlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>275</v>
+        <v>185</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053995623</t>
+          <t>9786053995739</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Strateji Düşüncesi</t>
+          <t>Psikodinamik Çocuk Terapisi Eşliğinde Bir Oyun Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053995630</t>
+          <t>9786053995753</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika Analizi</t>
+          <t>Türkiye’de Yenilik Tabanlı Girişimcilik</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>225</v>
+        <v>385</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053995456</t>
+          <t>9786053995692</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Çocuk Gazetelerinde Osmanlı Kimliği (1869-1908)</t>
+          <t>Uzak Okuma</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053995548</t>
+          <t>9786053995685</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çölün Gelini Palmira</t>
+          <t>Siyasi Partiler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753995498</t>
+          <t>9786053995661</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mekan ve Ekonomi</t>
+          <t>Başörtülü Yoksul Kadınların Ötekileri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053995487</t>
+          <t>9786053995616</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Psikoz: Uluslararası Psikanaliz Yıllığı 2019</t>
+          <t>Türkiye’nin Yerli Üretimi ve Politik Ekonomisi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053995302</t>
+          <t>9786053995555</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>The Young Turks</t>
+          <t>Paranın Gücü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053995425</t>
+          <t>9786053995586</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İsrail Perspektifinden İki Devletli Çözüm</t>
+          <t>Zorunlu Göç Deneyimi ve Toplumsal Bütünleşme</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>255</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053995357</t>
+          <t>9786053995593</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Japonya'nın İktisadi ve Sosyal Tarihi (Ciltli)</t>
+          <t>Modern Zamanlarda Dişil ve Oidipus</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>785</v>
+        <v>225</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053995418</t>
+          <t>9786053995579</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kadın ve Müzik - Women and Music in Turkey</t>
+          <t>Kaz Dağları’ndan Toroslar’a: Tahtacı Türkmen Alevileri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053995395</t>
+          <t>9786053995623</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı'nda Cihat ve İslam</t>
+          <t>Strateji Düşüncesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053995326</t>
+          <t>9786053995630</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mütareke ve Milli Mücadele Basını (Ciltli)</t>
+          <t>Dış Politika Analizi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>660</v>
+        <v>225</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753994439</t>
+          <t>9786053995456</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Balkan İttifakı ve Osmanlı Diplomasisi</t>
+          <t>Türkçe Çocuk Gazetelerinde Osmanlı Kimliği (1869-1908)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053995401</t>
+          <t>9786053995548</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Vergi Ceza Hukuku</t>
+          <t>Çölün Gelini Palmira</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053995388</t>
+          <t>9789753995498</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bir Pratik Teorisi İçin Taslak</t>
+          <t>Mekan ve Ekonomi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053995371</t>
+          <t>9786053995487</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Şu Psikanaliz Sanatı</t>
+          <t>Psikoz: Uluslararası Psikanaliz Yıllığı 2019</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053994336</t>
+          <t>9786053995302</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Anne-Çocuk Çocuk Tedavisi Çocuk Psikozuna Uzun Süreli Yaklaşım</t>
+          <t>The Young Turks</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053995333</t>
+          <t>9786053995425</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İslam, İktisat, Ordu ve Reform</t>
+          <t>İsrail Perspektifinden İki Devletli Çözüm</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053995296</t>
+          <t>9786053995357</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'in Dahi Torunu Şerif Muhiddin Targan</t>
+          <t>Japonya'nın İktisadi ve Sosyal Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>435</v>
+        <v>785</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053995289</t>
+          <t>9786053995418</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sosyal Güvenliğin Evrensel Sefaleti: Politika, Hukuk, Uygulama (1919-2018)</t>
+          <t>Türkiye'de Kadın ve Müzik - Women and Music in Turkey</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>540</v>
+        <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053995272</t>
+          <t>9786053995395</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bu Resim Ne Anlatıyor? - Günlük Hayat</t>
+          <t>Birinci Dünya Savaşı'nda Cihat ve İslam</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>500</v>
+        <v>285</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053993841</t>
+          <t>9786053995326</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Yardımlardan Güvenliğe Türkiye’nin Kamu Harcamaları (2006-2017)</t>
+          <t>Mütareke ve Milli Mücadele Basını (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>210</v>
+        <v>660</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053995197</t>
+          <t>9789753994439</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanma Ve Yaşlılık: Disiplinlerarası Bakış Açıları</t>
+          <t>Balkan İttifakı ve Osmanlı Diplomasisi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053995265</t>
+          <t>9786053995401</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Uluslararası İlişkiler Eğitimi</t>
+          <t>Vergi Ceza Hukuku</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053995029</t>
+          <t>9786053995388</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye'de Barış Süreçleri</t>
+          <t>Bir Pratik Teorisi İçin Taslak</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053995241</t>
+          <t>9786053995371</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>''Manikürlü Eller Almanya'da Elektirik Bobini Saracak''</t>
+          <t>Şu Psikanaliz Sanatı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053995258</t>
+          <t>9786053994336</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>The Syrian Exodus In Context</t>
+          <t>Psikanalitik Anne-Çocuk Çocuk Tedavisi Çocuk Psikozuna Uzun Süreli Yaklaşım</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053995173</t>
+          <t>9786053995333</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sınır Kurguları: İran Ulusunun Şekillenmesi (1804/1946)</t>
+          <t>İslam, İktisat, Ordu ve Reform</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>285</v>
+        <v>210</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053995180</t>
+          <t>9786053995296</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Türkiyesi’nde Mimarlık?</t>
+          <t>Peygamber'in Dahi Torunu Şerif Muhiddin Targan</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>235</v>
+        <v>435</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053995234</t>
+          <t>9786053995289</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Müşterek</t>
+          <t>Uluslararası Sosyal Güvenliğin Evrensel Sefaleti: Politika, Hukuk, Uygulama (1919-2018)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>435</v>
+        <v>540</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053995166</t>
+          <t>9786053995272</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İktisat ve Küresel Kapitalizm</t>
+          <t>Bu Resim Ne Anlatıyor? - Günlük Hayat</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>255</v>
+        <v>500</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053995098</t>
+          <t>9786053993841</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Faydasızlığın Faydası: Manifesto</t>
+          <t>Sosyal Yardımlardan Güvenliğe Türkiye’nin Kamu Harcamaları (2006-2017)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053995135</t>
+          <t>9786053995197</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Suriyeliler Barometresi</t>
+          <t>Yaşlanma Ve Yaşlılık: Disiplinlerarası Bakış Açıları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053995111</t>
+          <t>9786053995265</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İlişki İçinde Ben</t>
+          <t>Türkiye’de Uluslararası İlişkiler Eğitimi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053995128</t>
+          <t>9786053995029</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Resimli Taşbaskısı Nasreddin Hoca Kitapları</t>
+          <t>Dünyada ve Türkiye'de Barış Süreçleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053995104</t>
+          <t>9786053995241</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Hissetmek</t>
+          <t>''Manikürlü Eller Almanya'da Elektirik Bobini Saracak''</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>205</v>
+        <v>280</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053995067</t>
+          <t>9786053995258</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Avrupalılaşma</t>
+          <t>The Syrian Exodus In Context</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053995036</t>
+          <t>9786053995173</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Hareket ve Dans</t>
+          <t>Sınır Kurguları: İran Ulusunun Şekillenmesi (1804/1946)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053995043</t>
+          <t>9786053995180</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Cesareti: Kendinin ve Başkalarının Yönetimi 2</t>
+          <t>Bugünün Türkiyesi’nde Mimarlık?</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>320</v>
+        <v>235</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053994923</t>
+          <t>9786053995234</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Risk Yönetimi</t>
+          <t>Müşterek</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>270</v>
+        <v>435</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053995081</t>
+          <t>9786053995166</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İşletme Vergiciliği</t>
+          <t>Siyasi İktisat ve Küresel Kapitalizm</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053995005</t>
+          <t>9786053995098</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık</t>
+          <t>Faydasızlığın Faydası: Manifesto</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053994992</t>
+          <t>9786053995135</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Emeği ve İş Hukuku</t>
+          <t>Suriyeliler Barometresi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053995012</t>
+          <t>9786053995111</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bizliğin Aynasından Yansıyanlar</t>
+          <t>İlişki İçinde Ben</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053994978</t>
+          <t>9786053995128</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergeneler İçin Çağdaş Psikodinamik Psikoterapi</t>
+          <t>Resimli Taşbaskısı Nasreddin Hoca Kitapları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>435</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053994961</t>
+          <t>9786053995104</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Oluşumu</t>
+          <t>Akıllı Hissetmek</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053994930</t>
+          <t>9786053995067</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yıkım, Yeniden Yaratım ve Cinsellikler - Uluslararası Psikanaliz Yıllığı 2017</t>
+          <t>Avrupalılaşma</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053994916</t>
+          <t>9786053995036</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Göstergeler Ne Anlatır? Türkiye İçin İktisadi Göstergeler Rehberi</t>
+          <t>Yaratıcı Hareket ve Dans</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>415</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053993810</t>
+          <t>9786053995043</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları ve İmparatorluk</t>
+          <t>Hakikat Cesareti: Kendinin ve Başkalarının Yönetimi 2</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786053994855</t>
+          <t>9786053994923</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İnsan Evriminde Din</t>
+          <t>İşletmelerde Risk Yönetimi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053994817</t>
+          <t>9786053995081</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Halk İçin Psikoterapi</t>
+          <t>İşletme Vergiciliği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053994848</t>
+          <t>9786053995005</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hilafet</t>
+          <t>Yaratıcılık</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786053994879</t>
+          <t>9786053994992</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Independent Republic Of Culture</t>
+          <t>Gönüllü Emeği ve İş Hukuku</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053994886</t>
+          <t>9786053995012</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kültürün Bağımsız Cumhuriyeti</t>
+          <t>Bizliğin Aynasından Yansıyanlar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053994800</t>
+          <t>9786053994978</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bu Resim Ne Anlatıyor?</t>
+          <t>Çocuk ve Ergeneler İçin Çağdaş Psikodinamik Psikoterapi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>575</v>
+        <v>435</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053994411</t>
+          <t>9786053994961</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve İran'da Vatandaşlık ve Etnisite</t>
+          <t>Tasavvufun Oluşumu</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053994671</t>
+          <t>9786053994930</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Erkekliğin Türkiye Halleri</t>
+          <t>Yıkım, Yeniden Yaratım ve Cinsellikler - Uluslararası Psikanaliz Yıllığı 2017</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053994749</t>
+          <t>9786053994916</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Karşısında İslam</t>
+          <t>Göstergeler Ne Anlatır? Türkiye İçin İktisadi Göstergeler Rehberi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>145</v>
+        <v>415</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053994787</t>
+          <t>9786053993810</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Azınlıklar ve Milliyetçilik</t>
+          <t>İnsan Hakları ve İmparatorluk</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>385</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053994657</t>
+          <t>9786053994855</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kitleleri Yeniden Düşünmek</t>
+          <t>İnsan Evriminde Din</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053994381</t>
+          <t>9786053994817</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Oyuncunun Gizli Sanatı</t>
+          <t>Halk İçin Psikoterapi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>530</v>
+        <v>420</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053994558</t>
+          <t>9786053994848</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sonrası</t>
+          <t>Hilafet</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053994725</t>
+          <t>9786053994879</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Diplomasinin Gücü</t>
+          <t>Independent Republic Of Culture</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053994664</t>
+          <t>9786053994886</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Kültür Okumaları</t>
+          <t>Kültürün Bağımsız Cumhuriyeti</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053994718</t>
+          <t>9786053994800</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şiddet</t>
+          <t>Bu Resim Ne Anlatıyor?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>240</v>
+        <v>575</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053994640</t>
+          <t>9786053994411</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Almanya ve Türkiye</t>
+          <t>Türkiye ve İran'da Vatandaşlık ve Etnisite</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>145</v>
+        <v>255</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053994633</t>
+          <t>9786053994671</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bizim Müstakbel Hep Harap Oldu</t>
+          <t>Erkekliğin Türkiye Halleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>195</v>
+        <v>360</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053994695</t>
+          <t>9786053994749</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Tehlike Altında Gazetecilik</t>
+          <t>Demokrasi Karşısında İslam</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053994152</t>
+          <t>9786053994787</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İslam Göç ve Entegrasyon</t>
+          <t>Türk Hukukunda Azınlıklar ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>270</v>
+        <v>385</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053994589</t>
+          <t>9786053994657</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Dönemi</t>
+          <t>Kitleleri Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053994596</t>
+          <t>9786053994381</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türkiye (Ciltli)</t>
+          <t>Oyuncunun Gizli Sanatı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>540</v>
+        <v>530</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053994572</t>
+          <t>9786053994558</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tarihin  Durduğu O An</t>
+          <t>Sonrası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053994428</t>
+          <t>9786053994725</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çerkes Diasporasının Siyasi Tarihi</t>
+          <t>Diplomasinin Gücü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053994497</t>
+          <t>9786053994664</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>History From Below (Ciltli)</t>
+          <t>Siyasi Kültür Okumaları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>670</v>
+        <v>145</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053994404</t>
+          <t>9786053994718</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlikler Çağında Azınlık Uluslar</t>
+          <t>İçimizdeki Şiddet</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053994046</t>
+          <t>9786053994640</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Hınç ve Şiddet Tarihi (Ciltli)</t>
+          <t>Avrupa Birliği Almanya ve Türkiye</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>540</v>
+        <v>145</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053994503</t>
+          <t>9786053994633</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Sanat</t>
+          <t>Bizim Müstakbel Hep Harap Oldu</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053994459</t>
+          <t>9786053994695</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Debelenirken</t>
+          <t>Tehlike Altında Gazetecilik</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053994466</t>
+          <t>9786053994152</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hareketli İmgeler</t>
+          <t>İslam Göç ve Entegrasyon</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053993995</t>
+          <t>9786053994589</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Mültecilik</t>
+          <t>Kuantum Dönemi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053994442</t>
+          <t>9786053994596</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ulusaşırı Kimlikler</t>
+          <t>Dünden Bugüne Türkiye (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>145</v>
+        <v>540</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789756857663</t>
+          <t>9786053994572</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Siyasal Düşünceler Tarihi 3</t>
+          <t>Tarihin  Durduğu O An</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>370</v>
+        <v>110</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786756857266</t>
+          <t>9786053994428</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Siyasal Düşünceler Tarihi 2</t>
+          <t>Türkiye'de Çerkes Diasporasının Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>520</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756176498</t>
+          <t>9786053994497</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Siyasal Düşünceler Tarihi 1</t>
+          <t>History From Below (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>390</v>
+        <v>670</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053993681</t>
+          <t>9786053994404</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dolmabahçe  Mekanın Hafızası (Ciltli)</t>
+          <t>Belirsizlikler Çağında Azınlık Uluslar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053994367</t>
+          <t>9786053994046</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Cultural Policy And Management Yearbook 2014-2015</t>
+          <t>Bir Hınç ve Şiddet Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053991908</t>
+          <t>9786053994503</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Çöküş Döneminde Osmanlı Ermenileri</t>
+          <t>Psikanaliz ve Sanat</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>440</v>
+        <v>175</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053993148</t>
+          <t>9786053994459</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Cenderesinde Yunanistan ve Türkiye'de Milliyetçilik</t>
+          <t>Türkiye Debelenirken</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053991625</t>
+          <t>9786053994466</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ekonomik Bütünleşme</t>
+          <t>Hareketli İmgeler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053994305</t>
+          <t>9786053993995</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kültür Politikaları ve Yönetimi Araştırma Merkezi (KYP) Yıllık 2014-2015 / Kültüre Müdahale</t>
+          <t>Türkiye'de Mültecilik</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053994176</t>
+          <t>9786053994442</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Diyarbekir'de Toplumsal İlişkiler (1870-1915)</t>
+          <t>Ulusaşırı Kimlikler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>325</v>
+        <v>145</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053994107</t>
+          <t>9789756857663</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da İslam Göçmenlik ve Konukseverlik</t>
+          <t>Batı’da Siyasal Düşünceler Tarihi 3</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053994282</t>
+          <t>9786756857266</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ruh Zihin ve Psikanalist</t>
+          <t>Batı’da Siyasal Düşünceler Tarihi 2</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>230</v>
+        <v>520</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053994220</t>
+          <t>9789756176498</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bir Zihin Yaratmak</t>
+          <t>Batı’da Siyasal Düşünceler Tarihi 1</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>245</v>
+        <v>390</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053991618</t>
+          <t>9786053993681</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Yıl Krizi (1919-1939)</t>
+          <t>Dolmabahçe  Mekanın Hafızası (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053994145</t>
+          <t>9786053994367</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yerel Demokrasi Sorunsalı</t>
+          <t>Cultural Policy And Management Yearbook 2014-2015</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053994114</t>
+          <t>9786053991908</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Emancipation In Exile: Perspectives On The Empowerment Of Migrant Women</t>
+          <t>İmparatorluğun Çöküş Döneminde Osmanlı Ermenileri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>245</v>
+        <v>440</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053994008</t>
+          <t>9786053993148</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Zor İsimli Çocuklar</t>
+          <t>Tarihin Cenderesinde Yunanistan ve Türkiye'de Milliyetçilik</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053994039</t>
+          <t>9786053991625</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Moderniteyi Yeniden Düşünmek</t>
+          <t>Uluslararası Ekonomik Bütünleşme</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053993988</t>
+          <t>9786053994305</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kozmopolitlik ve Özgürlük Coğrafyaları</t>
+          <t>Kültür Politikaları ve Yönetimi Araştırma Merkezi (KYP) Yıllık 2014-2015 / Kültüre Müdahale</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053994060</t>
+          <t>9786053994176</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır'da Ermeni Kıyımı</t>
+          <t>Osmanlı Döneminde Diyarbekir'de Toplumsal İlişkiler (1870-1915)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053990857</t>
+          <t>9786053994107</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çin Felsefesi Tarihi</t>
+          <t>Avrupa'da İslam Göçmenlik ve Konukseverlik</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789756176795</t>
+          <t>9786053994282</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerimiz ve Demokrasi</t>
+          <t>Ruh Zihin ve Psikanalist</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053993902</t>
+          <t>9786053994220</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kadim Bir Nefes: Ezidi Ağıtları</t>
+          <t>Bir Zihin Yaratmak</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053994183</t>
+          <t>9786053991618</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya İnsanı / Tosun Terzioğlu</t>
+          <t>Yirmi Yıl Krizi (1919-1939)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053993780</t>
+          <t>9786053994145</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Rölativite’den Kuantum’a Evrenin Gerçekliği</t>
+          <t>Yerel Demokrasi Sorunsalı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>370</v>
+        <v>255</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053993766</t>
+          <t>9786053994114</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Almanya, Rusya ve Türkiye’de Etnisite Rejimleri ve Milliyet</t>
+          <t>Emancipation In Exile: Perspectives On The Empowerment Of Migrant Women</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053993919</t>
+          <t>9786053994008</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>1990’larda Kürtler ve Kürdistan</t>
+          <t>Zor İsimli Çocuklar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053993728</t>
+          <t>9786053994039</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kültürlerin Sonu mu?</t>
+          <t>Moderniteyi Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053993711</t>
+          <t>9786053993988</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Bir Kervansaray (Mı?)</t>
+          <t>Kozmopolitlik ve Özgürlük Coğrafyaları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>325</v>
+        <v>310</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789756176672</t>
+          <t>9786053994060</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi ve Göç</t>
+          <t>Diyarbakır'da Ermeni Kıyımı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053993643</t>
+          <t>9786053990857</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Modernite İçinde Bir İnanç Deneyimi : Örtünme</t>
+          <t>Çin Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053993872</t>
+          <t>9789756176795</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bu Resim Ne Anlatıyor? İkonografi</t>
+          <t>Üniversitelerimiz ve Demokrasi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053994343</t>
+          <t>9786053993902</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Evrensel Bildirisi ve Türkiye (1945-1948)</t>
+          <t>Kadim Bir Nefes: Ezidi Ağıtları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053993650</t>
+          <t>9786053994183</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Halide Edib ve Siyasal Şiddet</t>
+          <t>Bir Dünya İnsanı / Tosun Terzioğlu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053993612</t>
+          <t>9786053993780</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs'ın Ötekileri</t>
+          <t>Rölativite’den Kuantum’a Evrenin Gerçekliği</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>145</v>
+        <v>370</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053993322</t>
+          <t>9786053993766</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İsrail Yurttaşı Filistinliler</t>
+          <t>Almanya, Rusya ve Türkiye’de Etnisite Rejimleri ve Milliyet</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053993308</t>
+          <t>9786053993919</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Barolar ve Siyaset</t>
+          <t>1990’larda Kürtler ve Kürdistan</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053993278</t>
+          <t>9786053993728</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kültür Politikaları ve Yönetimi (KPY) YILLIK 2012-2013</t>
+          <t>Ulusal Kültürlerin Sonu mu?</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053993254</t>
+          <t>9786053993711</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik, Toprak, Nüfus</t>
+          <t>İstanbul Bir Kervansaray (Mı?)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053994251</t>
+          <t>9789756176672</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Nations And İdentities: The Case Of Greeks And Turks</t>
+          <t>Diplomasi ve Göç</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053994329</t>
+          <t>9786053993643</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Türk Aleviliğinin İnşası</t>
+          <t>Modernite İçinde Bir İnanç Deneyimi : Örtünme</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053993582</t>
+          <t>9786053993872</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Suriçi’nde Bir Yaşam : Toktamış Ateş’e Armağan</t>
+          <t>Bu Resim Ne Anlatıyor? İkonografi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>510</v>
+        <v>500</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053993421</t>
+          <t>9786053994343</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnsan Hakları Hukukunda Vicdani Red ve Türkiye</t>
+          <t>İnsan Hakları Evrensel Bildirisi ve Türkiye (1945-1948)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>260</v>
+        <v>145</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053993438</t>
+          <t>9786053993650</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk ve Diplomasi - Osmanlı Diplomasinin İzinde</t>
+          <t>Halide Edib ve Siyasal Şiddet</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>425</v>
+        <v>175</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053990437</t>
+          <t>9786053993612</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Uğur Alacakaptan’a Armağan Cilt: 1</t>
+          <t>Kuzey Kıbrıs'ın Ötekileri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>650</v>
+        <v>145</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053992042</t>
+          <t>9786053993322</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Uzun On Yılı</t>
+          <t>İsrail Yurttaşı Filistinliler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053990277</t>
+          <t>9786053993308</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İyi Yönetimi</t>
+          <t>Barolar ve Siyaset</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053991137</t>
+          <t>9786053993278</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İki Hizbin Hikayesi</t>
+          <t>Kültür Politikaları ve Yönetimi (KPY) YILLIK 2012-2013</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053990772</t>
+          <t>9786053993254</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Silahtarağa Elektrik Santrali</t>
+          <t>Güvenlik, Toprak, Nüfus</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>280</v>
+        <v>335</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053991670</t>
+          <t>9786053994251</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Cultural Policy and Management (KPY) Yearbook 2010</t>
+          <t>Nations And İdentities: The Case Of Greeks And Turks</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>27.78</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053992387</t>
+          <t>9786053994329</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Cultural Policy and Management (KPY) Year Book 2011</t>
+          <t>Türk Aleviliğinin İnşası</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053992165</t>
+          <t>9786053993582</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Cultural Economy Compendium Istanbul 2010</t>
+          <t>Suriçi’nde Bir Yaşam : Toktamış Ateş’e Armağan</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>255</v>
+        <v>510</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053992271</t>
+          <t>9786053993421</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Critical Perspectives on the World Bank and the IMF</t>
+          <t>Uluslararası İnsan Hakları Hukukunda Vicdani Red ve Türkiye</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>145</v>
+        <v>260</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053990659</t>
+          <t>9786053993438</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Korda'nın Objektifinden Che: Bir Portrenin Devrimle Başlayıp İkonla Biten Öyküsü</t>
+          <t>İmparatorluk ve Diplomasi - Osmanlı Diplomasinin İzinde</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053992332</t>
+          <t>9786053990437</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinde Krizler - 1929-2009</t>
+          <t>Uğur Alacakaptan’a Armağan Cilt: 1</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053993674</t>
+          <t>9786053992042</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazma Ketlenmesi ve Saldırganlığın Yüceltilmesi Vakasının Analizi</t>
+          <t>Türkiye’nin Uzun On Yılı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053993797</t>
+          <t>9786053990277</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Piskanaliz 2 : Kayıp ve Zaman</t>
+          <t>Türkiye’nin İyi Yönetimi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>145</v>
+        <v>340</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053993339</t>
+          <t>9786053991137</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>The Extermination Of Armenians In The Diyarbekir Region</t>
+          <t>İki Hizbin Hikayesi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053992196</t>
+          <t>9786053990772</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Keynes’e Dönüş</t>
+          <t>Silahtarağa Elektrik Santrali</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053991861</t>
+          <t>9786053991670</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hint Felsefesi Tarihi</t>
+          <t>Cultural Policy and Management (KPY) Yearbook 2010</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>320</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053990598</t>
+          <t>9786053992387</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Her Türlü Aklın Ötesinde: Üniversitede İdeoloji ile Yaşamak</t>
+          <t>Cultural Policy and Management (KPY) Year Book 2011</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053991823</t>
+          <t>9786053992165</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hegel Estetiği ve Edebiyat Kuramı 3</t>
+          <t>Cultural Economy Compendium Istanbul 2010</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053991069</t>
+          <t>9786053992271</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Laiklik</t>
+          <t>Critical Perspectives on the World Bank and the IMF</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053993247</t>
+          <t>9786053990659</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Darülfünunu'nda Alman Müderrisler 1915-1918</t>
+          <t>Korda'nın Objektifinden Che: Bir Portrenin Devrimle Başlayıp İkonla Biten Öyküsü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>680</v>
+        <v>390</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053993285</t>
+          <t>9786053992332</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Cultural Policy And Management (Kpy) Yearbook 2012-13</t>
+          <t>Türkiye Ekonomisinde Krizler - 1929-2009</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053993858</t>
+          <t>9786053993674</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İnternette Irkçılık</t>
+          <t>Bir Yazma Ketlenmesi ve Saldırganlığın Yüceltilmesi Vakasının Analizi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053993179</t>
+          <t>9786053993797</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Şirketlerinin Denetimi</t>
+          <t>Sinema ve Piskanaliz 2 : Kayıp ve Zaman</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>310</v>
+        <v>145</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053993209</t>
+          <t>9786053993339</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Gezi Parkı Olayları</t>
+          <t>The Extermination Of Armenians In The Diyarbekir Region</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053992868</t>
+          <t>9786053992196</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Developing Sustainability</t>
+          <t>Keynes’e Dönüş</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053990970</t>
+          <t>9786053991861</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Anayasa Hazırlığı ve Türkiye</t>
+          <t>Hint Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053991656</t>
+          <t>9786053990598</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Workplaces: The Transformation of Places of Production</t>
+          <t>Her Türlü Aklın Ötesinde: Üniversitede İdeoloji ile Yaşamak</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053990345</t>
+          <t>9786053991823</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Viyana Chicago</t>
+          <t>Hegel Estetiği ve Edebiyat Kuramı 3</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>430</v>
+        <v>255</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053990444</t>
+          <t>9786053991069</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Uğur Alacakaptan’a Armağan Cilt: 2 (Ciltli)</t>
+          <t>Laiklik</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>650</v>
+        <v>245</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053990178</t>
+          <t>9786053993247</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yerel Politikanın Yükselişi</t>
+          <t>İstanbul Darülfünunu'nda Alman Müderrisler 1915-1918</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>170</v>
+        <v>680</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053992806</t>
+          <t>9786053993285</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslam, Demokrasi ve Diyalog</t>
+          <t>Cultural Policy And Management (Kpy) Yearbook 2012-13</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053991809</t>
+          <t>9786053993858</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslam ve Devlet</t>
+          <t>İnternette Irkçılık</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053992295</t>
+          <t>9786053993179</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çocukluğun Politik İnşası</t>
+          <t>Sermaye Şirketlerinin Denetimi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053992707</t>
+          <t>9786053993209</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Tıfli Hikayeleri</t>
+          <t>Gezi Parkı Olayları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053991403</t>
+          <t>9786053992868</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>The View From The Masthead</t>
+          <t>Developing Sustainability</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>185</v>
+        <v>330</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053992110</t>
+          <t>9786053990970</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>The Post-Modern Abyss and the New Politics of Islam: Assabiyah Revisited</t>
+          <t>Yeni Bir Anayasa Hazırlığı ve Türkiye</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053992721</t>
+          <t>9786053991656</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Yakınlıkları</t>
+          <t>Workplaces: The Transformation of Places of Production</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>205</v>
+        <v>540</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053991373</t>
+          <t>9786053990345</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Suskun ve Yokmuşçasına</t>
+          <t>Viyana Chicago</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789756176788</t>
+          <t>9786053990444</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Liberalizm</t>
+          <t>Uğur Alacakaptan’a Armağan Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053992653</t>
+          <t>9786053990178</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Psikanaliz</t>
+          <t>Türkiye'de Yerel Politikanın Yükselişi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053990543</t>
+          <t>9786053992806</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar ve Kardeşler</t>
+          <t>Türkiye’de İslam, Demokrasi ve Diyalog</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053990222</t>
+          <t>9786053991809</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Reciprocity Greek And Turkish Minorities Law, Religion And Politics</t>
+          <t>Türkiye’de İslam ve Devlet</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053991601</t>
+          <t>9786053992295</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Politikanın Çağrısı</t>
+          <t>Türkiye’de Çocukluğun Politik İnşası</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053990468</t>
+          <t>9786053992707</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Burnu</t>
+          <t>Tıfli Hikayeleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053992684</t>
+          <t>9786053991403</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Öncü Tiyatro ve Dijital Çağda Gösterim</t>
+          <t>The View From The Masthead</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053990819</t>
+          <t>9786053992110</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bölgeden Yankılar</t>
+          <t>The Post-Modern Abyss and the New Politics of Islam: Assabiyah Revisited</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053991830</t>
+          <t>9786053992721</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti ve Türkiye Cumhuriyeti’nde Emek Tarihi</t>
+          <t>Tefekkür Yakınlıkları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053991793</t>
+          <t>9786053991373</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Zamanlarda Liberal Olmayan Politikalar</t>
+          <t>Suskun ve Yokmuşçasına</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
+          <t>9789756176788</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Liberalizm</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786053992653</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Sinema ve Psikanaliz</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786053990543</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Sınırlar ve Kardeşler</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786053990222</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Reciprocity Greek And Turkish Minorities Law, Religion And Politics</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786053991601</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Politikanın Çağrısı</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786053990468</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Padişahın Burnu</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786053992684</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Öncü Tiyatro ve Dijital Çağda Gösterim</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786053990819</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Bölgeden Yankılar</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786053991830</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devleti ve Türkiye Cumhuriyeti’nde Emek Tarihi</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786053991793</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Neoliberal Zamanlarda Liberal Olmayan Politikalar</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
           <t>9786053992189</t>
         </is>
       </c>
-      <c r="B271" s="1" t="inlineStr">
+      <c r="B281" s="1" t="inlineStr">
         <is>
           <t>Mustafa Kemal Döneminde Ekonomi</t>
         </is>
       </c>
-      <c r="C271" s="1">
+      <c r="C281" s="1">
         <v>530</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>