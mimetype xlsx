--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,4240 +85,9700 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053991687</t>
+          <t>9786053994480</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kültür Politikaları ve Yönetimi (KPY) Yıllık 2010</t>
+          <t>Bilim Teknoloji ve Yenilik (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>205</v>
+        <v>420</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053991304</t>
+          <t>9786053990505</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kültür Politikaları ve Yönetimi (KPY) Yıllık 2009</t>
+          <t>Türkiye - Rusya Arasında İhtilaflı Konular ve Çözümleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053992660</t>
+          <t>9786053994732</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kriz, Devlet, İktisat ve Sosyal Güvenlik Politikaları</t>
+          <t>Feminizmi Düşünmek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>435</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053992080</t>
+          <t>9786053994565</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Medya</t>
+          <t>Uluslararası Psikanaliz Yıllığı 2016</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053990871</t>
+          <t>9786053995364</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İbni Haldun</t>
+          <t>Çocuk ve Psikanaliz</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>345</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053992325</t>
+          <t>9789756176047</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Problemleriyle Finansal Yönetim</t>
+          <t>Yabancılar Hukuku</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>425</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053991441</t>
+          <t>9789756857052</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Buğday Tarlaları Kan Tepeleri</t>
+          <t>Yaşasın Cumhuriyet: Konferanslar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053992837</t>
+          <t>9786053993636</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Arnavut Milliyetçiliğinin Kökenleri</t>
+          <t>20. Yüzyılda Soykırım ve Etnik Temizlik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>510</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756857717</t>
+          <t>9789759358860</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Körlerin Yürüyüşü Türkiye Ekonomisi ve 1990 Sonrası Krizler</t>
+          <t>Türkiye Sanat Yıllığı 2006</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>265</v>
+        <v>40.74</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756857908</t>
+          <t>9786053993599</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İstanbul: City Of Memories &amp; Hopes 2004 (Ciltli)</t>
+          <t>Foucault, İktidar ve Hukuk</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>440</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053992578</t>
+          <t>9786053993346</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi</t>
+          <t>Mülk, Mahal, İnsan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>410</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053991700</t>
+          <t>9786053993827</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Harb-i Umumi Eşiğinde</t>
+          <t>Siyasetin Bilimi - İlter Turan’a Armağan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>225</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053990093</t>
+          <t>9786053993131</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Modern Siyasal İdeolojiler</t>
+          <t>Karşılaştırmalı Siyaset</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>480</v>
+        <v>245</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756857281</t>
+          <t>9786053993162</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasal Gelişmeler 2 (1876-1938) Mütareke, Cumhuriyet ve Atatürk Dönemi</t>
+          <t>Geç Dönem Ortaçağ Avrupası - Ekonomik ve Sosyal Tarih (1000 - 1500)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>40</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756857274</t>
+          <t>9789756176412</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasal Gelişmeler 1 (1876-1938) Kanun-ı Esasî ve Meşrutiyet Dönemi</t>
+          <t>Zaman Lekesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>32.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756857090</t>
+          <t>9799756176619</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Erol Akyavaş Kataloğu (His Life and Works)</t>
+          <t>Yurttaşlık ve Toplumsal Sınıflar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>500</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053995524</t>
+          <t>9789756176191</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çift ve Aile Terapisi</t>
+          <t>Yunanistan Anayasası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000009261</t>
+          <t>9786053990116</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kült Sayı 1: Kanon (Parşömen Dergisi Hediyeli)</t>
+          <t>Yine Hayal Aleminde Uçuyorum Ahmet Hamdi Başar’ın Hatıraları - 2</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053996491</t>
+          <t>9786053991915</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Beyazperdede Atatürk</t>
+          <t>Yerel Kültür Politikaları El Kitabı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053996484</t>
+          <t>9789756176283</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bourdieu Şehirde</t>
+          <t>Yeniden Kurulan Yaşamlar 1923 Türk - Yunan Zorunlu Nüfus Mübadelesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>290</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053991243</t>
+          <t>9789756176306</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Kültürel Antropoloji İnsanın Doğadaki Yeri</t>
+          <t>Yeni Reklamcılık</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>590</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053996477</t>
+          <t>9789756857793</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zazalar: Tarih, Kültür ve Kimlik</t>
+          <t>Yeni Düşün Adamları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>365</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053996422</t>
+          <t>9786053992059</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Zaman İdesinin Tarihi</t>
+          <t>Yaratıcı İstanbul</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>380</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053996354</t>
+          <t>9789756857861</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Terörizm Psikolojisi</t>
+          <t>Voices For The Future Civic Dialogue Between Turks And Greeks</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>265</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053996446</t>
+          <t>9789756857984</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mazoşizm - Uluslararası Psikanaliz Yıllığı 2023</t>
+          <t>Violence in the name of Honour</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053996361</t>
+          <t>9786053992530</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Büyüdük?</t>
+          <t>Uluslararası İlişkilerde Çatışmadan Güvenliğe</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>260</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053995708</t>
+          <t>9789756176450</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Baş Dönmesi</t>
+          <t>Uluslararası Emek Göçü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>275</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053996309</t>
+          <t>9786053993186</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Klasik Çağ'ın Kaybolan Harikası Artemis Tapınağı Tarihçesi, Mimarisi ve Dijital Rekonstrüksiyonu</t>
+          <t>Türkiye'de Güvenlik</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>500</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053996378</t>
+          <t>9786053995050</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Türk Dış Politikasının Tematik Analizi</t>
+          <t>Acının Kaynakları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053994794</t>
+          <t>9786053994947</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ara'f'dalık-lar</t>
+          <t>Genel Kamu Hukuku</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>530</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053996460</t>
+          <t>9786053994510</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şehirdeki Şeytan Underclass” Kavramının İcadı</t>
+          <t>Nevrotik Tarzlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>270</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053996293</t>
+          <t>9786053995210</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Doktor İhtiyar Acuzeye Karşı Geç Osmanlı Doğum Politikaları</t>
+          <t>Fanusta Diyaloglar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>190</v>
+        <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053996316</t>
+          <t>9786053994350</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası ve Toplumun Evrimi</t>
+          <t>Zazalar: Tarih, Kültür ve Kimlik</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>480</v>
+        <v>205</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053996149</t>
+          <t>9786053994275</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Simülasyonlarla Uluslararası İlişkiler ve Siyaset Bilimi</t>
+          <t>Müzik Etnolojisi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>230</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053996163</t>
+          <t>9786053994688</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hanna Segal'i Dinlemek</t>
+          <t>Kadınsız Kentler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>290</v>
+        <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053996262</t>
+          <t>9786053994763</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünyada Uluslararası İlişkiler Okumak</t>
+          <t>Galatasaray Tıbbiyesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>360</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053996439</t>
+          <t>9786053994374</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Göç</t>
+          <t>Paris Berlin (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>410</v>
+        <v>101.85</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053996248</t>
+          <t>9786053994121</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Gazetecilik Türkiye’de Neoliberal Medya Düzeninin Kuruluşu</t>
+          <t>Üniversitede Psikolojik Danışmanlık El Kitabı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>320</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053995449</t>
+          <t>9786053993667</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Daha Sesimizi Duyurmadık</t>
+          <t>Kardeşi Anla(t)mak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053995609</t>
+          <t>9789759358853</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Menlo Park Büyücüsü</t>
+          <t>Türkiye Sanat Yıllığı 2005</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>320</v>
+        <v>40.74</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053996132</t>
+          <t>9786053994473</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Devlet Soyluları</t>
+          <t>Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>470</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053996217</t>
+          <t>9786053993889</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Birleşmiş Milletler Güvenlik Konseyi Eleştirel Bir Giriş</t>
+          <t>İnsan Hakları Hukuku</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053996224</t>
+          <t>9786053994756</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Keşiflerden İklim Değişimine Uluslararası İlişkilerde Arktik</t>
+          <t>Jön Türkler ve Osmanlı'da Milletler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>210</v>
+        <v>38</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053996330</t>
+          <t>9786053994190</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sendika Özgürlüğü ve Sendika İçi Demokrasi</t>
+          <t>Vefailik Bektaşilik Kızılbaşlık</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053996347</t>
+          <t>9786053994541</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Seans Sahnesi Üzerine</t>
+          <t>Kamusal Uluslararası Hukuk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053995074</t>
+          <t>9786053994169</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Öznellik ve Hakikat</t>
+          <t>Hukuk Sosyolojisi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053994985</t>
+          <t>9786053994893</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık</t>
+          <t>Sürdürülebilir Toplum ve Yapılı Çevre</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>95</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053992646</t>
+          <t>9786053994244</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Baba İşlevi</t>
+          <t>Zebercet'ten Cumhuriyet'e Anayurt Oteli</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>215</v>
+        <v>32</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053994213</t>
+          <t>9786053994268</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Biyopolitikanın Doğuşu</t>
+          <t>Acıyan Beden Psikosomatiğe Psikanalitik Bakışlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>315</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053995142</t>
+          <t>9786053993216</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Homo Academicus</t>
+          <t>STK'lar İçin Gençlerin Güçlendirilmesine Yönelik Harcamaları İzleme Kılavuzu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>290</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756857755</t>
+          <t>9786053994299</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyaset Felsefesine Giriş</t>
+          <t>Proje Hazırlama ve Bütçeleme Teknikleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>575</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053994619</t>
+          <t>9786053994138</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasal Yaşam</t>
+          <t>Batı'da Siyasal Düşünceler Tarihi (3 Cilt Takım Kutulu)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>370</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053993391</t>
+          <t>9786053994015</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bir Kimlik Peşinde Türkiye Genişletilmiş Baskı</t>
+          <t>Anayasa Mahkemesi’ne Bireysel Başvuru Rehberi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>235</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053996125</t>
+          <t>9786053993971</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Yol</t>
+          <t>Türkiye’nin Göç Tarihi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053996040</t>
+          <t>9786053993360</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kültür Mirası Yönetimi: Neden ve Nasıl?</t>
+          <t>Türkiye'de Demokratikleşme Süreci-Anayasa Yapımı Ve Anayasa Yargısı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>725</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053994527</t>
+          <t>9786053993476</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Enerji ve Medeniyet: Bir Tarihçe</t>
+          <t>Ezidiler (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>460</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053995883</t>
+          <t>9786053993445</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Melanie Klein'in Çalışmasına Giriş</t>
+          <t>Hukuk Bürosu Yönetimi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>155</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053996095</t>
+          <t>9786053993353</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yeni Çağı'nda Tarımsal Gelişim</t>
+          <t>Küresel Çağda Siyasal Sosyoloji</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>260</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053996026</t>
+          <t>9786053992912</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dijital Etnografi</t>
+          <t>Türkiye'de Militarizm</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053995203</t>
+          <t>9786053992899</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Araştırma Yöntemleri İçin Bir Rehber: Gereklilikler, Sınırlılıklar ve İncelikler</t>
+          <t>Adalet Psikolojisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053995876</t>
+          <t>9786053993155</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal İnzivalar</t>
+          <t>Doğa ve Kültürün Ötesinde</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053996057</t>
+          <t>9786053990949</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Psikanaliz Yıllığı 2022: Travma</t>
+          <t>AB, Bütünleşme ve STK'lar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053995951</t>
+          <t>9589756857089</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türk Olmak - Erken Cumhuriyet Dönemi’nde Milliyetçi Reformlar ve Kültürel Tartışmalar, 1923-1945</t>
+          <t>Erol Akyavaş Kataloğu (Selected Works)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>270</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053995906</t>
+          <t>9789758998036</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Din Veya İnanç Özgürlüğünün Kolektif Boyutu</t>
+          <t>Osmanlı’da Kurumlar ve Kültür (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>315</v>
+        <v>79.63</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053996088</t>
+          <t>9786053992479</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Gölgesinde</t>
+          <t>Osmanlı ve İngiliz Arşiv Belgelerinde Yezidiler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>385</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053996071</t>
+          <t>9786053991489</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Siyasetinin Sınırları: Siyasal Davranış, Kurumlar ve Kültür</t>
+          <t>Osmanlı Liberal Düşüncesi Ulum-ı İktisadiye ve İçtimaiye Mecmuası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>625</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053995920</t>
+          <t>9789756176337</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Güney Çelişkileri ve Sürdürülebilirlik Ekseninde Gelişme Hakkı</t>
+          <t>Osmanlı İmparatorluğu 1300 - 1650</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>205</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053995913</t>
+          <t>9789756857557</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Portede Saklı Tarih: Toplumsal Tarihin Merceğinden Müzik</t>
+          <t>Osmanlı Geçmişi ve Bugünün Türkiye’si</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>380</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053995647</t>
+          <t>9786053992172</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Faiz Meselesi</t>
+          <t>Osmanlı Dünyasında Kimlik ve Kimlik Oluşumu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>320</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789756176184</t>
+          <t>9786053991076</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bütçe Hukuku</t>
+          <t>Osmanlı Döneminde Balkan Kadınları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>290</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053995470</t>
+          <t>9789756176504</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal ve Sosyolojik Teori</t>
+          <t>Osmanlı Aydınları ve Sosyal Darwinizm</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>490</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756857212</t>
+          <t>9786053990635</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Modern Devletin Gelişimi</t>
+          <t>Ortadoğu Hakkında 100 Mit</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756857045</t>
+          <t>9786053990185</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Ulus-Devlet</t>
+          <t>Olasılıklar, Duruşlar, Müzakere</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>325</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053994237</t>
+          <t>9786053990918</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sayıştay Hukuku</t>
+          <t>Neden Demokrasi? Nasıl İstikrar?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>185</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756857236</t>
+          <t>9786053992028</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili: Dil ve Anlatım</t>
+          <t>Nazım Hikmet’in Açlık Grevi (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>270</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053992356</t>
+          <t>9786053992622</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Çalışmaları</t>
+          <t>Nato’nun Dönüşümü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>165</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053991434</t>
+          <t>9789756176641</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrim Tarihi</t>
+          <t>Namus Adına Şiddet Kuramsal ve Siyasal Yaklaşımlar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053991311</t>
+          <t>9786053992288</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Teoride ve Uygulamada Mahalli İdareler Maliyesi</t>
+          <t>Mühürlenmiş Zaman</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>235</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756857311</t>
+          <t>9786053990390</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tanzimattan 21.Yüzyıla Türkiye Ekonomisi</t>
+          <t>Modern ve Ötesi 1950-2000 (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>440</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756176894</t>
+          <t>9786053990000</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Vergi Özel Hukuku</t>
+          <t>Modern ve Ötesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>290</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756176382</t>
+          <t>9789756176979</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Vergi Genel Hukuku</t>
+          <t>Milliyetçilik, Bellek ve Aidiyet</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>410</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053993759</t>
+          <t>9786053991595</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Hukuku</t>
+          <t>Milliyetçilik Üzerine Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>80</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789756176146</t>
+          <t>9789756176856</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Düzeyde Yasaların Çatışması Kanunlar İhtilafı</t>
+          <t>Milliyetçilik</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>245</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053993414</t>
+          <t>9789756857878</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşlığı Yeniden Düşünmek</t>
+          <t>Milli Türk Talebe Birliği (MTTB) 1916 - 1980</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>315</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053994206</t>
+          <t>9789756176931</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Öznenin Yorumbilgisi</t>
+          <t>Merkezdeki Banka</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>435</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053995814</t>
+          <t>9789756857748</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Psikanaliz Yıllığı 2021: Toplumsal Acı - Toplumsalın Acısı</t>
+          <t>Medyakronik: Hakiki Örneklerle Medya Eleştirisi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053995777</t>
+          <t>9789756857151</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bu Resim Ne Anlatıyor? Alegori</t>
+          <t>Mediated Identities</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>780</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053995807</t>
+          <t>9789756176221</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Güvenlik</t>
+          <t>Manuel Castells’le Söyleşiler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>400</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053995746</t>
+          <t>9786053990079</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Epigenetik Devrimi</t>
+          <t>Mahkemede Tek Başına / Alone In The Court - Room</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>265</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053995869</t>
+          <t>9786053991250</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu ve Dış Politika - Arap Ülkeleri ve İsrail</t>
+          <t>Londra/London Metropol ve Mimarlık/ Metropolis and Architecture</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>205</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053995821</t>
+          <t>9789751716279</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Formül - Başarının Evrensel Kanunları</t>
+          <t>Amsterdam Barcelona Hamburg</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053995852</t>
+          <t>9786053990482</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tamamlanmamış Kentsel Devrim</t>
+          <t>Light, Illumination and Electiricity</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053995784</t>
+          <t>9786053990406</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyaset Teorisi (Ciltli)</t>
+          <t>Land Of Diverse Migrations</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>380</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053995562</t>
+          <t>9786053990895</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Antik Dönem'den Osmanlı'ya Anadolu Sanatında Kadın</t>
+          <t>Küreselleşme, Avrupalılaşma ve Türkiye´de Vatandaşlık</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053995760</t>
+          <t>9789756857533</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Afetlerle Yoksullaşma</t>
+          <t>Küreselleşme Üzerine</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053995722</t>
+          <t>9789756176597</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Açılımlar</t>
+          <t>Küresel Yoksulluk ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>185</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053995739</t>
+          <t>9786053990024</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Psikodinamik Çocuk Terapisi Eşliğinde Bir Oyun Dünyasına Yolculuk</t>
+          <t>Kültürel İncelemelere Giriş</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>210</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053995753</t>
+          <t>9786053990796</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yenilik Tabanlı Girişimcilik</t>
+          <t>Küreselleşme, Kriz ve Türkiye’de Neoliberal Dönüşüm</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>385</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053995692</t>
+          <t>9789756176658</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Uzak Okuma</t>
+          <t>Kültür Tarihi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>190</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053995685</t>
+          <t>9786053992035</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Partiler</t>
+          <t>Kültür Ekonomisi Envanteri İstanbul 2010</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>290</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053995661</t>
+          <t>9786053991014</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Başörtülü Yoksul Kadınların Ötekileri</t>
+          <t>Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>185</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053995616</t>
+          <t>9789756176580</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Yerli Üretimi ve Politik Ekonomisi</t>
+          <t>Kökler ve Yollar Türkiye’de Göç Süreçleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>550</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053995555</t>
+          <t>9786053992875</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Paranın Gücü</t>
+          <t>Kore Savaşı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053995586</t>
+          <t>9786053991045</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Göç Deneyimi ve Toplumsal Bütünleşme</t>
+          <t>Klasik ve Çağdaş Sosyal Teoriye Giriş</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>255</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053995593</t>
+          <t>3990046240008</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlarda Dişil ve Oidipus</t>
+          <t>Kült Sayı: 2-3</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053995579</t>
+          <t>9786053990826</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağları’ndan Toroslar’a: Tahtacı Türkmen Alevileri</t>
+          <t>Kitap’tan Deliller</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>275</v>
+        <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053995623</t>
+          <t>9786053990529</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Strateji Düşüncesi</t>
+          <t>Kirpi İle Tilki</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053995630</t>
+          <t>9786053991984</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika Analizi</t>
+          <t>Kimlik Bedenin Hapishanesidir</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>225</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053995456</t>
+          <t>9789756176535</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Çocuk Gazetelerinde Osmanlı Kimliği (1869-1908)</t>
+          <t>Kimliğin Gücü Enformasyon Çağı: Ekonomi, Toplum ve Kültür 2. Cilt</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>275</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053995548</t>
+          <t>9786053992745</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çölün Gelini Palmira</t>
+          <t>Kentsel Dönüşüm ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>500</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753995498</t>
+          <t>3990000006318</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mekan ve Ekonomi</t>
+          <t>Kuştepe Araştırmaları 1999</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>240</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053995487</t>
+          <t>9786053991816</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Psikoz: Uluslararası Psikanaliz Yıllığı 2019</t>
+          <t>Kendilikten Kaçış</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053995302</t>
+          <t>9786053992431</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>The Young Turks</t>
+          <t>Kardeşler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>215</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053995425</t>
+          <t>9789756857342</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İsrail Perspektifinden İki Devletli Çözüm</t>
+          <t>Karanlık Kıta: Avrupa’nın 20. Yüzyılı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>400</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053995357</t>
+          <t>9786053991571</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Japonya'nın İktisadi ve Sosyal Tarihi (Ciltli)</t>
+          <t>Kant Felsefesinin Politik Evreni</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>785</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053995418</t>
+          <t>9786053990192</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kadın ve Müzik - Women and Music in Turkey</t>
+          <t>Kamusal Alan ve Güncel Sanat The Public Turn in Contemporary Art</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>235</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053995395</t>
+          <t>9786053991922</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı'nda Cihat ve İslam</t>
+          <t>İstanbul’un Tarihi ve Doğal Miras Değerleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>285</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053995326</t>
+          <t>9786053991977</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mütareke ve Milli Mücadele Basını (Ciltli)</t>
+          <t>İstanbul’un Manileri Manilerin İstanbul’u</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>660</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753994439</t>
+          <t>9786053992011</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Balkan İttifakı ve Osmanlı Diplomasisi</t>
+          <t>İstanbul’un Festivalleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>260</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053995401</t>
+          <t>9786053992301</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Vergi Ceza Hukuku</t>
+          <t>İstanbullu Rumlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>210</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053995388</t>
+          <t>9789756176436</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Pratik Teorisi İçin Taslak</t>
+          <t>İstanbul’da Soylulaştırma</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>235</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053995371</t>
+          <t>9786053991946</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şu Psikanaliz Sanatı</t>
+          <t>İstanbul’da Özel Kültür Politikası ve Kentsel Alan</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>170</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053994336</t>
+          <t>9786053992417</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Anne-Çocuk Çocuk Tedavisi Çocuk Psikozuna Uzun Süreli Yaklaşım</t>
+          <t>Kentler ve Göç</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>220</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053995333</t>
+          <t>9786053992141</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İslam, İktisat, Ordu ve Reform</t>
+          <t>İstanbul’da Kültür Turizmi için Yenilikçi Stratejiler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>210</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053995296</t>
+          <t>9786053991991</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'in Dahi Torunu Şerif Muhiddin Targan</t>
+          <t>İstanbul’da Kentsel Mimari</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>435</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053995289</t>
+          <t>9786053992004</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sosyal Güvenliğin Evrensel Sefaleti: Politika, Hukuk, Uygulama (1919-2018)</t>
+          <t>İstanbul’da Eğlence</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>540</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053995272</t>
+          <t>9786053992134</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bu Resim Ne Anlatıyor? - Günlük Hayat</t>
+          <t>İstanbul’da Arkeoloji-İstanbul Arkeoloji Müzeleri Arşiv Belgeleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053993841</t>
+          <t>9786053991953</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Yardımlardan Güvenliğe Türkiye’nin Kamu Harcamaları (2006-2017)</t>
+          <t>İstanbul Kültür ve Sanat Sektörü</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>210</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053995197</t>
+          <t>9789756176764</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanma Ve Yaşlılık: Disiplinlerarası Bakış Açıları</t>
+          <t>İstanbul Gençliği Gençlik Değerleri Araştırması</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>175</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053995265</t>
+          <t>9786053991779</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Uluslararası İlişkiler Eğitimi</t>
+          <t>İstanbul Film Endüstrisi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>240</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053995029</t>
+          <t>9789756857588</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye'de Barış Süreçleri</t>
+          <t>İslam’ın Siyasallaşması</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>210</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053995241</t>
+          <t>9789756857670</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>''Manikürlü Eller Almanya'da Elektirik Bobini Saracak''</t>
+          <t>İslamcılık Akımı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>280</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053995258</t>
+          <t>9786053992738</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>The Syrian Exodus In Context</t>
+          <t>İslam Topraklarında Otoriter Rejimler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>180</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053995173</t>
+          <t>9786053992820</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sınır Kurguları: İran Ulusunun Şekillenmesi (1804/1946)</t>
+          <t>İslam Felsefesi Üzerine</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>285</v>
+        <v>130</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053995180</t>
+          <t>9786053990215</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Türkiyesi’nde Mimarlık?</t>
+          <t>İslam Dünyasında Hukuk ve İktidar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>235</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053995234</t>
+          <t>9789756176207</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Müşterek</t>
+          <t>İnsan Hakları Komitesi’nin Emsal Kararları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>435</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053995166</t>
+          <t>9786053991427</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İktisat ve Küresel Kapitalizm</t>
+          <t>İnsan Hakları İhlali Olarak Yoksulluk</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>255</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053995098</t>
+          <t>9786053992127</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Faydasızlığın Faydası: Manifesto</t>
+          <t>İnanç Denizi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053995135</t>
+          <t>9789756176078</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Suriyeliler Barometresi</t>
+          <t>İmparatorluktan Gelen Bir Ulus Türk Modernitesi ve Doğu Karadeniz’de Osmanlı Mirası</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053995111</t>
+          <t>9786053991694</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İlişki İçinde Ben</t>
+          <t>İlkçağ Felsefe Tarihi 5</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053995128</t>
+          <t>9786053990642</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Resimli Taşbaskısı Nasreddin Hoca Kitapları</t>
+          <t>İlkçağ Felsefe Tarihi 4</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053995104</t>
+          <t>9786053990017</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Hissetmek</t>
+          <t>İlkçağ Felsefe Tarihi 3</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>205</v>
+        <v>95</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053995067</t>
+          <t>9789756176665</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Avrupalılaşma</t>
+          <t>İlkçağ Felsefe Tarihi 2</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>190</v>
+        <v>105</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053995036</t>
+          <t>9789756176603</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Hareket ve Dans</t>
+          <t>İlkçağ Felsefe Tarihi 1</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>180</v>
+        <v>92</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053995043</t>
+          <t>9789756176481</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Cesareti: Kendinin ve Başkalarının Yönetimi 2</t>
+          <t>İkinci Meşrutiyet’te Ayan Meclisi 1908 - 1912</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>320</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786053994923</t>
+          <t>9786053990604</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Risk Yönetimi</t>
+          <t>İki Kere Yabancı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>270</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053995081</t>
+          <t>9789756176214</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İşletme Vergiciliği</t>
+          <t>İki İmparatorluk Arasında</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>230</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053995005</t>
+          <t>9789756176108</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık</t>
+          <t>İdeoloji</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786053994992</t>
+          <t>9789756176429</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Emeği ve İş Hukuku</t>
+          <t>Islam in Public Turkey, Iran and Europe</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>135</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053995012</t>
+          <t>9786053991229</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bizliğin Aynasından Yansıyanlar</t>
+          <t>Introduction to Cultural Policy In Turkey</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>265</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053994978</t>
+          <t>9789756857786</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergeneler İçin Çağdaş Psikodinamik Psikoterapi</t>
+          <t>Hürriyetin İlanı İkinci Meşrutiyet’in Siyasi Hayatına Bakışlar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>435</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053994961</t>
+          <t>9786053991588</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Oluşumu</t>
+          <t>Hürriyet’i Beklerken</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>230</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053994930</t>
+          <t>9786053991786</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yıkım, Yeniden Yaratım ve Cinsellikler - Uluslararası Psikanaliz Yıllığı 2017</t>
+          <t>Hegel Estetiği ve Edebiyat Kuramı 2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>290</v>
+        <v>44</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053994916</t>
+          <t>9786053991649</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Göstergeler Ne Anlatır? Türkiye İçin İktisadi Göstergeler Rehberi</t>
+          <t>Hegel Estetiği ve Edebiyat Kuramı 1</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>415</v>
+        <v>25</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053993810</t>
+          <t>9786053991632</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları ve İmparatorluk</t>
+          <t>Hegel Estetiği ve Edebiyat Kuramı (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053994855</t>
+          <t>9786053991335</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İnsan Evriminde Din</t>
+          <t>Hayalden Gerçeğe</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>600</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053994817</t>
+          <t>9789756857847</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Halk İçin Psikoterapi</t>
+          <t>Hareket Halinde 1986 - 2001</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>420</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053994848</t>
+          <t>9789756857366</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hilafet</t>
+          <t>Halkların Yasası ve "Kamusal Akıl Düşüncesinin Yeniden Ele Alınması"</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053994879</t>
+          <t>9789756857960</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Independent Republic Of Culture</t>
+          <t>Gülten Kazgan'a Armağan Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053994886</t>
+          <t>9789756176122</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kültürün Bağımsız Cumhuriyeti</t>
+          <t>Göz Kırparken</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>180</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053994800</t>
+          <t>9786053990208</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bu Resim Ne Anlatıyor?</t>
+          <t>Göçler Çağı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>575</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053994411</t>
+          <t>9786053990031</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve İran'da Vatandaşlık ve Etnisite</t>
+          <t>Giambattista Vico ve Yeni Bilim’in Temel Kavramları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>255</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053994671</t>
+          <t>9789756857854</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Erkekliğin Türkiye Halleri</t>
+          <t>Geleceğin Sesi Türk-Yunan Yurttaş Diyaloğu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>360</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053994749</t>
+          <t>9789756857328</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Karşısında İslam</t>
+          <t>Geleceğin Eğitimi İçin Gerekli Yedi Bilgi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>145</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053994787</t>
+          <t>9786053993087</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Azınlıklar ve Milliyetçilik</t>
+          <t>Sinan Çağı: Osmanlı İmparatorluğu'nda Mimari Kültür (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>385</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053994657</t>
+          <t>9786053993100</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kitleleri Yeniden Düşünmek</t>
+          <t>Cinsiyet Cinsel Kimlik ve Cinsellik</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053994381</t>
+          <t>9786053992783</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Oyuncunun Gizli Sanatı</t>
+          <t>Fukaralığa Veda Dünyanın Kısa İktisadi Tarihi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>530</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053994558</t>
+          <t>9786053993094</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sonrası</t>
+          <t>21. Yüzyılda Siber Güvenlik</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>290</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053994725</t>
+          <t>9786053992905</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Diplomasinin Gücü</t>
+          <t>Dünya Edebiyatı Nedir?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>265</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053994664</t>
+          <t>9786053993056</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Kültür Okumaları</t>
+          <t>Enerji Güvenliği Nato'nun Yeni Tehdit Algısı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>145</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053994718</t>
+          <t>9786053993063</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şiddet</t>
+          <t>Nato Ortaklıkları ve Türkiye: Barış İçin Ortaklık, Akdeniz Diyaloğu, İstanbul İşbirliği Girişimi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>240</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053994640</t>
+          <t>9786053993070</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Almanya ve Türkiye</t>
+          <t>Nato-Türkiye İlişkileri Türkiye Kamuoyu ve Elit Algıları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>145</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053994633</t>
+          <t>9789756857625</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bizim Müstakbel Hep Harap Oldu</t>
+          <t>İnternet ve Hukuk</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>195</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053994695</t>
+          <t>9789756857939</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tehlike Altında Gazetecilik</t>
+          <t>Hukukta Latince Teknik Terimler - Özlü Sözler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>280</v>
+        <v>16</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053994152</t>
+          <t>9786053992509</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İslam Göç ve Entegrasyon</t>
+          <t>Hukuka Giriş</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>270</v>
+        <v>55</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053994589</t>
+          <t>9789756176870</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Dönemi</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>240</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053994596</t>
+          <t>9786053990864</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türkiye (Ciltli)</t>
+          <t>Demokratikleşme Sürecinde Türkiye</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>540</v>
+        <v>52</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053994572</t>
+          <t>9789756857892</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Tarihin  Durduğu O An</t>
+          <t>Biz Devrimi Çok Seviyoruz</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>110</v>
+        <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053994428</t>
+          <t>9789756857229</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çerkes Diasporasının Siyasi Tarihi</t>
+          <t>Applied Statistics for Economics and Business CD-Rom Included</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053994497</t>
+          <t>9786053990758</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>History From Below (Ciltli)</t>
+          <t>An Introduction To Law</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>670</v>
+        <v>50</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053994404</t>
+          <t>9789756176313</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlikler Çağında Azınlık Uluslar</t>
+          <t>Geldiler ve Kaldılar Almanya Türkleri’nin Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053994046</t>
+          <t>9786053990109</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bir Hınç ve Şiddet Tarihi (Ciltli)</t>
+          <t>Gazi Bana Çok Kızmış - Ahmet Hamdi Başar’ın Hatıraları 1</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>540</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053994503</t>
+          <t>9786053992608</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Sanat</t>
+          <t>Füze Tehdidi ve NATO Füze Kalkanı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>175</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053994459</t>
+          <t>9786053990574</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Debelenirken</t>
+          <t>From Empire To Republic Volume 2</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>320</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053994466</t>
+          <t>9786053990567</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hareketli İmgeler</t>
+          <t>From Empire To Republic Volume 1</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>190</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053993995</t>
+          <t>9786053992554</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Mültecilik</t>
+          <t>Freud ve Sonrası</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053994442</t>
+          <t>9789756857915</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ulusaşırı Kimlikler</t>
+          <t>Frankenstein’in Yazarı Mary Shelley’nin Romancılığı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>145</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789756857663</t>
+          <t>9786053990253</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Siyasal Düşünceler Tarihi 3</t>
+          <t>Evet - Boyun Eğmeden Anlaşmaya Varmak</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>370</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786756857266</t>
+          <t>9789756176252</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Siyasal Düşünceler Tarihi 2</t>
+          <t>Euro - Türkler Türkiye ile Avrupa Birliği Arasında Köprü mü, Engel mi?</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>520</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789756176498</t>
+          <t>9786053990888</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Siyasal Düşünceler Tarihi 1</t>
+          <t>E-Ticaret Ağ Ekonomisinde Yeni Ticaret Yolu</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>390</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053993681</t>
+          <t>9786053992349</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Dolmabahçe  Mekanın Hafızası (Ciltli)</t>
+          <t>Eşitsiz Bir Toplumda Çocukluk</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>700</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053994367</t>
+          <t>9789756176153</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Cultural Policy And Management Yearbook 2014-2015</t>
+          <t>Enformasyon Çağı: Ekonomi, Toplum ve Kültür (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>200</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053991908</t>
+          <t>9786053990383</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Çöküş Döneminde Osmanlı Ermenileri</t>
+          <t>Emerging Cultural Continent: Actors and Networks</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>440</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053993148</t>
+          <t>9789756176962</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Cenderesinde Yunanistan ve Türkiye'de Milliyetçilik</t>
+          <t>Eğitimin Değeri ve Gençlik Eğitimli İstanbul Gençliğinin Değerler Dünyası</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053991625</t>
+          <t>9789756176092</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ekonomik Bütünleşme</t>
+          <t>Ege’yi Geçerken</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>450</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053994305</t>
+          <t>9786053991885</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kültür Politikaları ve Yönetimi Araştırma Merkezi (KYP) Yıllık 2014-2015 / Kültüre Müdahale</t>
+          <t>Efsane Şehir İstanbul</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>210</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053994176</t>
+          <t>9786053992769</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Diyarbekir'de Toplumsal İlişkiler (1870-1915)</t>
+          <t>Ebeveynlerle Sohbet</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>325</v>
+        <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053994107</t>
+          <t>9786053991199</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da İslam Göçmenlik ve Konukseverlik</t>
+          <t>Erken Dönem Osmanlı Devleti’nin Yapısı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>230</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053994282</t>
+          <t>9789756176115</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ruh Zihin ve Psikanalist</t>
+          <t>Düşünen Söyleşiler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>230</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053994220</t>
+          <t>9786053992233</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir Zihin Yaratmak</t>
+          <t>Düşler Düşlemler ve Masallar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>245</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053991618</t>
+          <t>9786053990734</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Yıl Krizi (1919-1939)</t>
+          <t>Dünya’da ve Türkiye’de Bilim, Teknoloji ve Politika (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>260</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053994145</t>
+          <t>9786053991458</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yerel Demokrasi Sorunsalı</t>
+          <t>Dünya Edebiyatı Nasıl Okunmalı?</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>255</v>
+        <v>85</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053994114</t>
+          <t>9789756857007</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Emancipation In Exile: Perspectives On The Empowerment Of Migrant Women</t>
+          <t>Doğu Asya "Mucizesi" ve Bunalımı Türkiye İçin Dersler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>245</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053994008</t>
+          <t>9786053991748</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Zor İsimli Çocuklar</t>
+          <t>Divanda Kılıç Dövüşü</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053994039</t>
+          <t>9789756857595</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Moderniteyi Yeniden Düşünmek</t>
+          <t>Didar-ı Hürriyet: Kartpostallarla İkinci Meşrutiyet (1908-1913)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>190</v>
+        <v>66.67</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053993988</t>
+          <t>9789756857243</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kozmopolitlik ve Özgürlük Coğrafyaları</t>
+          <t>Dickens ve Sidney</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>310</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053994060</t>
+          <t>9789756857618</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır'da Ermeni Kıyımı</t>
+          <t>Devrim ve Dünya Siyaseti Altıncı Büyük Gücün Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>330</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053990857</t>
+          <t>9789756857465</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çin Felsefesi Tarihi</t>
+          <t>Devrim Hareketleri İçinde Atatürk ve Atatürkçülük</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>420</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789756176795</t>
+          <t>9789756857540</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerimiz ve Demokrasi</t>
+          <t>Devletin Silahlanması Ortadoğu’da ve Orta Asya’da Zorunlu Askerlik (1775-1925)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053993902</t>
+          <t>9786053991533</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kadim Bir Nefes: Ezidi Ağıtları</t>
+          <t>Devlet ve Maduniyet</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>400</v>
+        <v>42</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053994183</t>
+          <t>9789756176344</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya İnsanı / Tosun Terzioğlu</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>235</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053993780</t>
+          <t>9789756176177</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Rölativite’den Kuantum’a Evrenin Gerçekliği</t>
+          <t>Değişen Dünya, Dönüşen Türkiye</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>370</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053993766</t>
+          <t>9789756857526</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Almanya, Rusya ve Türkiye’de Etnisite Rejimleri ve Milliyet</t>
+          <t>Darülfünun'dan Günümüze Üniversite Yayıncılığı ve Yaşamı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>270</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053993919</t>
+          <t>9789756857489</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>1990’larda Kürtler ve Kürdistan</t>
+          <t>Daha Sesimizi Duyurmadık</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053993728</t>
+          <t>9786053991397</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kültürlerin Sonu mu?</t>
+          <t>Çokkültürlü Toplumlarda Eğitim</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>170</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053993711</t>
+          <t>9789756176290</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Bir Kervansaray (Mı?)</t>
+          <t>Çin Tarihi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>325</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756176672</t>
+          <t>9786053991717</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi ve Göç</t>
+          <t>Çevre Psikolojisi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>285</v>
+        <v>210</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053993643</t>
+          <t>9786053990901</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Modernite İçinde Bir İnanç Deneyimi : Örtünme</t>
+          <t>Çatışmadan Uzlaşmaya</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>140</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053993872</t>
+          <t>9786053991496</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bu Resim Ne Anlatıyor? İkonografi</t>
+          <t>Çankırı’dan Piraye'ye Mektublar - Çankırı 1940 (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>500</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053994343</t>
+          <t>9789756176061</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Evrensel Bildirisi ve Türkiye (1945-1948)</t>
+          <t>Çağdaş Kapitalizmin Mekansal Örgütlenmesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>145</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053993650</t>
+          <t>9789756857649</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Halide Edib ve Siyasal Şiddet</t>
+          <t>Cumhuriyetin Harcı Cilt: 3</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>175</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053993612</t>
+          <t>9789756857656</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs'ın Ötekileri</t>
+          <t>Cumhuriyetin Harcı Cilt 2</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>145</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053993322</t>
+          <t>9789756857564</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İsrail Yurttaşı Filistinliler</t>
+          <t>Cumhuriyetin Harcı Cilt: 1 Köktenci Modernitenin Doğuşu</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>195</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053993308</t>
+          <t>9789756176320</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Barolar ve Siyaset</t>
+          <t>Conquering Hearts and Minds The American War Ideology in the Persian Arabian Gulf, 1990 - 2003</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>150</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053993278</t>
+          <t>9789756176238</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kültür Politikaları ve Yönetimi (KPY) YILLIK 2012-2013</t>
+          <t>Çeçenistan Günlüğü Bir Savaş Muhabirinin İzlenimleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053993254</t>
+          <t>9789756176863</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik, Toprak, Nüfus</t>
+          <t>Cinnet, Panik ve Çöküş</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>335</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053994251</t>
+          <t>9789756857373</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Nations And İdentities: The Case Of Greeks And Turks</t>
+          <t>CHP Grup Toplantısı Tutanakları 1923-1924</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053994329</t>
+          <t>9786053990048</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türk Aleviliğinin İnşası</t>
+          <t>Bölgeler Avrupası</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>290</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053993582</t>
+          <t>9789756176634</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Suriçi’nde Bir Yaşam : Toktamış Ateş’e Armağan</t>
+          <t>Birleşmiş Milletler'de İnsan Hakları Yorumları</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>510</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053993421</t>
+          <t>9786053991410</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnsan Hakları Hukukunda Vicdani Red ve Türkiye</t>
+          <t>Bir Siyaset Felsefesi Cumhuriyetçi Özgürlük</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>260</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053993438</t>
+          <t>9786053991328</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk ve Diplomasi - Osmanlı Diplomasinin İzinde</t>
+          <t>Bir İktisatçının Tanıklıkları</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>425</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053990437</t>
+          <t>9786053991724</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Uğur Alacakaptan’a Armağan Cilt: 1</t>
+          <t>Bir Düşünce Bir Usta</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>650</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053992042</t>
+          <t>9786053990123</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Uzun On Yılı</t>
+          <t>Binyılın Sonu Enformasyon Çağı: Ekonomi, Toplum ve Kültür 3. Cilt</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>350</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053990277</t>
+          <t>9789756176351</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İyi Yönetimi</t>
+          <t>Balkanlarda Kimlik ve Egemenlik</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>340</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053991137</t>
+          <t>9786053992097</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İki Hizbin Hikayesi</t>
+          <t>Ayasofya Müzesi Kültür Envanteri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>245</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053990772</t>
+          <t>9789756176276</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Silahtarağa Elektrik Santrali</t>
+          <t>Avrupa'nın Birliği ve Türkiye</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>280</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053991670</t>
+          <t>9789756176924</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Cultural Policy and Management (KPY) Yearbook 2010</t>
+          <t>Avrupa’nın Birliği ve Osmanlı Devleti (1453-1683)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>27.78</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053992387</t>
+          <t>9786053991540</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Cultural Policy and Management (KPY) Year Book 2011</t>
+          <t>Avrupa Rüyası</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053992165</t>
+          <t>9786053991472</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Cultural Economy Compendium Istanbul 2010</t>
+          <t>Aşk Sürebilir mi?</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>255</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053992271</t>
+          <t>9786053992714</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Critical Perspectives on the World Bank and the IMF</t>
+          <t>Aşiretler ve İktidar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>145</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053990659</t>
+          <t>9786053992363</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Korda'nın Objektifinden Che: Bir Portrenin Devrimle Başlayıp İkonla Biten Öyküsü</t>
+          <t>Another Empire?</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>390</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053992332</t>
+          <t>9789756857687</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinde Krizler - 1929-2009</t>
+          <t>Animasyonun Önlenemez Yükselişi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>280</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053993674</t>
+          <t>9789756857014</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazma Ketlenmesi ve Saldırganlığın Yüceltilmesi Vakasının Analizi</t>
+          <t>Anarşi, Devlet ve Ütopya</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>170</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053993797</t>
+          <t>9786053992523</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Piskanaliz 2 : Kayıp ve Zaman</t>
+          <t>Almanya’da Türk Kültürü</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>145</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053993339</t>
+          <t>9789756176801</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>The Extermination Of Armenians In The Diyarbekir Region</t>
+          <t>Akademisyenler ve Gerçek Dünya</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053992196</t>
+          <t>9786053991755</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Keynes’e Dönüş</t>
+          <t>Ahmet Rasim’in Gözüyle İstanbul Folkloru</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>210</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053991861</t>
+          <t>9789756176160</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hint Felsefesi Tarihi</t>
+          <t>Ağ Toplumunun Yükselişi Enformasyon Çağı: Ekonomi, Toplum ve Kültür 1. Cilt</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>320</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053990598</t>
+          <t>9786053992691</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Her Türlü Aklın Ötesinde: Üniversitede İdeoloji ile Yaşamak</t>
+          <t>Abede-i İblis</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053991823</t>
+          <t>9786058937819</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hegel Estetiği ve Edebiyat Kuramı 3</t>
+          <t>A Retrospective Of Yüksel Arslan Retrospektifi (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>255</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053991069</t>
+          <t>9786053990352</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Laiklik</t>
+          <t>21. Yüzyılda Milliyetçilik</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>245</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053993247</t>
+          <t>9789756857434</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Darülfünunu'nda Alman Müderrisler 1915-1918</t>
+          <t>2000'lerde Dünya</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>680</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053993285</t>
+          <t>9789756176542</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Cultural Policy And Management (Kpy) Yearbook 2012-13</t>
+          <t>Adalılar İmroz’dan Gökçeada’ya</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053993858</t>
+          <t>9786053992394</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İnternette Irkçılık</t>
+          <t>1924 Anayasası</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>185</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053993179</t>
+          <t>9786053992226</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Şirketlerinin Denetimi</t>
+          <t>Avrupa Birliği’ne Giriş</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053993209</t>
+          <t>9786053992677</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Gezi Parkı Olayları</t>
+          <t>Türkiye'nin Yeniden İnşası</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>180</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053992868</t>
+          <t>9789756857922</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Developing Sustainability</t>
+          <t>Türkiye’nin Siyasi Hayatında Batılılaşma Hareketleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>330</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053990970</t>
+          <t>9786053990475</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Anayasa Hazırlığı ve Türkiye</t>
+          <t>Türkiye’den Fransa’ya Göç ve Göçmenlik Halleri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>225</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053991656</t>
+          <t>9786053990260</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Workplaces: The Transformation of Places of Production</t>
+          <t>Türkiye'de Yerel Seçimler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>540</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053990345</t>
+          <t>9789756176740</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Viyana Chicago</t>
+          <t>Türkiye'de Vatandaşlık: Resmi İdeoloji ve Yansımaları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>430</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053990444</t>
+          <t>9789756857601</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Uğur Alacakaptan’a Armağan Cilt: 2 (Ciltli)</t>
+          <t>Türkiye’de Ulusçuluk ve Dil Politikaları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>650</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053990178</t>
+          <t>9786053992615</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yerel Politikanın Yükselişi</t>
+          <t>Türkiye’de Sivil-Asker İlişkilerinin Dönüşümü</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>170</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053992806</t>
+          <t>9789756857830</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslam, Demokrasi ve Diyalog</t>
+          <t>Türkiye'de Seçmen Davranışı Önceki Kırılmalar ve 2002 Seçimi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>180</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053991809</t>
+          <t>9786053991502</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslam ve Devlet</t>
+          <t>Türkiye’de Planlamanın Yükselişi ve Çöküşü 1960-1980</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>195</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053992295</t>
+          <t>9786053992240</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çocukluğun Politik İnşası</t>
+          <t>Türkiye'de Parti ve Seçim Sistemi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>230</v>
+        <v>20</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053992707</t>
+          <t>9786053991465</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Tıfli Hikayeleri</t>
+          <t>Türkiye’de Ordu, Devlet ve Güvenlik Siyaseti</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>350</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053991403</t>
+          <t>9786053990413</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>The View From The Masthead</t>
+          <t>Türkiye'de Kültür Politikalarına Giriş</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>185</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053992110</t>
+          <t>9786053990499</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>The Post-Modern Abyss and the New Politics of Islam: Assabiyah Revisited</t>
+          <t>Türkiye’de İslamcılık ve İslami Edebiyat</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>160</v>
+        <v>32</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053992721</t>
+          <t>9786053990925</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Yakınlıkları</t>
+          <t>Türkiye'de İç Göçler Bütünleşme mi Geri Dönüş mü?</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>205</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053991373</t>
+          <t>9786053990376</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Suskun ve Yokmuşçasına</t>
+          <t>Türkiye'de Gençlik Çalışması ve Politikaları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789756176788</t>
+          <t>9786053990956</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Liberalizm</t>
+          <t>Türkiye’de Ermeniler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>450</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053992653</t>
+          <t>9789756176573</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Psikanaliz</t>
+          <t>Türkiye'de Dil Tartışmaları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053990543</t>
+          <t>9786053992790</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar ve Kardeşler</t>
+          <t>Türkiye’de Demokrasi, İslam ve Laiklik</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>255</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053990222</t>
+          <t>9786053991731</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Reciprocity Greek And Turkish Minorities Law, Religion And Politics</t>
+          <t>Türkiye’de Çerkesler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053991601</t>
+          <t>9789756176030</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Politikanın Çağrısı</t>
+          <t>Türkiye'de Adli Yardım Karşılaştırmalı İnceleme ve Politikalar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>260</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053990468</t>
+          <t>9786053991847</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Burnu</t>
+          <t>Türkiye ve İran’da Otoriter Modernleşme</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>390</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053992684</t>
+          <t>9786053991106</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Öncü Tiyatro ve Dijital Çağda Gösterim</t>
+          <t>Türkiye Üniversite Tarihi 5 - Özerk Üniversite Dönemi 1946 -1981 (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>195</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053990819</t>
+          <t>9786053991090</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bölgeden Yankılar</t>
+          <t>Türkiye Üniversite Tarihi 4 - İstanbul Üniversitesi 1933-1946 (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053991830</t>
+          <t>9786053991083</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti ve Türkiye Cumhuriyeti’nde Emek Tarihi</t>
+          <t>Türkiye Üniversite Tarihi 3 - Darülfünun’dan Üniversiteye Geçiş (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>190</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053991793</t>
+          <t>9786053991113</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Zamanlarda Liberal Olmayan Politikalar</t>
+          <t>Türkiye Üniversite Tarihi 2 - Cumhuriyet Döneminde Osmanlı Darülfünunu 1922 - 1933 (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>290</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
+          <t>9786053990994</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Üniversite Tarihi 1 - Osmanlı Döneminde Darülfünun (1863-1922) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>60.19</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786053991007</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Seçim Atlası 1950-2009 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>87.96</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789756176139</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye İçin e-devlet Modeli Analiz ve Model Önerisi</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>14.35</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789756176269</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomisinde Krizler (1929 - 2001)</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789756176245</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Türk-Fransız İlişkilerinde Hatay Sorunu (1918-1939)</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786053991144</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de İslam, Laiklik ve Milliyetçilik</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786053990055</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Turkish Politics In A Changing World</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789756176016</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Turkey and the EU Enlargement Processes of Incorporation</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786053991205</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Transition to Neoliberalism</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9759786857773</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Tek Parti Döneminde Azınlık Politikaları</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786053990741</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Tehcir ve Taktil Divan-ı Harb-i Örfi Zabıtları</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>40.74</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786053991892</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Tartışılan Laiklik</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9789758998012</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Yörüngeleri</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786053991342</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Yadigar-ı Meşrutiyet</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789756176399</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Tam Bir Muhalif Abdülkadir Kemali Bey</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786053992455</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>STK’lar İçin Sosyal Koruma Harcamalarını İzleme Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786053991878</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>STK’lar İçin Kamu Harcamaları Okuma - Yazma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786053992585</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>STK’lar İçin Engellilere Yönelik Harcamaları İzleme Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786053991939</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>STK’lar İçin Çok Yıllı Bütçe Süreci ve Orta Vadeli Plan İzleme Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786053992752</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>STK’lar İçin Çocuğa Yönelik Harcamaları İzleme Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786053992318</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>STK’lar İçin Askeri ve İç Güvenlik Harcamalarını İzleme Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786053992257</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Spinoza Günleri 2</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786053991151</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Spinoza Günleri</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789756176375</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Sosyoloji Düşüncesinin Özünde Öteki ile İlişki</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789756176566</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Türk Resmi ve Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>46.3</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789756176405</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Sermaye</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9789756857946</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Etnisite ve Irk</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9789756176443</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Sokratik Konuşma</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9789756176023</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplum Kuruluşları İçin Adım Adım Rapor Hazırlama Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786053992103</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplum Gözüyle Türkiye Kültür Politikası Raporu/Turkish Cultural Polcy Report A Civil Perspective</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789756857250</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Short Fiction in English</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>15.28</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786053990239</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Seksenlerde Türkiye'de Çağdaş Sanat: Yeni Açılımlar</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>55.56</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9789758998005</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Savaş, Devrim ve Uluslaşma Türkiye Tarihinde Geçiş Dönemi (1908-1928)</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786053992851</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Sahanın Sesleri</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>41.67</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786053991762</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Sadi Yaver Ataman’ın Gözüyle İstanbul Folkloru</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789756857823</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Rönesans İngiltere’sinde Türkler</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9789756176474</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Rifaa'nın Çocukları Müslüman Modernler</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786053991038</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Reformlar Çağında Osmanlı İmparatorluğu</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9789756176467</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Refah Toplumunda Getto</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786053991366</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Pusulacık - Çocuklar için İnsan Hakları Eğitimi Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786053990147</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Pusula Gençlerle İnsan Hakları Eğitimi Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>29.63</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786053991175</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Psikanalizde İlişkisel Kavramlar</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786053992776</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Pratikte Antik Yunan Siyasi Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786053990611</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>POV Multigrade’den Multitouch’a</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>35.19</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789758998029</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Popülizm</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789756857410</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Çocukları</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9789756857571</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Planlı Kalkınma Serüveni: 1960’larda Türkiye’de Planlama Deneyimi</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9789756176757</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Piyasa Ortamında Üniversiteler Yüksek Öğetimin Ticarileşmesi</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789756857380</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberin Hırkası: İran’da Din ve Politika Bilgi ve Güç</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786053991182</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Paşa’nın Adamları</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786053992219</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Pasif ve Dışlayıcı Laiklik</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9789756857977</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Ottoman Studies</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786053990628</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Ottoman Expansion Towards The Indian Ocean In The 16th Century</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786053991854</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Otoriter Rejimler, Seçimsel Demokrasiler ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9789756857120</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlıdan Günümüze Eğitim Tarihi</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>46.3</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786053992264</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Popular Protest and Political Participation in the Ottoman Empire</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786053994602</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Travma Terapisinin İlkeleri</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786053994091</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Anayasalcılık ve Demokrasi</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786053993896</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Tamamlanmamış Devlet Arap Ülkelerinde Hukuk Sorunu</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786053994084</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetin Cinsiyetli Yüzleri</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786053994053</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Eğitimi ve Sonrası Uluslararası Psikanaliz Yıllığı 2015</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786053993698</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’deki Suriyeliler</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786053993964</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Tarih, Otobiyografi ve Hakikat</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786053993605</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanın Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786053994398</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Gücü</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786053993490</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Ne Kadarı Yeterli?</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786053993230</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Nato - AB İlişkileri</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786053993223</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Nato'da 60 Yıl</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786053994022</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>STK' lar İçin İstanbul Büyükşehir Belediyesi Harcamalarını İzleme Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786053993469</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Utanç ve Haset</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786053993124</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Bir Annenin Doğuşu</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786053992882</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>18. Yüzyılın İkinci Yarısında Darbhane-i Amire</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>3990008680080</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Parşömen Küçük Şeylerin Dergisi Cilt: 5 Sayı: 3 Kış 2007</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786053993315</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Ezidilik</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9789756857519</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Yirminci Yüzyılda Öncü Tiyatro</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9789756857700</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye ve Rusya Politik, Ekonomik ve Kültürel İlişkiler</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786053990062</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Teoride ve Uygulamada Kamu Maliyesi</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786053992844</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Tarım ve Gelişme</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9789756857991</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Tarih</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786053995517</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Psikanalitik Tanı</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9789756176054</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Proje Süreci Yönetimi ve Mantıksal Çerçeve Matrisi Hazırlama İlkeleri</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786053992547</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Para ve Finans</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9789756857359</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Develerle Eşekler</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786053992424</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Modern Toplumlarda Savaş ve Barış</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9789756857724</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Microcosmographia Academica Bir Genç Üniversite Politikacısına Kılavuz F. M. Cornford Üniversite Sorunları</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786053990963</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Kültürlerarası Pedagoji</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786053992370</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Politikaları ve Yönetimi (KPY) Yıllık 2011</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786053990697</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Asliye Hukuk Mahkemelerinde Yargılama Süreci</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786053991526</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Hatalıydım, Özür Diliyorum</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786053992158</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Gebze</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786053992813</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Filozofu Kimdir?</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786053992448</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Yeni Aklı</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786053991168</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Connecting Europe Politics of Information Society in the EU and Turkey</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786053992592</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Bizi Yanlış Tanıyorlar</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786053992639</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Bilme İstenci Üzerine Dersler</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786053995319</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Bıçak Sırtında Büyüme ve İstikrar</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786053990512</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Belçika Türkleri</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9789756857304</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Başkanlık ve Yarı-Başkanlık Sistemleri</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9789756176955</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlar ve Osmanlı Devleti</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786053991021</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Literatures in The Era of Nationalism</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786053992493</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Ayrımcılık</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786053991236</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Adalet Gözet</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786053990833</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>16. Yüzyılda Adriyatik’te Korsanlık ve Eşkiyalık</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9789756176559</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Almanya’dan Hayali Türkiye’nin Müziği</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786053991687</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Politikaları ve Yönetimi (KPY) Yıllık 2010</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786053991304</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Politikaları ve Yönetimi (KPY) Yıllık 2009</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786053992660</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Kriz, Devlet, İktisat ve Sosyal Güvenlik Politikaları</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786053992080</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’da Medya</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786053990871</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>İbni Haldun</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786053992325</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Problemleriyle Finansal Yönetim</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786053991441</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Buğday Tarlaları Kan Tepeleri</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786053992837</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Arnavut Milliyetçiliğinin Kökenleri</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9789756857717</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Körlerin Yürüyüşü Türkiye Ekonomisi ve 1990 Sonrası Krizler</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9789756857908</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul: City Of Memories &amp; Hopes 2004 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786053992578</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Diplomasi</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786053991700</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Harb-i Umumi Eşiğinde</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786053990093</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Modern Siyasal İdeolojiler</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9789756857281</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Siyasal Gelişmeler 2 (1876-1938) Mütareke, Cumhuriyet ve Atatürk Dönemi</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9789756857274</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Siyasal Gelişmeler 1 (1876-1938) Kanun-ı Esasî ve Meşrutiyet Dönemi</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9789756857090</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Erol Akyavaş Kataloğu (His Life and Works)</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786053995524</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Çift ve Aile Terapisi</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>3990000009261</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Kült Sayı 1: Kanon (Parşömen Dergisi Hediyeli)</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786053996491</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Beyazperdede Atatürk</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786053996484</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Bourdieu Şehirde</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786053991243</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Kültürel Antropoloji İnsanın Doğadaki Yeri</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786053996477</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Zazalar: Tarih, Kültür ve Kimlik</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786053996422</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Zaman İdesinin Tarihi</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786053996354</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Terörizm Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786053996446</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Mazoşizm - Uluslararası Psikanaliz Yıllığı 2023</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786053996361</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Büyüdük?</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786053995708</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Baş Dönmesi</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786053996309</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Çağ'ın Kaybolan Harikası Artemis Tapınağı Tarihçesi, Mimarisi ve Dijital Rekonstrüksiyonu</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786053996378</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin 100. Yılında Türk Dış Politikasının Tematik Analizi</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786053994794</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Ara'f'dalık-lar</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786053996460</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Şehirdeki Şeytan Underclass” Kavramının İcadı</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786053996293</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Kahraman Doktor İhtiyar Acuzeye Karşı Geç Osmanlı Doğum Politikaları</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786053996316</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Doğası ve Toplumun Evrimi</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786053996149</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Simülasyonlarla Uluslararası İlişkiler ve Siyaset Bilimi</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786053996163</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Hanna Segal'i Dinlemek</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786053996262</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Dünyada Uluslararası İlişkiler Okumak</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786053996439</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Göç</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786053996248</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Alacakaranlıkta Gazetecilik Türkiye’de Neoliberal Medya Düzeninin Kuruluşu</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786053995449</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Daha Sesimizi Duyurmadık</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786053995609</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Menlo Park Büyücüsü</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786053996132</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Soyluları</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786053996217</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Birleşmiş Milletler Güvenlik Konseyi Eleştirel Bir Giriş</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786053996224</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Keşiflerden İklim Değişimine Uluslararası İlişkilerde Arktik</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786053996330</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Sendika Özgürlüğü ve Sendika İçi Demokrasi</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786053996347</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Seans Sahnesi Üzerine</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786053995074</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Öznellik ve Hakikat</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786053994985</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Ayrılık</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786053992646</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Baba İşlevi</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786053994213</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Biyopolitikanın Doğuşu</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786053995142</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Homo Academicus</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9789756857755</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Siyaset Felsefesine Giriş</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786053994619</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Siyasal Yaşam</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786053993391</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kimlik Peşinde Türkiye Genişletilmiş Baskı</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786053996125</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Çıkmaz Yol</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786053996040</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Mirası Yönetimi: Neden ve Nasıl?</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786053994527</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Enerji ve Medeniyet: Bir Tarihçe</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786053995883</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Melanie Klein'in Çalışmasına Giriş</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786053996095</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Yeni Çağı'nda Tarımsal Gelişim</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786053996026</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Etnografi</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786053995203</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Araştırma Yöntemleri İçin Bir Rehber: Gereklilikler, Sınırlılıklar ve İncelikler</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786053995876</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Ruhsal İnzivalar</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786053996057</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Psikanaliz Yıllığı 2022: Travma</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786053995951</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Türk Olmak - Erken Cumhuriyet Dönemi’nde Milliyetçi Reformlar ve Kültürel Tartışmalar, 1923-1945</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786053995906</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Din Veya İnanç Özgürlüğünün Kolektif Boyutu</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786053996088</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Adaletin Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786053996071</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Siyasetinin Sınırları: Siyasal Davranış, Kurumlar ve Kültür</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786053995920</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Güney Çelişkileri ve Sürdürülebilirlik Ekseninde Gelişme Hakkı</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786053995913</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Portede Saklı Tarih: Toplumsal Tarihin Merceğinden Müzik</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786053995647</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Faiz Meselesi</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9789756176184</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Bütçe Hukuku</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786053995470</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Sosyal ve Sosyolojik Teori</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9789756857212</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Modern Devletin Gelişimi</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9789756857045</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme ve Ulus-Devlet</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786053994237</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Sayıştay Hukuku</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9789756857236</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dili: Dil ve Anlatım</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786053992356</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dış Politikası Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786053991434</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Türk Devrim Tarihi</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786053991311</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Teoride ve Uygulamada Mahalli İdareler Maliyesi</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9789756857311</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimattan 21.Yüzyıla Türkiye Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9789756176894</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Vergi Özel Hukuku</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9789756176382</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Vergi Genel Hukuku</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786053993759</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Vatandaşlık Hukuku</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9789756176146</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Düzeyde Yasaların Çatışması Kanunlar İhtilafı</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786053993414</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Yurttaşlığı Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786053994206</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Öznenin Yorumbilgisi</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786053995814</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Psikanaliz Yıllığı 2021: Toplumsal Acı - Toplumsalın Acısı</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786053995777</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Bu Resim Ne Anlatıyor? Alegori</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786053995807</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası İlişkilerde Güvenlik</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786053995746</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Epigenetik Devrimi</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786053995869</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu ve Dış Politika - Arap Ülkeleri ve İsrail</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786053995821</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Formül - Başarının Evrensel Kanunları</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786053995852</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Tamamlanmamış Kentsel Devrim</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786053995784</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Siyaset Teorisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786053995562</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Antik Dönem'den Osmanlı'ya Anadolu Sanatında Kadın</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786053995760</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Afetlerle Yoksullaşma</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786053995722</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Psikanalitik Açılımlar</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786053995739</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Psikodinamik Çocuk Terapisi Eşliğinde Bir Oyun Dünyasına Yolculuk</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786053995753</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Yenilik Tabanlı Girişimcilik</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786053995692</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Uzak Okuma</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786053995685</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Partiler</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786053995661</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Başörtülü Yoksul Kadınların Ötekileri</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786053995616</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Yerli Üretimi ve Politik Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786053995555</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Paranın Gücü</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786053995586</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Zorunlu Göç Deneyimi ve Toplumsal Bütünleşme</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786053995593</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Modern Zamanlarda Dişil ve Oidipus</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786053995579</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Kaz Dağları’ndan Toroslar’a: Tahtacı Türkmen Alevileri</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786053995623</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Strateji Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786053995630</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Dış Politika Analizi</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786053995456</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Çocuk Gazetelerinde Osmanlı Kimliği (1869-1908)</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786053995548</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Çölün Gelini Palmira</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9789753995498</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Mekan ve Ekonomi</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786053995487</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Psikoz: Uluslararası Psikanaliz Yıllığı 2019</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786053995302</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>The Young Turks</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786053995425</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>İsrail Perspektifinden İki Devletli Çözüm</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786053995357</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Japonya'nın İktisadi ve Sosyal Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786053995418</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Kadın ve Müzik - Women and Music in Turkey</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786053995395</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Birinci Dünya Savaşı'nda Cihat ve İslam</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786053995326</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Mütareke ve Milli Mücadele Basını (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9789753994439</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Balkan İttifakı ve Osmanlı Diplomasisi</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786053995401</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Vergi Ceza Hukuku</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786053995388</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Bir Pratik Teorisi İçin Taslak</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786053995371</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Şu Psikanaliz Sanatı</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786053994336</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Psikanalitik Anne-Çocuk Çocuk Tedavisi Çocuk Psikozuna Uzun Süreli Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786053995333</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>İslam, İktisat, Ordu ve Reform</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786053995296</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber'in Dahi Torunu Şerif Muhiddin Targan</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786053995289</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Sosyal Güvenliğin Evrensel Sefaleti: Politika, Hukuk, Uygulama (1919-2018)</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786053995272</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Bu Resim Ne Anlatıyor? - Günlük Hayat</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786053993841</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Yardımlardan Güvenliğe Türkiye’nin Kamu Harcamaları (2006-2017)</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786053995197</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlanma Ve Yaşlılık: Disiplinlerarası Bakış Açıları</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786053995265</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Uluslararası İlişkiler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786053995029</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada ve Türkiye'de Barış Süreçleri</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786053995241</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>''Manikürlü Eller Almanya'da Elektirik Bobini Saracak''</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786053995258</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>The Syrian Exodus In Context</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786053995173</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Sınır Kurguları: İran Ulusunun Şekillenmesi (1804/1946)</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786053995180</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Bugünün Türkiyesi’nde Mimarlık?</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786053995234</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Müşterek</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786053995166</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi İktisat ve Küresel Kapitalizm</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786053995098</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Faydasızlığın Faydası: Manifesto</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786053995135</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Suriyeliler Barometresi</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786053995111</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>İlişki İçinde Ben</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786053995128</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Taşbaskısı Nasreddin Hoca Kitapları</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786053995104</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Hissetmek</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786053995067</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Avrupalılaşma</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786053995036</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Hareket ve Dans</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786053995043</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Hakikat Cesareti: Kendinin ve Başkalarının Yönetimi 2</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786053994923</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerde Risk Yönetimi</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786053995081</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>İşletme Vergiciliği</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786053995005</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcılık</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786053994992</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Gönüllü Emeği ve İş Hukuku</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786053995012</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Bizliğin Aynasından Yansıyanlar</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786053994978</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Ergeneler İçin Çağdaş Psikodinamik Psikoterapi</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786053994961</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufun Oluşumu</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786053994930</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Yıkım, Yeniden Yaratım ve Cinsellikler - Uluslararası Psikanaliz Yıllığı 2017</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786053994916</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Göstergeler Ne Anlatır? Türkiye İçin İktisadi Göstergeler Rehberi</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786053993810</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları ve İmparatorluk</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786053994855</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Evriminde Din</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786053994817</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Halk İçin Psikoterapi</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786053994848</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Hilafet</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786053994879</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Independent Republic Of Culture</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786053994886</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Kültürün Bağımsız Cumhuriyeti</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786053994800</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Bu Resim Ne Anlatıyor?</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786053994411</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye ve İran'da Vatandaşlık ve Etnisite</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786053994671</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Erkekliğin Türkiye Halleri</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786053994749</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi Karşısında İslam</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786053994787</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Türk Hukukunda Azınlıklar ve Milliyetçilik</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786053994657</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Kitleleri Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786053994381</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncunun Gizli Sanatı</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786053994558</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Sonrası</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786053994725</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Diplomasinin Gücü</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786053994664</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Kültür Okumaları</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786053994718</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şiddet</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786053994640</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Almanya ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786053994633</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Müstakbel Hep Harap Oldu</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786053994695</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Tehlike Altında Gazetecilik</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786053994152</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>İslam Göç ve Entegrasyon</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786053994589</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Kuantum Dönemi</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786053994596</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Dünden Bugüne Türkiye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786053994572</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin  Durduğu O An</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786053994428</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Çerkes Diasporasının Siyasi Tarihi</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786053994497</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>History From Below (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786053994404</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Belirsizlikler Çağında Azınlık Uluslar</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786053994046</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hınç ve Şiddet Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786053994503</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz ve Sanat</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786053994459</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Debelenirken</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786053994466</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Hareketli İmgeler</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786053993995</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Mültecilik</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786053994442</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Ulusaşırı Kimlikler</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9789756857663</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Batı’da Siyasal Düşünceler Tarihi 3</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786756857266</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Batı’da Siyasal Düşünceler Tarihi 2</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9789756176498</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Batı’da Siyasal Düşünceler Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786053993681</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Dolmabahçe  Mekanın Hafızası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786053994367</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Cultural Policy And Management Yearbook 2014-2015</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786053991908</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluğun Çöküş Döneminde Osmanlı Ermenileri</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786053993148</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Cenderesinde Yunanistan ve Türkiye'de Milliyetçilik</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786053991625</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Ekonomik Bütünleşme</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786053994305</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Politikaları ve Yönetimi Araştırma Merkezi (KYP) Yıllık 2014-2015 / Kültüre Müdahale</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786053994176</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Döneminde Diyarbekir'de Toplumsal İlişkiler (1870-1915)</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786053994107</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa'da İslam Göçmenlik ve Konukseverlik</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786053994282</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Zihin ve Psikanalist</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786053994220</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Bir Zihin Yaratmak</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786053991618</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Yirmi Yıl Krizi (1919-1939)</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786053994145</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Demokrasi Sorunsalı</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786053994114</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Emancipation In Exile: Perspectives On The Empowerment Of Migrant Women</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786053994008</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Zor İsimli Çocuklar</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786053994039</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Moderniteyi Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786053993988</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Kozmopolitlik ve Özgürlük Coğrafyaları</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786053994060</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Diyarbakır'da Ermeni Kıyımı</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786053990857</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Çin Felsefesi Tarihi</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9789756176795</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Üniversitelerimiz ve Demokrasi</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786053993902</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Bir Nefes: Ezidi Ağıtları</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786053994183</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dünya İnsanı / Tosun Terzioğlu</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786053993780</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Rölativite’den Kuantum’a Evrenin Gerçekliği</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786053993766</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Almanya, Rusya ve Türkiye’de Etnisite Rejimleri ve Milliyet</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786053993919</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>1990’larda Kürtler ve Kürdistan</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786053993728</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Ulusal Kültürlerin Sonu mu?</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786053993711</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Bir Kervansaray (Mı?)</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9789756176672</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Diplomasi ve Göç</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786053993643</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Modernite İçinde Bir İnanç Deneyimi : Örtünme</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786053993872</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Bu Resim Ne Anlatıyor? İkonografi</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786053994343</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları Evrensel Bildirisi ve Türkiye (1945-1948)</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786053993650</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Halide Edib ve Siyasal Şiddet</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786053993612</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Kıbrıs'ın Ötekileri</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786053993322</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>İsrail Yurttaşı Filistinliler</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786053993308</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Barolar ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786053993278</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Politikaları ve Yönetimi (KPY) YILLIK 2012-2013</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786053993254</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Güvenlik, Toprak, Nüfus</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786053994251</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Nations And İdentities: The Case Of Greeks And Turks</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786053994329</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Türk Aleviliğinin İnşası</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786053993582</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Suriçi’nde Bir Yaşam : Toktamış Ateş’e Armağan</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786053993421</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası İnsan Hakları Hukukunda Vicdani Red ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786053993438</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluk ve Diplomasi - Osmanlı Diplomasinin İzinde</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786053990437</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Uğur Alacakaptan’a Armağan Cilt: 1</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786053992042</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Uzun On Yılı</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786053990277</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin İyi Yönetimi</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786053991137</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>İki Hizbin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786053990772</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Silahtarağa Elektrik Santrali</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786053991670</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Cultural Policy and Management (KPY) Yearbook 2010</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786053992387</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Cultural Policy and Management (KPY) Year Book 2011</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786053992165</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Cultural Economy Compendium Istanbul 2010</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786053992271</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Critical Perspectives on the World Bank and the IMF</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786053990659</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Korda'nın Objektifinden Che: Bir Portrenin Devrimle Başlayıp İkonla Biten Öyküsü</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786053992332</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomisinde Krizler - 1929-2009</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786053993674</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yazma Ketlenmesi ve Saldırganlığın Yüceltilmesi Vakasının Analizi</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786053993797</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Sinema ve Piskanaliz 2 : Kayıp ve Zaman</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786053993339</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>The Extermination Of Armenians In The Diyarbekir Region</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786053992196</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Keynes’e Dönüş</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786053991861</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Hint Felsefesi Tarihi</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786053990598</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Her Türlü Aklın Ötesinde: Üniversitede İdeoloji ile Yaşamak</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786053991823</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Hegel Estetiği ve Edebiyat Kuramı 3</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786053991069</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Laiklik</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786053993247</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Darülfünunu'nda Alman Müderrisler 1915-1918</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786053993285</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Cultural Policy And Management (Kpy) Yearbook 2012-13</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786053993858</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>İnternette Irkçılık</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786053993179</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Sermaye Şirketlerinin Denetimi</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786053993209</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Gezi Parkı Olayları</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786053992868</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Developing Sustainability</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786053990222</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Reciprocity Greek And Turkish Minorities Law, Religion And Politics</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786053990819</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Bölgeden Yankılar</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786053991830</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devleti ve Türkiye Cumhuriyeti’nde Emek Tarihi</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786053991793</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Neoliberal Zamanlarda Liberal Olmayan Politikalar</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
           <t>9786053992189</t>
         </is>
       </c>
-      <c r="B281" s="1" t="inlineStr">
+      <c r="B645" s="1" t="inlineStr">
         <is>
           <t>Mustafa Kemal Döneminde Ekonomi</t>
         </is>
       </c>
-      <c r="C281" s="1">
-        <v>530</v>
+      <c r="C645" s="1">
+        <v>720</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>