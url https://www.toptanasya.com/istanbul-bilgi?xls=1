--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,1885 +85,1930 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259391410</t>
+          <t>9786259391441</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Öfkeyi Alt Etmek</t>
+          <t>Sıra Dışı Bir Veda</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>465</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259391403</t>
+          <t>9786259391427</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mutlu İnsanların Beyni</t>
+          <t>Odyssey’i Yaşarken</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>465</v>
+        <v>490</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259767093</t>
+          <t>9786259391434</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Deliler Değirmeni</t>
+          <t>Rüzgarın Daima Sürüklediği Amcam Cemşid Han</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259767079</t>
+          <t>9786259391410</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kaygıya Mahkum Değilsin</t>
+          <t>Öfkeyi Alt Etmek</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>525</v>
+        <v>465</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259767062</t>
+          <t>9786259391403</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yatay Toplum</t>
+          <t>Mutlu İnsanların Beyni</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>575</v>
+        <v>465</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259767086</t>
+          <t>9786259767093</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Pastoral Hüzün</t>
+          <t>Deliler Değirmeni</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259767055</t>
+          <t>9786259767079</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Gazel</t>
+          <t>Kaygıya Mahkum Değilsin</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>525</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259767000</t>
+          <t>9786259767062</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Mücadelesi</t>
+          <t>Yatay Toplum</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259894997</t>
+          <t>9786259767086</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Ne Bekliyorsun?</t>
+          <t>Pastoral Hüzün</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259767048</t>
+          <t>9786259767055</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hiç Yoktan Bir Evren</t>
+          <t>Kalbe Gazel</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259767031</t>
+          <t>9786259767000</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan ve Mezopotamya</t>
+          <t>Demokrasi Mücadelesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>480</v>
+        <v>275</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259767024</t>
+          <t>9786259894997</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Yozlaşmaları</t>
+          <t>Yaşamdan Ne Bekliyorsun?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>610</v>
+        <v>425</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259767017</t>
+          <t>9786259767048</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İngiltere’den Mektuplar</t>
+          <t>Hiç Yoktan Bir Evren</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>365</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789944330091</t>
+          <t>9786259767031</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Savaşta ve Barışta Büyük Stratejiler</t>
+          <t>Yunanistan ve Mezopotamya</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>425</v>
+        <v>480</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259894980</t>
+          <t>9786259767024</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Son Narı</t>
+          <t>Demokrasi Yozlaşmaları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>425</v>
+        <v>610</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259894973</t>
+          <t>9786259767017</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Din ve Mitoloji</t>
+          <t>İngiltere’den Mektuplar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>310</v>
+        <v>365</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944330305</t>
+          <t>9789944330091</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mental Fitness</t>
+          <t>Savaşta ve Barışta Büyük Stratejiler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>420</v>
+        <v>425</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259894966</t>
+          <t>9786259894980</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tek Bir Bakış</t>
+          <t>Dünyanın Son Narı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>470</v>
+        <v>425</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259894928</t>
+          <t>9786259894973</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İhanete Uğrayan Sevgi</t>
+          <t>Din ve Mitoloji</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>365</v>
+        <v>310</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259894959</t>
+          <t>9789944330305</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Anlatılan Onların Şiiridir</t>
+          <t>Mental Fitness</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259894942</t>
+          <t>9786259894966</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bu Sınıfta Herkes Var</t>
+          <t>Tek Bir Bakış</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259894935</t>
+          <t>9786259894928</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Yabancı</t>
+          <t>İhanete Uğrayan Sevgi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>525</v>
+        <v>365</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259894904</t>
+          <t>9786259894959</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Geçidi</t>
+          <t>Anlatılan Onların Şiiridir</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>475</v>
+        <v>225</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259894911</t>
+          <t>9786259894942</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Savaşta ve Barışta Büyük Stratejiler</t>
+          <t>Bu Sınıfta Herkes Var</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>425</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057335388</t>
+          <t>9786259894935</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe'nun Gizemli Dünyası - Ölümü ve Yaşamı</t>
+          <t>İçimizdeki Yabancı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>510</v>
+        <v>525</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057335395</t>
+          <t>9786259894904</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Empatinin Yitimi</t>
+          <t>Ölüm Geçidi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>525</v>
+        <v>475</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057335371</t>
+          <t>9786259894911</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Mimara Mektup - Hibogofret</t>
+          <t>Savaşta ve Barışta Büyük Stratejiler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057335364</t>
+          <t>9786057335388</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Köpeğin Dünyası</t>
+          <t>Edgar Allan Poe'nun Gizemli Dünyası - Ölümü ve Yaşamı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>340</v>
+        <v>510</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057335340</t>
+          <t>9786057335395</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği Döngüleri</t>
+          <t>Empatinin Yitimi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>525</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057335357</t>
+          <t>9786057335371</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Höbek Güneşi</t>
+          <t>Bir Mimara Mektup - Hibogofret</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057335333</t>
+          <t>9786057335364</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Düşsüz Kelebekler</t>
+          <t>Köpeğin Dünyası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057335326</t>
+          <t>9786057335340</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>-Ma-</t>
+          <t>İklim Değişikliği Döngüleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057335319</t>
+          <t>9786057335357</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Ruhsal Bakım</t>
+          <t>Höbek Güneşi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>510</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057335302</t>
+          <t>9786057335333</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Boyun Eğmeyen Kadın</t>
+          <t>Düşsüz Kelebekler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>475</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944330992</t>
+          <t>9786057335326</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman Mutlu Olacağım</t>
+          <t>-Ma-</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944330893</t>
+          <t>9786057335319</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Theo’nun Kutsal Yolculuğu</t>
+          <t>Tıbbi Ruhsal Bakım</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>950</v>
+        <v>510</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944330879</t>
+          <t>9786057335302</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Arayışı ve Anlam Sorunu</t>
+          <t>Boyun Eğmeyen Kadın</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944330985</t>
+          <t>9789944330992</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Başlangıçta Tanrıçaydı</t>
+          <t>Ne Zaman Mutlu Olacağım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>515</v>
+        <v>475</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944330916</t>
+          <t>9789944330893</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Nasıl Çıkarım Bu İşin İçinden?</t>
+          <t>Theo’nun Kutsal Yolculuğu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>265</v>
+        <v>950</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944330954</t>
+          <t>9789944330879</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Son Gün</t>
+          <t>Tanrı Arayışı ve Anlam Sorunu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944330961</t>
+          <t>9789944330985</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ses</t>
+          <t>Tanrı Başlangıçta Tanrıçaydı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>515</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944330978</t>
+          <t>9789944330916</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kuralları Yıkan Cesur Kadınlar</t>
+          <t>Şimdi Nasıl Çıkarım Bu İşin İçinden?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>490</v>
+        <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944330947</t>
+          <t>9789944330954</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kedinin Şairi</t>
+          <t>Son Gün</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944330930</t>
+          <t>9789944330961</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Şekillendiren Felsefe</t>
+          <t>Mavi Ses</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>740</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944330923</t>
+          <t>9789944330978</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Yabancılaşmış</t>
+          <t>Kuralları Yıkan Cesur Kadınlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944330909</t>
+          <t>9789944330947</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Anlam İstenci</t>
+          <t>Kedinin Şairi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>325</v>
+        <v>125</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944330886</t>
+          <t>9789944330930</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Haşimoto Protokolü</t>
+          <t>Dünyayı Şekillendiren Felsefe</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>620</v>
+        <v>740</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944330862</t>
+          <t>9789944330923</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde İz Bırakan 21 Kadın</t>
+          <t>Hayattan Yabancılaşmış</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944330855</t>
+          <t>9789944330909</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde İz Bırakan 21 Kadın</t>
+          <t>Anlam İstenci</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944330817</t>
+          <t>9789944330886</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kül Ezgileri</t>
+          <t>Haşimoto Protokolü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>190</v>
+        <v>620</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944330848</t>
+          <t>9789944330862</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Erkek Dosyaları</t>
+          <t>Dünya Tarihinde İz Bırakan 21 Kadın</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944330824</t>
+          <t>9789944330855</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Anası Anadolu</t>
+          <t>İslam Tarihinde İz Bırakan 21 Kadın</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944330831</t>
+          <t>9789944330817</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İçsel Erkek</t>
+          <t>Kül Ezgileri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>485</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944330794</t>
+          <t>9789944330848</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Filozofun Köpeği</t>
+          <t>Erkek Dosyaları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944330787</t>
+          <t>9789944330824</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Son Dersler</t>
+          <t>Avrupa’nın Anası Anadolu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>230</v>
+        <v>475</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944330800</t>
+          <t>9789944330831</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Erken Pers</t>
+          <t>İçsel Erkek</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>315</v>
+        <v>485</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944330763</t>
+          <t>9789944330794</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dikte ve Köşe</t>
+          <t>Filozofun Köpeği</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944330756</t>
+          <t>9789944330787</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kadın Erkek İlişkileri</t>
+          <t>Son Dersler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944330749</t>
+          <t>9789944330800</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Akla Karşı</t>
+          <t>Erken Pers</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>230</v>
+        <v>315</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944330732</t>
+          <t>9789944330763</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Anlamak ve Anlaşılmak</t>
+          <t>Dikte ve Köşe</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944330725</t>
+          <t>9789944330756</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eşinizle Huzuru Yakalamak</t>
+          <t>Yeni Kadın Erkek İlişkileri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944330718</t>
+          <t>9789944330749</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Erkek</t>
+          <t>Soğuk Akla Karşı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>510</v>
+        <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944330701</t>
+          <t>9789944330732</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İçin Bir Nedeni Olan</t>
+          <t>Anlamak ve Anlaşılmak</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>510</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944330671</t>
+          <t>9789944330725</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İçsel Özgürlüğe Giden Yol</t>
+          <t>Eşinizle Huzuru Yakalamak</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944330220</t>
+          <t>9789944330718</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kendine İnanmak</t>
+          <t>Yeni Nesil Erkek</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>290</v>
+        <v>510</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944330695</t>
+          <t>9789944330701</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Amacını Belirle Sonrası Kolay</t>
+          <t>Yaşamak İçin Bir Nedeni Olan</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>510</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944330688</t>
+          <t>9789944330671</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Antik Pers Tarihi</t>
+          <t>İçsel Özgürlüğe Giden Yol</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944330657</t>
+          <t>9789944330220</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Terörizme Karşı</t>
+          <t>Kendine İnanmak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>165</v>
+        <v>290</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944330664</t>
+          <t>9789944330695</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kral Hammurabi ve Babil Günlüğü</t>
+          <t>Amacını Belirle Sonrası Kolay</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944330640</t>
+          <t>9789944330688</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kadınlar ve İlişkiler</t>
+          <t>Antik Pers Tarihi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944330633</t>
+          <t>9789944330657</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar ve Babam</t>
+          <t>Terörizme Karşı</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944330626</t>
+          <t>9789944330664</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Homo Hapticus</t>
+          <t>Kral Hammurabi ve Babil Günlüğü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>475</v>
+        <v>490</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944330619</t>
+          <t>9789944330640</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Neden Gider Neden Kalır</t>
+          <t>Aşk Kadınlar ve İlişkiler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944330602</t>
+          <t>9789944330633</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Önce Ben Öleceğim</t>
+          <t>Rüzgar ve Babam</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>590</v>
+        <v>165</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944330558</t>
+          <t>9789944330626</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yaralarım Aşktandır (Ciltli)</t>
+          <t>Homo Hapticus</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>590</v>
+        <v>475</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944330589</t>
+          <t>9789944330619</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Neden Bağlanır?</t>
+          <t>Erkekler Neden Gider Neden Kalır</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944330596</t>
+          <t>9789944330602</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Gezgin ile Gölgesi</t>
+          <t>Önce Ben Öleceğim</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>260</v>
+        <v>590</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944330381</t>
+          <t>9789944330558</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dereköy (Ciltli)</t>
+          <t>Yaralarım Aşktandır (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>650</v>
+        <v>590</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944330565</t>
+          <t>9789944330589</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İtaate Karşı</t>
+          <t>Erkekler Neden Bağlanır?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944330572</t>
+          <t>9789944330596</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yönlendirilmiş Erkek</t>
+          <t>Gezgin ile Gölgesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944330541</t>
+          <t>9789944330381</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Duyulmayan Anlam Çığlığı</t>
+          <t>Dereköy (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944330534</t>
+          <t>9789944330565</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olmak ve Aşk</t>
+          <t>İtaate Karşı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944330527</t>
+          <t>9789944330572</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Toprağına Tutunanlar - Yasak Mıntıkanın Çocukları 2</t>
+          <t>Yönlendirilmiş Erkek</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944330404</t>
+          <t>9789944330541</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Orospusu</t>
+          <t>Duyulmayan Anlam Çığlığı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>625</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944330510</t>
+          <t>9789944330534</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sen Hiç Olmayacak Bir Şeydin</t>
+          <t>Aşık Olmak ve Aşk</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944330497</t>
+          <t>9789944330527</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bölünmüş Haritalara Ağıt</t>
+          <t>Toprağına Tutunanlar - Yasak Mıntıkanın Çocukları 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>165</v>
+        <v>315</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944330503</t>
+          <t>9789944330404</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Erkek Olmanın Tehlikeleri</t>
+          <t>Şeytanın Orospusu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>390</v>
+        <v>625</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944330039</t>
+          <t>9789944330510</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Renkli Günler</t>
+          <t>Hayat Sen Hiç Olmayacak Bir Şeydin</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789944330022</t>
+          <t>9789944330497</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Av Hikayeleri</t>
+          <t>Bölünmüş Haritalara Ağıt</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>315</v>
+        <v>165</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944330480</t>
+          <t>9789944330503</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Gerçekten Ne İster</t>
+          <t>Erkek Olmanın Tehlikeleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944330466</t>
+          <t>9789944330039</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Seninle Konuşuyor</t>
+          <t>Renkli Günler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>510</v>
+        <v>165</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944330473</t>
+          <t>9789944330022</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sümerler</t>
+          <t>Ermeni Av Hikayeleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>475</v>
+        <v>315</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944330459</t>
+          <t>9789944330480</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Kanadına Sarıldım</t>
+          <t>Erkekler Gerçekten Ne İster</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944330435</t>
+          <t>9789944330466</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Beyel'in Yas Tutanları</t>
+          <t>Meleklerin Seninle Konuşuyor</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>315</v>
+        <v>510</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944330428</t>
+          <t>9789944330473</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizde Yeni Yollar</t>
+          <t>Sümerler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>365</v>
+        <v>475</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944330411</t>
+          <t>9789944330459</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Psikanaliz</t>
+          <t>Kuşların Kanadına Sarıldım</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944330398</t>
+          <t>9789944330435</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kadın Psikolojisi</t>
+          <t>Beyel'in Yas Tutanları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>490</v>
+        <v>315</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944330374</t>
+          <t>9789944330428</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dağın Şeyhi Hasan Sabbah</t>
+          <t>Psikanalizde Yeni Yollar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>615</v>
+        <v>365</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944330367</t>
+          <t>9789944330411</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığımın Çinisi</t>
+          <t>Kendi Kendine Psikanaliz</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944330312</t>
+          <t>9789944330398</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mahir</t>
+          <t>Kadın Psikolojisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>875</v>
+        <v>490</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944330336</t>
+          <t>9789944330374</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İbo</t>
+          <t>Dağın Şeyhi Hasan Sabbah</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>690</v>
+        <v>615</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944330329</t>
+          <t>9789944330367</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Deniz</t>
+          <t>Yalnızlığımın Çinisi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>690</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944330343</t>
+          <t>9789944330312</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçalar Cadılar ve Aykırı Kadınlar</t>
+          <t>Mahir</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>415</v>
+        <v>875</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944330299</t>
+          <t>9789944330336</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gümrük Skandalları</t>
+          <t>İbo</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>375</v>
+        <v>690</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944330268</t>
+          <t>9789944330329</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Seni Unutmayı Öğret Bana</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>165</v>
+        <v>690</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944330275</t>
+          <t>9789944330343</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hüzündür Aşk</t>
+          <t>Tanrıçalar Cadılar ve Aykırı Kadınlar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>165</v>
+        <v>415</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944330282</t>
+          <t>9789944330299</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hestır Mezal Nedane</t>
+          <t>Gümrük Skandalları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>165</v>
+        <v>375</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944330053</t>
+          <t>9789944330268</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Seni Unutmayı Öğret Bana</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944330213</t>
+          <t>9789944330275</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Siyah Telaş</t>
+          <t>Hüzündür Aşk</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>640</v>
+        <v>165</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944330206</t>
+          <t>9789944330282</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yasak Mıntıkanın Çocukları</t>
+          <t>Hestır Mezal Nedane</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>315</v>
+        <v>165</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944330190</t>
+          <t>9789944330053</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Etnik ve Dini Azınlıklar</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>510</v>
+        <v>125</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789940330183</t>
+          <t>9789944330213</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Akla Uygun Aşk</t>
+          <t>Siyah Telaş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>50</v>
+        <v>640</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944330176</t>
+          <t>9789944330206</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dolunayda Kızıl Tef Çalan Kadınlar</t>
+          <t>Yasak Mıntıkanın Çocukları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>475</v>
+        <v>315</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944330145</t>
+          <t>9789944330190</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yaralarım Aşktandır</t>
+          <t>Ortadoğu’da Etnik ve Dini Azınlıklar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>410</v>
+        <v>510</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944330077</t>
+          <t>9789940330183</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Malta Geceleri / Pierre Loti Hitabesi</t>
+          <t>Akla Uygun Aşk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>265</v>
+        <v>50</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944330138</t>
+          <t>9789944330176</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dersim Kültür Sanat İçinde</t>
+          <t>Dolunayda Kızıl Tef Çalan Kadınlar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944330121</t>
+          <t>9789944330145</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kabuk</t>
+          <t>Yaralarım Aşktandır</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944330169</t>
+          <t>9789944330077</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Alevi Sorunu Nereden Nereye...</t>
+          <t>Malta Geceleri / Pierre Loti Hitabesi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944330244</t>
+          <t>9789944330138</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sırrı Giz Eylediler</t>
+          <t>Dersim Kültür Sanat İçinde</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944330237</t>
+          <t>9789944330121</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bana Aydınlıktan Söz Et</t>
+          <t>Kabuk</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944330251</t>
+          <t>9789944330169</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Dalgasıyım</t>
+          <t>Alevi Sorunu Nereden Nereye...</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944330114</t>
+          <t>9789944330244</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Vakti</t>
+          <t>Sırrı Giz Eylediler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
+          <t>9789944330237</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Bana Aydınlıktan Söz Et</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789944330251</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Denizlerin Dalgasıyım</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789944330114</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kırılma Vakti</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
           <t>9789944330046</t>
         </is>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Bel - Ami</t>
         </is>
       </c>
-      <c r="C124" s="1">
+      <c r="C127" s="1">
         <v>315</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>