--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,1930 +85,2050 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259391441</t>
+          <t>9786058506008</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bir Veda</t>
+          <t>Ehl-i Haklar ve Dersim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259391427</t>
+          <t>9789944330442</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Odyssey’i Yaşarken</t>
+          <t>Mucizenin Doğumu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>490</v>
+        <v>115</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259391434</t>
+          <t>9789944330008</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Daima Sürüklediği Amcam Cemşid Han</t>
+          <t>Ortadoğu’da Azınlıklar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>230</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259391410</t>
+          <t>9789944330015</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Öfkeyi Alt Etmek</t>
+          <t>Felsefi Soruşturmalar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>465</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259391403</t>
+          <t>9789944330107</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mutlu İnsanların Beyni</t>
+          <t>Dört Kişilik Mutlu Aile</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>465</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259767093</t>
+          <t>9789944330084</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Deliler Değirmeni</t>
+          <t>Şehvetin Romantizmi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259767079</t>
+          <t>9786259391458</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kaygıya Mahkum Değilsin</t>
+          <t>Konuşmak İyileştirir</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>525</v>
+        <v>445</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259767062</t>
+          <t>9786259391465</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yatay Toplum</t>
+          <t>Türkçeyi De Konuşalım</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>575</v>
+        <v>470</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259767086</t>
+          <t>9786259391441</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Pastoral Hüzün</t>
+          <t>Sıra Dışı Bir Veda</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259767055</t>
+          <t>9786259391427</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Gazel</t>
+          <t>Odyssey’i Yaşarken</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>615</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259767000</t>
+          <t>9786259391434</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Mücadelesi</t>
+          <t>Rüzgarın Daima Sürüklediği Amcam Cemşid Han</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259894997</t>
+          <t>9786259391410</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Ne Bekliyorsun?</t>
+          <t>Öfkeyi Alt Etmek</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>425</v>
+        <v>590</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259767048</t>
+          <t>9786259391403</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hiç Yoktan Bir Evren</t>
+          <t>Mutlu İnsanların Beyni</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>590</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259767031</t>
+          <t>9786259767093</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan ve Mezopotamya</t>
+          <t>Deliler Değirmeni</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259767024</t>
+          <t>9786259767079</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Yozlaşmaları</t>
+          <t>Kaygıya Mahkum Değilsin</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>610</v>
+        <v>660</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259767017</t>
+          <t>9786259767062</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İngiltere’den Mektuplar</t>
+          <t>Yatay Toplum</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>365</v>
+        <v>720</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944330091</t>
+          <t>9786259767086</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Savaşta ve Barışta Büyük Stratejiler</t>
+          <t>Pastoral Hüzün</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259894980</t>
+          <t>9786259767055</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Son Narı</t>
+          <t>Kalbe Gazel</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>425</v>
+        <v>225</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259894973</t>
+          <t>9786259767000</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Din ve Mitoloji</t>
+          <t>Demokrasi Mücadelesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944330305</t>
+          <t>9786259894997</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mental Fitness</t>
+          <t>Yaşamdan Ne Bekliyorsun?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>420</v>
+        <v>540</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259894966</t>
+          <t>9786259767048</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tek Bir Bakış</t>
+          <t>Hiç Yoktan Bir Evren</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>470</v>
+        <v>440</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259894928</t>
+          <t>9786259767031</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İhanete Uğrayan Sevgi</t>
+          <t>Yunanistan ve Mezopotamya</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>365</v>
+        <v>600</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259894959</t>
+          <t>9786259767024</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Anlatılan Onların Şiiridir</t>
+          <t>Demokrasi Yozlaşmaları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>225</v>
+        <v>760</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259894942</t>
+          <t>9786259767017</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bu Sınıfta Herkes Var</t>
+          <t>İngiltere’den Mektuplar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259894935</t>
+          <t>9789944330091</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Yabancı</t>
+          <t>Savaşta ve Barışta Büyük Stratejiler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>525</v>
+        <v>540</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259894904</t>
+          <t>9786259894980</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Geçidi</t>
+          <t>Dünyanın Son Narı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>475</v>
+        <v>540</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259894911</t>
+          <t>9786259894973</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Savaşta ve Barışta Büyük Stratejiler</t>
+          <t>Din ve Mitoloji</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>425</v>
+        <v>390</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057335388</t>
+          <t>9789944330305</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe'nun Gizemli Dünyası - Ölümü ve Yaşamı</t>
+          <t>Mental Fitness</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>510</v>
+        <v>420</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057335395</t>
+          <t>9786259894966</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Empatinin Yitimi</t>
+          <t>Tek Bir Bakış</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>525</v>
+        <v>590</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057335371</t>
+          <t>9786259894928</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Mimara Mektup - Hibogofret</t>
+          <t>İhanete Uğrayan Sevgi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057335364</t>
+          <t>9786259894959</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Köpeğin Dünyası</t>
+          <t>Anlatılan Onların Şiiridir</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057335340</t>
+          <t>9786259894942</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği Döngüleri</t>
+          <t>Bu Sınıfta Herkes Var</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057335357</t>
+          <t>9786259894935</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Höbek Güneşi</t>
+          <t>İçimizdeki Yabancı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>660</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057335333</t>
+          <t>9786259894904</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Düşsüz Kelebekler</t>
+          <t>Ölüm Geçidi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>190</v>
+        <v>595</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057335326</t>
+          <t>9786259894911</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>-Ma-</t>
+          <t>Savaşta ve Barışta Büyük Stratejiler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057335319</t>
+          <t>9786057335388</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Ruhsal Bakım</t>
+          <t>Edgar Allan Poe'nun Gizemli Dünyası - Ölümü ve Yaşamı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>510</v>
+        <v>640</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057335302</t>
+          <t>9786057335395</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Boyun Eğmeyen Kadın</t>
+          <t>Empatinin Yitimi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>475</v>
+        <v>660</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944330992</t>
+          <t>9786057335371</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman Mutlu Olacağım</t>
+          <t>Bir Mimara Mektup - Hibogofret</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>475</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944330893</t>
+          <t>9786057335364</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Theo’nun Kutsal Yolculuğu</t>
+          <t>Köpeğin Dünyası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>950</v>
+        <v>425</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944330879</t>
+          <t>9786057335340</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Arayışı ve Anlam Sorunu</t>
+          <t>İklim Değişikliği Döngüleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944330985</t>
+          <t>9786057335357</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Başlangıçta Tanrıçaydı</t>
+          <t>Höbek Güneşi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>515</v>
+        <v>440</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944330916</t>
+          <t>9786057335333</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Nasıl Çıkarım Bu İşin İçinden?</t>
+          <t>Düşsüz Kelebekler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944330954</t>
+          <t>9786057335326</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Son Gün</t>
+          <t>-Ma-</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>165</v>
+        <v>410</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944330961</t>
+          <t>9786057335319</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ses</t>
+          <t>Tıbbi Ruhsal Bakım</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>640</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944330978</t>
+          <t>9786057335302</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kuralları Yıkan Cesur Kadınlar</t>
+          <t>Boyun Eğmeyen Kadın</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>490</v>
+        <v>590</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944330947</t>
+          <t>9789944330992</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kedinin Şairi</t>
+          <t>Ne Zaman Mutlu Olacağım</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>125</v>
+        <v>595</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944330930</t>
+          <t>9789944330893</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Şekillendiren Felsefe</t>
+          <t>Theo’nun Kutsal Yolculuğu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>740</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944330923</t>
+          <t>9789944330879</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Yabancılaşmış</t>
+          <t>Tanrı Arayışı ve Anlam Sorunu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944330909</t>
+          <t>9789944330985</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Anlam İstenci</t>
+          <t>Tanrı Başlangıçta Tanrıçaydı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>325</v>
+        <v>650</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944330886</t>
+          <t>9789944330916</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Haşimoto Protokolü</t>
+          <t>Şimdi Nasıl Çıkarım Bu İşin İçinden?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>620</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944330862</t>
+          <t>9789944330954</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde İz Bırakan 21 Kadın</t>
+          <t>Son Gün</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>475</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944330855</t>
+          <t>9789944330961</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde İz Bırakan 21 Kadın</t>
+          <t>Mavi Ses</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944330817</t>
+          <t>9789944330978</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kül Ezgileri</t>
+          <t>Kuralları Yıkan Cesur Kadınlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>190</v>
+        <v>615</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944330848</t>
+          <t>9789944330947</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Erkek Dosyaları</t>
+          <t>Kedinin Şairi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944330824</t>
+          <t>9789944330930</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Anası Anadolu</t>
+          <t>Dünyayı Şekillendiren Felsefe</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>475</v>
+        <v>925</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944330831</t>
+          <t>9789944330923</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İçsel Erkek</t>
+          <t>Hayattan Yabancılaşmış</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>485</v>
+        <v>440</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944330794</t>
+          <t>9789944330909</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Filozofun Köpeği</t>
+          <t>Anlam İstenci</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944330787</t>
+          <t>9789944330886</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Son Dersler</t>
+          <t>Haşimoto Protokolü</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>840</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944330800</t>
+          <t>9789944330862</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Erken Pers</t>
+          <t>Dünya Tarihinde İz Bırakan 21 Kadın</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>315</v>
+        <v>593</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944330763</t>
+          <t>9789944330855</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dikte ve Köşe</t>
+          <t>İslam Tarihinde İz Bırakan 21 Kadın</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>595</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944330756</t>
+          <t>9789944330817</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kadın Erkek İlişkileri</t>
+          <t>Kül Ezgileri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944330749</t>
+          <t>9789944330848</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Akla Karşı</t>
+          <t>Erkek Dosyaları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>230</v>
+        <v>470</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944330732</t>
+          <t>9789944330824</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Anlamak ve Anlaşılmak</t>
+          <t>Avrupa’nın Anası Anadolu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>595</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944330725</t>
+          <t>9789944330831</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eşinizle Huzuru Yakalamak</t>
+          <t>İçsel Erkek</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>610</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944330718</t>
+          <t>9789944330794</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Erkek</t>
+          <t>Filozofun Köpeği</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>510</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944330701</t>
+          <t>9789944330787</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İçin Bir Nedeni Olan</t>
+          <t>Son Dersler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>510</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944330671</t>
+          <t>9789944330800</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İçsel Özgürlüğe Giden Yol</t>
+          <t>Erken Pers</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944330220</t>
+          <t>9789944330763</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kendine İnanmak</t>
+          <t>Dikte ve Köşe</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944330695</t>
+          <t>9789944330756</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Amacını Belirle Sonrası Kolay</t>
+          <t>Yeni Kadın Erkek İlişkileri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>575</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944330688</t>
+          <t>9789944330749</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Antik Pers Tarihi</t>
+          <t>Soğuk Akla Karşı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944330657</t>
+          <t>9789944330732</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Terörizme Karşı</t>
+          <t>Anlamak ve Anlaşılmak</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>165</v>
+        <v>315</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944330664</t>
+          <t>9789944330725</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kral Hammurabi ve Babil Günlüğü</t>
+          <t>Eşinizle Huzuru Yakalamak</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>490</v>
+        <v>315</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944330640</t>
+          <t>9789944330718</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kadınlar ve İlişkiler</t>
+          <t>Yeni Nesil Erkek</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>640</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944330633</t>
+          <t>9789944330701</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar ve Babam</t>
+          <t>Yaşamak İçin Bir Nedeni Olan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>165</v>
+        <v>680</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944330626</t>
+          <t>9789944330671</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Homo Hapticus</t>
+          <t>İçsel Özgürlüğe Giden Yol</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>475</v>
+        <v>315</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944330619</t>
+          <t>9789944330220</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Neden Gider Neden Kalır</t>
+          <t>Kendine İnanmak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>275</v>
+        <v>365</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944330602</t>
+          <t>9789944330695</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Önce Ben Öleceğim</t>
+          <t>Amacını Belirle Sonrası Kolay</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>590</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944330558</t>
+          <t>9789944330688</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yaralarım Aşktandır (Ciltli)</t>
+          <t>Antik Pers Tarihi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>590</v>
+        <v>815</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944330589</t>
+          <t>9789944330657</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Neden Bağlanır?</t>
+          <t>Terörizme Karşı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944330596</t>
+          <t>9789944330664</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Gezgin ile Gölgesi</t>
+          <t>Kral Hammurabi ve Babil Günlüğü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>260</v>
+        <v>615</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944330381</t>
+          <t>9789944330640</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dereköy (Ciltli)</t>
+          <t>Aşk Kadınlar ve İlişkiler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944330565</t>
+          <t>9789944330633</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İtaate Karşı</t>
+          <t>Rüzgar ve Babam</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944330572</t>
+          <t>9789944330626</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yönlendirilmiş Erkek</t>
+          <t>Homo Hapticus</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>595</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944330541</t>
+          <t>9789944330619</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Duyulmayan Anlam Çığlığı</t>
+          <t>Erkekler Neden Gider Neden Kalır</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944330534</t>
+          <t>9789944330602</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olmak ve Aşk</t>
+          <t>Önce Ben Öleceğim</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>260</v>
+        <v>765</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944330527</t>
+          <t>9789944330558</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Toprağına Tutunanlar - Yasak Mıntıkanın Çocukları 2</t>
+          <t>Yaralarım Aşktandır (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>315</v>
+        <v>925</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944330404</t>
+          <t>9789944330589</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Orospusu</t>
+          <t>Erkekler Neden Bağlanır?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>625</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944330510</t>
+          <t>9789944330596</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sen Hiç Olmayacak Bir Şeydin</t>
+          <t>Gezgin ile Gölgesi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789944330497</t>
+          <t>9789944330381</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bölünmüş Haritalara Ağıt</t>
+          <t>Dereköy (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>165</v>
+        <v>850</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944330503</t>
+          <t>9789944330565</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Erkek Olmanın Tehlikeleri</t>
+          <t>İtaate Karşı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944330039</t>
+          <t>9789944330572</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Renkli Günler</t>
+          <t>Yönlendirilmiş Erkek</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>165</v>
+        <v>390</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944330022</t>
+          <t>9789944330541</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Av Hikayeleri</t>
+          <t>Duyulmayan Anlam Çığlığı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>315</v>
+        <v>395</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944330480</t>
+          <t>9789944330534</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Gerçekten Ne İster</t>
+          <t>Aşık Olmak ve Aşk</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944330466</t>
+          <t>9789944330527</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Seninle Konuşuyor</t>
+          <t>Toprağına Tutunanlar - Yasak Mıntıkanın Çocukları 2</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>510</v>
+        <v>395</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944330473</t>
+          <t>9789944330404</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sümerler</t>
+          <t>Şeytanın Orospusu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>475</v>
+        <v>780</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944330459</t>
+          <t>9789944330510</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Kanadına Sarıldım</t>
+          <t>Hayat Sen Hiç Olmayacak Bir Şeydin</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944330435</t>
+          <t>9789944330497</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Beyel'in Yas Tutanları</t>
+          <t>Bölünmüş Haritalara Ağıt</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>315</v>
+        <v>210</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944330428</t>
+          <t>9789944330503</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizde Yeni Yollar</t>
+          <t>Erkek Olmanın Tehlikeleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>365</v>
+        <v>490</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944330411</t>
+          <t>9789944330039</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Psikanaliz</t>
+          <t>Renkli Günler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944330398</t>
+          <t>9789944330022</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kadın Psikolojisi</t>
+          <t>Ermeni Av Hikayeleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>490</v>
+        <v>395</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944330374</t>
+          <t>9789944330480</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dağın Şeyhi Hasan Sabbah</t>
+          <t>Erkekler Gerçekten Ne İster</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>615</v>
+        <v>480</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944330367</t>
+          <t>9789944330466</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığımın Çinisi</t>
+          <t>Meleklerin Seninle Konuşuyor</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>640</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944330312</t>
+          <t>9789944330473</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mahir</t>
+          <t>Sümerler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>875</v>
+        <v>595</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944330336</t>
+          <t>9789944330459</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İbo</t>
+          <t>Kuşların Kanadına Sarıldım</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>690</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944330329</t>
+          <t>9789944330435</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Deniz</t>
+          <t>Beyel'in Yas Tutanları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>690</v>
+        <v>390</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944330343</t>
+          <t>9789944330428</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçalar Cadılar ve Aykırı Kadınlar</t>
+          <t>Psikanalizde Yeni Yollar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>415</v>
+        <v>460</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944330299</t>
+          <t>9789944330411</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gümrük Skandalları</t>
+          <t>Kendi Kendine Psikanaliz</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>375</v>
+        <v>490</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944330268</t>
+          <t>9789944330398</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Seni Unutmayı Öğret Bana</t>
+          <t>Kadın Psikolojisi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>165</v>
+        <v>620</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944330275</t>
+          <t>9789944330374</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hüzündür Aşk</t>
+          <t>Dağın Şeyhi Hasan Sabbah</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>165</v>
+        <v>760</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944330282</t>
+          <t>9789944330367</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hestır Mezal Nedane</t>
+          <t>Yalnızlığımın Çinisi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>165</v>
+        <v>315</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944330053</t>
+          <t>9789944330312</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Mahir</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>125</v>
+        <v>990</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944330213</t>
+          <t>9789944330336</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Siyah Telaş</t>
+          <t>İbo</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>640</v>
+        <v>860</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944330206</t>
+          <t>9789944330329</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yasak Mıntıkanın Çocukları</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>315</v>
+        <v>860</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944330190</t>
+          <t>9789944330343</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Etnik ve Dini Azınlıklar</t>
+          <t>Tanrıçalar Cadılar ve Aykırı Kadınlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>510</v>
+        <v>520</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789940330183</t>
+          <t>9789944330299</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Akla Uygun Aşk</t>
+          <t>Gümrük Skandalları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>50</v>
+        <v>470</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944330176</t>
+          <t>9789944330268</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dolunayda Kızıl Tef Çalan Kadınlar</t>
+          <t>Seni Unutmayı Öğret Bana</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>475</v>
+        <v>210</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944330145</t>
+          <t>9789944330275</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yaralarım Aşktandır</t>
+          <t>Hüzündür Aşk</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>410</v>
+        <v>210</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944330077</t>
+          <t>9789944330282</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Malta Geceleri / Pierre Loti Hitabesi</t>
+          <t>Hestır Mezal Nedane</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944330138</t>
+          <t>9789944330053</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dersim Kültür Sanat İçinde</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944330121</t>
+          <t>9789944330213</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kabuk</t>
+          <t>Siyah Telaş</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944330169</t>
+          <t>9789944330206</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Alevi Sorunu Nereden Nereye...</t>
+          <t>Yasak Mıntıkanın Çocukları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>360</v>
+        <v>395</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944330244</t>
+          <t>9789944330190</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sırrı Giz Eylediler</t>
+          <t>Ortadoğu’da Etnik ve Dini Azınlıklar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>640</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944330237</t>
+          <t>9789940330183</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bana Aydınlıktan Söz Et</t>
+          <t>Akla Uygun Aşk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>315</v>
+        <v>50</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944330251</t>
+          <t>9789944330176</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Dalgasıyım</t>
+          <t>Dolunayda Kızıl Tef Çalan Kadınlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>165</v>
+        <v>590</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944330114</t>
+          <t>9789944330145</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Vakti</t>
+          <t>Yaralarım Aşktandır</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
+          <t>9789944330077</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Malta Geceleri / Pierre Loti Hitabesi</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789944330138</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Dersim Kültür Sanat İçinde</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789944330121</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Kabuk</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789944330169</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Alevi Sorunu Nereden Nereye...</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789944330244</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Sırrı Giz Eylediler</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789944330237</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Bana Aydınlıktan Söz Et</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789944330251</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Denizlerin Dalgasıyım</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789944330114</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Kırılma Vakti</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
           <t>9789944330046</t>
         </is>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Bel - Ami</t>
         </is>
       </c>
-      <c r="C127" s="1">
-        <v>315</v>
+      <c r="C135" s="1">
+        <v>390</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>