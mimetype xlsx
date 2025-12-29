--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,700 +85,715 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757618874</t>
+          <t>9789757618881</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Ahmed er-Rifai ve Bağdat Velileri</t>
+          <t>Ömür Geçer İzi Kalır</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757618850</t>
+          <t>9789757618874</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal İçin Yazılanlar Cilt 3</t>
+          <t>Seyyid Ahmed er-Rifai ve Bağdat Velileri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789757618867</t>
+          <t>9789757618850</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal İçin Yazılanlar Cilt 4</t>
+          <t>Yahya Kemal İçin Yazılanlar Cilt 3</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789757618812</t>
+          <t>9789757618867</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şehirlerin Çarı - Rus Edebiyatında İstanbul</t>
+          <t>Yahya Kemal İçin Yazılanlar Cilt 4</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757618515</t>
+          <t>9789757618812</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eğil Dağlar</t>
+          <t>Şehirlerin Çarı - Rus Edebiyatında İstanbul</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757618805</t>
+          <t>9789757618515</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarisinde Kanuni Sultan Süleyman Devri - Anadolu VII. Cilt (Ciltli)</t>
+          <t>Eğil Dağlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757618799</t>
+          <t>9789757618805</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mimarimizde Gelenek ve Ruh</t>
+          <t>Osmanlı Mimarisinde Kanuni Sultan Süleyman Devri - Anadolu VII. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789757618775</t>
+          <t>9789757618799</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Mimarimizde Gelenek ve Ruh</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757618782</t>
+          <t>9789757618775</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Son Keşifler Derlenmemiş Şiir, Makale, Röportaj ve Mektuplar</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757618232</t>
+          <t>9789757618782</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bitmemiş Şiirler</t>
+          <t>Son Keşifler Derlenmemiş Şiir, Makale, Röportaj ve Mektuplar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757618461</t>
+          <t>9789757618232</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Yahya Kemal Enstitüsü Mecmuası V</t>
+          <t>Bitmemiş Şiirler</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757618553</t>
+          <t>9789757618461</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Külah-ı Mevlevi</t>
+          <t>İstanbul Yahya Kemal Enstitüsü Mecmuası V</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757618393</t>
+          <t>9789757618553</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mi’marisinde Kanuni Sultan Süleyman Devri İstanbul 6. Cilt (Ciltli)</t>
+          <t>Külah-ı Mevlevi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789757618751</t>
+          <t>9789757618393</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İlk Defter</t>
+          <t>Osmanlı Mi’marisinde Kanuni Sultan Süleyman Devri İstanbul 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757618744</t>
+          <t>9789757618751</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gümülcine Şehreküstü İlk Mektebi</t>
+          <t>İlk Defter</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757618720</t>
+          <t>9789757618744</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Musıkide Bir Silsile</t>
+          <t>Gümülcine Şehreküstü İlk Mektebi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757618713</t>
+          <t>9789757618720</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ekrem Hakkı Ayverdi Usülüyle Türk Mimari Eserlerinin Yeniden Tesbiti Slovakya-Macaristan</t>
+          <t>Musıkide Bir Silsile</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789757618706</t>
+          <t>9789757618713</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kiliseye Çevrilen Türk Eserleri - The Turkish Monuments Converted into Churches (Ciltli)</t>
+          <t>Ekrem Hakkı Ayverdi Usülüyle Türk Mimari Eserlerinin Yeniden Tesbiti Slovakya-Macaristan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789757618690</t>
+          <t>9789757618706</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tezkire-i Rumat (Ciltli)</t>
+          <t>Kiliseye Çevrilen Türk Eserleri - The Turkish Monuments Converted into Churches (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757618027</t>
+          <t>9789757618690</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Rubailer ve Hayyam Rubailerini Türkçe Söyleyiş</t>
+          <t>Tezkire-i Rumat (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757618683</t>
+          <t>9789757618027</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarisi 3. Cilt - B (Ciltli)</t>
+          <t>Rubailer ve Hayyam Rubailerini Türkçe Söyleyiş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757618676</t>
+          <t>9789757618683</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarisi 2. Cilt - B (Ciltli)</t>
+          <t>Osmanlı Mimarisi 3. Cilt - B (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1000</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757618669</t>
+          <t>9789757618676</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehri Düşünmek</t>
+          <t>Osmanlı Mimarisi 2. Cilt - B (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757618652</t>
+          <t>9789757618669</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal ve Üsküp</t>
+          <t>Bir Şehri Düşünmek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757618645</t>
+          <t>9789757618652</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mukarnas</t>
+          <t>Yahya Kemal ve Üsküp</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757618560</t>
+          <t>9789757618645</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kosova Kitabeleri</t>
+          <t>Mukarnas</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757618119</t>
+          <t>9789757618560</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tarih Musahabeleri</t>
+          <t>Kosova Kitabeleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757618638</t>
+          <t>9789757618119</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bahtiyarzade Okçuluk Risalesi</t>
+          <t>Tarih Musahabeleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757618621</t>
+          <t>9789757618638</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarisi 1. Cilt - A (Ciltli)</t>
+          <t>Bahtiyarzade Okçuluk Risalesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757618614</t>
+          <t>9789757618621</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Okçuluk Sicil Defteri</t>
+          <t>Osmanlı Mimarisi 1. Cilt - A (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757618607</t>
+          <t>9789757618614</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mükerrem Akıncı ve Yekta Akıncı Hayatları ve Musiki Eserleri</t>
+          <t>Okçuluk Sicil Defteri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789757618591</t>
+          <t>9789757618607</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sigetvar'da Türk Mimarisi</t>
+          <t>Ahmet Mükerrem Akıncı ve Yekta Akıncı Hayatları ve Musiki Eserleri</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757618584</t>
+          <t>9789757618591</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yemen ve San’a Tarihi</t>
+          <t>Sigetvar'da Türk Mimarisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757618171</t>
+          <t>9789757618584</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Eski Şiirin Rüzgarıyle</t>
+          <t>Yemen ve San’a Tarihi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789757618096</t>
+          <t>9789757618171</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Dair</t>
+          <t>Eski Şiirin Rüzgarıyle</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757618089</t>
+          <t>9789757618096</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar Makaleler</t>
+          <t>Edebiyata Dair</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789757618577</t>
+          <t>9789757618089</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ekrem Hakkı Ayverdi 30. Yıl Hatıra Kitabı</t>
+          <t>Mektuplar Makaleler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757618546</t>
+          <t>9789757618577</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Mimar Dr. İ. Aydın Yüksel’e Armağan</t>
+          <t>Ekrem Hakkı Ayverdi 30. Yıl Hatıra Kitabı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789757618478</t>
+          <t>9789757618546</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Siyasi ve Edebi Portreler</t>
+          <t>Yüksek Mimar Dr. İ. Aydın Yüksel’e Armağan</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757618201</t>
+          <t>9789757618478</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hikayeler</t>
+          <t>Siyasi ve Edebi Portreler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789757618438</t>
+          <t>9789757618201</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Mi’mariyye: Ca’fer Efendi 1023/1614</t>
+          <t>Siyasi Hikayeler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757618508</t>
+          <t>9789757618438</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gök Kubbemiz</t>
+          <t>Risale-i Mi’mariyye: Ca’fer Efendi 1023/1614</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757618300</t>
+          <t>9789757618508</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum, Gençliğim, Siyasi ve Edebi Hatıralarım</t>
+          <t>Kendi Gök Kubbemiz</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
+          <t>9789757618300</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğum, Gençliğim, Siyasi ve Edebi Hatıralarım</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
           <t>9789757618492</t>
         </is>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Aziz İstanbul</t>
         </is>
       </c>
-      <c r="C45" s="1">
-        <v>180</v>
+      <c r="C46" s="1">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>