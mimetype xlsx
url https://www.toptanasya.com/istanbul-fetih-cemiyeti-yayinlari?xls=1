--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,715 +85,1225 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757618881</t>
+          <t>3990000015960</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ömür Geçer İzi Kalır</t>
+          <t>İstanbul Yahya Kemal Enstitüsü Mecmuası 5</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757618874</t>
+          <t>9789757618539</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Ahmed er-Rifai ve Bağdat Velileri</t>
+          <t>Tuna'yla Hasbıhal</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789757618850</t>
+          <t>9789757618012</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal İçin Yazılanlar Cilt 3</t>
+          <t>Yahya Kemal Enstitüsü Mecmuası 3. Cilt</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789757618867</t>
+          <t>3990000011613</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal İçin Yazılanlar Cilt 4</t>
+          <t>Yahya Kemal Enstitüsü Mecmuası 2. Cilt</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757618812</t>
+          <t>9789757618268</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şehirlerin Çarı - Rus Edebiyatında İstanbul</t>
+          <t>Yahya Kemal Albümü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757618515</t>
+          <t>9789757618454</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Eğil Dağlar</t>
+          <t>Yahya Kemal - Bütün Şiirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757618805</t>
+          <t>3990000005060</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarisinde Kanuni Sultan Süleyman Devri - Anadolu VII. Cilt (Ciltli)</t>
+          <t>Vekayi’nüvis Makaleler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>2000</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789757618799</t>
+          <t>3990000013092</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mimarimizde Gelenek ve Ruh</t>
+          <t>Tarih-i Ebü’l-Feth</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757618775</t>
+          <t>9789757618071</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Osmanlı Mi’marisinde Fatih Devri 855 - 886 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757618782</t>
+          <t>9789757618063</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Son Keşifler Derlenmemiş Şiir, Makale, Röportaj ve Mektuplar</t>
+          <t>Osmanlı Mi’marisinde Fatih Devri 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757618232</t>
+          <t>9789757618055</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bitmemiş Şiirler</t>
+          <t>Osmanlı Mi’marisinde Çelebi ve 2. Sultan Murad Devri 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757618461</t>
+          <t>9789757618152</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Yahya Kemal Enstitüsü Mecmuası V</t>
+          <t>Osmanlı - İran Siyasi Münasebetleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757618553</t>
+          <t>3990000003050</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Külah-ı Mevlevi</t>
+          <t>Okçuluk Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789757618393</t>
+          <t>3990000005619</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mi’marisinde Kanuni Sultan Süleyman Devri İstanbul 6. Cilt (Ciltli)</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1200</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757618751</t>
+          <t>9789757618187</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İlk Defter</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757618744</t>
+          <t>9789687618074</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gümülcine Şehreküstü İlk Mektebi</t>
+          <t>Konstantiniyye Muhasarası Ruznamesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757618720</t>
+          <t>3990000007067</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Musıkide Bir Silsile</t>
+          <t>İstanbul, Fatih, Fetih ve Fatih Devri Hakkında Yazılmış Kitaplar Bibliyografyası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789757618713</t>
+          <t>9789757618403</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ekrem Hakkı Ayverdi Usülüyle Türk Mimari Eserlerinin Yeniden Tesbiti Slovakya-Macaristan</t>
+          <t>İstanbul Vakıfları Tahrir Defteri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>155</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789757618706</t>
+          <t>3990000013598</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kiliseye Çevrilen Türk Eserleri - The Turkish Monuments Converted into Churches (Ciltli)</t>
+          <t>İsa-zade Tarihi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1000</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757618690</t>
+          <t>9789757618423</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tezkire-i Rumat (Ciltli)</t>
+          <t>Fatih Sultan Mehmet Döneminde Musuki ve Şemsi Rumi’nin Mecmua-i Güfte’si</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>800</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757618027</t>
+          <t>3990000010404</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Rubailer ve Hayyam Rubailerini Türkçe Söyleyiş</t>
+          <t>Evsaf-ı İstanbul</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757618683</t>
+          <t>9789757618195</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarisi 3. Cilt - B (Ciltli)</t>
+          <t>Ekrem Hakkı Ayverdi Hatıra Kitabı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757618676</t>
+          <t>9789757618485</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarisi 2. Cilt - B (Ciltli)</t>
+          <t>Nihad Sami Banarlı Hayatı Şahsiyeti ve Eserleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757618669</t>
+          <t>9789757618160</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehri Düşünmek</t>
+          <t>Çeşmi-zade Tarihi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757618652</t>
+          <t>9789757618386</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal ve Üsküp</t>
+          <t>Alanya Kitabeleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757618645</t>
+          <t>9789757618292</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mukarnas</t>
+          <t>Yahya Kemal’in Bestelenmiş Şiirleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>450</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757618560</t>
+          <t>3990000011612</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kosova Kitabeleri</t>
+          <t>Yahya Kemal Yaşarken</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757618119</t>
+          <t>3990000005618</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tarih Musahabeleri</t>
+          <t>Osmanlı Mi’marisinin İlk Devri (1230 - 1402) 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757618638</t>
+          <t>9789757618522</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bahtiyarzade Okçuluk Risalesi</t>
+          <t>İstanbul’un Fethi Cilt: 3</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>800</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757618621</t>
+          <t>9789757618447</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mimarisi 1. Cilt - A (Ciltli)</t>
+          <t>İstanbul’un Fethi Cilt: 2</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757618614</t>
+          <t>9789757618416</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Okçuluk Sicil Defteri</t>
+          <t>İstanbul’un Fethi Cilt: 1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>600</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789757618607</t>
+          <t>9789757618314</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mükerrem Akıncı ve Yekta Akıncı Hayatları ve Musiki Eserleri</t>
+          <t>Yahya Kemal İçin Yazılanlar 2. Cilt</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757618591</t>
+          <t>9789757618276</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sigetvar'da Türk Mimarisi</t>
+          <t>Yahya Kemal İçin Yazılanlar 1. Cilt</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757618584</t>
+          <t>9789757618379</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yemen ve San’a Tarihi</t>
+          <t>Yahya Kemal Enstitüsü Mecmuası 4. Cilt</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789757618171</t>
+          <t>9789757618881</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Eski Şiirin Rüzgarıyle</t>
+          <t>Ömür Geçer İzi Kalır</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757618096</t>
+          <t>9789757618874</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Edebiyata Dair</t>
+          <t>Seyyid Ahmed er-Rifai ve Bağdat Velileri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789757618089</t>
+          <t>9789757618850</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar Makaleler</t>
+          <t>Yahya Kemal İçin Yazılanlar Cilt 3</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757618577</t>
+          <t>9789757618867</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ekrem Hakkı Ayverdi 30. Yıl Hatıra Kitabı</t>
+          <t>Yahya Kemal İçin Yazılanlar Cilt 4</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789757618546</t>
+          <t>9789757618812</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Mimar Dr. İ. Aydın Yüksel’e Armağan</t>
+          <t>Şehirlerin Çarı - Rus Edebiyatında İstanbul</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757618478</t>
+          <t>9789757618515</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Siyasi ve Edebi Portreler</t>
+          <t>Eğil Dağlar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789757618201</t>
+          <t>9789757618805</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hikayeler</t>
+          <t>Osmanlı Mimarisinde Kanuni Sultan Süleyman Devri - Anadolu VII. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757618438</t>
+          <t>9789757618799</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Mi’mariyye: Ca’fer Efendi 1023/1614</t>
+          <t>Mimarimizde Gelenek ve Ruh</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757618508</t>
+          <t>9789757618775</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gök Kubbemiz</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757618300</t>
+          <t>9789757618782</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum, Gençliğim, Siyasi ve Edebi Hatıralarım</t>
+          <t>Son Keşifler Derlenmemiş Şiir, Makale, Röportaj ve Mektuplar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
+          <t>9789757618232</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Bitmemiş Şiirler</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789757618461</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Yahya Kemal Enstitüsü Mecmuası V</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789757618553</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Külah-ı Mevlevi</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789757618393</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Mi’marisinde Kanuni Sultan Süleyman Devri İstanbul 6. Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789757618751</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>İlk Defter</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789757618744</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Gümülcine Şehreküstü İlk Mektebi</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789757618720</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Musıkide Bir Silsile</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789757618713</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Ekrem Hakkı Ayverdi Usülüyle Türk Mimari Eserlerinin Yeniden Tesbiti Slovakya-Macaristan</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789757618706</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Kiliseye Çevrilen Türk Eserleri - The Turkish Monuments Converted into Churches (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789757618690</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Tezkire-i Rumat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789757618027</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Rubailer ve Hayyam Rubailerini Türkçe Söyleyiş</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789757618683</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Mimarisi 3. Cilt - B (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789757618676</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Mimarisi 2. Cilt - B (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789757618669</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şehri Düşünmek</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789757618652</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Yahya Kemal ve Üsküp</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789757618645</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Mukarnas</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789757618560</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Kosova Kitabeleri</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789757618119</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Musahabeleri</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789757618638</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Bahtiyarzade Okçuluk Risalesi</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789757618621</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Mimarisi 1. Cilt - A (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789757618614</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Okçuluk Sicil Defteri</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789757618607</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Mükerrem Akıncı ve Yekta Akıncı Hayatları ve Musiki Eserleri</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789757618591</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Sigetvar'da Türk Mimarisi</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789757618584</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Yemen ve San’a Tarihi</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789757618171</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Eski Şiirin Rüzgarıyle</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789757618096</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyata Dair</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789757618089</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar Makaleler</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789757618577</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Ekrem Hakkı Ayverdi 30. Yıl Hatıra Kitabı</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789757618546</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Mimar Dr. İ. Aydın Yüksel’e Armağan</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789757618478</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi ve Edebi Portreler</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789757618201</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Hikayeler</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789757618438</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Risale-i Mi’mariyye: Ca’fer Efendi 1023/1614</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789757618508</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Gök Kubbemiz</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789757618300</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğum, Gençliğim, Siyasi ve Edebi Hatıralarım</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
           <t>9789757618492</t>
         </is>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Aziz İstanbul</t>
         </is>
       </c>
-      <c r="C46" s="1">
+      <c r="C80" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>