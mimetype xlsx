--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,1615 +85,2950 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054233656</t>
+          <t>9786054233663</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Taşıyıcı Sistemler Sempozyumu</t>
+          <t>Young Minds Rethinking the Mediterranean</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054233595</t>
+          <t>9786258180558</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>9. Ulusal Sempozyumu : Düşüncenin İletişim Aracı Olarak, Edebiyat Bilim, Sanat ve Felsefe Alanlarında: Dil (6 - 9 Eylül 2011)</t>
+          <t>Büyük Veri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054233533</t>
+          <t>9786258180527</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>8. Ulusal Sempozyumu : Bilim, Felsefe ve Sanatta Postmodern Yaklaşımlar (14-17 Eylül 2010)</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054763115</t>
+          <t>9786258180565</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Wellbeing Esenlik</t>
+          <t>Vücudumuz Hakkında Bildiklerimiz Doğru Mu? (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756957226</t>
+          <t>9786258180596</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler Tarihi ve Vakıf Üniversiteleri</t>
+          <t>Terörizm'in Anatomisi: Psikolojik, Sosyal ve İdeolojik Bir Sentez</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756957080</t>
+          <t>9786054763283</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Taşıyıcı Sistemler</t>
+          <t>5. Uluslararası Türk Dili ve Edebiyatı Öğrenci Kongresi Tudok 2014</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054763740</t>
+          <t>9786054763559</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bilinç</t>
+          <t>Doğuştan Dijital</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258180312</t>
+          <t>9786054763405</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri: Çok Kısa Bir Başlangıç</t>
+          <t>Akademik Özgürlük</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258180299</t>
+          <t>9786054763474</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm: Çok Kısa Bir Başlangıç</t>
+          <t>Yenilikçiler Yaratmak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258180305</t>
+          <t>9789756957851</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kierkegaard: Çok Kısa Bir Başlangıç</t>
+          <t>Mimarlar İçin Statik</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258180169</t>
+          <t>3990000026263</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tilki ve Kirpi ile Aktiviteler</t>
+          <t>Eğitimimize Bakışlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3990000029657</t>
+          <t>9786054763450</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Misyon Mu, Para Mı?</t>
+          <t>Sınır Tanımayanlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>146.25</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054763962</t>
+          <t>9786054763290</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri: Yarım Kalan Aydınlanma Atılımı</t>
+          <t>Üniversite Yolunda Başarının Şifreleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258180138</t>
+          <t>9786054763153</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Zeka: Çok Kısa Bir Başlangıç</t>
+          <t>Akademik Vizyon 2012 - 2013</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258180152</t>
+          <t>9786054233160</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Kuramı: Çok Kısa Bir Başlangıç</t>
+          <t>Empati : Kuramdan Uygulamaya</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258180145</t>
+          <t>9789756957026</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mimari: Çok Kısa Bir Başlangıç</t>
+          <t>Lineer Cebir</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258180121</t>
+          <t>9786054233694</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş: Çok Kısa Bir Başlangıç</t>
+          <t>3. Uluslararası Türk Dili ve Edebiyatı Öğrenci Kongresi 2010 : Bildiriler (Cilt-1)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258180114</t>
+          <t>9786054763221</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Faşizm - Çok Kısa Bir Başlangıç</t>
+          <t>Sociology of Diplomacy Initial Reading</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054763689</t>
+          <t>3990000034598</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kozmoloji</t>
+          <t>5. Aile İşletmeleri Kongresi : Kongre Kitabı (13 - 14 Nisan 2012) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054763641</t>
+          <t>9786054233908</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi</t>
+          <t>10 Yıldır Tartışıyoruz : Mantık, Matematik ve Felsefe Sempozyumu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054763955</t>
+          <t>9789756957721</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hegel</t>
+          <t>Modern Astrolabe Astrometry</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054763924</t>
+          <t>9786054763108</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat</t>
+          <t>Lale Devri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054763917</t>
+          <t>9786054233380</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ’da Savaş</t>
+          <t>Zemin Mekaniği ve Temel Mühendisliği 13. Ulusal Kongresi Cilt: 2</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054763900</t>
+          <t>9786054233373</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi</t>
+          <t>Zemin Mekaniği ve Temel Mühendisliği 13. Ulusal Kongresi Cilt: 1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054763818</t>
+          <t>3990000014582</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>AstroBilgi</t>
+          <t>Yükseköğretimde Kalite ve Türk Yükseköğretimi İçin Öneriler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>525</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054763771</t>
+          <t>9786054233748</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Evrim - Çok Kısa Bir Başlangıç</t>
+          <t>Yeni Medya Sanatı ve Yeni Müze</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054763719</t>
+          <t>9789756957042</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi</t>
+          <t>Yatırım Bütçelemesi ve Yatırım Kararları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054763825</t>
+          <t>9789756957332</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche: Çok Kısa Bir Başlangıç</t>
+          <t>Yangın : Yapı Tasarım İlkeleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054763849</t>
+          <t>9789756957981</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tarih: Çok Kısa Bir Başlangıç</t>
+          <t>Uluslararası Türk Dili Edebiyatı ve Kongresi (27 - 28 Ağustos 2007) UTEK 2007 Cilt: 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054763832</t>
+          <t>9789756957974</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer: Çok Kısa Bir Başlangıç</t>
+          <t>Uluslararası Türk Dili Edebiyatı ve Kongresi (27 - 28 Ağustos 2007) UTEK 2007 Cilt: 1</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054763856</t>
+          <t>9786054233434</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gelecek: Çok Kısa Bir Başlangıç</t>
+          <t>Türkiye - İsrail İlişkileri 1949-2010 / Türkish - Israeli Relations</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054763788</t>
+          <t>3990000009792</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Rönesans Sanatı</t>
+          <t>Türkiye Ekonomisi ve Krizleri Paneli</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054763726</t>
+          <t>3990000008552</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>Türk Kültürü ve Kimliği (Sert Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>74.07</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054763931</t>
+          <t>9789756957554</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Matematik: Çok Kısa Bir Başlangıç</t>
+          <t>Türk Kültürü ve Kimliği (Karton Kapak)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258180022</t>
+          <t>9789756957059</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İspanyol İç Savaşı: Çok Kısa Bir Başlangıç</t>
+          <t>Türk Dili ve Kompozisyon</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258180039</t>
+          <t>9789756957219</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm: Çok Kısa Bir Başlangıç</t>
+          <t>Turbo Pascal</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054763948</t>
+          <t>9789756957325</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Marx: Çok Kısa Bir Başlangıç</t>
+          <t>Tiyatro Tarihi : Ders Notları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054763863</t>
+          <t>9789756957660</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarette Güncel Konular</t>
+          <t>Talim ve Terbiye Kurulu’nun Türk Eğitimindeki Rolü ve Etkileri Forumu : 16 Mart 2007</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>84</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054763795</t>
+          <t>9789756957561</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Ekonomi</t>
+          <t>Surveying Dictionary : English-Turkish, Turkish-English and Abbreviations and URL Addresses</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>84</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054763870</t>
+          <t>9786054233274</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gelecekte Ekonomi</t>
+          <t>Stres</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>144</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054763764</t>
+          <t>9786054233564</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Sektöründe Proje Yönetimi</t>
+          <t>Siber Savaş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>96</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258180015</t>
+          <t>9789756957264</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Felsefe</t>
+          <t>Polifoni : Ders Notları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054763634</t>
+          <t>9786054233618</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılığın Ruhu</t>
+          <t>Physics Laboratory Manual : Mechanics</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>96</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054763603</t>
+          <t>9786054233731</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İşte Z Kuşağı</t>
+          <t>Physics Laboratory Manual : Electricity and Magnetism</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054763597</t>
+          <t>3990000003872</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Yetişkin Yaratmak</t>
+          <t>Physics - 2 : Lecture Notes for Engineering Students</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054763580</t>
+          <t>9789756957356</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Çocukların Okul Halleri</t>
+          <t>Pascal Programlama Dili</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>135</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054763535</t>
+          <t>9786054233267</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Milenyum Kuşağının Kuralları</t>
+          <t>Özel Eğitim Modelleri ve Uygulamaları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054763528</t>
+          <t>9786054233014</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Koruma Siyaseti ve Pratiği / BMMYK</t>
+          <t>Öğrenme ve Öğrenme Bozuklukları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054763504</t>
+          <t>9786054233519</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Küresel Yönetişim</t>
+          <t>Office : Word-Excel-Power Point-Access İngilizce Sürüm</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>135</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054763443</t>
+          <t>9789756957288</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Sevebilmek</t>
+          <t>Mimarlıkta Teknik Mekanik Statik Taşıyıcı Sistemlerin Dengesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>135</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054763399</t>
+          <t>9789756957370</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Edebiyatı Tarihi</t>
+          <t>Mathematics - 2</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>525</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054763160</t>
+          <t>9789756957363</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Empati</t>
+          <t>Mathematics - 1</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>70</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054763306</t>
+          <t>9789756957837</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>6. Aile İşletmeleri Kongresi</t>
+          <t>Marmara Denizi’nin Değişen Oşinografik Şartlarının İzlenmesi Projesi : 2007 Yaz Ayağı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054763375</t>
+          <t>9786054233359</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası Akıl</t>
+          <t>Mantık, Matematik ve Felsefe : 7. Ulusal Sempozyumu 8 - 11 Eylül 2009 : Toplum, Bilim, Teknoloji ve Etik Değerler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>3990000032473</t>
+          <t>9786054233090</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Terapi Olarak Sinema</t>
+          <t>Mantık, Matematik ve Felsefe : 6. Ulusal Sempozyumu 16 - 19 Eylül : Evrim</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000032474</t>
+          <t>9789756957868</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Derinlemesine Öğrenme</t>
+          <t>Mantık, Matematik ve Felsefe : 5. Ulusal Sempozyumu 11 - 14 Eylül 2007 : Bilim ve Sanat</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>135</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054233571</t>
+          <t>9789756957745</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>4. Aile İşletmeleri Kongresi / Konuşmalar (Ciltli)</t>
+          <t>Mantık, Matematik ve Felsefe : 4. Ulusal Sempozyumu 5 - 8 Eylül 2004 : Olasılık</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>60</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054763122</t>
+          <t>9789756957738</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uzun Ömür Projesi</t>
+          <t>Mantık, Matematik ve Felsefe 3. Ulusal Sempozyumu: Sonsuzluk  ve Görelilik</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>135</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054233892</t>
+          <t>3990000009791</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>10. Ulusal Sempozyumu "Üniversite, Üniversitelerimiz, Üniversite Nereye?" 4 - 7 Eylül 2012</t>
+          <t>Mantık, Matematik ve Felsefe : 2. Ulusal Sempozyumu 21 - 24 Eylül 2004 : Kaos</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>60</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054763214</t>
+          <t>9789756957448</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Devlet Anlayışı ve Türkiye</t>
+          <t>Mantık, Matematik ve Felsefe : 1. Ulusal Sempozyumu 26 - 28 Eylül 2004</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>60</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054763207</t>
+          <t>9786054233861</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür İktisat</t>
+          <t>Lozan ve Mübadele</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>42</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054763276</t>
+          <t>9789756957752</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Dünyada Farklı Sorunlar Farklı Perspektifler 2014</t>
+          <t>İktisadın Duayenleri Konferans Serisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>36</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054763269</t>
+          <t>9789756957929</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinde Net Hata ve Noksanlar</t>
+          <t>International Symposium on Geometric Function Theory and Applications : 2007 Proceedings</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>36</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054763252</t>
+          <t>9789756957912</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tek Atımlık Zar : Obama'nın İran Diplomasisi</t>
+          <t>Genomik Uygulamalar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>135</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054763146</t>
+          <t>3990000003896</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Psikoloji, Kültürler Arası Psikoloji, Yerel Psikoloji</t>
+          <t>General Mathematics</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054233588</t>
+          <t>3990000011617</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Jeopolitiği ve Küreselleşme : Mayıs 2011/ Sayı: 6</t>
+          <t>Genel Kimya : Ders Notları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>36</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054763047</t>
+          <t>9786054233304</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>5. Aile İşletmeleri Kongresi : Konuşmalar (13 - 14 Nisan 2012) (Ciltli)</t>
+          <t>Future Learning 2010 : Proceedings</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>60</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054233939</t>
+          <t>9786054763016</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Biçimin Serüveni</t>
+          <t>Fizik Laboratuvarı Deney Kitabı : Elektrik ve Manyetizma</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>42</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054763351</t>
+          <t>9786054233915</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Fahamettin Akıngüç - Kendini Eğitime Adamış Bir Mühendis</t>
+          <t>Fizik Laboratuvarı Deney Kitabı : Mekanik</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054763412</t>
+          <t>9789756957899</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kaygı</t>
+          <t>Fırtınanın Ortasındaki Ülke : Almanya’nın Avrupa Politikası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>170</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054233410</t>
+          <t>9789756957165</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yeter Sustuğum</t>
+          <t>Esprie</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756957110</t>
+          <t>9789756957530</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yapı Bilgisi</t>
+          <t>Dream</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054233151</t>
+          <t>9789756957103</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Enerji Diplomasisi Paneli 2008</t>
+          <t>Diferansiyel Denklemler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>36</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054233540</t>
+          <t>9789756957097</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Açılımı : Söyleşi</t>
+          <t>Depreme Dayanıklı Binaların Tasarımı ve Yapım İlkeleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>80</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054233496</t>
+          <t>9786054233755</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku</t>
+          <t>Çizginin Yolculuğu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>24</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054233557</t>
+          <t>9789756957189</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>The Heybeliada Talks: Two Years of Publics Diplomacy on Cyprus</t>
+          <t>Çatılar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>60</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054233526</t>
+          <t>9789756957998</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Oyun (Ciltli)</t>
+          <t>Cyprus: Unity and Difference</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054763009</t>
+          <t>9786054233458</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>PIC Basic Uygulamaları</t>
+          <t>Cyprus: A European Anomaly</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>36</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054233243</t>
+          <t>9789756957462</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Öğretme; Yürekleriyle Öğrensinler</t>
+          <t>Cumhuriyet Sanat Sempozyumu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054233717</t>
+          <t>9789756957240</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Namus Cinayetleri</t>
+          <t>Cementa</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054233953</t>
+          <t>9786054233007</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası Çalışmalar : Ötekinin Sözü / Les Travaux Interculturels : La Parole de L'Autre</t>
+          <t>Cari Açık ve İhracatın Yıldızları Paneli</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>36</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054233427</t>
+          <t>9789756957769</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kırıp Dökmeden</t>
+          <t>C++ Programlama Dili</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054233038</t>
+          <t>9789756957349</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kendinizi Tanıyın</t>
+          <t>C Programlama Dili</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054233298</t>
+          <t>9786054233069</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kainatta Bir Nokta : Nüzhet Gökdoğan</t>
+          <t>Britain and the 1960 Cyprus Accords: A Study in Pragmatism</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>36</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054233601</t>
+          <t>9786054233250</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kadının Karar Mekanizmalarında Temsilinin ve Gücünün Arttırılması Semineri</t>
+          <t>Batıl İnanç</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054233502</t>
+          <t>9789756957776</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İşletme Hukuku</t>
+          <t>Eğitim Psikolojisi Sempozyum Kitabı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>24</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054233045</t>
+          <t>9789756957653</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İş: Hayatın Kalbi</t>
+          <t>Bankadan Medyaya Türk Finans Piyasası Paneli</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054233113</t>
+          <t>9789756957950</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi ve Eğitimi Açısından Kat Hizmetleri</t>
+          <t>Astroloji Çürütüldü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>60</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054233168</t>
+          <t>9789756957424</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hücre Biyolojisi Laboratuvarı</t>
+          <t>Analitik Geometri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054233489</t>
+          <t>9789756957820</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hukuka Giriş</t>
+          <t>Dünyada Yaşanan Küresel Sermaye Hareketleri ve Türkiye’nin Konumu Paneli</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>24</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054233311</t>
+          <t>9789756957783</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Geogebra</t>
+          <t>1. Uluslararası Türk Dili ve Edebiyatı Öğrenci Kongresi (11 - 13 Eylül 2006)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>70</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054233625</t>
+          <t>9789756957431</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>General Chemistry Laboratory Manual</t>
+          <t>1. Aile İşletmeleri Kongresi : Kongre Kitabı (17 - 18 Nisan 2014)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054233649</t>
+          <t>9789756957844</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Esintiler 2000 - 2010</t>
+          <t>Sanat Yönetimi'nin Boyutları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054233441</t>
+          <t>9789756957875</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Enerji Güvenliği : Dünya ve Türkiye Paneli 2010</t>
+          <t>Representations of Food in British Literature : International Symposium - Proceedings (15 - 16 November 2007)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>36</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054233144</t>
+          <t>9789756957301</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Krizler ve Çıkış Yolları Paneli 2009</t>
+          <t>Kuramdan Çözümlemeye Felsefe ve Doğa</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>36</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054233120</t>
+          <t>9789756957479</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Fotoğraf</t>
+          <t>Konu ve Problemleri ile Kompleks Fonksiyonlar Teorisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>54</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054233472</t>
+          <t>9789756957622</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çağı Yaşamak, Önyargıları Yıkmak</t>
+          <t>Kimliğim ve Ben</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>90</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054233328</t>
+          <t>9786054763023</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Benim Manevi Mirasım Bilim ve Akıldır</t>
+          <t>Kızlar Başka!</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>36</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054233076</t>
+          <t>9789756957233</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Başarı İçin Küçük Adımlar</t>
+          <t>Aile İşletmelerinin Yapısı ve Geleceği</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>36</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054233236</t>
+          <t>9789756957400</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Başaklar Savrulurken</t>
+          <t>Ahşap Yapım Sistemleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054233403</t>
+          <t>9786054233083</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Aykırılar Gereklidir</t>
+          <t>6. Temel Bilimler Lisansüstü Yaz Okulu : IRAF ve Tayfsal İndirgeme (11 - 16 Ağustos 2008)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>135</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054233878</t>
+          <t>9786054233281</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’le Ortaçağ Karanlığından Aydınlığa</t>
+          <t>4. Aile İşletmeleri Kongresi : Kongre Kitabı (Kongre Kitabı 16-17 Nisan 2010) (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>36</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054233885</t>
+          <t>9786054233106</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Kerpiç Mimarlığı</t>
+          <t>3. Aile İşletmeleri Kongresi : Konuşmalar (18-19 Nisan 2008)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054233137</t>
+          <t>9789756957790</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ana-Babalık Sanatı</t>
+          <t>3. Aile İşletmeleri Kongresi : Kongre Kitabı (18 - 19 Nisan 2008)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>135</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
+          <t>9789756957295</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>2000’li Yıllarda Lise Eğitimine Çağdaş Yaklaşımlar Sempozyumu : Bildiriler (8 - 9 Haziran 2002)</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786054233205</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>2. Uluslararası Türk Dili ve Edebiyatı Öğrenci Kongresi : Bildiriler Cilt: 2 (TUDOK 4 - 6 Ağustos 2008)</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786054233199</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>2. Uluslararası Türk Dili ve Edebiyatı Öğrenci Kongresi : Bildiriler Cilt: 1 (TUDOK 4 - 6 Austos 2008)</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789756957707</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomisinde 2006 Yılı Sonuçları, 2007 Yılı Beklentileri Paneli</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9799756957546</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>2. Aile İşletmeleri Kongresi : Kongre Kitabı (14 - 15 Nisan 2006)</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>92.59</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789756957806</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>16. Ulusal Yönetim ve Organizasyon Kongresi : Bildiriler Kitabı (16-18 Mayıs 2008)</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>92.59</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786054233656</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlıkta Taşıyıcı Sistemler Sempozyumu</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786054233595</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>9. Ulusal Sempozyumu : Düşüncenin İletişim Aracı Olarak, Edebiyat Bilim, Sanat ve Felsefe Alanlarında: Dil (6 - 9 Eylül 2011)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786054233533</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>8. Ulusal Sempozyumu : Bilim, Felsefe ve Sanatta Postmodern Yaklaşımlar (14-17 Eylül 2010)</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786054763115</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Wellbeing Esenlik</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789756957226</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Üniversiteler Tarihi ve Vakıf Üniversiteleri</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789756957080</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlıkta Taşıyıcı Sistemler</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786054763740</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Bilinç</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786258180312</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Haçlı Seferleri: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786258180299</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Sosyalizm: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786258180305</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Kierkegaard: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786258180169</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Tilki ve Kirpi ile Aktiviteler</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>3990000029657</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Misyon Mu, Para Mı?</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786054763962</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Köy Enstitüleri: Yarım Kalan Aydınlanma Atılımı</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786258180138</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Zeka: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786258180152</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kuantum Kuramı: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786258180145</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Mimari: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786258180121</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Savaş: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786258180114</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Faşizm - Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786054763689</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Kozmoloji</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786054763641</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786054763955</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Hegel</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786054763924</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Modern Sanat</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786054763917</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Antik Çağ’da Savaş</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786054763900</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Devrimi</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786054763818</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>AstroBilgi</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786054763771</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Evrim - Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786054763719</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Tarihi</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786054763825</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Nietzsche: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786054763849</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Tarih: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786054763832</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Schopenhauer: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786054763856</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Gelecek: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786054763788</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Rönesans Sanatı</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786054763726</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Psikoloji</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786054763931</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Matematik: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786258180022</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>İspanyol İç Savaşı: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786258180039</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizm: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786054763948</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Marx: Çok Kısa Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786054763863</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Ticarette Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786054763795</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Ekonomi</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786054763870</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Gelecekte Ekonomi</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786054763764</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>İnşaat Sektöründe Proje Yönetimi</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786258180015</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786054763634</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcılığın Ruhu</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786054763603</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>İşte Z Kuşağı</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786054763597</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yetişkin Yaratmak</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786054763580</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Göçmen Çocukların Okul Halleri</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786054763535</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Milenyum Kuşağının Kuralları</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786054763528</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Mülteci Koruma Siyaseti ve Pratiği / BMMYK</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786054763504</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Yönetişim</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786054763443</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Her Şeyi Sevebilmek</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786054763399</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Türk Edebiyatı Tarihi</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786054763160</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Empati</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786054763306</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>6. Aile İşletmeleri Kongresi</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786054763375</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Kültürlerarası Akıl</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>3990000032473</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Terapi Olarak Sinema</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>3990000032474</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Derinlemesine Öğrenme</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786054233571</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>4. Aile İşletmeleri Kongresi / Konuşmalar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786054763122</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Ömür Projesi</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786054233892</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>10. Ulusal Sempozyumu "Üniversite, Üniversitelerimiz, Üniversite Nereye?" 4 - 7 Eylül 2012</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786054763214</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Devlet Anlayışı ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786054763207</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ömür İktisat</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786054763276</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşen Dünyada Farklı Sorunlar Farklı Perspektifler 2014</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786054763269</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomisinde Net Hata ve Noksanlar</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786054763252</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Tek Atımlık Zar : Obama'nın İran Diplomasisi</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786054763146</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Psikoloji, Kültürler Arası Psikoloji, Yerel Psikoloji</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786054233588</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Jeopolitiği ve Küreselleşme : Mayıs 2011/ Sayı: 6</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786054763047</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>5. Aile İşletmeleri Kongresi : Konuşmalar (13 - 14 Nisan 2012) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786054233939</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Biçimin Serüveni</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786054763351</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Fahamettin Akıngüç - Kendini Eğitime Adamış Bir Mühendis</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786054763412</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Kaygı</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786054233410</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Yeter Sustuğum</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789756957110</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Yapı Bilgisi</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786054233151</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Enerji Diplomasisi Paneli 2008</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786054233540</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatro Açılımı : Söyleşi</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786054233496</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Ticaret Hukuku</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786054233557</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>The Heybeliada Talks: Two Years of Publics Diplomacy on Cyprus</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786054233526</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Sekiz Oyun (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786054233243</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Öğretme; Yürekleriyle Öğrensinler</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786054233717</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Namus Cinayetleri</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786054233953</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Kültürlerarası Çalışmalar : Ötekinin Sözü / Les Travaux Interculturels : La Parole de L'Autre</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786054233113</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Kaynakları Yönetimi ve Eğitimi Açısından Kat Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786054233649</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Esintiler 2000 - 2010</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786054233878</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’le Ortaçağ Karanlığından Aydınlığa</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
           <t>9786054233724</t>
         </is>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Ana - Babalık Sanatı - 2</t>
         </is>
       </c>
-      <c r="C106" s="1">
-        <v>135</v>
+      <c r="C195" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>