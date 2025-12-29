--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,7720 +85,7750 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255967794</t>
+          <t>9786256820999</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Anatomi</t>
+          <t>Örnek Reçete Acil Yaklaşımlar ve EKG Örnekleri Cep Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>843.6</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256820166</t>
+          <t>9786255967824</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Temel Ebelik (2 Cilt) (Ciltli)</t>
+          <t>Fizyoterapi ve Rehabilitasyona Giriş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>11100</v>
+        <v>1431.9</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255967701</t>
+          <t>9786255967794</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ebelikte Eğitim ve Öğretim</t>
+          <t>Sağlık Bilimleri İçin Anatomi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1110</v>
+        <v>843.6</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256820845</t>
+          <t>9786256820166</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelikte Sağlık Hikayesi Alma ve Fizik Muayene Uygulama Rehberi</t>
+          <t>A'dan Z'ye Temel Ebelik (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>843.6</v>
+        <v>11100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256820470</t>
+          <t>9786255967701</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Temel Endokrinoloji ve Diyabet</t>
+          <t>Ebelikte Eğitim ve Öğretim</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>3862.8</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944211932</t>
+          <t>9786256820845</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beslenme ve Diyet Temel İlkeleri</t>
+          <t>Hemşirelikte Sağlık Hikayesi Alma ve Fizik Muayene Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>2109</v>
+        <v>843.6</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057607522</t>
+          <t>9786256820470</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Eklem Mobilizasyonu ve Manipulasyonu</t>
+          <t>Temel Endokrinoloji ve Diyabet</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>2442</v>
+        <v>3862.8</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255967138</t>
+          <t>9789944211932</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yumuşak Doku Mobilizasyon Teknikleri: Kanıta Dayalı Yaklaşımlar</t>
+          <t>Beslenme ve Diyet Temel İlkeleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1864.8</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255967275</t>
+          <t>9786057607522</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinlerde Klinik Beslenme - 2</t>
+          <t>Ortopedik Eklem Mobilizasyonu ve Manipulasyonu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1731.6</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255967503</t>
+          <t>9786255967138</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Williams Hematoloji El Kitabı (Ciltli)</t>
+          <t>Yumuşak Doku Mobilizasyon Teknikleri: Kanıta Dayalı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>5772</v>
+        <v>1864.8</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255967466</t>
+          <t>9786255967275</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Vakalarla Çocuk Diş Hekimliği</t>
+          <t>Yetişkinlerde Klinik Beslenme - 2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>2997</v>
+        <v>1731.6</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255967473</t>
+          <t>9786255967503</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Uyuz</t>
+          <t>Williams Hematoloji El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>3219</v>
+        <v>5772</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255967299</t>
+          <t>9786255967466</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tıp Eğitiminde Güncel Radyoloji</t>
+          <t>Vakalarla Çocuk Diş Hekimliği</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1776</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255967237</t>
+          <t>9786255967473</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Stahl Temel Psikofarmakoloji Vaka Çalışmaları 4 - Çocuk ve Adölesan</t>
+          <t>Uyuz</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>4107</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255967497</t>
+          <t>9786255967299</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Kültürel, Ekonomik Faktörlerle Tıp Anlayışı Tarihi ve Diş Hekimliği Tarihi</t>
+          <t>Tıp Eğitiminde Güncel Radyoloji</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>999</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255967398</t>
+          <t>9786255967237</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sektöründe İnsan İlişkileri ve İletişim Becerileri</t>
+          <t>Stahl Temel Psikofarmakoloji Vaka Çalışmaları 4 - Çocuk ve Adölesan</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>532.8</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255967176</t>
+          <t>9786255967497</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Fakülteleri İçin Kliniğe Yönelik Temel Anatomi</t>
+          <t>Sosyal, Kültürel, Ekonomik Faktörlerle Tıp Anlayışı Tarihi ve Diş Hekimliği Tarihi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>1376.4</v>
+        <v>999</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255967220</t>
+          <t>9786255967398</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Mikrobiyoloji</t>
+          <t>Sağlık Sektöründe İnsan İlişkileri ve İletişim Becerileri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1221</v>
+        <v>532.8</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255967312</t>
+          <t>9786255967176</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>5-Dakikada Acil Tıp Rehberi (Ciltli)</t>
+          <t>Sağlık Fakülteleri İçin Kliniğe Yönelik Temel Anatomi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>12432</v>
+        <v>1376.4</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255967077</t>
+          <t>9786255967220</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Resuscitation</t>
+          <t>Sağlık Bilimleri İçin Mikrobiyoloji</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1776</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255967510</t>
+          <t>9786255967312</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Hematoloji ve Onkoloji El Kitabı</t>
+          <t>5-Dakikada Acil Tıp Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>4107</v>
+        <v>12432</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255967480</t>
+          <t>9786255967077</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Pain Management in Emergency Medicine</t>
+          <t>Resuscitation</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>2442</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255967374</t>
+          <t>9786255967510</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Otoimmün Hastalıklarda Tıbbi Beslenme Tedavisi</t>
+          <t>Pediatrik Hematoloji ve Onkoloji El Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1265.4</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255967268</t>
+          <t>9786255967480</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Olgularla Ortopedik Rehabilitasyon</t>
+          <t>Pain Management in Emergency Medicine</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>2042.4</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255967534</t>
+          <t>9786255967374</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Obstetrik ve Jinekolojide Ultrasonografi Atlası</t>
+          <t>Otoimmün Hastalıklarda Tıbbi Beslenme Tedavisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>8658</v>
+        <v>1265.4</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255967206</t>
+          <t>9786255967268</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Obezite Tanı ve Tedavide Güncel Yaklaşım</t>
+          <t>Olgularla Ortopedik Rehabilitasyon</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>932.4</v>
+        <v>2042.4</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255967169</t>
+          <t>9786255967534</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mesleki Rehabilitasyon</t>
+          <t>Obstetrik ve Jinekolojide Ultrasonografi Atlası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>2131.2</v>
+        <v>8658</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256820975</t>
+          <t>9786255967206</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mecburi Hizmet El Kitabı</t>
+          <t>Obezite Tanı ve Tedavide Güncel Yaklaşım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1887</v>
+        <v>932.4</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255967350</t>
+          <t>9786255967169</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kritik Hastaların Acil Serviste Resüsitasyonu</t>
+          <t>Mesleki Rehabilitasyon</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>2664</v>
+        <v>2131.2</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255967305</t>
+          <t>9786256820975</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Klinik Obstetrik Fetus ve Anne</t>
+          <t>Mecburi Hizmet El Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>9324</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255967558</t>
+          <t>9786255967350</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hastalıklarında Bitkilerle Modern Tedavi</t>
+          <t>Kritik Hastaların Acil Serviste Resüsitasyonu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>3996</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255967121</t>
+          <t>9786255967305</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Epidemiyolojisi</t>
+          <t>Klinik Obstetrik Fetus ve Anne</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>621.6</v>
+        <v>9324</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255967190</t>
+          <t>9786255967558</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İdrar Oluşumu ve Analizi</t>
+          <t>Kadın Hastalıklarında Bitkilerle Modern Tedavi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>488.4</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255967459</t>
+          <t>9786255967121</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hemodiyaliz Hastaları ve Aileleri İçin Rehber</t>
+          <t>İş Sağlığı ve Güvenliği Epidemiyolojisi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>932.4</v>
+        <v>621.6</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255967336</t>
+          <t>9786255967190</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Fitoterapi ve Aromaterapi</t>
+          <t>İdrar Oluşumu ve Analizi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>999</v>
+        <v>488.4</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255967213</t>
+          <t>9786255967459</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Beyin Limbik Beyin</t>
+          <t>Hemodiyaliz Hastaları ve Aileleri İçin Rehber</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>577.2</v>
+        <v>932.4</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255967329</t>
+          <t>9786255967336</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Doğum Sonu Dönemde Sağlık ve Bakım Uygulamaları</t>
+          <t>Fitoterapi ve Aromaterapi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1221</v>
+        <v>999</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255967114</t>
+          <t>9786255967213</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dermatolojinin Sırları - Dökütler</t>
+          <t>Duygusal Beyin Limbik Beyin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>5883</v>
+        <v>577.2</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255967428</t>
+          <t>9786255967329</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dermatolojik Cerrahi (Ciltli)</t>
+          <t>Doğum Sonu Dönemde Sağlık ve Bakım Uygulamaları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>24420</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255967183</t>
+          <t>9786255967114</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Nöroanatomi</t>
+          <t>Dermatolojinin Sırları - Dökütler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>999</v>
+        <v>5883</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255967565</t>
+          <t>9786255967428</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Bitkilerle Modern Tedavi</t>
+          <t>Dermatolojik Cerrahi (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>3996</v>
+        <v>24420</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255967039</t>
+          <t>9786255967183</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Critical Care</t>
+          <t>Nöroanatomi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>4084.8</v>
+        <v>999</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255967022</t>
+          <t>9786255967565</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Concise Neuroanatomy For Medical Students</t>
+          <t>Çocuklarda Bitkilerle Modern Tedavi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>621.6</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255967282</t>
+          <t>9786255967039</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Clinical Nutrition In Adults - 2</t>
+          <t>Critical Care</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1731.6</v>
+        <v>4084.8</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255967251</t>
+          <t>9786255967022</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Cerrahi Hasta Güvenliğinde Kanıta Dayalı Hemşirelik Uygulamaları</t>
+          <t>Concise Neuroanatomy For Medical Students</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>1354.2</v>
+        <v>621.6</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256820883</t>
+          <t>9786255967282</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bulaşıcı Hastalıklarda Bakım Yönetimi</t>
+          <t>Clinical Nutrition In Adults - 2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>2131.2</v>
+        <v>1731.6</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256820920</t>
+          <t>9786255967251</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Erişkin Kalp Cerrahisinde Perioperatif Yaklaşım El Kitabı</t>
+          <t>Cerrahi Hasta Güvenliğinde Kanıta Dayalı Hemşirelik Uygulamaları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>5439</v>
+        <v>1354.2</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255967367</t>
+          <t>9786256820883</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bir Hemşirenin İlk Adımları Temel Uygulamalar Rehberi</t>
+          <t>Bulaşıcı Hastalıklarda Bakım Yönetimi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>621.6</v>
+        <v>2131.2</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255967411</t>
+          <t>9786256820920</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ben Ebeyim</t>
+          <t>Erişkin Kalp Cerrahisinde Perioperatif Yaklaşım El Kitabı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>333</v>
+        <v>5439</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255967152</t>
+          <t>9786255967367</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ata Anatomi (Ciltli)</t>
+          <t>Bir Hemşirenin İlk Adımları Temel Uygulamalar Rehberi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>3663</v>
+        <v>621.6</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255967541</t>
+          <t>9786255967411</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Sonuçlarının Ardındaki Hikayeler</t>
+          <t>Ben Ebeyim</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>754.8</v>
+        <v>333</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255967145</t>
+          <t>9786255967152</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıp Bakış Açısıyla Kardiyak Olgular (Ciltli)</t>
+          <t>Ata Anatomi (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>799.2</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255967381</t>
+          <t>9786255967541</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Acil Cerrahi (Ciltli)</t>
+          <t>Araştırma Sonuçlarının Ardındaki Hikayeler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>11766</v>
+        <v>754.8</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255967244</t>
+          <t>9786255967145</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>5-Dakikada Çocuk Acil Tıp Rehberi (Ciltli)</t>
+          <t>Acil Tıp Bakış Açısıyla Kardiyak Olgular (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>10323</v>
+        <v>799.2</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258103304</t>
+          <t>9786255967381</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Temel Dermatoloji (Ciltli)</t>
+          <t>Acil Cerrahi (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>17782.2</v>
+        <v>11766</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257291590</t>
+          <t>9786255967244</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Niyazi Acer</t>
+          <t>5-Dakikada Çocuk Acil Tıp Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>865.8</v>
+        <v>10323</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059528993</t>
+          <t>9786258103304</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Çocuk Sağlığı</t>
+          <t>Temel Dermatoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1731.6</v>
+        <v>17782.2</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054949229</t>
+          <t>9786257291590</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Girişimsel Kardiyoloji Board Değerlenderimi (Ciltli)</t>
+          <t>Anatomi Niyazi Acer</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>3116.88</v>
+        <v>865.8</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756395257</t>
+          <t>9786059528993</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tiroit Lezyonları Atlası (Ciltli)</t>
+          <t>Anne ve Çocuk Sağlığı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1998</v>
+        <v>1731.6</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944211161</t>
+          <t>9786054949229</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelik Esasları Temel Beceriler Rehberi</t>
+          <t>Girişimsel Kardiyoloji Board Değerlenderimi (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>577.2</v>
+        <v>3116.88</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944211789</t>
+          <t>9789756395257</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kardiyoloji</t>
+          <t>Tiroit Lezyonları Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>399.6</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054499458</t>
+          <t>9789944211161</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Etik Konulardan Seçmeler</t>
+          <t>Hemşirelik Esasları Temel Beceriler Rehberi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>555</v>
+        <v>577.2</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057607997</t>
+          <t>9789944211789</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Onkolojik Hastalarda Seksüalite Ve Fertiliteye Multidisipliner Yaklaşım</t>
+          <t>Kardiyoloji</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>2175.6</v>
+        <v>399.6</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257291545</t>
+          <t>9786054499458</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>EKG Yorumu Cep Kitabı</t>
+          <t>Etik Konulardan Seçmeler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>666</v>
+        <v>555</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>4440000001192</t>
+          <t>9786057607997</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Genel Cerrahi (Ciltli)</t>
+          <t>Onkolojik Hastalarda Seksüalite Ve Fertiliteye Multidisipliner Yaklaşım</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>3285.6</v>
+        <v>2175.6</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>4440000001147</t>
+          <t>9786257291545</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Anatomi (Ciltli)</t>
+          <t>EKG Yorumu Cep Kitabı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>4329</v>
+        <v>666</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789756972946</t>
+          <t>4440000001192</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Acil Durumlarda Tanı ve Tedavi</t>
+          <t>Genel Cerrahi (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>199.8</v>
+        <v>3285.6</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256820487</t>
+          <t>4440000001147</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Temel Aile Hekimliği Tanı Tedavi ve Reçete Rehberi</t>
+          <t>Her Yönüyle Anatomi (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>3463.2</v>
+        <v>4329</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789758267286</t>
+          <t>9789756972946</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kadınlarda Sık Görülen Kas İskelet Sistemi Hastalıkları</t>
+          <t>Acil Durumlarda Tanı ve Tedavi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>888</v>
+        <v>199.8</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258103922</t>
+          <t>9786256820487</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Dolgu Enjeksiyon Teknikleri</t>
+          <t>Temel Aile Hekimliği Tanı Tedavi ve Reçete Rehberi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>1132.2</v>
+        <v>3463.2</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258103625</t>
+          <t>9789758267286</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya</t>
+          <t>Kadınlarda Sık Görülen Kas İskelet Sistemi Hastalıkları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1132.2</v>
+        <v>888</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256820029</t>
+          <t>9786258103922</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Cerrahlar İçin Klinik Araştırma Yöntembilimi ve Biyoistatistik Temel Kavramlar</t>
+          <t>Güvenli Dolgu Enjeksiyon Teknikleri</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>1132.2</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258103908</t>
+          <t>9786258103625</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Oftalmoloji Cep Kitabı</t>
+          <t>Biyokimya</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1154.4</v>
+        <v>1132.2</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258103670</t>
+          <t>9786256820029</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kardiyovasküler ve Pulmoner Aciller</t>
+          <t>Cerrahlar İçin Klinik Araştırma Yöntembilimi ve Biyoistatistik Temel Kavramlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1753.8</v>
+        <v>1132.2</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258103854</t>
+          <t>9786258103908</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Pediatrist Tanı, Tedavi, Reçete ve Acil Yaklaşımlar Kitabı</t>
+          <t>Oftalmoloji Cep Kitabı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>3640.8</v>
+        <v>1154.4</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258103816</t>
+          <t>9786258103670</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Heart Surgery - Question Book</t>
+          <t>Kardiyovasküler ve Pulmoner Aciller</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1820.4</v>
+        <v>1753.8</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258103786</t>
+          <t>9786258103854</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Emzirmede Jinekoloğun Rolü Anne - Bebek, Anne Sütü</t>
+          <t>Pediatrist Tanı, Tedavi, Reçete ve Acil Yaklaşımlar Kitabı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>754.8</v>
+        <v>3640.8</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258103038</t>
+          <t>9786258103816</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya, Moleküler Biyoloji ve Genetik</t>
+          <t>Heart Surgery - Question Book</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1909.2</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258103359</t>
+          <t>9786258103786</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Normal Hareket ve Fonksiyon Gelişimi</t>
+          <t>Emzirmede Jinekoloğun Rolü Anne - Bebek, Anne Sütü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1221</v>
+        <v>754.8</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258103458</t>
+          <t>9786258103038</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Afetlerde Savunmasız Gruplar</t>
+          <t>Biyokimya, Moleküler Biyoloji ve Genetik</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>865.8</v>
+        <v>1909.2</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258103311</t>
+          <t>9786258103359</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Temel İnsan Anatomisi</t>
+          <t>Normal Hareket ve Fonksiyon Gelişimi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1021.2</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258103229</t>
+          <t>9786258103458</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Stahl’ın Temel Psikofarmakolojisi - Reçete Yazım Kılavuzu</t>
+          <t>Afetlerde Savunmasız Gruplar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>7681.2</v>
+        <v>865.8</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258103144</t>
+          <t>9786258103311</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Yönetiminde İlaç Dışı Uygulamalar</t>
+          <t>Sağlık Bilimleri İçin Temel İnsan Anatomisi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>1598.4</v>
+        <v>1021.2</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257291842</t>
+          <t>9786258103229</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Pediyatrik Sedasyon Ve Analjezi</t>
+          <t>Stahl’ın Temel Psikofarmakolojisi - Reçete Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1931.4</v>
+        <v>7681.2</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257291644</t>
+          <t>9786258103144</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Venöz Tromboembolide Güncelleme</t>
+          <t>Ağrı Yönetiminde İlaç Dışı Uygulamalar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>4506.6</v>
+        <v>1598.4</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257291859</t>
+          <t>9786257291842</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Olgu Senaryolarıyla İç Hastalıklarında Fizyoterapi ve Rehabilitasyon</t>
+          <t>Pediyatrik Sedasyon Ve Analjezi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>1598.4</v>
+        <v>1931.4</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057607591</t>
+          <t>9786257291644</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hayvan Ortopedisi Romatoloji ve Kas-İskelet Hastalıkları</t>
+          <t>Venöz Tromboembolide Güncelleme</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>1376.4</v>
+        <v>4506.6</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057607966</t>
+          <t>9786257291859</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Genel Histoloji - 3. Baskı</t>
+          <t>Olgu Senaryolarıyla İç Hastalıklarında Fizyoterapi ve Rehabilitasyon</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>666</v>
+        <v>1598.4</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057607959</t>
+          <t>9786057607591</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Özel Histoloji - Geliştirilmiş</t>
+          <t>Küçük Hayvan Ortopedisi Romatoloji ve Kas-İskelet Hastalıkları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>666</v>
+        <v>1376.4</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258103106</t>
+          <t>9786057607966</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Kısa Psikiyatrik Notlar</t>
+          <t>Genel Histoloji - 3. Baskı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1376.4</v>
+        <v>666</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257291965</t>
+          <t>9786057607959</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Bozuklukları</t>
+          <t>Özel Histoloji - Geliştirilmiş</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>3685.2</v>
+        <v>666</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257291927</t>
+          <t>9786258103106</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sporda Performans ve Toparlanma</t>
+          <t>A'dan Z'ye Kısa Psikiyatrik Notlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>799.2</v>
+        <v>1376.4</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257291866</t>
+          <t>9786257291965</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tele Sağlık</t>
+          <t>Kişilik Bozuklukları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>2242.2</v>
+        <v>3685.2</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257291873</t>
+          <t>9786257291927</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kas İskelet Sistemi Girişimsel Ultrasonografisi</t>
+          <t>Sporda Performans ve Toparlanma</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>5572.2</v>
+        <v>799.2</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059528054</t>
+          <t>9786257291866</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Lange Neonatoloji Gomella</t>
+          <t>Tele Sağlık</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1753.8</v>
+        <v>2242.2</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057607294</t>
+          <t>9786257291873</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Bulgudan Tanıya Algoritmalar</t>
+          <t>Kas İskelet Sistemi Girişimsel Ultrasonografisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1420.8</v>
+        <v>5572.2</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944211888</t>
+          <t>9786059528054</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dahiliye Çalışma Kartları</t>
+          <t>Lange Neonatoloji Gomella</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>510.6</v>
+        <v>1753.8</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059528962</t>
+          <t>9786057607294</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Terapötik Masaj</t>
+          <t>Çocuklarda Bulgudan Tanıya Algoritmalar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>1132.2</v>
+        <v>1420.8</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057607058</t>
+          <t>9789944211888</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Rehabilitasyonda Teknoloji</t>
+          <t>Dahiliye Çalışma Kartları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1443</v>
+        <v>510.6</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059528948</t>
+          <t>9786059528962</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Vakalarla Yenidoğan</t>
+          <t>Terapötik Masaj</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>3574.2</v>
+        <v>1132.2</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059528788</t>
+          <t>9786057607058</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Estetik Tıpta Botulinum Toksin (Ciltli)</t>
+          <t>Rehabilitasyonda Teknoloji</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1842.6</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059528733</t>
+          <t>9786059528948</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Enfeksiyon Hastalıkları</t>
+          <t>Vakalarla Yenidoğan</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>3507.6</v>
+        <v>3574.2</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059528627</t>
+          <t>9786059528788</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dermoskopi</t>
+          <t>Estetik Tıpta Botulinum Toksin (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>5416.8</v>
+        <v>1842.6</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057607140</t>
+          <t>9786059528733</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Obstetrik ve Jinekolojik Aciller</t>
+          <t>Çocuk Enfeksiyon Hastalıkları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>2464.2</v>
+        <v>3507.6</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059528498</t>
+          <t>9786059528627</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Psikiyatrisi</t>
+          <t>Dermoskopi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>2164.5</v>
+        <v>5416.8</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057607010</t>
+          <t>9786057607140</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Klinik Kardiyoloji (2 Cilt Takım) (Ciltli)</t>
+          <t>Obstetrik ve Jinekolojik Aciller</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>25663.2</v>
+        <v>2464.2</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944211871</t>
+          <t>9786059528498</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Solunum Sistemi ve Hastalıkları (2 Cilt Takım) (Ciltli)</t>
+          <t>Çocuk ve Ergen Psikiyatrisi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>13431</v>
+        <v>2164.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054499205</t>
+          <t>9786057607010</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Örnek Reçete ve Acil Yaklaşımlar Cep Kitabı</t>
+          <t>Klinik Kardiyoloji (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>1731.6</v>
+        <v>25663.2</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054499410</t>
+          <t>9789944211871</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Otolarengoloji Vakaları</t>
+          <t>Solunum Sistemi ve Hastalıkları (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>488.4</v>
+        <v>13431</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944211758</t>
+          <t>9786054499205</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ortognatik Cerrahinin Temelleri</t>
+          <t>Örnek Reçete ve Acil Yaklaşımlar Cep Kitabı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>666</v>
+        <v>1731.6</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054499038</t>
+          <t>9786054499410</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Nöroloji ve Nöroşirurji Yoğun Bakım</t>
+          <t>Otolarengoloji Vakaları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>954.6</v>
+        <v>488.4</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059528672</t>
+          <t>9789944211758</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Metabolizma: Metabolizma Atlası</t>
+          <t>Ortognatik Cerrahinin Temelleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1887</v>
+        <v>666</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944211802</t>
+          <t>9786054499038</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kolaylaştırılmış Acil Ultrason</t>
+          <t>Nöroloji ve Nöroşirurji Yoğun Bakım</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>732.6</v>
+        <v>954.6</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054499397</t>
+          <t>9786059528672</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>KBB Hastalıkları Çalışma Kartları (100 Adet Kart)</t>
+          <t>Bir Bakışta Metabolizma: Metabolizma Atlası</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>310.8</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054499694</t>
+          <t>9789944211802</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelik Felsefesi</t>
+          <t>Kolaylaştırılmış Acil Ultrason</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>732.6</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944211925</t>
+          <t>9786054499397</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Deja Review - Neuroscience</t>
+          <t>KBB Hastalıkları Çalışma Kartları (100 Adet Kart)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>799.2</v>
+        <v>310.8</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057607034</t>
+          <t>9786054499694</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Fitoterapi ve Aromaterapi</t>
+          <t>Hemşirelik Felsefesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1354.2</v>
+        <v>732.6</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059528658</t>
+          <t>9789944211925</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Olgularla Ortopedik Rehabilitasyon</t>
+          <t>Deja Review - Neuroscience</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>1820.4</v>
+        <v>799.2</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057607065</t>
+          <t>9786057607034</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimliği İçin Anatominin Temelleri (Ciltli)</t>
+          <t>Fitoterapi ve Aromaterapi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>5061.6</v>
+        <v>1354.2</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059528887</t>
+          <t>9786059528658</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Primer Diz Artroplastisi</t>
+          <t>Olgularla Ortopedik Rehabilitasyon</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>4906.2</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059528368</t>
+          <t>9786057607065</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Endokrinoloji</t>
+          <t>Diş Hekimliği İçin Anatominin Temelleri (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>1132.2</v>
+        <v>5061.6</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054949748</t>
+          <t>9786059528887</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Pediatrinin Esasları (Ciltli)</t>
+          <t>Primer Diz Artroplastisi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>2664</v>
+        <v>4906.2</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054949700</t>
+          <t>9786059528368</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Histoloji</t>
+          <t>Endokrinoloji</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1953.6</v>
+        <v>1132.2</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054949922</t>
+          <t>9786054949748</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Menisküs</t>
+          <t>Pediatrinin Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>4329</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054949977</t>
+          <t>9786054949700</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kıkırdak</t>
+          <t>Histoloji</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>4329</v>
+        <v>1953.6</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054949892</t>
+          <t>9786054949922</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ortopedi ve Travmatoloji</t>
+          <t>Menisküs</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1731.6</v>
+        <v>4329</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054949595</t>
+          <t>9786054949977</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İlkyardım</t>
+          <t>Kıkırdak</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>355.2</v>
+        <v>4329</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054949182</t>
+          <t>9786054949892</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ürolojik Aciller</t>
+          <t>Ortopedi ve Travmatoloji</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>799.2</v>
+        <v>1731.6</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054949830</t>
+          <t>9786054949595</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mikrobiyoloji</t>
+          <t>İlkyardım</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1554</v>
+        <v>355.2</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054949786</t>
+          <t>9786054949182</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Adli Antropoloji</t>
+          <t>Ürolojik Aciller</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>1132.2</v>
+        <v>799.2</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054949571</t>
+          <t>9786054949830</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Erişkin Laboratuvar Referans Değerleri</t>
+          <t>Mikrobiyoloji</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>1376.4</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054949267</t>
+          <t>9786054949786</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hepatoloji</t>
+          <t>Adli Antropoloji</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>1354.2</v>
+        <v>1132.2</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054499915</t>
+          <t>9786054949571</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Solunum</t>
+          <t>Çocuk ve Erişkin Laboratuvar Referans Değerleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>2175.6</v>
+        <v>1376.4</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054499441</t>
+          <t>9786054949267</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Adli Tıp</t>
+          <t>Hepatoloji</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1243.2</v>
+        <v>1354.2</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054499311</t>
+          <t>9786054499915</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Karaciğer Hastalıkları El Kitabı</t>
+          <t>Solunum</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>577.2</v>
+        <v>2175.6</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054499830</t>
+          <t>9786054499441</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Oxford Klinik Hematoloji El Kitabı</t>
+          <t>Adli Tıp</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1309.8</v>
+        <v>1243.2</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054499717</t>
+          <t>9786054499311</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Deja Review - Davranış Bilimleri</t>
+          <t>Karaciğer Hastalıkları El Kitabı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>799.2</v>
+        <v>577.2</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789756395508</t>
+          <t>9786054499830</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Üst Solunum Yolları Enfeksiyonları</t>
+          <t>Oxford Klinik Hematoloji El Kitabı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>466.2</v>
+        <v>1309.8</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944211086</t>
+          <t>9786054499717</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ürogenital Ultrason (Ciltli)</t>
+          <t>Deja Review - Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>555</v>
+        <v>799.2</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944211116</t>
+          <t>9789756395508</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tiroid Bezi ve Hastalıkları</t>
+          <t>Üst Solunum Yolları Enfeksiyonları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>666</v>
+        <v>466.2</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054499083</t>
+          <t>9789944211086</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Temel ve Klinik Biyoistatistik</t>
+          <t>Ürogenital Ultrason (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>666</v>
+        <v>555</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944211093</t>
+          <t>9789944211116</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sentinel Lenf Nodu Biyopsisi (Ciltli)</t>
+          <t>Tiroid Bezi ve Hastalıkları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>688.2</v>
+        <v>666</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756395653</t>
+          <t>9786054499083</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Reprodüktif Endokrinoloji ve İnfertilite (Ciltli)</t>
+          <t>Temel ve Klinik Biyoistatistik</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>555</v>
+        <v>666</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944211420</t>
+          <t>9789944211093</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Referans Patoloji</t>
+          <t>Sentinel Lenf Nodu Biyopsisi (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>1021.2</v>
+        <v>688.2</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944211185</t>
+          <t>9789756395653</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Radyolojinin Esasları</t>
+          <t>Reprodüktif Endokrinoloji ve İnfertilite (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>577.2</v>
+        <v>555</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944211406</t>
+          <t>9789944211420</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik ve Adolesan Jinekoloji (Ciltli)</t>
+          <t>Referans Patoloji</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>3041.4</v>
+        <v>1021.2</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756395397</t>
+          <t>9789944211185</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kolaylaştırılmış Pediatrik Klinik Muayene</t>
+          <t>Radyolojinin Esasları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>310.8</v>
+        <v>577.2</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756395196</t>
+          <t>9789944211406</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kolaylaştırılmış Akciğer Grafisi</t>
+          <t>Pediatrik ve Adolesan Jinekoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>399.6</v>
+        <v>3041.4</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756395981</t>
+          <t>9789756395397</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kalp Hastalıkları</t>
+          <t>Kolaylaştırılmış Pediatrik Klinik Muayene</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>399.6</v>
+        <v>310.8</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944211321</t>
+          <t>9789756395196</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sağlığı ve Hastalıkları</t>
+          <t>Kolaylaştırılmış Akciğer Grafisi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>555</v>
+        <v>399.6</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944211178</t>
+          <t>9789756395981</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tam İsabet Kadın Doğum</t>
+          <t>Kalp Hastalıkları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>577.2</v>
+        <v>399.6</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054499137</t>
+          <t>9789944211321</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Klinik Biyokimya 2</t>
+          <t>Kadın Sağlığı ve Hastalıkları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>1132.2</v>
+        <v>555</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059528238</t>
+          <t>9789944211178</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Stahl'ın Reçete Kılavuzu</t>
+          <t>Tam İsabet Kadın Doğum</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>7126.2</v>
+        <v>577.2</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059528184</t>
+          <t>9786054499137</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Solunum Fizyolojisi ve Fizyopatolojisi</t>
+          <t>Genel ve Klinik Biyokimya 2</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>5194.8</v>
+        <v>1132.2</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054949496</t>
+          <t>9786059528238</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>TÜAK / Türkiye Esru Asistan El Kitabı</t>
+          <t>Stahl'ın Reçete Kılavuzu</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>510.6</v>
+        <v>7126.2</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059528115</t>
+          <t>9786059528184</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kulak, Burun Boğaz Hastalıkları</t>
+          <t>Solunum Fizyolojisi ve Fizyopatolojisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>444</v>
+        <v>5194.8</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054949274</t>
+          <t>9786054949496</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Michigan Plastik Cerrahi</t>
+          <t>TÜAK / Türkiye Esru Asistan El Kitabı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>3174.6</v>
+        <v>510.6</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059528160</t>
+          <t>9786059528115</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Genel Histoloji Uygulama Atlası</t>
+          <t>Kulak, Burun Boğaz Hastalıkları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>754.8</v>
+        <v>444</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054499953</t>
+          <t>9786054949274</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Renal Transplantasyona Pratik Yaklaşım Humoral Sorunlar</t>
+          <t>Michigan Plastik Cerrahi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>488.4</v>
+        <v>3174.6</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054949038</t>
+          <t>9786059528160</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Oxford Kardiyoloji El Kitabı</t>
+          <t>Genel Histoloji Uygulama Atlası</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>1354.2</v>
+        <v>754.8</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059528221</t>
+          <t>9786054499953</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Oxford Pratisyen El Kitabı</t>
+          <t>Renal Transplantasyona Pratik Yaklaşım Humoral Sorunlar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>3751.8</v>
+        <v>488.4</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054499847</t>
+          <t>9786054949038</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bütünleştirilmiş Molekülsel Ve Hücresel Biyofizik</t>
+          <t>Oxford Kardiyoloji El Kitabı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>510.6</v>
+        <v>1354.2</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054499700</t>
+          <t>9786059528221</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Viral Hepatit 2013</t>
+          <t>Oxford Pratisyen El Kitabı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>688.2</v>
+        <v>3751.8</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054499793</t>
+          <t>9786054499847</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Erkek Üreme Sistemi Hastalıkları ve Tedavisi</t>
+          <t>Bütünleştirilmiş Molekülsel Ve Hücresel Biyofizik</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>2220</v>
+        <v>510.6</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789758267101</t>
+          <t>9786054499700</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Rehabilitasyon</t>
+          <t>Viral Hepatit 2013</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>1665</v>
+        <v>688.2</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054949281</t>
+          <t>9786054499793</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Su içi Rehabilitasyon</t>
+          <t>Erkek Üreme Sistemi Hastalıkları ve Tedavisi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>732.6</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054949007</t>
+          <t>9789758267101</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kardiyak ve Pulmoner Rehabilitasyon</t>
+          <t>Ortopedik Rehabilitasyon</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>688.2</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054949663</t>
+          <t>9786054949281</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Stahl'ın Psikiyatride Kendini Değerlendirme Testi</t>
+          <t>Su içi Rehabilitasyon</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>888</v>
+        <v>732.6</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054949175</t>
+          <t>9786054949007</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Stahl Temel Psikofarmakoloji</t>
+          <t>Kardiyak ve Pulmoner Rehabilitasyon</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>3663</v>
+        <v>688.2</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054949670</t>
+          <t>9786054949663</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Pediyatrik Semiyoloji (Ciltli)</t>
+          <t>Stahl'ın Psikiyatride Kendini Değerlendirme Testi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>865.8</v>
+        <v>888</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054949311</t>
+          <t>9786054949175</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sages El Kitabı</t>
+          <t>Stahl Temel Psikofarmakoloji</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>1731.6</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054949151</t>
+          <t>9786054949670</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Eczacılar için Fizyoloji</t>
+          <t>Pediyatrik Semiyoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>488.4</v>
+        <v>865.8</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054499724</t>
+          <t>9786054949311</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kolon Rektum Anal Kanalın Cerrahi Hastalıkları (Ciltli)</t>
+          <t>Sages El Kitabı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>777</v>
+        <v>1731.6</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054499977</t>
+          <t>9786054949151</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hemşireler İçin Fiziksel Muayene Yöntemleri</t>
+          <t>Eczacılar için Fizyoloji</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>444</v>
+        <v>488.4</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257291569</t>
+          <t>9786054499724</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Beyin : Limbik Beyin</t>
+          <t>Kolon Rektum Anal Kanalın Cerrahi Hastalıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>510.6</v>
+        <v>777</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257291507</t>
+          <t>9786054499977</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Farmakognozi ve Fitoterapi</t>
+          <t>Hemşireler İçin Fiziksel Muayene Yöntemleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>2331</v>
+        <v>444</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257291637</t>
+          <t>9786257291569</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Tutuşma</t>
+          <t>Duygusal Beyin : Limbik Beyin</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>643.8</v>
+        <v>510.6</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057607751</t>
+          <t>9786257291507</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>7. Hissiniz İkna</t>
+          <t>Farmakognozi ve Fitoterapi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>732.6</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057607607</t>
+          <t>9786257291637</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Düzeltici Egzersiz</t>
+          <t>Sosyal Tutuşma</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>1731.6</v>
+        <v>643.8</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057607911</t>
+          <t>9786057607751</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Temel Fizyoloji</t>
+          <t>7. Hissiniz İkna</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>754.8</v>
+        <v>732.6</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257291460</t>
+          <t>9786057607607</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Farmakolojiye Giriş ve Temel Tıp Bilgileri</t>
+          <t>Düzeltici Egzersiz</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>1354.2</v>
+        <v>1731.6</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257291040</t>
+          <t>9786057607911</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Hekim, Etik ve Suç</t>
+          <t>Sağlık Bilimleri İçin Temel Fizyoloji</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>777</v>
+        <v>754.8</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057607720</t>
+          <t>9786257291460</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Dahiliye</t>
+          <t>Sağlık Bilimleri İçin Farmakolojiye Giriş ve Temel Tıp Bilgileri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>3241.2</v>
+        <v>1354.2</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257291361</t>
+          <t>9786257291040</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Bulgudan Tanıya Algoritmalar</t>
+          <t>Örneklerle Hekim, Etik ve Suç</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>4928.4</v>
+        <v>777</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257291613</t>
+          <t>9786057607720</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Biyoloji</t>
+          <t>Adım Adım Dahiliye</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>1332</v>
+        <v>3241.2</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057607799</t>
+          <t>9786257291361</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İnsan Fizyolojisi</t>
+          <t>Çocuklarda Bulgudan Tanıya Algoritmalar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>3818.4</v>
+        <v>4928.4</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944211284</t>
+          <t>9786257291613</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Andrews’ Deri Hastalıkları Klinik Dermatoloji (Ciltli)</t>
+          <t>Moleküler Biyoloji</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>11322</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789756395097</t>
+          <t>9786057607799</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Allerjik Deri Hastalıkları</t>
+          <t>İnsan Fizyolojisi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>222</v>
+        <v>3818.4</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756395608</t>
+          <t>9789944211284</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Aicardi’nin Çocuklarda Epilepsi</t>
+          <t>Andrews’ Deri Hastalıkları Klinik Dermatoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>599.4</v>
+        <v>11322</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789756395752</t>
+          <t>9789756395097</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Hepatitler</t>
+          <t>Allerjik Deri Hastalıkları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>555</v>
+        <v>222</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057607546</t>
+          <t>9789756395608</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Jinekoloji ve Obstetrik</t>
+          <t>Aicardi’nin Çocuklarda Epilepsi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>1753.8</v>
+        <v>599.4</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257291156</t>
+          <t>9789756395752</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Dermatolojik Hastalıkların Tanı ve Tedavisinde Algoritmalar</t>
+          <t>A’dan Z’ye Hepatitler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>3840.6</v>
+        <v>555</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057607089</t>
+          <t>9786057607546</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Fitzpatrick Klinik Dermatoloji Renkli Atlas ve Özeti</t>
+          <t>Jinekoloji ve Obstetrik</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>6060.6</v>
+        <v>1753.8</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057607652</t>
+          <t>9786257291156</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ön Çapraz Bağ Cerrahisi Rehberi</t>
+          <t>Dermatolojik Hastalıkların Tanı ve Tedavisinde Algoritmalar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>1354.2</v>
+        <v>3840.6</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786056942303</t>
+          <t>9786057607089</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kemik Yaşı Atlası</t>
+          <t>Fitzpatrick Klinik Dermatoloji Renkli Atlas ve Özeti</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>2886</v>
+        <v>6060.6</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059528986</t>
+          <t>9786057607652</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Vakalarla Diyabet 2018</t>
+          <t>Ön Çapraz Bağ Cerrahisi Rehberi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>1820.4</v>
+        <v>1354.2</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789758267170</t>
+          <t>9786056942303</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tiroid Hastalıkları Kitabı</t>
+          <t>Kemik Yaşı Atlası</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>1731.6</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057607348</t>
+          <t>9786059528986</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Muayenehane Açıyorum</t>
+          <t>Vakalarla Diyabet 2018</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>643.8</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057607713</t>
+          <t>9789758267170</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Mecburi Hizmet El Kitabı</t>
+          <t>Tiroid Hastalıkları Kitabı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>1887</v>
+        <v>1731.6</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057607416</t>
+          <t>9786057607348</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Patofizyoloji Hemşireler İçin</t>
+          <t>Muayenehane Açıyorum</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>1154.4</v>
+        <v>643.8</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257291231</t>
+          <t>9786057607713</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya Öğrenci Laboratuvarı Uygulamaları Kitapçığı</t>
+          <t>Mecburi Hizmet El Kitabı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>688.2</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057607331</t>
+          <t>9786057607416</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Fizyoloji</t>
+          <t>Bir Bakışta Patofizyoloji Hemşireler İçin</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>1154.4</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057607232</t>
+          <t>9786257291231</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Plastik Cerrahide Temel İlkeler</t>
+          <t>Biyokimya Öğrenci Laboratuvarı Uygulamaları Kitapçığı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>4306.8</v>
+        <v>688.2</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057607485</t>
+          <t>9786057607331</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Cerrahi Hastalıklar Bilgisi 1-2</t>
+          <t>Bir Bakışta Fizyoloji</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>1065.6</v>
+        <v>1154.4</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789758267187</t>
+          <t>9786057607232</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kadınlarda Kalp Hastalıkları</t>
+          <t>Plastik Cerrahide Temel İlkeler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1531.8</v>
+        <v>4306.8</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057607515</t>
+          <t>9786057607485</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Aciller</t>
+          <t>Cerrahi Hastalıklar Bilgisi 1-2</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1154.4</v>
+        <v>1065.6</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059528603</t>
+          <t>9789758267187</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Core Gelişimi</t>
+          <t>Kadınlarda Kalp Hastalıkları</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>1531.8</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059528481</t>
+          <t>9786057607515</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Histoloji Atlası</t>
+          <t>Ortopedik Aciller</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>799.2</v>
+        <v>1154.4</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057607270</t>
+          <t>9786059528603</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Resimli Temel Anatomi</t>
+          <t>Core Gelişimi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>688.2</v>
+        <v>1531.8</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059528559</t>
+          <t>9786059528481</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Klinik Dermatoloji</t>
+          <t>Histoloji Atlası</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>3263.4</v>
+        <v>799.2</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059528542</t>
+          <t>9786057607270</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kozmesötikler ve Kozmetik İçerikler</t>
+          <t>Sağlık Bilimleri İçin Resimli Temel Anatomi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>3640.8</v>
+        <v>688.2</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059528382</t>
+          <t>9786059528559</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>BRS Nöroanatomi</t>
+          <t>Klinik Dermatoloji</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>1820.4</v>
+        <v>3263.4</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054949052</t>
+          <t>9786059528542</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Cleveland Klinik  Kardiyoloji (Ciltli)</t>
+          <t>Kozmesötikler ve Kozmetik İçerikler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>4551</v>
+        <v>3640.8</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059528337</t>
+          <t>9786059528382</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Oxford Diş Hekimliği Sözlüğü</t>
+          <t>BRS Nöroanatomi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>1243.2</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059528313</t>
+          <t>9786054949052</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Fizyoterapi Sözlüğü</t>
+          <t>Cleveland Klinik  Kardiyoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>1309.8</v>
+        <v>4551</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059528269</t>
+          <t>9786059528337</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bethesda Klinik Hematoloji El Kitabı</t>
+          <t>Oxford Diş Hekimliği Sözlüğü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1887</v>
+        <v>1243.2</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059528191</t>
+          <t>9786059528313</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Gebelikte Tarama ve Öngörü</t>
+          <t>Fizyoterapi Sözlüğü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>1176.6</v>
+        <v>1309.8</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054949588</t>
+          <t>9786059528269</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Cleveland Klinik Çocuk Hastalıkları</t>
+          <t>Bethesda Klinik Hematoloji El Kitabı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>2020.2</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054949465</t>
+          <t>9786059528191</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>APLS Çocuk Acil Tıp Kaynak Kitabı (Ciltli)</t>
+          <t>Gebelikte Tarama ve Öngörü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>15873</v>
+        <v>1176.6</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054949366</t>
+          <t>9786054949588</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Prehistorik ve İlk Çağlarda Tıp Cilt - 1</t>
+          <t>Cleveland Klinik Çocuk Hastalıkları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>1376.4</v>
+        <v>2020.2</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256820296</t>
+          <t>9786054949465</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tanısal Dermoskopi Resimli Kılavuz</t>
+          <t>APLS Çocuk Acil Tıp Kaynak Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>5261.4</v>
+        <v>15873</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256820678</t>
+          <t>9786054949366</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Temel Nörofarmakoloji</t>
+          <t>Prehistorik ve İlk Çağlarda Tıp Cilt - 1</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>6349.2</v>
+        <v>1376.4</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256820661</t>
+          <t>9786256820296</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Uykuda Kompleks Solunum Bozuklukları Zorlu Olgular için Klinik Vaka Kitabı</t>
+          <t>Tanısal Dermoskopi Resimli Kılavuz</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>1620.6</v>
+        <v>5261.4</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256820067</t>
+          <t>9786256820678</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Rehabilitasyon</t>
+          <t>Temel Nörofarmakoloji</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1287.6</v>
+        <v>6349.2</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256820043</t>
+          <t>9786256820661</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomi Terimler Sözlüğü</t>
+          <t>Uykuda Kompleks Solunum Bozuklukları Zorlu Olgular için Klinik Vaka Kitabı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>980</v>
+        <v>1620.6</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258103953</t>
+          <t>9786256820067</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci, İntörn ve Mezuniyet Sonrası Acil Tıbbın Temelleri</t>
+          <t>Ortopedik Rehabilitasyon</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1420.8</v>
+        <v>1287.6</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256820036</t>
+          <t>9786256820043</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kozmetik Dermatoloji Ürünler ve İşlemler</t>
+          <t>İnsan Anatomi Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>8080.8</v>
+        <v>980</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258103977</t>
+          <t>9786258103953</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gartner ve Hiatt Histoloji Atlas ve Ders Kitabı</t>
+          <t>Öğrenci, İntörn ve Mezuniyet Sonrası Acil Tıbbın Temelleri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>2708.4</v>
+        <v>1420.8</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258103618</t>
+          <t>9786256820036</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz Fizyolojisi</t>
+          <t>Kozmetik Dermatoloji Ürünler ve İşlemler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>1487.4</v>
+        <v>8080.8</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258103793</t>
+          <t>9786258103977</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya Laboratuvar Kitabı</t>
+          <t>Gartner ve Hiatt Histoloji Atlas ve Ders Kitabı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>865.8</v>
+        <v>2708.4</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258103373</t>
+          <t>9786258103618</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Fizyoloji</t>
+          <t>Egzersiz Fizyolojisi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>2220</v>
+        <v>1487.4</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258103489</t>
+          <t>9786258103793</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Nörofizyolojik Temelli Tedavi Yaklaşımları</t>
+          <t>Biyokimya Laboratuvar Kitabı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>1931.4</v>
+        <v>865.8</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258103021</t>
+          <t>9786258103373</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Nöroanatomi</t>
+          <t>Tıbbi Fizyoloji</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>2242.2</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057607041</t>
+          <t>9786258103489</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İç Hastalıkları Hemşireliği</t>
+          <t>Nörofizyolojik Temelli Tedavi Yaklaşımları</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>1842.6</v>
+        <v>1931.4</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059528764</t>
+          <t>9786258103021</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Nöroloji’nin ABC’si</t>
+          <t>Her Yönüyle Nöroanatomi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>488.4</v>
+        <v>2242.2</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054499243</t>
+          <t>9786057607041</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelik Esasları - Uygulama Rehberi</t>
+          <t>İç Hastalıkları Hemşireliği</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>1221</v>
+        <v>1842.6</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059528979</t>
+          <t>9786059528764</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Enfeksiyon Hastalıkları</t>
+          <t>Nöroloji’nin ABC’si</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1598.4</v>
+        <v>488.4</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057607096</t>
+          <t>9786054499243</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Nöropsikofarmakoloji</t>
+          <t>Hemşirelik Esasları - Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1110</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059528900</t>
+          <t>9786059528979</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Ders Notları</t>
+          <t>Enfeksiyon Hastalıkları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>2109</v>
+        <v>1598.4</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059528801</t>
+          <t>9786057607096</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Pilates Programları ve Çalışmaları Kitabı 1. Kademe</t>
+          <t>Nöropsikofarmakoloji</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>1309.8</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054949335</t>
+          <t>9786059528900</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığı</t>
+          <t>Anatomi Ders Notları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>954.6</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059528092</t>
+          <t>9786059528801</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Nöroradyoloji İşaretleri (Ciltli)</t>
+          <t>Pilates Programları ve Çalışmaları Kitabı 1. Kademe</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>5372.4</v>
+        <v>1309.8</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054499946</t>
+          <t>9786054949335</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tip 1 Diyabet Yönetimi</t>
+          <t>Madde Bağımlılığı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>399.6</v>
+        <v>954.6</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054499809</t>
+          <t>9786059528092</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Modaliteler ve Elektroterapi</t>
+          <t>Nöroradyoloji İşaretleri (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>1043.4</v>
+        <v>5372.4</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257291279</t>
+          <t>9786054499946</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Stahl'ın Reçete Klavuzu Çocuk Ve Ergenler</t>
+          <t>Tip 1 Diyabet Yönetimi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>4839.6</v>
+        <v>399.6</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257291682</t>
+          <t>9786054499809</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Olgularla Adli Psikoloji</t>
+          <t>Fiziksel Modaliteler ve Elektroterapi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>732.6</v>
+        <v>1043.4</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257291675</t>
+          <t>9786257291279</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Acil Yardım</t>
+          <t>Stahl'ın Reçete Klavuzu Çocuk Ve Ergenler</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>1221</v>
+        <v>4839.6</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257291170</t>
+          <t>9786257291682</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Pilates’ Return To Life Türkçe</t>
+          <t>Olgularla Adli Psikoloji</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>1090</v>
+        <v>732.6</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057607379</t>
+          <t>9786257291675</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Elektroterapi ve Fiziksel Modaliteler</t>
+          <t>İlk ve Acil Yardım</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1665</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257291026</t>
+          <t>9786257291170</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Temel Hemşirelik</t>
+          <t>Pilates’ Return To Life Türkçe</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>2109</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057607812</t>
+          <t>9786057607379</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomisi Cep Atlası</t>
+          <t>Elektroterapi ve Fiziksel Modaliteler</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>976.8</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057607355</t>
+          <t>9786257291026</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomi</t>
+          <t>Temel Hemşirelik</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>3574.2</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057607324</t>
+          <t>9786057607812</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Pilates Programları ve Çalışma Kitabı 2. Kademe</t>
+          <t>İnsan Anatomisi Cep Atlası</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>1087.8</v>
+        <v>976.8</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057607584</t>
+          <t>9786057607355</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Romatolojik Hastalıklarda Fizyoterapi Rehabilitasyon</t>
+          <t>İnsan Anatomi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>2220</v>
+        <v>3574.2</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256820234</t>
+          <t>9786057607324</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Jinekolojik ve Obstetrik Cerrahide Bakım</t>
+          <t>Pilates Programları ve Çalışma Kitabı 2. Kademe</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1510</v>
+        <v>1087.8</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256820418</t>
+          <t>9786057607584</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hemşireler ve Ebeler İçin İlk 1000 Günde Kanıta Dayalı Uygulamalar</t>
+          <t>Romatolojik Hastalıklarda Fizyoterapi Rehabilitasyon</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>2220</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057607836</t>
+          <t>9786256820234</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Geriatride Pratik Sorunlar Geriatriyi Öğrenmek</t>
+          <t>Jinekolojik ve Obstetrik Cerrahide Bakım</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>2220</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256820319</t>
+          <t>9786256820418</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Elektroterapi Soru Kitabı Temel Bilgiler ve Olgular</t>
+          <t>Hemşireler ve Ebeler İçin İlk 1000 Günde Kanıta Dayalı Uygulamalar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>732.6</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254448270</t>
+          <t>9786057607836</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Beslenme</t>
+          <t>Geriatride Pratik Sorunlar Geriatriyi Öğrenmek</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>1953.6</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057607744</t>
+          <t>9786256820319</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Psoriatik Artrit</t>
+          <t>Elektroterapi Soru Kitabı Temel Bilgiler ve Olgular</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>2419.8</v>
+        <v>732.6</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257291835</t>
+          <t>9786254448270</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Berek &amp; Novak Temel Jinekoloji</t>
+          <t>Pediatrik Beslenme</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>4928.4</v>
+        <v>1953.6</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059528580</t>
+          <t>9786057607744</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Basics and Disorders of Connective Tissue</t>
+          <t>Psoriatik Artrit</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>488.4</v>
+        <v>2419.8</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054499755</t>
+          <t>9786257291835</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Prematüre Bebeğin Enteral Beslenmesi</t>
+          <t>Berek &amp; Novak Temel Jinekoloji</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>688.2</v>
+        <v>4928.4</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257291248</t>
+          <t>9786059528580</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Neonatoloji</t>
+          <t>Basics and Disorders of Connective Tissue</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>4506.6</v>
+        <v>488.4</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944211918</t>
+          <t>9786054499755</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Klinik El Kitabı Ultrason</t>
+          <t>Prematüre Bebeğin Enteral Beslenmesi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>1221</v>
+        <v>688.2</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789944211727</t>
+          <t>9786257291248</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hepatopankreatobiliyer Cerrahi (Ciltli)</t>
+          <t>Neonatoloji</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>3529.8</v>
+        <v>4506.6</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944211901</t>
+          <t>9789944211918</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Klinik Biyokimya 1</t>
+          <t>Klinik El Kitabı Ultrason</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>1310</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054499588</t>
+          <t>9789944211727</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Gastroenteroloji</t>
+          <t>Hepatopankreatobiliyer Cerrahi (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>1642.8</v>
+        <v>3529.8</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054499175</t>
+          <t>9789944211901</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Cerrahpaşa İç Hastalıkları (2 Cilt Takım)</t>
+          <t>Genel ve Klinik Biyokimya 1</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>6859.8</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055507046</t>
+          <t>9786054499588</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Cerrahi Hemşireliği Uygulama Rehberi</t>
+          <t>Gastroenteroloji</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>1243.2</v>
+        <v>1642.8</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944211680</t>
+          <t>9786054499175</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Prostatın Benign Hastalıkları (Ciltli)</t>
+          <t>Cerrahpaşa İç Hastalıkları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>732.6</v>
+        <v>6859.8</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789756395265</t>
+          <t>9786055507046</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>PDQ Fizyoloji</t>
+          <t>Cerrahi Hemşireliği Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>732.6</v>
+        <v>1243.2</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789944211505</t>
+          <t>9789944211680</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Oftalmoloji</t>
+          <t>Prostatın Benign Hastalıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>2419.8</v>
+        <v>732.6</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789756395295</t>
+          <t>9789756395265</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İnfeksiyon Hastalıklarına Pratik Yaklaşımlar</t>
+          <t>PDQ Fizyoloji</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>1975.8</v>
+        <v>732.6</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258103540</t>
+          <t>9789944211505</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Cleveland Klinik İç Hastalıkları Vaka Derlemeleri</t>
+          <t>Oftalmoloji</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>2310</v>
+        <v>2419.8</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944211765</t>
+          <t>9789756395295</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hemşireler İçin Çocuk Sağlığı ve Hastalıkları Öğrenim Rehberi</t>
+          <t>İnfeksiyon Hastalıklarına Pratik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>1221</v>
+        <v>1975.8</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789944211703</t>
+          <t>9786258103540</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Göğüs Radyolojisinin Esasları</t>
+          <t>Cleveland Klinik İç Hastalıkları Vaka Derlemeleri</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>1065.6</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944211109</t>
+          <t>9789944211765</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Güncel Cerrahinin Esasları</t>
+          <t>Hemşireler İçin Çocuk Sağlığı ve Hastalıkları Öğrenim Rehberi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>510.6</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256820111</t>
+          <t>9789944211703</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>5N1K Gözüyle Kur'an'a Yolculuk</t>
+          <t>Göğüs Radyolojisinin Esasları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>1221</v>
+        <v>1065.6</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258103984</t>
+          <t>9789944211109</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Hoffbrand Temel Hematoloji</t>
+          <t>Güncel Cerrahinin Esasları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>4040.4</v>
+        <v>510.6</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258103915</t>
+          <t>9786256820111</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Estetik ve Rejeneratif Jinekoloji</t>
+          <t>5N1K Gözüyle Kur'an'a Yolculuk</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>3818.4</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257291804</t>
+          <t>9786258103984</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Anatomik Yapıların Palpasyonu</t>
+          <t>Hoffbrand Temel Hematoloji</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>999</v>
+        <v>4040.4</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258103892</t>
+          <t>9786258103915</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Burun Farkı İle Burun Estetiği Hakkında Bilmeniz Gereken Her Şey</t>
+          <t>Estetik ve Rejeneratif Jinekoloji</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>2242.2</v>
+        <v>3818.4</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057607843</t>
+          <t>9786257291804</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Uygulama İçin Anestezi</t>
+          <t>Anatomik Yapıların Palpasyonu</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>932.4</v>
+        <v>999</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258103557</t>
+          <t>9786258103892</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Terminolojinin Temelleri</t>
+          <t>Burun Farkı İle Burun Estetiği Hakkında Bilmeniz Gereken Her Şey</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>1221</v>
+        <v>2242.2</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257291422</t>
+          <t>9786057607843</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Güncel Laboratuvar Tıbbı</t>
+          <t>Güvenli Uygulama İçin Anestezi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>1531.8</v>
+        <v>932.4</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258103755</t>
+          <t>9786258103557</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Algoritmalarla Astım, İmmünoloji ve Alerji Hastalarının Yönetiminde Poliklinik El Kitabı</t>
+          <t>Tıbbi Terminolojinin Temelleri</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>3685.2</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786258103243</t>
+          <t>9786257291422</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Temel Çocuk Endokrinolojisi ve Diyabet</t>
+          <t>Güncel Laboratuvar Tıbbı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>4262.4</v>
+        <v>1531.8</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258103724</t>
+          <t>9786258103755</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Pediatri Ayrıntılı Değerlendirme ve Yoğun İnceleme</t>
+          <t>Algoritmalarla Astım, İmmünoloji ve Alerji Hastalarının Yönetiminde Poliklinik El Kitabı</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>3685.2</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258103748</t>
+          <t>9786258103243</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Vakalarla Periodontoloji</t>
+          <t>Temel Çocuk Endokrinolojisi ve Diyabet</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>2664</v>
+        <v>4262.4</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258103809</t>
+          <t>9786258103724</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik İnkontinans Değerlendirme ve Klinik Yaklaşım</t>
+          <t>Pediatri Ayrıntılı Değerlendirme ve Yoğun İnceleme</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>1665</v>
+        <v>3685.2</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786258103779</t>
+          <t>9786258103748</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Bitkisel Besin Destekleri ve Sağlık İlişkisi</t>
+          <t>Vakalarla Periodontoloji</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>2974.8</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258103663</t>
+          <t>9786258103809</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Temel Hemşirelik Çalışma Kitabı Soru ve Cevapları</t>
+          <t>Pediatrik İnkontinans Değerlendirme ve Klinik Yaklaşım</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>1931.4</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258103878</t>
+          <t>9786258103779</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Kardiyolojinin Temelleri</t>
+          <t>Bitkisel Besin Destekleri ve Sağlık İlişkisi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>2242.2</v>
+        <v>2974.8</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258103861</t>
+          <t>9786258103663</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Logos Anatomi - Lokomotor Sistem Çalışma Soruları</t>
+          <t>Temel Hemşirelik Çalışma Kitabı Soru ve Cevapları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>666</v>
+        <v>1931.4</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258103588</t>
+          <t>9786258103878</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gözle, Halkın Diliyle Erkek İnfertilitesi</t>
+          <t>Pediatrik Kardiyolojinin Temelleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>377.4</v>
+        <v>2242.2</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258103632</t>
+          <t>9786258103861</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kardiyoloji Hemşireliği</t>
+          <t>Logos Anatomi - Lokomotor Sistem Çalışma Soruları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>1243.2</v>
+        <v>666</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258103717</t>
+          <t>9786258103588</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Temel Pediatri ve Çocuk Sağlığı</t>
+          <t>Bilimsel Gözle, Halkın Diliyle Erkek İnfertilitesi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>3840.6</v>
+        <v>377.4</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257291408</t>
+          <t>9786258103632</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Acil Kritik Yoğun Bakım</t>
+          <t>Kardiyoloji Hemşireliği</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>2619.6</v>
+        <v>1243.2</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258103533</t>
+          <t>9786258103717</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Pliometrikler</t>
+          <t>Temel Pediatri ve Çocuk Sağlığı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>1420.8</v>
+        <v>3840.6</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786258103342</t>
+          <t>9786257291408</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Netter'in Sistematik Temel Anatomisi</t>
+          <t>Acil Kritik Yoğun Bakım</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>1332</v>
+        <v>2619.6</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057607577</t>
+          <t>9786258103533</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Klinik Olgular Ortodonti</t>
+          <t>Pliometrikler</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>2664</v>
+        <v>1420.8</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258103366</t>
+          <t>9786258103342</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Fetus Hastalıkları</t>
+          <t>Netter'in Sistematik Temel Anatomisi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>2664</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786258103397</t>
+          <t>9786057607577</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Obstetrik ve Jinekoloji Board Review</t>
+          <t>Klinik Olgular Ortodonti</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>4440</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258103410</t>
+          <t>9786258103366</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Menopoz</t>
+          <t>Fetus Hastalıkları</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>3174.6</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258103434</t>
+          <t>9786258103397</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Pratik Mikrobiyoloji ve Uygulamaları</t>
+          <t>Obstetrik ve Jinekoloji Board Review</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>1554</v>
+        <v>4440</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258103441</t>
+          <t>9786258103410</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Semptom Yönetimi ve Hemşirelik</t>
+          <t>Menopoz</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>1820.4</v>
+        <v>3174.6</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258103427</t>
+          <t>9786258103434</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Underwood Patoloji Klinik Yaklaşım</t>
+          <t>Pratik Mikrobiyoloji ve Uygulamaları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>2464.2</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258103328</t>
+          <t>9786258103441</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kalp ve Dolaşım Fizyolojisi</t>
+          <t>Semptom Yönetimi ve Hemşirelik</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>466.2</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258103113</t>
+          <t>9786258103427</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Anatomi</t>
+          <t>Underwood Patoloji Klinik Yaklaşım</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>2331</v>
+        <v>2464.2</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258103281</t>
+          <t>9786258103328</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Acil Dahiliye</t>
+          <t>Kalp ve Dolaşım Fizyolojisi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>1332</v>
+        <v>466.2</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258103236</t>
+          <t>9786258103113</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Prensiplerle Oral Diagnoz</t>
+          <t>Adım Adım Anatomi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>4839.6</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258103472</t>
+          <t>9786258103281</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Vakayiname Olgularla Kalp Cerrahisi</t>
+          <t>Acil Dahiliye</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>1354.2</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258103519</t>
+          <t>9786258103236</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Elektrokardiyografi</t>
+          <t>Multidisipliner Prensiplerle Oral Diagnoz</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>1043.4</v>
+        <v>4839.6</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258103465</t>
+          <t>9786258103472</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel ve Tamamlayıcı Tedavi (Getat) - Güncel Yaklaşımlar</t>
+          <t>Vakayiname Olgularla Kalp Cerrahisi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>1420.8</v>
+        <v>1354.2</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258103335</t>
+          <t>9786258103519</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Emzirme Destekleyici Ve Tamamlayıcı Uygulamalar</t>
+          <t>Pediatrik Elektrokardiyografi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>954.6</v>
+        <v>1043.4</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258103571</t>
+          <t>9786258103465</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Sporda Koordinasyon</t>
+          <t>Geleneksel ve Tamamlayıcı Tedavi (Getat) - Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>777</v>
+        <v>1420.8</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258103267</t>
+          <t>9786258103335</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Grup Fitness Egzersizleri ve Stretching</t>
+          <t>Emzirme Destekleyici Ve Tamamlayıcı Uygulamalar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>666</v>
+        <v>954.6</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257291651</t>
+          <t>9786258103571</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Hücre Biyolojisi</t>
+          <t>Beden Eğitimi ve Sporda Koordinasyon</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>1931.4</v>
+        <v>777</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258103212</t>
+          <t>9786258103267</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ürolojide Ameliyat Notları</t>
+          <t>Grup Fitness Egzersizleri ve Stretching</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>1731.6</v>
+        <v>666</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258103182</t>
+          <t>9786257291651</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Profesyonellerinde Örgütsel Davranış</t>
+          <t>Moleküler Hücre Biyolojisi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>954.6</v>
+        <v>1931.4</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258103137</t>
+          <t>9786258103212</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Çağı Yaralanmalarına Multidisipliner Yaklaşım</t>
+          <t>Ürolojide Ameliyat Notları</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>2375.4</v>
+        <v>1731.6</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258103151</t>
+          <t>9786258103182</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Akciğer Hastalıklarında Fizyoterapi ve Egzersiz</t>
+          <t>Sağlık Profesyonellerinde Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>1800</v>
+        <v>954.6</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258103175</t>
+          <t>9786258103137</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Herediter Anjiyoödem</t>
+          <t>Çocukluk Çağı Yaralanmalarına Multidisipliner Yaklaşım</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>2686.2</v>
+        <v>2375.4</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057607256</t>
+          <t>9786258103151</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Dermatoloji Tedavi El Kitabı</t>
+          <t>Akciğer Hastalıklarında Fizyoterapi ve Egzersiz</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>932.4</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057607638</t>
+          <t>9786258103175</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yenidoğan Kılavuzu</t>
+          <t>Herediter Anjiyoödem</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>599.4</v>
+        <v>2686.2</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257291989</t>
+          <t>9786057607256</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Klinik Periodontolojinin Temelleri</t>
+          <t>Dermatoloji Tedavi El Kitabı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>799.2</v>
+        <v>932.4</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257291798</t>
+          <t>9786057607638</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Pıhtı</t>
+          <t>Yenidoğan Kılavuzu</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>5794.2</v>
+        <v>599.4</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258103120</t>
+          <t>9786257291989</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Pelvis ve Sacroiliac Eklemin Fonksiyonel Anatomisi</t>
+          <t>Sorularla Klinik Periodontolojinin Temelleri</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>2242.2</v>
+        <v>799.2</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258103069</t>
+          <t>9786257291798</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Pediyatrik Kardiyak Yoğun Bakım</t>
+          <t>Pıhtı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>5106</v>
+        <v>5794.2</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257291743</t>
+          <t>9786258103120</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ozan Hekimler Seçkisi - Çocuk ve Şiir</t>
+          <t>Pelvis ve Sacroiliac Eklemin Fonksiyonel Anatomisi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>399.6</v>
+        <v>2242.2</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257291996</t>
+          <t>9786258103069</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Migren ve Diğer Primer Baş Ağrıları</t>
+          <t>Pediyatrik Kardiyak Yoğun Bakım</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>1376.4</v>
+        <v>5106</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257291712</t>
+          <t>9786257291743</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Klinik Olgu Çözümleri Endokrinoloji ve Diyabet</t>
+          <t>Ozan Hekimler Seçkisi - Çocuk ve Şiir</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>1465.2</v>
+        <v>399.6</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258103007</t>
+          <t>9786257291996</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kas Tonusu Bozuklukları ve Fizyoterapi Rehabilitasyon</t>
+          <t>Migren ve Diğer Primer Baş Ağrıları</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>2419.8</v>
+        <v>1376.4</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257291583</t>
+          <t>9786257291712</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Ürojinekoloji</t>
+          <t>Klinik Olgu Çözümleri Endokrinoloji ve Diyabet</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>1043.4</v>
+        <v>1465.2</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057607447</t>
+          <t>9786258103007</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Cander Acil Tıp Temel Başvuru Kitabı</t>
+          <t>Kas Tonusu Bozuklukları ve Fizyoterapi Rehabilitasyon</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>22422</v>
+        <v>2419.8</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258103090</t>
+          <t>9786257291583</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İç Hastalıkları Semiyoloji Klinik Ayırıcı Tanı</t>
+          <t>Geçmişten Günümüze Ürojinekoloji</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>5083.8</v>
+        <v>1043.4</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258103045</t>
+          <t>9786057607447</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Toplum Ruh Sağlığının Geliştirilmesinde Temel Konu ve Kavramlar</t>
+          <t>Cander Acil Tıp Temel Başvuru Kitabı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>976.8</v>
+        <v>22422</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258103014</t>
+          <t>9786258103090</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Histoloji ve Embriyoloji Alanında Yayımlanan Eserler</t>
+          <t>İç Hastalıkları Semiyoloji Klinik Ayırıcı Tanı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>555</v>
+        <v>5083.8</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258103083</t>
+          <t>9786258103045</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Semptomdan Tanıya İç Hastalıkları Kanıta Dayalı Yaklaşım</t>
+          <t>Toplum Ruh Sağlığının Geliştirilmesinde Temel Konu ve Kavramlar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>3840.6</v>
+        <v>976.8</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257291941</t>
+          <t>9786258103014</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Toplum Ruh Sağlığı Hemşireliği</t>
+          <t>Türkiye'de Histoloji ve Embriyoloji Alanında Yayımlanan Eserler</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>1132.2</v>
+        <v>555</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054499892</t>
+          <t>9786258103083</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Paranazal Sinüsler Endoskopi Anatomisi &amp; Fonksiyonel Endoskopik Sinüs Cerrahisi</t>
+          <t>Semptomdan Tanıya İç Hastalıkları Kanıta Dayalı Yaklaşım</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>2797.2</v>
+        <v>3840.6</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057607898</t>
+          <t>9786257291941</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Lippincott Anatomi Atlası</t>
+          <t>Toplum Ruh Sağlığı Hemşireliği</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>4107</v>
+        <v>1132.2</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>4440000001191</t>
+          <t>9786054499892</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Genel Cerrahi</t>
+          <t>Paranazal Sinüsler Endoskopi Anatomisi &amp; Fonksiyonel Endoskopik Sinüs Cerrahisi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>2597.4</v>
+        <v>2797.2</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057607218</t>
+          <t>9786057607898</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Dermatoloji</t>
+          <t>Lippincott Anatomi Atlası</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>4839.6</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057607850</t>
+          <t>4440000001191</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kaslar Kitabı</t>
+          <t>Genel Cerrahi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>2197.8</v>
+        <v>2597.4</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257291934</t>
+          <t>9786057607218</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hekim Anatomi - Hareket Sistemi ve Klinik Anatomisi</t>
+          <t>Pediatrik Dermatoloji</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>3910</v>
+        <v>4839.6</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257291958</t>
+          <t>9786057607850</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Bates’in Fizik Muayene ve Anamnez Alma Rehberi</t>
+          <t>Kaslar Kitabı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>5705.4</v>
+        <v>2197.8</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257291972</t>
+          <t>9786257291934</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri</t>
+          <t>İnsan Hekim Anatomi - Hareket Sistemi ve Klinik Anatomisi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>1820.4</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257291897</t>
+          <t>9786257291958</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Dermatoloji Cep Kitabı</t>
+          <t>Bates’in Fizik Muayene ve Anamnez Alma Rehberi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>1642.8</v>
+        <v>5705.4</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257291880</t>
+          <t>9786257291972</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Genç Doktorlar Acil Serviste</t>
+          <t>Psikiyatri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>2952.6</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257291828</t>
+          <t>9786257291897</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Klinik Rinoplasti Modern Cerrahi Tekniklere Algoritmik Yaklaşım</t>
+          <t>Dermatoloji Cep Kitabı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>6859.8</v>
+        <v>1642.8</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257291378</t>
+          <t>9786257291880</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Antrenmanın Temelleri</t>
+          <t>Genç Doktorlar Acil Serviste</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>1043.4</v>
+        <v>2952.6</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257291781</t>
+          <t>9786257291828</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kardiyak Bakımın İlkeleri</t>
+          <t>Klinik Rinoplasti Modern Cerrahi Tekniklere Algoritmik Yaklaşım</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>577.2</v>
+        <v>6859.8</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257291750</t>
+          <t>9786257291378</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Current Tanı Ve Tedavi Pediatri 2020-21</t>
+          <t>Kişisel Antrenmanın Temelleri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>5194.8</v>
+        <v>1043.4</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257291774</t>
+          <t>9786257291781</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Pediatri Hemşireliği</t>
+          <t>Kardiyak Bakımın İlkeleri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>2419.8</v>
+        <v>577.2</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257291668</t>
+          <t>9786257291750</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Hastalıkların Patofizyolojisi</t>
+          <t>Current Tanı Ve Tedavi Pediatri 2020-21</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>4440</v>
+        <v>5194.8</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257291705</t>
+          <t>9786257291774</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Diyabet</t>
+          <t>Pediatri Hemşireliği</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>1332</v>
+        <v>2419.8</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257291767</t>
+          <t>9786257291668</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Farmakoloji</t>
+          <t>Hastalıkların Patofizyolojisi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>1554</v>
+        <v>4440</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257291699</t>
+          <t>9786257291705</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim ve Ben</t>
+          <t>Sağlık Bilimleri İçin Diyabet</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>843.6</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257291729</t>
+          <t>9786257291767</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Beslenme</t>
+          <t>Sağlık Bilimleri İçin Farmakoloji</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>1221</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257291606</t>
+          <t>9786257291699</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yamada - Gastroenteroloji El Kitabı</t>
+          <t>Bebeğim ve Ben</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>3685.2</v>
+        <v>843.6</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257291576</t>
+          <t>9786257291729</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe İş Yeri Hekimliği</t>
+          <t>Bir Bakışta Beslenme</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>2530.8</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257291071</t>
+          <t>9786257291606</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığı ve Hastalıkları Psikiyatri Hemşireliği</t>
+          <t>Yamada - Gastroenteroloji El Kitabı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>2752.8</v>
+        <v>3685.2</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789944066129</t>
+          <t>9786257291576</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sindirim Kanalının Kontrastlı Radyografik İncelemeleri</t>
+          <t>Teoriden Pratiğe İş Yeri Hekimliği</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>1087.8</v>
+        <v>2530.8</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057607928</t>
+          <t>9786257291071</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Hemşireler İçin Anatomi ve Fizyoloji</t>
+          <t>Ruh Sağlığı ve Hastalıkları Psikiyatri Hemşireliği</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>1221</v>
+        <v>2752.8</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057607782</t>
+          <t>9789944066129</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Cep Kitabı</t>
+          <t>Sindirim Kanalının Kontrastlı Radyografik İncelemeleri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>1176.6</v>
+        <v>1087.8</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257291224</t>
+          <t>9786057607928</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Endokrinolojisi ve Diyabet (2 Cilt Set) (Ciltli)</t>
+          <t>Bir Bakışta Hemşireler İçin Anatomi ve Fizyoloji</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>16183.8</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057607805</t>
+          <t>9786057607782</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Acil Serviste Sosyal Sermaye</t>
+          <t>Psikiyatri Cep Kitabı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>1221</v>
+        <v>1176.6</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257291521</t>
+          <t>9786257291224</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Derimiz İçin Öneriler</t>
+          <t>Çocuk Endokrinolojisi ve Diyabet (2 Cilt Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>3374.4</v>
+        <v>16183.8</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257291552</t>
+          <t>9786057607805</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Ruh Sağlığı ve Hastalıkları</t>
+          <t>Acil Serviste Sosyal Sermaye</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>1376.4</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257291514</t>
+          <t>9786257291521</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bulaşıcı Olmayan Hastalıklarda Fiziksel Aktivite ve Egzersiz</t>
+          <t>Derimiz İçin Öneriler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>2042.4</v>
+        <v>3374.4</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257291484</t>
+          <t>9786257291552</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Hastalığı ve Kadın Sağlığı</t>
+          <t>Çocuk ve Ergen Ruh Sağlığı ve Hastalıkları</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>688.2</v>
+        <v>1376.4</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257291477</t>
+          <t>9786257291514</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Temel Beslenme</t>
+          <t>Bulaşıcı Olmayan Hastalıklarda Fiziksel Aktivite ve Egzersiz</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>1221</v>
+        <v>2042.4</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257291439</t>
+          <t>9786257291484</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gözle, Halkın Diliyle Kronik Prostatit</t>
+          <t>Covid-19 Hastalığı ve Kadın Sağlığı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>444</v>
+        <v>688.2</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257291453</t>
+          <t>9786257291477</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Anestezi Günlükleri</t>
+          <t>Temel Beslenme</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>1465.2</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257291446</t>
+          <t>9786257291439</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Textbook of Multiple Myeloma and Other Plasma Cell Neoplasms</t>
+          <t>Bilimsel Gözle, Halkın Diliyle Kronik Prostatit</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>1753.8</v>
+        <v>444</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257291286</t>
+          <t>9786257291453</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Anamnez ve Fizik Muayene</t>
+          <t>Anestezi Günlükleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>1376.4</v>
+        <v>1465.2</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257291415</t>
+          <t>9786257291446</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>ERCP Atlası</t>
+          <t>Textbook of Multiple Myeloma and Other Plasma Cell Neoplasms</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>1509.6</v>
+        <v>1753.8</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257291354</t>
+          <t>9786257291286</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun İlk Doktoruyum - Ebeveynler İçin Temel İlk Yardım Başucu Kitapçığı ve İlk Yardım Seti</t>
+          <t>Anamnez ve Fizik Muayene</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>1554</v>
+        <v>1376.4</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257291385</t>
+          <t>9786257291415</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sağlığı ve Fizyoterapi</t>
+          <t>ERCP Atlası</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>1243.2</v>
+        <v>1509.6</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257291293</t>
+          <t>9786257291354</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ergoterapi</t>
+          <t>Çocuğumun İlk Doktoruyum - Ebeveynler İçin Temel İlk Yardım Başucu Kitapçığı ve İlk Yardım Seti</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>2220</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257291316</t>
+          <t>9786257291385</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kardiyak Muayene</t>
+          <t>Kadın Sağlığı ve Fizyoterapi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>1221</v>
+        <v>1243.2</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257291323</t>
+          <t>9786257291293</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>En Güncel Bilgilerle Olgularla Nörolojik Rehabilitasyon</t>
+          <t>Ergoterapi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>2752.8</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257291538</t>
+          <t>9786257291316</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Vestibüler Rehabilitasyon</t>
+          <t>Kardiyak Muayene</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>3374.4</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257291347</t>
+          <t>9786257291323</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Bir Tıp Fakültesi Hikayesi Öğretmen ve Barista</t>
+          <t>En Güncel Bilgilerle Olgularla Nörolojik Rehabilitasyon</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>377.4</v>
+        <v>2752.8</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257291309</t>
+          <t>9786257291538</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kırıkları</t>
+          <t>Vestibüler Rehabilitasyon</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>954.6</v>
+        <v>3374.4</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257291262</t>
+          <t>9786257291347</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Sık Yapılan Ortopedik Ameliyatlar ve Rehabilitasyon Yaklaşımları</t>
+          <t>Bir Tıp Fakültesi Hikayesi Öğretmen ve Barista</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>2619.6</v>
+        <v>377.4</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257291255</t>
+          <t>9786257291309</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kronik Hastalıklarda Rehabilitasyon ve Egzersiz Uygulamaları</t>
+          <t>Çocuk Kırıkları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>1665</v>
+        <v>954.6</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257291200</t>
+          <t>9786257291262</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Nöro-görüntüleme Cep Kitabı</t>
+          <t>Sık Yapılan Ortopedik Ameliyatlar ve Rehabilitasyon Yaklaşımları</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>1154.4</v>
+        <v>2619.6</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257291125</t>
+          <t>9786257291255</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Elektriksel Kas Uyarımı Çalışmaları Ders Kitabı</t>
+          <t>Kronik Hastalıklarda Rehabilitasyon ve Egzersiz Uygulamaları</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>888</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257291132</t>
+          <t>9786257291200</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kalp ve Damar Cerrahisi Soru Kitabı</t>
+          <t>Nöro-görüntüleme Cep Kitabı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>2664</v>
+        <v>1154.4</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257291101</t>
+          <t>9786257291125</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Acil Tıp</t>
+          <t>Elektriksel Kas Uyarımı Çalışmaları Ders Kitabı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>5794.2</v>
+        <v>888</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057607980</t>
+          <t>9786257291132</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Perinatal Bakım</t>
+          <t>Kalp ve Damar Cerrahisi Soru Kitabı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>1376.4</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257291064</t>
+          <t>9786257291101</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Atletik Gelişim</t>
+          <t>Pediatrik Acil Tıp</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>1670</v>
+        <v>5794.2</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257291095</t>
+          <t>9786057607980</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Daha Mavi</t>
+          <t>Perinatal Bakım</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>355.2</v>
+        <v>1376.4</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257291019</t>
+          <t>9786257291064</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Wintrobe'un Klinik Hematoloji Atlası</t>
+          <t>Atletik Gelişim</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>5772</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057607874</t>
+          <t>9786257291095</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Tıp ve Genital Estetik</t>
+          <t>Daha Mavi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>2800</v>
+        <v>355.2</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257291002</t>
+          <t>9786257291019</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>BRS Fizyoloji</t>
+          <t>Wintrobe'un Klinik Hematoloji Atlası</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>1820.4</v>
+        <v>5772</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057607867</t>
+          <t>9786057607874</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yatakbaşı Ultrasonografi</t>
+          <t>Cinsel Tıp ve Genital Estetik</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>2619.6</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057607942</t>
+          <t>9786257291002</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Lokomotor Sistem</t>
+          <t>BRS Fizyoloji</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>1598.4</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057607881</t>
+          <t>9786057607867</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Pratik Klinik Kardiyoloji (Ciltli)</t>
+          <t>Yatakbaşı Ultrasonografi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>2819.4</v>
+        <v>2619.6</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057607409</t>
+          <t>9786057607942</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Vertigoya Olgular Eşliğinde Multidisipliner Yaklaşım</t>
+          <t>Lokomotor Sistem</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>1731.6</v>
+        <v>1598.4</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057607829</t>
+          <t>9786057607881</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Ortopedi ve Travmatoloji (Ciltli)</t>
+          <t>Pratik Klinik Kardiyoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>1243.2</v>
+        <v>2819.4</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789758267200</t>
+          <t>9786057607409</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Bir Hekimin Kırk Bir Yılı</t>
+          <t>Vertigoya Olgular Eşliğinde Multidisipliner Yaklaşım</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>577.2</v>
+        <v>1731.6</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057607669</t>
+          <t>9786057607829</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Shimizu'nun Dermatolojisi</t>
+          <t>Ortopedi ve Travmatoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>5305.8</v>
+        <v>1243.2</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057607454</t>
+          <t>9789758267200</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Pulmoner Vasküler Hastalıklar</t>
+          <t>Bir Hekimin Kırk Bir Yılı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>2974.8</v>
+        <v>577.2</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786057607133</t>
+          <t>9786057607669</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Ayak Bileği Çevresi Bağ ve Tendon Yaralanmaları</t>
+          <t>Shimizu'nun Dermatolojisi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>4839.6</v>
+        <v>5305.8</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057607683</t>
+          <t>9786057607454</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıpta Covid-19</t>
+          <t>Pulmoner Vasküler Hastalıklar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>1642.8</v>
+        <v>2974.8</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789758267194</t>
+          <t>9786057607133</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Güncel Tanı ve Tedavi</t>
+          <t>Ayak Bileği Çevresi Bağ ve Tendon Yaralanmaları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>1642.8</v>
+        <v>4839.6</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786056920516</t>
+          <t>9786057607683</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Damar</t>
+          <t>Acil Tıpta Covid-19</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>5638.8</v>
+        <v>1642.8</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057607621</t>
+          <t>9789758267194</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>İstanbul (Çapa) Tıp ve İz Bırakanlar</t>
+          <t>Güncel Tanı ve Tedavi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>288.6</v>
+        <v>1642.8</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057607676</t>
+          <t>9786056920516</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Olgularla Covid-19</t>
+          <t>Damar</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>732.6</v>
+        <v>5638.8</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057607645</t>
+          <t>9786057607621</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Algoritmalar: Travma</t>
+          <t>İstanbul (Çapa) Tıp ve İz Bırakanlar</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>2109</v>
+        <v>288.6</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057607508</t>
+          <t>9786057607676</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Diyabet Tedavisinde Önerilen Endüstriyel İlaçlar, İnsülin ve Bitkisel Yaklaşımlar</t>
+          <t>Olgularla Covid-19</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>843.6</v>
+        <v>732.6</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057607263</t>
+          <t>9786057607645</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Torasik Cerrahi</t>
+          <t>Ortopedik Algoritmalar: Travma</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>6660</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057607492</t>
+          <t>9786057607508</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Müller’in Akciğer Hastalıkları</t>
+          <t>Diyabet Tedavisinde Önerilen Endüstriyel İlaçlar, İnsülin ve Bitkisel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>5638.8</v>
+        <v>843.6</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786057607362</t>
+          <t>9786057607263</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Endikasyondan Pratiğe Ortez Protez</t>
+          <t>Torasik Cerrahi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>1820.4</v>
+        <v>6660</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057607287</t>
+          <t>9786057607492</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Anatomi</t>
+          <t>Müller’in Akciğer Hastalıkları</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>3552</v>
+        <v>5638.8</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057607157</t>
+          <t>9786057607362</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Klinisyenler İçin Beslenme</t>
+          <t>Endikasyondan Pratiğe Ortez Protez</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>1132.2</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057607225</t>
+          <t>9786057607287</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Perinatoloji Klinik Rehberi</t>
+          <t>Anatomi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>688.2</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786057607171</t>
+          <t>9786057607157</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Palyatif Bakım ve Tıp</t>
+          <t>Klinisyenler İçin Beslenme</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>2131.2</v>
+        <v>1132.2</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057607072</t>
+          <t>9786057607225</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Postoperatif Ağrı Tedavisi</t>
+          <t>Perinatoloji Klinik Rehberi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>1953.6</v>
+        <v>688.2</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059528566</t>
+          <t>9786057607171</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Anestezi Günlük İş Pratiği (İngilizce)</t>
+          <t>Palyatif Bakım ve Tıp</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>666</v>
+        <v>2131.2</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786054949199</t>
+          <t>9786057607072</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Obstetrik ve Jinekolojide Ultrasonografi Atlası</t>
+          <t>Postoperatif Ağrı Tedavisi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>5794.2</v>
+        <v>1953.6</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059528528</t>
+          <t>9786059528566</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Patofizyolojinin Esasları</t>
+          <t>Anestezi Günlük İş Pratiği (İngilizce)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>1554</v>
+        <v>666</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057607195</t>
+          <t>9786054949199</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Jinekolojik Semiyoloji</t>
+          <t>Obstetrik ve Jinekolojide Ultrasonografi Atlası</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>1221</v>
+        <v>5794.2</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057607119</t>
+          <t>9786059528528</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hastane Öncesi Acil Tıp ve Paramedik</t>
+          <t>Uygulamalı Patofizyolojinin Esasları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>2664</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057607102</t>
+          <t>9786057607195</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sporcu Sağlığı ve Performans</t>
+          <t>Jinekolojik Semiyoloji</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>1554</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059528955</t>
+          <t>9786057607119</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Tusmer 4'te 4</t>
+          <t>Hastane Öncesi Acil Tıp ve Paramedik</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>1021.2</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059528863</t>
+          <t>9786057607102</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kas-İskelet Sistemi Değerlendirmesi</t>
+          <t>Sporcu Sağlığı ve Performans</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>2664</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059528870</t>
+          <t>9786059528955</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Diz Çevresi Osteotomileri</t>
+          <t>Tusmer 4'te 4</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>2819.4</v>
+        <v>1021.2</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059528856</t>
+          <t>9786059528863</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz Fizyolojisi</t>
+          <t>Kas-İskelet Sistemi Değerlendirmesi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>1890</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059528290</t>
+          <t>9786059528870</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Sağlık Çalışanları Sağlıklı Olmanız İçin Çabalıyor Peki Ya Siz?</t>
+          <t>Diz Çevresi Osteotomileri</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>310.8</v>
+        <v>2819.4</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059528757</t>
+          <t>9786059528856</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Viral Hepatit 2018</t>
+          <t>Egzersiz Fizyolojisi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>2863.8</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789758267118</t>
+          <t>9786059528290</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Eklem Hastalıkları ve Cerrahisine Güncel Yaklaşımlar</t>
+          <t>Devlet ve Sağlık Çalışanları Sağlıklı Olmanız İçin Çabalıyor Peki Ya Siz?</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>1087.8</v>
+        <v>310.8</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059528429</t>
+          <t>9786059528757</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Mikrobiyoloji</t>
+          <t>Viral Hepatit 2018</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>2242.2</v>
+        <v>2863.8</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059528696</t>
+          <t>9789758267118</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kapsül Enteroskopi Atlası</t>
+          <t>Eklem Hastalıkları ve Cerrahisine Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>1420.8</v>
+        <v>1087.8</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059528351</t>
+          <t>9786059528429</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya</t>
+          <t>Mikrobiyoloji</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>1776</v>
+        <v>2242.2</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059528399</t>
+          <t>9786059528696</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>İnsan Performansında Fonksiyonel Testler</t>
+          <t>Kapsül Enteroskopi Atlası</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>1820.4</v>
+        <v>1420.8</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059528610</t>
+          <t>9786059528351</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Özel Embriyoloji</t>
+          <t>Biyokimya</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>954.6</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059528405</t>
+          <t>9786059528399</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Klinik Egzersiz Fizyolojisi</t>
+          <t>İnsan Performansında Fonksiyonel Testler</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>3485.4</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059528276</t>
+          <t>9786059528610</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Klinik Uygulamalarda Beslenme</t>
+          <t>Genel ve Özel Embriyoloji</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>1665</v>
+        <v>954.6</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059528306</t>
+          <t>9786059528405</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Derin Doku Masajı</t>
+          <t>Klinik Egzersiz Fizyolojisi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>1620.6</v>
+        <v>3485.4</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786054949519</t>
+          <t>9786059528276</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Eczacılık Öğrencileri İçin Matematik</t>
+          <t>Klinik Uygulamalarda Beslenme</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>1043.4</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059528771</t>
+          <t>9786059528306</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Spor Yaralanmaları ve Rehabilitasyon</t>
+          <t>Derin Doku Masajı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>1665</v>
+        <v>1620.6</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059528634</t>
+          <t>9786054949519</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Histoloji</t>
+          <t>Eczacılık Öğrencileri İçin Matematik</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>1221</v>
+        <v>1043.4</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059528597</t>
+          <t>9786059528771</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomisi Atlası</t>
+          <t>Spor Yaralanmaları ve Rehabilitasyon</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>4151.4</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059528412</t>
+          <t>9786059528634</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta İmmünoloji</t>
+          <t>Bir Bakışta Histoloji</t>
         </is>
       </c>
       <c r="C450" s="1">
         <v>1221</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059528511</t>
+          <t>9786059528597</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Alzheimer'a Dair Her Şey</t>
+          <t>İnsan Anatomisi Atlası</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>1065.6</v>
+        <v>4151.4</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059528375</t>
+          <t>9786059528412</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Temel Tıbbi Parazitoloji</t>
+          <t>Bir Bakışta İmmünoloji</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>1887</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059528504</t>
+          <t>9786059528511</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Embriyoloji</t>
+          <t>Alzheimer'a Dair Her Şey</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>1221</v>
+        <v>1065.6</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059528450</t>
+          <t>9786059528375</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Ebeler için Klinik Uygulama Rehberi</t>
+          <t>Temel Tıbbi Parazitoloji</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>932.4</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059528108</t>
+          <t>9786059528504</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimliğinde Radyolojinin Esasları</t>
+          <t>Bir Bakışta Embriyoloji</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>4329</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786054949878</t>
+          <t>9786059528450</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Patoloji</t>
+          <t>Öğrenci Ebeler için Klinik Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>1820.4</v>
+        <v>932.4</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786054949915</t>
+          <t>9786059528108</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Patellofemoral Hastalıklar</t>
+          <t>Diş Hekimliğinde Radyolojinin Esasları</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>4329</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786059528030</t>
+          <t>9786054949878</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Fizyoloji</t>
+          <t>Patoloji</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>3196.8</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786054949854</t>
+          <t>9786054949915</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta  Anotomi</t>
+          <t>Patellofemoral Hastalıklar</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>1620.6</v>
+        <v>4329</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786054949540</t>
+          <t>9786059528030</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Hipofiz Hastalıkları ve Vakaları</t>
+          <t>Tıbbi Fizyoloji</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>599.4</v>
+        <v>3196.8</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786054949687</t>
+          <t>9786054949854</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Yaklaşım</t>
+          <t>Bir Bakışta  Anotomi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>932.4</v>
+        <v>1620.6</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786054949984</t>
+          <t>9786054949540</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Medikal Gebelik ve Postpartum Dönemde Psikiyatrik Bozukluklar</t>
+          <t>Hipofiz Hastalıkları ve Vakaları</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>1510</v>
+        <v>599.4</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786054949106</t>
+          <t>9786054949687</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Tanıda Laboratuvar Testlerinin Yorumlanması</t>
+          <t>Multidisipliner Yaklaşım</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>3951.6</v>
+        <v>932.4</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786054949694</t>
+          <t>9786054949984</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Geriatri Pratiğinde Ölçekler</t>
+          <t>Medikal Gebelik ve Postpartum Dönemde Psikiyatrik Bozukluklar</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>1332</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786054949960</t>
+          <t>9786054949106</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Aile Hekimliği Yeterlilik Sınavı</t>
+          <t>Tanıda Laboratuvar Testlerinin Yorumlanması</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>4684.2</v>
+        <v>3951.6</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054949847</t>
+          <t>9786054949694</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Farmakoloji</t>
+          <t>Geriatri Pratiğinde Ölçekler</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>1820.4</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786054949212</t>
+          <t>9786054949960</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Ekokardiyografi (Ciltli)</t>
+          <t>Aile Hekimliği Yeterlilik Sınavı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>2575.2</v>
+        <v>4684.2</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786054949168</t>
+          <t>9786054949847</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Aile Hekimliğinin Esasları</t>
+          <t>Farmakoloji</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>3374.4</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059528016</t>
+          <t>9786054949212</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Diz Eklemi Bağ ve Tendon Sorunları</t>
+          <t>Ekokardiyografi (Ciltli)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>4151.4</v>
+        <v>2575.2</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786054949021</t>
+          <t>9786054949168</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yenidoğan Acilleri</t>
+          <t>Aile Hekimliğinin Esasları</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>1509.6</v>
+        <v>3374.4</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786054499991</t>
+          <t>9786059528016</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Radyasyon Onkolojisinde Tedavi Planlama El Kitabı</t>
+          <t>Diz Eklemi Bağ ve Tendon Sorunları</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>777</v>
+        <v>4151.4</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054949991</t>
+          <t>9786054949021</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Eklem İçi Enjeksiyonlar</t>
+          <t>Yenidoğan Acilleri</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>444</v>
+        <v>1509.6</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786054949564</t>
+          <t>9786054499991</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Alerji ve İmmünoloji El Kitabı</t>
+          <t>Radyasyon Onkolojisinde Tedavi Planlama El Kitabı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>3463.2</v>
+        <v>777</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786054949205</t>
+          <t>9786054949991</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Endüstri'de ve Farmasötik Ürünlerde Mikrobiyoloji</t>
+          <t>Eklem İçi Enjeksiyonlar</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>599.4</v>
+        <v>444</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054949342</t>
+          <t>9786054949564</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Üreter ve Üretranın Hastalıkları ve Tedavileri</t>
+          <t>Alerji ve İmmünoloji El Kitabı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>2775</v>
+        <v>3463.2</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786059528177</t>
+          <t>9786054949205</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya</t>
+          <t>Endüstri'de ve Farmasötik Ürünlerde Mikrobiyoloji</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>932.4</v>
+        <v>599.4</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054949144</t>
+          <t>9786054949342</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Gebelik ve Endokrin Hastalıkları</t>
+          <t>Üreter ve Üretranın Hastalıkları ve Tedavileri</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>599.4</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786054949526</t>
+          <t>9786059528177</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>BRS Hücre Biyolojisi ve Histoloji</t>
+          <t>Organik Kimya</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>1820.4</v>
+        <v>932.4</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786054949557</t>
+          <t>9786054949144</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıp - Klinik Olgu Çözümleri</t>
+          <t>Gebelik ve Endokrin Hastalıkları</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>1620.6</v>
+        <v>599.4</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786054949304</t>
+          <t>9786054949526</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kolon ve Rektum Cerrahisi: Anorektal Ameliyatlar (Ciltli)</t>
+          <t>BRS Hücre Biyolojisi ve Histoloji</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>4506.6</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786059528061</t>
+          <t>9786054949557</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Acil Dahiliye (Ciltli)</t>
+          <t>Acil Tıp - Klinik Olgu Çözümleri</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>4151.4</v>
+        <v>1620.6</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054949298</t>
+          <t>9786054949304</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kolon ve Rektum Cerrahisi: Abdominal Ameliyatlar (Ciltli)</t>
+          <t>Kolon ve Rektum Cerrahisi: Anorektal Ameliyatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>4928.4</v>
+        <v>4506.6</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786054949373</t>
+          <t>9786059528061</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Meme Cerrahisi (Ciltli)</t>
+          <t>Acil Dahiliye (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>5927.4</v>
+        <v>4151.4</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786054949472</t>
+          <t>9786054949298</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Lange Patoloji: Modern Olgu Sunumları</t>
+          <t>Kolon ve Rektum Cerrahisi: Abdominal Ameliyatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>2375.4</v>
+        <v>4928.4</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054949762</t>
+          <t>9786054949373</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Compact Disc İle: Konuşma Odyometresi</t>
+          <t>Meme Cerrahisi (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>1443</v>
+        <v>5927.4</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786054949403</t>
+          <t>9786054949472</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Oxford Pediatrik Nefroloji</t>
+          <t>Lange Patoloji: Modern Olgu Sunumları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>1443</v>
+        <v>2375.4</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059528207</t>
+          <t>9786054949762</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Sınıflandırmalar ve Skorlamalar</t>
+          <t>Compact Disc İle: Konuşma Odyometresi</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>1531.8</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786054949076</t>
+          <t>9786054949403</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum</t>
+          <t>Oxford Pediatrik Nefroloji</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>444</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786054949793</t>
+          <t>9786059528207</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Hatalar ve Hasta Güvenliği Eğitim Rehberi</t>
+          <t>Ortopedik Sınıflandırmalar ve Skorlamalar</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>999</v>
+        <v>1531.8</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059528023</t>
+          <t>9786054949076</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Temel Kinezyo-Mekanik</t>
+          <t>Büyüyorum</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>754.8</v>
+        <v>444</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786054949823</t>
+          <t>9786054949793</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Marks' Tıbbi Biyokimyanın Esasları</t>
+          <t>Tıbbi Hatalar ve Hasta Güvenliği Eğitim Rehberi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>3463.2</v>
+        <v>999</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786054949816</t>
+          <t>9786059528023</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Oxford Hemşirelik Sözlüğü</t>
+          <t>Temel Kinezyo-Mekanik</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>1310</v>
+        <v>754.8</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786054949458</t>
+          <t>9786054949823</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Fizyoterapi ve Rehabilitasyona Giriş</t>
+          <t>Marks' Tıbbi Biyokimyanın Esasları</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>1132.2</v>
+        <v>3463.2</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786054949120</t>
+          <t>9786054949816</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Anatomi ve Fizyoloji</t>
+          <t>Oxford Hemşirelik Sözlüğü</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>2442</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789944211314</t>
+          <t>9786054949458</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Rutin Uygulamalarımızda Kullandığımız BT Çekim Protokolleri</t>
+          <t>Fizyoterapi ve Rehabilitasyona Giriş</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>310.8</v>
+        <v>1132.2</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786054499878</t>
+          <t>9786054949120</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Oxford Endokrinoloji ve Diyabet El Kitabı</t>
+          <t>Anatomi ve Fizyoloji</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>1154.4</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786054499786</t>
+          <t>9789944211314</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>10 Dakikada Konsültasyon: Tip 2 Diyabetes Mellitus</t>
+          <t>Rutin Uygulamalarımızda Kullandığımız BT Çekim Protokolleri</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>444</v>
+        <v>310.8</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786054499908</t>
+          <t>9786054499878</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Pediyatride Rutinler</t>
+          <t>Oxford Endokrinoloji ve Diyabet El Kitabı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>3973.8</v>
+        <v>1154.4</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786054499960</t>
+          <t>9786054499786</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Biyoistatistik ve Araştırma Yöntembilimi</t>
+          <t>10 Dakikada Konsültasyon: Tip 2 Diyabetes Mellitus</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>732.6</v>
+        <v>444</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786054499939</t>
+          <t>9786054499908</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>AHA Klinik Kardiyak Danışmanı</t>
+          <t>Pediyatride Rutinler</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>1176.6</v>
+        <v>3973.8</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786054499823</t>
+          <t>9786054499960</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Genetiğin Esasları</t>
+          <t>Biyoistatistik ve Araştırma Yöntembilimi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>1931.4</v>
+        <v>732.6</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789944211277</t>
+          <t>9786054499939</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Adrenal Hastalıkları Cerrahisi</t>
+          <t>AHA Klinik Kardiyak Danışmanı</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>355.2</v>
+        <v>1176.6</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786054499595</t>
+          <t>9786054499823</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Bronkoskopiye Giriş</t>
+          <t>Tıbbi Genetiğin Esasları</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>732.6</v>
+        <v>1931.4</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786054499861</t>
+          <t>9789944211277</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Basic Biostatistics And Research Methodology</t>
+          <t>Adrenal Hastalıkları Cerrahisi</t>
         </is>
       </c>
       <c r="C504" s="1">
         <v>355.2</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786054499731</t>
+          <t>9786054499595</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Diyabetik Aciller</t>
+          <t>Bronkoskopiye Giriş</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>466.2</v>
+        <v>732.6</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786054499403</t>
+          <t>9786054499861</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Oxford KBB Baş Boyun Cerrahisi El Kitabı (Ciltli)</t>
+          <t>Basic Biostatistics And Research Methodology</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>1354.2</v>
+        <v>355.2</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786054499540</t>
+          <t>9786054499731</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Kan Hastalıklarının Patofizyolojisi</t>
+          <t>Diyabetik Aciller</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>1731.6</v>
+        <v>466.2</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786054499670</t>
+          <t>9786054499403</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılarda Güncel Sağlık Sorunları ve Bakımı</t>
+          <t>Oxford KBB Baş Boyun Cerrahisi El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>888</v>
+        <v>1354.2</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786055507053</t>
+          <t>9786054499540</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Üreme Sağlığı ve Üremeye Yardımcı Tedaviler</t>
+          <t>Kan Hastalıklarının Patofizyolojisi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>399.6</v>
+        <v>1731.6</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786054499199</t>
+          <t>9786054499670</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Pratik Klinik Onkoloji</t>
+          <t>Yaşlılarda Güncel Sağlık Sorunları ve Bakımı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>1309.8</v>
+        <v>888</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789944211154</t>
+          <t>9786055507053</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Akciğer Radyolojisi</t>
+          <t>Üreme Sağlığı ve Üremeye Yardımcı Tedaviler</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>399.6</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789756395943</t>
+          <t>9786054499199</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Akut Koroner Sendromlar</t>
+          <t>Pratik Klinik Onkoloji</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>355.2</v>
+        <v>1309.8</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
+          <t>9789944211154</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>100 Soruda Akciğer Radyolojisi</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>399.6</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9789756395943</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Akut Koroner Sendromlar</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>355.2</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
           <t>9789756395622</t>
         </is>
       </c>
-      <c r="B513" s="1" t="inlineStr">
+      <c r="B515" s="1" t="inlineStr">
         <is>
           <t>Ağrı</t>
         </is>
       </c>
-      <c r="C513" s="1">
+      <c r="C515" s="1">
         <v>444</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>