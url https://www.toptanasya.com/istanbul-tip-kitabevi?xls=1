--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,7750 +85,11440 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256820999</t>
+          <t>9786059528917</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Örnek Reçete Acil Yaklaşımlar ve EKG Örnekleri Cep Kitabı</t>
+          <t>Doğum Öncesi Dönem 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>2109</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255967824</t>
+          <t>9786057607027</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Fizyoterapi ve Rehabilitasyona Giriş</t>
+          <t>Kadınlarda Vajinismus ve Ağrılı Cinsel İlişki Tedavisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1431.9</v>
+        <v>51.75</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255967794</t>
+          <t>3990000051568</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Anatomi</t>
+          <t>Cerrahpaşa İç Hastalıkları Cilt: 2</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>843.6</v>
+        <v>144</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256820166</t>
+          <t>9786054949137</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Temel Ebelik (2 Cilt) (Ciltli)</t>
+          <t>Mayo Klinik Kardiyoloji</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>11100</v>
+        <v>1007.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255967701</t>
+          <t>9789944211383</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ebelikte Eğitim ve Öğretim</t>
+          <t>Joslins's Diabetes Mellitus (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1110</v>
+        <v>261</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256820845</t>
+          <t>9786054499496</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelikte Sağlık Hikayesi Alma ve Fizik Muayene Uygulama Rehberi</t>
+          <t>Depresyon Üzerine Düşünceler - 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>843.6</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256820470</t>
+          <t>9786054499984</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Temel Endokrinoloji ve Diyabet</t>
+          <t>Cleveland Klinik İç Hastalıkları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>3862.8</v>
+        <v>243.35</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944211932</t>
+          <t>9786055507039</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Beslenme ve Diyet Temel İlkeleri</t>
+          <t>Tıp Eğitiminde Ölçme Değerlendirme İçin Pratik Rehber</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>2109</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057607522</t>
+          <t>9786054499144</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Eklem Mobilizasyonu ve Manipulasyonu</t>
+          <t>Temel İç Hastalıkları Hemşireliği Kavram ve Kuramlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>2442</v>
+        <v>112</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255967138</t>
+          <t>9786054499328</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yumuşak Doku Mobilizasyon Teknikleri: Kanıta Dayalı Yaklaşımlar</t>
+          <t>Temel Ekokardiyografi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1864.8</v>
+        <v>134.26</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255967275</t>
+          <t>9786054499250</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinlerde Klinik Beslenme - 2</t>
+          <t>Temel Aile Hekimliği</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1731.6</v>
+        <v>610.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255967503</t>
+          <t>9786055507084</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Williams Hematoloji El Kitabı (Ciltli)</t>
+          <t>Yenidoğan Etiği</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>5772</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255967466</t>
+          <t>9786054499335</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Vakalarla Çocuk Diş Hekimliği</t>
+          <t>Stahl’ın Temel Psikofarmakolojisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>2997</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255967473</t>
+          <t>9786054499427</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Uyuz</t>
+          <t>Kolaylaştırılmış Solunum Fonksiyon Testleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>3219</v>
+        <v>79.05</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255967299</t>
+          <t>9789944211840</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tıp Eğitiminde Güncel Radyoloji</t>
+          <t>Sağlık Çalışanlarının Güvenliği</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1776</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255967237</t>
+          <t>9786054499120</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Stahl Temel Psikofarmakoloji Vaka Çalışmaları 4 - Çocuk ve Adölesan</t>
+          <t>Renkli Fizyoloji Atlası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>4107</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255967497</t>
+          <t>9786054499151</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Kültürel, Ekonomik Faktörlerle Tıp Anlayışı Tarihi ve Diş Hekimliği Tarihi</t>
+          <t>Pratik EKG</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>999</v>
+        <v>112</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255967398</t>
+          <t>9786054499373</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sektöründe İnsan İlişkileri ve İletişim Becerileri</t>
+          <t>Practical Handbook of Echocardiography - Türkçesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>532.8</v>
+        <v>152.78</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255967176</t>
+          <t>9786054499069</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Fakülteleri İçin Kliniğe Yönelik Temel Anatomi</t>
+          <t>Pediatrist El Kitabı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1376.4</v>
+        <v>377.4</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255967220</t>
+          <t>9786054499359</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Mikrobiyoloji</t>
+          <t>Neonatal Kardiyoloji</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1221</v>
+        <v>72</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255967312</t>
+          <t>9786054499472</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>5-Dakikada Acil Tıp Rehberi (Ciltli)</t>
+          <t>Moleküler Hücre Biyolojisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>12432</v>
+        <v>799.2</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255967077</t>
+          <t>9786054499526</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Resuscitation</t>
+          <t>İnsan Anatomisi Renkli Atlası Cilt:1 - Lokomotor Sistem</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1776</v>
+        <v>71.3</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255967510</t>
+          <t>9786054499106</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Hematoloji ve Onkoloji El Kitabı</t>
+          <t>Kültürlerarası Hemşirelik</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>4107</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255967480</t>
+          <t>9786054499014</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Pain Management in Emergency Medicine</t>
+          <t>Kolaylaştırılmış EKG</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>2442</v>
+        <v>71.3</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255967374</t>
+          <t>9789944211796</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Otoimmün Hastalıklarda Tıbbi Beslenme Tedavisi</t>
+          <t>Kolaylaştırılmış Acil Radyoloji</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1265.4</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255967268</t>
+          <t>9786054499366</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Olgularla Ortopedik Rehabilitasyon</t>
+          <t>Klinik MRG’nin Esasları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>2042.4</v>
+        <v>103.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255967534</t>
+          <t>9786054499045</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Obstetrik ve Jinekolojide Ultrasonografi Atlası</t>
+          <t>Kardiyotorasik Cerrahide Komplikasyanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>8658</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255967206</t>
+          <t>9786054499380</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Obezite Tanı ve Tedavide Güncel Yaklaşım</t>
+          <t>Kardiyoloji Tanısı Zor 100 Vaka</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>932.4</v>
+        <v>49.6</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255967169</t>
+          <t>9789944211956</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mesleki Rehabilitasyon</t>
+          <t>Kardiyoloji Çalışma Kartları (180 Kart)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>2131.2</v>
+        <v>36</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256820975</t>
+          <t>3990000034464</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mecburi Hizmet El Kitabı</t>
+          <t>Histeroskopi (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>2331</v>
+        <v>128.65</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255967350</t>
+          <t>9789944211697</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kritik Hastaların Acil Serviste Resüsitasyonu</t>
+          <t>Klinik Yoğun Bakım (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>2664</v>
+        <v>300.93</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255967305</t>
+          <t>9786054499557</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Klinik Obstetrik Fetus ve Anne</t>
+          <t>Klinik Tıpta Tanısı Zor 100 Vaka</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>9324</v>
+        <v>86.8</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255967558</t>
+          <t>9789944211949</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hastalıklarında Bitkilerle Modern Tedavi</t>
+          <t>EKG Çalışma Kartları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>3996</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255967121</t>
+          <t>9786054499748</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Epidemiyolojisi</t>
+          <t>Diyabet El Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>621.6</v>
+        <v>172.05</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255967190</t>
+          <t>9789944211833</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İdrar Oluşumu ve Analizi</t>
+          <t>Deja Review - İç Hastalıkları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>488.4</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255967459</t>
+          <t>9786054499298</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hemodiyaliz Hastaları ve Aileleri İçin Rehber</t>
+          <t>Çocuk Acil Tıp (2 Cilt Takım ) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>932.4</v>
+        <v>8658</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255967336</t>
+          <t>9789756395875</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Fitoterapi ve Aromaterapi</t>
+          <t>TUS Kutusu Kadın Doğum 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>999</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255967213</t>
+          <t>3990000025656</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Beyin Limbik Beyin</t>
+          <t>Hiperbarik Tıp (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>577.2</v>
+        <v>134.26</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255967329</t>
+          <t>9786059528702</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Doğum Sonu Dönemde Sağlık ve Bakım Uygulamaları</t>
+          <t>Doğum Öncesi Dönem 1</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1221</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255967114</t>
+          <t>9786054949656</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dermatolojinin Sırları - Dökütler</t>
+          <t>Dr. Amino Asit</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>5883</v>
+        <v>94.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255967428</t>
+          <t>9786054949533</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dermatolojik Cerrahi (Ciltli)</t>
+          <t>Sağlık Yüksek Okulları İçin Farmakoloji</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>24420</v>
+        <v>91</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255967183</t>
+          <t>9786054949113</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nöroanatomi</t>
+          <t>Stahl'ın Temel Psikofarmakolojisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>999</v>
+        <v>4395.6</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255967565</t>
+          <t>9789756359097</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Bitkilerle Modern Tedavi</t>
+          <t>Alerjik Deri Hastalıkları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>3996</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255967039</t>
+          <t>9786054949731</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Critical Care</t>
+          <t>Cander Acil Tıp (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>4084.8</v>
+        <v>775</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255967022</t>
+          <t>9786058929425</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Concise Neuroanatomy For Medical Students</t>
+          <t>İmmünoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>621.6</v>
+        <v>218.25</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255967282</t>
+          <t>9786054949861</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Clinical Nutrition In Adults - 2</t>
+          <t>Embriyoloji</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1731.6</v>
+        <v>319.68</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255967251</t>
+          <t>9786054949649</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Cerrahi Hasta Güvenliğinde Kanıta Dayalı Hemşirelik Uygulamaları</t>
+          <t>Beslenme ve İlaç Etkileşimi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1354.2</v>
+        <v>905.76</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256820883</t>
+          <t>9786059528825</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bulaşıcı Hastalıklarda Bakım Yönetimi</t>
+          <t>Tıbbi Fizyoloji</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>2131.2</v>
+        <v>203</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256820920</t>
+          <t>9786054949885</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Erişkin Kalp Cerrahisinde Perioperatif Yaklaşım El Kitabı</t>
+          <t>Pediatrik Fizyoterapi Rehabilitasyon</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>5439</v>
+        <v>1021.2</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255967367</t>
+          <t>9786054949724</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bir Hemşirenin İlk Adımları Temel Uygulamalar Rehberi</t>
+          <t>Türkiye'nin Geleneksel İlaç Bitkileri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>621.6</v>
+        <v>1065.6</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255967411</t>
+          <t>9786054949601</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ben Ebeyim</t>
+          <t>Genel Histoloji</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>333</v>
+        <v>128.65</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255967152</t>
+          <t>9786059528047</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ata Anatomi (Ciltli)</t>
+          <t>Başağrısı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>3663</v>
+        <v>155.25</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255967541</t>
+          <t>9786054499885</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Sonuçlarının Ardındaki Hikayeler</t>
+          <t>Wintrobe'un Klinik Hematoloji Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>754.8</v>
+        <v>162.04</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255967145</t>
+          <t>9786054499212</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıp Bakış Açısıyla Kardiyak Olgular (Ciltli)</t>
+          <t>150 EKG Problemleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>799.2</v>
+        <v>108.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255967381</t>
+          <t>9789756395868</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Acil Cerrahi (Ciltli)</t>
+          <t>TUS Kutusu Küçük Stajlar 1</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>11766</v>
+        <v>56</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255967244</t>
+          <t>9789756395783</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>5-Dakikada Çocuk Acil Tıp Rehberi (Ciltli)</t>
+          <t>TUS Kutusu Mikrobiyoloji 1</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>10323</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258103304</t>
+          <t>9786054499564</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Temel Dermatoloji (Ciltli)</t>
+          <t>Hipertansiyon</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>17782.2</v>
+        <v>94.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257291590</t>
+          <t>9786054499502</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Niyazi Acer</t>
+          <t>İdrar Sedimenti Uygulama Atlası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>865.8</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059528993</t>
+          <t>9786054499434</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Çocuk Sağlığı</t>
+          <t>Tanıdan Sağaltıma Bipolar Depresyon</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1731.6</v>
+        <v>56</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054949229</t>
+          <t>9786054499571</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Girişimsel Kardiyoloji Board Değerlenderimi (Ciltli)</t>
+          <t>Nütrisyonda Güncel Konular</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>3116.88</v>
+        <v>70.37</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789756395257</t>
+          <t>9786054499533</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tiroit Lezyonları Atlası (Ciltli)</t>
+          <t>Nöroanatomi - İnsan Anatomisi Renkli Atlası Cilt: 3</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1998</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944211161</t>
+          <t>3990000013340</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelik Esasları Temel Beceriler Rehberi</t>
+          <t>Yüzeyel Mantar Hastalıkları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>577.2</v>
+        <v>26.35</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944211789</t>
+          <t>3990000005967</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kardiyoloji</t>
+          <t>Yenidoğan Enfeksiyonları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>399.6</v>
+        <v>72.22</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054499458</t>
+          <t>9789756395936</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Etik Konulardan Seçmeler</t>
+          <t>Üroloji Yıllığı - Year Book of Urology</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>555</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057607997</t>
+          <t>3990000011031</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Onkolojik Hastalarda Seksüalite Ve Fertiliteye Multidisipliner Yaklaşım</t>
+          <t>Year Book Of Otolaryngology</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>2175.6</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257291545</t>
+          <t>9789944027601</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>EKG Yorumu Cep Kitabı</t>
+          <t>Yaşlılık: Sorunlar ve Bakım İlkeleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>666</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>4440000001192</t>
+          <t>9789756395494</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Genel Cerrahi (Ciltli)</t>
+          <t>Venedik</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>3285.6</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>4440000001147</t>
+          <t>9789756395567</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Anatomi (Ciltli)</t>
+          <t>Vasküler Ultrasona Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>4329</v>
+        <v>179.8</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789756972946</t>
+          <t>9789756395424</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Acil Durumlarda Tanı ve Tedavi</t>
+          <t>Türkiye İlaç Rehberi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>199.8</v>
+        <v>48.15</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256820487</t>
+          <t>9789756395530</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Temel Aile Hekimliği Tanı Tedavi ve Reçete Rehberi</t>
+          <t>Türkçe Tıp Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>3463.2</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789758267286</t>
+          <t>9789756395443</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kadınlarda Sık Görülen Kas İskelet Sistemi Hastalıkları</t>
+          <t>Treatment of Hepatitis B</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>888</v>
+        <v>48.15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258103922</t>
+          <t>9789756395249</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Dolgu Enjeksiyon Teknikleri</t>
+          <t>Travma (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1132.2</v>
+        <v>490</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258103625</t>
+          <t>9789756395110</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya</t>
+          <t>Tıp Terimleri Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1132.2</v>
+        <v>42</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256820029</t>
+          <t>9789756395435</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cerrahlar İçin Klinik Araştırma Yöntembilimi ve Biyoistatistik Temel Kavramlar</t>
+          <t>Tıp Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1132.2</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258103908</t>
+          <t>9789756395721</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Oftalmoloji Cep Kitabı</t>
+          <t>Tıbbi Terimleri Oluşturan Latince - Yunanca Kök Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1154.4</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258103670</t>
+          <t>9789944211017</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kardiyovasküler ve Pulmoner Aciller</t>
+          <t>Tenisçi Sakatlıkları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1753.8</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258103854</t>
+          <t>9789944211536</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Pediatrist Tanı, Tedavi, Reçete ve Acil Yaklaşımlar Kitabı</t>
+          <t>Temel ve Klinik Biyokimya</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>3640.8</v>
+        <v>56</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258103816</t>
+          <t>9789756395615</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Heart Surgery - Question Book</t>
+          <t>Temel İmmünoloji İmmün Sistemin İşlev ve Bozuklukları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1820.4</v>
+        <v>59.26</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258103786</t>
+          <t>9789756395707</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Emzirmede Jinekoloğun Rolü Anne - Bebek, Anne Sütü</t>
+          <t>Temel Hemşirelik Kavramlar, İlkeler, Uygulamalar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>754.8</v>
+        <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258103038</t>
+          <t>9789756416402</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya, Moleküler Biyoloji ve Genetik</t>
+          <t>Tam İsabet Cerrahi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>1909.2</v>
+        <v>346.32</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258103359</t>
+          <t>9789756395387</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Normal Hareket ve Fonksiyon Gelişimi</t>
+          <t>Tam EKG</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1221</v>
+        <v>50</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258103458</t>
+          <t>9789756395486</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Afetlerde Savunmasız Gruplar</t>
+          <t>Seksüel Tıp (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>865.8</v>
+        <v>259.26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258103311</t>
+          <t>9789756395042</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Temel İnsan Anatomisi</t>
+          <t>Resimlerle Anlatımlı Hipertansiyon El Kitabı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>1021.2</v>
+        <v>17.05</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258103229</t>
+          <t>3990000011788</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Stahl’ın Temel Psikofarmakolojisi - Reçete Yazım Kılavuzu</t>
+          <t>Renal Anemi Karşıt Görüşler ve Tartışmalar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>7681.2</v>
+        <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258103144</t>
+          <t>9789756395907</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Yönetiminde İlaç Dışı Uygulamalar</t>
+          <t>Psikiyatri İlaç Tedavisi El Kitabı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1598.4</v>
+        <v>77.5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257291842</t>
+          <t>9789756395710</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Pediyatrik Sedasyon Ve Analjezi</t>
+          <t>Pratik Kardiyoloji</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>1931.4</v>
+        <v>546.12</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257291644</t>
+          <t>9789756395950</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Venöz Tromboembolide Güncelleme</t>
+          <t>TUS'da Tam İsabet Dahiliye</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>4506.6</v>
+        <v>49.6</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257291859</t>
+          <t>3990000007207</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Olgu Senaryolarıyla İç Hastalıklarında Fizyoterapi ve Rehabilitasyon</t>
+          <t>Pratik EKG</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1598.4</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057607591</t>
+          <t>9789756395899</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hayvan Ortopedisi Romatoloji ve Kas-İskelet Hastalıkları</t>
+          <t>Pratik Böbrek Hastalıkları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1376.4</v>
+        <v>36</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057607966</t>
+          <t>3990000006459</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Genel Histoloji - 3. Baskı</t>
+          <t>Plevra Hastalıkları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>666</v>
+        <v>26.35</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057607959</t>
+          <t>9789756395660</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Özel Histoloji - Geliştirilmiş</t>
+          <t>Pediyatri El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>666</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258103106</t>
+          <t>9789756395745</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Kısa Psikiyatrik Notlar</t>
+          <t>Pediatrik Ultrason (Türkçe Çeviri)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1376.4</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257291965</t>
+          <t>9789756395998</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Bozuklukları</t>
+          <t>PDQ İnteraktif Onkoloji</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>3685.2</v>
+        <v>26.35</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257291927</t>
+          <t>3990000013272</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sporda Performans ve Toparlanma</t>
+          <t>PDQ Hematoloji</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>799.2</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257291866</t>
+          <t>3990000006325</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tele Sağlık</t>
+          <t>Otomatik Kan Sayımı Parametreleri ve Sonuçlarının Yorumlanması</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>2242.2</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257291873</t>
+          <t>9789944211512</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kas İskelet Sistemi Girişimsel Ultrasonografisi</t>
+          <t>Maternal Fetal Tıp</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>5572.2</v>
+        <v>162.04</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059528054</t>
+          <t>9789756395059</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Lange Neonatoloji Gomella</t>
+          <t>Mantar Hastalıkları El Kitabı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1753.8</v>
+        <v>26.35</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057607294</t>
+          <t>9789944211895</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Bulgudan Tanıya Algoritmalar</t>
+          <t>Lipid Bozuklukları El Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>1420.8</v>
+        <v>49.6</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944211888</t>
+          <t>9789756395547</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dahiliye Çalışma Kartları</t>
+          <t>Kolaylaştırılmış Nörolojik Muayene</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>510.6</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059528962</t>
+          <t>9789944211413</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Terapötik Masaj</t>
+          <t>Kolaylaştırılmış Kesitsel Görüntüleme (Türkçe Çeviri)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1132.2</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057607058</t>
+          <t>9789756395349</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Rehabilitasyonda Teknoloji</t>
+          <t>Kolaylaştırılmış Batın Grafisi (Türkçe Çeviri)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1443</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059528948</t>
+          <t>3990000012395</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Vakalarla Yenidoğan</t>
+          <t>Klinisyenin İç Hastalıkları Rehberi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>3574.2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059528788</t>
+          <t>9789756395273</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Estetik Tıpta Botulinum Toksin (Ciltli)</t>
+          <t>Klinik Pratikte Asitli Hasta</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>1842.6</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059528733</t>
+          <t>9789756395578</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Enfeksiyon Hastalıkları</t>
+          <t>Klinik Parazitoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>3507.6</v>
+        <v>57.35</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059528627</t>
+          <t>9789756395974</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Dermoskopi</t>
+          <t>Jinekolojik ve Obstetrik Enfeksiyonlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>5416.8</v>
+        <v>72</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057607140</t>
+          <t>9786054949090</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Obstetrik ve Jinekolojik Aciller</t>
+          <t>İrritabl Barsak Sendromu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>2464.2</v>
+        <v>65.1</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059528498</t>
+          <t>9789944211062</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Psikiyatrisi</t>
+          <t>İmmünolojide Gelişmeler 5</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>2164.5</v>
+        <v>56</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057607010</t>
+          <t>9789756395684</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Klinik Kardiyoloji (2 Cilt Takım) (Ciltli)</t>
+          <t>Hipertansiyon (Türkçe Çeviri) (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>25663.2</v>
+        <v>179.8</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944211871</t>
+          <t>9789756395699</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Solunum Sistemi ve Hastalıkları (2 Cilt Takım) (Ciltli)</t>
+          <t>Hızlı EKG Yorumu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>13431</v>
+        <v>59.26</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054499205</t>
+          <t>9789944211222</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Örnek Reçete ve Acil Yaklaşımlar Cep Kitabı</t>
+          <t>Her Derde Deva Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1731.6</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054499410</t>
+          <t>9789756395325</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Otolarengoloji Vakaları</t>
+          <t>Pratik EKO</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>488.4</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944211758</t>
+          <t>9789756395516</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ortognatik Cerrahinin Temelleri</t>
+          <t>Gep Net (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>666</v>
+        <v>63</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054499038</t>
+          <t>9789944211048</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Nöroloji ve Nöroşirurji Yoğun Bakım</t>
+          <t>Genital HPV</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>954.6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059528672</t>
+          <t>9789944211192</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Metabolizma: Metabolizma Atlası</t>
+          <t>Gastroenteroloji ve Karaciğer Hastalıkları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>1887</v>
+        <v>57.35</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944211802</t>
+          <t>9789944211390</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kolaylaştırılmış Acil Ultrason</t>
+          <t>Gastroenteroloji El Kitabı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>732.6</v>
+        <v>57.35</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054499397</t>
+          <t>9789756395738</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>KBB Hastalıkları Çalışma Kartları (100 Adet Kart)</t>
+          <t>Farmakoloji Sağlık Yüksek Okulları İçin</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>310.8</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054499694</t>
+          <t>9789759723826</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelik Felsefesi</t>
+          <t>Erkek Reprodüktif Sistem Hastalıkları ve Tedavisi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>732.6</v>
+        <v>134.26</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944211925</t>
+          <t>3990000014240</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Deja Review - Neuroscience</t>
+          <t>Nöropsikofarmakoloji</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>799.2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057607034</t>
+          <t>9789944211130</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Fitoterapi ve Aromaterapi</t>
+          <t>Medikal İstatistik El Kitabı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>1354.2</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059528658</t>
+          <t>9789944211307</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Olgularla Ortopedik Rehabilitasyon</t>
+          <t>Kemoterapi için Kaynak Klavuz El Kitabı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>1820.4</v>
+        <v>63</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057607065</t>
+          <t>9786055989040</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimliği İçin Anatominin Temelleri (Ciltli)</t>
+          <t>Kaza Ve Yaralanmalarda Hemşirelik Uygulamaları Atlası</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>5061.6</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059528887</t>
+          <t>3990000011097</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Primer Diz Artroplastisi</t>
+          <t>Hayatın Tadı Sağlıklı Beslenme</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>4906.2</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059528368</t>
+          <t>9789944211970</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Endokrinoloji</t>
+          <t>50 Soruda EKG Problemleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>1132.2</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054949748</t>
+          <t>9789944211239</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Pediatrinin Esasları (Ciltli)</t>
+          <t>Tam İsabet Pediatri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>2664</v>
+        <v>93</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054949700</t>
+          <t>9786056432033</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Histoloji</t>
+          <t>Kemik İliği ve Kan Kök Hücre Transplantasyonları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1953.6</v>
+        <v>115</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054949922</t>
+          <t>9786059528078</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Menisküs</t>
+          <t>Çocuktan Yaşlıya Hipertansiyon</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>4329</v>
+        <v>40</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054949977</t>
+          <t>9786059528139</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kıkırdak</t>
+          <t>Yoğun Bakım Hemşireliği</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>4329</v>
+        <v>218.25</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054949892</t>
+          <t>9786054949236</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ortopedi ve Travmatoloji</t>
+          <t>Deja Review Cerrahi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>1731.6</v>
+        <v>72</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054949595</t>
+          <t>9789752880665</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İlkyardım</t>
+          <t>Batın Acillerinde Ultrasonografi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>355.2</v>
+        <v>83.25</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054949182</t>
+          <t>9786059528153</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ürolojik Aciller</t>
+          <t>Üriner Sistem Enfeksiyonları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>799.2</v>
+        <v>71.3</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054949830</t>
+          <t>9786054499816</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mikrobiyoloji</t>
+          <t>Kolaylaştırılmış Ortopedik Muayene</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>1554</v>
+        <v>49.6</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054949786</t>
+          <t>9786059528146</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Adli Antropoloji</t>
+          <t>Oxford Onkoloji El Kitabı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>1132.2</v>
+        <v>209.25</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054949571</t>
+          <t>9786059528252</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Erişkin Laboratuvar Referans Değerleri</t>
+          <t>Semptondan Tanıya Pediatri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>1376.4</v>
+        <v>466.2</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054949267</t>
+          <t>9789756395769</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hepatoloji</t>
+          <t>TUS Kutusu Fizyohistooji 1</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1354.2</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054499915</t>
+          <t>9786054949717</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Solunum</t>
+          <t>Geleneksel İlaç Rehberi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>2175.6</v>
+        <v>155.25</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054499441</t>
+          <t>9786054949809</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Adli Tıp</t>
+          <t>Dermatoloji Tedavi El Kitabı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1243.2</v>
+        <v>186</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054499311</t>
+          <t>9786054949939</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Karaciğer Hastalıkları El Kitabı</t>
+          <t>Temel Fizyoloji</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>577.2</v>
+        <v>125</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054499830</t>
+          <t>9789756395851</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Oxford Klinik Hematoloji El Kitabı</t>
+          <t>TUS Kutusu Pediatri 1</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>1309.8</v>
+        <v>56</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054499717</t>
+          <t>9786054499922</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Deja Review - Davranış Bilimleri</t>
+          <t>Ruh Sağlığı ve Hastalıkları Hemşireliği</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>799.2</v>
+        <v>168</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756395508</t>
+          <t>9789756395837</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Üst Solunum Yolları Enfeksiyonları</t>
+          <t>TUS Kutusu Hastanın Nesi Var 1 (200 Kart)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>466.2</v>
+        <v>56</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944211086</t>
+          <t>9789756395882</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ürogenital Ultrason (Ciltli)</t>
+          <t>TUS Kutusu Cerrahi 1 (200 Kart)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>555</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944211116</t>
+          <t>9786257291491</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tiroid Bezi ve Hastalıkları</t>
+          <t>Hücre Sinyal Yolakları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>666</v>
+        <v>98</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054499083</t>
+          <t>3990000052687</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Temel ve Klinik Biyoistatistik</t>
+          <t>Göğüs Cerrahisi Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>666</v>
+        <v>359</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944211093</t>
+          <t>9786257291057</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sentinel Lenf Nodu Biyopsisi (Ciltli)</t>
+          <t>Rehabilitasyonda Evrensel Tasarım ve Herkes İçin Erişilebilirlik</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>688.2</v>
+        <v>49</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756395653</t>
+          <t>9789944211451</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Reprodüktif Endokrinoloji ve İnfertilite (Ciltli)</t>
+          <t>Deja Review - Patoloji</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>555</v>
+        <v>43.4</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944211420</t>
+          <t>9789944211468</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Referans Patoloji</t>
+          <t>Deja Review - Histoloji ve Medikal Hücre Biyolojisi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>1021.2</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944211185</t>
+          <t>9789944211482</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Radyolojinin Esasları</t>
+          <t>Deja Review - Farmakoloji</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>577.2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944211406</t>
+          <t>9789944211147</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik ve Adolesan Jinekoloji (Ciltli)</t>
+          <t>Deja Review - Biyokimya</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>3041.4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756395397</t>
+          <t>9789944211475</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kolaylaştırılmış Pediatrik Klinik Muayene</t>
+          <t>Deja Review - Fizyoloji</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>310.8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756395196</t>
+          <t>9789756395844</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kolaylaştırılmış Akciğer Grafisi</t>
+          <t>Dahiliye Çalışma Kartları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>399.6</v>
+        <v>69.75</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756395981</t>
+          <t>9789944211369</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kalp Hastalıkları</t>
+          <t>Çocuk Yoğun Bakım (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>399.6</v>
+        <v>341</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944211321</t>
+          <t>9789756395639</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sağlığı ve Hastalıkları</t>
+          <t>Çocuk Göğüs Hastalıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>555</v>
+        <v>126</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944211178</t>
+          <t>3990000014516</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tam İsabet Kadın Doğum</t>
+          <t>Çocuk Acil Tıp Kitabı Cilt 1</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>577.2</v>
+        <v>606</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054499137</t>
+          <t>9789944211772</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Klinik Biyokimya 2</t>
+          <t>Clinical Medicine</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>1132.2</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059528238</t>
+          <t>3990000013996</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Stahl'ın Reçete Kılavuzu</t>
+          <t>Beslenme (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>7126.2</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059528184</t>
+          <t>9789750162909</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Solunum Fizyolojisi ve Fizyopatolojisi</t>
+          <t>Başarılı Tezler Nasıl Hazırlanır</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>5194.8</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054949496</t>
+          <t>9789944211208</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>TÜAK / Türkiye Esru Asistan El Kitabı</t>
+          <t>Annelere Öğütler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>510.6</v>
+        <v>63</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059528115</t>
+          <t>9789756395206</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kulak, Burun Boğaz Hastalıkları</t>
+          <t>Anne Sütü ile Beslenme ve İlaç Tedavisi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>444</v>
+        <v>38.25</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054949274</t>
+          <t>9789944211123</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Michigan Plastik Cerrahi</t>
+          <t>Anjiogenez</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>3174.6</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059528160</t>
+          <t>3990000004621</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Genel Histoloji Uygulama Atlası</t>
+          <t>Androloji</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>754.8</v>
+        <v>17.78</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054499953</t>
+          <t>9789756395127</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Renal Transplantasyona Pratik Yaklaşım Humoral Sorunlar</t>
+          <t>Akromegali</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>488.4</v>
+        <v>70</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054949038</t>
+          <t>9789756395967</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Oxford Kardiyoloji El Kitabı</t>
+          <t>Endokrinoloji Diyabet Yıllığı (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>1354.2</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059528221</t>
+          <t>9786055507022</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Oxford Pratisyen El Kitabı</t>
+          <t>100 Yıl Nasıl Yaşanır?</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>3751.8</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054499847</t>
+          <t>3990000012350</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bütünleştirilmiş Molekülsel Ve Hücresel Biyofizik</t>
+          <t>Bulaşıcı Hastalıklar Hemşireliği</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>510.6</v>
+        <v>71.3</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054499700</t>
+          <t>9789944211291</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Viral Hepatit 2013</t>
+          <t>Böbrek Fizyopatolojisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>688.2</v>
+        <v>135</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054499793</t>
+          <t>9789944211079</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Erkek Üreme Sistemi Hastalıkları ve Tedavisi</t>
+          <t>Body MRI (Türkçe Çeviri) (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>2220</v>
+        <v>1371.96</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789758267101</t>
+          <t>9789944211215</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Rehabilitasyon</t>
+          <t>A’dan Z’ye Rüya Yorumları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>1665</v>
+        <v>26.35</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054949281</t>
+          <t>9789756395523</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Su içi Rehabilitasyon</t>
+          <t>Acil Psikiyatri El Kitabı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>732.6</v>
+        <v>77.5</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054949007</t>
+          <t>9789756395389</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kardiyak ve Pulmoner Rehabilitasyon</t>
+          <t>150 Soruda EKG Problemleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>688.2</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054949663</t>
+          <t>9786057607386</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Stahl'ın Psikiyatride Kendini Değerlendirme Testi</t>
+          <t>Zooterapi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>888</v>
+        <v>105</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054949175</t>
+          <t>3990000014517</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Stahl Temel Psikofarmakoloji</t>
+          <t>Çocuk Acil Tıp Kitabı Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>3663</v>
+        <v>606</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054949670</t>
+          <t>9786059528924</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Pediyatrik Semiyoloji (Ciltli)</t>
+          <t>Normal Doğum ve Sonrası Dönem</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>865.8</v>
+        <v>155.25</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054949311</t>
+          <t>9786057607690</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sages El Kitabı</t>
+          <t>Pediatrist Tanı Tedavi Reçete ve Acil Rehberi 2020</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>1731.6</v>
+        <v>510.6</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054949151</t>
+          <t>9786057607317</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Eczacılar için Fizyoloji</t>
+          <t>Histoloji ve Embriyoloji</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>488.4</v>
+        <v>105</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054499724</t>
+          <t>9786054499663</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kolon Rektum Anal Kanalın Cerrahi Hastalıkları (Ciltli)</t>
+          <t>Klinik Kardiyoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>777</v>
+        <v>377.1</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054499977</t>
+          <t>9786057607560</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hemşireler İçin Fiziksel Muayene Yöntemleri</t>
+          <t>Sigara KOAH ve Tubitak 4004 Projesi Hazırlama Kitabı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>444</v>
+        <v>98</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257291569</t>
+          <t>3996057607010</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Beyin : Limbik Beyin</t>
+          <t>Klinik Kardiyoloji Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>510.6</v>
+        <v>582</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257291507</t>
+          <t>9786057607249</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Farmakognozi ve Fitoterapi</t>
+          <t>Anatomi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>2331</v>
+        <v>559.44</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257291637</t>
+          <t>3990000051686</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Tutuşma</t>
+          <t>Göğüs Cerrahisi Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>643.8</v>
+        <v>359</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057607751</t>
+          <t>3990000051681</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>7. Hissiniz İkna</t>
+          <t>Solunum Sistemi ve Hastalıkları Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>732.6</v>
+        <v>402</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057607607</t>
+          <t>9786054949243</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Düzeltici Egzersiz</t>
+          <t>Deja Review - Obstetrik ve Jinekoloji</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>1731.6</v>
+        <v>626.04</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057607911</t>
+          <t>9786059528795</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Temel Fizyoloji</t>
+          <t>Bölünmüş Zihinler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>754.8</v>
+        <v>83.25</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257291460</t>
+          <t>9786059415293</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Farmakolojiye Giriş ve Temel Tıp Bilgileri</t>
+          <t>Olgu Örnekleri ile Tanıdan Tedaviye Çocuk Hastalıkları (2 Cilt)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>1354.2</v>
+        <v>595.2</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257291040</t>
+          <t>3990000022003</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Hekim, Etik ve Suç</t>
+          <t>Olgu Senaryolarıyla İç Hastalıkları Hemşireliği</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>777</v>
+        <v>107</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057607720</t>
+          <t>9786059528719</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Dahiliye</t>
+          <t>İzsiz Tiroidektomi Vestibüler Yaklaşım ile Transoral Endoskopik Tiroidektomi Toetva Atlası</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>3241.2</v>
+        <v>57</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257291361</t>
+          <t>9786059528573</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Bulgudan Tanıya Algoritmalar</t>
+          <t>İç Hastalıklarında Semptomdan Tanıya</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>4928.4</v>
+        <v>540</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257291613</t>
+          <t>9789756395813</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Biyoloji</t>
+          <t>TUS Kutusu Anatomi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>1332</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057607799</t>
+          <t>9789756395806</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İnsan Fizyolojisi</t>
+          <t>TUS Kutusu Biyokimya</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>3818.4</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944211284</t>
+          <t>9789756395776</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Andrews’ Deri Hastalıkları Klinik Dermatoloji (Ciltli)</t>
+          <t>TUS Kutusu Patoloji 1</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>11322</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789756395097</t>
+          <t>9786054949441</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Allerjik Deri Hastalıkları</t>
+          <t>Doğum Süreci El Kitabı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>222</v>
+        <v>346.32</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789756395608</t>
+          <t>9786054949502</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Aicardi’nin Çocuklarda Epilepsi</t>
+          <t>Özel Histoloji</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>599.4</v>
+        <v>158.1</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789756395752</t>
+          <t>3990059528009</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Hepatitler</t>
+          <t>Artroskopik Cerrahi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>555</v>
+        <v>476</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057607546</t>
+          <t>9786059528344</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Jinekoloji ve Obstetrik</t>
+          <t>Oxford Klinik Diş Hekimliği El Kitabı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>1753.8</v>
+        <v>355.2</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257291156</t>
+          <t>9786059528245</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dermatolojik Hastalıkların Tanı ve Tedavisinde Algoritmalar</t>
+          <t>Tarihte Sağlık ve Su Kültürü</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>3840.6</v>
+        <v>103.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057607089</t>
+          <t>9786059528085</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Fitzpatrick Klinik Dermatoloji Renkli Atlas ve Özeti</t>
+          <t>Obstetri ve Jinekolojide Pratik Genetik</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>6060.6</v>
+        <v>126</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057607652</t>
+          <t>9786058481183</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ön Çapraz Bağ Cerrahisi Rehberi</t>
+          <t>Pratik Hematopatoloji Klinik ve Patolojik Özellikleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>1354.2</v>
+        <v>72</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786056942303</t>
+          <t>9786054949380</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kemik Yaşı Atlası</t>
+          <t>Hepatit Mikrobiyolojisi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>2886</v>
+        <v>155.25</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059528986</t>
+          <t>9786054949359</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Vakalarla Diyabet 2018</t>
+          <t>Tıp Etiğinde Esaslar</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>1820.4</v>
+        <v>98</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758267170</t>
+          <t>9786256820265</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Tiroid Hastalıkları Kitabı</t>
+          <t>Tek Sağlık Kavramı Sağlıklı Bir Dünyaya Disiplinlerarası Yaklaşım</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>1731.6</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057607348</t>
+          <t>9786256820258</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Muayenehane Açıyorum</t>
+          <t>Türkiye'de Yaşayan 0-18 Yaş Grubu Çocuklara Ait Büyüme Referans Eğrileri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>643.8</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057607713</t>
+          <t>9786256820401</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Mecburi Hizmet El Kitabı</t>
+          <t>Afet Yönetimi ve Teknoloji</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>1887</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057607416</t>
+          <t>9786258103939</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Patofizyoloji Hemşireler İçin</t>
+          <t>Onkoloji Hemşireliğinde Psikososyal Bakım Becerileri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>1154.4</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257291231</t>
+          <t>9786258103403</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya Öğrenci Laboratuvarı Uygulamaları Kitapçığı</t>
+          <t>Geriatrik Sendromlarda Kanıt Temelli Yaklaşımlar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>688.2</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057607331</t>
+          <t>9786258103564</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Fizyoloji</t>
+          <t>Kadın Sağlık Estetik</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>1154.4</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057607232</t>
+          <t>9786057607973</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Plastik Cerrahide Temel İlkeler</t>
+          <t>Proktolojide Benign Hastalıklar - Haseki Klinikleri Serisi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>4306.8</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057607485</t>
+          <t>9786258103076</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Cerrahi Hastalıklar Bilgisi 1-2</t>
+          <t>Pediatrik Kalp Damar Cerrahisi Soru Kitabı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1065.6</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789758267187</t>
+          <t>9786258103052</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kadınlarda Kalp Hastalıkları</t>
+          <t>Pilates Programları ve Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1531.8</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057607515</t>
+          <t>9786059528740</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Aciller</t>
+          <t>Critical Care Emergency Medicine (Türkçesi) (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1154.4</v>
+        <v>5150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059528603</t>
+          <t>9786054499601</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Core Gelişimi</t>
+          <t>10 Dakikada Konsültasyon: Kronik Obstrüktif Akciğer Hastalığı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>1531.8</v>
+        <v>620</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059528481</t>
+          <t>9786054949083</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Histoloji Atlası</t>
+          <t>Bir Bakışta Solunum Sistemi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>799.2</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057607270</t>
+          <t>9786054499229</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Resimli Temel Anatomi</t>
+          <t>Wills Göz El Kitabı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>688.2</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059528559</t>
+          <t>9789944211987</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Klinik Dermatoloji</t>
+          <t>Pediatrik Zehirlenmeler</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>3263.4</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059528542</t>
+          <t>9789944211994</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kozmesötikler ve Kozmetik İçerikler</t>
+          <t>Pediatrik Hematoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>3640.8</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059528382</t>
+          <t>9786054499113</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>BRS Nöroanatomi</t>
+          <t>Kolay Biyokimya</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>1820.4</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054949052</t>
+          <t>9786055507015</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Cleveland Klinik  Kardiyoloji (Ciltli)</t>
+          <t>Endokrinoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>4551</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059528337</t>
+          <t>9786054499090</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Oxford Diş Hekimliği Sözlüğü</t>
+          <t>Ebe ve Hemşireler için Gebelikte İç Hastalıkları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1243.2</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059528313</t>
+          <t>9786054499687</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Fizyoterapi Sözlüğü</t>
+          <t>Çağdaş Hemşirelikte Etik</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>1309.8</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059528269</t>
+          <t>9786054949908</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bethesda Klinik Hematoloji El Kitabı</t>
+          <t>Mikrobiyoloji ve İmmünoloji</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>1887</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059528191</t>
+          <t>9786054499007</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gebelikte Tarama ve Öngörü</t>
+          <t>İnme Sonrası Bakım</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>1176.6</v>
+        <v>270</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054949588</t>
+          <t>9786054499779</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Cleveland Klinik Çocuk Hastalıkları</t>
+          <t>Oxford Acil Tıp El Kitabı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>2020.2</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054949465</t>
+          <t>9786054499519</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>APLS Çocuk Acil Tıp Kaynak Kitabı (Ciltli)</t>
+          <t>İç Organlar - İnsan Anatomisi Renkli Atlası Cilt: 2</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>15873</v>
+        <v>670</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054949366</t>
+          <t>9786054499342</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Prehistorik ve İlk Çağlarda Tıp Cilt - 1</t>
+          <t>Canlı/Eş Zamanlı 3D Ekokardiyografi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>1376.4</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256820296</t>
+          <t>9786054499052</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Tanısal Dermoskopi Resimli Kılavuz</t>
+          <t>Tıp Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>5261.4</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256820678</t>
+          <t>9789944211024</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Temel Nörofarmakoloji</t>
+          <t>Obezite</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>6349.2</v>
+        <v>490</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256820661</t>
+          <t>9789944211376</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Uykuda Kompleks Solunum Bozuklukları Zorlu Olgular için Klinik Vaka Kitabı</t>
+          <t>Göğüs Hastalıkları Klinik Problemler El Kitabı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>1620.6</v>
+        <v>980</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256820067</t>
+          <t>9786054949427</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Rehabilitasyon</t>
+          <t>BRS Embriyoloji</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1287.6</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256820043</t>
+          <t>9786054949434</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomi Terimler Sözlüğü</t>
+          <t>BRS Gross Anatomi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>980</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258103953</t>
+          <t>9786054499649</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci, İntörn ve Mezuniyet Sonrası Acil Tıbbın Temelleri</t>
+          <t>Göğüs Cerrahisi (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>1420.8</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256820036</t>
+          <t>9786257291187</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kozmetik Dermatoloji Ürünler ve İşlemler</t>
+          <t>Dermatolojide Ayırıcı Tanı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>8080.8</v>
+        <v>7590</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258103977</t>
+          <t>9786257291620</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Gartner ve Hiatt Histoloji Atlas ve Ders Kitabı</t>
+          <t>Sağlık Bilimleri İçin Histoloji ve Embriyoloji</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>2708.4</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258103618</t>
+          <t>9786057607935</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz Fizyolojisi</t>
+          <t>Fiziksel Ajanlar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>1487.4</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258103793</t>
+          <t>9786057607737</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya Laboratuvar Kitabı</t>
+          <t>Washington Acil Tıp El Kitabı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>865.8</v>
+        <v>4310</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258103373</t>
+          <t>9786257291392</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Fizyoloji</t>
+          <t>Aile Hekimleri ve Acil Tıp İçin Covid-19</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>2220</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258103489</t>
+          <t>9786054499618</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Nörofizyolojik Temelli Tedavi Yaklaşımları</t>
+          <t>Endokrinoloji Diyabet Yıllığı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>1931.4</v>
+        <v>800</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786258103021</t>
+          <t>9786257291194</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Nöroanatomi</t>
+          <t>Jinekolojik Cerrahi Operatif Teknikler</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>2242.2</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057607041</t>
+          <t>9786257291033</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İç Hastalıkları Hemşireliği</t>
+          <t>Gebelik ve Sistemik Hastalıklar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>1842.6</v>
+        <v>5190</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059528764</t>
+          <t>9786057607706</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Nöroloji’nin ABC’si</t>
+          <t>Kolorektal Kanserli Hastalarda Onkoloji Hemşiresinin Rolü</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>488.4</v>
+        <v>800</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054499243</t>
+          <t>9786057607300</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelik Esasları - Uygulama Rehberi</t>
+          <t>İnhalasyon Anestezisi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1221</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059528979</t>
+          <t>9786057607614</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Enfeksiyon Hastalıkları</t>
+          <t>Fizyoterapist ve Hasta İletişimi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>1598.4</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057607096</t>
+          <t>9786057607461</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Nöropsikofarmakoloji</t>
+          <t>İç Hastalıkları Uzmanları İçin Preoperatif Değerlendirme</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>1110</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059528900</t>
+          <t>9786057607539</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Ders Notları</t>
+          <t>Sağlık Bilimlerinde Eğitim</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>2109</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059528801</t>
+          <t>9786057607393</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Pilates Programları ve Çalışmaları Kitabı 1. Kademe</t>
+          <t>Anatomi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1309.8</v>
+        <v>800</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054949335</t>
+          <t>9786057607201</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığı</t>
+          <t>Acilde Krizden Önce</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>954.6</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059528092</t>
+          <t>9786054949250</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Nöroradyoloji İşaretleri (Ciltli)</t>
+          <t>Göğüs Hastalıkları</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>5372.4</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054499946</t>
+          <t>9786059528283</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Tip 1 Diyabet Yönetimi</t>
+          <t>Güncel Hipertansiyon</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>399.6</v>
+        <v>530</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054499809</t>
+          <t>9786054499762</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Modaliteler ve Elektroterapi</t>
+          <t>Hemşirelikte Kavram, Kuram ve Model Örnek</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>1043.4</v>
+        <v>450</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257291279</t>
+          <t>9786256820999</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Stahl'ın Reçete Klavuzu Çocuk Ve Ergenler</t>
+          <t>Örnek Reçete Acil Yaklaşımlar ve EKG Örnekleri Cep Kitabı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>4839.6</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257291682</t>
+          <t>9786255967824</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Olgularla Adli Psikoloji</t>
+          <t>Fizyoterapi ve Rehabilitasyona Giriş</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>732.6</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257291675</t>
+          <t>9786255967794</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Acil Yardım</t>
+          <t>Sağlık Bilimleri İçin Anatomi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1221</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257291170</t>
+          <t>9786256820166</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Pilates’ Return To Life Türkçe</t>
+          <t>A'dan Z'ye Temel Ebelik (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>1090</v>
+        <v>11100</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057607379</t>
+          <t>9786255967701</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Elektroterapi ve Fiziksel Modaliteler</t>
+          <t>Ebelikte Eğitim ve Öğretim</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>1665</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257291026</t>
+          <t>9786256820845</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Temel Hemşirelik</t>
+          <t>Hemşirelikte Sağlık Hikayesi Alma ve Fizik Muayene Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>2109</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057607812</t>
+          <t>9786256820470</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomisi Cep Atlası</t>
+          <t>Temel Endokrinoloji ve Diyabet</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>976.8</v>
+        <v>5190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057607355</t>
+          <t>9789944211932</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomi</t>
+          <t>Beslenme ve Diyet Temel İlkeleri</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>3574.2</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057607324</t>
+          <t>9786057607522</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Pilates Programları ve Çalışma Kitabı 2. Kademe</t>
+          <t>Ortopedik Eklem Mobilizasyonu ve Manipulasyonu</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1087.8</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057607584</t>
+          <t>9786255967138</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Romatolojik Hastalıklarda Fizyoterapi Rehabilitasyon</t>
+          <t>Yumuşak Doku Mobilizasyon Teknikleri: Kanıta Dayalı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>2220</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256820234</t>
+          <t>9786255967275</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Jinekolojik ve Obstetrik Cerrahide Bakım</t>
+          <t>Yetişkinlerde Klinik Beslenme - 2</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>1510</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256820418</t>
+          <t>9786255967503</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hemşireler ve Ebeler İçin İlk 1000 Günde Kanıta Dayalı Uygulamalar</t>
+          <t>Williams Hematoloji El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>2220</v>
+        <v>7810</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057607836</t>
+          <t>9786255967466</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Geriatride Pratik Sorunlar Geriatriyi Öğrenmek</t>
+          <t>Vakalarla Çocuk Diş Hekimliği</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>2220</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256820319</t>
+          <t>9786255967473</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Elektroterapi Soru Kitabı Temel Bilgiler ve Olgular</t>
+          <t>Uyuz</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>732.6</v>
+        <v>4350</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254448270</t>
+          <t>9786255967299</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Beslenme</t>
+          <t>Tıp Eğitiminde Güncel Radyoloji</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>1953.6</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057607744</t>
+          <t>9786255967237</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Psoriatik Artrit</t>
+          <t>Stahl Temel Psikofarmakoloji Vaka Çalışmaları 4 - Çocuk ve Adölesan</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>2419.8</v>
+        <v>5550</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257291835</t>
+          <t>9786255967497</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Berek &amp; Novak Temel Jinekoloji</t>
+          <t>Sosyal, Kültürel, Ekonomik Faktörlerle Tıp Anlayışı Tarihi ve Diş Hekimliği Tarihi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>4928.4</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059528580</t>
+          <t>9786255967398</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Basics and Disorders of Connective Tissue</t>
+          <t>Sağlık Sektöründe İnsan İlişkileri ve İletişim Becerileri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>488.4</v>
+        <v>710</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054499755</t>
+          <t>9786255967176</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Prematüre Bebeğin Enteral Beslenmesi</t>
+          <t>Sağlık Fakülteleri İçin Kliniğe Yönelik Temel Anatomi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>688.2</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257291248</t>
+          <t>9786255967220</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Neonatoloji</t>
+          <t>Sağlık Bilimleri İçin Mikrobiyoloji</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>4506.6</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944211918</t>
+          <t>9786255967312</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Klinik El Kitabı Ultrason</t>
+          <t>5-Dakikada Acil Tıp Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>1221</v>
+        <v>16780</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944211727</t>
+          <t>9786255967077</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hepatopankreatobiliyer Cerrahi (Ciltli)</t>
+          <t>Resuscitation</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>3529.8</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789944211901</t>
+          <t>9786255967510</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Klinik Biyokimya 1</t>
+          <t>Pediatrik Hematoloji ve Onkoloji El Kitabı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>1310</v>
+        <v>5550</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054499588</t>
+          <t>9786255967480</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Gastroenteroloji</t>
+          <t>Pain Management in Emergency Medicine</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>1642.8</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054499175</t>
+          <t>9786255967374</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Cerrahpaşa İç Hastalıkları (2 Cilt Takım)</t>
+          <t>Otoimmün Hastalıklarda Tıbbi Beslenme Tedavisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>6859.8</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786055507046</t>
+          <t>9786255967268</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Cerrahi Hemşireliği Uygulama Rehberi</t>
+          <t>Olgularla Ortopedik Rehabilitasyon</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>1243.2</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789944211680</t>
+          <t>9786255967534</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Prostatın Benign Hastalıkları (Ciltli)</t>
+          <t>Obstetrik ve Jinekolojide Ultrasonografi Atlası</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>732.6</v>
+        <v>11680</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789756395265</t>
+          <t>9786255967206</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>PDQ Fizyoloji</t>
+          <t>Obezite Tanı ve Tedavide Güncel Yaklaşım</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>732.6</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789944211505</t>
+          <t>9786255967169</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Oftalmoloji</t>
+          <t>Mesleki Rehabilitasyon</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>2419.8</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789756395295</t>
+          <t>9786256820975</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İnfeksiyon Hastalıklarına Pratik Yaklaşımlar</t>
+          <t>Mecburi Hizmet El Kitabı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>1975.8</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786258103540</t>
+          <t>9786255967350</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Cleveland Klinik İç Hastalıkları Vaka Derlemeleri</t>
+          <t>Kritik Hastaların Acil Serviste Resüsitasyonu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>2310</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944211765</t>
+          <t>9786255967305</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hemşireler İçin Çocuk Sağlığı ve Hastalıkları Öğrenim Rehberi</t>
+          <t>Klinik Obstetrik Fetus ve Anne</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>1221</v>
+        <v>12610</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944211703</t>
+          <t>9786255967558</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Göğüs Radyolojisinin Esasları</t>
+          <t>Kadın Hastalıklarında Bitkilerle Modern Tedavi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>1065.6</v>
+        <v>5420</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789944211109</t>
+          <t>9786255967121</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Güncel Cerrahinin Esasları</t>
+          <t>İş Sağlığı ve Güvenliği Epidemiyolojisi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>510.6</v>
+        <v>840</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256820111</t>
+          <t>9786255967190</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>5N1K Gözüyle Kur'an'a Yolculuk</t>
+          <t>İdrar Oluşumu ve Analizi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>1221</v>
+        <v>670</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786258103984</t>
+          <t>9786255967459</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hoffbrand Temel Hematoloji</t>
+          <t>Hemodiyaliz Hastaları ve Aileleri İçin Rehber</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>4040.4</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258103915</t>
+          <t>9786255967336</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Estetik ve Rejeneratif Jinekoloji</t>
+          <t>Fitoterapi ve Aromaterapi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>3818.4</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257291804</t>
+          <t>9786255967213</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Anatomik Yapıların Palpasyonu</t>
+          <t>Duygusal Beyin Limbik Beyin</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>999</v>
+        <v>800</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258103892</t>
+          <t>9786255967329</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Burun Farkı İle Burun Estetiği Hakkında Bilmeniz Gereken Her Şey</t>
+          <t>Doğum Sonu Dönemde Sağlık ve Bakım Uygulamaları</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>2242.2</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057607843</t>
+          <t>9786255967114</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Uygulama İçin Anestezi</t>
+          <t>Dermatolojinin Sırları - Dökütler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>932.4</v>
+        <v>7950</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258103557</t>
+          <t>9786255967428</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Terminolojinin Temelleri</t>
+          <t>Dermatolojik Cerrahi (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>1221</v>
+        <v>32990</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257291422</t>
+          <t>9786255967183</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Güncel Laboratuvar Tıbbı</t>
+          <t>Nöroanatomi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>1531.8</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258103755</t>
+          <t>9786255967565</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Algoritmalarla Astım, İmmünoloji ve Alerji Hastalarının Yönetiminde Poliklinik El Kitabı</t>
+          <t>Çocuklarda Bitkilerle Modern Tedavi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>3685.2</v>
+        <v>5420</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258103243</t>
+          <t>9786255967039</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Temel Çocuk Endokrinolojisi ve Diyabet</t>
+          <t>Critical Care</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>4262.4</v>
+        <v>5510</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258103724</t>
+          <t>9786255967022</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Pediatri Ayrıntılı Değerlendirme ve Yoğun İnceleme</t>
+          <t>Concise Neuroanatomy For Medical Students</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>3685.2</v>
+        <v>840</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786258103748</t>
+          <t>9786255967282</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Vakalarla Periodontoloji</t>
+          <t>Clinical Nutrition In Adults - 2</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>2664</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258103809</t>
+          <t>9786255967251</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik İnkontinans Değerlendirme ve Klinik Yaklaşım</t>
+          <t>Cerrahi Hasta Güvenliğinde Kanıta Dayalı Hemşirelik Uygulamaları</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>1665</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258103779</t>
+          <t>9786256820883</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bitkisel Besin Destekleri ve Sağlık İlişkisi</t>
+          <t>Bulaşıcı Hastalıklarda Bakım Yönetimi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>2974.8</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258103663</t>
+          <t>9786256820920</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Temel Hemşirelik Çalışma Kitabı Soru ve Cevapları</t>
+          <t>Erişkin Kalp Cerrahisinde Perioperatif Yaklaşım El Kitabı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>1931.4</v>
+        <v>7330</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258103878</t>
+          <t>9786255967367</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Kardiyolojinin Temelleri</t>
+          <t>Bir Hemşirenin İlk Adımları Temel Uygulamalar Rehberi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>2242.2</v>
+        <v>840</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258103861</t>
+          <t>9786255967411</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Logos Anatomi - Lokomotor Sistem Çalışma Soruları</t>
+          <t>Ben Ebeyim</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>666</v>
+        <v>440</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258103588</t>
+          <t>9786255967152</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gözle, Halkın Diliyle Erkek İnfertilitesi</t>
+          <t>Ata Anatomi (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>377.4</v>
+        <v>4920</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258103632</t>
+          <t>9786255967541</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kardiyoloji Hemşireliği</t>
+          <t>Araştırma Sonuçlarının Ardındaki Hikayeler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>1243.2</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258103717</t>
+          <t>9786255967145</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Temel Pediatri ve Çocuk Sağlığı</t>
+          <t>Acil Tıp Bakış Açısıyla Kardiyak Olgular (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>3840.6</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257291408</t>
+          <t>9786255967381</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Acil Kritik Yoğun Bakım</t>
+          <t>Acil Cerrahi (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>2619.6</v>
+        <v>15900</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786258103533</t>
+          <t>9786255967244</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Pliometrikler</t>
+          <t>5-Dakikada Çocuk Acil Tıp Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>1420.8</v>
+        <v>13940</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258103342</t>
+          <t>9786258103304</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Netter'in Sistematik Temel Anatomisi</t>
+          <t>Temel Dermatoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>1332</v>
+        <v>24020</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057607577</t>
+          <t>9786257291590</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Klinik Olgular Ortodonti</t>
+          <t>Anatomi Niyazi Acer</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>2664</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258103366</t>
+          <t>9786059528993</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Fetus Hastalıkları</t>
+          <t>Anne ve Çocuk Sağlığı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>2664</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258103397</t>
+          <t>9786054949229</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Obstetrik ve Jinekoloji Board Review</t>
+          <t>Girişimsel Kardiyoloji Board Değerlenderimi (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>4440</v>
+        <v>3116.88</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258103410</t>
+          <t>9789756395257</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Menopoz</t>
+          <t>Tiroit Lezyonları Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>3174.6</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258103434</t>
+          <t>9789944211161</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Pratik Mikrobiyoloji ve Uygulamaları</t>
+          <t>Hemşirelik Esasları Temel Beceriler Rehberi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>1554</v>
+        <v>800</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258103441</t>
+          <t>9789944211789</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Semptom Yönetimi ve Hemşirelik</t>
+          <t>Kardiyoloji</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>1820.4</v>
+        <v>530</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258103427</t>
+          <t>9786054499458</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Underwood Patoloji Klinik Yaklaşım</t>
+          <t>Etik Konulardan Seçmeler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>2464.2</v>
+        <v>750</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258103328</t>
+          <t>9786057607997</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kalp ve Dolaşım Fizyolojisi</t>
+          <t>Onkolojik Hastalarda Seksüalite Ve Fertiliteye Multidisipliner Yaklaşım</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>466.2</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258103113</t>
+          <t>9786257291545</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Anatomi</t>
+          <t>EKG Yorumu Cep Kitabı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>2331</v>
+        <v>890</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258103281</t>
+          <t>4440000001192</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Acil Dahiliye</t>
+          <t>Genel Cerrahi (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>1332</v>
+        <v>3285.6</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258103236</t>
+          <t>4440000001147</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Prensiplerle Oral Diagnoz</t>
+          <t>Her Yönüyle Anatomi (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>4839.6</v>
+        <v>4329</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258103472</t>
+          <t>9789756972946</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Vakayiname Olgularla Kalp Cerrahisi</t>
+          <t>Acil Durumlarda Tanı ve Tedavi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>1354.2</v>
+        <v>270</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258103519</t>
+          <t>9786256820487</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Elektrokardiyografi</t>
+          <t>Temel Aile Hekimliği Tanı Tedavi ve Reçete Rehberi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>1043.4</v>
+        <v>4660</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258103465</t>
+          <t>9789758267286</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel ve Tamamlayıcı Tedavi (Getat) - Güncel Yaklaşımlar</t>
+          <t>Kadınlarda Sık Görülen Kas İskelet Sistemi Hastalıkları</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>1420.8</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258103335</t>
+          <t>9786258103922</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Emzirme Destekleyici Ve Tamamlayıcı Uygulamalar</t>
+          <t>Güvenli Dolgu Enjeksiyon Teknikleri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>954.6</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258103571</t>
+          <t>9786258103625</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Sporda Koordinasyon</t>
+          <t>Biyokimya</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>777</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258103267</t>
+          <t>9786256820029</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Grup Fitness Egzersizleri ve Stretching</t>
+          <t>Cerrahlar İçin Klinik Araştırma Yöntembilimi ve Biyoistatistik Temel Kavramlar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>666</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257291651</t>
+          <t>9786258103908</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Hücre Biyolojisi</t>
+          <t>Oftalmoloji Cep Kitabı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>1931.4</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258103212</t>
+          <t>9786258103670</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ürolojide Ameliyat Notları</t>
+          <t>Kardiyovasküler ve Pulmoner Aciller</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>1731.6</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258103182</t>
+          <t>9786258103854</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Profesyonellerinde Örgütsel Davranış</t>
+          <t>Pediatrist Tanı, Tedavi, Reçete ve Acil Yaklaşımlar Kitabı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>954.6</v>
+        <v>4930</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258103137</t>
+          <t>9786258103816</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Çağı Yaralanmalarına Multidisipliner Yaklaşım</t>
+          <t>Heart Surgery - Question Book</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>2375.4</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258103151</t>
+          <t>9786258103786</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Akciğer Hastalıklarında Fizyoterapi ve Egzersiz</t>
+          <t>Emzirmede Jinekoloğun Rolü Anne - Bebek, Anne Sütü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>1800</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258103175</t>
+          <t>9786258103038</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Herediter Anjiyoödem</t>
+          <t>Biyokimya, Moleküler Biyoloji ve Genetik</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>2686.2</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057607256</t>
+          <t>9786258103359</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Dermatoloji Tedavi El Kitabı</t>
+          <t>Normal Hareket ve Fonksiyon Gelişimi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>932.4</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057607638</t>
+          <t>9786258103458</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yenidoğan Kılavuzu</t>
+          <t>Afetlerde Savunmasız Gruplar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>599.4</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257291989</t>
+          <t>9786258103311</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Klinik Periodontolojinin Temelleri</t>
+          <t>Sağlık Bilimleri İçin Temel İnsan Anatomisi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>799.2</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257291798</t>
+          <t>9786258103229</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Pıhtı</t>
+          <t>Stahl’ın Temel Psikofarmakolojisi - Reçete Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>5794.2</v>
+        <v>10390</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258103120</t>
+          <t>9786258103144</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Pelvis ve Sacroiliac Eklemin Fonksiyonel Anatomisi</t>
+          <t>Ağrı Yönetiminde İlaç Dışı Uygulamalar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>2242.2</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258103069</t>
+          <t>9786257291842</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Pediyatrik Kardiyak Yoğun Bakım</t>
+          <t>Pediyatrik Sedasyon Ve Analjezi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>5106</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257291743</t>
+          <t>9786257291644</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ozan Hekimler Seçkisi - Çocuk ve Şiir</t>
+          <t>Venöz Tromboembolide Güncelleme</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>399.6</v>
+        <v>6080</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257291996</t>
+          <t>9786257291859</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Migren ve Diğer Primer Baş Ağrıları</t>
+          <t>Olgu Senaryolarıyla İç Hastalıklarında Fizyoterapi ve Rehabilitasyon</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>1376.4</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257291712</t>
+          <t>9786057607591</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Klinik Olgu Çözümleri Endokrinoloji ve Diyabet</t>
+          <t>Küçük Hayvan Ortopedisi Romatoloji ve Kas-İskelet Hastalıkları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>1465.2</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258103007</t>
+          <t>9786057607966</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kas Tonusu Bozuklukları ve Fizyoterapi Rehabilitasyon</t>
+          <t>Genel Histoloji - 3. Baskı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>2419.8</v>
+        <v>890</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257291583</t>
+          <t>9786057607959</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Ürojinekoloji</t>
+          <t>Özel Histoloji - Geliştirilmiş</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>1043.4</v>
+        <v>890</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057607447</t>
+          <t>9786258103106</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Cander Acil Tıp Temel Başvuru Kitabı</t>
+          <t>A'dan Z'ye Kısa Psikiyatrik Notlar</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>22422</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258103090</t>
+          <t>9786257291965</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İç Hastalıkları Semiyoloji Klinik Ayırıcı Tanı</t>
+          <t>Kişilik Bozuklukları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>5083.8</v>
+        <v>4970</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258103045</t>
+          <t>9786257291927</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Toplum Ruh Sağlığının Geliştirilmesinde Temel Konu ve Kavramlar</t>
+          <t>Sporda Performans ve Toparlanma</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>976.8</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258103014</t>
+          <t>9786257291866</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Histoloji ve Embriyoloji Alanında Yayımlanan Eserler</t>
+          <t>Tele Sağlık</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>555</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258103083</t>
+          <t>9786257291873</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Semptomdan Tanıya İç Hastalıkları Kanıta Dayalı Yaklaşım</t>
+          <t>Kas İskelet Sistemi Girişimsel Ultrasonografisi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>3840.6</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257291941</t>
+          <t>9786059528054</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Toplum Ruh Sağlığı Hemşireliği</t>
+          <t>Lange Neonatoloji Gomella</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>1132.2</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054499892</t>
+          <t>9786057607294</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Paranazal Sinüsler Endoskopi Anatomisi &amp; Fonksiyonel Endoskopik Sinüs Cerrahisi</t>
+          <t>Çocuklarda Bulgudan Tanıya Algoritmalar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>2797.2</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057607898</t>
+          <t>9789944211888</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Lippincott Anatomi Atlası</t>
+          <t>Dahiliye Çalışma Kartları</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>4107</v>
+        <v>710</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>4440000001191</t>
+          <t>9786059528962</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Genel Cerrahi</t>
+          <t>Terapötik Masaj</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>2597.4</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057607218</t>
+          <t>9786057607058</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Dermatoloji</t>
+          <t>Rehabilitasyonda Teknoloji</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>4839.6</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057607850</t>
+          <t>9786059528948</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kaslar Kitabı</t>
+          <t>Vakalarla Yenidoğan</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>2197.8</v>
+        <v>4840</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257291934</t>
+          <t>9786059528788</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hekim Anatomi - Hareket Sistemi ve Klinik Anatomisi</t>
+          <t>Estetik Tıpta Botulinum Toksin (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>3910</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257291958</t>
+          <t>9786059528733</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bates’in Fizik Muayene ve Anamnez Alma Rehberi</t>
+          <t>Çocuk Enfeksiyon Hastalıkları</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>5705.4</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257291972</t>
+          <t>9786059528627</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri</t>
+          <t>Dermoskopi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>1820.4</v>
+        <v>7330</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257291897</t>
+          <t>9786057607140</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Dermatoloji Cep Kitabı</t>
+          <t>Obstetrik ve Jinekolojik Aciller</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>1642.8</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257291880</t>
+          <t>9786059528498</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Genç Doktorlar Acil Serviste</t>
+          <t>Çocuk ve Ergen Psikiyatrisi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>2952.6</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257291828</t>
+          <t>9786057607010</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Klinik Rinoplasti Modern Cerrahi Tekniklere Algoritmik Yaklaşım</t>
+          <t>Klinik Kardiyoloji (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>6859.8</v>
+        <v>34630</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257291378</t>
+          <t>9789944211871</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Antrenmanın Temelleri</t>
+          <t>Solunum Sistemi ve Hastalıkları (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>1043.4</v>
+        <v>18120</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257291781</t>
+          <t>9786054499205</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kardiyak Bakımın İlkeleri</t>
+          <t>Örnek Reçete ve Acil Yaklaşımlar Cep Kitabı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>577.2</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257291750</t>
+          <t>9786054499410</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Current Tanı Ve Tedavi Pediatri 2020-21</t>
+          <t>Otolarengoloji Vakaları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>5194.8</v>
+        <v>670</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257291774</t>
+          <t>9789944211758</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Pediatri Hemşireliği</t>
+          <t>Ortognatik Cerrahinin Temelleri</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>2419.8</v>
+        <v>890</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257291668</t>
+          <t>9786054499038</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hastalıkların Patofizyolojisi</t>
+          <t>Nöroloji ve Nöroşirurji Yoğun Bakım</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>4440</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257291705</t>
+          <t>9786059528672</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Diyabet</t>
+          <t>Bir Bakışta Metabolizma: Metabolizma Atlası</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>1332</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257291767</t>
+          <t>9789944211802</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimleri İçin Farmakoloji</t>
+          <t>Kolaylaştırılmış Acil Ultrason</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>1554</v>
+        <v>980</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257291699</t>
+          <t>9786054499397</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim ve Ben</t>
+          <t>KBB Hastalıkları Çalışma Kartları (100 Adet Kart)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>843.6</v>
+        <v>400</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257291729</t>
+          <t>9786054499694</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Beslenme</t>
+          <t>Hemşirelik Felsefesi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>1221</v>
+        <v>980</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257291606</t>
+          <t>9789944211925</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yamada - Gastroenteroloji El Kitabı</t>
+          <t>Deja Review - Neuroscience</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>3685.2</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257291576</t>
+          <t>9786057607034</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe İş Yeri Hekimliği</t>
+          <t>Fitoterapi ve Aromaterapi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>2530.8</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257291071</t>
+          <t>9786059528658</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığı ve Hastalıkları Psikiyatri Hemşireliği</t>
+          <t>Olgularla Ortopedik Rehabilitasyon</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>2752.8</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944066129</t>
+          <t>9786057607065</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Sindirim Kanalının Kontrastlı Radyografik İncelemeleri</t>
+          <t>Diş Hekimliği İçin Anatominin Temelleri (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>1087.8</v>
+        <v>6840</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057607928</t>
+          <t>9786059528887</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Hemşireler İçin Anatomi ve Fizyoloji</t>
+          <t>Primer Diz Artroplastisi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>1221</v>
+        <v>6620</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057607782</t>
+          <t>9786059528368</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Cep Kitabı</t>
+          <t>Endokrinoloji</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>1176.6</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257291224</t>
+          <t>9786054949748</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Endokrinolojisi ve Diyabet (2 Cilt Set) (Ciltli)</t>
+          <t>Pediatrinin Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>16183.8</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057607805</t>
+          <t>9786054949700</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Acil Serviste Sosyal Sermaye</t>
+          <t>Histoloji</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>1221</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257291521</t>
+          <t>9786054949922</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Derimiz İçin Öneriler</t>
+          <t>Menisküs</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>3374.4</v>
+        <v>5860</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257291552</t>
+          <t>9786054949977</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Ruh Sağlığı ve Hastalıkları</t>
+          <t>Kıkırdak</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>1376.4</v>
+        <v>5860</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257291514</t>
+          <t>9786054949892</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bulaşıcı Olmayan Hastalıklarda Fiziksel Aktivite ve Egzersiz</t>
+          <t>Ortopedi ve Travmatoloji</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>2042.4</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257291484</t>
+          <t>9786054949595</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Hastalığı ve Kadın Sağlığı</t>
+          <t>İlkyardım</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>688.2</v>
+        <v>490</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257291477</t>
+          <t>9786054949182</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Temel Beslenme</t>
+          <t>Ürolojik Aciller</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>1221</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257291439</t>
+          <t>9786054949830</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gözle, Halkın Diliyle Kronik Prostatit</t>
+          <t>Mikrobiyoloji</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>444</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257291453</t>
+          <t>9786054949786</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Anestezi Günlükleri</t>
+          <t>Adli Antropoloji</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>1465.2</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257291446</t>
+          <t>9786054949571</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Textbook of Multiple Myeloma and Other Plasma Cell Neoplasms</t>
+          <t>Çocuk ve Erişkin Laboratuvar Referans Değerleri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>1753.8</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257291286</t>
+          <t>9786054949267</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Anamnez ve Fizik Muayene</t>
+          <t>Hepatoloji</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>1376.4</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257291415</t>
+          <t>9786054499915</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>ERCP Atlası</t>
+          <t>Solunum</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>1509.6</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257291354</t>
+          <t>9786054499441</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun İlk Doktoruyum - Ebeveynler İçin Temel İlk Yardım Başucu Kitapçığı ve İlk Yardım Seti</t>
+          <t>Adli Tıp</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>1554</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257291385</t>
+          <t>9786054499311</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sağlığı ve Fizyoterapi</t>
+          <t>Karaciğer Hastalıkları El Kitabı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>1243.2</v>
+        <v>800</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257291293</t>
+          <t>9786054499830</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ergoterapi</t>
+          <t>Oxford Klinik Hematoloji El Kitabı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>2220</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257291316</t>
+          <t>9786054499717</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kardiyak Muayene</t>
+          <t>Deja Review - Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>1221</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257291323</t>
+          <t>9789756395508</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>En Güncel Bilgilerle Olgularla Nörolojik Rehabilitasyon</t>
+          <t>Üst Solunum Yolları Enfeksiyonları</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>2752.8</v>
+        <v>620</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257291538</t>
+          <t>9789944211086</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Vestibüler Rehabilitasyon</t>
+          <t>Ürogenital Ultrason (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>3374.4</v>
+        <v>750</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257291347</t>
+          <t>9789944211116</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bir Tıp Fakültesi Hikayesi Öğretmen ve Barista</t>
+          <t>Tiroid Bezi ve Hastalıkları</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>377.4</v>
+        <v>890</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257291309</t>
+          <t>9786054499083</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kırıkları</t>
+          <t>Temel ve Klinik Biyoistatistik</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>954.6</v>
+        <v>890</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257291262</t>
+          <t>9789944211093</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sık Yapılan Ortopedik Ameliyatlar ve Rehabilitasyon Yaklaşımları</t>
+          <t>Sentinel Lenf Nodu Biyopsisi (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>2619.6</v>
+        <v>930</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257291255</t>
+          <t>9789756395653</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kronik Hastalıklarda Rehabilitasyon ve Egzersiz Uygulamaları</t>
+          <t>Reprodüktif Endokrinoloji ve İnfertilite (Ciltli)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>1665</v>
+        <v>750</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257291200</t>
+          <t>9789944211420</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Nöro-görüntüleme Cep Kitabı</t>
+          <t>Referans Patoloji</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>1154.4</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257291125</t>
+          <t>9789944211185</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Elektriksel Kas Uyarımı Çalışmaları Ders Kitabı</t>
+          <t>Radyolojinin Esasları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>888</v>
+        <v>800</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257291132</t>
+          <t>9789944211406</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kalp ve Damar Cerrahisi Soru Kitabı</t>
+          <t>Pediatrik ve Adolesan Jinekoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>2664</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257291101</t>
+          <t>9789756395397</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Pediatrik Acil Tıp</t>
+          <t>Kolaylaştırılmış Pediatrik Klinik Muayene</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>5794.2</v>
+        <v>400</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057607980</t>
+          <t>9789756395196</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Perinatal Bakım</t>
+          <t>Kolaylaştırılmış Akciğer Grafisi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>1376.4</v>
+        <v>530</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257291064</t>
+          <t>9789756395981</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Atletik Gelişim</t>
+          <t>Kalp Hastalıkları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>1670</v>
+        <v>530</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257291095</t>
+          <t>9789944211321</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Daha Mavi</t>
+          <t>Kadın Sağlığı ve Hastalıkları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>355.2</v>
+        <v>750</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257291019</t>
+          <t>9789944211178</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Wintrobe'un Klinik Hematoloji Atlası</t>
+          <t>Tam İsabet Kadın Doğum</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>5772</v>
+        <v>800</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057607874</t>
+          <t>9786054499137</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Tıp ve Genital Estetik</t>
+          <t>Genel ve Klinik Biyokimya 2</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>2800</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257291002</t>
+          <t>9786059528238</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>BRS Fizyoloji</t>
+          <t>Stahl'ın Reçete Kılavuzu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>1820.4</v>
+        <v>9630</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057607867</t>
+          <t>9786059528184</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yatakbaşı Ultrasonografi</t>
+          <t>Solunum Fizyolojisi ve Fizyopatolojisi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>2619.6</v>
+        <v>7020</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057607942</t>
+          <t>9786054949496</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Lokomotor Sistem</t>
+          <t>TÜAK / Türkiye Esru Asistan El Kitabı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>1598.4</v>
+        <v>710</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057607881</t>
+          <t>9786059528115</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Pratik Klinik Kardiyoloji (Ciltli)</t>
+          <t>Kulak, Burun Boğaz Hastalıkları</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>2819.4</v>
+        <v>620</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057607409</t>
+          <t>9786054949274</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Vertigoya Olgular Eşliğinde Multidisipliner Yaklaşım</t>
+          <t>Michigan Plastik Cerrahi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>1731.6</v>
+        <v>4310</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057607829</t>
+          <t>9786059528160</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ortopedi ve Travmatoloji (Ciltli)</t>
+          <t>Genel Histoloji Uygulama Atlası</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>1243.2</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789758267200</t>
+          <t>9786054499953</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bir Hekimin Kırk Bir Yılı</t>
+          <t>Renal Transplantasyona Pratik Yaklaşım Humoral Sorunlar</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>577.2</v>
+        <v>670</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786057607669</t>
+          <t>9786054949038</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Shimizu'nun Dermatolojisi</t>
+          <t>Oxford Kardiyoloji El Kitabı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>5305.8</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057607454</t>
+          <t>9786059528221</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Pulmoner Vasküler Hastalıklar</t>
+          <t>Oxford Pratisyen El Kitabı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>2974.8</v>
+        <v>5060</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057607133</t>
+          <t>9786054499847</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ayak Bileği Çevresi Bağ ve Tendon Yaralanmaları</t>
+          <t>Bütünleştirilmiş Molekülsel Ve Hücresel Biyofizik</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>4839.6</v>
+        <v>710</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057607683</t>
+          <t>9786054499700</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıpta Covid-19</t>
+          <t>Viral Hepatit 2013</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>1642.8</v>
+        <v>930</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789758267194</t>
+          <t>9786054499793</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Güncel Tanı ve Tedavi</t>
+          <t>Erkek Üreme Sistemi Hastalıkları ve Tedavisi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>1642.8</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786056920516</t>
+          <t>9789758267101</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Damar</t>
+          <t>Ortopedik Rehabilitasyon</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>5638.8</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057607621</t>
+          <t>9786054949281</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>İstanbul (Çapa) Tıp ve İz Bırakanlar</t>
+          <t>Su içi Rehabilitasyon</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>288.6</v>
+        <v>980</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057607676</t>
+          <t>9786054949007</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Olgularla Covid-19</t>
+          <t>Kardiyak ve Pulmoner Rehabilitasyon</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>732.6</v>
+        <v>930</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057607645</t>
+          <t>9786054949663</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Algoritmalar: Travma</t>
+          <t>Stahl'ın Psikiyatride Kendini Değerlendirme Testi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>2109</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057607508</t>
+          <t>9786054949175</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Diyabet Tedavisinde Önerilen Endüstriyel İlaçlar, İnsülin ve Bitkisel Yaklaşımlar</t>
+          <t>Stahl Temel Psikofarmakoloji</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>843.6</v>
+        <v>4930</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786057607263</t>
+          <t>9786054949670</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Torasik Cerrahi</t>
+          <t>Pediyatrik Semiyoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>6660</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057607492</t>
+          <t>9786054949311</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Müller’in Akciğer Hastalıkları</t>
+          <t>Sages El Kitabı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>5638.8</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057607362</t>
+          <t>9786054949151</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Endikasyondan Pratiğe Ortez Protez</t>
+          <t>Eczacılar için Fizyoloji</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>1820.4</v>
+        <v>670</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057607287</t>
+          <t>9786054499724</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Anatomi</t>
+          <t>Kolon Rektum Anal Kanalın Cerrahi Hastalıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>3552</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786057607157</t>
+          <t>9786054499977</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Klinisyenler İçin Beslenme</t>
+          <t>Hemşireler İçin Fiziksel Muayene Yöntemleri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>1132.2</v>
+        <v>620</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057607225</t>
+          <t>9786257291569</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Perinatoloji Klinik Rehberi</t>
+          <t>Duygusal Beyin : Limbik Beyin</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>688.2</v>
+        <v>710</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057607171</t>
+          <t>9786257291507</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Palyatif Bakım ve Tıp</t>
+          <t>Farmakognozi ve Fitoterapi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>2131.2</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057607072</t>
+          <t>9786257291637</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Postoperatif Ağrı Tedavisi</t>
+          <t>Sosyal Tutuşma</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>1953.6</v>
+        <v>890</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059528566</t>
+          <t>9786057607751</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Anestezi Günlük İş Pratiği (İngilizce)</t>
+          <t>7. Hissiniz İkna</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>666</v>
+        <v>980</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054949199</t>
+          <t>9786057607607</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Obstetrik ve Jinekolojide Ultrasonografi Atlası</t>
+          <t>Düzeltici Egzersiz</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>5794.2</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059528528</t>
+          <t>9786057607911</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Patofizyolojinin Esasları</t>
+          <t>Sağlık Bilimleri İçin Temel Fizyoloji</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>1554</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057607195</t>
+          <t>9786257291460</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Jinekolojik Semiyoloji</t>
+          <t>Sağlık Bilimleri İçin Farmakolojiye Giriş ve Temel Tıp Bilgileri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>1221</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786057607119</t>
+          <t>9786257291040</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Hastane Öncesi Acil Tıp ve Paramedik</t>
+          <t>Örneklerle Hekim, Etik ve Suç</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>2664</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057607102</t>
+          <t>9786057607720</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Sporcu Sağlığı ve Performans</t>
+          <t>Adım Adım Dahiliye</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>1554</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059528955</t>
+          <t>9786257291361</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Tusmer 4'te 4</t>
+          <t>Çocuklarda Bulgudan Tanıya Algoritmalar</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>1021.2</v>
+        <v>6660</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059528863</t>
+          <t>9786257291613</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kas-İskelet Sistemi Değerlendirmesi</t>
+          <t>Moleküler Biyoloji</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>2664</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059528870</t>
+          <t>9786057607799</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Diz Çevresi Osteotomileri</t>
+          <t>İnsan Fizyolojisi</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>2819.4</v>
+        <v>4220</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059528856</t>
+          <t>9789944211284</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz Fizyolojisi</t>
+          <t>Andrews’ Deri Hastalıkları Klinik Dermatoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>1890</v>
+        <v>15270</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059528290</t>
+          <t>9789756395097</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Sağlık Çalışanları Sağlıklı Olmanız İçin Çabalıyor Peki Ya Siz?</t>
+          <t>Allerjik Deri Hastalıkları</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>310.8</v>
+        <v>310</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059528757</t>
+          <t>9789756395608</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Viral Hepatit 2018</t>
+          <t>Aicardi’nin Çocuklarda Epilepsi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>2863.8</v>
+        <v>800</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789758267118</t>
+          <t>9789756395752</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Eklem Hastalıkları ve Cerrahisine Güncel Yaklaşımlar</t>
+          <t>A’dan Z’ye Hepatitler</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>1087.8</v>
+        <v>750</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059528429</t>
+          <t>9786057607546</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Mikrobiyoloji</t>
+          <t>Jinekoloji ve Obstetrik</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>2242.2</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059528696</t>
+          <t>9786257291156</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kapsül Enteroskopi Atlası</t>
+          <t>Dermatolojik Hastalıkların Tanı ve Tedavisinde Algoritmalar</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>1420.8</v>
+        <v>5190</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059528351</t>
+          <t>9786057607089</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya</t>
+          <t>Fitzpatrick Klinik Dermatoloji Renkli Atlas ve Özeti</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>1776</v>
+        <v>8170</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059528399</t>
+          <t>9786057607652</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İnsan Performansında Fonksiyonel Testler</t>
+          <t>Ön Çapraz Bağ Cerrahisi Rehberi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>1820.4</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059528610</t>
+          <t>9786056942303</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Genel ve Özel Embriyoloji</t>
+          <t>Kemik Yaşı Atlası</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>954.6</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059528405</t>
+          <t>9786059528986</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Klinik Egzersiz Fizyolojisi</t>
+          <t>Vakalarla Diyabet 2018</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>3485.4</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059528276</t>
+          <t>9789758267170</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Klinik Uygulamalarda Beslenme</t>
+          <t>Tiroid Hastalıkları Kitabı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>1665</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059528306</t>
+          <t>9786057607348</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Derin Doku Masajı</t>
+          <t>Muayenehane Açıyorum</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>1620.6</v>
+        <v>890</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786054949519</t>
+          <t>9786057607713</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Eczacılık Öğrencileri İçin Matematik</t>
+          <t>Mecburi Hizmet El Kitabı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>1043.4</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059528771</t>
+          <t>9786057607416</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Spor Yaralanmaları ve Rehabilitasyon</t>
+          <t>Bir Bakışta Patofizyoloji Hemşireler İçin</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>1665</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059528634</t>
+          <t>9786257291231</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Histoloji</t>
+          <t>Biyokimya Öğrenci Laboratuvarı Uygulamaları Kitapçığı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>1221</v>
+        <v>930</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059528597</t>
+          <t>9786057607331</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anatomisi Atlası</t>
+          <t>Bir Bakışta Fizyoloji</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>4151.4</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059528412</t>
+          <t>9786057607232</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta İmmünoloji</t>
+          <t>Plastik Cerrahide Temel İlkeler</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>1221</v>
+        <v>5820</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059528511</t>
+          <t>9786057607485</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Alzheimer'a Dair Her Şey</t>
+          <t>Cerrahi Hastalıklar Bilgisi 1-2</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>1065.6</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059528375</t>
+          <t>9789758267187</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Temel Tıbbi Parazitoloji</t>
+          <t>Kadınlarda Kalp Hastalıkları</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>1887</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059528504</t>
+          <t>9786057607515</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Embriyoloji</t>
+          <t>Ortopedik Aciller</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>1221</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059528450</t>
+          <t>9786059528603</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Ebeler için Klinik Uygulama Rehberi</t>
+          <t>Core Gelişimi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>932.4</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059528108</t>
+          <t>9786059528481</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimliğinde Radyolojinin Esasları</t>
+          <t>Histoloji Atlası</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>4329</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786054949878</t>
+          <t>9786057607270</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Patoloji</t>
+          <t>Sağlık Bilimleri İçin Resimli Temel Anatomi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>1820.4</v>
+        <v>930</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786054949915</t>
+          <t>9786059528559</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Patellofemoral Hastalıklar</t>
+          <t>Klinik Dermatoloji</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>4329</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059528030</t>
+          <t>9786059528542</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Fizyoloji</t>
+          <t>Kozmesötikler ve Kozmetik İçerikler</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>3196.8</v>
+        <v>4930</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786054949854</t>
+          <t>9786059528382</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta  Anotomi</t>
+          <t>BRS Nöroanatomi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>1620.6</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786054949540</t>
+          <t>9786054949052</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Hipofiz Hastalıkları ve Vakaları</t>
+          <t>Cleveland Klinik  Kardiyoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>599.4</v>
+        <v>6130</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786054949687</t>
+          <t>9786059528337</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Yaklaşım</t>
+          <t>Oxford Diş Hekimliği Sözlüğü</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>932.4</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786054949984</t>
+          <t>9786059528313</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Medikal Gebelik ve Postpartum Dönemde Psikiyatrik Bozukluklar</t>
+          <t>Fizyoterapi Sözlüğü</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>1510</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786054949106</t>
+          <t>9786059528269</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Tanıda Laboratuvar Testlerinin Yorumlanması</t>
+          <t>Bethesda Klinik Hematoloji El Kitabı</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>3951.6</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054949694</t>
+          <t>9786059528191</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Geriatri Pratiğinde Ölçekler</t>
+          <t>Gebelikte Tarama ve Öngörü</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>1332</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786054949960</t>
+          <t>9786054949588</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Aile Hekimliği Yeterlilik Sınavı</t>
+          <t>Cleveland Klinik Çocuk Hastalıkları</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>4684.2</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786054949847</t>
+          <t>9786054949465</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Farmakoloji</t>
+          <t>APLS Çocuk Acil Tıp Kaynak Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>1820.4</v>
+        <v>21450</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786054949212</t>
+          <t>9786054949366</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ekokardiyografi (Ciltli)</t>
+          <t>Prehistorik ve İlk Çağlarda Tıp Cilt - 1</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>2575.2</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786054949168</t>
+          <t>9786256820296</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Aile Hekimliğinin Esasları</t>
+          <t>Tanısal Dermoskopi Resimli Kılavuz</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>3374.4</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786059528016</t>
+          <t>9786256820678</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Diz Eklemi Bağ ve Tendon Sorunları</t>
+          <t>Temel Nörofarmakoloji</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>4151.4</v>
+        <v>8570</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054949021</t>
+          <t>9786256820661</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Yenidoğan Acilleri</t>
+          <t>Uykuda Kompleks Solunum Bozuklukları Zorlu Olgular için Klinik Vaka Kitabı</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>1509.6</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786054499991</t>
+          <t>9786256820067</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Radyasyon Onkolojisinde Tedavi Planlama El Kitabı</t>
+          <t>Ortopedik Rehabilitasyon</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>777</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786054949991</t>
+          <t>9786256820043</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Eklem İçi Enjeksiyonlar</t>
+          <t>İnsan Anatomi Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>444</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054949564</t>
+          <t>9786258103953</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Alerji ve İmmünoloji El Kitabı</t>
+          <t>Öğrenci, İntörn ve Mezuniyet Sonrası Acil Tıbbın Temelleri</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>3463.2</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054949205</t>
+          <t>9786256820036</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Endüstri'de ve Farmasötik Ürünlerde Mikrobiyoloji</t>
+          <t>Kozmetik Dermatoloji Ürünler ve İşlemler</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>599.4</v>
+        <v>10920</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054949342</t>
+          <t>9786258103977</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Üreter ve Üretranın Hastalıkları ve Tedavileri</t>
+          <t>Gartner ve Hiatt Histoloji Atlas ve Ders Kitabı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>2775</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059528177</t>
+          <t>9786258103618</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya</t>
+          <t>Egzersiz Fizyolojisi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>932.4</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786054949144</t>
+          <t>9786258103793</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Gebelik ve Endokrin Hastalıkları</t>
+          <t>Biyokimya Laboratuvar Kitabı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>599.4</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786054949526</t>
+          <t>9786258103373</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>BRS Hücre Biyolojisi ve Histoloji</t>
+          <t>Tıbbi Fizyoloji</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>1820.4</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786054949557</t>
+          <t>9786258103489</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Acil Tıp - Klinik Olgu Çözümleri</t>
+          <t>Nörofizyolojik Temelli Tedavi Yaklaşımları</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>1620.6</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054949304</t>
+          <t>9786258103021</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kolon ve Rektum Cerrahisi: Anorektal Ameliyatlar (Ciltli)</t>
+          <t>Her Yönüyle Nöroanatomi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>4506.6</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059528061</t>
+          <t>9786057607041</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Acil Dahiliye (Ciltli)</t>
+          <t>İç Hastalıkları Hemşireliği</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>4151.4</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786054949298</t>
+          <t>9786059528764</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kolon ve Rektum Cerrahisi: Abdominal Ameliyatlar (Ciltli)</t>
+          <t>Nöroloji’nin ABC’si</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>4928.4</v>
+        <v>670</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054949373</t>
+          <t>9786054499243</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Meme Cerrahisi (Ciltli)</t>
+          <t>Hemşirelik Esasları - Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>5927.4</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786054949472</t>
+          <t>9786059528979</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Lange Patoloji: Modern Olgu Sunumları</t>
+          <t>Enfeksiyon Hastalıkları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>2375.4</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054949762</t>
+          <t>9786057607096</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Compact Disc İle: Konuşma Odyometresi</t>
+          <t>Nöropsikofarmakoloji</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>1443</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786054949403</t>
+          <t>9786059528900</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Oxford Pediatrik Nefroloji</t>
+          <t>Anatomi Ders Notları</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>1443</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059528207</t>
+          <t>9786059528801</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Ortopedik Sınıflandırmalar ve Skorlamalar</t>
+          <t>Pilates Programları ve Çalışmaları Kitabı 1. Kademe</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>1531.8</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786054949076</t>
+          <t>9786054949335</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum</t>
+          <t>Madde Bağımlılığı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>444</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786054949793</t>
+          <t>9786059528092</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Hatalar ve Hasta Güvenliği Eğitim Rehberi</t>
+          <t>Nöroradyoloji İşaretleri (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>999</v>
+        <v>7240</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059528023</t>
+          <t>9786054499946</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Temel Kinezyo-Mekanik</t>
+          <t>Tip 1 Diyabet Yönetimi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>754.8</v>
+        <v>530</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786054949823</t>
+          <t>9786054499809</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Marks' Tıbbi Biyokimyanın Esasları</t>
+          <t>Fiziksel Modaliteler ve Elektroterapi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>3463.2</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786054949816</t>
+          <t>9786257291279</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Oxford Hemşirelik Sözlüğü</t>
+          <t>Stahl'ın Reçete Klavuzu Çocuk Ve Ergenler</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>1310</v>
+        <v>6530</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786054949458</t>
+          <t>9786257291682</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Fizyoterapi ve Rehabilitasyona Giriş</t>
+          <t>Olgularla Adli Psikoloji</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>1132.2</v>
+        <v>980</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786054949120</t>
+          <t>9786257291675</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Anatomi ve Fizyoloji</t>
+          <t>İlk ve Acil Yardım</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>2442</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789944211314</t>
+          <t>9786257291170</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Rutin Uygulamalarımızda Kullandığımız BT Çekim Protokolleri</t>
+          <t>Pilates’ Return To Life Türkçe</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>310.8</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786054499878</t>
+          <t>9786057607379</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Oxford Endokrinoloji ve Diyabet El Kitabı</t>
+          <t>Elektroterapi ve Fiziksel Modaliteler</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>1154.4</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786054499786</t>
+          <t>9786257291026</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>10 Dakikada Konsültasyon: Tip 2 Diyabetes Mellitus</t>
+          <t>Temel Hemşirelik</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>444</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786054499908</t>
+          <t>9786057607812</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Pediyatride Rutinler</t>
+          <t>İnsan Anatomisi Cep Atlası</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>3973.8</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786054499960</t>
+          <t>9786057607355</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Biyoistatistik ve Araştırma Yöntembilimi</t>
+          <t>İnsan Anatomi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>732.6</v>
+        <v>4840</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786054499939</t>
+          <t>9786057607324</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>AHA Klinik Kardiyak Danışmanı</t>
+          <t>Pilates Programları ve Çalışma Kitabı 2. Kademe</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>1176.6</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786054499823</t>
+          <t>9786057607584</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Genetiğin Esasları</t>
+          <t>Romatolojik Hastalıklarda Fizyoterapi Rehabilitasyon</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>1931.4</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789944211277</t>
+          <t>9786256820234</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Adrenal Hastalıkları Cerrahisi</t>
+          <t>Jinekolojik ve Obstetrik Cerrahide Bakım</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>355.2</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786054499595</t>
+          <t>9786256820418</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Bronkoskopiye Giriş</t>
+          <t>Hemşireler ve Ebeler İçin İlk 1000 Günde Kanıta Dayalı Uygulamalar</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>732.6</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786054499861</t>
+          <t>9786057607836</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Basic Biostatistics And Research Methodology</t>
+          <t>Geriatride Pratik Sorunlar Geriatriyi Öğrenmek</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>355.2</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786054499731</t>
+          <t>9786256820319</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Diyabetik Aciller</t>
+          <t>Elektroterapi Soru Kitabı Temel Bilgiler ve Olgular</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>466.2</v>
+        <v>980</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786054499403</t>
+          <t>9786254448270</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Oxford KBB Baş Boyun Cerrahisi El Kitabı (Ciltli)</t>
+          <t>Pediatrik Beslenme</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>1354.2</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786054499540</t>
+          <t>9786057607744</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Kan Hastalıklarının Patofizyolojisi</t>
+          <t>Psoriatik Artrit</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>1731.6</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786054499670</t>
+          <t>9786257291835</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılarda Güncel Sağlık Sorunları ve Bakımı</t>
+          <t>Berek &amp; Novak Temel Jinekoloji</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>888</v>
+        <v>6660</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786055507053</t>
+          <t>9786059528580</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Üreme Sağlığı ve Üremeye Yardımcı Tedaviler</t>
+          <t>Basics and Disorders of Connective Tissue</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>399.6</v>
+        <v>670</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786054499199</t>
+          <t>9786054499755</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Pratik Klinik Onkoloji</t>
+          <t>Prematüre Bebeğin Enteral Beslenmesi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>1309.8</v>
+        <v>930</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789944211154</t>
+          <t>9786257291248</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Akciğer Radyolojisi</t>
+          <t>Neonatoloji</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>399.6</v>
+        <v>6080</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789756395943</t>
+          <t>9789944211918</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Akut Koroner Sendromlar</t>
+          <t>Klinik El Kitabı Ultrason</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>355.2</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
+          <t>9789944211727</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Hepatopankreatobiliyer Cerrahi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>4750</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9789944211901</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Genel ve Klinik Biyokimya 1</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786054499588</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Gastroenteroloji</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786054499175</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Cerrahpaşa İç Hastalıkları (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>9280</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786055507046</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Cerrahi Hemşireliği Uygulama Rehberi</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9789944211680</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Prostatın Benign Hastalıkları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9789756395265</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>PDQ Fizyoloji</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9789944211505</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Oftalmoloji</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>3290</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9789756395295</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>İnfeksiyon Hastalıklarına Pratik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>2660</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786258103540</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Cleveland Klinik İç Hastalıkları Vaka Derlemeleri</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>3110</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9789944211765</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Hemşireler İçin Çocuk Sağlığı ve Hastalıkları Öğrenim Rehberi</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9789944211703</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Göğüs Radyolojisinin Esasları</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9789944211109</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Cerrahinin Esasları</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786256820111</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>5N1K Gözüyle Kur'an'a Yolculuk</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786258103984</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Hoffbrand Temel Hematoloji</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>5460</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786258103915</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Estetik ve Rejeneratif Jinekoloji</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>5150</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786257291804</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Anatomik Yapıların Palpasyonu</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786258103892</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Burun Farkı İle Burun Estetiği Hakkında Bilmeniz Gereken Her Şey</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>3020</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786057607843</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Güvenli Uygulama İçin Anestezi</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786258103557</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Tıbbi Terminolojinin Temelleri</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786257291422</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Laboratuvar Tıbbı</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786258103755</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Algoritmalarla Astım, İmmünoloji ve Alerji Hastalarının Yönetiminde Poliklinik El Kitabı</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>4970</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786258103243</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Temel Çocuk Endokrinolojisi ve Diyabet</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>5770</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786258103724</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Pediatri Ayrıntılı Değerlendirme ve Yoğun İnceleme</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>4970</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786258103748</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Vakalarla Periodontoloji</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786258103809</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Pediatrik İnkontinans Değerlendirme ve Klinik Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786258103779</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Bitkisel Besin Destekleri ve Sağlık İlişkisi</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786258103663</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Temel Hemşirelik Çalışma Kitabı Soru ve Cevapları</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786258103878</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Pediatrik Kardiyolojinin Temelleri</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>3020</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786258103861</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Logos Anatomi - Lokomotor Sistem Çalışma Soruları</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786258103588</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Gözle, Halkın Diliyle Erkek İnfertilitesi</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786258103632</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Kardiyoloji Hemşireliği</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786258103717</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Temel Pediatri ve Çocuk Sağlığı</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>5190</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786257291408</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Acil Kritik Yoğun Bakım</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>3550</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786258103533</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Pliometrikler</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786258103342</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Netter'in Sistematik Temel Anatomisi</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786057607577</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Klinik Olgular Ortodonti</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786258103366</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Fetus Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786258103397</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Obstetrik ve Jinekoloji Board Review</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>5990</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786258103410</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Menopoz</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>4310</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786258103434</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Mikrobiyoloji ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786258103441</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Semptom Yönetimi ve Hemşirelik</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786258103427</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Underwood Patoloji Klinik Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>2464.2</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786258103328</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Kalp ve Dolaşım Fizyolojisi</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786258103113</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Adım Adım Anatomi</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>3150</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786258103281</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Acil Dahiliye</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786258103236</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Multidisipliner Prensiplerle Oral Diagnoz</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>6530</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786258103472</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Vakayiname Olgularla Kalp Cerrahisi</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786258103519</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Pediatrik Elektrokardiyografi</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786258103465</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel ve Tamamlayıcı Tedavi (Getat) - Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786258103335</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Emzirme Destekleyici Ve Tamamlayıcı Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786258103571</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi ve Sporda Koordinasyon</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786258103267</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Grup Fitness Egzersizleri ve Stretching</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786257291651</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Moleküler Hücre Biyolojisi</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786258103212</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Ürolojide Ameliyat Notları</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786258103182</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Profesyonellerinde Örgütsel Davranış</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786258103137</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Çağı Yaralanmalarına Multidisipliner Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786258103151</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Akciğer Hastalıklarında Fizyoterapi ve Egzersiz</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786258103175</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Herediter Anjiyoödem</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>3640</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786057607256</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Dermatoloji Tedavi El Kitabı</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786057607638</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Yenidoğan Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786257291989</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla Klinik Periodontolojinin Temelleri</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786257291798</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Pıhtı</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>7810</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786258103120</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Pelvis ve Sacroiliac Eklemin Fonksiyonel Anatomisi</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>3020</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786258103069</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Pediyatrik Kardiyak Yoğun Bakım</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>6880</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786257291743</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Ozan Hekimler Seçkisi - Çocuk ve Şiir</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786257291996</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Migren ve Diğer Primer Baş Ağrıları</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786257291712</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Klinik Olgu Çözümleri Endokrinoloji ve Diyabet</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786258103007</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Kas Tonusu Bozuklukları ve Fizyoterapi Rehabilitasyon</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>3290</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786257291583</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Ürojinekoloji</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786057607447</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Cander Acil Tıp Temel Başvuru Kitabı</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>30280</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786258103090</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>İç Hastalıkları Semiyoloji Klinik Ayırıcı Tanı</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>6880</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786258103045</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Toplum Ruh Sağlığının Geliştirilmesinde Temel Konu ve Kavramlar</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786258103014</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Histoloji ve Embriyoloji Alanında Yayımlanan Eserler</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786258103083</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Semptomdan Tanıya İç Hastalıkları Kanıta Dayalı Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>5190</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786257291941</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Toplum Ruh Sağlığı Hemşireliği</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786054499892</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Paranazal Sinüsler Endoskopi Anatomisi &amp; Fonksiyonel Endoskopik Sinüs Cerrahisi</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>3770</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786057607898</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Lippincott Anatomi Atlası</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>5550</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>4440000001191</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Genel Cerrahi</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>2597.4</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786057607218</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Pediatrik Dermatoloji</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>6530</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786057607850</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Kaslar Kitabı</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>2840</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786257291934</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hekim Anatomi - Hareket Sistemi ve Klinik Anatomisi</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>5280</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786257291958</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Bates’in Fizik Muayene ve Anamnez Alma Rehberi</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>5705.4</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786257291972</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Psikiyatri</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786257291897</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Dermatoloji Cep Kitabı</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786257291880</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Genç Doktorlar Acil Serviste</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786257291828</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Klinik Rinoplasti Modern Cerrahi Tekniklere Algoritmik Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>6880</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786257291378</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Antrenmanın Temelleri</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786257291781</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Kardiyak Bakımın İlkeleri</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786257291750</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Current Tanı Ve Tedavi Pediatri 2020-21</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>7020</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786257291774</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Pediatri Hemşireliği</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>3290</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786257291668</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Hastalıkların Patofizyolojisi</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>5990</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786257291705</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Bilimleri İçin Diyabet</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786257291767</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Bilimleri İçin Farmakoloji</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786257291699</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğim ve Ben</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786257291729</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bakışta Beslenme</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786257291606</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Yamada - Gastroenteroloji El Kitabı</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>4970</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786257291576</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Teoriden Pratiğe İş Yeri Hekimliği</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>3420</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786257291071</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Sağlığı ve Hastalıkları Psikiyatri Hemşireliği</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>3730</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9789944066129</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Sindirim Kanalının Kontrastlı Radyografik İncelemeleri</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786057607928</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bakışta Hemşireler İçin Anatomi ve Fizyoloji</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786057607782</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Psikiyatri Cep Kitabı</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786257291224</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Endokrinolojisi ve Diyabet (2 Cilt Set) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>21840</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786057607805</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Acil Serviste Sosyal Sermaye</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786257291521</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Derimiz İçin Öneriler</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>4570</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786257291552</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Ergen Ruh Sağlığı ve Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786257291514</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Bulaşıcı Olmayan Hastalıklarda Fiziksel Aktivite ve Egzersiz</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786257291484</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Covid-19 Hastalığı ve Kadın Sağlığı</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786257291477</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Temel Beslenme</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786257291439</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Gözle, Halkın Diliyle Kronik Prostatit</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786257291453</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Anestezi Günlükleri</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786257291446</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Textbook of Multiple Myeloma and Other Plasma Cell Neoplasms</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786257291286</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Anamnez ve Fizik Muayene</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786257291415</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>ERCP Atlası</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786257291354</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğumun İlk Doktoruyum - Ebeveynler İçin Temel İlk Yardım Başucu Kitapçığı ve İlk Yardım Seti</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786257291385</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Sağlığı ve Fizyoterapi</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786257291293</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Ergoterapi</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>3020</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786257291316</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Kardiyak Muayene</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786257291323</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>En Güncel Bilgilerle Olgularla Nörolojik Rehabilitasyon</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>3730</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786257291538</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Vestibüler Rehabilitasyon</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>4570</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786257291347</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Bir Tıp Fakültesi Hikayesi Öğretmen ve Barista</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786257291309</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Kırıkları</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786257291262</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Sık Yapılan Ortopedik Ameliyatlar ve Rehabilitasyon Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>3550</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786257291255</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Kronik Hastalıklarda Rehabilitasyon ve Egzersiz Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786257291200</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Nöro-görüntüleme Cep Kitabı</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786257291125</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Elektriksel Kas Uyarımı Çalışmaları Ders Kitabı</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786257291132</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Kalp ve Damar Cerrahisi Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786257291101</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Pediatrik Acil Tıp</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>7810</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786057607980</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Perinatal Bakım</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786257291064</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Atletik Gelişim</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786257291095</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Daha Mavi</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786257291019</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Wintrobe'un Klinik Hematoloji Atlası</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>7810</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786057607874</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Cinsel Tıp ve Genital Estetik</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>3770</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786257291002</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>BRS Fizyoloji</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786057607867</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Yatakbaşı Ultrasonografi</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>3550</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786057607942</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Lokomotor Sistem</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786057607881</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Klinik Kardiyoloji (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>3820</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786057607409</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Vertigoya Olgular Eşliğinde Multidisipliner Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786057607829</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Ortopedi ve Travmatoloji (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9789758267200</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hekimin Kırk Bir Yılı</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786057607669</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Shimizu'nun Dermatolojisi</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>7150</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786057607454</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Pulmoner Vasküler Hastalıklar</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786057607133</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Ayak Bileği Çevresi Bağ ve Tendon Yaralanmaları</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>6530</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786057607683</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Acil Tıpta Covid-19</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9789758267194</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Tanı ve Tedavi</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786056920516</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Damar</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>5638.8</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786057607621</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul (Çapa) Tıp ve İz Bırakanlar</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786057607676</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Olgularla Covid-19</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786057607645</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Ortopedik Algoritmalar: Travma</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>2840</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786057607508</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Diyabet Tedavisinde Önerilen Endüstriyel İlaçlar, İnsülin ve Bitkisel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786057607263</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Torasik Cerrahi</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>9010</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786057607492</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Müller’in Akciğer Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>7590</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786057607362</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Endikasyondan Pratiğe Ortez Protez</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786057607287</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Anatomi</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>4800</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786057607157</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Klinisyenler İçin Beslenme</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786057607225</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Perinatoloji Klinik Rehberi</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786057607171</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Palyatif Bakım ve Tıp</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>2890</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786057607072</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Postoperatif Ağrı Tedavisi</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786059528566</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Anestezi Günlük İş Pratiği (İngilizce)</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786054949199</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Obstetrik ve Jinekolojide Ultrasonografi Atlası</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>7810</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786059528528</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Patofizyolojinin Esasları</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786057607195</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Jinekolojik Semiyoloji</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786057607119</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Hastane Öncesi Acil Tıp ve Paramedik</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786057607102</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Sporcu Sağlığı ve Performans</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786059528955</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Tusmer 4'te 4</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786059528863</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Kas-İskelet Sistemi Değerlendirmesi</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786059528870</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Diz Çevresi Osteotomileri</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>3820</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786059528856</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Egzersiz Fizyolojisi</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>2530</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786059528290</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Devlet ve Sağlık Çalışanları Sağlıklı Olmanız İçin Çabalıyor Peki Ya Siz?</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786059528757</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Viral Hepatit 2018</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>3860</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9789758267118</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Eklem Hastalıkları ve Cerrahisine Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786059528429</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Mikrobiyoloji</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>3020</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786059528696</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Kapsül Enteroskopi Atlası</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786059528351</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Biyokimya</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786059528399</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Performansında Fonksiyonel Testler</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786059528610</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Genel ve Özel Embriyoloji</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786059528405</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Klinik Egzersiz Fizyolojisi</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>4710</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786059528276</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Klinik Uygulamalarda Beslenme</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786059528306</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Derin Doku Masajı</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786054949519</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Eczacılık Öğrencileri İçin Matematik</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786059528771</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yaralanmaları ve Rehabilitasyon</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786059528634</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bakışta Histoloji</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786059528597</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Anatomisi Atlası</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>4770</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786059528412</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bakışta İmmünoloji</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786059528511</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Alzheimer'a Dair Her Şey</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786059528375</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Temel Tıbbi Parazitoloji</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>2530</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786059528504</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bakışta Embriyoloji</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786059528450</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenci Ebeler için Klinik Uygulama Rehberi</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786059528108</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Diş Hekimliğinde Radyolojinin Esasları</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>5860</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786054949878</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Patoloji</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786054949915</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Patellofemoral Hastalıklar</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>5860</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786059528030</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Tıbbi Fizyoloji</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>4300</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786054949854</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bakışta  Anotomi</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786054949540</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Hipofiz Hastalıkları ve Vakaları</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786054949687</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Multidisipliner Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786054949984</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Medikal Gebelik ve Postpartum Dönemde Psikiyatrik Bozukluklar</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786054949106</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Tanıda Laboratuvar Testlerinin Yorumlanması</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>5330</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786054949694</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Geriatri Pratiğinde Ölçekler</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786054949960</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Aile Hekimliği Yeterlilik Sınavı</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>6300</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786054949847</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Farmakoloji</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786054949212</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Ekokardiyografi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>3460</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786054949168</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Aile Hekimliğinin Esasları</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>4570</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786059528016</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Diz Eklemi Bağ ve Tendon Sorunları</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>5590</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786054949021</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Yenidoğan Acilleri</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786054499991</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Radyasyon Onkolojisinde Tedavi Planlama El Kitabı</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786054949991</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Eklem İçi Enjeksiyonlar</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786054949564</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Alerji ve İmmünoloji El Kitabı</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>4660</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786054949205</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Endüstri'de ve Farmasötik Ürünlerde Mikrobiyoloji</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786054949342</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Üreter ve Üretranın Hastalıkları ve Tedavileri</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>3730</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786059528177</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Organik Kimya</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786054949144</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Gebelik ve Endokrin Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786054949526</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>BRS Hücre Biyolojisi ve Histoloji</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786054949557</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Acil Tıp - Klinik Olgu Çözümleri</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786054949304</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Kolon ve Rektum Cerrahisi: Anorektal Ameliyatlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>6080</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786059528061</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Acil Dahiliye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>5590</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786054949298</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Kolon ve Rektum Cerrahisi: Abdominal Ameliyatlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>6660</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786054949373</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Meme Cerrahisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>7990</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786054949472</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Lange Patoloji: Modern Olgu Sunumları</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786054949762</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Compact Disc İle: Konuşma Odyometresi</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786054949403</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Oxford Pediatrik Nefroloji</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786059528207</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Ortopedik Sınıflandırmalar ve Skorlamalar</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786054949076</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Büyüyorum</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786054949793</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Tıbbi Hatalar ve Hasta Güvenliği Eğitim Rehberi</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786059528023</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Temel Kinezyo-Mekanik</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786054949823</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Marks' Tıbbi Biyokimyanın Esasları</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>4660</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786054949816</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Oxford Hemşirelik Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786054949458</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Fizyoterapi ve Rehabilitasyona Giriş</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786054949120</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Anatomi ve Fizyoloji</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9789944211314</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Rutin Uygulamalarımızda Kullandığımız BT Çekim Protokolleri</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786054499878</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Oxford Endokrinoloji ve Diyabet El Kitabı</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786054499786</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>10 Dakikada Konsültasyon: Tip 2 Diyabetes Mellitus</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786054499908</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Pediyatride Rutinler</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>5370</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786054499960</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Biyoistatistik ve Araştırma Yöntembilimi</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786054499939</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>AHA Klinik Kardiyak Danışmanı</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786054499823</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Tıbbi Genetiğin Esasları</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9789944211277</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Adrenal Hastalıkları Cerrahisi</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786054499595</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Bronkoskopiye Giriş</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786054499861</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Basic Biostatistics And Research Methodology</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786054499731</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Diyabetik Aciller</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786054499403</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Oxford KBB Baş Boyun Cerrahisi El Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786054499540</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Kan Hastalıklarının Patofizyolojisi</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786054499670</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılarda Güncel Sağlık Sorunları ve Bakımı</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786055507053</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Üreme Sağlığı ve Üremeye Yardımcı Tedaviler</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786054499199</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Klinik Onkoloji</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9789944211154</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>100 Soruda Akciğer Radyolojisi</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9789756395943</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Akut Koroner Sendromlar</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
           <t>9789756395622</t>
         </is>
       </c>
-      <c r="B515" s="1" t="inlineStr">
+      <c r="B761" s="1" t="inlineStr">
         <is>
           <t>Ağrı</t>
         </is>
       </c>
-      <c r="C515" s="1">
-        <v>444</v>
+      <c r="C761" s="1">
+        <v>620</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>