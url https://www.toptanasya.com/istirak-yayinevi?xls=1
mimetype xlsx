--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,1345 +85,1375 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055292201</t>
+          <t>9786059093323</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kendime Sesleniyorum</t>
+          <t>Dinler ve Mitoloji</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055292430</t>
+          <t>9786056115431</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Frekans</t>
+          <t>Ah Gülizar (Töre Esaretinde Aşk)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059588324</t>
+          <t>9786055669713</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Diğer Olasılıklar</t>
+          <t>Kurantum Fizik</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>128</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055669430</t>
+          <t>9786059093002</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Seçkiler</t>
+          <t>Beyin Fırtınası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>153</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055669447</t>
+          <t>9786059093200</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yarın Güzel Olacak</t>
+          <t>Cudi’nin Anneleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>147</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052096475</t>
+          <t>9786055292157</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ben'cil Olma Vakti</t>
+          <t>Gülizar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>199</v>
+        <v>91</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055292034</t>
+          <t>9786055292201</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Sırrı - Son Adem</t>
+          <t>Kendime Sesleniyorum</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>245</v>
+        <v>308</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055669683</t>
+          <t>9786055292430</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yanığı</t>
+          <t>Frekans</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>119</v>
+        <v>238</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055292423</t>
+          <t>9786059588324</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Bizden İbaret Değil</t>
+          <t>Diğer Olasılıklar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055292409</t>
+          <t>9786055669430</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yüce Uyanış</t>
+          <t>Seçkiler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>230</v>
+        <v>214</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055292393</t>
+          <t>9786055669447</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Gözyaşları</t>
+          <t>Yarın Güzel Olacak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055292386</t>
+          <t>9786052096475</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sertasut - İyiler Birleşiyor</t>
+          <t>Ben'cil Olma Vakti</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>221</v>
+        <v>275</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055292379</t>
+          <t>9786055292034</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gönülçelen</t>
+          <t>Varoluşun Sırrı - Son Adem</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055292355</t>
+          <t>9786055669683</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyli Yılmaz - Üç Kuşağın Sancısı</t>
+          <t>Hüzün Yanığı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>420</v>
+        <v>165</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055292331</t>
+          <t>9786055292423</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yüce Hikmet (Hikmet-i Ali)</t>
+          <t>Mutluluk Bizden İbaret Değil</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>268</v>
+        <v>238</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055292317</t>
+          <t>9786055292409</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Anılarım - Bu Dünyadan Ben de Geçtim</t>
+          <t>Yüce Uyanış</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059093347</t>
+          <t>9786055292393</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Masmavi Düşler</t>
+          <t>Evrenin Gözyaşları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>102</v>
+        <v>285</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055292324</t>
+          <t>9786055292386</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İncileri</t>
+          <t>Sertasut - İyiler Birleşiyor</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>255</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055292300</t>
+          <t>9786055292379</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kadın Aklı Erkek Haklı - Erkek Aklı Kadın Haklı</t>
+          <t>Gönülçelen</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>243</v>
+        <v>322</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055292287</t>
+          <t>9786055292355</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dört Duvar</t>
+          <t>Kuzeyli Yılmaz - Üç Kuşağın Sancısı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>255</v>
+        <v>480</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055292270</t>
+          <t>9786055292331</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tek Umut</t>
+          <t>Yüce Hikmet (Hikmet-i Ali)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>255</v>
+        <v>360</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055292232</t>
+          <t>9786055292317</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tesellemeler</t>
+          <t>Anılarım - Bu Dünyadan Ben de Geçtim</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>255</v>
+        <v>322</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055292256</t>
+          <t>9786059093347</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mavi Işık</t>
+          <t>Masmavi Düşler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>204</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055292263</t>
+          <t>9786055292324</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hazin Bir Hayat Hikayesi</t>
+          <t>Hayatın İncileri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>314</v>
+        <v>357</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055292249</t>
+          <t>9786055292300</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Budala</t>
+          <t>Kadın Aklı Erkek Haklı - Erkek Aklı Kadın Haklı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>187</v>
+        <v>340</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055292225</t>
+          <t>9786055292287</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Son Adem - Yaratılış Sırrı</t>
+          <t>Dört Duvar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>357</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055292218</t>
+          <t>9786055292270</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sen Niye Bu Kadar Güzelsin?</t>
+          <t>Bir Dilek Tek Umut</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>161</v>
+        <v>357</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055292188</t>
+          <t>9786055292232</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yaşamı</t>
+          <t>Tesellemeler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>204</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055292195</t>
+          <t>9786055292256</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hasar Tespit Çalışmaları</t>
+          <t>Mavi Işık</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>153</v>
+        <v>285</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055292171</t>
+          <t>9786055292263</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tabu - Yıkım Çalışmaları</t>
+          <t>Hazin Bir Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>127</v>
+        <v>440</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055292164</t>
+          <t>9786055292249</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Varlık İnsan ve Din</t>
+          <t>Gizemli Budala</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055292140</t>
+          <t>9786055292225</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Özümüzdeki Gizli Hazine</t>
+          <t>Son Adem - Yaratılış Sırrı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>178</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052096499</t>
+          <t>9786055292218</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kamos - Döngü</t>
+          <t>Sen Niye Bu Kadar Güzelsin?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>166</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055669720</t>
+          <t>9786055292188</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Sevdalı Yüreğim</t>
+          <t>İnsan Yaşamı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>238</v>
+        <v>285</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055292133</t>
+          <t>9786055292195</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ufka Açılan Yelkenler</t>
+          <t>Hasar Tespit Çalışmaları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>204</v>
+        <v>215</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055669423</t>
+          <t>9786055292171</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Geceye Mektuplar</t>
+          <t>Tabu - Yıkım Çalışmaları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>115</v>
+        <v>177</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055669546</t>
+          <t>9786055292164</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İki Nokta Yan Yana</t>
+          <t>Varlık İnsan ve Din</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>195</v>
+        <v>322</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055669263</t>
+          <t>9786055292140</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>O  Sokaklar</t>
+          <t>Özümüzdeki Gizli Hazine</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230</v>
+        <v>245</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055669232</t>
+          <t>9786052096499</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sen Giderken Bende Kaldın</t>
+          <t>Kamos - Döngü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>221</v>
+        <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059588980</t>
+          <t>9786055669720</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Umudunu Yitirme</t>
+          <t>Ateşe Sevdalı Yüreğim</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>178</v>
+        <v>330</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059588461</t>
+          <t>9786055292133</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Doğruya Ulaşma Çabası</t>
+          <t>Ufka Açılan Yelkenler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059588317</t>
+          <t>9786055669423</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kırklareli'nde</t>
+          <t>Geceye Mektuplar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059588331</t>
+          <t>9786055669546</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Anlamlı Kılanlar</t>
+          <t>İki Nokta Yan Yana</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>153</v>
+        <v>273</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059093972</t>
+          <t>9786055669263</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sevdalara Türküler</t>
+          <t>O  Sokaklar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>127</v>
+        <v>322</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059093996</t>
+          <t>9786055669232</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sidrasız Alya’m</t>
+          <t>Sen Giderken Bende Kaldın</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>102</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059093965</t>
+          <t>9786059588980</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Tatar Kasabası</t>
+          <t>Umudunu Yitirme</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>340</v>
+        <v>246</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059093880</t>
+          <t>9786059588461</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Canımın Ağrı’sı</t>
+          <t>Doğruya Ulaşma Çabası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>178</v>
+        <v>154</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059093897</t>
+          <t>9786059588317</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimde Yağmur Kalbimde Sen Varsın</t>
+          <t>Atatürk Kırklareli'nde</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>145</v>
+        <v>231</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055292027</t>
+          <t>9786059588331</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Ehl-i Beyt</t>
+          <t>Hayatı Anlamlı Kılanlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>500</v>
+        <v>215</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059093583</t>
+          <t>9786059093972</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kötü Niyet'in Elindeki Dünya</t>
+          <t>Sessiz Sevdalara Türküler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>166</v>
+        <v>177</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000082368</t>
+          <t>9786059093996</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ömrünü Hediye Etti</t>
+          <t>Sidrasız Alya’m</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>178</v>
+        <v>142</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059093538</t>
+          <t>9786059093965</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Orman Kanunu / Lalınköyü</t>
+          <t>Dünden Bugüne Tatar Kasabası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>178</v>
+        <v>476</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>3990000082369</t>
+          <t>9786059093880</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bana Düşlerini Anlat</t>
+          <t>Canımın Ağrı’sı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>107</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059093576</t>
+          <t>9786059093897</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye'yi Hiç Böyle Okumadınız!</t>
+          <t>Gözlerimde Yağmur Kalbimde Sen Varsın</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>127</v>
+        <v>203</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059093569</t>
+          <t>9786055292027</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>60'lı Yıllar Durağında İnecek Var!</t>
+          <t>Kur'an ve Ehl-i Beyt</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>235</v>
+        <v>700</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059093156</t>
+          <t>9786059093583</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Bebek</t>
+          <t>Kötü Niyet'in Elindeki Dünya</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>127</v>
+        <v>235</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059093309</t>
+          <t>3990000082368</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eğme Başını</t>
+          <t>Ömrünü Hediye Etti</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>127</v>
+        <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059093392</t>
+          <t>9786059093538</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kabrin Altında Aşk, Tanrı, Kavga ve Şarap</t>
+          <t>Orman Kanunu / Lalınköyü</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>115</v>
+        <v>245</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059093316</t>
+          <t>3990000082369</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kırmızı Mevsimi</t>
+          <t>Bana Düşlerini Anlat</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059093286</t>
+          <t>9786059093576</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gitmeyesin İstiyordum Deseydin</t>
+          <t>Yeni Türkiye'yi Hiç Böyle Okumadınız!</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059093040</t>
+          <t>9786059093569</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hazine</t>
+          <t>60'lı Yıllar Durağında İnecek Var!</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>148</v>
+        <v>329</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059093118</t>
+          <t>9786059093156</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Toprakta Kına Kokusu</t>
+          <t>Hoş Geldin Bebek</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>128</v>
+        <v>178</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059093064</t>
+          <t>9786059093309</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Okyanus İçinde Deniz</t>
+          <t>Eğme Başını</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>128</v>
+        <v>178</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055296995</t>
+          <t>9786059093392</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İnsaf</t>
+          <t>Kabrin Altında Aşk, Tanrı, Kavga ve Şarap</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059093057</t>
+          <t>9786059093316</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Duygulara Engel Yok</t>
+          <t>Aşkın Kırmızı Mevsimi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>116</v>
+        <v>161</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055296919</t>
+          <t>9786059093286</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kendini Asabilir mi?</t>
+          <t>Gitmeyesin İstiyordum Deseydin</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>127</v>
+        <v>273</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055296957</t>
+          <t>9786059093040</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yol Kesiği</t>
+          <t>Kayıp Hazine</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>87</v>
+        <v>205</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055292126</t>
+          <t>9786059093118</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gibi Olmayın Kendinizi Oluşturun Hür Olun!</t>
+          <t>Çanakkale Toprakta Kına Kokusu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055292089</t>
+          <t>9786059093064</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağı Anlamak</t>
+          <t>Okyanus İçinde Deniz</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>153</v>
+        <v>175</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055292003</t>
+          <t>9786055296995</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Düşsel Çığlıklar</t>
+          <t>İnsaf</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>102</v>
+        <v>231</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055292119</t>
+          <t>9786059093057</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yol</t>
+          <t>Duygulara Engel Yok</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>127</v>
+        <v>163</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055296636</t>
+          <t>9786055296919</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Merdivendeki Derin Ölüm</t>
+          <t>Ölüm Kendini Asabilir mi?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>128</v>
+        <v>177</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055296629</t>
+          <t>9786055296957</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Vefalı Olmak</t>
+          <t>Yol Kesiği</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>102</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059093187</t>
+          <t>9786055292126</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Utanın</t>
+          <t>Gibi Olmayın Kendinizi Oluşturun Hür Olun!</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>115</v>
+        <v>273</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055296568</t>
+          <t>9786055292089</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sana Sevgimi Yolladım</t>
+          <t>Modern Çağı Anlamak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>116</v>
+        <v>210</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059093682</t>
+          <t>9786055292003</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tir Tir Türkmen Konmuştu Batı Anadolu'ya</t>
+          <t>Düşsel Çığlıklar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055296605</t>
+          <t>9786055292119</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Toplum ve İnsanda iz Sürmek</t>
+          <t>Bitmeyen Yol</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>187</v>
+        <v>178</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055296599</t>
+          <t>9786055296636</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Samimiyet Mektupları</t>
+          <t>Merdivendeki Derin Ölüm</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>94</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055296735</t>
+          <t>9786055296629</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Nefesimsin</t>
+          <t>Vefalı Olmak</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>102</v>
+        <v>142</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055296247</t>
+          <t>9786059093187</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İçimizde Gizliyiz</t>
+          <t>Utanın</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>102</v>
+        <v>161</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055296490</t>
+          <t>9786055296568</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Aşkına Meftunum</t>
+          <t>Sana Sevgimi Yolladım</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>102</v>
+        <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055296377</t>
+          <t>9786059093682</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>Tir Tir Türkmen Konmuştu Batı Anadolu'ya</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>136</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055296414</t>
+          <t>9786055296605</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Kültür Zenginliğimiz Müzeler</t>
+          <t>Tarih, Toplum ve İnsanda iz Sürmek</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055292010</t>
+          <t>9786055296599</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mücevher Işıltısı</t>
+          <t>Samimiyet Mektupları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056204258</t>
+          <t>9786055296735</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dindarlık mı, Şarlatanlık mı?</t>
+          <t>Nefesimsin</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>128</v>
+        <v>140</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055292096</t>
+          <t>9786055296247</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kadının Gözünden Kadın - Erkek İlişkileri: Erkekte Tesettür ve Takva</t>
+          <t>İçimizde Gizliyiz</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>166</v>
+        <v>145</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055292072</t>
+          <t>9786055296490</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Artık Zamanı Gelmedi mi? Kendi Alın Yazını Kendin Yaz Hayatını Kolaylaştır</t>
+          <t>Aşkına Meftunum</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>148</v>
+        <v>145</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786055296377</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Kardelen</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786055296414</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Tarih ve Kültür Zenginliğimiz Müzeler</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>