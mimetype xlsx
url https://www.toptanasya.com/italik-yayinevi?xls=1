--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,1480 +85,2125 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757227298</t>
+          <t>9789757227304</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Azgelişmişliğin Ekonomisi</t>
+          <t>Zamane Ağıtları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257766579</t>
+          <t>9786059105781</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Umuda Yolculuk</t>
+          <t>Kısa Sap Bağlama Metodu 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059105477</t>
+          <t>9786055430740</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ah Sevdiğim</t>
+          <t>Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>230</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257766500</t>
+          <t>9786055421007</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Alevilik</t>
+          <t>Osmanlı Üretim Tarzı ve Çöküşü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>480</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257766517</t>
+          <t>9786055421014</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Seyyit Hüseyin Gazi ve Oğlu Battal Gazi</t>
+          <t>Gelişmekte Olan Ülkeler Ekonomileri ve Türkiye</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257766180</t>
+          <t>9789758398492</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Unutturulmak İstenen Gerçekler Alevilik</t>
+          <t>Dubrovski</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055430689</t>
+          <t>9786055430139</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Fıkralar</t>
+          <t>Deyiş ve Direniş - Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>500</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000018197</t>
+          <t>3990000033821</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şey (İ)</t>
+          <t>Deniz Gezmiş’in Günlüğü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>80</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059105682</t>
+          <t>9786054096930</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Serap</t>
+          <t>Bulgaristan Türkleri Tarihinden Esintiler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3990000029958</t>
+          <t>9789758398515</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin</t>
+          <t>Avcının Notları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050307245</t>
+          <t>9789758398478</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ana Vasiyeti (Ciltli)</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>600</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257766548</t>
+          <t>3990000025789</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şücaattin Veli Ocağı ve Erkanı</t>
+          <t>Bektaşi Fıkraları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257766555</t>
+          <t>9786055430672</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Alevilik 48 Perşembe Işığı</t>
+          <t>1001 Çeşit Yemek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>600</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257766524</t>
+          <t>9789758398584</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şairlerin Gözyaşları</t>
+          <t>Suç ve Ceza 2. Cilt</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1000</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257766531</t>
+          <t>9789758398577</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Amber</t>
+          <t>Suç ve Ceza 1. Cilt</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059105750</t>
+          <t>9789758398423</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Senfonik Şiir)</t>
+          <t>Sefiller 3. Cilt</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055421120</t>
+          <t>9789758398416</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Engizisyonu</t>
+          <t>Sefiller 2. Cilt</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000018246</t>
+          <t>9786054096046</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Alevi Hukuku</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000033822</t>
+          <t>9786055430313</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Acı Çeken Nefes</t>
+          <t>Anlam ve Doğruluk Üzerine</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059105987</t>
+          <t>9786058445277</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Anılarım ve Gerçekler</t>
+          <t>Alevilerin Kitabı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257766258</t>
+          <t>9786055430702</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bedreddin Börklüce Torlak</t>
+          <t>Nutuk'dan Seçmeler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059105873</t>
+          <t>9786055430559</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bertrand Russell Otobiyografi</t>
+          <t>A'dan Z'ye Kelime Cambazı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>700</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055421113</t>
+          <t>9786052451809</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmanın Sermaye Birikimi Politikaları ve Türkiye</t>
+          <t>Babamın Mutfağı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054096992</t>
+          <t>9789944006408</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Geri Kalmış Ülkelerde Kapitalin Etkin Kullanılamayışı ve Türkiye</t>
+          <t>Padişahım Çok Yaşa</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>80</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058864603</t>
+          <t>9786059105774</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çatal Halil</t>
+          <t>Sınırları Aşan Mücadelem</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058864627</t>
+          <t>9786055430016</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Öteki Güz</t>
+          <t>Hamlet - Atinalı Timon</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056000515</t>
+          <t>9786055430054</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Harman - Karaman Türküleri Hikaye ve Notalarıyla (CD İlaveli)</t>
+          <t>Macbeths ve Coriolanus</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059105743</t>
+          <t>9786055430030</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Yarası Gibi</t>
+          <t>Romeo ve Juliet - Kral Lear</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>60</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059105620</t>
+          <t>3990000018198</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Adım Yok Benim</t>
+          <t>Felsefe Yapma Sanatı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055430290</t>
+          <t>9786059105644</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sevgililer Gününde Hiç Randevum Olmadı</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059105507</t>
+          <t>9786059105552</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gül Batımı</t>
+          <t>Çorap Teki</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059105842</t>
+          <t>9786059105439</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Düş Annesi</t>
+          <t>Mahir - Eylem Günlüğü</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257766494</t>
+          <t>9786055430733</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Umay’ın Düşü</t>
+          <t>Safahat'dan Seçmeler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257766470</t>
+          <t>9786059105460</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Alevi Soykırımı (Genocide)</t>
+          <t>LYS Edebiyatın İzinde</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055430696</t>
+          <t>9786059105484</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Vatanlı Vatansız</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257766463</t>
+          <t>9786059105118</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Ne Var Ne Yok?</t>
+          <t>Semantik</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257766456</t>
+          <t>9786055430061</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi’nde Kızılbaşlar ve Bektaşiler</t>
+          <t>Soneler ve Şiirler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257766425</t>
+          <t>9786055421144</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>907 Gün Bir Kumpasın Anatomisi</t>
+          <t>Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257766234</t>
+          <t>9786055421151</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Aşık Veysel</t>
+          <t>Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257766159</t>
+          <t>9786055430047</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Alevilerin Gizlenen Tarihi</t>
+          <t>Julius Caesar - Antonius ve Kleopatra</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257766449</t>
+          <t>9786055430023</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Fazlullah Hurufi - Seyyid Nesimi - Kul Nesimi</t>
+          <t>Othello ve Titus Andronicus</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257766432</t>
+          <t>9786059105835</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bektaşiliğin Tarihçesi Hacı Bektaş Veli’den Salih Niyazi Dedebaba’ya</t>
+          <t>Hatırla Mxraş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758398034</t>
+          <t>9786257766586</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Fırtınada Dökülen Yapraklar Mülteciler</t>
+          <t>Çığlığımın İzleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257766388</t>
+          <t>9789757227298</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Umutla Mücadele</t>
+          <t>Azgelişmişliğin Ekonomisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257766371</t>
+          <t>9786257766579</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ankara’nın Martıları</t>
+          <t>Umuda Yolculuk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>130</v>
+        <v>460</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257766364</t>
+          <t>9786059105477</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Politik Hacı</t>
+          <t>Ah Sevdiğim</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>115</v>
+        <v>380</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257766241</t>
+          <t>9786257766500</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hallac-ı Mansur</t>
+          <t>Alevilik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257766319</t>
+          <t>9786257766517</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Cemevi Ziyaretleri Milli Birlik ve Beraberlik Çalışması</t>
+          <t>Seyyit Hüseyin Gazi ve Oğlu Battal Gazi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059105972</t>
+          <t>9786257766180</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Yolunda</t>
+          <t>Unutturulmak İstenen Gerçekler Alevilik</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059105958</t>
+          <t>9786055430689</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>AKP Politikaları ve Alevilik</t>
+          <t>Fıkralar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059105941</t>
+          <t>3990000018197</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kent Koşullarında Sosyolojik Olgu Olarak Alevilik</t>
+          <t>Şey (İ)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257766265</t>
+          <t>9786059105682</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Oniki İmam, Alevi Bektaşilikte Ritüeller ve Sembolizm</t>
+          <t>Bozkırda Serap</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257766302</t>
+          <t>3990000029958</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Cesur Çocuklardık</t>
+          <t>Hüseyin</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257766197</t>
+          <t>9786050307245</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Engellilerin Habere Erişimde Yaşadığı Sorunlar ve Çözüm Önerileri</t>
+          <t>Ana Vasiyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257766166</t>
+          <t>9786257766548</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Erken Alevilerin Gizlenen Tarihi</t>
+          <t>Şücaattin Veli Ocağı ve Erkanı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>560</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257766173</t>
+          <t>9786257766555</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Ulularımız</t>
+          <t>Alevilik 48 Perşembe Işığı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257766142</t>
+          <t>9786257766524</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Katliamın Adı: Yavuz Selim ve İdris-i Bitlisi</t>
+          <t>Şairlerin Gözyaşları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257766135</t>
+          <t>9786257766531</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Savaşı</t>
+          <t>Amber</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257766104</t>
+          <t>9786059105750</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Covid 19’un Seyir Defteri</t>
+          <t>Nutuk (Senfonik Şiir)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257766128</t>
+          <t>9786055421120</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bir Eleştiri Denemesi</t>
+          <t>Osmanlı Engizisyonu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257766111</t>
+          <t>3990000018246</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağın Tragedyası</t>
+          <t>Alevi Hukuku</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059105729</t>
+          <t>3990000033822</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mühür</t>
+          <t>Acı Çeken Nefes</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059105736</t>
+          <t>9786059105987</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>YarDiyar ŞebinKaraHisar</t>
+          <t>Anılarım ve Gerçekler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>560</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059105705</t>
+          <t>9786257766258</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Altı Yatak Odası</t>
+          <t>Bedreddin Börklüce Torlak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059105446</t>
+          <t>9786059105873</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Adam</t>
+          <t>Bertrand Russell Otobiyografi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059105187</t>
+          <t>9786055421113</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İleri Maliyet Düşürme Teknikleri</t>
+          <t>Kalkınmanın Sermaye Birikimi Politikaları ve Türkiye</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055430092</t>
+          <t>9786054096992</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Kentin Tarihi Serencamı Ankara</t>
+          <t>Geri Kalmış Ülkelerde Kapitalin Etkin Kullanılamayışı ve Türkiye</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059105026</t>
+          <t>9786058864603</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Hakka Yürüme Erkanı</t>
+          <t>Çatal Halil</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055430009</t>
+          <t>9786058864627</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gılgameş</t>
+          <t>Öteki Güz</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059105804</t>
+          <t>9786056000515</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dedi ki…</t>
+          <t>Harman - Karaman Türküleri Hikaye ve Notalarıyla (CD İlaveli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059105712</t>
+          <t>9786059105743</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Manisa Şehir Yazıları</t>
+          <t>Kurşun Yarası Gibi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059105668</t>
+          <t>9786059105620</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sevgiliye Susamak</t>
+          <t>Adım Yok Benim</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059105675</t>
+          <t>9786055430290</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Unutmuş Gibisin</t>
+          <t>Sevgililer Gününde Hiç Randevum Olmadı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>3990000022207</t>
+          <t>9786059105507</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalanlar</t>
+          <t>Gül Batımı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059105637</t>
+          <t>9786059105842</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sarı Yalnızlık</t>
+          <t>Düş Annesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059105538</t>
+          <t>9786257766494</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kuran'da Nesh ve Değişen Ayetler</t>
+          <t>Umay’ın Düşü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>660</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059105163</t>
+          <t>9786257766470</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dinle Kardeşim</t>
+          <t>Alevi Soykırımı (Genocide)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055430337</t>
+          <t>9786055430696</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Babama Nerede Olduğumu Söylemeyin</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055430320</t>
+          <t>9786257766463</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ayadaki Göz</t>
+          <t>İslam’da Ne Var Ne Yok?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>80</v>
+        <v>540</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055430771</t>
+          <t>9786257766456</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Zor Hikaye</t>
+          <t>Evliya Çelebi Seyahatnamesi’nde Kızılbaşlar ve Bektaşiler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>440</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059105194</t>
+          <t>9786257766425</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İleri Verimliliği Artırma Teknikleri</t>
+          <t>907 Gün Bir Kumpasın Anatomisi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>700</v>
+        <v>750</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059105514</t>
+          <t>9786257766234</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevda Fısıltısı</t>
+          <t>Bilinmeyen Yönleriyle Aşık Veysel</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059105354</t>
+          <t>9786257766159</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aldatma</t>
+          <t>Alevilerin Gizlenen Tarihi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059105033</t>
+          <t>9786257766449</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin İlk Karavan Rehber Kitabı</t>
+          <t>Fazlullah Hurufi - Seyyid Nesimi - Kul Nesimi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257766043</t>
+          <t>9786257766432</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dilimden Sazım Teline</t>
+          <t>Bektaşiliğin Tarihçesi Hacı Bektaş Veli’den Salih Niyazi Dedebaba’ya</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059105699</t>
+          <t>9789758398034</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aydınlar ve Yazarlar Aleviliği Anlatıyor</t>
+          <t>Fırtınada Dökülen Yapraklar Mülteciler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>400</v>
+        <v>145</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257766067</t>
+          <t>9786257766388</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Temel Belediyecilik Sözlüğü</t>
+          <t>Umutla Mücadele</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257766012</t>
+          <t>9786257766371</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Yönleriyle İslam Gerçeği</t>
+          <t>Ankara’nın Martıları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257766081</t>
+          <t>9786257766364</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Annelik Serüveni</t>
+          <t>Politik Hacı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059105910</t>
+          <t>9786257766241</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Damlalar</t>
+          <t>Hallac-ı Mansur</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059105859</t>
+          <t>9786257766319</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Nesrin'le 40 Yıl...</t>
+          <t>Anadolu Cemevi Ziyaretleri Milli Birlik ve Beraberlik Çalışması</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257766005</t>
+          <t>9786059105972</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Acılar Bittiğinde</t>
+          <t>Hayatın Yolunda</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059105880</t>
+          <t>9786059105958</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bütün Suç Benim</t>
+          <t>AKP Politikaları ve Alevilik</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257766029</t>
+          <t>9786059105941</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kurt Olursa</t>
+          <t>Kent Koşullarında Sosyolojik Olgu Olarak Alevilik</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059105828</t>
+          <t>9786257766265</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve İslam</t>
+          <t>Oniki İmam, Alevi Bektaşilikte Ritüeller ve Sembolizm</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
+          <t>9786257766302</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Çocuklardık</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786257766197</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Engellilerin Habere Erişimde Yaşadığı Sorunlar ve Çözüm Önerileri</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786257766166</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Erken Alevilerin Gizlenen Tarihi</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786257766173</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Evrensel Ulularımız</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786257766142</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Katliamın Adı: Yavuz Selim ve İdris-i Bitlisi</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786257766135</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Tanrılar Savaşı</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786257766104</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Covid 19’un Seyir Defteri</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786257766128</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Bir Eleştiri Denemesi</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786257766111</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Modern Çağın Tragedyası</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786059105729</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Mühür</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786059105736</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>YarDiyar ŞebinKaraHisar</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786059105705</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Altı Yatak Odası</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786059105446</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Adam</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786059105187</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>İleri Maliyet Düşürme Teknikleri</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786055430092</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kentin Tarihi Serencamı Ankara</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786059105026</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Alevilikte Hakka Yürüme Erkanı</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786055430009</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Gılgameş</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786059105804</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Dedi ki…</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786059105712</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Manisa Şehir Yazıları</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786059105668</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Sevgiliye Susamak</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786059105675</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Unutmuş Gibisin</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>3990000022207</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Geç Kalanlar</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786059105637</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Yalnızlık</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786059105538</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Kuran'da Nesh ve Değişen Ayetler</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786059105163</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Dinle Kardeşim</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786055430337</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Babama Nerede Olduğumu Söylemeyin</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786055430320</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Ayadaki Göz</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786055430771</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Güzellik Zor Hikaye</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786059105194</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>İleri Verimliliği Artırma Teknikleri</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786059105514</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sevda Fısıltısı</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786059105354</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Aldatma</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786059105033</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin İlk Karavan Rehber Kitabı</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786257766043</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Dilimden Sazım Teline</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786059105699</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlar ve Yazarlar Aleviliği Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786257766067</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Temel Belediyecilik Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786257766012</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Gizlenen Yönleriyle İslam Gerçeği</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786257766081</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Annelik Serüveni</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786059105910</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Damlalar</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786059105859</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Nesrin'le 40 Yıl...</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786257766005</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Acılar Bittiğinde</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786059105880</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Suç Benim</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786257766029</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Köpek Kurt Olursa</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786059105828</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi ve İslam</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
           <t>9786059105866</t>
         </is>
       </c>
-      <c r="B97" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Şiirsel Anlatı ve Yapılarıyla Türk Halkının Bilmeceleri</t>
         </is>
       </c>
-      <c r="C97" s="1">
-        <v>350</v>
+      <c r="C140" s="1">
+        <v>600</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>