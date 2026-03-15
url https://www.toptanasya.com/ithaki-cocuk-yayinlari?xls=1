--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,4480 +85,4990 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255933287</t>
+          <t>9786255933485</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Will Moogley Hayalet Ajansı 7 - Tupper Evinde Dehşet</t>
+          <t>Arıcan İle Kraliçe 2 Sıkı Dostlar!</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255933294</t>
+          <t>9786255933478</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeni Öğretmeni Unutma</t>
+          <t>Ayı İle Kuş 3 Dev Macera ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255933263</t>
+          <t>9786255933461</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Endişeli Aliş</t>
+          <t>Böcek İzciler Vahşi Doğada! Çizgi Romanla Doğa Keşfi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255933270</t>
+          <t>9786255933454</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kararsız Kiraz</t>
+          <t>Siyah Giyen Prenses ve Gizemli Oyun Saati</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255933256</t>
+          <t>9786255933379</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Mıstık</t>
+          <t>Albert Einstein Dünyayı Değiştiren Biliminsanları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255933232</t>
+          <t>9786255933430</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şu’nun Plaj Günü</t>
+          <t>Gölgesini Arayan Çocuk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255933249</t>
+          <t>9786255933447</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şu’nun Okulda İlk Günü</t>
+          <t>Rüzgar Olmak İsteyen Çocuk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255933225</t>
+          <t>9786052656815</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çokbilmiş Sıfır ve Pelin</t>
+          <t>Aşka İnanmayanlar İçin Aşk Öyküleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255933218</t>
+          <t>9786255933423</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ayı ile Kuş 2 - Yıldızlar ve Diğer Öyküler</t>
+          <t>Uçup Gidenlerin Ardından</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255933201</t>
+          <t>9786257360418</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Polisler</t>
+          <t>Mavi Küçük Prens Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>143</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255933188</t>
+          <t>9786257360401</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Minik Erik!</t>
+          <t>Yeşil Küçük Prens Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>143</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255933195</t>
+          <t>9786257360456</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Will Moogley Hayalet Ajansı 6 - Korkunun Kralı</t>
+          <t>Dünlük Bir Hatıra Ajandası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255933171</t>
+          <t>9786057486882</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Burası Evren - Çizgi Bilim Kitabı</t>
+          <t>Süngerbob Karepantolon Çevreci Oluyor</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255933164</t>
+          <t>9786057486875</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kepçe ile Kelebek</t>
+          <t>Süngerbob Karepantolon ve Ödülün Sahibi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057497802</t>
+          <t>9786057486820</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Balinalı Defter (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255933157</t>
+          <t>9786057497888</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kuzenler, Gark ve Akıllı Saat</t>
+          <t>Meyveli Defter (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255933140</t>
+          <t>9786057497895</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Evde Harika Zaman Geçirme Rehberi/ Aktivite Kitabı</t>
+          <t>Kuşlu Defter (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>280</v>
+        <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255933133</t>
+          <t>9786057486806</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Beatrix Potter 5 Kitaplık Masal Seti</t>
+          <t>Gezegenli Defter (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>700</v>
+        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255933126</t>
+          <t>9786057486813</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tom Kedicik’in Masalı</t>
+          <t>Çiçekli Defter (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255933119</t>
+          <t>9786057497871</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ayı ile Kuş / Piknik ve Diğer Öyküler</t>
+          <t>Portakallı Defter (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255933102</t>
+          <t>9786057497840</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Talihsizlikleri 2</t>
+          <t>Olmadık İşler Araştırma Merkezi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255933089</t>
+          <t>9786257360005</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İki Yaramaz Farenin Masalı</t>
+          <t>Sünger Bob Dedektif Pantolon Kayıp Spatula Vakası</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255933096</t>
+          <t>9786056959806</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bay Jeremy Balıkçı’nın Masalı</t>
+          <t>Aru Shah ve Zamanın Sonu (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255933072</t>
+          <t>9786255933416</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>O Sırada, Dublör Çocuk</t>
+          <t>Arıcan ile Kraliçe</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255933065</t>
+          <t>9786255933409</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Uzaylı 2 - Zuziba Kayboldu</t>
+          <t>Goblin</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255933058</t>
+          <t>9786255933393</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kepçe ile Ördek Yavrusu</t>
+          <t>Trol</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255933041</t>
+          <t>9786255933300</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Siyah Giyen Prenses Tatile Çıkıyor</t>
+          <t>Unicorn Zamanı – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255933034</t>
+          <t>9786255933317</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Direnişi Ekibi</t>
+          <t>Pixel Art Zamanı – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255933027</t>
+          <t>9786255933324</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Marvel Yenilmezler Birliği-1 Tanışma</t>
+          <t>Kedicorn Zamanı – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255933010</t>
+          <t>9786255933331</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dinozor İtfaiyeciler</t>
+          <t>Kawaii Zamanı – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255933003</t>
+          <t>9786255933348</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Maymun Savaşları</t>
+          <t>Kapibara Zamanı – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256366985</t>
+          <t>9786255933355</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Peter’in Masalı</t>
+          <t>Halloween Zamanı – Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256366992</t>
+          <t>9786255933386</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sincap Fındıkkıran’ın Masalı</t>
+          <t>Beatrix Potter Özel Koleksiyonu - Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256366978</t>
+          <t>9786255933362</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Nokta ve Pelin</t>
+          <t>Benim Annem Bir Cadı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256366961</t>
+          <t>9786255933287</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Evreni Nasıl Duyarım? - Gaby González ve Einstein'ın Uzay-Zaman Dalgaları Araştırması</t>
+          <t>Will Moogley Hayalet Ajansı 7 - Tupper Evinde Dehşet</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257360067</t>
+          <t>9786255933294</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Çok Saçma... Ya Da Değil!</t>
+          <t>Yeni Öğretmeni Unutma</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058022867</t>
+          <t>9786255933263</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>Endişeli Aliş</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256366954</t>
+          <t>9786255933270</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Will Moogley Hayalet Ajansı 5 - Beklenmedik Bir Canavar</t>
+          <t>Kararsız Kiraz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256366947</t>
+          <t>9786255933256</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Will Moogley Hayalet Ajansı 4 - Hayaletler de Korkar</t>
+          <t>Dağınık Mıstık</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256366930</t>
+          <t>9786255933232</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Etkisi</t>
+          <t>Şu’nun Plaj Günü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256366923</t>
+          <t>9786255933249</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ben Kısaca Şerlok - 3 Saklı Hazine</t>
+          <t>Şu’nun Okulda İlk Günü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256366916</t>
+          <t>9786255933225</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Büyük Mitoloji Atlası/Dünyanın Her Yerinden Tanrıların ve Kahramanların Hikâyeleri (Ciltli)</t>
+          <t>Çokbilmiş Sıfır ve Pelin</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>720</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256366909</t>
+          <t>9786255933218</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kate İşbaşında - 3 Manşet Skandalı</t>
+          <t>Ayı ile Kuş 2 - Yıldızlar ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256366893</t>
+          <t>9786255933201</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aru Shah ve Ölümsüzlük Nektarı</t>
+          <t>Dinozor Polisler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256366886</t>
+          <t>9786255933188</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein’ın İzinde</t>
+          <t>Minik Erik!</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256366596</t>
+          <t>9786255933195</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Efsanesi - Ejderha Diyarı Serisi 2. Kitap</t>
+          <t>Will Moogley Hayalet Ajansı 6 - Korkunun Kralı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256366879</t>
+          <t>9786255933171</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Süper Herkül ve Diğer Öyküler</t>
+          <t>Burası Evren - Çizgi Bilim Kitabı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256366862</t>
+          <t>9786255933164</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Okul Yolunda</t>
+          <t>Sarı Kepçe ile Kelebek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257360357</t>
+          <t>9786057497802</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hoppala Cumbala Tumbala, Bütün Hayırlar Buraya!</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256366855</t>
+          <t>9786255933157</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dedemden Kalan</t>
+          <t>Kuzenler, Gark ve Akıllı Saat</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256366848</t>
+          <t>9786255933140</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İmza Karga</t>
+          <t>Evde Harika Zaman Geçirme Rehberi/ Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256366831</t>
+          <t>9786255933133</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gün’ün Gözleri</t>
+          <t>Beatrix Potter 5 Kitaplık Masal Seti</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256366381</t>
+          <t>9786255933126</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Profesörüm Madam Curie</t>
+          <t>Tom Kedicik’in Masalı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256366824</t>
+          <t>9786255933119</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kasabanın Ejderhası</t>
+          <t>Ayı ile Kuş / Piknik ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256366817</t>
+          <t>9786255933102</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mor Balon Mutluluk Peşinde</t>
+          <t>Ortaokul Talihsizlikleri 2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256366800</t>
+          <t>9786255933089</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kepçe ile Mavi Çiçek</t>
+          <t>İki Yaramaz Farenin Masalı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256366794</t>
+          <t>9786255933096</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Minik Tüylü</t>
+          <t>Bay Jeremy Balıkçı’nın Masalı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256366787</t>
+          <t>9786255933072</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dörtnala Özgürlük</t>
+          <t>O Sırada, Dublör Çocuk</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256366770</t>
+          <t>9786255933065</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Merhaba, Ben Yoga!</t>
+          <t>Yaramaz Uzaylı 2 - Zuziba Kayboldu</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256366763</t>
+          <t>9786255933058</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mavi Balinalar Asla Unutmaz</t>
+          <t>Sarı Kepçe ile Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256366756</t>
+          <t>9786255933041</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hayali</t>
+          <t>Siyah Giyen Prenses Tatile Çıkıyor</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256366749</t>
+          <t>9786255933034</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitabı Açtığında</t>
+          <t>Felsefe Direnişi Ekibi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256366732</t>
+          <t>9786255933027</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gastronotlar</t>
+          <t>Marvel Yenilmezler Birliği-1 Tanışma</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256366725</t>
+          <t>9786255933010</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çalgıcı Kediler</t>
+          <t>Dinozor İtfaiyeciler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257360845</t>
+          <t>9786255933003</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Diana Wynne Jones Üçlü Kitap Seti</t>
+          <t>Maymun Savaşları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>990</v>
+        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257360371</t>
+          <t>9786256366985</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Uzaylı</t>
+          <t>Tavşan Peter’in Masalı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050643008</t>
+          <t>9786256366992</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Sincap Fındıkkıran’ın Masalı</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057475800</t>
+          <t>9786256366978</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Kanatlı Nokta ve Pelin</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058022836</t>
+          <t>9786256366961</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı</t>
+          <t>Evreni Nasıl Duyarım? - Gaby González ve Einstein'ın Uzay-Zaman Dalgaları Araştırması</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058022843</t>
+          <t>9786257360067</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünden Gelen Gri Tüy</t>
+          <t>Bu Kitap Çok Saçma... Ya Da Değil!</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056959899</t>
+          <t>9786058022867</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tilki Tili’nin Yolculuğu</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256366718</t>
+          <t>9786256366954</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk Kitabı Nasıl Yapılır?</t>
+          <t>Will Moogley Hayalet Ajansı 5 - Beklenmedik Bir Canavar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256366701</t>
+          <t>9786256366947</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mercan’ın Tüm Duyguları</t>
+          <t>Will Moogley Hayalet Ajansı 4 - Hayaletler de Korkar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256366695</t>
+          <t>9786256366930</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Kapınız Çalabilir</t>
+          <t>Kelebek Etkisi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256366688</t>
+          <t>9786256366923</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Uzay ve Astronomi Hakkında Muhteşem Ötesi Bilgiler</t>
+          <t>Ben Kısaca Şerlok - 3 Saklı Hazine</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>375</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256366671</t>
+          <t>9786256366916</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Norby’nin Öteki Sırrı</t>
+          <t>Büyük Mitoloji Atlası/Dünyanın Her Yerinden Tanrıların ve Kahramanların Hikâyeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256366664</t>
+          <t>9786256366909</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hiç Küsmeyen Arkadaş Aranıyor</t>
+          <t>Kate İşbaşında - 3 Manşet Skandalı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256366657</t>
+          <t>9786256366893</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>En Gürültücüler - Süper Hayvanlar Serisi</t>
+          <t>Aru Shah ve Ölümsüzlük Nektarı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256366640</t>
+          <t>9786256366886</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Siyah Giyen Prenses ve Obur Tavşan İstilası</t>
+          <t>Frankenstein’ın İzinde</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256366633</t>
+          <t>9786256366596</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Uçtu Uçtu Pelin Uçtu</t>
+          <t>Ejderha Efsanesi - Ejderha Diyarı Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256366626</t>
+          <t>9786256366879</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Süper Herkül ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256366619</t>
+          <t>9786256366862</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gök Şarkısı</t>
+          <t>Okul Yolunda</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256366602</t>
+          <t>9786257360357</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>En Kocamanlar - Süper Hayvanlar Serisi</t>
+          <t>Hoppala Cumbala Tumbala, Bütün Hayırlar Buraya!</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256366589</t>
+          <t>9786256366855</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Altın Ebabil</t>
+          <t>Dedemden Kalan</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256366572</t>
+          <t>9786256366848</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan Defteri (Ciltli)</t>
+          <t>İmza Karga</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>308</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256366565</t>
+          <t>9786256366831</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak İsteyen Fare Mimi</t>
+          <t>Gün’ün Gözleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256366558</t>
+          <t>9786256366381</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Nondurha</t>
+          <t>Profesörüm Madam Curie</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256366541</t>
+          <t>9786256366824</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Tofu ve Cadı Çiya - 2. Kitap Cadılar Kulübü’ne Karşı</t>
+          <t>Bizim Kasabanın Ejderhası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256366534</t>
+          <t>9786256366817</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kediler Şemsiye Tutamaz - Farkındalık Serisi 2. Kitap</t>
+          <t>Mor Balon Mutluluk Peşinde</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256366527</t>
+          <t>9786256366800</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hadi Bir Şeyler Yazalım!</t>
+          <t>Sarı Kepçe ile Mavi Çiçek</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256366510</t>
+          <t>9786256366794</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar ve Hayaletler Atlası (Ciltli)</t>
+          <t>Kocaman Minik Tüylü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256366503</t>
+          <t>9786256366787</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Soru İşareti Ailesi Sorularını Arıyor</t>
+          <t>Dörtnala Özgürlük</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256366497</t>
+          <t>9786256366770</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Uçmayı Öğrendiğim Gün</t>
+          <t>Merhaba, Ben Yoga!</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256366480</t>
+          <t>9786256366763</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Cumburlop Dünya’da</t>
+          <t>Mavi Balinalar Asla Unutmaz</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256366473</t>
+          <t>9786256366756</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dostum RamTamTam</t>
+          <t>Hayali</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256366466</t>
+          <t>9786256366749</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar Atlası</t>
+          <t>Bir Kitabı Açtığında</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>440</v>
+        <v>225</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256366459</t>
+          <t>9786256366732</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Talihsizlikleri</t>
+          <t>Gastronotlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256366411</t>
+          <t>9786256366725</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanı Tıpkı Benim Gibi</t>
+          <t>Çalgıcı Kediler</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256366442</t>
+          <t>9786257360845</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bir Matematikçi Tıpkı Benim Gibi</t>
+          <t>Diana Wynne Jones Üçlü Kitap Seti</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>180</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256366428</t>
+          <t>9786257360371</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bir Mühendis Tıpkı Benim Gibi</t>
+          <t>Yaramaz Uzaylı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256366435</t>
+          <t>9786050643008</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazılımcı Tıpkı Benim Gibi</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256366404</t>
+          <t>9786057475800</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Sihirler Kaçtı!</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256366398</t>
+          <t>9786058022836</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İçinden Müzik Geçen Mitolojik Hikayeler - Mezopotamya</t>
+          <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256366374</t>
+          <t>9786058022843</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Söyle - Şehirde Neler Görüyorsun?</t>
+          <t>Gökyüzünden Gelen Gri Tüy</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256366367</t>
+          <t>9786056959899</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Söyle - Sahilde Neler Görüyorsun?</t>
+          <t>Tilki Tili’nin Yolculuğu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256366350</t>
+          <t>9786256366718</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Söyle - Ormanda Neler Görüyorsun?</t>
+          <t>Bir Çocuk Kitabı Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256366343</t>
+          <t>9786256366701</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Söyle - Çiftlikte Neler Görüyorsun?</t>
+          <t>Mercan’ın Tüm Duyguları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256366336</t>
+          <t>9786256366695</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Ustaları - Süper Hayvanlar Serisi</t>
+          <t>Dikkat Kapınız Çalabilir</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256366329</t>
+          <t>9786256366688</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tahta Robot ve Tomruk Prenses</t>
+          <t>Uzay ve Astronomi Hakkında Muhteşem Ötesi Bilgiler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256366312</t>
+          <t>9786256366671</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Canavar Avcısı Evangeline</t>
+          <t>Norby’nin Öteki Sırrı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256366305</t>
+          <t>9786256366664</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Maggie Blue ve Karanlık Dünya</t>
+          <t>Hiç Küsmeyen Arkadaş Aranıyor</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256366299</t>
+          <t>9786256366657</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Düşün Bakalım! - Çocuklar İçin Felsefe</t>
+          <t>En Gürültücüler - Süper Hayvanlar Serisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256366282</t>
+          <t>9786256366640</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Twig ile Turtle 2 - Yeni Oyuncak Dükkânı</t>
+          <t>Siyah Giyen Prenses ve Obur Tavşan İstilası</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256366275</t>
+          <t>9786256366633</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tavukozor</t>
+          <t>Uçtu Uçtu Pelin Uçtu</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256366268</t>
+          <t>9786256366626</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tamirci Franny</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256366251</t>
+          <t>9786256366619</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Panda Bambuşekeri</t>
+          <t>Gök Şarkısı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256366244</t>
+          <t>9786256366602</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton - Dünyayı Değiştiren Bilim İnsanları</t>
+          <t>En Kocamanlar - Süper Hayvanlar Serisi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256366237</t>
+          <t>9786256366589</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Elçisi</t>
+          <t>Altın Ebabil</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256366220</t>
+          <t>9786256366572</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mırıldanan Rengarenk Gezegen - Olmadık İşler Araştırma Merkezi-2</t>
+          <t>Peter Pan Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>308</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256366213</t>
+          <t>9786256366565</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kes Dönüştür Dünyayı Değiştir Atölyesi</t>
+          <t>İnsan Olmak İsteyen Fare Mimi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256366206</t>
+          <t>9786256366558</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Süper Hayvanlar Serisi - En İyi Anneler ve Babalar</t>
+          <t>Nondurha</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256366190</t>
+          <t>9786256366541</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yarınülkesi</t>
+          <t>Hayalet Tofu ve Cadı Çiya - 2. Kitap Cadılar Kulübü’ne Karşı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256366183</t>
+          <t>9786256366534</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Acı Biberin Acıklı Hikayesi</t>
+          <t>Kediler Şemsiye Tutamaz - Farkındalık Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256366169</t>
+          <t>9786256366527</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türlü Çeşitli Fikirler, Balonlar ve Tekirler</t>
+          <t>Hadi Bir Şeyler Yazalım!</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256366176</t>
+          <t>9786256366510</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Şiirli Şarkılı</t>
+          <t>Canavarlar ve Hayaletler Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256366152</t>
+          <t>9786256366503</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Olmadık İşler Araştırma Merkezi</t>
+          <t>Soru İşareti Ailesi Sorularını Arıyor</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256366138</t>
+          <t>9786256366497</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Siyah Giyen Prenses ve Kusursuz Doğum Günü Partisi</t>
+          <t>Uçmayı Öğrendiğim Gün</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256366145</t>
+          <t>9786256366480</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kate İşbaşında - Gümüş Gaga’nın Ötüşü</t>
+          <t>Muhteşem Cumburlop Dünya’da</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256366121</t>
+          <t>9786256366473</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>141. Sokak'tan Vanderbeeker Ailesi</t>
+          <t>Dostum RamTamTam</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256366114</t>
+          <t>9786256366466</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kedisi</t>
+          <t>Kahramanlar Atlası</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>490</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256366107</t>
+          <t>9786256366459</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yaban Halkı Yükseliyor</t>
+          <t>Ortaokul Talihsizlikleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256366091</t>
+          <t>9786256366411</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bay Kaduf'un Zıp Zıp Koltuğu</t>
+          <t>Bir Bilim İnsanı Tıpkı Benim Gibi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256366084</t>
+          <t>9786256366442</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ben Kısaca ŞerLok - 2: Lanetin Gizemi</t>
+          <t>Bir Matematikçi Tıpkı Benim Gibi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257360937</t>
+          <t>9786256366428</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bambu Çoook Yavaş</t>
+          <t>Bir Mühendis Tıpkı Benim Gibi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256366077</t>
+          <t>9786256366435</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Aru Shah ve Altın Şehir</t>
+          <t>Bir Yazılımcı Tıpkı Benim Gibi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256366053</t>
+          <t>9786256366404</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Top Kadife</t>
+          <t>Eyvah Sihirler Kaçtı!</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256366046</t>
+          <t>9786256366398</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İyi Kalpli Cadı Çiki - Yılbaşı Sürprizi</t>
+          <t>İçinden Müzik Geçen Mitolojik Hikayeler - Mezopotamya</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256366039</t>
+          <t>9786256366374</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yenilikleri Tasarlayanlar ve Onların Efsanevi Buluşları</t>
+          <t>Bul ve Söyle - Şehirde Neler Görüyorsun?</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256366022</t>
+          <t>9786256366367</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Annemin Zarif Elbiseleri</t>
+          <t>Bul ve Söyle - Sahilde Neler Görüyorsun?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257360999</t>
+          <t>9786256366350</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Will Moogley Hayalet Ajansı 3 - Gökdelendeki Hayalet</t>
+          <t>Bul ve Söyle - Ormanda Neler Görüyorsun?</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256366008</t>
+          <t>9786256366343</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Will Moogley Hayalet Ajansı 2 - Tüyler Ürpertici Bir Aile</t>
+          <t>Bul ve Söyle - Çiftlikte Neler Görüyorsun?</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256366015</t>
+          <t>9786256366336</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Will Moogley Hayalet Ajansı 1 - Beş Yıldırımlı Otel</t>
+          <t>İnşaat Ustaları - Süper Hayvanlar Serisi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257360975</t>
+          <t>9786256366329</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık Defteri (Ciltli)</t>
+          <t>Küçük Tahta Robot ve Tomruk Prenses</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257360982</t>
+          <t>9786256366312</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balıkları ve Diğer Su Altı Canlıları Hakkında Muhteşem Ötesi Bilgiler!</t>
+          <t>Canavar Avcısı Evangeline</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257360968</t>
+          <t>9786256366305</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Bir Koyun</t>
+          <t>Maggie Blue ve Karanlık Dünya</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257360951</t>
+          <t>9786256366299</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Dağı</t>
+          <t>Düşün Bakalım! - Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257360944</t>
+          <t>9786256366282</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Renkleri</t>
+          <t>Twig ile Turtle 2 - Yeni Oyuncak Dükkânı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257360920</t>
+          <t>9786256366275</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Twig ile Turtle - 1 Minik Evde Büyük Hayaller</t>
+          <t>Tavukozor</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257360913</t>
+          <t>9786256366268</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şu'nun Bir Günü</t>
+          <t>Tamirci Franny</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257360906</t>
+          <t>9786256366251</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Siyah Giyen Prenses</t>
+          <t>Panda Bambuşekeri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257360890</t>
+          <t>9786256366244</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bertil ve Brindil</t>
+          <t>Isaac Newton - Dünyayı Değiştiren Bilim İnsanları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257360883</t>
+          <t>9786256366237</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Robot Norby</t>
+          <t>Kurtların Elçisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257360876</t>
+          <t>9786256366220</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Denizinde Yolculuk - Arkadaşlarla Felsefe Serisi 1. Kitap</t>
+          <t>Mırıldanan Rengarenk Gezegen - Olmadık İşler Araştırma Merkezi-2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257360869</t>
+          <t>9786256366213</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağanın Kabuğunda</t>
+          <t>Kes Dönüştür Dünyayı Değiştir Atölyesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257360791</t>
+          <t>9786256366206</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Aru Shah ve Zamanın Sonu</t>
+          <t>Süper Hayvanlar Serisi - En İyi Anneler ve Babalar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257360807</t>
+          <t>9786256366190</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ben Artık Büyüdüm</t>
+          <t>Yarınülkesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257360777</t>
+          <t>9786256366183</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Koleksiyoncusu</t>
+          <t>Acı Biberin Acıklı Hikayesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257360760</t>
+          <t>9786256366169</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Gereksiz Şeyler Toplantısı</t>
+          <t>Türlü Çeşitli Fikirler, Balonlar ve Tekirler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257360753</t>
+          <t>9786256366176</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Tofu ve Cadı Çiya: Yeni Bir Arkadaş - 1. Kitap</t>
+          <t>Şiirli Şarkılı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258401936</t>
+          <t>9786256366152</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bırak Serpilsin Aspidistra</t>
+          <t>Olmadık İşler Araştırma Merkezi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257360722</t>
+          <t>9786256366138</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Nestorha</t>
+          <t>Siyah Giyen Prenses ve Kusursuz Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257360708</t>
+          <t>9786256366145</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Lahana Bora (Ciltli)</t>
+          <t>Kate İşbaşında - Gümüş Gaga’nın Ötüşü</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257360685</t>
+          <t>9786256366121</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Teneke</t>
+          <t>141. Sokak'tan Vanderbeeker Ailesi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257360678</t>
+          <t>9786256366114</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yarın Öğrenirim! - Minik Su Samuru Bağımsız Olmayı Erteliyor</t>
+          <t>Şiir Kedisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257360623</t>
+          <t>9786256366107</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Takım! - Genç Mutant Ninja Kaplumbağalar (Ciltli)</t>
+          <t>Yaban Halkı Yükseliyor</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257360647</t>
+          <t>9786256366091</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Robot Saldırısı! - Genç Mutant Ninja Kaplumbağalar (Ciltli)</t>
+          <t>Bay Kaduf'un Zıp Zıp Koltuğu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257360630</t>
+          <t>9786256366084</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Mikey’nin Canavarı - Genç Mutant Ninja Kaplumbağalar (Ciltli)</t>
+          <t>Ben Kısaca ŞerLok - 2: Lanetin Gizemi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257360555</t>
+          <t>9786257360937</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kakadya ve Paylaşmayı Unutan Ardıç Kuşları</t>
+          <t>Bambu Çoook Yavaş</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257360838</t>
+          <t>9786256366077</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ev</t>
+          <t>Aru Shah ve Altın Şehir</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257360814</t>
+          <t>9786256366053</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Şato</t>
+          <t>Bir Top Kadife</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257360821</t>
+          <t>9786256366046</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Uçan Şato</t>
+          <t>İyi Kalpli Cadı Çiki - Yılbaşı Sürprizi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257360852</t>
+          <t>9786256366039</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar ve Diğer Tarih Öncesi Canavarlar Hakkında Muhteşem Ötesi Bilgiler!</t>
+          <t>Yenilikleri Tasarlayanlar ve Onların Efsanevi Buluşları</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257360784</t>
+          <t>9786256366022</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Okuyana Bal Kaymak, Takılana Bir Tokmak</t>
+          <t>Annemin Zarif Elbiseleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257360746</t>
+          <t>9786257360999</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kofi'nin Gözlükleri</t>
+          <t>Will Moogley Hayalet Ajansı 3 - Gökdelendeki Hayalet</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257360739</t>
+          <t>9786256366008</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Malvina</t>
+          <t>Will Moogley Hayalet Ajansı 2 - Tüyler Ürpertici Bir Aile</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257360715</t>
+          <t>9786256366015</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Beni Yeme!</t>
+          <t>Will Moogley Hayalet Ajansı 1 - Beş Yıldırımlı Otel</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257360692</t>
+          <t>9786257360975</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Canavar Gibi Sağlıklı</t>
+          <t>Küçük Kara Balık Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257360661</t>
+          <t>9786257360982</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Emekli Baykuş</t>
+          <t>Köpek Balıkları ve Diğer Su Altı Canlıları Hakkında Muhteşem Ötesi Bilgiler!</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257360654</t>
+          <t>9786257360968</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gelgit Savaşçıları</t>
+          <t>Akıllı Bir Koyun</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257360616</t>
+          <t>9786257360951</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Bir Film Yıldızı</t>
+          <t>Ejderha Dağı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>175</v>
+        <v>330</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257360609</t>
+          <t>9786257360944</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Ne Diyor?</t>
+          <t>Hayallerin Renkleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257360548</t>
+          <t>9786257360920</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ters Yüz Şatosu</t>
+          <t>Twig ile Turtle - 1 Minik Evde Büyük Hayaller</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257360593</t>
+          <t>9786257360913</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ay Nereye Gitti?</t>
+          <t>Şu'nun Bir Günü</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257360586</t>
+          <t>9786257360906</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Bay Einstein</t>
+          <t>Siyah Giyen Prenses</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257360579</t>
+          <t>9786257360890</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eşle'ş</t>
+          <t>Bertil ve Brindil</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257360562</t>
+          <t>9786257360883</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yarım Yamalaklar Adası</t>
+          <t>Şaşkın Robot Norby</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257360531</t>
+          <t>9786257360876</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Fil Kadar Küçük</t>
+          <t>Düşünce Denizinde Yolculuk - Arkadaşlarla Felsefe Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257360524</t>
+          <t>9786257360869</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ukraynaspor Kuş Gücü Forveti Civledo Radoşanu</t>
+          <t>Kaplumbağanın Kabuğunda</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257360517</t>
+          <t>9786257360791</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Efes Perileri</t>
+          <t>Aru Shah ve Zamanın Sonu</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257360500</t>
+          <t>9786257360807</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ben Kısaca Şerlok - 1 Zihin Açlığı</t>
+          <t>Ben Artık Büyüdüm</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257360494</t>
+          <t>9786257360777</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Kırmızı Saati</t>
+          <t>Yakamoz Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257360487</t>
+          <t>9786257360760</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yıldızfilosu</t>
+          <t>Gereksiz Şeyler Toplantısı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257360470</t>
+          <t>9786257360753</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Bittiği Yer</t>
+          <t>Hayalet Tofu ve Cadı Çiya: Yeni Bir Arkadaş - 1. Kitap</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257360463</t>
+          <t>9786258401936</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Eşyalarla Konuşmak</t>
+          <t>Bırak Serpilsin Aspidistra</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257360449</t>
+          <t>9786257360722</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Arıların Dişleri Yoktur</t>
+          <t>Nestorha</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257360425</t>
+          <t>9786257360708</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bordo Küçük Prens Defteri (Ciltli)</t>
+          <t>Lahana Bora (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>143</v>
+        <v>225</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257360432</t>
+          <t>9786257360685</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Solo ve Fısıltı</t>
+          <t>Teneke</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257360395</t>
+          <t>9786257360678</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Pungfincim</t>
+          <t>Yarın Öğrenirim! - Minik Su Samuru Bağımsız Olmayı Erteliyor</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257360388</t>
+          <t>9786257360623</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Devböcek</t>
+          <t>Yeşil Takım! - Genç Mutant Ninja Kaplumbağalar (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257360319</t>
+          <t>9786257360647</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Güçlendirici Eşleştirme Oyunu</t>
+          <t>Robot Saldırısı! - Genç Mutant Ninja Kaplumbağalar (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257360364</t>
+          <t>9786257360630</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kaya’nın Kitabı</t>
+          <t>Mikey’nin Canavarı - Genç Mutant Ninja Kaplumbağalar (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257360340</t>
+          <t>9786257360555</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Papatya Köyü'nde Unutulmaz Yarış</t>
+          <t>Kakadya ve Paylaşmayı Unutan Ardıç Kuşları</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257360333</t>
+          <t>9786257360838</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şey</t>
+          <t>Sihirli Ev</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257360326</t>
+          <t>9786257360814</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kate İşbaşında</t>
+          <t>Yürüyen Şato</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257360302</t>
+          <t>9786257360821</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Renkli Sokak</t>
+          <t>Uçan Şato</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257360296</t>
+          <t>9786257360852</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hava Durumu Değişince Ne Olur?</t>
+          <t>Dinozorlar ve Diğer Tarih Öncesi Canavarlar Hakkında Muhteşem Ötesi Bilgiler!</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257360289</t>
+          <t>9786257360784</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Benim Mükemmel Hatalarım</t>
+          <t>Okuyana Bal Kaymak, Takılana Bir Tokmak</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257360272</t>
+          <t>9786257360746</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çalışmanın Mutluluğu - İyi Kalpli Cadı Çiki</t>
+          <t>Kofi'nin Gözlükleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257360265</t>
+          <t>9786257360739</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Büyülerin Dili</t>
+          <t>Malvina</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257360258</t>
+          <t>9786257360715</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk</t>
+          <t>Lütfen Beni Yeme!</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257360241</t>
+          <t>9786257360692</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yine Mi Balık?</t>
+          <t>Canavar Gibi Sağlıklı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257360234</t>
+          <t>9786257360661</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ali’nin Rüyası</t>
+          <t>Emekli Baykuş</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257360227</t>
+          <t>9786257360654</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Süngerbob Karepantolon Bikini Kasabası’nın Korsanları</t>
+          <t>Kayıp Gelgit Savaşçıları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257360203</t>
+          <t>9786257360616</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Süngerbob Karepantolon En İyisini Annem Bilir</t>
+          <t>Anneannem Bir Film Yıldızı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257360210</t>
+          <t>9786257360609</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Süngerbob Karepantolon Gary Nerede?</t>
+          <t>Kaygı Ne Diyor?</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257360197</t>
+          <t>9786257360548</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hititlerin Başkenti Hattuşa'yı Görelim - Eğlenceli Tarih Serisi 3</t>
+          <t>Ters Yüz Şatosu</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257360180</t>
+          <t>9786257360593</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kanadını Bana Ver</t>
+          <t>Ay Nereye Gitti?</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257360173</t>
+          <t>9786257360586</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Ok</t>
+          <t>Öğretmenim Bay Einstein</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257360166</t>
+          <t>9786257360579</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Kasabası’nın Berberi</t>
+          <t>Eşle'ş</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257360159</t>
+          <t>9786257360562</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Su!</t>
+          <t>Yarım Yamalaklar Adası</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257360142</t>
+          <t>9786257360531</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yine mi Sen!</t>
+          <t>Fil Kadar Küçük</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257360135</t>
+          <t>9786257360524</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Daireler ve Çemberler</t>
+          <t>Ukraynaspor Kuş Gücü Forveti Civledo Radoşanu</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257360128</t>
+          <t>9786257360517</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Oyun Oynayabilir Miyiz?</t>
+          <t>Efes Perileri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257360111</t>
+          <t>9786257360500</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kimse Beni Görmüyor</t>
+          <t>Ben Kısaca Şerlok - 1 Zihin Açlığı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257360104</t>
+          <t>9786257360494</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evin Robotu</t>
+          <t>Anneannemin Kırmızı Saati</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257360098</t>
+          <t>9786257360487</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Aru Shah ve Dilek Ağacı (Ciltli)</t>
+          <t>Yıldızfilosu</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257360081</t>
+          <t>9786257360470</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Öfke Yönetimi Becerileri</t>
+          <t>Ormanın Bittiği Yer</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257360074</t>
+          <t>9786257360463</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Korkunç'tan Kim Korkar?</t>
+          <t>Eşyalarla Konuşmak</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257360050</t>
+          <t>9786257360449</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Kadın ve Papağan</t>
+          <t>Arıların Dişleri Yoktur</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257360043</t>
+          <t>9786257360425</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kar Taciri</t>
+          <t>Bordo Küçük Prens Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>280</v>
+        <v>143</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257360036</t>
+          <t>9786257360432</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Küçük Pilotları</t>
+          <t>Solo ve Fısıltı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257360029</t>
+          <t>9786257360395</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Yüzü ve Söğütbülbülü Bübü</t>
+          <t>Pungfincim</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257360012</t>
+          <t>9786257360388</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kardorobot</t>
+          <t>Devböcek</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057475886</t>
+          <t>9786257360319</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>SüngerBob Uzayda!</t>
+          <t>Hafıza Güçlendirici Eşleştirme Oyunu</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057475893</t>
+          <t>9786257360364</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sünger Bob Dedektif Pantolon Parçalanmış Tabela Vakası</t>
+          <t>Kaya’nın Kitabı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057475879</t>
+          <t>9786257360340</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Düşkapan</t>
+          <t>Papatya Köyü'nde Unutulmaz Yarış</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057475862</t>
+          <t>9786257360333</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Roli</t>
+          <t>Kayıp Şey</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057475855</t>
+          <t>9786257360326</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Puh Canavarı ve Cesur Suzi</t>
+          <t>Kate İşbaşında</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057475848</t>
+          <t>9786257360302</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Aranıyor! Hayvanlar Aleminin Suçluları</t>
+          <t>Renkli Sokak</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057475831</t>
+          <t>9786257360296</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Valinya</t>
+          <t>Hava Durumu Değişince Ne Olur?</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057475817</t>
+          <t>9786257360289</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Karga Gigi Ne Arıyor?</t>
+          <t>Benim Mükemmel Hatalarım</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057475824</t>
+          <t>9786257360272</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Timsah Tigu’nun Uykusu</t>
+          <t>Çalışmanın Mutluluğu - İyi Kalpli Cadı Çiki</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057486899</t>
+          <t>9786257360265</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ejder Doktoru Joan Procter</t>
+          <t>Büyülerin Dili</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057486868</t>
+          <t>9786257360258</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Temas Serbest</t>
+          <t>Sonsuzluk</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057486851</t>
+          <t>9786257360241</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Lilliput</t>
+          <t>Yine Mi Balık?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057486844</t>
+          <t>9786257360234</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Mikrop Kardeşler Mo ile Zo</t>
+          <t>Ali’nin Rüyası</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057486837</t>
+          <t>9786257360227</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Suki’nin Yoga Stüdyosu</t>
+          <t>Süngerbob Karepantolon Bikini Kasabası’nın Korsanları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057497864</t>
+          <t>9786257360203</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yüksekten Korkan Tırtıl</t>
+          <t>Süngerbob Karepantolon En İyisini Annem Bilir</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057497857</t>
+          <t>9786257360210</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens ve Diğer Hikayeler</t>
+          <t>Süngerbob Karepantolon Gary Nerede?</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057497833</t>
+          <t>9786257360197</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Koruyucusu’nun Adası</t>
+          <t>Hititlerin Başkenti Hattuşa'yı Görelim - Eğlenceli Tarih Serisi 3</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057497826</t>
+          <t>9786257360180</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Can'ın Sıkıntısı</t>
+          <t>Kanadını Bana Ver</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057497819</t>
+          <t>9786257360173</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimden Atatürk</t>
+          <t>Gümüş Ok</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050643091</t>
+          <t>9786257360166</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe Perileri - Efsanevi Yerler Serisi 2</t>
+          <t>Gökkuşağı Kasabası’nın Berberi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786050643084</t>
+          <t>9786257360159</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yazarını Arayan Kitap</t>
+          <t>Merhaba Su!</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786050643077</t>
+          <t>9786257360142</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çanta</t>
+          <t>Yine mi Sen!</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786050643060</t>
+          <t>9786257360135</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yaban Halkı</t>
+          <t>Daireler ve Çemberler</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786050643053</t>
+          <t>9786257360128</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Limonkent’in Kahramanları</t>
+          <t>Oyun Oynayabilir Miyiz?</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786050680454</t>
+          <t>9786257360111</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Yine mi Ispanak ?</t>
+          <t>Kimse Beni Görmüyor</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786050643046</t>
+          <t>9786257360104</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Altın Göl</t>
+          <t>Bizim Evin Robotu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786050643039</t>
+          <t>9786257360098</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ressam Kedi Pablo ve Diğer Öyküler</t>
+          <t>Aru Shah ve Dilek Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050643022</t>
+          <t>9786257360081</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Şeyler</t>
+          <t>Öfke Yönetimi Becerileri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786050643015</t>
+          <t>9786257360074</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Üçgenler</t>
+          <t>Korkunç'tan Kim Korkar?</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786050680492</t>
+          <t>9786257360050</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yazar Olmak İsteyen Huysuz Tekboynuz</t>
+          <t>Yaşlı Kadın ve Papağan</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786050680485</t>
+          <t>9786257360043</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ağaç</t>
+          <t>Kar Taciri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786050680447</t>
+          <t>9786257360036</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşüm Günü</t>
+          <t>Dünyanın En Küçük Pilotları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786050680478</t>
+          <t>9786257360029</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Gökyüzünün Yüzü ve Söğütbülbülü Bübü</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786050680461</t>
+          <t>9786257360012</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bay Kaduf’un Acayip Makinesi</t>
+          <t>Kardorobot</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786050680423</t>
+          <t>9786057475886</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır’a Gidiyoruz</t>
+          <t>SüngerBob Uzayda!</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786050603187</t>
+          <t>9786057475893</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest</t>
+          <t>Sünger Bob Dedektif Pantolon Parçalanmış Tabela Vakası</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786050680416</t>
+          <t>9786057475879</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Güven Abi</t>
+          <t>Düşkapan</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786050680430</t>
+          <t>9786057475862</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Aru Shah ve Ölüm Şarkısı (Ciltli)</t>
+          <t>Roli</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786050603170</t>
+          <t>9786057475855</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’in Maceraları</t>
+          <t>Puh Canavarı ve Cesur Suzi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786050603194</t>
+          <t>9786057475848</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bir Canavar Yarattık</t>
+          <t>Aranıyor! Hayvanlar Aleminin Suçluları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786050680409</t>
+          <t>9786057475831</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Fındıklı Pasta</t>
+          <t>Valinya</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786050603163</t>
+          <t>9786057475817</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İyi Kalpli Cadı Çiki - Doğum Günü</t>
+          <t>Karga Gigi Ne Arıyor?</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786050603156</t>
+          <t>9786057475824</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Saat Kaç?</t>
+          <t>Timsah Tigu’nun Uykusu</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786050603149</t>
+          <t>9786057486899</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kedi İlanı</t>
+          <t>Ejder Doktoru Joan Procter</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786050603132</t>
+          <t>9786057486868</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı</t>
+          <t>Duygusal Temas Serbest</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786050603118</t>
+          <t>9786057486851</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ağaç</t>
+          <t>Lilliput</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786050603125</t>
+          <t>9786057486844</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Orman</t>
+          <t>Mikrop Kardeşler Mo ile Zo</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050603101</t>
+          <t>9786057486837</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bulut Satan Çocuk</t>
+          <t>Suki’nin Yoga Stüdyosu</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786058022898</t>
+          <t>9786057497864</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Yüksekten Korkan Tırtıl</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786058022881</t>
+          <t>9786057497857</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Maya’nın Okuldaki İlk Günü</t>
+          <t>Mutlu Prens ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786058022874</t>
+          <t>9786057497833</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Minik Dilek Yıldızı</t>
+          <t>Fırtına Koruyucusu’nun Adası</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786058022850</t>
+          <t>9786057497826</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Cilalı Taş Devri’ne Seyahat - Eğlenceli Tarih Serisi 1</t>
+          <t>Can'ın Sıkıntısı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786058022829</t>
+          <t>9786057497819</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>1000 İnek</t>
+          <t>Tut Elimden Atatürk</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786058022805</t>
+          <t>9786050643091</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Taş Şehri’nin Kaybolan Renkleri</t>
+          <t>Göbeklitepe Perileri - Efsanevi Yerler Serisi 2</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786058022812</t>
+          <t>9786050643084</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Yazarını Arayan Kitap</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786056959851</t>
+          <t>9786050643077</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Komşum Bay Tesla</t>
+          <t>Kırmızı Çanta</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786056959882</t>
+          <t>9786050643060</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bay Baykuş ile Bilge Kuş</t>
+          <t>Yaban Halkı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786056959875</t>
+          <t>9786050643053</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Barbunya Prensesi</t>
+          <t>Limonkent’in Kahramanları</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786056959868</t>
+          <t>9786050680454</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hiç Tanışmamışız Gibi</t>
+          <t>Yine mi Ispanak ?</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786056959837</t>
+          <t>9786050643046</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Perileri</t>
+          <t>Altın Göl</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786056959820</t>
+          <t>9786050643039</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Ressam Kedi Pablo ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786056959813</t>
+          <t>9786050643022</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Saat</t>
+          <t>Kağıttan Şeyler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
+          <t>9786050643015</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Üçgenler</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786050680492</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Yazar Olmak İsteyen Huysuz Tekboynuz</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786050680485</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Ağaç</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786050680447</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Geri Dönüşüm Günü</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786050680478</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786050680461</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Bay Kaduf’un Acayip Makinesi</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786050680423</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Antik Mısır’a Gidiyoruz</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786050603187</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Hayalperest</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786050680416</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Güven Abi</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786050680430</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Aru Shah ve Ölüm Şarkısı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786050603170</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Tom Sawyer’in Maceraları</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786050603194</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Bir Canavar Yarattık</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786050680409</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Fındıklı Pasta</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786050603163</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>İyi Kalpli Cadı Çiki - Doğum Günü</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786050603156</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Saat Kaç?</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786050603149</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Kedi İlanı</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786050603132</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Orman Kitabı</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786050603118</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Ağaç</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786050603125</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Uykusu Kaçan Orman</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786050603101</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Bulut Satan Çocuk</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786058022898</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786058022881</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Maya’nın Okuldaki İlk Günü</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786058022874</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Minik Dilek Yıldızı</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786058022850</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Cilalı Taş Devri’ne Seyahat - Eğlenceli Tarih Serisi 1</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786058022829</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>1000 İnek</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786058022805</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Taş Şehri’nin Kaybolan Renkleri</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786058022812</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Prens</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786056959851</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Komşum Bay Tesla</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786056959882</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Bay Baykuş ile Bilge Kuş</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786056959875</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Barbunya Prensesi</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786056959868</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Hiç Tanışmamışız Gibi</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786056959837</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Kapadokya Perileri</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786056959820</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786056959813</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Esrarengiz Saat</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
           <t>9786056959844</t>
         </is>
       </c>
-      <c r="B297" s="1" t="inlineStr">
+      <c r="B331" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
-      <c r="C297" s="1">
-        <v>180</v>
+      <c r="C331" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>