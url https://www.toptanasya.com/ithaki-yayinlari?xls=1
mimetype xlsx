--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,25405 +85,25990 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052656457</t>
+          <t>9786052656587</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Boşluklar</t>
+          <t>Elektrikli Düşler Ajandası 2026 (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052655573</t>
+          <t>9786052656532</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Babil'in Anısı - Aynadan Geçen Kız Serisi 3. Kitap</t>
+          <t>Ten Alfabesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052656235</t>
+          <t>9786052656624</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tereyağı</t>
+          <t>Beyaz Suikast: Bir Önder Göker Macerası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052656266</t>
+          <t>9786052656617</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Oyunların Oyuncusu</t>
+          <t>Ambessa (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052656419</t>
+          <t>9786052656600</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gurebahane-i Laklakan / Düşkün Leylekler Evi</t>
+          <t>Ambessa</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052656402</t>
+          <t>9786258475548</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>İthaki Korku Ajandası 2022 (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>88</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052656440</t>
+          <t>9789758607884</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Mişel Strogof</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052656396</t>
+          <t>9789752734265</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ubik</t>
+          <t>Korsan Karatavuk (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>97</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052656372</t>
+          <t>9786257913140</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tuzlu Yüz</t>
+          <t>Uykudaki Uyanıyor</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052656334</t>
+          <t>9786052656594</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hilal 5. Kitap - Şeytanın Belası</t>
+          <t>Şişedeki Cehennem</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052656341</t>
+          <t>9786052656570</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sahip Olmak ve Var Olmak</t>
+          <t>Körburun</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052656358</t>
+          <t>9786052656556</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Alfa Ayının Kabileleri</t>
+          <t>Harika Bir Hayat</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052656365</t>
+          <t>9786052656563</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Taramak</t>
+          <t>Sonra Gözler Görür</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052656303</t>
+          <t>9786052656549</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Delice</t>
+          <t>Kar Fırtınası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053759355</t>
+          <t>9786052656518</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Çakıl Taşı - Galaktik İmparatorluk Serisi 3</t>
+          <t>Kasiyer</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053753902</t>
+          <t>9786052656525</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Marslı</t>
+          <t>Kurtuluş Şarkısı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052656297</t>
+          <t>9786052656495</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayranlık</t>
+          <t>Kazaklar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052656327</t>
+          <t>9786052656488</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Seri Katiller: Tarihin En Korkunç Suçluları</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052656280</t>
+          <t>9789752730496</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Katabasis</t>
+          <t>Yenidendoğan Ejder - Zaman Çarkı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>500</v>
+        <v>575</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053757597</t>
+          <t>9789758725724</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Değiştirilmiş Karbon</t>
+          <t>Büyük Av - Zaman Çarkı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>570</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053751342</t>
+          <t>9789752732292</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Adı - Kralkatili Güncesi: 1. Gün</t>
+          <t>Zaman Çarkı 7. Cilt: Kılıçtan Taç 2. Kitap</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>700</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052656273</t>
+          <t>9789752732773</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Çevresinde Yeni Bir Yolculuk</t>
+          <t>Zaman Çarkı 9. Cilt: Kışın Yüreği Zaman 1. Kitap</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052656129</t>
+          <t>9786053751304</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Germinal</t>
+          <t>Geceyarısı Kuleleri - Zaman Çarkı 13</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>39</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052656259</t>
+          <t>9789752733589</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Durduğu Bütün Zamanlar</t>
+          <t>Zaman Çarkı 11. Cilt: Düş Hançeri 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>58.33</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052656242</t>
+          <t>9789758725717</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bırakın Size Katılayım</t>
+          <t>Zaman Çarkı 1. Cilt: Dünyanın Gözü 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>435</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053757405</t>
+          <t>9786052652589</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tılsım-ı Kudret</t>
+          <t>Scott Pilgrim 3: Scott Pilgrim ve Ebedi Hüzün (Belalı Varyant)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>69</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053755685</t>
+          <t>9786052650455</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Notlar / Sanat-Edebiyat 3</t>
+          <t>İthaki Fantastik Ajandası 2023</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>108</v>
+        <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053756842</t>
+          <t>9786258327311</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Takip Edenler</t>
+          <t>Yürüyen Şato - Yürüyen Şato Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>55</v>
+        <v>470</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053752295</t>
+          <t>9786258475883</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Commonwealth</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>69</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057762344</t>
+          <t>9786053758303</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gazinosu</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>68</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052656211</t>
+          <t>9789756902981</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tekvin</t>
+          <t>Madenin Esrarı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052656228</t>
+          <t>9786257650519</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen</t>
+          <t>Kıyamet Gösterisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052656112</t>
+          <t>9786053750109</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Distopya Seti (Fahrenheit 451, Cesur Yeni Dünya, Yüksek Şatodaki Adam, 1984, Biz)</t>
+          <t>Günah</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>1085</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052656143</t>
+          <t>9786257737517</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Önce Kadınlar ve Çocuklar</t>
+          <t>Döngü’den Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052656136</t>
+          <t>9786257442039</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmak Yok!</t>
+          <t>Cehennem Atlası: Cehennemin Sınırından Altı Öykü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052656181</t>
+          <t>9786257650212</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dracula (Ciltli)</t>
+          <t>Kırmızı Saatler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1200</v>
+        <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052656198</t>
+          <t>9786257650205</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Barış Denen Bir Yıkım</t>
+          <t>Yalnız Gezerin Düşleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052656204</t>
+          <t>9786057762917</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Saklı Resimler</t>
+          <t>Körler Ülkesi ve Diğer Karanlık Öyküler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052656174</t>
+          <t>9786052656464</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dracula’nın Dönüşümü</t>
+          <t>Şeytanlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052656167</t>
+          <t>9786052656457</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Balina Düşüşü</t>
+          <t>Boşluklar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052656150</t>
+          <t>9786052655573</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Johnny Askere Gitti</t>
+          <t>Babil'in Anısı - Aynadan Geçen Kız Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052655795</t>
+          <t>9786052656235</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Rama’yla Buluşma</t>
+          <t>Tereyağı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052656105</t>
+          <t>9786052656266</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Edom - Frritt Flakk - Humbug</t>
+          <t>Oyunların Oyuncusu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052656099</t>
+          <t>9786052656419</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Michel Strogoff</t>
+          <t>Gurebahane-i Laklakan / Düşkün Leylekler Evi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052656082</t>
+          <t>9786052656402</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>On İki Öğrenci</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052651261</t>
+          <t>9786052656440</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Küpü</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052656051</t>
+          <t>9786052656396</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Scientia</t>
+          <t>Ubik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052656068</t>
+          <t>9786052656372</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gezgini</t>
+          <t>Tuzlu Yüz</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052656075</t>
+          <t>9786052656334</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Melmoth</t>
+          <t>Hilal 5. Kitap - Şeytanın Belası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052652152</t>
+          <t>9786052656341</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken (3 Cilt Set)</t>
+          <t>Sahip Olmak ve Var Olmak</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053750321</t>
+          <t>9786052656358</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 12. Cilt: Fırtına Toplanıyor</t>
+          <t>Alfa Ayının Kabileleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>840</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053750673</t>
+          <t>9786052656365</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 12. Cilt: Fırtına Toplanıyor (Ciltli)</t>
+          <t>Karanlığı Taramak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053754428</t>
+          <t>9786052656303</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Trendeki Kız</t>
+          <t>Delice</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257442176</t>
+          <t>9786053759355</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Halk Adamı</t>
+          <t>Gökteki Çakıl Taşı - Galaktik İmparatorluk Serisi 3</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053759287</t>
+          <t>9786053753902</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Parçalanma</t>
+          <t>Marslı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053759614</t>
+          <t>9786052656297</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Soba, Pencere Camı ve İki Ekmek İstiyoruz</t>
+          <t>Hayranlık</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052656044</t>
+          <t>9786052656327</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Adam</t>
+          <t>Seri Katiller: Tarihin En Korkunç Suçluları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052656037</t>
+          <t>9786052656280</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Sevme Hastalığı</t>
+          <t>Katabasis</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052656020</t>
+          <t>9786053757597</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Komşu Kızı</t>
+          <t>Değiştirilmiş Karbon</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052656006</t>
+          <t>9786053751342</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Biçicinin Kasırgası / Malazan Yitikler Kitabı 7 (Ciltli)</t>
+          <t>Rüzgarın Adı - Kralkatili Güncesi: 1. Gün</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052656013</t>
+          <t>9786052656273</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Biçicinin Kasırgası / Malazan Yitikler Kitabı 7</t>
+          <t>Dünyanın Çevresinde Yeni Bir Yolculuk</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052655993</t>
+          <t>9786052656129</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Palmiye Şarabı Müptelası</t>
+          <t>Germinal</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052655986</t>
+          <t>9786052656259</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Swamp Thing Efsanesi: 6. Cilt</t>
+          <t>Kalbin Durduğu Bütün Zamanlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052655979</t>
+          <t>9786052656242</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yakınlaşmalar</t>
+          <t>Bırakın Size Katılayım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052655962</t>
+          <t>9786053757405</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kayabaşı Uygarlığının Yükselişi ve Birdenbire Çöküşü</t>
+          <t>Tılsım-ı Kudret</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>69</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052655948</t>
+          <t>9786053755685</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşı’nın Bebeği</t>
+          <t>Notlar / Sanat-Edebiyat 3</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>108</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052655955</t>
+          <t>9786053756842</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Makioka Kızları</t>
+          <t>Takip Edenler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>500</v>
+        <v>55</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052655856</t>
+          <t>9786053752295</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Şatodaki Adam</t>
+          <t>Commonwealth</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>275</v>
+        <v>69</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052655900</t>
+          <t>9786057762344</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kehribar</t>
+          <t>Uzay Gazinosu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>68</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052655931</t>
+          <t>9786052656211</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Misafir</t>
+          <t>Tekvin</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052655917</t>
+          <t>9786052656228</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mob Psycho 100 – 3. Cilt</t>
+          <t>Gizlenen</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052655924</t>
+          <t>9786052656112</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Klytaimestra</t>
+          <t>Distopya Seti (Fahrenheit 451, Cesur Yeni Dünya, Yüksek Şatodaki Adam, 1984, Biz)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>375</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752732957</t>
+          <t>9786052656143</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Hiçlik</t>
+          <t>Önce Kadınlar ve Çocuklar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>980</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257650076</t>
+          <t>9786052656136</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 3. Cilt: Yenidendoğan Ejder 3. Kitap</t>
+          <t>Ayrılmak Yok!</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>575</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052655894</t>
+          <t>9786052656181</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hayali Hayatlar</t>
+          <t>Dracula (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052655887</t>
+          <t>9786052656198</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dorohedoro 3. Cilt</t>
+          <t>Barış Denen Bir Yıkım</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053758198</t>
+          <t>9786052656204</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yakma Zevki: Fahrenheit 451 Öyküleri</t>
+          <t>Saklı Resimler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257913034</t>
+          <t>9786052656174</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dünya’ya Düşen Adam</t>
+          <t>Dracula’nın Dönüşümü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052655863</t>
+          <t>9786052656167</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yapraklar Suspus</t>
+          <t>Balina Düşüşü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052655825</t>
+          <t>9786052656150</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Nigâh</t>
+          <t>Johnny Askere Gitti</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052655870</t>
+          <t>9786052655795</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Büyümek</t>
+          <t>Rama’yla Buluşma</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052655849</t>
+          <t>9786052656105</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kasvetli İnsanlar İçin Güneşli Bir Yer</t>
+          <t>Edom - Frritt Flakk - Humbug</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052655818</t>
+          <t>9786052656099</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kurtulan Kızlar Terapi Grubu</t>
+          <t>Michel Strogoff</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052655801</t>
+          <t>9786052656082</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Yalnız Şato</t>
+          <t>On İki Öğrenci</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053758730</t>
+          <t>9786052651261</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>God of War</t>
+          <t>Pandora’nın Küpü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257650151</t>
+          <t>9786052656051</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Scientia</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052655788</t>
+          <t>9786052656068</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Denizin Çağrısı</t>
+          <t>Yıldız Gezgini</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052655771</t>
+          <t>9786052656075</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İtaatsizlik</t>
+          <t>Melmoth</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257737135</t>
+          <t>9786052652152</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Altın Pusula - Karanlık Cevher Serisi 1. Kitap</t>
+          <t>İnsanlığımı Yitirirken (3 Cilt Set)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257737142</t>
+          <t>9786053750321</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Cevher Serisi Kutu Set (3 Kitap Takım)</t>
+          <t>Fırtına Toplanıyor - Zaman Çarkı 12</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1020</v>
+        <v>840</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052655764</t>
+          <t>9786053750673</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Fukaranın Ahı - Şahane Atasözleri Defterim</t>
+          <t>Fırtına Toplanıyor - Zaman Çarkı 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052655740</t>
+          <t>9786053754428</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İmperler Çağı</t>
+          <t>Trendeki Kız</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052655733</t>
+          <t>9786257442176</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kapı</t>
+          <t>Halk Adamı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052655757</t>
+          <t>9786053759287</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mor Bulut</t>
+          <t>Parçalanma</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052655726</t>
+          <t>9786053759614</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Gemilerle Edebiyata Yolculuk</t>
+          <t>Soba, Pencere Camı ve İki Ekmek İstiyoruz</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052655719</t>
+          <t>9786052656044</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Bahar</t>
+          <t>Lüzumsuz Adam</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052655696</t>
+          <t>9786052656037</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bir Ada İhtimali</t>
+          <t>Hayatı Sevme Hastalığı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052655702</t>
+          <t>9786052656020</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Şeytan ve Karanlık Sular</t>
+          <t>Komşu Kızı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052655689</t>
+          <t>9786052656006</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Saf - Suya Anlat</t>
+          <t>Biçicinin Kasırgası / Malazan Yitikler Kitabı 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>280</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052655634</t>
+          <t>9786052656013</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sarı Yüz</t>
+          <t>Biçicinin Kasırgası / Malazan Yitikler Kitabı 7</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>275</v>
+        <v>850</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052655641</t>
+          <t>9786052655993</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dolmuşu – Yaşama Sanatının Bilinen Sırları Üzerine</t>
+          <t>Palmiye Şarabı Müptelası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052655658</t>
+          <t>9786052655986</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Detaylar</t>
+          <t>Swamp Thing Efsanesi: 6. Cilt</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052652695</t>
+          <t>9786052655979</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yılbaşı Çizgi Roman Seti</t>
+          <t>Yakınlaşmalar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>1250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052653616</t>
+          <t>9786052655962</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Üç Cisim Problemi Set</t>
+          <t>Kayabaşı Uygarlığının Yükselişi ve Birdenbire Çöküşü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258327878</t>
+          <t>9786052655948</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Set 1</t>
+          <t>Yüzbaşı’nın Bebeği</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>640</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258327885</t>
+          <t>9786052655955</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Set 2</t>
+          <t>Makioka Kızları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>730</v>
+        <v>500</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258327892</t>
+          <t>9786052655856</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Set 3</t>
+          <t>Yüksek Şatodaki Adam</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>630</v>
+        <v>275</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258327908</t>
+          <t>9786052655900</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Set 4</t>
+          <t>Sarı Kehribar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>690</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052655627</t>
+          <t>9786052655931</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Doğmak</t>
+          <t>Misafir</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052655610</t>
+          <t>9786052655917</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Saçma Sis</t>
+          <t>Mob Psycho 100 – 3. Cilt</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052655597</t>
+          <t>9786052655924</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Uzay Feneri 23</t>
+          <t>Klytaimestra</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052651667</t>
+          <t>9789752732957</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri 6</t>
+          <t>Varlık ve Hiçlik</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>690</v>
+        <v>980</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052651650</t>
+          <t>9786257650076</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri 5</t>
+          <t>Yenidendoğan Ejder - Zaman Çarkı 3</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>740</v>
+        <v>575</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052655535</t>
+          <t>9786052655894</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Soydaşınız Balık Burcu</t>
+          <t>Hayali Hayatlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052655580</t>
+          <t>9786052655887</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Lord Jim</t>
+          <t>Dorohedoro 3. Cilt</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052655603</t>
+          <t>9786053758198</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Yakma Zevki: Fahrenheit 451 Öyküleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052655566</t>
+          <t>9786257913034</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ölümler Çağı</t>
+          <t>Dünya’ya Düşen Adam</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052655559</t>
+          <t>9786052655863</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mob Psycho 100 – 2. Cilt</t>
+          <t>Yapraklar Suspus</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052655191</t>
+          <t>9786052655825</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sarmaşığın İçinden Bir Ses Geliyor</t>
+          <t>Nigâh</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>330</v>
+        <v>125</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052655528</t>
+          <t>9786052655870</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Algı Kapıları – Cennet ve Cehennem</t>
+          <t>Büyümek</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052655542</t>
+          <t>9786052655849</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Korku Filmi</t>
+          <t>Kasvetli İnsanlar İçin Güneşli Bir Yer</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052655511</t>
+          <t>9786052655818</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Finnegan Uy’anması</t>
+          <t>Kurtulan Kızlar Terapi Grubu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052655443</t>
+          <t>9786052655801</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sanal Ülke</t>
+          <t>Aynadaki Yalnız Şato</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052655504</t>
+          <t>9786053758730</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bata Çıka</t>
+          <t>God of War</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052655467</t>
+          <t>9786257650151</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Fosforlu Cevriye – Özel Baskı</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052655474</t>
+          <t>9786052655788</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Fosforlu Cevriye – Özel Baskı (Ciltli)</t>
+          <t>Denizin Çağrısı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052655498</t>
+          <t>9786052655771</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Eve Bak, Melek</t>
+          <t>İtaatsizlik</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052655290</t>
+          <t>9786257737135</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Scott Pilgrim 4: Scott Pilgrim Kafasını Toparlıyor</t>
+          <t>Altın Pusula - Karanlık Cevher Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>480</v>
+        <v>340</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052655450</t>
+          <t>9786257737142</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dorohedoro 2. Cilt</t>
+          <t>Karanlık Cevher Serisi Kutu Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052655481</t>
+          <t>9786052655764</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Wylding Malikânesi</t>
+          <t>Fukaranın Ahı - Şahane Atasözleri Defterim</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052655269</t>
+          <t>9786052655740</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Ormancı</t>
+          <t>İmperler Çağı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052655436</t>
+          <t>9786052655733</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ceza Sömürgesi</t>
+          <t>Kapı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052655412</t>
+          <t>9786052655757</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Cenaze Oyunları</t>
+          <t>Mor Bulut</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052655429</t>
+          <t>9786052655726</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Konserveleme Gemisi</t>
+          <t>Gemilerle Edebiyata Yolculuk</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052655313</t>
+          <t>9786052655719</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hyperion / Hyperion Kantoları 1. Kitap</t>
+          <t>Geç Gelen Bahar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052655405</t>
+          <t>9786052655696</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yaşanacak Bir Yer Olsun</t>
+          <t>Bir Ada İhtimali</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052655382</t>
+          <t>9786052655702</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Şeytan ve Karanlık Sular</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052655399</t>
+          <t>9786052655689</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Saf - Suya Anlat</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052655351</t>
+          <t>9786052655634</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Medeya ve Çocukları</t>
+          <t>Sarı Yüz</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052655375</t>
+          <t>9786052655641</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mickey 7 (Film Kapağı)</t>
+          <t>Hayat Dolmuşu – Yaşama Sanatının Bilinen Sırları Üzerine</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052655368</t>
+          <t>9786052655658</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mickey 7</t>
+          <t>Detaylar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257442299</t>
+          <t>9786052652695</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Yılbaşı Çizgi Roman Seti</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052655337</t>
+          <t>9786052653616</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Japon Peri Masalları</t>
+          <t>Üç Cisim Problemi Set</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052655320</t>
+          <t>9786258327878</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kadın Maskeleri</t>
+          <t>Japon Klasikleri Set 1</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>180</v>
+        <v>640</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052655283</t>
+          <t>9786258327885</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çakır Zamanlar</t>
+          <t>Japon Klasikleri Set 2</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>730</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052655276</t>
+          <t>9786258327892</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Marry Grave 5</t>
+          <t>Japon Klasikleri Set 3</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>630</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052655252</t>
+          <t>9786258327908</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yarım</t>
+          <t>Japon Klasikleri Set 4</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>280</v>
+        <v>690</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052655245</t>
+          <t>9786052655627</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kuklaların Yaşamında</t>
+          <t>Suçlu Doğmak</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052655238</t>
+          <t>9786052655610</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve Bir Diğer Cadı</t>
+          <t>Bu Ne Saçma Sis</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052655214</t>
+          <t>9786052655597</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Uzay Feneri 23</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052655221</t>
+          <t>9786052651667</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Japon Klasikleri 6</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>280</v>
+        <v>690</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052655207</t>
+          <t>9786052651650</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Arkadya</t>
+          <t>Japon Klasikleri 5</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>270</v>
+        <v>740</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053758082</t>
+          <t>9786052655535</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Kumandalı Kız</t>
+          <t>Soydaşınız Balık Burcu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257650526</t>
+          <t>9786052655580</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Houston, Houston Duyuyor Musun?</t>
+          <t>Lord Jim</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052655153</t>
+          <t>9786052655603</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayet Antolojisi - Çelenk Tanzim ve Tertip Sanatı</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052655146</t>
+          <t>9786052655566</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Olsa Olsa Dünya</t>
+          <t>Ölümler Çağı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052655184</t>
+          <t>9786052655559</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Horoz ile İnci Tanesi</t>
+          <t>Mob Psycho 100 – 2. Cilt</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052655177</t>
+          <t>9786052655191</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Serap</t>
+          <t>Sarmaşığın İçinden Bir Ses Geliyor</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052655160</t>
+          <t>9786052655528</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Bakanlığı</t>
+          <t>Algı Kapıları – Cennet ve Cehennem</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053754862</t>
+          <t>9786052655542</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Maymunlar Gezegeni</t>
+          <t>Korku Filmi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052655078</t>
+          <t>9786052655511</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Semaver</t>
+          <t>Finnegan Uy’anması</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052655108</t>
+          <t>9786052655443</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sarnıç</t>
+          <t>Sanal Ülke</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052655092</t>
+          <t>9786052655504</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Garip, Çok Garip</t>
+          <t>Bata Çıka</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052655115</t>
+          <t>9786052655467</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kralların Devrilişi / Troya 3. Kitap</t>
+          <t>Fosforlu Cevriye – Özel Baskı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052655122</t>
+          <t>9786052655474</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Mevsimi</t>
+          <t>Fosforlu Cevriye – Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052655139</t>
+          <t>9786052655498</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin İlacı</t>
+          <t>Eve Bak, Melek</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052655085</t>
+          <t>9786052655290</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bay Perşembe</t>
+          <t>Scott Pilgrim 4: Scott Pilgrim Kafasını Toparlıyor</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052655054</t>
+          <t>9786052655450</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Güven</t>
+          <t>Dorohedoro 2. Cilt</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052655061</t>
+          <t>9786052655481</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kuğu Şarkısı</t>
+          <t>Wylding Malikânesi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052655047</t>
+          <t>9786052655269</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Tokyo’da Tuhaf Hava</t>
+          <t>Kurt ve Ormancı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052655030</t>
+          <t>9786052655436</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Neyse ki Günler Uzadı</t>
+          <t>Ceza Sömürgesi</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052654811</t>
+          <t>9786052655412</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Karambol: Premier Lig’in Taktiksel Tarihi</t>
+          <t>Cenaze Oyunları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052655016</t>
+          <t>9786052655429</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Şeytanları</t>
+          <t>Yengeç Konserveleme Gemisi</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052654842</t>
+          <t>9786052655313</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Dorohedoro 1. Cilt</t>
+          <t>Hyperion / Hyperion Kantoları 1. Kitap</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257913591</t>
+          <t>9786052655405</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sütçü</t>
+          <t>Yaşanacak Bir Yer Olsun</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052650790</t>
+          <t>9786052655382</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kara Dörtleme Seti</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>770</v>
+        <v>220</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258327014</t>
+          <t>9786052655399</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sodom'un 120 Günü</t>
+          <t>Hatırla</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258401974</t>
+          <t>9786052655351</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Justine: Erdemin Felaketleri</t>
+          <t>Medeya ve Çocukları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258401783</t>
+          <t>9786052655375</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusunun Karısı</t>
+          <t>Mickey 7 (Film Kapağı)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258401400</t>
+          <t>9786052655368</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Armağan</t>
+          <t>Mickey 7</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258475760</t>
+          <t>9786257442299</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Vergilius’un Ölümü</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053759324</t>
+          <t>9786052655337</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Japon Peri Masalları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053753667</t>
+          <t>9786052655320</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Kadın Maskeleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053757825</t>
+          <t>9786052655283</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Adem ile Havva'nın Güncesi</t>
+          <t>Çakır Zamanlar</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053756958</t>
+          <t>9786052655276</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Marry Grave 5</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257913232</t>
+          <t>9786052655252</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçalar ve Tanrıça’nın Dönüşümleri</t>
+          <t>Kayıp Yarım</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257737784</t>
+          <t>9786052655245</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kara Dörtleme Kutu Set (4 Kitap Takım) (Ciltli)</t>
+          <t>Kuklaların Yaşamında</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>1800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257913690</t>
+          <t>9786052655238</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hava</t>
+          <t>Kiki ve Bir Diğer Cadı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257442114</t>
+          <t>9786052655214</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ben Deli Miyim?</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>340</v>
+        <v>700</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053759867</t>
+          <t>9786052655221</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Beren ile Luthien</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257737265</t>
+          <t>9786052655207</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ateş Merdivenleri</t>
+          <t>Arkadya</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257913478</t>
+          <t>9786053758082</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Evelyn Hardcastle’ın Yedi Ölümü</t>
+          <t>Uzaktan Kumandalı Kız</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057762849</t>
+          <t>9786257650526</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Innsmouth'un Üzerindeki Gölge</t>
+          <t>Houston, Houston Duyuyor Musun?</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053758389</t>
+          <t>9786052655153</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Nantucketlı Arthur Gordon Pym'in Öyküsü</t>
+          <t>Bir Cinayet Antolojisi - Çelenk Tanzim ve Tertip Sanatı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057762795</t>
+          <t>9786052655146</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Fısıldayan</t>
+          <t>Olsa Olsa Dünya</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257913386</t>
+          <t>9786052655184</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kurtulan Kızlar</t>
+          <t>Horoz ile İnci Tanesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053759089</t>
+          <t>9786052655177</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İkna</t>
+          <t>Serap</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052655009</t>
+          <t>9786052655160</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kızlar</t>
+          <t>Gelecek Bakanlığı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052654996</t>
+          <t>9786053754862</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Turfanda mı Yoksa Turfa mı?</t>
+          <t>Maymunlar Gezegeni</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052654972</t>
+          <t>9786052655078</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kiracı</t>
+          <t>Semaver</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052654989</t>
+          <t>9786052655108</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Akata Kadın / Nsibidi Yazıtları 3. Kitap</t>
+          <t>Sarnıç</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052654880</t>
+          <t>9786052655092</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Akata Savaşçı / Nsibidi Yazıtları 2. Kitap</t>
+          <t>Garip, Çok Garip</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052654804</t>
+          <t>9786052655115</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Akata Cadı / Nsibidi Yazıtları 1. Kitap</t>
+          <t>Kralların Devrilişi / Troya 3. Kitap</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052654941</t>
+          <t>9786052655122</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İthaki Polisiye Ajandası 2025</t>
+          <t>Kasırga Mevsimi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052654903</t>
+          <t>9786052655139</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kâğıttan Kaplan</t>
+          <t>Melankolinin İlacı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052654965</t>
+          <t>9786052655085</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ten Gölge</t>
+          <t>Bay Perşembe</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052654910</t>
+          <t>9786052655054</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Babamın Kuşağı ve Ben</t>
+          <t>Güven</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052654927</t>
+          <t>9786052655061</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kemikavcılar / Malazan Yitikler Kitabı 6 (Ciltli)</t>
+          <t>Kuğu Şarkısı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052654873</t>
+          <t>9786052655047</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Korka</t>
+          <t>Tokyo’da Tuhaf Hava</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052654934</t>
+          <t>9786052655030</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kemikavcılar / Malazan Yitikler Kitabı 6</t>
+          <t>Neyse ki Günler Uzadı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>850</v>
+        <v>120</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052653425</t>
+          <t>9786052654811</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Şok</t>
+          <t>Karambol: Premier Lig’in Taktiksel Tarihi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052654897</t>
+          <t>9786052655016</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İntikam Oyunları - Enginlik Serisi 5. Kitap</t>
+          <t>Gündüz Şeytanları</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052654866</t>
+          <t>9786052654842</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği</t>
+          <t>Dorohedoro 1. Cilt</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052654859</t>
+          <t>9786257913591</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tilki</t>
+          <t>Sütçü</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052654781</t>
+          <t>9786052650790</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Değmez</t>
+          <t>Kara Dörtleme Seti</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>280</v>
+        <v>770</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052654828</t>
+          <t>9786258327014</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bi Gece Daha</t>
+          <t>Sodom'un 120 Günü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052654798</t>
+          <t>9786258401974</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Pers Oğlan/ Büyük İskender 2</t>
+          <t>Justine: Erdemin Felaketleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052654835</t>
+          <t>9786258401783</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Meteliksiz Öğrenci</t>
+          <t>Zaman Yolcusunun Karısı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052654767</t>
+          <t>9786258401400</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gece Kancığı</t>
+          <t>Armağan</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052653104</t>
+          <t>9786258475760</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Son Konuşmamızdan Sonra Her Şey Daha Kötü Oldu</t>
+          <t>Vergilius’un Ölümü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052654774</t>
+          <t>9786053759324</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Görüler</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>680</v>
+        <v>240</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052654712</t>
+          <t>9786053753667</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Mırıldanan Kemikler</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052654736</t>
+          <t>9786053757825</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ara Nağme</t>
+          <t>Adem ile Havva'nın Güncesi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052654750</t>
+          <t>9786053756958</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Hikayesi</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052654743</t>
+          <t>9786257913232</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Beklediğim Odalarda</t>
+          <t>Tanrıçalar ve Tanrıça’nın Dönüşümleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052654729</t>
+          <t>9786257737784</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ayışığı’nın Kayıpları</t>
+          <t>Kara Dörtleme Kutu Set (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>380</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052654675</t>
+          <t>9786257913690</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kaos Prensi - Amber Yıllıkları 10</t>
+          <t>Tuhaf Hava</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052654705</t>
+          <t>9786257442114</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Tanrılar</t>
+          <t>Ben Deli Miyim?</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052654699</t>
+          <t>9786053759867</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık İtirafları</t>
+          <t>Beren ile Luthien</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052654668</t>
+          <t>9786257737265</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Cennet Ateşi - Büyük İskender 1. Kitap</t>
+          <t>Ateş Merdivenleri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052654682</t>
+          <t>9786257913478</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Gazze’nin Dipnotları</t>
+          <t>Evelyn Hardcastle’ın Yedi Ölümü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>680</v>
+        <v>400</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052654651</t>
+          <t>9786057762849</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Zanzibar İstifi</t>
+          <t>Innsmouth'un Üzerindeki Gölge</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>650</v>
+        <v>120</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052650936</t>
+          <t>9786053758389</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hobbit (Ciltli)</t>
+          <t>Nantucketlı Arthur Gordon Pym'in Öyküsü</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258401011</t>
+          <t>9786057762795</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Dune Serisi (6 Kitap)</t>
+          <t>Karanlıkta Fısıldayan</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>2840</v>
+        <v>120</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053758037</t>
+          <t>9786257913386</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Tolkien Mirası (Kutulu 5 Kitap) (Ciltli)</t>
+          <t>Kurtulan Kızlar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>2700</v>
+        <v>375</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053757351</t>
+          <t>9786053759089</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hobbit (Özel Ciltli Baskı)</t>
+          <t>İkna</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053757368</t>
+          <t>9786052655009</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Roverandom (Ciltli)</t>
+          <t>Kızlar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789758607969</t>
+          <t>9786052654996</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bütün Hikayeleri: Edgar Allan Poe (Ciltli)</t>
+          <t>Turfanda mı Yoksa Turfa mı?</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>950</v>
+        <v>220</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057762993</t>
+          <t>9786052654972</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Wool Serisi Kutulu Set (3 Kitap Takım)</t>
+          <t>Sessiz Kiracı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>1400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052654606</t>
+          <t>9786052654989</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Cennette Gibiyim</t>
+          <t>Akata Kadın / Nsibidi Yazıtları 3. Kitap</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052654644</t>
+          <t>9786052654880</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tutukevi</t>
+          <t>Akata Savaşçı / Nsibidi Yazıtları 2. Kitap</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052654637</t>
+          <t>9786052654804</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Romain Rolland</t>
+          <t>Akata Cadı / Nsibidi Yazıtları 1. Kitap</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052654620</t>
+          <t>9786052654941</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Daima İthaka</t>
+          <t>İthaki Polisiye Ajandası 2025</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052654613</t>
+          <t>9786052654903</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Dune: Makinelerin Seferi</t>
+          <t>Kâğıttan Kaplan</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>850</v>
+        <v>120</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052654590</t>
+          <t>9786052654965</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Babil</t>
+          <t>Ateş Ten Gölge</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>540</v>
+        <v>160</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052654569</t>
+          <t>9786052654910</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Güzelavratotu &amp; Sevmek Diye Bir Şey</t>
+          <t>Babamın Kuşağı ve Ben</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052654552</t>
+          <t>9786052654927</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalanlar Kümesi</t>
+          <t>Kemikavcılar / Malazan Yitikler Kitabı 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>220</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052654583</t>
+          <t>9786052654873</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Sarayı</t>
+          <t>Korka</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052654576</t>
+          <t>9786052654934</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Miso Çorbasında</t>
+          <t>Kemikavcılar / Malazan Yitikler Kitabı 6</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052654514</t>
+          <t>9786052653425</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yanan Krom</t>
+          <t>Şok</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052652183</t>
+          <t>9786052654897</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşkın Tarihi</t>
+          <t>İntikam Oyunları - Enginlik Serisi 5. Kitap</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052654521</t>
+          <t>9786052654866</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinem - 4</t>
+          <t>Uğurböceği</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052654545</t>
+          <t>9786052654859</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Ev</t>
+          <t>Tilki</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052654538</t>
+          <t>9786052654781</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Çiçekleri</t>
+          <t>Değmez</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052653173</t>
+          <t>9786052654828</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Canlanan - Lenin’den Öpücükler</t>
+          <t>Bi Gece Daha</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052654408</t>
+          <t>9786052654798</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Cibola Yanıyor - Enginlik Serisi 4. Kitap</t>
+          <t>Pers Oğlan/ Büyük İskender 2</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053757375</t>
+          <t>9786052654835</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Vakıf</t>
+          <t>Meteliksiz Öğrenci</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052654477</t>
+          <t>9786052654767</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Gece Kancığı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052654507</t>
+          <t>9786052653104</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Zen Ustaları</t>
+          <t>Son Konuşmamızdan Sonra Her Şey Daha Kötü Oldu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052654460</t>
+          <t>9786052654774</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Şövalyesi - Amber Yıllıkları 9</t>
+          <t>Tehlikeli Görüler</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>190</v>
+        <v>680</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052654484</t>
+          <t>9786052654712</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Çene Kemiği</t>
+          <t>Mırıldanan Kemikler</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052654491</t>
+          <t>9786052654736</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>On Gece Düşleri</t>
+          <t>Ara Nağme</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052654446</t>
+          <t>9786052654750</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Adresinde Bulunamadı</t>
+          <t>Cumhuriyet’in Hikayesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052654347</t>
+          <t>9786052654743</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Tekil Şahıs</t>
+          <t>Beklediğim Odalarda</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052654453</t>
+          <t>9786052654729</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hatırlayış</t>
+          <t>Ayışığı’nın Kayıpları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052652176</t>
+          <t>9786052654675</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İyi Yerliler</t>
+          <t>Kaos Prensi - Amber Yıllıkları 10</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257913331</t>
+          <t>9786052654705</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler</t>
+          <t>İnsansız Tanrılar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052654439</t>
+          <t>9786052654699</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kadıköy'de Muhakkak Bir Define Var</t>
+          <t>Alacakaranlık İtirafları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052654422</t>
+          <t>9786052654668</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Yüzmek</t>
+          <t>Cennet Ateşi - Büyük İskender 1. Kitap</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052654392</t>
+          <t>9786052654682</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kral</t>
+          <t>Gazze’nin Dipnotları</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>280</v>
+        <v>680</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052654415</t>
+          <t>9786052654651</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Abaddon Geçidi – Enginlik Serisi 3. Kitap</t>
+          <t>Zanzibar İstifi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257737630</t>
+          <t>9786052650936</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Dune Ciltli Kutu Set (6 Kitap Takım)</t>
+          <t>Hobbit (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>6750</v>
+        <v>800</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053756118</t>
+          <t>9786258401011</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bebek Evi</t>
+          <t>Dune Serisi (6 Kitap)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>540</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258327120</t>
+          <t>9786053758037</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Scott Pilgrim 2 - Scott Pilgrim Dünyaya Karşı</t>
+          <t>Tolkien Mirası (Kutulu 5 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>450</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052654361</t>
+          <t>9786053757351</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Yükseliyor</t>
+          <t>Hobbit (Özel Ciltli Baskı)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052654385</t>
+          <t>9786053757368</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Nişanlılar</t>
+          <t>Roverandom (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052653388</t>
+          <t>9789758607969</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş Efsanesi</t>
+          <t>Bütün Hikayeleri: Edgar Allan Poe (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052654378</t>
+          <t>9786057762993</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kaos İmgesi - Amber Yıllıkları 8. Kitap</t>
+          <t>Wool Serisi Kutulu Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>180</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052654354</t>
+          <t>9786052654606</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Uzaklarda</t>
+          <t>Cennette Gibiyim</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052653852</t>
+          <t>9786052654644</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bokböceği, Jaguar ve Fil</t>
+          <t>Tutukevi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053756897</t>
+          <t>9786052654637</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kurak</t>
+          <t>Romain Rolland</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052654309</t>
+          <t>9786052654620</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kemikler ve Kartlar</t>
+          <t>Daima İthaka</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052654330</t>
+          <t>9786052654613</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yürümek &amp; Kış Yürüyüşü</t>
+          <t>Dune: Makinelerin Seferi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>120</v>
+        <v>850</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052654323</t>
+          <t>9786052654590</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Babil</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052654316</t>
+          <t>9786052654569</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yatakta Sigara İçmenin Zararları</t>
+          <t>Güzelavratotu &amp; Sevmek Diye Bir Şey</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052654293</t>
+          <t>9786052654552</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Bağışla Onları</t>
+          <t>Geç Kalanlar Kümesi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052654248</t>
+          <t>9786052654583</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Esnek ile Geniş - 2</t>
+          <t>Mürekkep Sarayı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052654224</t>
+          <t>9786052654576</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Gözlemevi Apartmanı</t>
+          <t>Miso Çorbasında</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052654262</t>
+          <t>9786052654514</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Petekgözlü Adam</t>
+          <t>Yanan Krom</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052654286</t>
+          <t>9786052652183</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Caliban’ın Savaşı</t>
+          <t>Bir Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052654279</t>
+          <t>9786052654521</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Leviathan Uyanıyor</t>
+          <t>Ve Sinem - 4</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257650182</t>
+          <t>9786052654545</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yitirilen Cennet</t>
+          <t>Esrarengiz Ev</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052654255</t>
+          <t>9786052654538</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Ölüm Çiçekleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052654217</t>
+          <t>9786052653173</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İçeriden Ölmek</t>
+          <t>Canlanan - Lenin’den Öpücükler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052654200</t>
+          <t>9786052654408</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Adam</t>
+          <t>Cibola Yanıyor - Enginlik Serisi 4. Kitap</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052654187</t>
+          <t>9786053757375</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Otlakçı</t>
+          <t>Vakıf</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052654194</t>
+          <t>9786052654477</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052653708</t>
+          <t>9786052654507</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Swamp Thing Efsanesi: 5. Cilt</t>
+          <t>Zen Ustaları</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052654163</t>
+          <t>9786052654460</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Çağı</t>
+          <t>Gölgelerin Şövalyesi - Amber Yıllıkları 9</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052654170</t>
+          <t>9786052654484</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Henry ve June</t>
+          <t>Çene Kemiği</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052654156</t>
+          <t>9786052654491</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Knockemstiff</t>
+          <t>On Gece Düşleri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052654149</t>
+          <t>9786052654446</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı (Ciltli)</t>
+          <t>Adresinde Bulunamadı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052653913</t>
+          <t>9786052654347</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Günlerden Kırmızı</t>
+          <t>Üçüncü Tekil Şahıs</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052653906</t>
+          <t>9786052654453</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Wilhelm Storitz'in Sırrı</t>
+          <t>Hatırlayış</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789758725502</t>
+          <t>9786052652176</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Amber Kanı - Amber Yıllıkları 7</t>
+          <t>İyi Yerliler</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052653920</t>
+          <t>9786257913331</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yabani Otlar</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052653883</t>
+          <t>9786052654439</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sabah Olmasın</t>
+          <t>Kadıköy'de Muhakkak Bir Define Var</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052653869</t>
+          <t>9786052654422</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kıyametin Koz Kartları - Amber Yıllıkları 6</t>
+          <t>Karanlıkta Yüzmek</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052653890</t>
+          <t>9786052654392</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Şimşek Kalkanı - Troya 2. Kitap</t>
+          <t>Kuş Kral</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052653562</t>
+          <t>9786052654415</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda Kalanlar</t>
+          <t>Abaddon Geçidi – Enginlik Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052653876</t>
+          <t>9786257737630</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Bir Yer</t>
+          <t>Dune Ciltli Kutu Set (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>300</v>
+        <v>6750</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052653647</t>
+          <t>9786053756118</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Emanet Dolabı Bebekleri</t>
+          <t>Bebek Evi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>360</v>
+        <v>540</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258327656</t>
+          <t>9786258327120</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Silmarillion</t>
+          <t>Scott Pilgrim 2: Scott Pilgrim Dünyaya Karşı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258475234</t>
+          <t>9786052654361</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Biri, Hiçbiri, Binlercesi</t>
+          <t>Rüzgar Yükseliyor</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257442138</t>
+          <t>9786052654385</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ölmüş Bir Kadının Evrak-ı Metrukesi</t>
+          <t>Nişanlılar</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057762757</t>
+          <t>9786052653388</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Toz</t>
+          <t>Beşiktaş Efsanesi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052653777</t>
+          <t>9786052654378</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Kaos İmgesi - Amber Yıllıkları 8. Kitap</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053758211</t>
+          <t>9786052654354</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İşte İnsan</t>
+          <t>Uzaklarda</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052653609</t>
+          <t>9786052653852</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yel Yepelek</t>
+          <t>Bokböceği, Jaguar ve Fil</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052653593</t>
+          <t>9786053756897</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Babam Değilsin</t>
+          <t>Kurak</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052653586</t>
+          <t>9786052654309</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Melankolik Cinler Kılavuzu</t>
+          <t>Kemikler ve Kartlar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052653630</t>
+          <t>9786052654330</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kumsal</t>
+          <t>Yürümek &amp; Kış Yürüyüşü</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053754336</t>
+          <t>9786052654323</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052653470</t>
+          <t>9786052654316</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Gelgitleri - Malazan Yitikler Kitabı 5 (Ciltli)</t>
+          <t>Yatakta Sigara İçmenin Zararları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>1100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052653579</t>
+          <t>9786052654293</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Bağışla Onları</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052653340</t>
+          <t>9786052654248</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Galatea 2.2</t>
+          <t>Esnek ile Geniş - 2</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052653487</t>
+          <t>9786052654224</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Gelgitleri - Malazan Yitikler Kitabı 5</t>
+          <t>Gözlemevi Apartmanı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052653524</t>
+          <t>9786052654262</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Denizli Tress (Ciltli)</t>
+          <t>Petekgözlü Adam</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052653517</t>
+          <t>9786052654286</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Denizli Tress</t>
+          <t>Caliban’ın Savaşı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052653531</t>
+          <t>9786052654279</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış (2 Cilt)</t>
+          <t>Leviathan Uyanıyor</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>940</v>
+        <v>450</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052653548</t>
+          <t>9786257650182</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Baskerville'lerin Köpeği</t>
+          <t>Yitirilen Cennet</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052653555</t>
+          <t>9786052654255</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kesik Baş</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052653333</t>
+          <t>9786052654217</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Esrik Ağacın Meyvesi</t>
+          <t>İçeriden Ölmek</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052653449</t>
+          <t>9786052654200</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kurdu</t>
+          <t>Kayıp Adam</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052653494</t>
+          <t>9786052654187</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Tavşan</t>
+          <t>Otlakçı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052653456</t>
+          <t>9786052654194</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ud Çalan Kadınlar - Sana Michelin’li Sofralardan Baktım Aziz İstanbul</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052653463</t>
+          <t>9786052653708</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Beş Çember Kitabı: Savaş Sanatı ve Liderlik Üzerine</t>
+          <t>Swamp Thing Efsanesi: 5. Cilt</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052653074</t>
+          <t>9786052654163</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Honcin Cinayetleri</t>
+          <t>Efsaneler Çağı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052653418</t>
+          <t>9786052654170</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Ama Arkadaşlar İyidir</t>
+          <t>Henry ve June</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052653432</t>
+          <t>9786052654156</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Olmaya Değmez</t>
+          <t>Knockemstiff</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052651902</t>
+          <t>9786052654149</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Ara İstasyon</t>
+          <t>Balıkçı (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052653357</t>
+          <t>9786052653913</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Hikayesi</t>
+          <t>Günlerden Kırmızı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052653401</t>
+          <t>9786052653906</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Enceladus Kıyameti</t>
+          <t>Wilhelm Storitz'in Sırrı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052653395</t>
+          <t>9789758725502</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Köşedeki Yaşlı Adam</t>
+          <t>Amber Kanı - Amber Yıllıkları 7</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052653326</t>
+          <t>9786052653920</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeş Şarkısı</t>
+          <t>Yabani Otlar</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052653302</t>
+          <t>9786052653883</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Bayan Peregrine'nin Tuhaf Çocukları - Gölge Şehir</t>
+          <t>Sabah Olmasın</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052653265</t>
+          <t>9786052653869</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Bayan Peregrine’in Tuhaf Çocukları</t>
+          <t>Kıyametin Koz Kartları - Amber Yıllıkları 6</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052653319</t>
+          <t>9786052653890</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Karpatlar Şatosu</t>
+          <t>Şimşek Kalkanı - Troya 2. Kitap</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052653364</t>
+          <t>9786052653562</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Dune Grafik Roman: 2. Kısım Muad'Dib</t>
+          <t>Dışarıda Kalanlar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>520</v>
+        <v>240</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052653371</t>
+          <t>9786052653876</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Dört Boyutlu Adam</t>
+          <t>Zaman İçinde Bir Yer</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052653296</t>
+          <t>9786052653647</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Çamur</t>
+          <t>Emanet Dolabı Bebekleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052653272</t>
+          <t>9786258327656</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Defneler Kesildi</t>
+          <t>Silmarillion</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052653289</t>
+          <t>9786258475234</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Sinbad’ın Gece Yolculukları</t>
+          <t>Biri, Hiçbiri, Binlercesi</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052653227</t>
+          <t>9786257442138</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Kulağı</t>
+          <t>Ölmüş Bir Kadının Evrak-ı Metrukesi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052653241</t>
+          <t>9786057762757</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Alacagöl Efsanesi</t>
+          <t>Toz</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052653258</t>
+          <t>9786052653777</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Esnek ile Geniş</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052653234</t>
+          <t>9786053758211</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kış Nişanlıları - Aynadan Geçen Kız Serisi 1. Kitap</t>
+          <t>İşte İnsan</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052653197</t>
+          <t>9786052653609</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Dune: Butleryan Cihadı</t>
+          <t>Yel Yepelek</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>700</v>
+        <v>170</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052653203</t>
+          <t>9786052653593</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Alçaktan Uçan Güvercin</t>
+          <t>Sen Benim Babam Değilsin</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052653210</t>
+          <t>9786052653586</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Sade’ın Kayıp Günlüğü</t>
+          <t>Melankolik Cinler Kılavuzu</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052653180</t>
+          <t>9786052653630</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Elementaller</t>
+          <t>Kumsal</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052653159</t>
+          <t>9786053754336</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>“Selam Metin, Ben Berceste”</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052653166</t>
+          <t>9786052653470</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>2010: İkinci Uzay Destanı</t>
+          <t>Gece Yarısı Gelgitleri - Malazan Yitikler Kitabı 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>280</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052653135</t>
+          <t>9786052653579</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Eugenie de Franval: Trajik Bir Öykü</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052653142</t>
+          <t>9786052653340</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Hanşiçi'nin Tuhaf Vaka Defteri</t>
+          <t>Galatea 2.2</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258401622</t>
+          <t>9786052653487</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Cumhuriyeti</t>
+          <t>Gece Yarısı Gelgitleri - Malazan Yitikler Kitabı 5</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>575</v>
+        <v>750</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057762566</t>
+          <t>9786052653524</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Emine</t>
+          <t>Zümrüt Denizli Tress (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>149</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258487947</t>
+          <t>9786052653517</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Çöken İstanbul</t>
+          <t>Zümrüt Denizli Tress</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257913201</t>
+          <t>9786052653531</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Öyküleri</t>
+          <t>Savaş ve Barış (2 Cilt)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>180</v>
+        <v>940</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257442060</t>
+          <t>9786052653548</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Neden Yazıyorum</t>
+          <t>Baskerville'lerin Köpeği</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257442091</t>
+          <t>9786052653555</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hangi Hayvanlar</t>
+          <t>Kesik Baş</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257913409</t>
+          <t>9786052653333</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kapkaranlık Ormanda</t>
+          <t>Esrik Ağacın Meyvesi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>186</v>
+        <v>300</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257650960</t>
+          <t>9786052653449</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>İnsan Kurdu</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257913515</t>
+          <t>9786052653494</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Tavşan</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257737685</t>
+          <t>9786052653456</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Dilbilgisi Bileşenleri</t>
+          <t>Ud Çalan Kadınlar - Sana Michelin’li Sofralardan Baktım Aziz İstanbul</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257650052</t>
+          <t>9786052653463</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Makine Yazı</t>
+          <t>Beş Çember Kitabı: Savaş Sanatı ve Liderlik Üzerine</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052653128</t>
+          <t>9786052653074</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Ben Yazar Suat Derviş</t>
+          <t>Honcin Cinayetleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052653067</t>
+          <t>9786052653418</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Dune (Film Kapağı)</t>
+          <t>Ama Arkadaşlar İyidir</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052653111</t>
+          <t>9786052653432</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İhtiyatsız Adam</t>
+          <t>Ölümsüz Olmaya Değmez</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052653098</t>
+          <t>9786052651902</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Korku Burnu</t>
+          <t>Ara İstasyon</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052653081</t>
+          <t>9786052653357</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kiracı</t>
+          <t>Her Şeyin Hikayesi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052653012</t>
+          <t>9786052653401</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bağışlanamaz Olan</t>
+          <t>Enceladus Kıyameti</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052653050</t>
+          <t>9786052653395</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İdük</t>
+          <t>Köşedeki Yaşlı Adam</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258401745</t>
+          <t>9786052653326</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Serotonin</t>
+          <t>Kız Kardeş Şarkısı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052653043</t>
+          <t>9786052653302</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar</t>
+          <t>Bayan Peregrine'nin Tuhaf Çocukları - Gölge Şehir</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052653029</t>
+          <t>9786052653265</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Derinin Altında</t>
+          <t>Bayan Peregrine’in Tuhaf Çocukları</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052653036</t>
+          <t>9786052653319</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bir Adamın Savaşı</t>
+          <t>Karpatlar Şatosu</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052652992</t>
+          <t>9786052653364</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Mob Psycho 100 – 1. Cilt</t>
+          <t>Dune Grafik Roman: 2. Kısım Muad'Dib</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052652916</t>
+          <t>9786052653371</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Çatal Yürek</t>
+          <t>Dört Boyutlu Adam</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052652985</t>
+          <t>9786052653296</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Peygamber</t>
+          <t>Çamur</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052652978</t>
+          <t>9786052653272</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Leydi Windermere’in Yelpazesi</t>
+          <t>Defneler Kesildi</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052652862</t>
+          <t>9786052653289</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Yazgılı Şehir</t>
+          <t>Sinbad’ın Gece Yolculukları</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052652961</t>
+          <t>9786052653227</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kedi İnsanlar ve Diğer Garip Hikayeler</t>
+          <t>Dervişin Kulağı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052652633</t>
+          <t>9786052653241</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Zavallılar</t>
+          <t>Alacagöl Efsanesi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052652954</t>
+          <t>9786052653258</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Koda</t>
+          <t>Esnek ile Geniş</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052652947</t>
+          <t>9786052653234</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Annemi Öldürdüğüm Hikayeler</t>
+          <t>Kış Nişanlıları - Aynadan Geçen Kız Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052652893</t>
+          <t>9786052653197</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kalabriya’da</t>
+          <t>Dune: Butleryan Cihadı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052652930</t>
+          <t>9786052653203</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Charles Dexter Ward Vakası</t>
+          <t>Alçaktan Uçan Güvercin</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052652923</t>
+          <t>9786052653210</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>İnsandan Öte</t>
+          <t>Sade’ın Kayıp Günlüğü</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052652855</t>
+          <t>9786052653180</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Elementaller</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052652886</t>
+          <t>9786052653159</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Amerigo: Tarihsel Bir Yanılgının Hikayesi</t>
+          <t>“Selam Metin, Ben Berceste”</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052652909</t>
+          <t>9786052653166</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Maymun Adası</t>
+          <t>2010: İkinci Uzay Destanı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052652831</t>
+          <t>9786052653135</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Büyük Deniz Köpürüyor</t>
+          <t>Eugenie de Franval: Trajik Bir Öykü</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052652794</t>
+          <t>9786052653142</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşan Dilbilim - 1. Cilt</t>
+          <t>Dedektif Hanşiçi'nin Tuhaf Vaka Defteri</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052652824</t>
+          <t>9786258401622</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Bela Öyküleri</t>
+          <t>Ejderha Cumhuriyeti</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>140</v>
+        <v>575</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052652787</t>
+          <t>9786057762566</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Savaşlar Çağı</t>
+          <t>Emine</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>350</v>
+        <v>149</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052652749</t>
+          <t>9786258487947</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Boyut</t>
+          <t>Çöken İstanbul</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052652817</t>
+          <t>9786257913201</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Şimdi ve Daima</t>
+          <t>Hayalet Öyküleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052652800</t>
+          <t>9786257442060</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Fahrenheit 451 - 70. Yıl Özel Baskısı</t>
+          <t>Neden Yazıyorum</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052652848</t>
+          <t>9786257442091</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Öyküleri</t>
+          <t>Hangi Hayvanlar</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052652756</t>
+          <t>9786257913409</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kaçıncı Tekil</t>
+          <t>Kapkaranlık Ormanda</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>90</v>
+        <v>186</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052652732</t>
+          <t>9786257650960</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Yolda Olmak</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052652763</t>
+          <t>9786257913515</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Usher Evi’nin Çöküşü</t>
+          <t>Lanetli</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052652671</t>
+          <t>9786257737685</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Rougonların Gülen Talihi</t>
+          <t>Dilbilgisi Bileşenleri</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052652664</t>
+          <t>9786257650052</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Marry Grave 4</t>
+          <t>Makine Yazı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052652725</t>
+          <t>9786052653128</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kan Bağı / Işıkyaratan Serisi - 4</t>
+          <t>Ben Yazar Suat Derviş</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052652688</t>
+          <t>9786052653067</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Doktorun Notları</t>
+          <t>Dune (Film Kapağı)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052652619</t>
+          <t>9786052653111</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kanından Biraz</t>
+          <t>İhtiyatsız Adam</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052652602</t>
+          <t>9786052653098</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Eeen Güzel Şey</t>
+          <t>Korku Burnu</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052652626</t>
+          <t>9786052653081</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Ankara Canavarı</t>
+          <t>Kiracı</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052652657</t>
+          <t>9786052653012</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Aykırı Beyanlar</t>
+          <t>Bağışlanamaz Olan</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052652640</t>
+          <t>9786052653050</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yol İşaretleri</t>
+          <t>İdük</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052652596</t>
+          <t>9786258401745</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Karga</t>
+          <t>Serotonin</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052652534</t>
+          <t>9786052653043</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Unutmadan</t>
+          <t>Kuşlar</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052652565</t>
+          <t>9786052653029</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Napolyon Bonapart’ın Hayatı</t>
+          <t>Derinin Altında</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052652572</t>
+          <t>9786052653036</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Scott Pilgrim 3: Scott Pilgrim ve Ebedi Hüzün</t>
+          <t>Bir Adamın Savaşı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052652541</t>
+          <t>9786052652992</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Son İmparatoks</t>
+          <t>Mob Psycho 100 – 1. Cilt</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052652558</t>
+          <t>9786052652916</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Bataklık</t>
+          <t>Çatal Yürek</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052652480</t>
+          <t>9786052652985</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Hilal 4. Kitap - Şehirdeki İblis</t>
+          <t>Peygamber</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052652473</t>
+          <t>9786052652978</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Hilal 3. Kitap - Kalbimdeki İfrit</t>
+          <t>Leydi Windermere’in Yelpazesi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052652497</t>
+          <t>9786052652862</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Saklı Cehennem</t>
+          <t>Ölüme Yazgılı Şehir</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052652459</t>
+          <t>9786052652961</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yayın Tanrısı - Troya 1. Kitap</t>
+          <t>Kedi İnsanlar ve Diğer Garip Hikayeler</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052652381</t>
+          <t>9786052652633</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Son Yıllar (Ciltli)</t>
+          <t>Zavallılar</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052652510</t>
+          <t>9786052652954</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Zincirler Hanesi / Malazan Yitikler Kitabı 4 (Ciltli)</t>
+          <t>Koda</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052652527</t>
+          <t>9786052652947</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Zincirler Hanesi / Malazan Yitikler Kitabı 4</t>
+          <t>Annemi Öldürdüğüm Hikayeler</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>780</v>
+        <v>180</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052652466</t>
+          <t>9786052652893</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Aziz İle Nikola</t>
+          <t>Kalabriya’da</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052652442</t>
+          <t>9786052652930</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sahi Adım Neydi</t>
+          <t>Charles Dexter Ward Vakası</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786052652411</t>
+          <t>9786052652923</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Zürafa</t>
+          <t>İnsandan Öte</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786052652428</t>
+          <t>9786052652855</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Panorama Adası'nın Tuhaf Hikayesi</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052652435</t>
+          <t>9786052652886</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Çocukları</t>
+          <t>Amerigo: Tarihsel Bir Yanılgının Hikayesi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052652343</t>
+          <t>9786052652909</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Kalem</t>
+          <t>Maymun Adası</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052652404</t>
+          <t>9786052652831</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Otağ</t>
+          <t>Büyük Deniz Köpürüyor</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>440</v>
+        <v>125</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052652398</t>
+          <t>9786052652794</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Yükselmek</t>
+          <t>Sınırları Aşan Dilbilim - 1. Cilt</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052652367</t>
+          <t>9786052652824</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Üçlü</t>
+          <t>Suç ve Bela Öyküleri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052652350</t>
+          <t>9786052652787</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kalp Şeklindeki Kutu</t>
+          <t>Savaşlar Çağı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786052652374</t>
+          <t>9786052652749</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Madenci</t>
+          <t>Bilinmeyen Boyut</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786052652312</t>
+          <t>9786052652817</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Küller</t>
+          <t>Şimdi ve Daima</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786052652329</t>
+          <t>9786052652800</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kamikazeler El Ele Uçmaz</t>
+          <t>Fahrenheit 451 - 70. Yıl Özel Baskısı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052652336</t>
+          <t>9786052652848</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Hunaşamzade</t>
+          <t>Dinozor Öyküleri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052652282</t>
+          <t>9786052652756</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Örtü</t>
+          <t>Kaçıncı Tekil</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052652299</t>
+          <t>9786052652732</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Israr</t>
+          <t>Yolda Olmak</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052652268</t>
+          <t>9786052652763</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sendeki Yüz Bende Olsa</t>
+          <t>Usher Evi’nin Çöküşü</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052652275</t>
+          <t>9786052652671</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Çiçeklerinin Altında</t>
+          <t>Rougonların Gülen Talihi</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052652251</t>
+          <t>9786052652664</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kilitsiz (Bir Sendrom Öyküsü)</t>
+          <t>Marry Grave 4</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052652220</t>
+          <t>9786052652725</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Frontal (Sendrom 2. Kitap)</t>
+          <t>Kan Bağı / Işıkyaratan Serisi - 4</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052652237</t>
+          <t>9786052652688</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Büyülenme</t>
+          <t>Genç Bir Doktorun Notları</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052652244</t>
+          <t>9786052652619</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Suçsuzlar</t>
+          <t>Kanından Biraz</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052652206</t>
+          <t>9786052652602</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Söz Sandığım</t>
+          <t>Eeen Güzel Şey</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052652213</t>
+          <t>9786052652626</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Zaman Artık Durmalı</t>
+          <t>Ankara Canavarı</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052652169</t>
+          <t>9786052652657</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Acile Tek Giden</t>
+          <t>Gerçeğe Aykırı Beyanlar</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052652107</t>
+          <t>9786052652640</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Randevu</t>
+          <t>Yol İşaretleri</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786052652190</t>
+          <t>9786052652596</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Aline ve Valcour: Felsefi Roman (2 Cilt)</t>
+          <t>Karga</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>850</v>
+        <v>420</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052652145</t>
+          <t>9786052652534</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken Cilt 3</t>
+          <t>Unutmadan</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786052652138</t>
+          <t>9786052652565</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken Cilt 2</t>
+          <t>Napolyon Bonapart’ın Hayatı</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052652121</t>
+          <t>9786052652572</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken Cilt 1</t>
+          <t>Scott Pilgrim 3: Scott Pilgrim ve Ebedi Hüzün</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052652114</t>
+          <t>9786052652541</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>İthaka</t>
+          <t>Son İmparatoks</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786052652060</t>
+          <t>9786052652558</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Midas</t>
+          <t>Bataklık</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052652039</t>
+          <t>9786052652480</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Yok Eden Ateş - Bağlılık 2. Kitap</t>
+          <t>Hilal 4. Kitap - Şehirdeki İblis</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786052652053</t>
+          <t>9786052652473</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Sabrina ve Corina</t>
+          <t>Hilal 3. Kitap - Kalbimdeki İfrit</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786052652084</t>
+          <t>9786052652497</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Bez Bebek Alfabesi</t>
+          <t>Saklı Cehennem</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786052652091</t>
+          <t>9786052652459</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Sopalar ve Kemikler - Ters Çocuklar 2. Kitap</t>
+          <t>Gümüş Yayın Tanrısı - Troya 1. Kitap</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052652077</t>
+          <t>9786052652381</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Her Kalp Bir Eşik - Ters Çocuklar 1. Kitap</t>
+          <t>Son Yıllar (Ciltli)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052652046</t>
+          <t>9786052652510</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Sonundaki Ev</t>
+          <t>Zincirler Hanesi / Malazan Yitikler Kitabı 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>280</v>
+        <v>900</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052651919</t>
+          <t>9786052652527</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Toraman</t>
+          <t>Zincirler Hanesi / Malazan Yitikler Kitabı 4</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>150</v>
+        <v>780</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052651933</t>
+          <t>9786052652466</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Can Pazarı</t>
+          <t>Aziz İle Nikola</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052651926</t>
+          <t>9786052652442</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Tılsımı</t>
+          <t>Sahi Adım Neydi</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052651964</t>
+          <t>9786052652411</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Veraset Vergisi</t>
+          <t>Evdeki Zürafa</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052651940</t>
+          <t>9786052652428</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Bir Sağır Zangoç</t>
+          <t>Panorama Adası'nın Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052651957</t>
+          <t>9786052652435</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kurtbağrı</t>
+          <t>İnsanlığın Çocukları</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052651544</t>
+          <t>9786052652343</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Derin Merhamet</t>
+          <t>Kurşun Kalem</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052651988</t>
+          <t>9786052652404</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Hilal 2. Kitap - Okuldaki Zebani</t>
+          <t>Yeşil Otağ</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052651971</t>
+          <t>9786052652398</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Hilal 1. Kitap - İçimdeki Şeytan</t>
+          <t>Karanlıkta Yükselmek</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052652022</t>
+          <t>9786052652367</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Prometheus: J. Robert Oppenheimer'ın Başarı ve Acı Dolu Öyküsü</t>
+          <t>Üçlü</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052652015</t>
+          <t>9786052652350</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Koş Melos!</t>
+          <t>Kalp Şeklindeki Kutu</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052652008</t>
+          <t>9786052652374</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Batan Güneş</t>
+          <t>Madenci</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052651995</t>
+          <t>9786052652312</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Çiçekleri</t>
+          <t>Küller</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052651797</t>
+          <t>9786052652329</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Gök Mavisi Denizdeki Ev</t>
+          <t>Kamikazeler El Ele Uçmaz</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052651865</t>
+          <t>9786052652336</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Nankör</t>
+          <t>Hunaşamzade</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052651872</t>
+          <t>9786052652282</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Biz Burada İyiyiz</t>
+          <t>Örtü</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052651858</t>
+          <t>9786052652299</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan ve İğ</t>
+          <t>Evdeki Israr</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052651889</t>
+          <t>9786052652268</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Numenor'un Düşüşü</t>
+          <t>Sendeki Yüz Bende Olsa</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052651896</t>
+          <t>9786052652275</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yazdönümü Gecesi Rüyası</t>
+          <t>Kiraz Çiçeklerinin Altında</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258327533</t>
+          <t>9786052652251</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Kendini Seveni Sever</t>
+          <t>Kilitsiz (Bir Sendrom Öyküsü)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786258327564</t>
+          <t>9786052652220</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Frontal (Sendrom 2. Kitap)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258327571</t>
+          <t>9786052652237</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Büyülenme</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052651827</t>
+          <t>9786052652244</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarının Kızı</t>
+          <t>Suçsuzlar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052651834</t>
+          <t>9786052652206</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Eve Doğru Bir Bakış / Acı Harita Seçkisi 1</t>
+          <t>Söz Sandığım</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052651766</t>
+          <t>9786052652213</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Siyah Tanrı'nın Davulları</t>
+          <t>Zaman Artık Durmalı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052651810</t>
+          <t>9786052652169</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Nehre Doğru</t>
+          <t>Acile Tek Giden</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052651803</t>
+          <t>9786052652107</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Denen Bir Anı</t>
+          <t>Randevu</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052651841</t>
+          <t>9786052652190</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Ulysses</t>
+          <t>Aline ve Valcour: Felsefi Roman (2 Cilt)</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>720</v>
+        <v>850</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052651728</t>
+          <t>9786052652145</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Marry Grave 3</t>
+          <t>İnsanlığımı Yitirirken Cilt 3</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052651735</t>
+          <t>9786052652138</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Dublinesk</t>
+          <t>İnsanlığımı Yitirirken Cilt 2</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052651759</t>
+          <t>9786052652121</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinem 3</t>
+          <t>İnsanlığımı Yitirirken Cilt 1</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052651742</t>
+          <t>9786052652114</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinem 2</t>
+          <t>İthaka</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052651773</t>
+          <t>9786052652060</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Çiçeğin Ruhu: Noh Tiyatrosunun Klasik Öğretileri</t>
+          <t>Midas</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052651780</t>
+          <t>9786052652039</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>İmparatora Veda</t>
+          <t>Yok Eden Ateş - Bağlılık 2. Kitap</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052651711</t>
+          <t>9786052652053</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yaz</t>
+          <t>Sabrina ve Corina</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052651704</t>
+          <t>9786052652084</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Yararsız Bir Adam</t>
+          <t>Bez Bebek Alfabesi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052651681</t>
+          <t>9786052652091</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Esnaf Lokantası</t>
+          <t>Sopalar ve Kemikler - Ters Çocuklar 2. Kitap</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052651674</t>
+          <t>9786052652077</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Haldun</t>
+          <t>Her Kalp Bir Eşik - Ters Çocuklar 1. Kitap</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052651698</t>
+          <t>9786052652046</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>Sokağın Sonundaki Ev</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052651643</t>
+          <t>9786052651919</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Müjdeci 1. Cilt: Teneke Yıldızlar</t>
+          <t>Toraman</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052651636</t>
+          <t>9786052651933</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Ultralar Arasında</t>
+          <t>Can Pazarı</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052651537</t>
+          <t>9786052651926</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Jamaika Hanı</t>
+          <t>Muhabbet Tılsımı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052651605</t>
+          <t>9786052651964</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Wendigo</t>
+          <t>Veraset Vergisi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052651582</t>
+          <t>9786052651940</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Yolcular</t>
+          <t>Bir Sağır Zangoç</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052651629</t>
+          <t>9786052651957</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Mümkünatı Yok</t>
+          <t>Kurtbağrı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052651612</t>
+          <t>9786052651544</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Dönüştüğümüz Şehir</t>
+          <t>Derin Merhamet</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052651599</t>
+          <t>9786052651988</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular</t>
+          <t>Hilal 2. Kitap - Okuldaki Zebani</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052651568</t>
+          <t>9786052651971</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Bizden Biri</t>
+          <t>Hilal 1. Kitap - İçimdeki Şeytan</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052651575</t>
+          <t>9786052652022</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Öteki Yüzü</t>
+          <t>Amerikalı Prometheus: J. Robert Oppenheimer'ın Başarı ve Acı Dolu Öyküsü</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>110</v>
+        <v>600</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052651469</t>
+          <t>9786052652015</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Hayatında Değil Yerin</t>
+          <t>Koş Melos!</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052651551</t>
+          <t>9786052652008</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Modern Soslu Postmodern Makarna</t>
+          <t>Batan Güneş</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052651483</t>
+          <t>9786052651995</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Güdü</t>
+          <t>Soytarı Çiçekleri</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052651513</t>
+          <t>9786052651797</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kumsalda: Korku Hikayeleri</t>
+          <t>Gök Mavisi Denizdeki Ev</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052651476</t>
+          <t>9786052651865</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Gece Kaplanı</t>
+          <t>Nankör</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052651452</t>
+          <t>9786052651872</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Prosper’in İblisi</t>
+          <t>Biz Burada İyiyiz</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052651506</t>
+          <t>9786052651858</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Rekabet: Bir Geyşanın Öyküsü</t>
+          <t>Uyuyan ve İğ</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052651490</t>
+          <t>9786052651889</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve Sihirde Yeni Bir Sayfa 2</t>
+          <t>Numenor'un Düşüşü</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052651520</t>
+          <t>9786052651896</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Kadınlar</t>
+          <t>Yazdönümü Gecesi Rüyası</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052651445</t>
+          <t>9786258327533</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Buzdan Top</t>
+          <t>Dağlar Kendini Seveni Sever</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052650981</t>
+          <t>9786258327564</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Swamp Thing Efsanesi: 4. Cilt</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052650974</t>
+          <t>9786258327571</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Swamp Thing Efsanesi: 3. Cilt</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052651421</t>
+          <t>9786052651827</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Defteri</t>
+          <t>Rüyalarının Kızı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052651438</t>
+          <t>9786052651834</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>13 Numaralı Oda</t>
+          <t>Eve Doğru Bir Bakış / Acı Harita Seçkisi 1</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052651407</t>
+          <t>9786052651766</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Manhattan Plajı</t>
+          <t>Siyah Tanrı'nın Davulları</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052651414</t>
+          <t>9786052651810</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Arıların Uğultusu</t>
+          <t>Nehre Doğru</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052651315</t>
+          <t>9786052651803</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kaos Sarayları - Amber Yıllıkları 5</t>
+          <t>İmparatorluk Denen Bir Anı</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052651308</t>
+          <t>9786052651841</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Oberon'un Eli - Amber Yıllıkları 4</t>
+          <t>Ulysses</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>220</v>
+        <v>720</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052651292</t>
+          <t>9786052651728</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Tekboynuz'un İşareti - Amber Yıllıkları 3</t>
+          <t>Marry Grave 3</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052651285</t>
+          <t>9786052651735</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Avalon'un Tüfekleri - Amber Yıllıkları 2</t>
+          <t>Dublinesk</t>
         </is>
       </c>
       <c r="C543" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052651278</t>
+          <t>9786052651759</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Amber'de Dokuz Prens - Amber Yıllıkları 1</t>
+          <t>Ve Sinem 3</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052651353</t>
+          <t>9786052651742</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Caravaggio Kırmızısı</t>
+          <t>Ve Sinem 2</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052651391</t>
+          <t>9786052651773</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Vicdan ve Güzellik</t>
+          <t>Çiçeğin Ruhu: Noh Tiyatrosunun Klasik Öğretileri</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052651377</t>
+          <t>9786052651780</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Pause Anıtı</t>
+          <t>İmparatora Veda</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052651322</t>
+          <t>9786052651711</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf, Çok Tuhaf</t>
+          <t>Yaz</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052651339</t>
+          <t>9786052651704</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Natürmort</t>
+          <t>Yararsız Bir Adam</t>
         </is>
       </c>
       <c r="C549" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052651384</t>
+          <t>9786052651681</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ev</t>
+          <t>Esnaf Lokantası</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052651360</t>
+          <t>9786052651674</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Japon Çocuk Öyküleri</t>
+          <t>Haldun</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052651247</t>
+          <t>9786052651698</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Ölü Dağcı Oteli</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052651346</t>
+          <t>9786052651643</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Tohumdan Hasada</t>
+          <t>Müjdeci 1. Cilt: Teneke Yıldızlar</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052651223</t>
+          <t>9786052651636</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Denize Söylediğim Şarkılar</t>
+          <t>Ultralar Arasında</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052651254</t>
+          <t>9786052651537</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Fil</t>
+          <t>Jamaika Hanı</t>
         </is>
       </c>
       <c r="C555" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052651230</t>
+          <t>9786052651605</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gözyaşları</t>
+          <t>Wendigo</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052651193</t>
+          <t>9786052651582</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Evcil İnsan Barınağı</t>
+          <t>Yolcular</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052651209</t>
+          <t>9786052651629</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Kamçatka’da Bir Kayıp Vakası</t>
+          <t>Mümkünatı Yok</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052651216</t>
+          <t>9786052651612</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Hollywood’da</t>
+          <t>Dönüştüğümüz Şehir</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052651100</t>
+          <t>9786052651599</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Beni Öldürme Mesafesi</t>
+          <t>Karmaşık Duygular</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052651162</t>
+          <t>9786052651568</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Ölü Şair</t>
+          <t>Bizden Biri</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052651179</t>
+          <t>9786052651575</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Dracula’nın Konuğu ve Diğer Tuhaf Öyküler</t>
+          <t>Dünyanın Öteki Yüzü</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052651186</t>
+          <t>9786052651469</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Gölgemiz Düşer</t>
+          <t>Hayatında Değil Yerin</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052651155</t>
+          <t>9786052651551</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Yakınlıklar</t>
+          <t>Modern Soslu Postmodern Makarna</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052651148</t>
+          <t>9786052651483</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Güvercinciler</t>
+          <t>Güdü</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052651117</t>
+          <t>9786052651513</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Çay Ustası ile Dedektif</t>
+          <t>Kumsalda: Korku Hikayeleri</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052651131</t>
+          <t>9786052651476</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Garp'a Göre Dünya</t>
+          <t>Gece Kaplanı</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>540</v>
+        <v>300</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052650707</t>
+          <t>9786052651452</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Adam</t>
+          <t>Prosper’in İblisi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052651124</t>
+          <t>9786052651506</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Trenyolu'nda Gece Vakti</t>
+          <t>Rekabet: Bir Geyşanın Öyküsü</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052651094</t>
+          <t>9786052651490</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Bizi Tüketen Ateş</t>
+          <t>Kiki ve Sihirde Yeni Bir Sayfa 2</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052651087</t>
+          <t>9786052651520</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Vahşi Kadınlar</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052650561</t>
+          <t>9786052651445</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Sahaf Mendel</t>
+          <t>Buzdan Top</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052651018</t>
+          <t>9786052650981</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>New York Köleleri</t>
+          <t>Swamp Thing Efsanesi: 4. Cilt</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052651070</t>
+          <t>9786052650974</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Biçimin ve Boşluğun Kitabı</t>
+          <t>Swamp Thing Efsanesi: 3. Cilt</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>520</v>
+        <v>480</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052651063</t>
+          <t>9786052651421</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Neuromancer</t>
+          <t>Cinayet Defteri</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052650998</t>
+          <t>9786052651438</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Güzel Seferlerin Süvarisi</t>
+          <t>13 Numaralı Oda</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052650967</t>
+          <t>9786052651407</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Kuru Dallar Yangını</t>
+          <t>Manhattan Plajı</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052651056</t>
+          <t>9786052651414</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Düello</t>
+          <t>Arıların Uğultusu</t>
         </is>
       </c>
       <c r="C578" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052651049</t>
+          <t>9786052651315</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame'ın Kamburu</t>
+          <t>Kaos Sarayları - Amber Yıllıkları 5</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052651025</t>
+          <t>9786052651308</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler</t>
+          <t>Oberon'un Eli - Amber Yıllıkları 4</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052651032</t>
+          <t>9786052651292</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Oda Müziği: Toplu Şiirler</t>
+          <t>Tekboynuz'un İşareti - Amber Yıllıkları 3</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052650905</t>
+          <t>9786052651285</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Derinliklerinde</t>
+          <t>Avalon'un Tüfekleri - Amber Yıllıkları 2</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052650943</t>
+          <t>9786052651278</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Marry Grave 2</t>
+          <t>Amber'de Dokuz Prens - Amber Yıllıkları 1</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052650882</t>
+          <t>9786052651353</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Bundan Bahsettiği Yok</t>
+          <t>Caravaggio Kırmızısı</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052650929</t>
+          <t>9786052651391</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Vicdan ve Güzellik</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052651001</t>
+          <t>9786052651377</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Yedi Deliler</t>
+          <t>Pause Anıtı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052650950</t>
+          <t>9786052651322</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Altın Elmaları</t>
+          <t>Tuhaf, Çok Tuhaf</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052650912</t>
+          <t>9786052651339</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Naomi: Bir Aptalın Aşkı</t>
+          <t>Natürmort</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052650899</t>
+          <t>9786052651384</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Musaşi Lordu’nun Gizli Yaşamı</t>
+          <t>Büyük Ev</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052650868</t>
+          <t>9786052651360</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Dünlükler</t>
+          <t>Japon Çocuk Öyküleri</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052650837</t>
+          <t>9786052651247</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Fevkalbeşer Sair Bey ve Suskunluğu</t>
+          <t>Ölü Dağcı Oteli</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052650851</t>
+          <t>9786052651346</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Pas</t>
+          <t>Tohumdan Hasada</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052650875</t>
+          <t>9786052651223</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Dünyalılar</t>
+          <t>Denize Söylediğim Şarkılar</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052650844</t>
+          <t>9786052651254</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Çıkaran</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C594" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052650813</t>
+          <t>9786052651230</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Beyaz Gözyaşları</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052650585</t>
+          <t>9786052651193</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Shuri: Bir Black Panther Romanı</t>
+          <t>Evcil İnsan Barınağı</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052650806</t>
+          <t>9786052651209</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kara El: Dahi Bir Dedektif ile Amerikan Tarihinin En Tehlikeli Gizli Çetesinin Destansı Savaşı</t>
+          <t>Kamçatka’da Bir Kayıp Vakası</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052650479</t>
+          <t>9786052651216</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlarla Karıncaların Öyküsü</t>
+          <t>Bir Zamanlar Hollywood’da</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052650783</t>
+          <t>9786052651100</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Louvre’un Koruyucuları</t>
+          <t>Beni Öldürme Mesafesi</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052650677</t>
+          <t>9786052651162</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gözlü Kız</t>
+          <t>Ölü Şair</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052650820</t>
+          <t>9786052651179</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Alo, Harika Hanım, Nasılsınız?</t>
+          <t>Dracula’nın Konuğu ve Diğer Tuhaf Öyküler</t>
         </is>
       </c>
       <c r="C601" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052650752</t>
+          <t>9786052651186</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Onuncu Ay</t>
+          <t>Gölgemiz Düşer</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052650660</t>
+          <t>9786052651155</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Köpük</t>
+          <t>Yakınlıklar</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052650776</t>
+          <t>9786052651148</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Ardında Bırak</t>
+          <t>Güvercinciler</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052650691</t>
+          <t>9786052651117</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yapayalnız Bir İştir</t>
+          <t>Çay Ustası ile Dedektif</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052650684</t>
+          <t>9786052651131</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Callahan Günlükleri</t>
+          <t>Garp'a Göre Dünya</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>500</v>
+        <v>540</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052650615</t>
+          <t>9786052650707</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>II. Kambises Taktiği</t>
+          <t>Yürüyen Adam</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052650653</t>
+          <t>9786052651124</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Teorisi - Natüralist 3</t>
+          <t>Galaktik Trenyolu'nda Gece Vakti</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052650646</t>
+          <t>9786052651094</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Aynadan İçeri - Natüralist 2</t>
+          <t>Bizi Tüketen Ateş</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052650622</t>
+          <t>9786052651087</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Olive, Yeniden</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052650608</t>
+          <t>9786052650561</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Olive Kitteridge</t>
+          <t>Sahaf Mendel</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052650639</t>
+          <t>9786052651018</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Vineland</t>
+          <t>New York Köleleri</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052650592</t>
+          <t>9786052651070</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Kızım Hakkında Her Şey</t>
+          <t>Biçimin ve Boşluğun Kitabı</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052650547</t>
+          <t>9786052651063</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Güneş Olan Kız</t>
+          <t>Neuromancer</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052650493</t>
+          <t>9786052650998</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu</t>
+          <t>Güzel Seferlerin Süvarisi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052650578</t>
+          <t>9786052650967</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Kuru Dallar Yangını</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052650509</t>
+          <t>9786052651056</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Bey</t>
+          <t>Düello</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052650516</t>
+          <t>9786052651049</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ve Kiracıları</t>
+          <t>Notre Dame'ın Kamburu</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052650554</t>
+          <t>9786052651025</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Muhafız</t>
+          <t>Sürgünler</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786258327588</t>
+          <t>9786052651032</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Telemetri</t>
+          <t>Oda Müziği: Toplu Şiirler</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052650363</t>
+          <t>9786052650905</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çekirdeği</t>
+          <t>Ormanın Derinliklerinde</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052650523</t>
+          <t>9786052650943</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Dağdan İnince</t>
+          <t>Marry Grave 2</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052650530</t>
+          <t>9786052650882</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Fal İmparatoriçesi</t>
+          <t>Kimsenin Bundan Bahsettiği Yok</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052650486</t>
+          <t>9786052650929</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Turnanın Soyu</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786258327557</t>
+          <t>9786052651001</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Hamlet</t>
+          <t>Yedi Deliler</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052650448</t>
+          <t>9786052650950</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Kopukluklar</t>
+          <t>Güneşin Altın Elmaları</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052650356</t>
+          <t>9786052650912</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Deve Cüce</t>
+          <t>Naomi: Bir Aptalın Aşkı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052650424</t>
+          <t>9786052650899</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Kristal: Lanetli Kan</t>
+          <t>Musaşi Lordu’nun Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052650394</t>
+          <t>9786052650868</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinem 1. Cilt</t>
+          <t>Dünlükler</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052650431</t>
+          <t>9786052650837</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Nardugan: Kayıp Şehrin Masalı</t>
+          <t>Fevkalbeşer Sair Bey ve Suskunluğu</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052650387</t>
+          <t>9786052650851</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kusura Ayna</t>
+          <t>Pas</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052650400</t>
+          <t>9786052650875</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Psikoz Hikayeleri</t>
+          <t>Dünyalılar</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052650417</t>
+          <t>9786052650844</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktır</t>
+          <t>Şeytan Çıkaran</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052650370</t>
+          <t>9786052650813</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Galateia: Bir Öykü</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052650349</t>
+          <t>9786052650585</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>İthaki X 2022 Vampir Kitaplığı Seti</t>
+          <t>Shuri: Bir Black Panther Romanı</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>880</v>
+        <v>250</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052650325</t>
+          <t>9786052650806</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Bir Vampirin Gerçek Öyküsü &amp; Öteki Taraf</t>
+          <t>Kara El: Dahi Bir Dedektif ile Amerikan Tarihinin En Tehlikeli Gizli Çetesinin Destansı Savaşı</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052650264</t>
+          <t>9786052650479</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Ölü Sevgili</t>
+          <t>Dinozorlarla Karıncaların Öyküsü</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052650318</t>
+          <t>9786052650783</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Muhterem Leydi Ducayne</t>
+          <t>Louvre’un Koruyucuları</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052650271</t>
+          <t>9786052650677</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Vampirin İtirafı</t>
+          <t>Yeşil Gözlü Kız</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052650288</t>
+          <t>9786052650820</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Vourdalak Ailesi</t>
+          <t>Alo, Harika Hanım, Nasılsınız?</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052650257</t>
+          <t>9786052650752</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Kan Sahibi</t>
+          <t>Onuncu Ay</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052650233</t>
+          <t>9786052650660</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Vampir &amp; Ölümcül Tesir</t>
+          <t>Köpük</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052650332</t>
+          <t>9786052650776</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Gerisi Hikaye’den Vampir Öyküleri</t>
+          <t>Dünyayı Ardında Bırak</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052650226</t>
+          <t>9786052650691</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Ölüleri Uyandırmayın</t>
+          <t>Ölüm Yapayalnız Bir İştir</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052650240</t>
+          <t>9786052650684</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuşu &amp; Bir Yarasa Bir Kıza Aşık Oldu</t>
+          <t>Callahan Günlükleri</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052650295</t>
+          <t>9786052650615</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Raşomon</t>
+          <t>II. Kambises Taktiği</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052650202</t>
+          <t>9786052650653</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Afet: Bir League of Legends Romanı</t>
+          <t>Cinayet Teorisi - Natüralist 3</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052650189</t>
+          <t>9786052650646</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Öteki Denizin Haritası</t>
+          <t>Aynadan İçeri - Natüralist 2</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052650165</t>
+          <t>9786052650622</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Keraban</t>
+          <t>Olive, Yeniden</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052650172</t>
+          <t>9786052650608</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Doktor Ox'un Deneyi</t>
+          <t>Olive Kitteridge</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052650196</t>
+          <t>9786052650639</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kumarhane</t>
+          <t>Vineland</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052650158</t>
+          <t>9786052650592</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar</t>
+          <t>Kızım Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052650080</t>
+          <t>9786052650547</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Buzun ve Tuzun Rotası</t>
+          <t>Güneş Olan Kız</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052650011</t>
+          <t>9786052650493</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Marry Grave 1. Cilt</t>
+          <t>Pandora'nın Kutusu</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052650028</t>
+          <t>9786052650578</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Tavşan</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052650110</t>
+          <t>9786052650509</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve İnsan Ruhu</t>
+          <t>Vassaf Bey</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052650141</t>
+          <t>9786052650516</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar Cemi</t>
+          <t>Ayaşlı ve Kiracıları</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052650127</t>
+          <t>9786052650554</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Servi Nine ve Üç Güzeller</t>
+          <t>Beyaz Muhafız</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052650103</t>
+          <t>9786258327588</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Buzun Anıları / Malazan Yitikler Kitabı 3 (Ciltli)</t>
+          <t>Kaçak Telemetri</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>925</v>
+        <v>180</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052650097</t>
+          <t>9786052650363</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Buzun Anıları / Malazan Yitikler Kitabı 3</t>
+          <t>Güneşin Çekirdeği</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>850</v>
+        <v>250</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052650134</t>
+          <t>9786052650523</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Bu Düğme Ne İşe Yarıyor?</t>
+          <t>Kaplan Dağdan İnince</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786258327984</t>
+          <t>9786052650530</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Sapığı</t>
+          <t>Tuz ve Fal İmparatoriçesi</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052650042</t>
+          <t>9786052650486</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Abrakadabra</t>
+          <t>Turnanın Soyu</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052650073</t>
+          <t>9786258327557</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Denizin Kanı</t>
+          <t>Yeni Bir Hamlet</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052650035</t>
+          <t>9786052650448</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Üç Köşeli Dünya</t>
+          <t>Kopukluklar</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052650059</t>
+          <t>9786052650356</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Gönül</t>
+          <t>Deve Cüce</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>220</v>
+        <v>425</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052650066</t>
+          <t>9786052650424</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Ellerinde Tutarken</t>
+          <t>Kristal: Lanetli Kan</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786258327960</t>
+          <t>9786052650394</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Saraylarda Mecnunlar</t>
+          <t>Ve Sinem 1. Cilt</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786258327991</t>
+          <t>9786052650431</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Nardugan: Kayıp Şehrin Masalı</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052650004</t>
+          <t>9786052650387</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Karamazov Kardeşler (2 Cilt Takım)</t>
+          <t>Kusura Ayna</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>850</v>
+        <v>130</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786258327977</t>
+          <t>9786052650400</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Surat</t>
+          <t>Psikoz Hikayeleri</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786258327915</t>
+          <t>9786052650417</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Stepford Kadınları</t>
+          <t>Karanlıktır</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786258327823</t>
+          <t>9786052650370</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Walpurgis Gecesi</t>
+          <t>Galateia: Bir Öykü</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786258327861</t>
+          <t>9786052650349</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kara Hasat</t>
+          <t>İthaki X 2022 Vampir Kitaplığı Seti</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>120</v>
+        <v>880</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786258327939</t>
+          <t>9786052650325</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Düşyılanı</t>
+          <t>Bir Vampirin Gerçek Öyküsü &amp; Öteki Taraf</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786258327953</t>
+          <t>9786052650264</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>İmbatla Dol, Kalbim</t>
+          <t>Ölü Sevgili</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786258327946</t>
+          <t>9786052650318</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Goblin</t>
+          <t>Muhterem Leydi Ducayne</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786258327922</t>
+          <t>9786052650271</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Troyalı Kadınlar</t>
+          <t>Vampirin İtirafı</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786258327540</t>
+          <t>9786052650288</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kuzeye Giden İnce Yol</t>
+          <t>Vourdalak Ailesi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786258327793</t>
+          <t>9786052650257</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Screwjack</t>
+          <t>Kan Sahibi</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786258327854</t>
+          <t>9786052650233</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Futbol Asla Sadece Futbol Değildir</t>
+          <t>Vampir &amp; Ölümcül Tesir</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786258327816</t>
+          <t>9786052650332</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Gönül Tufan</t>
+          <t>Gerisi Hikaye’den Vampir Öyküleri</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786258327809</t>
+          <t>9786052650226</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Yeditepe İnsanları</t>
+          <t>Ölüleri Uyandırmayın</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786258327830</t>
+          <t>9786052650240</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Büyücü ve Diğer Gotik Öyküler</t>
+          <t>Gece Kuşu &amp; Bir Yarasa Bir Kıza Aşık Oldu</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786258327847</t>
+          <t>9786052650295</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Yağmur ve Ay Öyküleri</t>
+          <t>Raşomon</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786258327755</t>
+          <t>9786052650202</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Karşıtı</t>
+          <t>Afet: Bir League of Legends Romanı</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786258327786</t>
+          <t>9786052650189</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>On İki Sandalye</t>
+          <t>Öteki Denizin Haritası</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786258327779</t>
+          <t>9786052650165</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Nota</t>
+          <t>İnatçı Keraban</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786258327762</t>
+          <t>9786052650172</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Onları Ben Öldürdüm</t>
+          <t>Doktor Ox'un Deneyi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786258327601</t>
+          <t>9786052650196</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Rızabey Aile Evi</t>
+          <t>Kumarhane</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786258327724</t>
+          <t>9786052650158</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Meyhanede Hanımlar</t>
+          <t>Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786258327731</t>
+          <t>9786052650080</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Define</t>
+          <t>Buzun ve Tuzun Rotası</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786258327700</t>
+          <t>9786052650011</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Alabele</t>
+          <t>Marry Grave 1. Cilt</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786258327748</t>
+          <t>9786052650028</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Şeyler Oluyor</t>
+          <t>Lanetli Tavşan</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786258327717</t>
+          <t>9786052650110</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Umacı'nın Peşinde</t>
+          <t>Sosyalizm ve İnsan Ruhu</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786258327663</t>
+          <t>9786052650141</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Katilleri: Osage Cinayetleri ve FBI’ın Doğuşu</t>
+          <t>Aşıklar Cemi</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786258327595</t>
+          <t>9786052650127</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 7. Cilt</t>
+          <t>Servi Nine ve Üç Güzeller</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786258327526</t>
+          <t>9786052650103</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Buzun Anıları / Malazan Yitikler Kitabı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>175</v>
+        <v>925</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786258327694</t>
+          <t>9786052650097</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar ve İnsanlar</t>
+          <t>Buzun Anıları / Malazan Yitikler Kitabı 3</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786258327670</t>
+          <t>9786052650134</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>İçin İçin Yanan Ateş</t>
+          <t>Bu Düğme Ne İşe Yarıyor?</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786258327649</t>
+          <t>9786258327984</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Alem</t>
+          <t>Amerikan Sapığı</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786258327618</t>
+          <t>9786052650042</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Hasangiller</t>
+          <t>Abrakadabra</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786258327632</t>
+          <t>9786052650073</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Ata Ata Biter</t>
+          <t>Denizin Kanı</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786258327496</t>
+          <t>9786052650035</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Fırın</t>
+          <t>Üç Köşeli Dünya</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786258327458</t>
+          <t>9786052650059</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizde Garip Olaylar</t>
+          <t>Gönül</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786258327465</t>
+          <t>9786052650066</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Yanan Tanrı - Haşhaş Savaşı 3 (Ciltli)</t>
+          <t>Ölümü Ellerinde Tutarken</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>825</v>
+        <v>180</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786258327441</t>
+          <t>9786258327960</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Yanan Tanrı - Haşhaş Savaşı 3</t>
+          <t>Saraylarda Mecnunlar</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786258327434</t>
+          <t>9786258327991</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Kara Vanessa'm</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786258327472</t>
+          <t>9786052650004</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şahidesi</t>
+          <t>Karamazov Kardeşler (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786258327274</t>
+          <t>9786258327977</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Osmanoflar</t>
+          <t>Yeşil Surat</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786258327298</t>
+          <t>9786258327915</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Stepford Kadınları</t>
         </is>
       </c>
       <c r="C711" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786258327267</t>
+          <t>9786258327823</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Walpurgis Gecesi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786258327304</t>
+          <t>9786258327861</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Monte Cristo Kontu (2 Cilt)</t>
+          <t>Kara Hasat</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>940</v>
+        <v>120</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786258327212</t>
+          <t>9786258327939</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Hap</t>
+          <t>Düşyılanı</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786258327281</t>
+          <t>9786258327953</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Makine Öğrenmesi</t>
+          <t>İmbatla Dol, Kalbim</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786258327250</t>
+          <t>9786258327946</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Vathek</t>
+          <t>Goblin</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786258327243</t>
+          <t>9786258327922</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Nagasaki'nin Çanları</t>
+          <t>Troyalı Kadınlar</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786258327182</t>
+          <t>9786258327540</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Adı Olmayan İkinci Öykü</t>
+          <t>Kuzeye Giden İnce Yol</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786258327168</t>
+          <t>9786258327793</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz Kadınlar</t>
+          <t>Screwjack</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786258327175</t>
+          <t>9786258327854</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Annem, Kovboylar ve Sarhoş Atlar</t>
+          <t>Futbol Asla Sadece Futbol Değildir</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786258327199</t>
+          <t>9786258327816</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Koyunlar Yukarı Bakar</t>
+          <t>Gönül Tufan</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786258327090</t>
+          <t>9786258327809</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Küpeli</t>
+          <t>Yeditepe İnsanları</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786258327106</t>
+          <t>9786258327830</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Seneca'nın Doğa Felsefesi: Stoacı Doğa Araştırmaları Üzerine Bir İnceleme</t>
+          <t>Büyücü ve Diğer Gotik Öyküler</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786258327113</t>
+          <t>9786258327847</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Otranto Şatosu</t>
+          <t>Yağmur ve Ay Öyküleri</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786258327076</t>
+          <t>9786258327755</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Baraka: Son “Köle Kargosunun” Gerçek Hikayesi</t>
+          <t>Ahlak Karşıtı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786258327083</t>
+          <t>9786258327786</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Iron Karı'nın Maceraları</t>
+          <t>On İki Sandalye</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786258327007</t>
+          <t>9786258327779</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Geçici</t>
+          <t>Hayalet Nota</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786258327052</t>
+          <t>9786258327762</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Masa, Bayrak, Sandalye</t>
+          <t>Onları Ben Öldürdüm</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786258327045</t>
+          <t>9786258327601</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Ölühane Kapıları - Malazan Yitikler Kitabı 2</t>
+          <t>Rızabey Aile Evi</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>800</v>
+        <v>125</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786258401998</t>
+          <t>9786258327724</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Yoko</t>
+          <t>Meyhanede Hanımlar</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786258327038</t>
+          <t>9786258327731</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Avucumda Soğuk Elin</t>
+          <t>Define</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786258327021</t>
+          <t>9786258327700</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kvaidan - Tuhaf Şeylere Dair Öyküler ve İncelemeler</t>
+          <t>Alabele</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786258401943</t>
+          <t>9786258327748</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Zellenbur’un Sıradan Bir Günü</t>
+          <t>Tuhaf Şeyler Oluyor</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786258401967</t>
+          <t>9786258327717</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 5. Cilt</t>
+          <t>Umacı'nın Peşinde</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786258401882</t>
+          <t>9786258327663</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Dolunay Katilleri: Osage Cinayetleri ve FBI’ın Doğuşu</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786258401868</t>
+          <t>9786258327595</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Satürn Evleri 7. Cilt</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786258401899</t>
+          <t>9786258327526</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Kötü Tohumlar</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786258401875</t>
+          <t>9786258327694</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Pandora Odası</t>
+          <t>İnsanlar ve İnsanlar</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786258401851</t>
+          <t>9786258327670</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Haz</t>
+          <t>İçin İçin Yanan Ateş</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786258401752</t>
+          <t>9786258327649</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Plüton'un Düş'üşü</t>
+          <t>Şehr-i Alem</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786258401790</t>
+          <t>9786258327618</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Suat Derviş: Efsane Bir Kadın ve Dönemi</t>
+          <t>Hasangiller</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786258401776</t>
+          <t>9786258327632</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Nüfus: 1280</t>
+          <t>Kurşun Ata Ata Biter</t>
         </is>
       </c>
       <c r="C742" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786258401769</t>
+          <t>9786258327496</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Geçmiş</t>
+          <t>Öksüz Fırın</t>
         </is>
       </c>
       <c r="C743" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786258401738</t>
+          <t>9786258327458</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Reset At: Video Oyun Sektöründeki Çöküş ve Toparlanmalar</t>
+          <t>Yakın Tarihimizde Garip Olaylar</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786258401677</t>
+          <t>9786258327465</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Gez Gör Menekşe</t>
+          <t>Yanan Tanrı - Haşhaş Savaşı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>90</v>
+        <v>825</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786258401660</t>
+          <t>9786258327441</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Kara</t>
+          <t>Yanan Tanrı - Haşhaş Savaşı 3</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786258401691</t>
+          <t>9786258327434</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Gel Eve Dönelim</t>
+          <t>Kara Vanessa'm</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786258401653</t>
+          <t>9786258327472</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 4. Cilt</t>
+          <t>Karanlığın Şahidesi</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786258401721</t>
+          <t>9786258327274</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi, Bir Adam, İki Kadın</t>
+          <t>Osmanoflar</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786258401714</t>
+          <t>9786258327298</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Gölgeye Övgü</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786258401707</t>
+          <t>9786258327267</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Özerkin Hisarı</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786258401585</t>
+          <t>9786258327304</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Monte Cristo Kontu (2 Cilt)</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>120</v>
+        <v>940</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786258401578</t>
+          <t>9786258327212</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>Kırmızı Hap</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786258401561</t>
+          <t>9786258327281</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Sen Ben Lenin - Bir Hikaye İki Senaryo Bir Film</t>
+          <t>Makine Öğrenmesi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786258401646</t>
+          <t>9786258327250</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Altı Üstü İstanbul</t>
+          <t>Vathek</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786258401639</t>
+          <t>9786258327243</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Cumhuriyeti (Ciltli)</t>
+          <t>Nagasaki'nin Çanları</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>850</v>
+        <v>120</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786258401615</t>
+          <t>9786258327182</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Essex Yılanı</t>
+          <t>Adı Olmayan İkinci Öykü</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786258401608</t>
+          <t>9786258327168</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Diğer Taraf</t>
+          <t>Gölgesiz Kadınlar</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>240</v>
+        <v>116</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786258401592</t>
+          <t>9786258327175</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Yabancılarla Bir Yaz</t>
+          <t>Annem, Kovboylar ve Sarhoş Atlar</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786258401516</t>
+          <t>9786258327199</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Etnomüzikoloji - Kültürler ve Müzikler</t>
+          <t>Koyunlar Yukarı Bakar</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786258401493</t>
+          <t>9786258327090</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Metropol Ninnisi</t>
+          <t>Küpeli</t>
         </is>
       </c>
       <c r="C761" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786258401486</t>
+          <t>9786258327106</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Zift</t>
+          <t>Seneca'nın Doğa Felsefesi: Stoacı Doğa Araştırmaları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786258401523</t>
+          <t>9786258327113</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Bütün İyiler Öldü</t>
+          <t>Otranto Şatosu</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786258401554</t>
+          <t>9786258327076</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Uncharted - Resmi Roman Uyarlaması</t>
+          <t>Baraka: Son “Köle Kargosunun” Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786258401509</t>
+          <t>9786258327083</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Kudreti</t>
+          <t>Iron Karı'nın Maceraları</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786258401547</t>
+          <t>9786258327007</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Otuz Dokuz Basamak</t>
+          <t>Geçici</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786258401530</t>
+          <t>9786258327052</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Kara Bulut</t>
+          <t>Masa, Bayrak, Sandalye</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786257442565</t>
+          <t>9786258327045</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Son Saatler</t>
+          <t>Ölühane Kapıları - Malazan Yitikler Kitabı 2</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786258401455</t>
+          <t>9786258401998</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Otlar Çağırıyor</t>
+          <t>Yoko</t>
         </is>
       </c>
       <c r="C769" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786258401462</t>
+          <t>9786258327038</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Kız</t>
+          <t>Avucumda Soğuk Elin</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786258401363</t>
+          <t>9786258327021</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Misk-i Amber</t>
+          <t>Kvaidan - Tuhaf Şeylere Dair Öyküler ve İncelemeler</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786258401387</t>
+          <t>9786258401943</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Zellenbur’un Sıradan Bir Günü</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786258401356</t>
+          <t>9786258401967</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Satürn Evleri 5. Cilt</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786258401349</t>
+          <t>9786258401882</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Gördüm Çiçeği</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786258401301</t>
+          <t>9786258401868</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Çukur</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C775" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786258401370</t>
+          <t>9786258401899</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Tokyo Ueno İstasyonu</t>
+          <t>Kötü Tohumlar</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786257913584</t>
+          <t>9786258401875</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Kışın Yüreği - Zaman Çarkı 9 (Ciltli)</t>
+          <t>Pandora Odası</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>1140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786053752677</t>
+          <t>9786258401851</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Oku</t>
+          <t>Haz</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786258327489</t>
+          <t>9786258401752</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Ve Bütün Çirkinler Öldürülecek</t>
+          <t>Plüton'un Düş'üşü</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786053754015</t>
+          <t>9786258401790</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Uçurum İncisiyim</t>
+          <t>Suat Derviş: Efsane Bir Kadın ve Dönemi</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786258327410</t>
+          <t>9786258401776</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Astronotun Anıları</t>
+          <t>Nüfus: 1280</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786258327519</t>
+          <t>9786258401769</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Tuvofi</t>
+          <t>Bitmeyen Geçmiş</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786258327502</t>
+          <t>9786258401738</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Bağdat'ın Aslanları</t>
+          <t>Reset At: Video Oyun Sektöründeki Çöküş ve Toparlanmalar</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786258327397</t>
+          <t>9786258401677</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Ev</t>
+          <t>Gez Gör Menekşe</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786258327427</t>
+          <t>9786258401660</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kapalıçarşı</t>
+          <t>Kara</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786258327403</t>
+          <t>9786258401691</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>AnarŞık</t>
+          <t>Gel Eve Dönelim</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786258327328</t>
+          <t>9786258401653</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ev - Yürüyen Şato Serisi 3 (Ciltli)</t>
+          <t>Satürn Evleri 4. Cilt</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>470</v>
+        <v>170</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786258327380</t>
+          <t>9786258401721</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 6</t>
+          <t>Bir Kedi, Bir Adam, İki Kadın</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786258327335</t>
+          <t>9786258401714</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Uçan Şato - Yürüyen Şato Serisi 2 (Ciltli)</t>
+          <t>Gölgeye Övgü</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>470</v>
+        <v>100</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786258327342</t>
+          <t>9786258401707</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Rom Günlükleri</t>
+          <t>Özerkin Hisarı</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786258327366</t>
+          <t>9786258401585</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>O Öyle Olmadı</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786258327373</t>
+          <t>9786258401578</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Neptün Müzakereleri</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786258327359</t>
+          <t>9786258401561</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Olesya</t>
+          <t>Sen Ben Lenin - Bir Hikaye İki Senaryo Bir Film</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786258327151</t>
+          <t>9786258401646</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Japon Balığı Kargaşası</t>
+          <t>Altı Üstü İstanbul</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786258327229</t>
+          <t>9786258401639</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Saltanattan Demokratik Türkiye'ye: Kemalizm Tarihinin Ana Hatları</t>
+          <t>Ejderha Cumhuriyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786258327205</t>
+          <t>9786258401615</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Küp: Bulmacalarla Dolu Bir Hayat</t>
+          <t>Essex Yılanı</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786258327236</t>
+          <t>9786258401608</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Faş</t>
+          <t>Diğer Taraf</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786258327144</t>
+          <t>9786258401592</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Sandman: Uvertür</t>
+          <t>Yabancılarla Bir Yaz</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786258401981</t>
+          <t>9786258401516</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Ginza Hayaleti ve Diğer Gizem Öyküleri</t>
+          <t>Etnomüzikoloji - Kültürler ve Müzikler</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786258401950</t>
+          <t>9786258401493</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Dostlarımıza</t>
+          <t>Metropol Ninnisi</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786258401820</t>
+          <t>9786258401486</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Darbuka Solos</t>
+          <t>Zift</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786258401806</t>
+          <t>9786258401523</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Gayya Kuyusu</t>
+          <t>Bütün İyiler Öldü</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786258401844</t>
+          <t>9786258401554</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ölülerin Derileri Aynıdır</t>
+          <t>Uncharted - Resmi Roman Uyarlaması</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786258401837</t>
+          <t>9786258401509</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Çıtırlar Farkında Değil</t>
+          <t>Doğanın Kudreti</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786258401813</t>
+          <t>9786258401547</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ot</t>
+          <t>Otuz Dokuz Basamak</t>
         </is>
       </c>
       <c r="C805" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786258401684</t>
+          <t>9786258401530</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>İokaste'nin Çocukları</t>
+          <t>Kara Bulut</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786258401479</t>
+          <t>9786257442565</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>Son Saatler</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786258401394</t>
+          <t>9786258401455</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Öldüğü Gün</t>
+          <t>Otlar Çağırıyor</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786258401431</t>
+          <t>9786258401462</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah</t>
+          <t>Öğrenci Kız</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786258401448</t>
+          <t>9786258401363</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar, Erkekler ve Tuhaf Öyküler</t>
+          <t>Misk-i Amber</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786258401424</t>
+          <t>9786258401387</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Temel Parçacıklar</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786258401417</t>
+          <t>9786258401356</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Harita ve Topraklar</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786258401318</t>
+          <t>9786258401349</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Kışlalar Doldu Bugün</t>
+          <t>Gördüm Çiçeği</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786258401325</t>
+          <t>9786258401301</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Dinlenme ve Rahatlama Yılım</t>
+          <t>Çukur</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786258401295</t>
+          <t>9786258401370</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Can</t>
+          <t>Tokyo Ueno İstasyonu</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786258401332</t>
+          <t>9786257913584</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Çevengur</t>
+          <t>Kışın Yüreği - Zaman Çarkı 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>340</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786258401288</t>
+          <t>9786053752677</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Düşüşü</t>
+          <t>Tanrının Oku</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786258401127</t>
+          <t>9786258327489</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Lilith’in Dölü</t>
+          <t>Ve Bütün Çirkinler Öldürülecek</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>740</v>
+        <v>180</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786258401264</t>
+          <t>9786053754015</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Cehennemden Öte: Türkiye Futbolunun Ruhunu Arayış</t>
+          <t>Ben Bir Uçurum İncisiyim</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786258401257</t>
+          <t>9786258327410</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Güney Kitap Kulübü’nün Vampir Avlama Rehberi</t>
+          <t>Bir Kadın Astronotun Anıları</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786258401233</t>
+          <t>9786258327519</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Alfabesi</t>
+          <t>Tuvofi</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786258401240</t>
+          <t>9786258327502</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Bağdat'ın Aslanları</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786258401271</t>
+          <t>9786258327397</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalan</t>
+          <t>Sınırdaki Ev</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786258401004</t>
+          <t>9786258327427</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Vatansız</t>
+          <t>Kapalıçarşı</t>
         </is>
       </c>
       <c r="C824" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786258475968</t>
+          <t>9786258327403</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Fikret</t>
+          <t>AnarŞık</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786258475951</t>
+          <t>9786258327328</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Scott Pilgrim 1: Scott Pilgrim’in Değerli ve Basit Hayatı</t>
+          <t>Sihirli Ev - Yürüyen Şato Serisi 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>450</v>
+        <v>470</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786258475975</t>
+          <t>9786258327380</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Dokuzuncu Gideon / Kilitli Kabir 1</t>
+          <t>Satürn Evleri 6</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786258475890</t>
+          <t>9786258327335</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Leyla, Mektubum Eline Ulaştı mı?</t>
+          <t>Uçan Şato - Yürüyen Şato Serisi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786258475715</t>
+          <t>9786258327342</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>İz Sürücü</t>
+          <t>Rom Günlükleri</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786258475937</t>
+          <t>9786258327366</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Hagakure: Saklı Yapraklar</t>
+          <t>O Öyle Olmadı</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786258475906</t>
+          <t>9786258327373</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Dert</t>
+          <t>Neptün Müzakereleri</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786258401219</t>
+          <t>9786258327359</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Nötralizör</t>
+          <t>Olesya</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786258401189</t>
+          <t>9786258327151</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Söğütler</t>
+          <t>Japon Balığı Kargaşası</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786258401172</t>
+          <t>9786258327229</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Deli ve Dahi</t>
+          <t>Saltanattan Demokratik Türkiye'ye: Kemalizm Tarihinin Ana Hatları</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786258401196</t>
+          <t>9786258327205</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Zeno'nun Bilinci</t>
+          <t>Küp: Bulmacalarla Dolu Bir Hayat</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786258401226</t>
+          <t>9786258327236</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Dedektif</t>
+          <t>Faş</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786258401158</t>
+          <t>9786258327144</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik</t>
+          <t>Sandman: Uvertür</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>300</v>
+        <v>540</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786258401202</t>
+          <t>9786258401981</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Cehennemi ve Diğer Öyküler</t>
+          <t>Ginza Hayaleti ve Diğer Gizem Öyküleri</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786258401134</t>
+          <t>9786258401950</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Sakat Göz</t>
+          <t>Yaralı Dostlarımıza</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>555</v>
+        <v>180</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786258401141</t>
+          <t>9786258401820</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Orta Yeri</t>
+          <t>Darbuka Solos</t>
         </is>
       </c>
       <c r="C840" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786258401165</t>
+          <t>9786258401806</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Anlaşılır Tuhaflık</t>
+          <t>Gayya Kuyusu</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786258401059</t>
+          <t>9786258401844</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Sessiz Ruhu</t>
+          <t>Bütün Ölülerin Derileri Aynıdır</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786258401110</t>
+          <t>9786258401837</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 3. Cilt</t>
+          <t>Çıtırlar Farkında Değil</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786258475982</t>
+          <t>9786258401813</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Bir Oğlanın Yaşamı</t>
+          <t>Kızıl Ot</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786258401080</t>
+          <t>9786258401684</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Okuma Odası</t>
+          <t>İokaste'nin Çocukları</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786258401073</t>
+          <t>9786258401479</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Daktilo Nebahat</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786258401066</t>
+          <t>9786258401394</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Kadının Sesi Yok</t>
+          <t>Güneşin Öldüğü Gün</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786258401097</t>
+          <t>9786258401431</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Köpüğü (Resimli)</t>
+          <t>Kırmızı ve Siyah</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>470</v>
+        <v>420</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786258401103</t>
+          <t>9786258401448</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Loudun Şeytanları</t>
+          <t>Kadınlar, Erkekler ve Tuhaf Öyküler</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786258475425</t>
+          <t>9786258401424</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Kiki’nin Cadı Kargosu 1</t>
+          <t>Temel Parçacıklar</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786258475999</t>
+          <t>9786258401417</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Tavhane Çocuklar</t>
+          <t>Harita ve Topraklar</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786258475739</t>
+          <t>9786258401318</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Akılsız Sokrates</t>
+          <t>Kışlalar Doldu Bugün</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786258401028</t>
+          <t>9786258401325</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Robotlar ve İmparatorluk - Robot Serisi</t>
+          <t>Dinlenme ve Rahatlama Yılım</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786258401035</t>
+          <t>9786258401295</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Meksika Gotiği</t>
+          <t>Can</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786258475913</t>
+          <t>9786258401332</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Dudaklarımdaki Rüzgar</t>
+          <t>Çevengur</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786258475920</t>
+          <t>9786258401288</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Almanlar Neden Daha İyi Yapıyor</t>
+          <t>Meleğin Düşüşü</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786258475814</t>
+          <t>9786258401127</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Ay Bahçeleri / Malazan Yitikler Kitabı 1 (Ciltli)</t>
+          <t>Lilith’in Dölü</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>855</v>
+        <v>740</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786258475845</t>
+          <t>9786258401264</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Âdem Ademoğlu’nun Boşluğu</t>
+          <t>Cehennemden Öte: Türkiye Futbolunun Ruhunu Arayış</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786258475838</t>
+          <t>9786258401257</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Çürük Ayvalar</t>
+          <t>Güney Kitap Kulübü’nün Vampir Avlama Rehberi</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786258475852</t>
+          <t>9786258401233</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Tavana Bak</t>
+          <t>Yalnızlık Alfabesi</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786258475821</t>
+          <t>9786258401240</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Bu Başı Ne Yapalım?</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786258475869</t>
+          <t>9786258401271</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Kâbus Sokağı</t>
+          <t>Geç Kalan</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786258475876</t>
+          <t>9786258401004</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Katil</t>
+          <t>Vatansız</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786258475784</t>
+          <t>9786258475968</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre ve Bir Seyahatin Notları</t>
+          <t>Aramızdaki Fikret</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786258475777</t>
+          <t>9786258475951</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Elleri Kara Çocuk</t>
+          <t>Scott Pilgrim 1: Scott Pilgrim’in Değerli ve Basit Hayatı</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786258475791</t>
+          <t>9786258475975</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Tüm Panayırların Heyulası: Kayıp Rıhtım Öykü Antolojisi</t>
+          <t>Dokuzuncu Gideon / Kilitli Kabir 1</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786258475753</t>
+          <t>9786258475890</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Takas</t>
+          <t>Leyla, Mektubum Eline Ulaştı mı?</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786258475807</t>
+          <t>9786258475715</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Ay Bahçeleri / Malazan Yitikler Kitabı 1</t>
+          <t>İz Sürücü</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>670</v>
+        <v>300</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786258475708</t>
+          <t>9786258475937</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Yayan Yapıldak</t>
+          <t>Hagakure: Saklı Yapraklar</t>
         </is>
       </c>
       <c r="C869" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786258475661</t>
+          <t>9786258475906</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Firefly - Basbayağı Kahraman</t>
+          <t>Bir Dünya Dert</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786258475746</t>
+          <t>9786258401219</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Robotları - Robot Serisi 3. Kitap</t>
+          <t>Nötralizör</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786258475722</t>
+          <t>9786258401189</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Cadının Yüreği</t>
+          <t>Söğütler</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786258475654</t>
+          <t>9786258401172</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Genç Törless’in Buhranları</t>
+          <t>Deli ve Dahi</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786258475692</t>
+          <t>9786258401196</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 2. Cilt</t>
+          <t>Zeno'nun Bilinci</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786258475678</t>
+          <t>9786258401226</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Yakarış Çemberi (Ciltli)</t>
+          <t>Sekiz Dedektif</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786258475685</t>
+          <t>9786258401158</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Ardından</t>
+          <t>Çiftlik</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786258475609</t>
+          <t>9786258401202</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Swamp Thing Efsanesi: 2. Cilt</t>
+          <t>Aynalar Cehennemi ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786258475647</t>
+          <t>9786258401134</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Şebeke Etkisi</t>
+          <t>Sakat Göz</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>300</v>
+        <v>555</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786258475593</t>
+          <t>9786258401141</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Maymun Pençesi ve Diğer Öyküler</t>
+          <t>Dünyanın Orta Yeri</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786258475616</t>
+          <t>9786258401165</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Aynalı</t>
+          <t>Anlaşılır Tuhaflık</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786258475623</t>
+          <t>9786258401059</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Gör Bağır</t>
+          <t>Zamanın Sessiz Ruhu</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786258475630</t>
+          <t>9786258401110</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Haşhaş Savaşı - Haşhaş Savaşı Üçlemesi 1 (Ciltli)</t>
+          <t>Satürn Evleri 3. Cilt</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>800</v>
+        <v>170</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786258475531</t>
+          <t>9786258475982</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Haşhaş Savaşı - Haşhaş Savaşı Üçlemesi 1</t>
+          <t>Bir Oğlanın Yaşamı</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786258475562</t>
+          <t>9786258401080</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Çıkrıklar Durunca</t>
+          <t>Okuma Odası</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786258475555</t>
+          <t>9786258401073</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Necdet</t>
+          <t>Daktilo Nebahat</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786258475586</t>
+          <t>9786258401066</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Arı Nehrinin Ağzında</t>
+          <t>Kadının Sesi Yok</t>
         </is>
       </c>
       <c r="C886" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786258475524</t>
+          <t>9786258401097</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Melekleri</t>
+          <t>Günlerin Köpüğü (Resimli)</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786258475579</t>
+          <t>9786258401103</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Güneş - Robot Serisi 2. Kitap</t>
+          <t>Loudun Şeytanları</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786258475470</t>
+          <t>9786258475425</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Edward Said’le Yeniden Başlamak: Entelektüel, Sürgün ve Şarkiyatçılık</t>
+          <t>Kiki’nin Cadı Kargosu 1</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786258475517</t>
+          <t>9786258475999</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Son Ses, Son Nefes: Ölüm Hikâyeleri</t>
+          <t>Tavhane Çocuklar</t>
         </is>
       </c>
       <c r="C890" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786258475487</t>
+          <t>9786258475739</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Aşağıdan Seveceğim Ülkeyi</t>
+          <t>Akılsız Sokrates</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786258475494</t>
+          <t>9786258401028</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Robotlar ve İmparatorluk - Robot Serisi</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786258475500</t>
+          <t>9786258401035</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Meksika Gotiği</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786258475463</t>
+          <t>9786258475913</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bahar - Zaman Çarkı Başlangıç Kitabı</t>
+          <t>Dudaklarımdaki Rüzgar</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>380</v>
+        <v>100</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786258475432</t>
+          <t>9786258475920</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Kapanda Bir Hayal</t>
+          <t>Almanlar Neden Daha İyi Yapıyor</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786258475456</t>
+          <t>9786258475814</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Semenderlerle Savaş</t>
+          <t>Ay Bahçeleri / Malazan Yitikler Kitabı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>280</v>
+        <v>855</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786258475289</t>
+          <t>9786258475845</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>İç Mekan Çin Mahallesi</t>
+          <t>Âdem Ademoğlu’nun Boşluğu</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786258475449</t>
+          <t>9786258475838</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>On Bin Kapı</t>
+          <t>Çürük Ayvalar</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786258475326</t>
+          <t>9786258475852</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Işığın Anısı - Zaman Çarkı 14</t>
+          <t>Tavana Bak</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786258475418</t>
+          <t>9786258475821</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Çırağı</t>
+          <t>Bu Başı Ne Yapalım?</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786258475401</t>
+          <t>9786258475869</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bambu ve Diğer Fantastik Öyküler</t>
+          <t>Kâbus Sokağı</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786258475395</t>
+          <t>9786258475876</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kazı</t>
+          <t>İçimdeki Katil</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786258475388</t>
+          <t>9786258475784</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 1. Cilt</t>
+          <t>Bize Göre ve Bir Seyahatin Notları</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786258475371</t>
+          <t>9786258475777</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Sarmaşık</t>
+          <t>Elleri Kara Çocuk</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786258475340</t>
+          <t>9786258475791</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Kuleleri - Zaman Çarkı 13</t>
+          <t>Tüm Panayırların Heyulası: Kayıp Rıhtım Öykü Antolojisi</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786258475319</t>
+          <t>9786258475753</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Toplanıyor - Zaman Çarkı 12</t>
+          <t>Takas</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786258475296</t>
+          <t>9786258475807</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Ay Bahçeleri / Malazan Yitikler Kitabı 1</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>120</v>
+        <v>670</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786258475333</t>
+          <t>9786258475708</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Kızıllar</t>
+          <t>Yayan Yapıldak</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786258475357</t>
+          <t>9786258475661</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Göçebeler Diyarı</t>
+          <t>Firefly - Basbayağı Kahraman</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786258475265</t>
+          <t>9786258475746</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Düş Hançeri - Zaman Çarkı 11</t>
+          <t>Şafağın Robotları - Robot Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786258475272</t>
+          <t>9786258475722</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık Kavşağı - Zaman Çarkı 10</t>
+          <t>Cadının Yüreği</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786258475241</t>
+          <t>9786258475654</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Yük</t>
+          <t>Genç Törless’in Buhranları</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786258475258</t>
+          <t>9786258475692</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Süt Dişleri</t>
+          <t>Satürn Evleri 2. Cilt</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786258475210</t>
+          <t>9786258475678</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Kışın Yüreği - Zaman Çarkı Dokuzuncu Kitap</t>
+          <t>Yakarış Çemberi (Ciltli)</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786258475227</t>
+          <t>9786258475685</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Hançer Yolu - Zaman Çarkı Sekizinci Kitap</t>
+          <t>Ardından</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786258487541</t>
+          <t>9786258475609</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Kılıçlar Denizi - Drizzt Efsanesi 13. Kitap</t>
+          <t>Swamp Thing Efsanesi: 2. Cilt</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>325</v>
+        <v>480</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786258487558</t>
+          <t>9786258475647</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Omurgası - Drizzt Efsanesi 12. Kitap</t>
+          <t>Şebeke Etkisi</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786258487534</t>
+          <t>9786258475593</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kılıç - Drizzt Efsanesi 11. Kitap</t>
+          <t>Maymun Pençesi ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786258475180</t>
+          <t>9786258475616</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Kışın Kahverengi Çocuğu</t>
+          <t>Aynalı</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786258475203</t>
+          <t>9786258475623</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Alaybozan</t>
+          <t>Gör Bağır</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786258475104</t>
+          <t>9786258475630</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Melun</t>
+          <t>Haşhaş Savaşı - Haşhaş Savaşı Üçlemesi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786258475197</t>
+          <t>9786258475531</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Çelik Mağaralar</t>
+          <t>Haşhaş Savaşı - Haşhaş Savaşı Üçlemesi 1</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786258475166</t>
+          <t>9786258475562</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Tüylerinizi Ürpertecek Yepyeni Öyküler - Korkunç Öyküler 3</t>
+          <t>Çıkrıklar Durunca</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786257650083</t>
+          <t>9786258475555</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Kılıçtan Taç - Zaman Çarkı 7</t>
+          <t>Zavallı Necdet</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786257650106</t>
+          <t>9786258475586</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Kaos Lordu - Zaman Çarkı 6</t>
+          <t>Arı Nehrinin Ağzında</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>850</v>
+        <v>280</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786258475098</t>
+          <t>9786258475524</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Planetary Cilt 4: Uzayzaman Arkeolojisi</t>
+          <t>Cehennem Melekleri</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786258475159</t>
+          <t>9786258475579</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Anlatılacak Bambaşka Korkunç Öyküler - Korkunç Öyküler 2</t>
+          <t>Çıplak Güneş - Robot Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786258475142</t>
+          <t>9786258475470</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Anlatılacak Korkunç Öyküler - Korkunç Öyküler 1</t>
+          <t>Edward Said’le Yeniden Başlamak: Entelektüel, Sürgün ve Şarkiyatçılık</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786258475128</t>
+          <t>9786258475517</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Dönenler</t>
+          <t>Son Ses, Son Nefes: Ölüm Hikâyeleri</t>
         </is>
       </c>
       <c r="C929" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786258475111</t>
+          <t>9786258475487</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Son Düello: Ortaçağ Fransa’sında Suç, Skandal ve Düelloyla Yargının Gerçek Hikayesi</t>
+          <t>Aşağıdan Seveceğim Ülkeyi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786258475135</t>
+          <t>9786258475494</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Uzak Yarın</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786257442589</t>
+          <t>9786258475500</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Sabotaj: Anadolu’da Hazin Bir Komplo Öyküsü</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786258475050</t>
+          <t>9786258475463</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Yeni Bahar - Zaman Çarkı Başlangıç Kitabı</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786258475036</t>
+          <t>9786258475432</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Refet</t>
+          <t>Kapanda Bir Hayal</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786258475043</t>
+          <t>9786258475456</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Semenderlerle Savaş</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786258475029</t>
+          <t>9786258475289</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>İç Mekan Çin Mahallesi</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786258487749</t>
+          <t>9786258475449</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’ya Verdikleri Adlar</t>
+          <t>On Bin Kapı</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786258487572</t>
+          <t>9786258475326</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Meclisi - Bayan Peregrine’in Tuhaf Çocukları 5 (Ciltli)</t>
+          <t>Işığın Anısı - Zaman Çarkı 14</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>560</v>
+        <v>750</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786258487756</t>
+          <t>9786258475418</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un En Esrarengiz Hikayeleri: Cevri Çelebi</t>
+          <t>Şeytanın Çırağı</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786258487732</t>
+          <t>9786258475401</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Şey Veya Şeyler</t>
+          <t>Yeşil Bambu ve Diğer Fantastik Öyküler</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786258487497</t>
+          <t>9786258475395</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Köpan Avı</t>
+          <t>Yaban Kazı</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786257650113</t>
+          <t>9786258475388</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Göğün Ateşleri - Zaman Çarkı 5</t>
+          <t>Satürn Evleri 1. Cilt</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>750</v>
+        <v>170</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786258487343</t>
+          <t>9786258475371</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>İyi Yürekli Yaşlı Adam ile Güzel Kızın Öyküsü</t>
+          <t>Sarmaşık</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786258487503</t>
+          <t>9786258475340</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Silsile: Bilimkurgu Öyküleri</t>
+          <t>Geceyarısı Kuleleri - Zaman Çarkı 13</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786258487480</t>
+          <t>9786258475319</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kusur</t>
+          <t>Fırtına Toplanıyor - Zaman Çarkı 12</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>380</v>
+        <v>750</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786257650090</t>
+          <t>9786258475296</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Gölge Yükseliyor - Zaman Çarkı Dördüncü Kitap</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786257442596</t>
+          <t>9786258475333</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Moskova ’80</t>
+          <t>Kızıllar</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786257442558</t>
+          <t>9786258475357</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Şoför Mustafa</t>
+          <t>Göçebeler Diyarı</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786257442572</t>
+          <t>9786258475265</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Otel</t>
+          <t>Düş Hançeri - Zaman Çarkı 11</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786257442602</t>
+          <t>9786258475272</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Geri Giden Saat</t>
+          <t>Alacakaranlık Kavşağı - Zaman Çarkı 10</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786257442497</t>
+          <t>9786258475241</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Dune - Grafik Roman, 1. Kısım</t>
+          <t>Yük</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>520</v>
+        <v>125</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786257442480</t>
+          <t>9786258475258</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Uygunuşluk</t>
+          <t>Süt Dişleri</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786257442534</t>
+          <t>9786258475210</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Kışın Yüreği - Zaman Çarkı 9</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786257442503</t>
+          <t>9786258475227</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Hançer Yolu - Zaman Çarkı 8</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786257442541</t>
+          <t>9786258487541</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Efsuncu Baba</t>
+          <t>Kılıçlar Denizi - Drizzt Efsanesi 13. Kitap</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786257442510</t>
+          <t>9786258487558</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Dünyanın Omurgası - Drizzt Efsanesi 12. Kitap</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786257442527</t>
+          <t>9786258487534</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Şener Büyüktürk’ün Sergüzeşti</t>
+          <t>Sessiz Kılıç - Drizzt Efsanesi 11. Kitap</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786257442381</t>
+          <t>9786258475180</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Tatlısu</t>
+          <t>Kışın Kahverengi Çocuğu</t>
         </is>
       </c>
       <c r="C958" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786257442473</t>
+          <t>9786258475203</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Florida</t>
+          <t>Alaybozan</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786257442466</t>
+          <t>9786258475104</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Talimatlar (Ciltli)</t>
+          <t>Aşk-ı Melun</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786257442404</t>
+          <t>9786258475197</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Jüpiterin Mirası Cilt 4</t>
+          <t>Çelik Mağaralar</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786257442435</t>
+          <t>9786258475166</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Caz Çağı Öyküleri</t>
+          <t>Tüylerinizi Ürpertecek Yepyeni Öyküler - Korkunç Öyküler 3</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786257442459</t>
+          <t>9786257650083</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Mevki Uygarlığı</t>
+          <t>Kılıçtan Taç - Zaman Çarkı 7</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786257442442</t>
+          <t>9786257650106</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Güne Şarkı</t>
+          <t>Kaos Lordu - Zaman Çarkı 6</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786257442374</t>
+          <t>9786258475098</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yaşayabilseydik</t>
+          <t>Planetary Cilt 4</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786257442343</t>
+          <t>9786258475159</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Karanlıkta Anlatılacak Bambaşka Korkunç Öyküler - Korkunç Öyküler 2</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786257442398</t>
+          <t>9786258475142</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Projesi</t>
+          <t>Karanlıkta Anlatılacak Korkunç Öyküler - Korkunç Öyküler 1</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786257442350</t>
+          <t>9786258475128</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Tutku</t>
+          <t>Topraktan Dönenler</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786257442367</t>
+          <t>9786258475111</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Başkan</t>
+          <t>Son Düello: Ortaçağ Fransa’sında Suç, Skandal ve Düelloyla Yargının Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786257442336</t>
+          <t>9786258475135</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Uzak Yarın</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786257442312</t>
+          <t>9786257442589</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Nedret</t>
+          <t>Sabotaj: Anadolu’da Hazin Bir Komplo Öyküsü</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786257442282</t>
+          <t>9786258475050</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786257442329</t>
+          <t>9786258475036</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Mahalle</t>
+          <t>Refet</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786257442305</t>
+          <t>9786258475043</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Müjdemi İsterim</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C974" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786257442275</t>
+          <t>9786258475029</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786257442268</t>
+          <t>9786258487749</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcılık ve Ölüm Dürtüsü</t>
+          <t>Tanrı’ya Verdikleri Adlar</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786257442220</t>
+          <t>9786258487572</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Loki’nin Sözü</t>
+          <t>Kuşlar Meclisi - Bayan Peregrine’in Tuhaf Çocukları 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>280</v>
+        <v>560</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786257442244</t>
+          <t>9786258487756</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Paris’te Bir Kurtadam</t>
+          <t>İstanbul’un En Esrarengiz Hikayeleri: Cevri Çelebi</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786257442251</t>
+          <t>9786258487732</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>R. U. R. - Rossum’un Uluslararası Robotları</t>
+          <t>Şey Veya Şeyler</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786257442237</t>
+          <t>9786258487497</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Alaycı Kuş</t>
+          <t>Köpan Avı</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786257442190</t>
+          <t>9786257650113</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Haydi Etek Giyelim</t>
+          <t>Göğün Ateşleri - Zaman Çarkı 5</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>125</v>
+        <v>750</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786257442183</t>
+          <t>9786258487343</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Gramofon Avrat</t>
+          <t>İyi Yürekli Yaşlı Adam ile Güzel Kızın Öyküsü</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786257442213</t>
+          <t>9786258487503</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Conan: Cilt 2</t>
+          <t>Silsile: Bilimkurgu Öyküleri</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786257442169</t>
+          <t>9786258487480</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Bozadam</t>
+          <t>Gizli Kusur</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786257442152</t>
+          <t>9786257650090</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Karakambur</t>
+          <t>Gölge Yükseliyor - Zaman Çarkı 4</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>130</v>
+        <v>800</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786257442145</t>
+          <t>9786257442596</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Space Invaders</t>
+          <t>Moskova ’80</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786257442107</t>
+          <t>9786257442558</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Şoför Mustafa</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786257442084</t>
+          <t>9786257442572</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Lanetli Otel</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786257442121</t>
+          <t>9786257442602</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Geri Giden Saat</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786257442046</t>
+          <t>9786257442497</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Mezarlarınıza Tüküreceğim</t>
+          <t>Dune - Grafik Roman, 1. Kısım</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786257442077</t>
+          <t>9786257442480</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar ve Sigaralar</t>
+          <t>Uygunuşluk</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786257442053</t>
+          <t>9786257442534</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Yer Açın! Yer Açın!</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786257442008</t>
+          <t>9786257442503</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Dönme Dolap Düşleri</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786257442015</t>
+          <t>9786257442541</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Vakıf İleri</t>
+          <t>Efsuncu Baba</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786257442022</t>
+          <t>9786257442510</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Depo</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786257650984</t>
+          <t>9786257442527</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Liktorun Kılıcı</t>
+          <t>Şener Büyüktürk’ün Sergüzeşti</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786257650892</t>
+          <t>9786257442381</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Tatlısu</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786257650915</t>
+          <t>9786257442473</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Florida</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786257650908</t>
+          <t>9786257442466</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Talimatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786257650946</t>
+          <t>9786257442404</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Jüpiterin Mirası Cilt 4</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786257650953</t>
+          <t>9786257442435</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal</t>
+          <t>Caz Çağı Öyküleri</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786257650861</t>
+          <t>9786257442459</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Boğul</t>
+          <t>Mevki Uygarlığı</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786257650922</t>
+          <t>9786257442442</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Alev Dudaklı Kadın</t>
+          <t>Yeni Bir Güne Şarkı</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786257650885</t>
+          <t>9786257442374</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Ölüm: Ölüm’ün Kapısında</t>
+          <t>Yeniden Yaşayabilseydik</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786257650823</t>
+          <t>9786257442343</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>O Olmak</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786257650847</t>
+          <t>9786257442398</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Atık</t>
+          <t>Kurtuluş Projesi</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786257650878</t>
+          <t>9786257442350</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Fukara Ölüsü</t>
+          <t>Akıl ve Tutku</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786257650694</t>
+          <t>9786257442367</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Öfkeli Kanatlar</t>
+          <t>Kayıp Başkan</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786257650786</t>
+          <t>9786257442336</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter’in Mirası Cilt 3</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786257650830</t>
+          <t>9786257442312</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Vakıf Kurulurken</t>
+          <t>Nedret</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786257650854</t>
+          <t>9786257442282</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Minik - Madam Tussaud’nun Olağanüstü Hayatı</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786257650779</t>
+          <t>9786257442329</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Kahraman ve Cellat</t>
+          <t>Mahalle</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786257650816</t>
+          <t>9786257442305</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Kan Fermanı</t>
+          <t>Müjdemi İsterim</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786257650762</t>
+          <t>9786257442275</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Günleri</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786257650809</t>
+          <t>9786257442268</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Piyanist</t>
+          <t>Yıkıcılık ve Ölüm Dürtüsü</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786257650755</t>
+          <t>9786257442220</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Korudaki Gümüş (Ciltli)</t>
+          <t>Loki’nin Sözü</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786257650700</t>
+          <t>9786257442244</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Yitik Dünya</t>
+          <t>Paris’te Bir Kurtadam</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786257650793</t>
+          <t>9786257442251</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar İçin Sihir</t>
+          <t>R. U. R. - Rossum’un Uluslararası Robotları</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786257650731</t>
+          <t>9786257442237</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Ekopraksisin Ontolojisi</t>
+          <t>Alaycı Kuş</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786257650748</t>
+          <t>9786257442190</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Doğurmadan Hemen Önce</t>
+          <t>Haydi Etek Giyelim</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786257650724</t>
+          <t>9786257442183</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>İşte Tanrılar</t>
+          <t>Gramofon Avrat</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786257650687</t>
+          <t>9786257442213</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter’in Mirası Cilt 2</t>
+          <t>Conan: Cilt 2</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786257650625</t>
+          <t>9786257442169</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Kontrollü Patlama</t>
+          <t>Bozadam</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786257650670</t>
+          <t>9786257442152</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Seven Bekler</t>
+          <t>Karakambur</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786257650663</t>
+          <t>9786257442145</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Space Invaders</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786257650632</t>
+          <t>9786257442107</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Dirilen Mumya</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786257650656</t>
+          <t>9786257442084</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter'in Mirası Cilt 1</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786257650588</t>
+          <t>9786257442121</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozu</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786257650618</t>
+          <t>9786257442046</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Kralların Son Çaresi</t>
+          <t>Mezarlarınıza Tüküreceğim</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>465</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786257650595</t>
+          <t>9786257442077</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Çölde Kutup Ayısı</t>
+          <t>Kitaplar ve Sigaralar</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786257650601</t>
+          <t>9786257442053</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Vakıf ve Dünya</t>
+          <t>Yer Açın! Yer Açın!</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786257650571</t>
+          <t>9786257442008</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız</t>
+          <t>Dönme Dolap Düşleri</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786257650564</t>
+          <t>9786257442015</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hırsızı</t>
+          <t>Vakıf İleri</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786257650533</t>
+          <t>9786257442022</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Halka</t>
+          <t>Depo</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786257650540</t>
+          <t>9786257650984</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Yeşimin ve Gölgenin Tanrıları</t>
+          <t>Liktorun Kılıcı</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786257650557</t>
+          <t>9786257650892</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Dokuzuncu Cemiyet</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786257650502</t>
+          <t>9786257650915</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Gül Rengini</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786257650496</t>
+          <t>9786257650908</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Sandman 11: Sonsuz Geceler</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786257650465</t>
+          <t>9786257650946</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Katı Olmayan Şeyler</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786257650489</t>
+          <t>9786257650953</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>A’mak-ı Hayal</t>
         </is>
       </c>
       <c r="C1040" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786257650458</t>
+          <t>9786257650861</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozu</t>
+          <t>Boğul</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786257650434</t>
+          <t>9786257650922</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Katil Buse</t>
+          <t>Alev Dudaklı Kadın</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786257650427</t>
+          <t>9786257650885</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Captain America: Karanlık Planlar</t>
+          <t>Ölüm: Ölüm’ün Kapısında</t>
         </is>
       </c>
       <c r="C1043" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786257650403</t>
+          <t>9786257650823</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Daha Önce Ölmüş müydük?</t>
+          <t>O Olmak</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786257650410</t>
+          <t>9786257650847</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzsam Bana Ne! Değilmişim Gibi Devam!</t>
+          <t>Atık</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>355</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786257650397</t>
+          <t>9786257650878</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine</t>
+          <t>Fukara Ölüsü</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786257650328</t>
+          <t>9786257650694</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Vakıf’ın Sınırı</t>
+          <t>Spider-Man: Öfkeli Kanatlar</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786257650281</t>
+          <t>9786257650786</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Sokaklar Uyudu Artık Öpüşebiliriz</t>
+          <t>Jüpiter’in Mirası Cilt 3</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786257650298</t>
+          <t>9786257650830</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Rüya Duvarları</t>
+          <t>Vakıf Kurulurken</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786257650304</t>
+          <t>9786257650854</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Orospu Kırmızı</t>
+          <t>Minik - Madam Tussaud’nun Olağanüstü Hayatı</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786257650342</t>
+          <t>9786257650779</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Cevapsız Ağrı</t>
+          <t>Kahraman ve Cellat</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786257650311</t>
+          <t>9786257650816</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Bütün Güzel Çocuklar Şüpheli</t>
+          <t>Kan Fermanı</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786257650274</t>
+          <t>9786257650762</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Veda Busesi - 34 U 442</t>
+          <t>Kuyrukluyıldız Günleri</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786257650359</t>
+          <t>9786257650809</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen’in İtirafları</t>
+          <t>Piyanist</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786257737951</t>
+          <t>9786257650755</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>İçerinin Haritası (Ciltli)</t>
+          <t>Korudaki Gümüş (Ciltli)</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786257650373</t>
+          <t>9786257650700</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Hava Adamı Ariel</t>
+          <t>Yitik Dünya</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786257650236</t>
+          <t>9786257650793</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Gecede Saklı Yalnız Aşklar</t>
+          <t>Yalancılar İçin Sihir</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786257650250</t>
+          <t>9786257650731</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Taş Bebek</t>
+          <t>Ekopraksisin Ontolojisi</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786257650243</t>
+          <t>9786257650748</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>3üz</t>
+          <t>Kendimi Doğurmadan Hemen Önce</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786257650229</t>
+          <t>9786257650724</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Siyah Tom’un Baladı</t>
+          <t>İşte Tanrılar</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786053755012</t>
+          <t>9786257650687</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Notlar 5 - 1950 Öncesi Şiirler ve Ziya İlhan'a Mektuplar</t>
+          <t>Jüpiter’in Mirası Cilt 2</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786257650120</t>
+          <t>9786257650625</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Evler</t>
+          <t>Kontrollü Patlama</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786257650199</t>
+          <t>9786257650670</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Uç</t>
+          <t>Seven Bekler</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786257650175</t>
+          <t>9786257650663</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Çarkı: Aradünya 3 (Ciltli)</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786257650137</t>
+          <t>9786257650632</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Tebeşir Bahçesi</t>
+          <t>Dirilen Mumya</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786257650144</t>
+          <t>9786257650656</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş: Bir Marvel Evreni Romanı</t>
+          <t>Jüpiter'in Mirası Cilt 1</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786257650168</t>
+          <t>9786257650588</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Bir Yarasa Bir Kıza Aşık Oldu</t>
+          <t>Yıldız Tozu</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786257650021</t>
+          <t>9786257650618</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Cıs</t>
+          <t>Kralların Son Çaresi</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>110</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786257650069</t>
+          <t>9786257650595</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Yoksullar Nasıl Ölür?</t>
+          <t>Çölde Kutup Ayısı</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786257650014</t>
+          <t>9786257650601</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Aşık Kadınlar</t>
+          <t>Vakıf ve Dünya</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786257650038</t>
+          <t>9786257650571</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>İtaat</t>
+          <t>Tanrısız</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786257737999</t>
+          <t>9786257650564</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Elia</t>
+          <t>Çocuk Hırsızı</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786257737975</t>
+          <t>9786257650533</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Planetary Cilt 3: 20. Yüzyılı Terk Etmek</t>
+          <t>Halka</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786257650007</t>
+          <t>9786257650540</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Bir Haremağasının Hatıraları</t>
+          <t>Yeşimin ve Gölgenin Tanrıları</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786257737944</t>
+          <t>9786257650557</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Kurucular (Ciltli)</t>
+          <t>Dokuzuncu Cemiyet</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786257737906</t>
+          <t>9786257650502</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>İlk</t>
+          <t>Gül Rengini</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786257737913</t>
+          <t>9786257650496</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Körelten Hançer</t>
+          <t>Sandman 11: Sonsuz Geceler</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>700</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786257737937</t>
+          <t>9786257650465</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Balinanın Karnında</t>
+          <t>Katı Olmayan Şeyler</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786257737869</t>
+          <t>9786257650489</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaşı Z</t>
+          <t>Sınır</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786257737852</t>
+          <t>9786257650458</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Hikayeleri</t>
+          <t>Yıldız Tozu</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786257737876</t>
+          <t>9786257650434</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>Katil Buse</t>
         </is>
       </c>
       <c r="C1081" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786257737883</t>
+          <t>9786257650427</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar</t>
+          <t>Captain America: Karanlık Planlar</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786257737890</t>
+          <t>9786257650403</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kırbacı</t>
+          <t>Daha Önce Ölmüş müydük?</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786257737838</t>
+          <t>9786257650410</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Vaadi - Sherlock Holmes</t>
+          <t>Umutsuzsam Bana Ne! Değilmişim Gibi Devam!</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>200</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786257737807</t>
+          <t>9786257650397</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği (Ciltli)</t>
+          <t>Edebiyat Üzerine</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>510</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786257737821</t>
+          <t>9786257650328</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Ölüm Papirüsü</t>
+          <t>Vakıf’ın Sınırı</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786257737739</t>
+          <t>9786257650281</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Katalonya’ya Selam</t>
+          <t>Sokaklar Uyudu Artık Öpüşebiliriz</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786257737708</t>
+          <t>9786257650298</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Paris ve Londra’da Beş Parasız</t>
+          <t>Rüya Duvarları</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786257737746</t>
+          <t>9786257650304</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Orospu Kırmızı</t>
         </is>
       </c>
       <c r="C1089" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786257737753</t>
+          <t>9786257650342</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Cevapsız Ağrı</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786257737715</t>
+          <t>9786257650311</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Papazın Kızı</t>
+          <t>Bütün Güzel Çocuklar Şüpheli</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786257737692</t>
+          <t>9786257650274</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Rahat Bir Nefes İçin</t>
+          <t>Veda Busesi - 34 U 442</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786257737722</t>
+          <t>9786257650359</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Wigan İskelesi Yolu</t>
+          <t>Arsen Lüpen’in İtirafları</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786257737029</t>
+          <t>9786257737951</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veba</t>
+          <t>İçerinin Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786257737661</t>
+          <t>9786257650373</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Dune: Corrino Hanedanı - Hanedanlık Üçlemesi Üçüncü Kitap</t>
+          <t>Hava Adamı Ariel</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786257737647</t>
+          <t>9786257650236</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Tut Ki Bir Rüya Gördün</t>
+          <t>Gecede Saklı Yalnız Aşklar</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786257737593</t>
+          <t>9786257650250</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Dune Rahibeler Meclisi</t>
+          <t>Taş Bebek</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786257737654</t>
+          <t>9786257650243</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Vezir Gambiti</t>
+          <t>3üz</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786257737555</t>
+          <t>9786257650229</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Düş Mesafesi</t>
+          <t>Siyah Tom’un Baladı</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786257737500</t>
+          <t>9786053755012</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Şafağa Geçit</t>
+          <t>Notlar 5 - 1950 Öncesi Şiirler ve Ziya İlhan'a Mektuplar</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>290</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786257737364</t>
+          <t>9786257650120</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Dune: Atreides Hanedanı - Hanedanlık Üçlemesi Birinci Kitap</t>
+          <t>Yeşil Evler</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>700</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786257737531</t>
+          <t>9786257650199</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Dune: Harkonnen Hanedanı - Hanedanlık Üçlemesi İkinci Kitap</t>
+          <t>Uç</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>750</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786257737487</t>
+          <t>9786257650175</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Kuşatması</t>
+          <t>Sonsuzluk Çarkı: Aradünya 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786257737494</t>
+          <t>9786257650137</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Yıldızsız Gece</t>
+          <t>Tebeşir Bahçesi</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786257737463</t>
+          <t>9786257650144</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Adem’den Önce</t>
+          <t>İç Savaş: Bir Marvel Evreni Romanı</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786257737456</t>
+          <t>9786257650168</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Taşrada Ölürken</t>
+          <t>Bir Yarasa Bir Kıza Aşık Oldu</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786257737388</t>
+          <t>9786257650021</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Silah Kardeşliği</t>
+          <t>Cıs</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786257737371</t>
+          <t>9786257650069</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Ruhdöveni</t>
+          <t>Yoksullar Nasıl Ölür?</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786257737401</t>
+          <t>9786257650014</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Sandman 10: Matem</t>
+          <t>Aşık Kadınlar</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786257737432</t>
+          <t>9786257650038</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Sakarmeke</t>
+          <t>İtaat</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786257737418</t>
+          <t>9786257737999</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık</t>
+          <t>Elia</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786257737425</t>
+          <t>9786257737975</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Boynuzlar</t>
+          <t>Planetary Cilt 3</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786257737449</t>
+          <t>9786257650007</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Cuma Karası</t>
+          <t>Bir Haremağasının Hatıraları</t>
         </is>
       </c>
       <c r="C1113" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786257737395</t>
+          <t>9786257737944</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Yokuştaki Salyangoz</t>
+          <t>Kurucular (Ciltli)</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786257737357</t>
+          <t>9786257737906</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Cümle Göğün Mavisi</t>
+          <t>İlk</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786257737333</t>
+          <t>9786257737913</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Onu Tanımadan Önce</t>
+          <t>Körelten Hançer</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>280</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786257737272</t>
+          <t>9786257737937</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Büyük Medeniyet Savaşı: Orta Doğu'nun Fethi (Ciltli)</t>
+          <t>Balinanın Karnında</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>1250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786257737296</t>
+          <t>9786257737869</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Kontrol Altında</t>
+          <t>Dünya Savaşı Z</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786257737227</t>
+          <t>9786257737852</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Watchmen Başlangıç: Dakikadamlar - İpek Hayalet</t>
+          <t>Orhan Veli - Bütün Hikayeleri</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786257737289</t>
+          <t>9786257737876</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Minotor’u Kışkırtmak</t>
+          <t>Orhan Veli - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786257737319</t>
+          <t>9786257737883</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Aşk Evindeki Casus</t>
+          <t>Asi Ruhlar</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786257737302</t>
+          <t>9786257737890</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Dört Odalı Kalp</t>
+          <t>Tanrı’nın Kırbacı</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786257737326</t>
+          <t>9786257737838</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Albatrosun Çocukları</t>
+          <t>Şeytanın Vaadi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786257737210</t>
+          <t>9786257737807</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Bir Kulu</t>
+          <t>Hayvan Çiftliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>240</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786257737234</t>
+          <t>9786257737821</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Salgın</t>
+          <t>Sherlock Holmes: Ölüm Papirüsü</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786257737166</t>
+          <t>9786257737739</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz</t>
+          <t>Katalonya’ya Selam</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786257737197</t>
+          <t>9786257737708</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Sapık</t>
+          <t>Paris ve Londra’da Beş Parasız</t>
         </is>
       </c>
       <c r="C1127" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786257737180</t>
+          <t>9786257737746</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Scout Açısı</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786257737173</t>
+          <t>9786257737753</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Camları Kırın Kuşlar Kurtulsun</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786257737159</t>
+          <t>9786257737715</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Dune Sapkınları</t>
+          <t>Papazın Kızı</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786257737098</t>
+          <t>9786257737692</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Yokuş Aksanı</t>
+          <t>Rahat Bir Nefes İçin</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786257737081</t>
+          <t>9786257737722</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Efsun Sokağı 137</t>
+          <t>Wigan İskelesi Yolu</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786257737074</t>
+          <t>9786257737029</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Planetary Cilt 2</t>
+          <t>Kızıl Veba</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786257737111</t>
+          <t>9786257737661</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Dürbün - Karanlık Cevher Serisi 3. Kitap</t>
+          <t>Dune: Corrino Hanedanı - Hanedanlık Üçlemesi Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786257737128</t>
+          <t>9786257737647</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Keskin Bıçak - Karanlık Cevher Serisi 2. Kitap</t>
+          <t>Tut Ki Bir Rüya Gördün</t>
         </is>
       </c>
       <c r="C1135" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786257737050</t>
+          <t>9786257737593</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Oğlan Çıkmazı</t>
+          <t>Dune Rahibeler Meclisi</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786257737043</t>
+          <t>9786257737654</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Sonu</t>
+          <t>Vezir Gambiti</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>740</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786257737067</t>
+          <t>9786257737555</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Natüralist</t>
+          <t>Düş Mesafesi</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786257737036</t>
+          <t>9786257737500</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Rebecca</t>
+          <t>Şafağa Geçit</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786257737012</t>
+          <t>9786257737364</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Dublinliler</t>
+          <t>Dune: Atreides Hanedanı - Hanedanlık Üçlemesi Birinci Kitap</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786257737005</t>
+          <t>9786257737531</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Golyat (Ciltli)</t>
+          <t>Dune: Harkonnen Hanedanı - Hanedanlık Üçlemesi İkinci Kitap</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>315</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786257913980</t>
+          <t>9786257737487</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Kurtadamın Kutsal Kitabı</t>
+          <t>Karanlığın Kuşatması</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786257913997</t>
+          <t>9786257737494</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Denemeler, Makaleler, Eleştiriler</t>
+          <t>Yıldızsız Gece</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786257913942</t>
+          <t>9786257737463</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Adak Cilt 3 - Hüküm</t>
+          <t>Adem’den Önce</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786257913959</t>
+          <t>9786257737456</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Adak Cilt 2 - Eski Soy</t>
+          <t>Taşrada Ölürken</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786257913966</t>
+          <t>9786257737388</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Adak Cilt 1 - Sürgün</t>
+          <t>Silah Kardeşliği</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786257913935</t>
+          <t>9786257737371</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>Ruhdöveni</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786257913911</t>
+          <t>9786257737401</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Sandman 10: Matem</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>120</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786257913904</t>
+          <t>9786257737432</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Swamp Thing Efsanesi: 1. Cilt</t>
+          <t>Sakarmeke</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>480</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786257913898</t>
+          <t>9786257737418</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Türbülans</t>
+          <t>Yaşlılık</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786257913881</t>
+          <t>9786257737425</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Kral Arthur’un Sarayında Connecticut’lı Bir Yankee</t>
+          <t>Boynuzlar</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786257913829</t>
+          <t>9786257737449</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Demir Döküm Kadife Eldiven</t>
+          <t>Cuma Karası</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786257913874</t>
+          <t>9786257737395</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Bayan Westaway’in Ölümü</t>
+          <t>Yokuştaki Salyangoz</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786257913843</t>
+          <t>9786257737357</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Viy</t>
+          <t>Cümle Göğün Mavisi</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786257913782</t>
+          <t>9786257737333</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Budala</t>
+          <t>Onu Tanımadan Önce</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>640</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786257913867</t>
+          <t>9786257737272</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Tesirli Parçaları</t>
+          <t>Büyük Medeniyet Savaşı: Orta Doğu'nun Fethi (Ciltli)</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>193</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786257913836</t>
+          <t>9786257737296</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Ben, Efsane</t>
+          <t>Her Şey Kontrol Altında</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786257913850</t>
+          <t>9786257737227</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Malorie: Bir Kafes Romanı</t>
+          <t>Watchmen Başlangıç: Dakikadamlar - İpek Hayalet</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786257913706</t>
+          <t>9786257737289</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Hayal - Ara Dünya 2 (Ciltli)</t>
+          <t>Minotor’u Kışkırtmak</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786257913805</t>
+          <t>9786257737319</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Keşke Koleksiyoncusu</t>
+          <t>Aşk Evindeki Casus</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786257913775</t>
+          <t>9786257737302</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Yaz İzlenimleri Üzerine Kış Notları</t>
+          <t>Dört Odalı Kalp</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786257913812</t>
+          <t>9786257737326</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Sandman 9: Merhametliler</t>
+          <t>Albatrosun Çocukları</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>720</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786257913799</t>
+          <t>9786257737210</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Düş Yakamdan Şeytan</t>
+          <t>Tanrı’nın Bir Kulu</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786257913744</t>
+          <t>9786257737234</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Aynada Yürüyen Sesler</t>
+          <t>Salgın</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786257913720</t>
+          <t>9786257737166</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Lodosla Gelen</t>
+          <t>Uykusuz</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786257913713</t>
+          <t>9786257737197</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Ara Dünya (Ciltli)</t>
+          <t>Sapık</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>231</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786257913751</t>
+          <t>9786257737180</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Anneler</t>
+          <t>Scout Açısı</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786257913768</t>
+          <t>9786257737173</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Ottomania</t>
+          <t>Camları Kırın Kuşlar Kurtulsun</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786257913737</t>
+          <t>9786257737159</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Northanger Manastırı</t>
+          <t>Dune Sapkınları</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786257913676</t>
+          <t>9786257737098</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Hiç Yazılmamış Bir Öykü Kahramanının Trajik ve Sürükleyici Hikayesi</t>
+          <t>Yokuş Aksanı</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786257913669</t>
+          <t>9786257737081</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Ben Değiştim Biliyorum</t>
+          <t>Efsun Sokağı 137</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786257913638</t>
+          <t>9786257737074</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Bitmemiş Bir Cümlenin Noktasını Taşımak</t>
+          <t>Planetary Cilt 2</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786257913645</t>
+          <t>9786257737111</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Gözündeki Zerre</t>
+          <t>Kehribar Dürbün - Karanlık Cevher Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786257913652</t>
+          <t>9786257737128</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Planetary Cilt 1</t>
+          <t>Keskin Bıçak - Karanlık Cevher Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786257913607</t>
+          <t>9786257737050</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Beni Nereden Vuralım?</t>
+          <t>Oğlan Çıkmazı</t>
         </is>
       </c>
       <c r="C1175" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786257913614</t>
+          <t>9786257737043</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Hilkat ile Garibe</t>
+          <t>Ölümün Sonu</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>200</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786257913560</t>
+          <t>9786257737067</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Button’ın Tuhaf Hikayesi</t>
+          <t>Natüralist</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786257913577</t>
+          <t>9786257737036</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Watchmen Başlangıç: Gece Kuşu - Dr. Manhattan</t>
+          <t>Rebecca</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>620</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786057762832</t>
+          <t>9786257737012</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Kalesi</t>
+          <t>Dublinliler</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>520</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786257913546</t>
+          <t>9786257737005</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Evi</t>
+          <t>Golyat (Ciltli)</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786257913553</t>
+          <t>9786257913980</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Ağız</t>
+          <t>Kurtadamın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786257913539</t>
+          <t>9786257913997</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Musiki İnkılabı’nın Sosyolojisi</t>
+          <t>Denemeler, Makaleler, Eleştiriler</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786257913522</t>
+          <t>9786257913942</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Conan: Ejderhanın Saati</t>
+          <t>Adak Cilt 3 - Hüküm</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786057762887</t>
+          <t>9786257913959</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığında Sancı</t>
+          <t>Adak Cilt 2 - Eski Soy</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786257913461</t>
+          <t>9786257913966</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Yerden Haberler</t>
+          <t>Adak Cilt 1 - Sürgün</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786257913447</t>
+          <t>9786257913935</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Benden’iz James Joyce</t>
+          <t>Meczup</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786257913454</t>
+          <t>9786257913911</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Kent</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786257913416</t>
+          <t>9786257913904</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Tüm Savaşları Bitirecek Savaş</t>
+          <t>Swamp Thing Efsanesi: 1. Cilt</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>110</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786257913430</t>
+          <t>9786257913898</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Kumadam</t>
+          <t>Türbülans</t>
         </is>
       </c>
       <c r="C1189" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786257913423</t>
+          <t>9786257913881</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Kurtadam</t>
+          <t>Kral Arthur’un Sarayında Connecticut’lı Bir Yankee</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786257913379</t>
+          <t>9786257913829</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Kallokain</t>
+          <t>Demir Döküm Kadife Eldiven</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786257913324</t>
+          <t>9786257913874</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Bayan Westaway’in Ölümü</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786257913348</t>
+          <t>9786257913843</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Karahindiba Şarabı</t>
+          <t>Viy</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786257913072</t>
+          <t>9786257913782</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Taştaki Dikiş İzi</t>
+          <t>Budala</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>120</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786257913300</t>
+          <t>9786257913867</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Gerisayım Kenti</t>
+          <t>Edebiyatın Tesirli Parçaları</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>240</v>
+        <v>193</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786257913218</t>
+          <t>9786257913836</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Mutlaka</t>
+          <t>Ben, Efsane</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786257913225</t>
+          <t>9786257913850</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Astıktan Sonra</t>
+          <t>Malorie: Bir Kafes Romanı</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786257913249</t>
+          <t>9786257913706</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Onu Bekliyorum</t>
+          <t>Gümüş Hayal - Ara Dünya 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786257913263</t>
+          <t>9786257913805</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Alice Aynadan İçeri</t>
+          <t>Keşke Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786257913270</t>
+          <t>9786257913775</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Yaz İzlenimleri Üzerine Kış Notları</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786257913256</t>
+          <t>9786257913812</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Sandman 9: Merhametliler</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>380</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786257913287</t>
+          <t>9786257913799</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Kum</t>
+          <t>Düş Yakamdan Şeytan</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786257913119</t>
+          <t>9786257913744</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Vaiz 9 - Alamo</t>
+          <t>Aynada Yürüyen Sesler</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>435</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786257913188</t>
+          <t>9786257913720</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Endişe</t>
+          <t>Lodosla Gelen</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786257913164</t>
+          <t>9786257913713</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Ara Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>120</v>
+        <v>231</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786257913157</t>
+          <t>9786257913751</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Odd ve Ayaz Devleri</t>
+          <t>Anneler</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786257913171</t>
+          <t>9786257913768</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Ay’daki İlk İnsanlar</t>
+          <t>Ottomania</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786257913133</t>
+          <t>9786257913737</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Northanger Manastırı</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786257913126</t>
+          <t>9786257913676</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Zavallılar</t>
+          <t>Hiç Yazılmamış Bir Öykü Kahramanının Trajik ve Sürükleyici Hikayesi</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786257913102</t>
+          <t>9786257913669</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Vaiz 8 - Cehennem Kapıda</t>
+          <t>Ben Değiştim Biliyorum</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786257913096</t>
+          <t>9786257913638</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yazılar</t>
+          <t>Bitmemiş Bir Cümlenin Noktasını Taşımak</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786257913089</t>
+          <t>9786257913645</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Uzlaştırıcının Pençesi</t>
+          <t>Tanrı’nın Gözündeki Zerre</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786257913065</t>
+          <t>9786257913652</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Baba</t>
+          <t>Planetary Cilt 1</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786257913058</t>
+          <t>9786257913607</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Cantona: Kral Olacak Asi</t>
+          <t>Beni Nereden Vuralım?</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786257913010</t>
+          <t>9786257913614</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Kent</t>
+          <t>Hilkat ile Garibe</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786257913041</t>
+          <t>9786257913560</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Uzun Savaş</t>
+          <t>Benjamin Button’ın Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786257913027</t>
+          <t>9786257913577</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Kurt Yolu</t>
+          <t>Watchmen Başlangıç: Gece Kuşu - Dr. Manhattan</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>300</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786057762900</t>
+          <t>9786057762832</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Ay Polisi (Ciltli)</t>
+          <t>Yalnızlık Kalesi</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>340</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786057762948</t>
+          <t>9786257913546</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Bayan Yalnızkalpler</t>
+          <t>Cehennem Evi</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786057762825</t>
+          <t>9786257913553</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Vaiz 7: Kurtuluş</t>
+          <t>Ağız</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>470</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786057762818</t>
+          <t>9786257913539</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Vaiz 6: Güneşte Savaş</t>
+          <t>Musiki İnkılabı’nın Sosyolojisi</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786057762931</t>
+          <t>9786257913522</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Akhilleus’un Şarkısı</t>
+          <t>Conan: Ejderhanın Saati</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786057762863</t>
+          <t>9786057762887</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Kılıçlar Çağı</t>
+          <t>Ay Işığında Sancı</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786057762924</t>
+          <t>9786257913461</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Dış Kapının Mandalı</t>
+          <t>Hiçbir Yerden Haberler</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786057762870</t>
+          <t>9786257913447</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Katilbot Günlükleri 4 - Çıkış Stratejisi</t>
+          <t>Benden’iz James Joyce</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786057762801</t>
+          <t>9786257913454</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonundaki Okyanus</t>
+          <t>Kent</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786057762696</t>
+          <t>9786257913416</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Tüm Kapıları Kilitle</t>
+          <t>Tüm Savaşları Bitirecek Savaş</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786057762764</t>
+          <t>9786257913430</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Bitmemiş Öyküler</t>
+          <t>Kumadam</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>740</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786057762771</t>
+          <t>9786257913423</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Vaiz 5 - Zıvanadan Çıkmış</t>
+          <t>Kurtadam</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>470</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786057762702</t>
+          <t>9786257913379</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Vaiz Cilt 4 - Evvel Zaman</t>
+          <t>Kallokain</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>485</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786057762719</t>
+          <t>9786257913324</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Vardiya</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786057762375</t>
+          <t>9786257913348</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Blizzard Futbol Kültür Dergisi Sayı: 3</t>
+          <t>Karahindiba Şarabı</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786057762634</t>
+          <t>9786257913072</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Vaiz Cilt 3: Gururlu Amerikalılar</t>
+          <t>Taştaki Dikiş İzi</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>505</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786057762627</t>
+          <t>9786257913300</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Vaiz Cilt 2: Dünyanın Sonuna Kadar</t>
+          <t>Gerisayım Kenti</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786057762665</t>
+          <t>9786257913218</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Silo - Wool Serisi 1. Kitap</t>
+          <t>Bir Gün Mutlaka</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786057762658</t>
+          <t>9786257913225</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Kara Örümcek</t>
+          <t>Astıktan Sonra</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786057762573</t>
+          <t>9786257913249</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sosyolojisi</t>
+          <t>Onu Bekliyorum</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786057762603</t>
+          <t>9786257913263</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wao'nun Tuhaf Kısa Yaşamı</t>
+          <t>Alice Aynadan İçeri</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786057762580</t>
+          <t>9786257913270</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Edebi Zevk Yargısı Yüksek ve Popüler Edebiyat ve Kitsch</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786057762610</t>
+          <t>9786257913256</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka ve Sinema</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786057762597</t>
+          <t>9786257913287</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Sandman 8 - Dünyaların Sonu</t>
+          <t>Kum</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786057762382</t>
+          <t>9786257913119</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Hurin'in Çocukları</t>
+          <t>Vaiz 9 - Alamo</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>300</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786057762528</t>
+          <t>9786257913188</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Kararsız Zaman, Zamansız Ölüm</t>
+          <t>Endişe</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786057762559</t>
+          <t>9786257913164</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Kar ve İnci</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786057762542</t>
+          <t>9786257913157</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Belaya Bulaş</t>
+          <t>Odd ve Ayaz Devleri</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786057762405</t>
+          <t>9786257913171</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Acı</t>
+          <t>Ay’daki İlk İnsanlar</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786057762535</t>
+          <t>9786257913133</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Tekinsiz Öyküler</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786057762504</t>
+          <t>9786257913126</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Elfdiyarı Kralı'nın Kızı</t>
+          <t>Zavallılar</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786057762511</t>
+          <t>9786257913102</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Sen Yabancı Değilsin</t>
+          <t>Vaiz 8 - Cehennem Kapıda</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786057762498</t>
+          <t>9786257913096</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Suret Sayı: 11 - Kahramanlar - Anti Kahramanlar</t>
+          <t>Karanlık Yazılar</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>252</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786057762481</t>
+          <t>9786257913089</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>İç Dünya Dış Gerçeklik</t>
+          <t>Uzlaştırıcının Pençesi</t>
         </is>
       </c>
       <c r="C1251" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786057762474</t>
+          <t>9786257913065</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Şenlik Ateşi</t>
+          <t>Baba</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786057762467</t>
+          <t>9786257913058</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Sandman 7 - Kısa Hayatlar</t>
+          <t>Cantona: Kral Olacak Asi</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>540</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786057762436</t>
+          <t>9786257913010</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Kifayetsiz Pastoral</t>
+          <t>Tanrı Kent</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786057762450</t>
+          <t>9786257913041</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Conan (Cilt 1) (Ciltli)</t>
+          <t>Uzun Savaş</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786057762290</t>
+          <t>9786257913027</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Mimesis</t>
+          <t>Kurt Yolu</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>540</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786057762429</t>
+          <t>9786057762900</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Ouroboros Yılanı</t>
+          <t>Ay Polisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786057762399</t>
+          <t>9786057762948</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Conan: Cilt 1</t>
+          <t>Bayan Yalnızkalpler</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786057762368</t>
+          <t>9786057762825</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>İşkencecinin Gölgesi</t>
+          <t>Vaiz 7: Kurtuluş</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786057762337</t>
+          <t>9786057762818</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Adası</t>
+          <t>Vaiz 6: Güneşte Savaş</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786057762313</t>
+          <t>9786057762931</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>İstisnai Buluşmalar</t>
+          <t>Akhilleus’un Şarkısı</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786057762320</t>
+          <t>9786057762863</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Watchmen Başlangıç: Ozymandias - Kızıl Korsan</t>
+          <t>Kılıçlar Çağı</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786057762283</t>
+          <t>9786057762924</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Polisi</t>
+          <t>Dış Kapının Mandalı</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786057762306</t>
+          <t>9786057762870</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Sarı Duvar Kağıdı</t>
+          <t>Katilbot Günlükleri 4 - Çıkış Stratejisi</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786057762276</t>
+          <t>9786057762801</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Beni mi?</t>
+          <t>Yolun Sonundaki Okyanus</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786057762245</t>
+          <t>9786057762696</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Jurgen - Bir Adalet Komedisi</t>
+          <t>Tüm Kapıları Kilitle</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786057762269</t>
+          <t>9786057762764</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Çataldili Konuşan Son İnsan</t>
+          <t>Bitmemiş Öyküler</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>350</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786057762252</t>
+          <t>9786057762771</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Bunu Sen De İstiyorsun</t>
+          <t>Vaiz 5 - Zıvanadan Çıkmış</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>220</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786057762207</t>
+          <t>9786057762702</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Protokol</t>
+          <t>Vaiz Cilt 4 - Evvel Zaman</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>180</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786057762221</t>
+          <t>9786057762719</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Hayat Gibi</t>
+          <t>Vardiya</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786057762191</t>
+          <t>9786057762375</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Loki’nin Müjdesi</t>
+          <t>Blizzard Futbol Kültür Dergisi Sayı: 3</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786057762184</t>
+          <t>9786057762634</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kırıcı</t>
+          <t>Vaiz Cilt 3: Gururlu Amerikalılar</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>150</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786057762177</t>
+          <t>9786057762627</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Maksatlı Tesadüfler</t>
+          <t>Vaiz Cilt 2: Dünyanın Sonuna Kadar</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786057762160</t>
+          <t>9786057762665</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Ülkesi</t>
+          <t>Silo - Wool Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786057762122</t>
+          <t>9786057762658</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kederler Küçük Öyküler</t>
+          <t>Kara Örümcek</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786057762153</t>
+          <t>9786057762573</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Tutarsızlıklar</t>
+          <t>Müzik Sosyolojisi</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>155</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786057762146</t>
+          <t>9786057762603</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Oscar Wao'nun Tuhaf Kısa Yaşamı</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786057762139</t>
+          <t>9786057762580</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Gözü - Zaman Çarkı 1</t>
+          <t>Edebi Zevk Yargısı Yüksek ve Popüler Edebiyat ve Kitsch</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>675</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786057762030</t>
+          <t>9786057762610</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Sandman 6: Fabllar ve Yansımalar</t>
+          <t>Franz Kafka ve Sinema</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>540</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786057762115</t>
+          <t>9786057762597</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Ötesindeki Orman</t>
+          <t>Sandman 8 - Dünyaların Sonu</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786057762078</t>
+          <t>9786057762382</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Delilik</t>
+          <t>Hurin'in Çocukları</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786057762085</t>
+          <t>9786057762528</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Ölüler</t>
+          <t>Kararsız Zaman, Zamansız Ölüm</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786057762092</t>
+          <t>9786057762559</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Fantastes</t>
+          <t>Kar ve İnci</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786057762054</t>
+          <t>9786057762542</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Phlebas’ı Hatırla</t>
+          <t>Belaya Bulaş</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>540</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786057762047</t>
+          <t>9786057762405</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Yanında Taşıyan Adam</t>
+          <t>Acı</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786057762009</t>
+          <t>9786057762535</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Bütün Çocuklar İyidir</t>
+          <t>Tekinsiz Öyküler</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786053759584</t>
+          <t>9786057762504</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Ben Kirke</t>
+          <t>Elfdiyarı Kralı'nın Kızı</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786053759997</t>
+          <t>9786057762511</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Ağıt</t>
+          <t>Sen Yabancı Değilsin</t>
         </is>
       </c>
       <c r="C1288" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786053759935</t>
+          <t>9786057762498</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>Suret Sayı: 11 - Kahramanlar - Anti Kahramanlar</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>170</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786053759911</t>
+          <t>9786057762481</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Dağı Yolcusu Kalmasın</t>
+          <t>İç Dünya Dış Gerçeklik</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786053759898</t>
+          <t>9786057762474</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Cam</t>
+          <t>Şenlik Ateşi</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786053759881</t>
+          <t>9786057762467</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Cehennemlik Yürek</t>
+          <t>Sandman 7 - Kısa Hayatlar</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786053759843</t>
+          <t>9786057762436</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Öyküleri</t>
+          <t>Kifayetsiz Pastoral</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786053759874</t>
+          <t>9786057762450</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler İçinde Rusya</t>
+          <t>Conan (Cilt 1) (Ciltli)</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>105</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786053759850</t>
+          <t>9786057762290</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Kenti</t>
+          <t>Mimesis</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>400</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786053759607</t>
+          <t>9786057762429</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Lefter - Futbolun Ordinaryüsü (Ciltli)</t>
+          <t>Ouroboros Yılanı</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786053759829</t>
+          <t>9786057762399</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Kale</t>
+          <t>Conan: Cilt 1</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786053759805</t>
+          <t>9786057762368</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Yazgı ve Gazap</t>
+          <t>İşkencecinin Gölgesi</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786053759836</t>
+          <t>9786057762337</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Arka Direkte Yalnız</t>
+          <t>Kurbağa Adası</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786053759775</t>
+          <t>9786057762313</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Yatak Odasında Felsefe</t>
+          <t>İstisnai Buluşmalar</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786053759782</t>
+          <t>9786057762320</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Zeplin</t>
+          <t>Watchmen Başlangıç: Ozymandias - Kızıl Korsan</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786053759751</t>
+          <t>9786057762283</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Uçan Mabet</t>
+          <t>Kıyamet Polisi</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786053759768</t>
+          <t>9786057762306</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Daisy Miller</t>
+          <t>Sarı Duvar Kağıdı</t>
         </is>
       </c>
       <c r="C1303" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786053759430</t>
+          <t>9786057762276</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Lefter - Futbolun Ordinaryüsü</t>
+          <t>Beni mi?</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786053759713</t>
+          <t>9786057762245</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Golem</t>
+          <t>Jurgen - Bir Adalet Komedisi</t>
         </is>
       </c>
       <c r="C1305" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786053759720</t>
+          <t>9786057762269</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Kıyamete Koşanlar Kulübü</t>
+          <t>Çataldili Konuşan Son İnsan</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786053759683</t>
+          <t>9786057762252</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Koralin</t>
+          <t>Bunu Sen De İstiyorsun</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786053759645</t>
+          <t>9786057762207</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Kıyısında</t>
+          <t>Kaçak Protokol</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786053759690</t>
+          <t>9786057762221</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Gençlik Portresi</t>
+          <t>Hayat Gibi</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786053759638</t>
+          <t>9786057762191</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Aidiyet</t>
+          <t>Loki’nin Müjdesi</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786053759669</t>
+          <t>9786057762184</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Postacı</t>
+          <t>Beyin Kırıcı</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786053759676</t>
+          <t>9786057762177</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Kara Panter Kimdir?</t>
+          <t>Maksatlı Tesadüfler</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786053759591</t>
+          <t>9786057762160</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Gitmediğim Bir Yerde</t>
+          <t>Sonbahar Ülkesi</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786053759560</t>
+          <t>9786057762122</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Blizzard Futbol Kültür Dergisi Sayı: 2</t>
+          <t>Büyük Kederler Küçük Öyküler</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786053757535</t>
+          <t>9786057762153</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Son Eşik</t>
+          <t>Tutarsızlıklar</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>325</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786053757528</t>
+          <t>9786057762146</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Charon’un Pençesi</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786053759416</t>
+          <t>9786057762139</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Bıçağın Kendisi</t>
+          <t>Dünyanın Gözü - Zaman Çarkı 1</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>420</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786053759539</t>
+          <t>9786057762030</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Yazma Cesareti</t>
+          <t>Sandman 6: Fabllar ve Yansımalar</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>300</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786053759553</t>
+          <t>9786057762115</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Mitolojisi</t>
+          <t>Dünyanın Ötesindeki Orman</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786053759546</t>
+          <t>9786057762078</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Mars</t>
+          <t>Bir Küçük Delilik</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786053759492</t>
+          <t>9786057762085</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Bay Less</t>
+          <t>Yaşayan Ölüler</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786053759522</t>
+          <t>9786057762092</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Istrancalı Abdülharis Paşa</t>
+          <t>Fantastes</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786053759508</t>
+          <t>9786057762054</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Olmamış Kahraman Emeklisi</t>
+          <t>Phlebas’ı Hatırla</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>116</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786053759478</t>
+          <t>9786057762047</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Toz</t>
+          <t>Güneşi Yanında Taşıyan Adam</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786053759515</t>
+          <t>9786057762009</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Roma’da Siyaset ve Felsefe</t>
+          <t>Bütün Çocuklar İyidir</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786053759461</t>
+          <t>9786053759584</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Hareket İblisi</t>
+          <t>Ben Kirke</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786053759423</t>
+          <t>9786053759997</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Siyasetteki Gölge Korku</t>
+          <t>Ağıt</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786053759447</t>
+          <t>9786053759935</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Kozadaki Uğultu</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9789758607518</t>
+          <t>9786053759911</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Hakimi</t>
+          <t>Ağrı Dağı Yolcusu Kalmasın</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786053759393</t>
+          <t>9786053759898</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Şe7t4n</t>
+          <t>Cam</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786053759386</t>
+          <t>9786053759881</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Teftiş</t>
+          <t>Cehennemlik Yürek</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786053759379</t>
+          <t>9786053759843</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Günler Haritası - Bayan Peregrine'in Tuhaf Çocukları 4 (Ciltli)</t>
+          <t>Gençlik Öyküleri</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>570</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786053759348</t>
+          <t>9786053759874</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Kumsalda</t>
+          <t>Gölgeler İçinde Rusya</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>300</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786053759362</t>
+          <t>9786053759850</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Tüm Sistemler Çöktü</t>
+          <t>Mucizeler Kenti</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786053759331</t>
+          <t>9786053759607</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Vampir</t>
+          <t>Lefter - Futbolun Ordinaryüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786053759300</t>
+          <t>9786053759829</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz Matiz</t>
+          <t>İmkansız Kale</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786053759317</t>
+          <t>9786053759805</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Kılıçlar ve Güller - Elric</t>
+          <t>Yazgı ve Gazap</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786053759294</t>
+          <t>9786053759836</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ile Bay Hyde</t>
+          <t>Arka Direkte Yalnız</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786053759270</t>
+          <t>9786053759775</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Destanlar Çağı</t>
+          <t>Yatak Odasında Felsefe</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786053759263</t>
+          <t>9786053759782</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Yakın</t>
+          <t>Zeplin</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786053759249</t>
+          <t>9786053759751</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>İyi Toplum Yoktur</t>
+          <t>Uçan Mabet</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786053759256</t>
+          <t>9786053759768</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Sinema - Tarih Kuram Eleştiri</t>
+          <t>Daisy Miller</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786053759225</t>
+          <t>9786053759430</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Bir Bedenin Gerçeği</t>
+          <t>Lefter - Futbolun Ordinaryüsü</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786053759218</t>
+          <t>9786053759713</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Aşikarlık Dehşeti: Sahte Kesinlikler</t>
+          <t>Golem</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786053759232</t>
+          <t>9786053759720</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Brooklyn</t>
+          <t>Kıyamete Koşanlar Kulübü</t>
         </is>
       </c>
       <c r="C1345" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786053759201</t>
+          <t>9786053759683</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Kitaplık</t>
+          <t>Koralin</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786053759195</t>
+          <t>9786053759645</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Madde 22</t>
+          <t>Kelimelerin Kıyısında</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>580</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786053759188</t>
+          <t>9786053759690</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Süreyya’nın Saatleri</t>
+          <t>Sanatçının Gençlik Portresi</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786053759171</t>
+          <t>9786053759638</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Kara Prizma</t>
+          <t>Aidiyet</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>445</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786053759164</t>
+          <t>9786053759669</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Üç Sahtekar</t>
+          <t>Postacı</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786053759096</t>
+          <t>9786053759676</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Las Vegas’ta Korku ve Nefret</t>
+          <t>Kara Panter Kimdir?</t>
         </is>
       </c>
       <c r="C1351" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786053759140</t>
+          <t>9786053759591</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Andromeda Nebulası</t>
+          <t>Gitmediğim Bir Yerde</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786053759010</t>
+          <t>9786053759560</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Fanon'un Hayaletleri</t>
+          <t>Blizzard Futbol Kültür Dergisi Sayı: 2</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786053759102</t>
+          <t>9786053757535</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Sendrom</t>
+          <t>Son Eşik</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786053759058</t>
+          <t>9786053757528</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Kılıçlar Kenti</t>
+          <t>Charon’un Pençesi</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786053758990</t>
+          <t>9786053759416</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Tohumu</t>
+          <t>Bıçağın Kendisi</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786053759041</t>
+          <t>9786053759539</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Carol Gömülmeden</t>
+          <t>Yazma Cesareti</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786053759027</t>
+          <t>9786053759553</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Hissiz Kumpanya</t>
+          <t>Şiddetin Mitolojisi</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786053759072</t>
+          <t>9786053759546</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>İntihar Kulübü</t>
+          <t>Kızıl Mars</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786053759065</t>
+          <t>9786053759492</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Boşlukta Uyanmak</t>
+          <t>Bay Less</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786053758983</t>
+          <t>9786053759522</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Müziği Boğan Gürültü</t>
+          <t>Istrancalı Abdülharis Paşa</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786053759003</t>
+          <t>9786053759508</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Yasa Kitabı ve Yalanlar Kitabı</t>
+          <t>Olmamış Kahraman Emeklisi</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>220</v>
+        <v>116</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786053758877</t>
+          <t>9786053759478</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Uzay Akımları - Galaktik İmparatorluk Serisi 2</t>
+          <t>Toz</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786053758976</t>
+          <t>9786053759515</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Hayata Rağmen Edebiyat</t>
+          <t>Roma’da Siyaset ve Felsefe</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>201</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786053758945</t>
+          <t>9786053759461</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Trenzalore Öyküleri - Doktor Who</t>
+          <t>Hareket İblisi</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786053758969</t>
+          <t>9786053759423</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Savaş Makineleri - Doctor Who</t>
+          <t>Siyasetteki Gölge Korku</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786053758952</t>
+          <t>9786053759447</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Ağı - Doctor Who (Cep Boy)</t>
+          <t>Kozadaki Uğultu</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786053758921</t>
+          <t>9789758607518</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Orman</t>
+          <t>Dünyanın Hakimi</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>580</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786053758914</t>
+          <t>9786053759393</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Kafes</t>
+          <t>Şe7t4n</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786053758860</t>
+          <t>9786053759386</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Usta ile Margarita</t>
+          <t>Teftiş</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786053758853</t>
+          <t>9786053759379</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Mathilda</t>
+          <t>Günler Haritası - Bayan Peregrine'in Tuhaf Çocukları 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>120</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786053758556</t>
+          <t>9786053759348</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Göğün Altında</t>
+          <t>Kumsalda</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786053758808</t>
+          <t>9786053759362</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Dirilen Öfke</t>
+          <t>Tüm Sistemler Çöktü</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786053758778</t>
+          <t>9786053759331</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Eskimişliği Cilt - 2</t>
+          <t>Vampir</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786053758761</t>
+          <t>9786053759300</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Sol İçin Devrimci Anahtar Kelimeler</t>
+          <t>Gölgesiz Matiz</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786053758747</t>
+          <t>9786053759317</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Yaban Diyarlarda Yabancı</t>
+          <t>Kılıçlar ve Güller - Elric</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786053758754</t>
+          <t>9786053759294</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Orsinya Öyküleri</t>
+          <t>Dr. Jekyll ile Bay Hyde</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786053758785</t>
+          <t>9786053759270</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kürkünde Rüya</t>
+          <t>Destanlar Çağı</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786053758716</t>
+          <t>9786053759263</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Gücenmedim Dersem Yalan Olur</t>
+          <t>Yakın</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786053758693</t>
+          <t>9786053759249</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Elden Bittim</t>
+          <t>İyi Toplum Yoktur</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786053758723</t>
+          <t>9786053759256</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi</t>
+          <t>Sinema - Tarih Kuram Eleştiri</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786053758709</t>
+          <t>9786053759225</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Dokudünya</t>
+          <t>Bir Bedenin Gerçeği</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786053758686</t>
+          <t>9786053759218</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci</t>
+          <t>Aşikarlık Dehşeti: Sahte Kesinlikler</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>600</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786053758594</t>
+          <t>9786053759232</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>İhtiyarlara Yer Yok</t>
+          <t>Öksüz Brooklyn</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786053758655</t>
+          <t>9786053759201</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Hiçbiri</t>
+          <t>Kitaplık</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786053758648</t>
+          <t>9786053759195</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Kendine Tapan Kadın</t>
+          <t>Madde 22</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786053758662</t>
+          <t>9786053759188</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Elric - Rüya Diyarlarında (Cilt 5)</t>
+          <t>Süreyya’nın Saatleri</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786053758679</t>
+          <t>9786053759171</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Feminist Ütopya Projesi</t>
+          <t>Kara Prizma</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>300</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786053758587</t>
+          <t>9786053759164</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Doğal Semboller: Kozmoloji Keşifleri</t>
+          <t>Üç Sahtekar</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786053758549</t>
+          <t>9786053759096</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Amatka</t>
+          <t>Las Vegas’ta Korku ve Nefret</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786053758532</t>
+          <t>9786053759140</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Yabancı: Kalecinin Tarihi</t>
+          <t>Andromeda Nebulası</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786053758488</t>
+          <t>9786053759010</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>İyi Aile Yoktur</t>
+          <t>Fanon'un Hayaletleri</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786053758501</t>
+          <t>9786053759102</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Sandman 5 - Sen Oyunu</t>
+          <t>Sendrom</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>540</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786053758464</t>
+          <t>9786053759058</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>Kılıçlar Kenti</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786053758457</t>
+          <t>9786053758990</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Doctor Who: Buz Çarkı</t>
+          <t>Tanrıların Tohumu</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786053758440</t>
+          <t>9786053759041</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Yürek Burgusu</t>
+          <t>Carol Gömülmeden</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786053758402</t>
+          <t>9786053759027</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı</t>
+          <t>Hissiz Kumpanya</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786053758396</t>
+          <t>9786053759072</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Zamanımızın Bir Kahramanı</t>
+          <t>İntihar Kulübü</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786053758341</t>
+          <t>9786053759065</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Beceriksiz</t>
+          <t>Boşlukta Uyanmak</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786053758358</t>
+          <t>9786053758983</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Bu Ölümsüz</t>
+          <t>Müziği Boğan Gürültü</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786053758365</t>
+          <t>9786053759003</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Esneyen Adam</t>
+          <t>Yasa Kitabı ve Yalanlar Kitabı</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786053758327</t>
+          <t>9786053758877</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Süreyya</t>
+          <t>Uzay Akımları - Galaktik İmparatorluk Serisi 2</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786053758334</t>
+          <t>9786053758976</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Çöküşü</t>
+          <t>Hayata Rağmen Edebiyat</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>350</v>
+        <v>201</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786053758310</t>
+          <t>9786053758945</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Yüce Tanrı Pan</t>
+          <t>Trenzalore Öyküleri - Doktor Who</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786053757252</t>
+          <t>9786053758969</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Kışgörmez - Drizzt Efsanesi 21. Kitap</t>
+          <t>Savaş Makineleri - Doctor Who</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786053758242</t>
+          <t>9786053758952</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kırmızı</t>
+          <t>Dehşet Ağı - Doctor Who (Cep Boy)</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786053758297</t>
+          <t>9786053758921</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Aradım Yaz Dediniz</t>
+          <t>Karanlık Orman</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786053756972</t>
+          <t>9786053758914</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Selimiye Mektupları</t>
+          <t>Kafes</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786053758280</t>
+          <t>9786053758860</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Toz Gibi Yıldızlar - Galaktik İmparatorluk Serisi 1</t>
+          <t>Usta ile Margarita</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786053758273</t>
+          <t>9786053758853</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Balık Nefesi</t>
+          <t>Mathilda</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786053758259</t>
+          <t>9786053758556</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Bir Mars Destanı</t>
+          <t>Kızıl Göğün Altında</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786053758228</t>
+          <t>9786053758808</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina (2 Cilt Takım )</t>
+          <t>Dirilen Öfke</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>840</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786053758174</t>
+          <t>9786053758778</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Melezler</t>
+          <t>İnsanın Eskimişliği Cilt - 2</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786053758143</t>
+          <t>9786053758761</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Bir Astronotun Sonsuz Yolculuğu</t>
+          <t>Yeni Bir Sol İçin Devrimci Anahtar Kelimeler</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786053758136</t>
+          <t>9786053758747</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Duvar</t>
+          <t>Yaban Diyarlarda Yabancı</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786053758099</t>
+          <t>9786053758754</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim Kuramları</t>
+          <t>Orsinya Öyküleri</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786053758105</t>
+          <t>9786053758785</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Kadın Kürkünde Rüya</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786053758075</t>
+          <t>9786053758716</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Rakamlar Oyunu</t>
+          <t>Gücenmedim Dersem Yalan Olur</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786053758006</t>
+          <t>9786053758693</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Merdivenler Kenti</t>
+          <t>Elden Bittim</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786053758068</t>
+          <t>9786053758723</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Çalışmalar ve Sinema</t>
+          <t>Kadınlar Ülkesi</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786053758013</t>
+          <t>9786053758709</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Bizdeki Ben: Tanınma Teorisi Üzerine İncelemeler</t>
+          <t>Dokudünya</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786053757993</t>
+          <t>9786053758686</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Melekler</t>
+          <t>İtfaiyeci</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786053757979</t>
+          <t>9786053758594</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Disko Topu</t>
+          <t>İhtiyarlara Yer Yok</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786053757986</t>
+          <t>9786053758655</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>İkinci Vakıf - Vakıf Serisi</t>
+          <t>Hiçbiri</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786053757955</t>
+          <t>9786053758648</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Büyük Wootton Demircisi (Ciltli)</t>
+          <t>Kendine Tapan Kadın</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786053757948</t>
+          <t>9786053758662</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Ham’li Çiftçi Giles (Ciltli)</t>
+          <t>Elric - Rüya Diyarlarında (Cilt 5)</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786053757818</t>
+          <t>9786053758679</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Fahrenheit 451</t>
+          <t>Feminist Ütopya Projesi</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786053757917</t>
+          <t>9786053758587</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Kırgın Çocuklar Mevsimi</t>
+          <t>Doğal Semboller: Kozmoloji Keşifleri</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786053757894</t>
+          <t>9786053758549</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Montesquieu - Siyaset ve Tarih</t>
+          <t>Amatka</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786053757887</t>
+          <t>9786053758532</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Ritüeller: Yapı ve Anti-Yapı</t>
+          <t>Yabancı: Kalecinin Tarihi</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786053757849</t>
+          <t>9786053758488</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Piknik</t>
+          <t>İyi Aile Yoktur</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786053757832</t>
+          <t>9786053758501</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Sandman 5 - Sen Oyunu</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>120</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786053757757</t>
+          <t>9786053758464</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sular</t>
+          <t>İskandinav Mitolojisi</t>
         </is>
       </c>
       <c r="C1433" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786053757764</t>
+          <t>9786053758457</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Artemis</t>
+          <t>Doctor Who: Buz Çarkı</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786053757771</t>
+          <t>9786053758440</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski'nin Batı Eleştirisi</t>
+          <t>Yürek Burgusu</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786053757719</t>
+          <t>9786053758402</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786053757726</t>
+          <t>9786053758396</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Kalem</t>
+          <t>Zamanımızın Bir Kahramanı</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786053757740</t>
+          <t>9786053758341</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Vakıf ve İmparatorluk</t>
+          <t>Beceriksiz</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786053757665</t>
+          <t>9786053758358</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Aslında Herkes Haklı</t>
+          <t>Bu Ölümsüz</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786053757511</t>
+          <t>9786053758365</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen</t>
+          <t>Esneyen Adam</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786053757634</t>
+          <t>9786053758327</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Sondan Başa</t>
+          <t>Süreyya</t>
         </is>
       </c>
       <c r="C1441" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786053757658</t>
+          <t>9786053758334</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>İmparatorluğun Çöküşü</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786053757573</t>
+          <t>9786053758310</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Müzesi</t>
+          <t>Yüce Tanrı Pan</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786053757603</t>
+          <t>9786053757252</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Temelleri</t>
+          <t>Kışgörmez - Drizzt Efsanesi 21. Kitap</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786053757580</t>
+          <t>9786053758242</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Şantiye Gürültüsü</t>
+          <t>Saklı Kırmızı</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786053757566</t>
+          <t>9786053758297</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Yıldız: Alman Futbolunun Kendini Yeniden Keşfi ve Dünyayı Fethi</t>
+          <t>Aradım Yaz Dediniz</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786053757467</t>
+          <t>9786053756972</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Mevt Tek Hecelik Uyku</t>
+          <t>Selimiye Mektupları</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786053757443</t>
+          <t>9786053758280</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Vaiz 1 - Teksas Yolları</t>
+          <t>Toz Gibi Yıldızlar - Galaktik İmparatorluk Serisi 1</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786053757436</t>
+          <t>9786053758273</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Sandman 4 - Sisler Mevsimi</t>
+          <t>Balık Nefesi</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>540</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786053757177</t>
+          <t>9786053758259</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Seyyit Han (Senaryo)</t>
+          <t>Bir Mars Destanı</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786053757399</t>
+          <t>9786053758228</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapıdaki Mesih : Walter Benjamin ve Politik Felsefesi</t>
+          <t>Anna Karenina (2 Cilt Takım )</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>225</v>
+        <v>840</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786053757412</t>
+          <t>9786053758174</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı</t>
+          <t>Melezler</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786053757115</t>
+          <t>9786053758143</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Düş Hançeri (Ciltli)</t>
+          <t>Bir Astronotun Sonsuz Yolculuğu</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>975</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786053757382</t>
+          <t>9786053758136</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Matruşka Park</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>138</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786053757290</t>
+          <t>9786053758099</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Şarkısı</t>
+          <t>Dilbilim Kuramları</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786053757313</t>
+          <t>9786053758105</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Kullervo’nun Hikayesi</t>
+          <t>Gurur ve Önyargı</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786053757207</t>
+          <t>9786053758075</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Dune Tanrı İmparatoru</t>
+          <t>Rakamlar Oyunu</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786053757184</t>
+          <t>9786053758006</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Gök Derinin Altında</t>
+          <t>Merdivenler Kenti</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786053755029</t>
+          <t>9786053758068</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Maskenin Düştüğü Yer</t>
+          <t>Kültürel Çalışmalar ve Sinema</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786053757221</t>
+          <t>9786053758013</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Kara Kara Kapkara</t>
+          <t>Bizdeki Ben: Tanınma Teorisi Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786057762351</t>
+          <t>9786053757993</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Bayramı Ağacı</t>
+          <t>Düşmüş Melekler</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786053757078</t>
+          <t>9786053757979</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Gerisi Pek Mühim Değil</t>
+          <t>Disko Topu</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786053757238</t>
+          <t>9786053757986</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Kırk Evin Delisi</t>
+          <t>İkinci Vakıf - Vakıf Serisi</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786053757160</t>
+          <t>9786053757955</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Büyük Wootton Demircisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786053757153</t>
+          <t>9786053757948</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Anlatış</t>
+          <t>Ham’li Çiftçi Giles (Ciltli)</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786053757146</t>
+          <t>9786053757818</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Futbolunun Yakın Tarihi: Kökler</t>
+          <t>Fahrenheit 451</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786053757139</t>
+          <t>9786053757917</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Kırgın Çocuklar Mevsimi</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786053757108</t>
+          <t>9786053757894</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Ferdi - Bir Kış Gecesi</t>
+          <t>Montesquieu - Siyaset ve Tarih</t>
         </is>
       </c>
       <c r="C1468" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786053757122</t>
+          <t>9786053757887</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Sefer</t>
+          <t>Ritüeller: Yapı ve Anti-Yapı</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786053757054</t>
+          <t>9786053757849</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Olsun</t>
+          <t>Uzayda Piknik</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786053757023</t>
+          <t>9786053757832</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Theodor Adorno: Kültür Endüstrisinin Kıskacında Kültür</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786053757009</t>
+          <t>9786053757757</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>10 Numaralı Kamara</t>
+          <t>Karanlık Sular</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786053756996</t>
+          <t>9786053757764</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Yıl 501: Fetih Devam Ediyor</t>
+          <t>Artemis</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786053756989</t>
+          <t>9786053757771</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Panayır Sihirbazı</t>
+          <t>Dostoyevski'nin Batı Eleştirisi</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>112</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786053756910</t>
+          <t>9786053757719</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Sonsuz Yolculuğu</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786053756941</t>
+          <t>9786053757726</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Kendine Ait Bir Kalem</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786053756873</t>
+          <t>9786053757740</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Olmak Zor İş</t>
+          <t>Vakıf ve İmparatorluk</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786053756880</t>
+          <t>9786053757665</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Müşterek Dostumuz (2 Cilt Takım)</t>
+          <t>Aslında Herkes Haklı</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786053756835</t>
+          <t>9786053757511</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sefer</t>
+          <t>Bilinmeyen</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786053756804</t>
+          <t>9786053757634</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Pireler Terk Etmeden</t>
+          <t>Sondan Başa</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786053756781</t>
+          <t>9786053757658</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786053756767</t>
+          <t>9786053757573</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Edebiyat Atlası</t>
+          <t>Yeryüzü Müzesi</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786053756729</t>
+          <t>9786053757603</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Devlet Uğruna</t>
+          <t>Sinemanın Temelleri</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>405</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786053756736</t>
+          <t>9786053757580</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Su Adamı</t>
+          <t>Şantiye Gürültüsü</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786053756644</t>
+          <t>9786053757566</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri ve Bilginin Gelişmesi</t>
+          <t>Dördüncü Yıldız: Alman Futbolunun Kendini Yeniden Keşfi ve Dünyayı Fethi</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786053756651</t>
+          <t>9786053757467</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Sürü</t>
+          <t>Mevt Tek Hecelik Uyku</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786053756637</t>
+          <t>9786053757443</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Tanrıları</t>
+          <t>Vaiz 1 - Teksas Yolları</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786053756590</t>
+          <t>9786053757436</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Ay Zalim Bir Sevgilidir</t>
+          <t>Sandman 4 - Sisler Mevsimi</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>450</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786053756583</t>
+          <t>9786053757177</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Sayılı Gün</t>
+          <t>Seyyit Han (Senaryo)</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786053756552</t>
+          <t>9786053757399</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Sonrası</t>
+          <t>Dar Kapıdaki Mesih : Walter Benjamin ve Politik Felsefesi</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786053756569</t>
+          <t>9786053757412</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Goblin Kral</t>
+          <t>Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786053756514</t>
+          <t>9786053757115</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Salpa</t>
+          <t>Düş Hançeri - Zaman Çarkı 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>180</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786053756507</t>
+          <t>9786053757382</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Hücrem</t>
+          <t>Matruşka Park</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>180</v>
+        <v>138</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786053756491</t>
+          <t>9786053757290</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Sanık</t>
+          <t>Özgürlük Şarkısı</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786053756545</t>
+          <t>9786053757313</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Kullervo’nun Hikayesi</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786053756538</t>
+          <t>9786053757207</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Dune Tanrı İmparatoru</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786057762108</t>
+          <t>9786053757184</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Yedikuleli Mansur</t>
+          <t>Gök Derinin Altında</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786053756347</t>
+          <t>9786053755029</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Liverpool FC</t>
+          <t>Maskenin Düştüğü Yer</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>325</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786053756408</t>
+          <t>9786053757221</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Bir Şairin Yaşamöyküsü: T. S. Eliot</t>
+          <t>Kara Kara Kapkara</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>216</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786053756392</t>
+          <t>9786057762351</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Kafka'dan Yana, Kafka'ya Karşı</t>
+          <t>Cadılar Bayramı Ağacı</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786053756286</t>
+          <t>9786053757078</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Fener</t>
+          <t>Gerisi Pek Mühim Değil</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786053756361</t>
+          <t>9786053757238</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Yüzü Silinenler - Darbe Günlükleri</t>
+          <t>Kırk Evin Delisi</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786053756217</t>
+          <t>9786053757160</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Düş Ülke</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786053756309</t>
+          <t>9786053757153</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Karanlık Yüzü</t>
+          <t>Anlatış</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786053756330</t>
+          <t>9786053757146</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Hudutların Kanunu</t>
+          <t>İngiliz Futbolunun Yakın Tarihi: Kökler</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786053756316</t>
+          <t>9786053757139</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Kader Üçgeni</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786053756255</t>
+          <t>9786053757108</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Ahmet Ferdi - Bir Kış Gecesi</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786053756231</t>
+          <t>9786053757122</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Kaplan! Kaplan!</t>
+          <t>Sefer</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786053755159</t>
+          <t>9786053757054</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Boynu Bükük Öldüler</t>
+          <t>Geçmiş Olsun</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786053755623</t>
+          <t>9786053757023</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Theodor Adorno: Kültür Endüstrisinin Kıskacında Kültür</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786053756156</t>
+          <t>9786053757009</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>10 Numaralı Kamara</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786053756163</t>
+          <t>9786053756996</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Kan Yemini</t>
+          <t>Yıl 501: Fetih Devam Ediyor</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786053756125</t>
+          <t>9786053756989</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>İkizlerin Savaşı - Efsaneler Serisi 2. Kitap</t>
+          <t>Panayır Sihirbazı</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>350</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786053756132</t>
+          <t>9786053756910</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>İkizlerin Sınavı - Efsaneler Serisi 3. Kitap</t>
+          <t>Kahramanın Sonsuz Yolculuğu</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786053756071</t>
+          <t>9786053756941</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>İkizlerin Zamanı - Efsaneler Serisi 1. Kitap</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>325</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786053756033</t>
+          <t>9786053756873</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Kudret</t>
+          <t>Tanrı Olmak Zor İş</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786053756149</t>
+          <t>9786053756880</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Müşterek Dostumuz (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>380</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786053756057</t>
+          <t>9786053756835</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Kızıl Sefer</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786053756040</t>
+          <t>9786053756804</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Ben, Robot</t>
+          <t>Pireler Terk Etmeden</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786053756064</t>
+          <t>9786053756781</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Watchmen</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>740</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786053756002</t>
+          <t>9786053756767</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Kişisel Edebiyat Atlası</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>440</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786053756026</t>
+          <t>9786053756729</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Dune Çocukları</t>
+          <t>Devlet Uğruna</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>450</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786053755999</t>
+          <t>9786053756736</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Şiirli Dağ</t>
+          <t>Su Adamı</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786053755944</t>
+          <t>9786053756644</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Sandman 1. Cilt: Prelüdler - Noktürnler</t>
+          <t>Eleştiri ve Bilginin Gelişmesi</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786053755937</t>
+          <t>9786053756651</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Sürü</t>
         </is>
       </c>
       <c r="C1525" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786053755951</t>
+          <t>9786053756637</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>2001: Bir Uzay Destanı</t>
+          <t>Amerikan Tanrıları</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>280</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786053755982</t>
+          <t>9786053756590</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Ay Zalim Bir Sevgilidir</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786053755975</t>
+          <t>9786053756583</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Noterler Hep İkinci Kattadır</t>
+          <t>Sayılı Gün</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786053755920</t>
+          <t>9786053756552</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Yolun Başı</t>
+          <t>Marx ve Sonrası</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>116</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786053755890</t>
+          <t>9786053756569</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Kütüphanesi (Ciltli)</t>
+          <t>Goblin Kral</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>580</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786053755845</t>
+          <t>9786053756514</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>İnanç Uykusu</t>
+          <t>Salpa</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786053755838</t>
+          <t>9786053756507</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Damarları - Drizzt Efsanesi 5. Kitap</t>
+          <t>Hücrem</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786053755821</t>
+          <t>9786053756491</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Kristal Parçası - Drizzt Efsanesi 4. Kitap</t>
+          <t>Sanık</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786053755883</t>
+          <t>9786053756545</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Arcturus’a Yolculuk</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786053754787</t>
+          <t>9786053756538</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Cumartesiden Başlar</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786053755784</t>
+          <t>9786057762108</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Kanla Yaşıyoruz</t>
+          <t>Yedikuleli Mansur</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786053755791</t>
+          <t>9786053756347</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Biz Gayet İyiyiz</t>
+          <t>Liverpool FC</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786053755753</t>
+          <t>9786053756408</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Şafağı Ejderhaları</t>
+          <t>Bir Şairin Yaşamöyküsü: T. S. Eliot</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>300</v>
+        <v>216</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786053755777</t>
+          <t>9786053756392</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Kış Gecesi Ejderhaları</t>
+          <t>Kafka'dan Yana, Kafka'ya Karşı</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786053755760</t>
+          <t>9786053756286</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Güz Alacakaranlığı Ejderhaları</t>
+          <t>Büyülü Fener</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786053755746</t>
+          <t>9786053756361</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Notlar / Sanat - Edebiyat 4</t>
+          <t>Yüzü Silinenler - Darbe Günlükleri</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786053755708</t>
+          <t>9786053756217</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Bahire'nin Talipleri</t>
+          <t>Düş Ülke</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786053755661</t>
+          <t>9786053756309</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Mahzen</t>
+          <t>Aşkın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786053755616</t>
+          <t>9786053756330</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Tanınma Uğruna Mücadele</t>
+          <t>Hudutların Kanunu</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786053755630</t>
+          <t>9786053756316</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlar Cumhuriyeti</t>
+          <t>Kader Üçgeni</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>580</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786053755562</t>
+          <t>9786053756255</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786053755586</t>
+          <t>9786053756231</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Kaplan! Kaplan!</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786053755579</t>
+          <t>9786053755159</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Anayurt - Drizzt Efsanesi 1</t>
+          <t>Boynu Bükük Öldüler</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786053755609</t>
+          <t>9786053755623</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Elric Uyuyan Büyücü</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786053755340</t>
+          <t>9786053756156</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Ayyaş Buda</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786053759812</t>
+          <t>9786053756163</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Suikast Bürosu</t>
+          <t>Kan Yemini</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786053755111</t>
+          <t>9786053756125</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Sonu</t>
+          <t>İkizlerin Savaşı - Efsaneler Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786053754923</t>
+          <t>9786053756132</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Mimesis'i Okumaya Başlarken</t>
+          <t>İkizlerin Sınavı - Efsaneler Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786053754992</t>
+          <t>9786053756071</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Üç Cisim Problemi</t>
+          <t>İkizlerin Zamanı - Efsaneler Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786053754886</t>
+          <t>9786053756033</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Edebiyat Kuramı</t>
+          <t>Kudret</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>485</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786053754855</t>
+          <t>9786053756149</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Kıyamete Bir Milyar Yıl</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786053754817</t>
+          <t>9786053756057</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Rasyonalist Bağlanma</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786053754824</t>
+          <t>9786053756040</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Elric : Ruh Hırsızı</t>
+          <t>Ben, Robot</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786053755043</t>
+          <t>9786053756064</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Hukuk Düşüncesine Giriş</t>
+          <t>Watchmen</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>240</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786053754831</t>
+          <t>9786053756002</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Muz Beyazı</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>135</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786053754916</t>
+          <t>9786053756026</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Gibi</t>
+          <t>Dune Çocukları</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786053754985</t>
+          <t>9786053755999</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Yargılama Fakültesi</t>
+          <t>Şiirli Dağ</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786053754770</t>
+          <t>9786053755944</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Model Kavramı</t>
+          <t>Sandman 1. Cilt: Prelüdler - Noktürnler</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>185</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786053754749</t>
+          <t>9786053755937</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Talulla’nın Yükselişi</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786053754732</t>
+          <t>9786053755951</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>2001: Bir Uzay Destanı</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786053754794</t>
+          <t>9786053755982</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Dune</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786053757795</t>
+          <t>9786053755975</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin İmzası - Sherlock Holmes</t>
+          <t>Noterler Hep İkinci Kattadır</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786053754381</t>
+          <t>9786053755920</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Siyonizmin Dönüşleri</t>
+          <t>Yolun Başı</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>475</v>
+        <v>116</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786053754701</t>
+          <t>9786053755890</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Kafka: Utanç ve Suçluluğun Şairi</t>
+          <t>Ruhlar Kütüphanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786053754695</t>
+          <t>9786053755845</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Doctor Who Trenzalore Öyküleri</t>
+          <t>İnanç Uykusu</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786053754633</t>
+          <t>9786053755838</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Hemingway</t>
+          <t>Gümüş Damarları - Drizzt Efsanesi 5. Kitap</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>146</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786053754619</t>
+          <t>9786053755821</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Kristal Parçası - Drizzt Efsanesi 4. Kitap</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786053757788</t>
+          <t>9786053755883</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dosya - Sherlock Holmes</t>
+          <t>Arcturus’a Yolculuk</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786053754541</t>
+          <t>9786053754787</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Ares Harikalar Diyarında</t>
+          <t>Pazartesi Cumartesiden Başlar</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786053754473</t>
+          <t>9786053755784</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Titus Tek Başına</t>
+          <t>Kanla Yaşıyoruz</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786053754589</t>
+          <t>9786053755791</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Melekler de Ölür</t>
+          <t>Biz Gayet İyiyiz</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786053754657</t>
+          <t>9786053755753</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Kendini Fransa Kralı Sanan Adam</t>
+          <t>İlkbahar Şafağı Ejderhaları</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786053754640</t>
+          <t>9786053755777</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Gökler Altında Kızıl Denizler</t>
+          <t>Kış Gecesi Ejderhaları</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786053754527</t>
+          <t>9786053755760</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Müziği</t>
+          <t>Güz Alacakaranlığı Ejderhaları</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>220</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786053754398</t>
+          <t>9786053755746</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Öteki</t>
+          <t>Notlar / Sanat - Edebiyat 4</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786053752660</t>
+          <t>9786053755708</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Hayaletlerin Dansı (Ciltli)</t>
+          <t>Bahire'nin Talipleri</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>119</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786053754190</t>
+          <t>9786053755661</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Locke Lamora’nın Yalanları</t>
+          <t>Mahzen</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786053754220</t>
+          <t>9786053755616</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Uğruna</t>
+          <t>Tanınma Uğruna Mücadele</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786053750178</t>
+          <t>9786053755630</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Akılcılık</t>
+          <t>Hırsızlar Cumhuriyeti</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>260</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9789752732988</t>
+          <t>9786053755562</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Yaşam İçin Yararı ve Sakıncası</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>85</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786257737104</t>
+          <t>9786053755586</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Ragnarök: Tanrıların Alacakaranlığı</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786053754121</t>
+          <t>9786053755579</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Darius Methos</t>
+          <t>Anayurt - Drizzt Efsanesi 1</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>48</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786053755364</t>
+          <t>9786053755609</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Işık Tanrısı</t>
+          <t>Elric Uyuyan Büyücü</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786053755357</t>
+          <t>9786053755340</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Ayyaş Buda</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786053754374</t>
+          <t>9786053759812</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Diyalektiğin Birleştirici Güçleri</t>
+          <t>Suikast Bürosu</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786053755319</t>
+          <t>9786053755111</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Dune Mesihi</t>
+          <t>Çocukluğun Sonu</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786053754084</t>
+          <t>9786053754923</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Bedirhan</t>
+          <t>Mimesis'i Okumaya Başlarken</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786053757627</t>
+          <t>9786053754992</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Batı Kanonu</t>
+          <t>Üç Cisim Problemi</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786053753988</t>
+          <t>9786053754886</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Dresden Maskeleri 5 - Ölüm Maskeleri</t>
+          <t>Psikanalitik Edebiyat Kuramı</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>300</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786053751311</t>
+          <t>9786053754855</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 13. Cilt: Geceyarısı Kuleleri (Ciltli)</t>
+          <t>Kıyamete Bir Milyar Yıl</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>1100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786053753827</t>
+          <t>9786053754817</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Rasyonalist Bağlanma</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786053753803</t>
+          <t>9786053754824</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Aksaray'dan Bir Perihan</t>
+          <t>Elric : Ruh Hırsızı</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786053753773</t>
+          <t>9786053755043</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Masum İsa ve Hain Mesih</t>
+          <t>Çağdaş Hukuk Düşüncesine Giriş</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9789752734296</t>
+          <t>9786053754831</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Sen Ü Ben</t>
+          <t>Muz Beyazı</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>178</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786053752219</t>
+          <t>9786053754916</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu 1</t>
+          <t>Çılgın Gibi</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>163</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786057762214</t>
+          <t>9786053754985</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Leibowitz İçin Bir İlahi</t>
+          <t>Yargılama Fakültesi</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9789756902974</t>
+          <t>9786053754770</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Altın Volkanı</t>
+          <t>Model Kavramı</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>77</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786053750628</t>
+          <t>9786053754749</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Yokyer</t>
+          <t>Talulla’nın Yükselişi</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786053755371</t>
+          <t>9786053754732</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Hegel Varyasyonları</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786053758891</t>
+          <t>9786053754794</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>49 Numaralı Parçanın Nidası</t>
+          <t>Dune</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786053753971</t>
+          <t>9786053757795</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X</t>
+          <t>Dörtlerin İmzası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>465</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786053753681</t>
+          <t>9786053754381</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Kuşla Kediye Ağıt</t>
+          <t>Siyonizmin Dönüşleri</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>35</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786053753704</t>
+          <t>9786053754701</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Mongoliad 2. Kitap</t>
+          <t>Kafka: Utanç ve Suçluluğun Şairi</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786053753650</t>
+          <t>9786053754695</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Gizli Büyücüleri</t>
+          <t>Doctor Who Trenzalore Öyküleri</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786053753629</t>
+          <t>9786053754633</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Hakkıyla</t>
+          <t>Ölümsüz Hemingway</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>210</v>
+        <v>146</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786053753605</t>
+          <t>9786053754619</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Kadim Felsefe</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>425</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786053753544</t>
+          <t>9786053757788</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Uzun Dünya</t>
+          <t>Kızıl Dosya - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>252</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786053753551</t>
+          <t>9786053754541</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Herodotos'un Aynası</t>
+          <t>Ares Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>310</v>
+        <v>196</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786053754046</t>
+          <t>9786053754473</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Candide ve Mikromegas</t>
+          <t>Titus Tek Başına</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786053753131</t>
+          <t>9786053754589</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Metafor Ve Şiir Dilinin Yapısal Özellikleri</t>
+          <t>Melekler de Ölür</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786053753094</t>
+          <t>9786053754657</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Binyıl: İslam Dünyasında Hiyeroglifler ve Eski Mısır</t>
+          <t>Kendini Fransa Kralı Sanan Adam</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786053753162</t>
+          <t>9786053754640</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Bataklık Ülke Perg Efsaneleri 3. Kitap</t>
+          <t>Kızıl Gökler Altında Kızıl Denizler</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786053752875</t>
+          <t>9786053754527</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kızıl Baron</t>
+          <t>Sessizliğin Müziği</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786053752912</t>
+          <t>9786053754398</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Uzlaşma ve Kokuşmuş Uzlaşmalar</t>
+          <t>Öteki</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786053755173</t>
+          <t>9786053752660</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlar Sirki: Kıyamet Piyangosu</t>
+          <t>Hayaletlerin Dansı (Ciltli)</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>104</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786053755234</t>
+          <t>9786053754190</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Dağlı</t>
+          <t>Locke Lamora’nın Yalanları</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>52</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786053758129</t>
+          <t>9786053754220</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Uykulu Kuytu Söylencesi</t>
+          <t>Özgürlük Uğruna</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786053755166</t>
+          <t>9786053750178</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Elric - Tanelorn'u Kurtarmak</t>
+          <t>Uygulamalı Akılcılık</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786053755548</t>
+          <t>9789752732988</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gemisi Askerleri</t>
+          <t>Tarihin Yaşam İçin Yararı ve Sakıncası</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>280</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786053755524</t>
+          <t>9786257737104</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Notlar / Sanat - Edebiyat 2</t>
+          <t>Ragnarök: Tanrıların Alacakaranlığı</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>102</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786053755494</t>
+          <t>9786053754121</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Yıkıma Giden Adam</t>
+          <t>Darius Methos</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>280</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786053755425</t>
+          <t>9786053755364</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Kanunilik ve Meşruiyet</t>
+          <t>Işık Tanrısı</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786053753506</t>
+          <t>9786053755357</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Bram Stoker’ın Kayıp Günlüğü</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>54</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786053753049</t>
+          <t>9786053754374</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı İmgesinin Oluşumu: Efsane, Mit ve Büyü</t>
+          <t>Diyalektiğin Birleştirici Güçleri</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786053753063</t>
+          <t>9786053755319</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 14. Cilt: Işığın Anısı (Ciltli)</t>
+          <t>Dune Mesihi</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>1100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786053753285</t>
+          <t>9786053754084</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Alfabesi - Perg Efsaneleri 4. Kitap</t>
+          <t>Bedirhan</t>
         </is>
       </c>
       <c r="C1631" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786053753278</t>
+          <t>9786053757627</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Batı Kanonu</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786053753179</t>
+          <t>9786053753988</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Ankara Mahpusu</t>
+          <t>Dresden Maskeleri 5 - Ölüm Maskeleri</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786053753025</t>
+          <t>9786053751311</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Korkak ve Canavar</t>
+          <t>Geceyarısı Kuleleri - Zaman Çarkı 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>220</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9789752734180</t>
+          <t>9786053753827</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Buzların Sfenksi 1. Cilt</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786053751595</t>
+          <t>9786053753803</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Bilge Adamın Korkusu</t>
+          <t>Aksaray'dan Bir Perihan</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>940</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786053750093</t>
+          <t>9786053753773</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Fareydim! (Ciltli)</t>
+          <t>Masum İsa ve Hain Mesih</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>142</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786053756453</t>
+          <t>9789752734296</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Baudelaire</t>
+          <t>Sen Ü Ben</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>220</v>
+        <v>178</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786053751700</t>
+          <t>9786053752219</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Barbarlıklar Çatışması</t>
+          <t>Oyuncu 1</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>150</v>
+        <v>163</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786053759928</t>
+          <t>9786057762214</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Artık Huzur Yok</t>
+          <t>Leibowitz İçin Bir İlahi</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786057762641</t>
+          <t>9789756902974</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>Altın Volkanı</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>240</v>
+        <v>77</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786053759126</t>
+          <t>9786053750628</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık Kavşağı - Zaman Çarkı Cilt 10 (Ciltli)</t>
+          <t>Yokyer</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>1100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786053756422</t>
+          <t>9786053755371</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>İmgelem</t>
+          <t>Hegel Varyasyonları</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9789752733732</t>
+          <t>9786053758891</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Hobbit</t>
+          <t>49 Numaralı Parçanın Nidası</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786053759119</t>
+          <t>9786053753971</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Hançer Yolu - Zaman Çarkı Cilt 8 (Ciltli)</t>
+          <t>Malcolm X</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>1100</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786053751977</t>
+          <t>9786053753681</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Görünür Adam</t>
+          <t>Kuşla Kediye Ağıt</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>145</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9789752730724</t>
+          <t>9786053753704</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 4. Cilt: Gölge Yükseliyor (Ciltli)</t>
+          <t>Mongoliad 2. Kitap</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>1065</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786053751427</t>
+          <t>9786053753650</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Göldeki Canavar (Ciltli)</t>
+          <t>İstanbul'un Gizli Büyücüleri</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>97</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9789752731349</t>
+          <t>9786053753629</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 5. Cilt: Göğün Ateşleri (Ciltli)</t>
+          <t>Hakkıyla</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>1065</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786053750987</t>
+          <t>9786053753605</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısına On Üç Gün</t>
+          <t>Kadim Felsefe</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786053752004</t>
+          <t>9786053753544</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Uzun Dünya</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>180</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786053751465</t>
+          <t>9786053753551</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Kuş</t>
+          <t>Herodotos'un Aynası</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786053751014</t>
+          <t>9786053754046</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Düşüş</t>
+          <t>Candide ve Mikromegas</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>88</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9789758607273</t>
+          <t>9786053753131</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Doktor Moreau’nun Adası</t>
+          <t>Metafor Ve Şiir Dilinin Yapısal Özellikleri</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786053758419</t>
+          <t>9786053753094</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Deliliğin Dağlarında</t>
+          <t>Kayıp Binyıl: İslam Dünyasında Hiyeroglifler ve Eski Mısır</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9789752732551</t>
+          <t>9786053753162</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>David Strauss, İtirafçı ve Yazar</t>
+          <t>Bataklık Ülke Perg Efsaneleri 3. Kitap</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786053750260</t>
+          <t>9786053752875</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Çağının Sıcağında</t>
+          <t>Kanlı Kızıl Baron</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786053758426</t>
+          <t>9786053752912</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Cthulhu’nun Çağrısı</t>
+          <t>Uzlaşma ve Kokuşmuş Uzlaşmalar</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786053758617</t>
+          <t>9786053755173</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yeni Dünyayı Ziyaret</t>
+          <t>Hırsızlar Sirki: Kıyamet Piyangosu</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>150</v>
+        <v>104</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9789756902165</t>
+          <t>9786053755234</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yeni Dünya</t>
+          <t>Dağlı</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>220</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786258327687</t>
+          <t>9786053758129</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Çeşmeleri</t>
+          <t>Uykulu Kuytu Söylencesi</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786053751861</t>
+          <t>9786053755166</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Cenderedeki Medya Tenceredeki Gazeteci</t>
+          <t>Elric - Tanelorn'u Kurtarmak</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>116</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786057762412</t>
+          <t>9786053755548</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 2. Cilt: Büyük Av</t>
+          <t>Yıldız Gemisi Askerleri</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>675</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786053759980</t>
+          <t>9786053755524</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Roverandom</t>
+          <t>Notlar / Sanat - Edebiyat 2</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>180</v>
+        <v>102</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786053757245</t>
+          <t>9786053755494</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Resimli Adam</t>
+          <t>Yıkıma Giden Adam</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786053751489</t>
+          <t>9786053755425</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Reenkarnasyon Kulübü</t>
+          <t>Kanunilik ve Meşruiyet</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786257650472</t>
+          <t>9786053753506</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Operadaki Hayalet</t>
+          <t>Bram Stoker’ın Kayıp Günlüğü</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>280</v>
+        <v>54</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786053751069</t>
+          <t>9786053753049</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>On Beş Yaşında Bir Kaptan - 1. Cilt</t>
+          <t>Sanatçı İmgesinin Oluşumu: Efsane, Mit ve Büyü</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786053751472</t>
+          <t>9786053753063</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Modern Tarihçiliğin Klasik Temelleri</t>
+          <t>Işığın Anısı - Zaman Çarkı 14 (Ciltli)</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>250</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786053751267</t>
+          <t>9786053753285</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Mir’e Mektup</t>
+          <t>Tanrıların Alfabesi - Perg Efsaneleri 4. Kitap</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786053750024</t>
+          <t>9786053753278</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Mezarlık Kitabı</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786053758600</t>
+          <t>9786053753179</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Mezarlarınıza Tüküreceğim</t>
+          <t>Ankara Mahpusu</t>
         </is>
       </c>
       <c r="C1672" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786257650717</t>
+          <t>9786053753025</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Maymun ve Öz</t>
+          <t>Korkak ve Canavar</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786053758433</t>
+          <t>9789752734180</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Mars Yıllıkları</t>
+          <t>Buzların Sfenksi 1. Cilt</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786053752608</t>
+          <t>9786053751595</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Latince Kur’an Çevirileri</t>
+          <t>Bilge Adamın Korkusu</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>315</v>
+        <v>940</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786053750949</t>
+          <t>9786053750093</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Kurtadamlar</t>
+          <t>Ben Bir Fareydim! (Ciltli)</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>240</v>
+        <v>142</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9789752734609</t>
+          <t>9786053756453</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Yazılar Cilt: 4</t>
+          <t>Baudelaire</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>171</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786053756224</t>
+          <t>9786053751700</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Komik Edebi Türler</t>
+          <t>Barbarlıklar Çatışması</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786257913294</t>
+          <t>9786053759928</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 7. Cilt: Kılıçtan Taç (Ciltli)</t>
+          <t>Artık Huzur Yok</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>1100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9789752734111</t>
+          <t>9786057762641</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Karşıdevrimciler</t>
+          <t>Amerika</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>62</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786053754268</t>
+          <t>9786053759126</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Alacakaranlık Kavşağı - Zaman Çarkı 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>120</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786053759577</t>
+          <t>9786053756422</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Yürek Söken</t>
+          <t>İmgelem</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9789752733985</t>
+          <t>9789752733732</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bahar Zaman Çarkı Serisi Başlangıç Kitabı (Ciltli)</t>
+          <t>Hobbit</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>725</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786053758372</t>
+          <t>9786053759119</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Adamın Savaşı</t>
+          <t>Hançer Yolu - Zaman Çarkı 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>330</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9789752734289</t>
+          <t>9786053751977</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Yarış Domuzu Uzunburun Rudi (Ciltli)</t>
+          <t>Görünür Adam</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>116</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786053751434</t>
+          <t>9789752730724</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Varlıktan Başka</t>
+          <t>Gölge Yükseliyor - Zaman Çarkı 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>230</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786053750055</t>
+          <t>9786053751427</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Uçan Dağ</t>
+          <t>Göldeki Canavar (Ciltli)</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>90</v>
+        <v>97</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786257913485</t>
+          <t>9789752731349</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Oku</t>
+          <t>Göğün Ateşleri - Zaman Çarkı 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>250</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786053752448</t>
+          <t>9786053750987</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Tahsilli Bir Domuzun Anıları</t>
+          <t>Gece Yarısına On Üç Gün</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786053751809</t>
+          <t>9786053752004</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Şamanlar Diyarı</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>143</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786053755678</t>
+          <t>9786053751465</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Gezegeni</t>
+          <t>En Karanlık Kuş</t>
         </is>
       </c>
       <c r="C1691" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
+          <t>9786053751014</t>
+        </is>
+      </c>
+      <c r="B1692" s="1" t="inlineStr">
+        <is>
+          <t>Düşüş</t>
+        </is>
+      </c>
+      <c r="C1692" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="1693" spans="1:3">
+      <c r="A1693" s="1" t="inlineStr">
+        <is>
+          <t>9789758607273</t>
+        </is>
+      </c>
+      <c r="B1693" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Moreau’nun Adası</t>
+        </is>
+      </c>
+      <c r="C1693" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1694" spans="1:3">
+      <c r="A1694" s="1" t="inlineStr">
+        <is>
+          <t>9786053758419</t>
+        </is>
+      </c>
+      <c r="B1694" s="1" t="inlineStr">
+        <is>
+          <t>Deliliğin Dağlarında</t>
+        </is>
+      </c>
+      <c r="C1694" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1695" spans="1:3">
+      <c r="A1695" s="1" t="inlineStr">
+        <is>
+          <t>9789752732551</t>
+        </is>
+      </c>
+      <c r="B1695" s="1" t="inlineStr">
+        <is>
+          <t>David Strauss, İtirafçı ve Yazar</t>
+        </is>
+      </c>
+      <c r="C1695" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1696" spans="1:3">
+      <c r="A1696" s="1" t="inlineStr">
+        <is>
+          <t>9786053750260</t>
+        </is>
+      </c>
+      <c r="B1696" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Çağının Sıcağında</t>
+        </is>
+      </c>
+      <c r="C1696" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1697" spans="1:3">
+      <c r="A1697" s="1" t="inlineStr">
+        <is>
+          <t>9786053758426</t>
+        </is>
+      </c>
+      <c r="B1697" s="1" t="inlineStr">
+        <is>
+          <t>Cthulhu’nun Çağrısı</t>
+        </is>
+      </c>
+      <c r="C1697" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1698" spans="1:3">
+      <c r="A1698" s="1" t="inlineStr">
+        <is>
+          <t>9786053758617</t>
+        </is>
+      </c>
+      <c r="B1698" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Yeni Dünyayı Ziyaret</t>
+        </is>
+      </c>
+      <c r="C1698" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1699" spans="1:3">
+      <c r="A1699" s="1" t="inlineStr">
+        <is>
+          <t>9789756902165</t>
+        </is>
+      </c>
+      <c r="B1699" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Yeni Dünya</t>
+        </is>
+      </c>
+      <c r="C1699" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1700" spans="1:3">
+      <c r="A1700" s="1" t="inlineStr">
+        <is>
+          <t>9786258327687</t>
+        </is>
+      </c>
+      <c r="B1700" s="1" t="inlineStr">
+        <is>
+          <t>Cennetin Çeşmeleri</t>
+        </is>
+      </c>
+      <c r="C1700" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1701" spans="1:3">
+      <c r="A1701" s="1" t="inlineStr">
+        <is>
+          <t>9786053751861</t>
+        </is>
+      </c>
+      <c r="B1701" s="1" t="inlineStr">
+        <is>
+          <t>Cenderedeki Medya Tenceredeki Gazeteci</t>
+        </is>
+      </c>
+      <c r="C1701" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="1702" spans="1:3">
+      <c r="A1702" s="1" t="inlineStr">
+        <is>
+          <t>9786057762412</t>
+        </is>
+      </c>
+      <c r="B1702" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Av - Zaman Çarkı 2</t>
+        </is>
+      </c>
+      <c r="C1702" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1703" spans="1:3">
+      <c r="A1703" s="1" t="inlineStr">
+        <is>
+          <t>9786053759980</t>
+        </is>
+      </c>
+      <c r="B1703" s="1" t="inlineStr">
+        <is>
+          <t>Roverandom</t>
+        </is>
+      </c>
+      <c r="C1703" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1704" spans="1:3">
+      <c r="A1704" s="1" t="inlineStr">
+        <is>
+          <t>9786053757245</t>
+        </is>
+      </c>
+      <c r="B1704" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Adam</t>
+        </is>
+      </c>
+      <c r="C1704" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1705" spans="1:3">
+      <c r="A1705" s="1" t="inlineStr">
+        <is>
+          <t>9786053751489</t>
+        </is>
+      </c>
+      <c r="B1705" s="1" t="inlineStr">
+        <is>
+          <t>Reenkarnasyon Kulübü</t>
+        </is>
+      </c>
+      <c r="C1705" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1706" spans="1:3">
+      <c r="A1706" s="1" t="inlineStr">
+        <is>
+          <t>9786257650472</t>
+        </is>
+      </c>
+      <c r="B1706" s="1" t="inlineStr">
+        <is>
+          <t>Operadaki Hayalet</t>
+        </is>
+      </c>
+      <c r="C1706" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1707" spans="1:3">
+      <c r="A1707" s="1" t="inlineStr">
+        <is>
+          <t>9786053751069</t>
+        </is>
+      </c>
+      <c r="B1707" s="1" t="inlineStr">
+        <is>
+          <t>On Beş Yaşında Bir Kaptan - 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C1707" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1708" spans="1:3">
+      <c r="A1708" s="1" t="inlineStr">
+        <is>
+          <t>9786053751472</t>
+        </is>
+      </c>
+      <c r="B1708" s="1" t="inlineStr">
+        <is>
+          <t>Modern Tarihçiliğin Klasik Temelleri</t>
+        </is>
+      </c>
+      <c r="C1708" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1709" spans="1:3">
+      <c r="A1709" s="1" t="inlineStr">
+        <is>
+          <t>9786053751267</t>
+        </is>
+      </c>
+      <c r="B1709" s="1" t="inlineStr">
+        <is>
+          <t>Mir’e Mektup</t>
+        </is>
+      </c>
+      <c r="C1709" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1710" spans="1:3">
+      <c r="A1710" s="1" t="inlineStr">
+        <is>
+          <t>9786053750024</t>
+        </is>
+      </c>
+      <c r="B1710" s="1" t="inlineStr">
+        <is>
+          <t>Mezarlık Kitabı</t>
+        </is>
+      </c>
+      <c r="C1710" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1711" spans="1:3">
+      <c r="A1711" s="1" t="inlineStr">
+        <is>
+          <t>9786053758600</t>
+        </is>
+      </c>
+      <c r="B1711" s="1" t="inlineStr">
+        <is>
+          <t>Mezarlarınıza Tüküreceğim</t>
+        </is>
+      </c>
+      <c r="C1711" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1712" spans="1:3">
+      <c r="A1712" s="1" t="inlineStr">
+        <is>
+          <t>9786257650717</t>
+        </is>
+      </c>
+      <c r="B1712" s="1" t="inlineStr">
+        <is>
+          <t>Maymun ve Öz</t>
+        </is>
+      </c>
+      <c r="C1712" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1713" spans="1:3">
+      <c r="A1713" s="1" t="inlineStr">
+        <is>
+          <t>9786053758433</t>
+        </is>
+      </c>
+      <c r="B1713" s="1" t="inlineStr">
+        <is>
+          <t>Mars Yıllıkları</t>
+        </is>
+      </c>
+      <c r="C1713" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1714" spans="1:3">
+      <c r="A1714" s="1" t="inlineStr">
+        <is>
+          <t>9786053752608</t>
+        </is>
+      </c>
+      <c r="B1714" s="1" t="inlineStr">
+        <is>
+          <t>Latince Kur’an Çevirileri</t>
+        </is>
+      </c>
+      <c r="C1714" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1715" spans="1:3">
+      <c r="A1715" s="1" t="inlineStr">
+        <is>
+          <t>9786053750949</t>
+        </is>
+      </c>
+      <c r="B1715" s="1" t="inlineStr">
+        <is>
+          <t>Kurtadamlar</t>
+        </is>
+      </c>
+      <c r="C1715" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1716" spans="1:3">
+      <c r="A1716" s="1" t="inlineStr">
+        <is>
+          <t>9789752734609</t>
+        </is>
+      </c>
+      <c r="B1716" s="1" t="inlineStr">
+        <is>
+          <t>Yazılar Cilt: 4</t>
+        </is>
+      </c>
+      <c r="C1716" s="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="1717" spans="1:3">
+      <c r="A1717" s="1" t="inlineStr">
+        <is>
+          <t>9786053756224</t>
+        </is>
+      </c>
+      <c r="B1717" s="1" t="inlineStr">
+        <is>
+          <t>Komik Edebi Türler</t>
+        </is>
+      </c>
+      <c r="C1717" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1718" spans="1:3">
+      <c r="A1718" s="1" t="inlineStr">
+        <is>
+          <t>9786257913294</t>
+        </is>
+      </c>
+      <c r="B1718" s="1" t="inlineStr">
+        <is>
+          <t>Kılıçtan Taç - Zaman Çarkı 7 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1718" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="1719" spans="1:3">
+      <c r="A1719" s="1" t="inlineStr">
+        <is>
+          <t>9789752734111</t>
+        </is>
+      </c>
+      <c r="B1719" s="1" t="inlineStr">
+        <is>
+          <t>Karşıdevrimciler</t>
+        </is>
+      </c>
+      <c r="C1719" s="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="1720" spans="1:3">
+      <c r="A1720" s="1" t="inlineStr">
+        <is>
+          <t>9786053754268</t>
+        </is>
+      </c>
+      <c r="B1720" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Makinesi</t>
+        </is>
+      </c>
+      <c r="C1720" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1721" spans="1:3">
+      <c r="A1721" s="1" t="inlineStr">
+        <is>
+          <t>9786053759577</t>
+        </is>
+      </c>
+      <c r="B1721" s="1" t="inlineStr">
+        <is>
+          <t>Yürek Söken</t>
+        </is>
+      </c>
+      <c r="C1721" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1722" spans="1:3">
+      <c r="A1722" s="1" t="inlineStr">
+        <is>
+          <t>9789752733985</t>
+        </is>
+      </c>
+      <c r="B1722" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bahar - Zaman Çarkı Serisi Başlangıç Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1722" s="1">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="1723" spans="1:3">
+      <c r="A1723" s="1" t="inlineStr">
+        <is>
+          <t>9786053758372</t>
+        </is>
+      </c>
+      <c r="B1723" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlı Adamın Savaşı</t>
+        </is>
+      </c>
+      <c r="C1723" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1724" spans="1:3">
+      <c r="A1724" s="1" t="inlineStr">
+        <is>
+          <t>9789752734289</t>
+        </is>
+      </c>
+      <c r="B1724" s="1" t="inlineStr">
+        <is>
+          <t>Yarış Domuzu Uzunburun Rudi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1724" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="1725" spans="1:3">
+      <c r="A1725" s="1" t="inlineStr">
+        <is>
+          <t>9786053751434</t>
+        </is>
+      </c>
+      <c r="B1725" s="1" t="inlineStr">
+        <is>
+          <t>Varlıktan Başka</t>
+        </is>
+      </c>
+      <c r="C1725" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1726" spans="1:3">
+      <c r="A1726" s="1" t="inlineStr">
+        <is>
+          <t>9786053750055</t>
+        </is>
+      </c>
+      <c r="B1726" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Dağ</t>
+        </is>
+      </c>
+      <c r="C1726" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1727" spans="1:3">
+      <c r="A1727" s="1" t="inlineStr">
+        <is>
+          <t>9786257913485</t>
+        </is>
+      </c>
+      <c r="B1727" s="1" t="inlineStr">
+        <is>
+          <t>Tanrının Oku</t>
+        </is>
+      </c>
+      <c r="C1727" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1728" spans="1:3">
+      <c r="A1728" s="1" t="inlineStr">
+        <is>
+          <t>9786053752448</t>
+        </is>
+      </c>
+      <c r="B1728" s="1" t="inlineStr">
+        <is>
+          <t>Tahsilli Bir Domuzun Anıları</t>
+        </is>
+      </c>
+      <c r="C1728" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1729" spans="1:3">
+      <c r="A1729" s="1" t="inlineStr">
+        <is>
+          <t>9786053751809</t>
+        </is>
+      </c>
+      <c r="B1729" s="1" t="inlineStr">
+        <is>
+          <t>Şamanlar Diyarı</t>
+        </is>
+      </c>
+      <c r="C1729" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="1730" spans="1:3">
+      <c r="A1730" s="1" t="inlineStr">
+        <is>
+          <t>9786053755678</t>
+        </is>
+      </c>
+      <c r="B1730" s="1" t="inlineStr">
+        <is>
+          <t>Sürgün Gezegeni</t>
+        </is>
+      </c>
+      <c r="C1730" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1731" spans="1:3">
+      <c r="A1731" s="1" t="inlineStr">
+        <is>
           <t>9789752731059</t>
         </is>
       </c>
-      <c r="B1692" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C1692" s="1">
+      <c r="B1731" s="1" t="inlineStr">
+        <is>
+          <t>Kaos Lordu - Zaman Çarkı 6 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1731" s="1">
         <v>1065</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>