--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,25990 +85,41875 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052656587</t>
+          <t>9786052656907</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Elektrikli Düşler Ajandası 2026 (Ciltli)</t>
+          <t>Oyun Değil</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052656532</t>
+          <t>9786052656884</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ten Alfabesi</t>
+          <t>Sistem Çöküşü / Katilbot Günlükleri 7</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052656624</t>
+          <t>9786052656921</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Suikast: Bir Önder Göker Macerası</t>
+          <t>Vahşi Evler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052656617</t>
+          <t>9786052656891</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ambessa (Ciltli)</t>
+          <t>Vulcan’ın Çekici</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052656600</t>
+          <t>9786052656839</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ambessa</t>
+          <t>Her Şey Yolunda</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258475548</t>
+          <t>9786052656877</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İthaki Korku Ajandası 2022 (Ciltli)</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>88</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758607884</t>
+          <t>9786052656846</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mişel Strogof</t>
+          <t>Edebiyatta Doğaüstü Korku</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752734265</t>
+          <t>9786052656822</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Korsan Karatavuk (Ciltli)</t>
+          <t>Dokuzuncu Harrow</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>97</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257913140</t>
+          <t>9786052656808</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Uykudaki Uyanıyor</t>
+          <t>Kıyamet Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052656594</t>
+          <t>9786052656860</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şişedeki Cehennem</t>
+          <t>İfrit</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052656570</t>
+          <t>9786052656792</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Körburun</t>
+          <t>04: 00</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052656556</t>
+          <t>9786052656785</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Harika Bir Hayat</t>
+          <t>Atmaca</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052656563</t>
+          <t>9786052656778</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sonra Gözler Görür</t>
+          <t>Bu Dünyada Yaşamak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>380</v>
+        <v>425</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052656549</t>
+          <t>9786052656761</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kar Fırtınası</t>
+          <t>Seçmeler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052656518</t>
+          <t>9786052656754</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kasiyer</t>
+          <t>Gökteki Göz</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052656525</t>
+          <t>9786052656730</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Şarkısı</t>
+          <t>Savcı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052656495</t>
+          <t>9786052656723</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar</t>
+          <t>Öteyer Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052656488</t>
+          <t>9786052656716</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Yabani</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752730496</t>
+          <t>9786052656662</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yenidendoğan Ejder - Zaman Çarkı 3 (Ciltli)</t>
+          <t>Tao Te Ching</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>575</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758725724</t>
+          <t>9786052656679</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Büyük Av - Zaman Çarkı 2 (Ciltli)</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>570</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752732292</t>
+          <t>9786052656693</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 7. Cilt: Kılıçtan Taç 2. Kitap</t>
+          <t>Güller Tepesinde</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752732773</t>
+          <t>9786052656709</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 9. Cilt: Kışın Yüreği Zaman 1. Kitap</t>
+          <t>Zincir Çeteleri: Yıldızlar Karması</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>26</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053751304</t>
+          <t>9786052656631</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Kuleleri - Zaman Çarkı 13</t>
+          <t>Kurtuluş Projesi (Film Kapağı)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>39</v>
+        <v>440</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752733589</t>
+          <t>9786052654958</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 11. Cilt: Düş Hançeri 1. Kitap (Ciltli)</t>
+          <t>İthaki Polisiye Ajandası 2025 (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>58.33</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758725717</t>
+          <t>9786052652770</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çarkı 1. Cilt: Dünyanın Gözü 1. Kitap (Ciltli)</t>
+          <t>İthaki Japon Edebiyatı Ajandası 2024</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>435</v>
+        <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052652589</t>
+          <t>9786052652503</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Scott Pilgrim 3: Scott Pilgrim ve Ebedi Hüzün (Belalı Varyant)</t>
+          <t>Şeytanın Arka Bahçesi’nin Musibetleri (Bayan Peregrine’in Tuhaf Çocukları 6. Kitap)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>580</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052650455</t>
+          <t>9786052650462</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İthaki Fantastik Ajandası 2023</t>
+          <t>İthaki Fantastik Ajandası 2023 (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258327311</t>
+          <t>9786052650219</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Şato - Yürüyen Şato Serisi 1 (Ciltli)</t>
+          <t>Afet: Bir League of Legends Romanı (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>470</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258475883</t>
+          <t>9786052650301</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>Farkındalık Okyanusu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053758303</t>
+          <t>9786053750048</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dracula</t>
+          <t>Yükselen Güneşin Ülkesinde</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789756902981</t>
+          <t>9786258327069</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Madenin Esrarı</t>
+          <t>Ölühane Kapıları - Malazan Yitikler Kitabı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>125</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257650519</t>
+          <t>9789752731004</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Gösterisi</t>
+          <t>Küllerinden Doğan Dil ve Roman</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053750109</t>
+          <t>9786053750765</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Günah</t>
+          <t>Rojek Ji Rojen Evdale Zeynike</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257737517</t>
+          <t>9789752732537</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Döngü’den Hikayeler (Ciltli)</t>
+          <t>Zincirlenmiş Zamanlar - Zincirlenmiş Sözcükler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>460</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257442039</t>
+          <t>9786053758792</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Atlası: Cehennemin Sınırından Altı Öykü</t>
+          <t>Nar Çiçekleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257650212</t>
+          <t>9789752733718</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Saatler</t>
+          <t>Roni Mina Evine Tari Mina Mirine</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>105</v>
+        <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257650205</t>
+          <t>9789752733701</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Gezerin Düşleri</t>
+          <t>Mirina Kaleki Rind</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057762917</t>
+          <t>9786053750437</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Körler Ülkesi ve Diğer Karanlık Öyküler</t>
+          <t>Mehmed Uzun Seti - 18 Kitap Takım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>509</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052656464</t>
+          <t>9786057762962</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şeytanlar</t>
+          <t>Kürt Edebiyatına Giriş</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>580</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052656457</t>
+          <t>9789752732278</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Boşluklar</t>
+          <t>Yitik Bir Aşkın Gölgesinde</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052655573</t>
+          <t>9789752730991</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Babil'in Anısı - Aynadan Geçen Kız Serisi 3. Kitap</t>
+          <t>Tu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>400</v>
+        <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052656235</t>
+          <t>9789752730984</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tereyağı</t>
+          <t>Siya Evine</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>390</v>
+        <v>26</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052656266</t>
+          <t>9786053758907</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Oyunların Oyuncusu</t>
+          <t>Sen</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>26</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052656419</t>
+          <t>9786053758570</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gurebahane-i Laklakan / Düşkün Leylekler Evi</t>
+          <t>Ruhun Gökkuşağı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052656402</t>
+          <t>9789752734081</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>Ölüm Meleğiyle Randevu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052656440</t>
+          <t>9786053758884</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Dicle'nin Sürgünleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>41</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052656396</t>
+          <t>9786053759959</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ubik</t>
+          <t>Aşk Gibi Aydınlık Ölüm Gibi Karanlık</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>36</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052656372</t>
+          <t>9786053754466</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tuzlu Yüz</t>
+          <t>Alengirli Şiirler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052656334</t>
+          <t>9786053759966</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hilal 5. Kitap - Şeytanın Belası</t>
+          <t>Abdalın Bir Günü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052656341</t>
+          <t>9786057762023</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sahip Olmak ve Var Olmak</t>
+          <t>Esir Şehrin Mahpusu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052656358</t>
+          <t>9786053758563</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Alfa Ayının Kabileleri</t>
+          <t>Kürt Edebiyatı Antolojisi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>42</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052656365</t>
+          <t>9786053759973</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Taramak</t>
+          <t>Kader Kuyusu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052656303</t>
+          <t>9786057762986</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Delice</t>
+          <t>Dicle'nin Yakarışı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053759355</t>
+          <t>9786053755326</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Çakıl Taşı - Galaktik İmparatorluk Serisi 3</t>
+          <t>Z Raporu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>40</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053753902</t>
+          <t>9786053755401</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Marslı</t>
+          <t>Tesirsiz Parçalar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>48</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052656297</t>
+          <t>9786057762955</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hayranlık</t>
+          <t>Bir Dil Yaratmak</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>330</v>
+        <v>80</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052656327</t>
+          <t>9786053759942</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Seri Katiller: Tarihin En Korkunç Suçluları</t>
+          <t>Yaşlı Rind’in Ölümü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>280</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052656280</t>
+          <t>9786057762894</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Katabasis</t>
+          <t>Dengbejlerim</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>500</v>
+        <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053757597</t>
+          <t>9786258475364</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Değiştirilmiş Karbon</t>
+          <t>Kesik Baş</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>85</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053751342</t>
+          <t>9786258475173</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Adı - Kralkatili Güncesi: 1. Gün</t>
+          <t>Bayan Peregrine’in Tuhaf Çocukları (5 Kitap Kutu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052656273</t>
+          <t>9786057762061</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Çevresinde Yeni Bir Yolculuk</t>
+          <t>Carmilla</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052656129</t>
+          <t>9786053757344</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Germinal</t>
+          <t>Anılar, Paramparça</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>131</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052656259</t>
+          <t>9786053756965</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Durduğu Bütün Zamanlar</t>
+          <t>Elric: Dük Elric</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>94</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052656242</t>
+          <t>9786053757696</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bırakın Size Katılayım</t>
+          <t>Gökteki Bütün Kuşlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>47</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053757405</t>
+          <t>9786053756798</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tılsım-ı Kudret</t>
+          <t>Kemal Tahir</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>69</v>
+        <v>325</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053755685</t>
+          <t>9786053759454</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Notlar / Sanat-Edebiyat 3</t>
+          <t>İdeoloji ve Devletin İdeolojik Aygıtları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>108</v>
+        <v>36</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053756842</t>
+          <t>9786053759485</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Takip Edenler</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>55</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053752295</t>
+          <t>9786053759034</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Commonwealth</t>
+          <t>Akademik Yaşam İçin Anahtar Kelimeler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>69</v>
+        <v>22</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057762344</t>
+          <t>9786053758846</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gazinosu</t>
+          <t>Psikanaliz ve Göç</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>68</v>
+        <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052656211</t>
+          <t>9786053757092</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tekvin</t>
+          <t>Karanlık Ada</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>38</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052656228</t>
+          <t>9786053751632</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen</t>
+          <t>Zulu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>425</v>
+        <v>35</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052656112</t>
+          <t>9786053757542</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Distopya Seti (Fahrenheit 451, Cesur Yeni Dünya, Yüksek Şatodaki Adam, 1984, Biz)</t>
+          <t>Zehra’nın Defteri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1085</v>
+        <v>95</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052656143</t>
+          <t>9789752733824</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Önce Kadınlar ve Çocuklar</t>
+          <t>Zaman Okyanusu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052656136</t>
+          <t>9786053752561</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmak Yok!</t>
+          <t>Zoe’nin Öyküsü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>43</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052656181</t>
+          <t>9786053752806</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dracula (Ciltli)</t>
+          <t>Zaman Akıp Giderken</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1200</v>
+        <v>308</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052656198</t>
+          <t>9789758602995</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Barış Denen Bir Yıkım</t>
+          <t>Zacharius Usta ve Olağanüstü Öyküler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052656204</t>
+          <t>9789758725922</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Saklı Resimler</t>
+          <t>Yüzen Şehir</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>330</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052656174</t>
+          <t>9786053750901</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dracula’nın Dönüşümü</t>
+          <t>Yürüyen Şato</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052656167</t>
+          <t>9786053752325</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Balina Düşüşü</t>
+          <t>Yunan Kültüründe Yakındoğu Etkileri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>350</v>
+        <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052656150</t>
+          <t>9786053751229</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Johnny Askere Gitti</t>
+          <t>Yozlaşmamış Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052655795</t>
+          <t>9789752731608</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Rama’yla Buluşma</t>
+          <t>Yorgun Savaşçı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052656105</t>
+          <t>9789752731370</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Edom - Frritt Flakk - Humbug</t>
+          <t>Yoldaki İşaretler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052656099</t>
+          <t>9789752731295</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Michel Strogoff</t>
+          <t>Yol Ayrımı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052656082</t>
+          <t>9789752730922</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>On İki Öğrenci</t>
+          <t>Yitik Oğlan Yitik Kız</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>180</v>
+        <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052651261</t>
+          <t>9789756902509</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Küpü</t>
+          <t>Yıldız Tozu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052656051</t>
+          <t>9789752734371</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Scientia</t>
+          <t>Yıldız Kaşifi Elyon Ülkesi 4. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052656068</t>
+          <t>9789758607594</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gezgini</t>
+          <t>Yılan Büyücüsü Ölüm Kapısı Serisi 4. Cilt</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052656075</t>
+          <t>9789752730748</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Melmoth</t>
+          <t>Yer Fener Gök Cimbom Dünyanın En Büyük Derbisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052652152</t>
+          <t>9789758725694</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken (3 Cilt Set)</t>
+          <t>Zaman Çarkı 3. Cilt: Yenidendoğan Ejder 1. Kitap</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>450</v>
+        <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053750321</t>
+          <t>9789752730373</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Toplanıyor - Zaman Çarkı 12</t>
+          <t>Zaman Çarkı 3. Cilt: Yenidendoğan Ejder 2. Kitap</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>840</v>
+        <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053750673</t>
+          <t>9789758725410</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Toplanıyor - Zaman Çarkı 12 (Ciltli)</t>
+          <t>Yeniden - Üretim Üzerine</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053754428</t>
+          <t>9789752730502</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Trendeki Kız</t>
+          <t>Yeni Bilimsel Tin</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>27</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257442176</t>
+          <t>9789758607822</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Halk Adamı</t>
+          <t>Yedinci Kapı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>240</v>
+        <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053759287</t>
+          <t>9789752734166</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Parçalanma</t>
+          <t>Yediçınar Yaylası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053759614</t>
+          <t>9789758725588</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Soba, Pencere Camı ve İki Ekmek İstiyoruz</t>
+          <t>Yedi Yıldız Mücevheri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>280</v>
+        <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052656044</t>
+          <t>9786053750802</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Adam</t>
+          <t>Yazının Gül Dikeni</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>90</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052656037</t>
+          <t>9786053750970</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Sevme Hastalığı</t>
+          <t>Yazılar İki Filozof - Machiavelli Feuerbach</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>220</v>
+        <v>42</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052656020</t>
+          <t>9786053752974</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Komşu Kızı</t>
+          <t>Yaz Şövalyesi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>280</v>
+        <v>41</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052656006</t>
+          <t>9789756902868</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Biçicinin Kasırgası / Malazan Yitikler Kitabı 7 (Ciltli)</t>
+          <t>Yaşamın Ortasından</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052656013</t>
+          <t>9786053752516</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Biçicinin Kasırgası / Malazan Yitikler Kitabı 7</t>
+          <t>Yarım Dünya</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>850</v>
+        <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052655993</t>
+          <t>9786053752387</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Palmiye Şarabı Müptelası</t>
+          <t>Yara İzleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>121</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052655986</t>
+          <t>9786053752851</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Swamp Thing Efsanesi: 6. Cilt</t>
+          <t>Yapay Zeka Nasıl Oluşturulur? ve Matematik Üzerine İlgi Çekici 34 Başlık</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>600</v>
+        <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052655979</t>
+          <t>9789752732636</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yakınlaşmalar</t>
+          <t>Yapay İnsan</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>34</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052655962</t>
+          <t>9789756902325</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kayabaşı Uygarlığının Yükselişi ve Birdenbire Çöküşü</t>
+          <t>Yaşlı Adam ve Bürokratlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052655948</t>
+          <t>9789752731790</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşı’nın Bebeği</t>
+          <t>Yanılmanın Gerçekliği 1. Cilt</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052655955</t>
+          <t>9789756902547</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Makioka Kızları</t>
+          <t>Yanan Şehir</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>500</v>
+        <v>16</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052655856</t>
+          <t>9789752733527</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Şatodaki Adam</t>
+          <t>Yan Yana Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>275</v>
+        <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052655900</t>
+          <t>9789752733497</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kehribar</t>
+          <t>Yahuda’nın Gümüşleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052655931</t>
+          <t>9789752733862</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Misafir</t>
+          <t>Winkie</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>275</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052655917</t>
+          <t>9786053751496</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mob Psycho 100 – 3. Cilt</t>
+          <t>Will Moogley Hayalet Ajansı (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>180</v>
+        <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052655924</t>
+          <t>9786053752585</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Klytaimestra</t>
+          <t>Will Moogley Hayalet Ajanı (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>375</v>
+        <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752732957</t>
+          <t>9786053751854</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Hiçlik</t>
+          <t>Will Moo Gley Hayalet Ajansı - Gökdelendeki Hayalet (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>980</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257650076</t>
+          <t>9789758607433</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yenidendoğan Ejder - Zaman Çarkı 3</t>
+          <t>Wilhelm Storitz’in Sırrı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>575</v>
+        <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052655894</t>
+          <t>9789752731684</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hayali Hayatlar</t>
+          <t>Wigan İskelesi Yolu</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>21</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052655887</t>
+          <t>9786053752714</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dorohedoro 3. Cilt</t>
+          <t>Vorace’nin Yeteneği</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053758198</t>
+          <t>9786053751243</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yakma Zevki: Fahrenheit 451 Öyküleri</t>
+          <t>Vincent Spinetti’nin Tuhaf Kariyeri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>370</v>
+        <v>42</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257913034</t>
+          <t>9786053752394</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dünya’ya Düşen Adam</t>
+          <t>Vergilius’un Ölümü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>44</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052655863</t>
+          <t>9789756902844</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yapraklar Suspus</t>
+          <t>Venüs Artı X</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052655825</t>
+          <t>9789752734241</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Nigâh</t>
+          <t>Veba</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>125</v>
+        <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052655870</t>
+          <t>9789752731981</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Büyümek</t>
+          <t>Vay Anasını Sayın Seyirciler Türk Futbolundan İlginç Olaylar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052655849</t>
+          <t>9789752732216</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kasvetli İnsanlar İçin Güneşli Bir Yer</t>
+          <t>Vakıf’ın Sınırı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>220</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052655818</t>
+          <t>9789752734319</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kurtulan Kızlar Terapi Grubu</t>
+          <t>Vakıf ve Dünya 7. Cilt</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052655801</t>
+          <t>9789752730335</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Yalnız Şato</t>
+          <t>Vakıf Vakıf Dizisi 2. Cilt</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>380</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053758730</t>
+          <t>9789752730304</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>God of War</t>
+          <t>Vakıf Kurulurken</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257650151</t>
+          <t>9789752732759</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Vakıf İleri Vakıf Dizisi 6. Cilt</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>320</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052655788</t>
+          <t>9786053752233</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Denizin Çağrısı</t>
+          <t>Üvey Kız Kardeşlerin Komplosu</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>34</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052655771</t>
+          <t>9789752733077</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İtaatsizlik</t>
+          <t>Üstadın Ölümü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>29</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257737135</t>
+          <t>9786053750284</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Altın Pusula - Karanlık Cevher Serisi 1. Kitap</t>
+          <t>Üç Rus ve Üç İngiliz’in Güney Afrika Serüvenleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>340</v>
+        <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257737142</t>
+          <t>9789756902233</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Cevher Serisi Kutu Set (3 Kitap Takım)</t>
+          <t>Uzaya Haçlı Seferi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1020</v>
+        <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052655764</t>
+          <t>9789758607709</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Fukaranın Ahı - Şahane Atasözleri Defterim</t>
+          <t>Uzay Tazısı’nın Yolculuğu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052655740</t>
+          <t>9789752734043</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İmperler Çağı</t>
+          <t>Uzamın Poetikası</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>380</v>
+        <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052655733</t>
+          <t>9786053752868</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kapı</t>
+          <t>Uyuyan Ordu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052655757</t>
+          <t>9789752734340</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mor Bulut</t>
+          <t>Uyku</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>280</v>
+        <v>14</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052655726</t>
+          <t>9786053750239</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gemilerle Edebiyata Yolculuk</t>
+          <t>Uçuyoruz</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>170</v>
+        <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052655719</t>
+          <t>9786053750994</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Bahar</t>
+          <t>Uçan Şato</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>22</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052655696</t>
+          <t>9789758607471</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Ada İhtimali</t>
+          <t>Ucube Kocakarılar Diskdünya’nın Altıncı Romanı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>360</v>
+        <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052655702</t>
+          <t>9786053752301</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şeytan ve Karanlık Sular</t>
+          <t>Türk’ün Türk’ten Başka Dostu Yoktur</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>420</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052655689</t>
+          <t>9789752732582</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Saf - Suya Anlat</t>
+          <t>Tüccar Prens’in Yükselişi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>22</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052655634</t>
+          <t>9789752732438</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sarı Yüz</t>
+          <t>Tuhaf Savaşın Güncesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>275</v>
+        <v>49</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052655641</t>
+          <t>9789758607921</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dolmuşu – Yaşama Sanatının Bilinen Sırları Üzerine</t>
+          <t>Tragedyanın Doğuşu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052655658</t>
+          <t>9789752731639</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Detaylar</t>
+          <t>Tozkoparan Bir Selahaddin Eyyübi Romanı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052652695</t>
+          <t>9789756902653</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yılbaşı Çizgi Roman Seti</t>
+          <t>Torpedo</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>1250</v>
+        <v>13</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052653616</t>
+          <t>9789752734050</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Üç Cisim Problemi Set</t>
+          <t>Toplumcu Gerçekçiliğin Kaynakları (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>1700</v>
+        <v>46</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258327878</t>
+          <t>9786053751250</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Set 1</t>
+          <t>Titus Groan</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>640</v>
+        <v>53</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258327885</t>
+          <t>9786053751038</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Set 2</t>
+          <t>Tilkiler Kralı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>730</v>
+        <v>21</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258327892</t>
+          <t>9789752734333</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Set 3</t>
+          <t>Tırpanlı Adam</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>630</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258327908</t>
+          <t>9786053752646</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Set 4</t>
+          <t>Tıp Bu Değil 2</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>690</v>
+        <v>252</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052655627</t>
+          <t>9786053751878</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Doğmak</t>
+          <t>Tıp Bu Değil</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>230</v>
+        <v>31</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052655610</t>
+          <t>9789756902905</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Saçma Sis</t>
+          <t>Tetik 2. Kitap</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>22</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052655597</t>
+          <t>9789756902882</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Uzay Feneri 23</t>
+          <t>Tetik 1. Kitap</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>22</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052651667</t>
+          <t>9789752733459</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri 6</t>
+          <t>Tehlikeli Güç ABD’nin Dış Siyaseti ve Ortadoğu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>690</v>
+        <v>208</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052651650</t>
+          <t>9789752734074</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri 5</t>
+          <t>Tehlikeli Diyardan Öyküler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>740</v>
+        <v>22</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052655535</t>
+          <t>9786053751984</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Soydaşınız Balık Burcu</t>
+          <t>Tebaa</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>340</v>
+        <v>48</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052655580</t>
+          <t>9789758725618</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Lord Jim</t>
+          <t>Tanrının Eli</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>380</v>
+        <v>22</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052655603</t>
+          <t>9786053750185</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Tanrının Çorbasını İçmiştik</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052655566</t>
+          <t>9789758725458</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ölümler Çağı</t>
+          <t>Tanrıların Gözyaşı Gediksavaşlarının Ardından - Krondor Serisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>330</v>
+        <v>22</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052655559</t>
+          <t>9789752732018</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mob Psycho 100 – 2. Cilt</t>
+          <t>Şüphe</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>31</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052655191</t>
+          <t>9786053750925</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sarmaşığın İçinden Bir Ses Geliyor</t>
+          <t>Şimdi ve Daima</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>330</v>
+        <v>16</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052655528</t>
+          <t>9789758607013</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Algı Kapıları – Cennet ve Cehennem</t>
+          <t>Şifacı Diskdünya’nın Beşinci Romanı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>140</v>
+        <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052655542</t>
+          <t>9786053750154</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Korku Filmi</t>
+          <t>Şeytan Geçti (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>280</v>
+        <v>14</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052655511</t>
+          <t>9789752730878</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Finnegan Uy’anması</t>
+          <t>Şehrin Kuleleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>500</v>
+        <v>73</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052655443</t>
+          <t>9789756902356</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sanal Ülke</t>
+          <t>Şehir ve Yıldızlar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>500</v>
+        <v>21</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052655504</t>
+          <t>9789752733848</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bata Çıka</t>
+          <t>Şeftalili Kız</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052655467</t>
+          <t>9789752732223</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Fosforlu Cevriye – Özel Baskı</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>36</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052655474</t>
+          <t>9759752733138</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Fosforlu Cevriye – Özel Baskı (Ciltli)</t>
+          <t>Şamatalı Köy’ün Çocukları Şamatalı Köy Birinci Kitap</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>400</v>
+        <v>7</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052655498</t>
+          <t>9789752733091</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Eve Bak, Melek</t>
+          <t>Şamatalı Köyün Çocukları (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>550</v>
+        <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052655290</t>
+          <t>9789752733329</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Scott Pilgrim 4: Scott Pilgrim Kafasını Toparlıyor</t>
+          <t>Şamatalı Köy’de Neler Oluyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>480</v>
+        <v>14</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052655450</t>
+          <t>9786053752370</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Dorohedoro 2. Cilt</t>
+          <t>Tanrılar Doğduklarında</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>178</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052655481</t>
+          <t>9786053753360</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Wylding Malikânesi</t>
+          <t>Mekanın Poetikası</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>160</v>
+        <v>117</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052655269</t>
+          <t>9786053753230</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Ormancı</t>
+          <t>Adem Aynası</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>330</v>
+        <v>50</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052655436</t>
+          <t>9789758725601</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ceza Sömürgesi</t>
+          <t>Tanrı Acıkınca</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>120</v>
+        <v>14</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052655412</t>
+          <t>9789756902936</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Cenaze Oyunları</t>
+          <t>Yağ ya da Mur</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>280</v>
+        <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052655429</t>
+          <t>9786053753858</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Konserveleme Gemisi</t>
+          <t>Kırmızı Üniformalılar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>48</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052655313</t>
+          <t>9786053753841</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hyperion / Hyperion Kantoları 1. Kitap</t>
+          <t>Gazetecinin Ölümü</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>440</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052655405</t>
+          <t>9786053754848</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yaşanacak Bir Yer Olsun</t>
+          <t>Kirpi Kız</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052655382</t>
+          <t>9786053754671</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Metaforlar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052655399</t>
+          <t>9786053754206</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Cam Kule</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052655351</t>
+          <t>9786053754213</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Medeya ve Çocukları</t>
+          <t>Çıplak Protesto</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052655375</t>
+          <t>9786053754497</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mickey 7 (Film Kapağı)</t>
+          <t>20. Yüzyıl Türkiye ve Dünya Tarihi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>43</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052655368</t>
+          <t>9786053754237</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Mickey 7</t>
+          <t>Hayat Böyle Bir Şey</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>240</v>
+        <v>43</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257442299</t>
+          <t>9786053754435</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Gormenghast</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052655337</t>
+          <t>9786053754077</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Japon Peri Masalları</t>
+          <t>Devlet Üzerine</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052655320</t>
+          <t>9786053754091</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kadın Maskeleri</t>
+          <t>Jamrach'ın Canavarları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>58</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052655283</t>
+          <t>9786053754060</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Çakır Zamanlar</t>
+          <t>Bozadam</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052655276</t>
+          <t>9786053753872</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Marry Grave 5</t>
+          <t>Cadıbulan: İblisseli'nin Şafağı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>180</v>
+        <v>21</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052655252</t>
+          <t>9786053753643</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yarım</t>
+          <t>Mysteria: Ateş Kapısı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>280</v>
+        <v>36</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052655245</t>
+          <t>9786053753469</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kuklaların Yaşamında</t>
+          <t>Kerr</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>350</v>
+        <v>47</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052655238</t>
+          <t>9786053753483</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve Bir Diğer Cadı</t>
+          <t>Paranın Felsefesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>230</v>
+        <v>155</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052655214</t>
+          <t>9786053753384</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Caliban’ın Savaşı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>700</v>
+        <v>64</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052655221</t>
+          <t>9786053753742</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Tıp Budur!</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>280</v>
+        <v>88</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052655207</t>
+          <t>9786053753759</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Arkadya</t>
+          <t>Jack Kerouac ve Allen Ginsberg - Mektuplar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053758082</t>
+          <t>9789752733435</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Kumandalı Kız</t>
+          <t>Canavar Avcıları 1: Canavar Akademisi (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257650526</t>
+          <t>9789752731462</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Houston, Houston Duyuyor Musun?</t>
+          <t>Can Dostu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>55</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052655153</t>
+          <t>9786053752578</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Cinayet Antolojisi - Çelenk Tanzim ve Tertip Sanatı</t>
+          <t>Cam Kırıkları Parkı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052655146</t>
+          <t>9789756902035</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Olsa Olsa Dünya</t>
+          <t>Calusari Gizli Dosyalar - 1</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>7</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052655184</t>
+          <t>9789752734388</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Horoz ile İnci Tanesi</t>
+          <t>Cadılar Dışarıda! Diskdünya Serisi 11</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052655177</t>
+          <t>9789756903322</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Serap</t>
+          <t>Büyünün Rengi Diskdünya’nın Birinci Romanı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052655160</t>
+          <t>9786053752943</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Bakanlığı</t>
+          <t>Büyülenme</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>480</v>
+        <v>46</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053754862</t>
+          <t>9786053751502</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Maymunlar Gezegeni</t>
+          <t>Büyük Medeniyet Savaşı Ortadoğu’nun Fethi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052655078</t>
+          <t>9786053757559</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Semaver</t>
+          <t>Büyük Mal</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052655108</t>
+          <t>9789752733190</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sarnıç</t>
+          <t>Büyücü'nün Dönüşü Yedinci Mühür 1. Kitap</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>90</v>
+        <v>17</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052655092</t>
+          <t>9789758607815</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Garip, Çok Garip</t>
+          <t>Büyücü Usta Gediksavaşları Efsanesi 2</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>170</v>
+        <v>41</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052655115</t>
+          <t>9789758607976</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kralların Devrilişi / Troya 3. Kitap</t>
+          <t>Büyücü  Çırak Gediksavaşları Efsanesi 1</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>360</v>
+        <v>24</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052655122</t>
+          <t>9789758607846</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Mevsimi</t>
+          <t>Bütün Şiirleri: Edgar Allan Poe (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052655139</t>
+          <t>9789752732728</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Melankolinin İlacı</t>
+          <t>Bütün Ölülerin Derileri Aynıdır</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>300</v>
+        <v>29</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052655085</t>
+          <t>9789756902714</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bay Perşembe</t>
+          <t>Bütün Hikayeleri 3 Edgar Allan Poe</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052655054</t>
+          <t>9789756902707</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Güven</t>
+          <t>Bütün Hikayeleri 2 Edgar Allan Poe</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>280</v>
+        <v>20</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052655061</t>
+          <t>9789756902691</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kuğu Şarkısı</t>
+          <t>Bütün Hikayeleri 1 Edgar Allan Poe</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>600</v>
+        <v>20</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052655047</t>
+          <t>9789752732001</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Tokyo’da Tuhaf Hava</t>
+          <t>Bütün Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>160</v>
+        <v>74</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052655030</t>
+          <t>9789752734258</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Neyse ki Günler Uzadı</t>
+          <t>Buzların Sfenksi 2. Cilt</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>120</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052654811</t>
+          <t>9789752730052</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Karambol: Premier Lig’in Taktiksel Tarihi</t>
+          <t>Buruşuk Arzular</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>420</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052655016</t>
+          <t>9789752734135</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Şeytanları</t>
+          <t>Bugünkü Rusya</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052654842</t>
+          <t>9789752734524</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Dorohedoro 1. Cilt</t>
+          <t>Böylesi Bir Günde</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257913591</t>
+          <t>9789752733060</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sütçü</t>
+          <t>Böyle Söyledi Zerdüşt</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>280</v>
+        <v>20</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052650790</t>
+          <t>9789752732124</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kara Dörtleme Seti</t>
+          <t>Bozkırdaki Çekirdek</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>770</v>
+        <v>140</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258327014</t>
+          <t>9786053752653</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sodom'un 120 Günü</t>
+          <t>Bol Bol Peynir! (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>300</v>
+        <v>34</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258401974</t>
+          <t>9786053751762</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Justine: Erdemin Felaketleri</t>
+          <t>Boğaz</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>300</v>
+        <v>58</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258401783</t>
+          <t>9789752734210</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusunun Karısı</t>
+          <t>Bizim Çocuklar Yapamadı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>320</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258401400</t>
+          <t>9786053752813</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Armağan</t>
+          <t>Biz Böyle Delikanlılar Değildik!</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>150</v>
+        <v>188</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258475760</t>
+          <t>9786053751991</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Vergilius’un Ölümü</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>480</v>
+        <v>20</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053759324</t>
+          <t>9786053756446</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Bitmeyen Savaş</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053753667</t>
+          <t>9789758607112</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Bitmeyen Barış</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>120</v>
+        <v>24</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053757825</t>
+          <t>9786053752417</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Adem ile Havva'nın Güncesi</t>
+          <t>Bitmemiş Öyküler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>150</v>
+        <v>59</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053756958</t>
+          <t>9789752733022</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Birlikte Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>13</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257913232</t>
+          <t>9786053750000</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçalar ve Tanrıça’nın Dönüşümleri</t>
+          <t>Birini Öldüreceğim</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>300</v>
+        <v>17</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257737784</t>
+          <t>9789756902721</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kara Dörtleme Kutu Set (4 Kitap Takım) (Ciltli)</t>
+          <t>Bütün Hikayeleri 4 Edgar Allan Poe</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1800</v>
+        <v>20</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257913690</t>
+          <t>9789752732391</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Hava</t>
+          <t>Bir Uzay Efsanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>380</v>
+        <v>63</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257442114</t>
+          <t>9789752734517</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ben Deli Miyim?</t>
+          <t>Bir Mülkiyet Kalesi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>340</v>
+        <v>156</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053759867</t>
+          <t>9786053750956</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Beren ile Luthien</t>
+          <t>Bir Kemal Tahir Kitabı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>300</v>
+        <v>26</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257737265</t>
+          <t>9786053751007</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ateş Merdivenleri</t>
+          <t>Bilinmeyen Değer</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>180</v>
+        <v>26</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257913478</t>
+          <t>9786053752905</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Evelyn Hardcastle’ın Yedi Ölümü</t>
+          <t>Bilimsel Zihnin Oluşumu</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>400</v>
+        <v>43</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057762849</t>
+          <t>9789752730915</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Innsmouth'un Üzerindeki Gölge</t>
+          <t>Bu Dünya Bizim Başka Bir Küreselleşmenin Aktörleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>120</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053758389</t>
+          <t>9789752734005</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Nantucketlı Arthur Gordon Pym'in Öyküsü</t>
+          <t>Beyaz Elmalar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>150</v>
+        <v>28</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057762795</t>
+          <t>9789756902660</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Fısıldayan</t>
+          <t>Beyaz Ejder 4. Kitap</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257913386</t>
+          <t>9786053751755</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kurtulan Kızlar</t>
+          <t>Beşlerin Çağı Giddar 2. Kitap</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>375</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053759089</t>
+          <t>9786053750789</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İkna</t>
+          <t>Beowulf</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052655009</t>
+          <t>9789758607358</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kızlar</t>
+          <t>Bensizbiz</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>250</v>
+        <v>21</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052654996</t>
+          <t>9789756902608</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Turfanda mı Yoksa Turfa mı?</t>
+          <t>Bengal Geceleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>220</v>
+        <v>16</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052654972</t>
+          <t>9789758725182</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kiracı</t>
+          <t>Ben, Efsane!</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052654989</t>
+          <t>9789752732766</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Akata Kadın / Nsibidi Yazıtları 3. Kitap</t>
+          <t>Beklenen</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>260</v>
+        <v>23</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052654880</t>
+          <t>9789758725908</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Akata Savaşçı / Nsibidi Yazıtları 2. Kitap</t>
+          <t>Begüm’ün 500 Milyonu</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>260</v>
+        <v>18</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052654804</t>
+          <t>9789752733671</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Akata Cadı / Nsibidi Yazıtları 1. Kitap</t>
+          <t>Bayrağa Karşı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>260</v>
+        <v>18</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052654941</t>
+          <t>9789756902738</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İthaki Polisiye Ajandası 2025</t>
+          <t>Bütün Hikayeleri 5 Edgar Allan Poe</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052654903</t>
+          <t>9789752732315</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kâğıttan Kaplan</t>
+          <t>Büyü Gibi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052654965</t>
+          <t>9789752730618</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ten Gölge</t>
+          <t>Bayan Branican</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052654910</t>
+          <t>9786053750642</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Babamın Kuşağı ve Ben</t>
+          <t>Bay Toppit</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>330</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052654927</t>
+          <t>9786053752721</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kemikavcılar / Malazan Yitikler Kitabı 6 (Ciltli)</t>
+          <t>Bay King Ronald De Feo</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>1100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052654873</t>
+          <t>9789756902745</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Korka</t>
+          <t>Barbarları Beklerken</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>170</v>
+        <v>10</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052654934</t>
+          <t>9789758607488</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kemikavcılar / Malazan Yitikler Kitabı 6</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>850</v>
+        <v>18</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052653425</t>
+          <t>9786053751526</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Şok</t>
+          <t>Baba Yaga’nın Yumurtası</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>240</v>
+        <v>21</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052654897</t>
+          <t>9789758725571</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İntikam Oyunları - Enginlik Serisi 5. Kitap</t>
+          <t>Ayişe</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>450</v>
+        <v>28</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052654866</t>
+          <t>9786053750116</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği</t>
+          <t>Ayın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>180</v>
+        <v>14</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052654859</t>
+          <t>9789758725984</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tilki</t>
+          <t>Ayın En Güzel Hali</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>180</v>
+        <v>13</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052654781</t>
+          <t>9789758607082</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Değmez</t>
+          <t>Ay’ın Çevresinde Seyahat</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>280</v>
+        <v>18</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052654828</t>
+          <t>9789756902400</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bi Gece Daha</t>
+          <t>Avalon’un Sisleri 2. Kitap: Yüce Kraliçe</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>350</v>
+        <v>21</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052654798</t>
+          <t>9789756902226</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Pers Oğlan/ Büyük İskender 2</t>
+          <t>Avalon’un Sisleri 1. Kitap: Büyü Ustası</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>350</v>
+        <v>21</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052654835</t>
+          <t>9789752732117</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Meteliksiz Öğrenci</t>
+          <t>Avalon’un Sisleri (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052654767</t>
+          <t>9786054057184</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Gece Kancığı</t>
+          <t>Atlı Tomofil</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>14</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052653104</t>
+          <t>9789756902790</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Son Konuşmamızdan Sonra Her Şey Daha Kötü Oldu</t>
+          <t>Atlantis’in Çöküşü 3</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052654774</t>
+          <t>9789756902516</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Görüler</t>
+          <t>Atlantis’in Çöküşü 2</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>680</v>
+        <v>11</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052654712</t>
+          <t>9789756902431</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Mırıldanan Kemikler</t>
+          <t>Atlantis’in Çöküşü 1</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>250</v>
+        <v>11</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052654736</t>
+          <t>9789752732162</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ara Nağme</t>
+          <t>Atlantis’in Çöküşü (şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>67</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052654750</t>
+          <t>9789752730786</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Hikayesi</t>
+          <t>Ateşin Kızları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>200</v>
+        <v>24</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052654743</t>
+          <t>9789758607419</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Beklediğim Odalarda</t>
+          <t>Ateş Denizi Ölüm Kapısı Serisi 3. Cilt</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>180</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052654729</t>
+          <t>9786053751540</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ayışığı’nın Kayıpları</t>
+          <t>Aşkın Ötesinde</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>380</v>
+        <v>31</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052654675</t>
+          <t>9789752730366</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kaos Prensi - Amber Yıllıkları 10</t>
+          <t>Aşk Eğitimi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>190</v>
+        <v>27</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052654705</t>
+          <t>9786053755449</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Tanrılar</t>
+          <t>Aşk Çetesi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>300</v>
+        <v>52</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052654699</t>
+          <t>9789758607631</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık İtirafları</t>
+          <t>Aşıklar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052654668</t>
+          <t>9786053750727</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Cennet Ateşi - Büyük İskender 1. Kitap</t>
+          <t>Aşık Hayalet</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052654682</t>
+          <t>9789758725793</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Gazze’nin Dipnotları</t>
+          <t>Başka Bir Siyaset Mümkün</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>680</v>
+        <v>22</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052654651</t>
+          <t>9786053752349</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Zanzibar İstifi</t>
+          <t>Aşçı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>650</v>
+        <v>15</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052650936</t>
+          <t>9789758607624</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hobbit (Ciltli)</t>
+          <t>Aslında Saçları Siyahtı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>800</v>
+        <v>10</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786258401011</t>
+          <t>9789752733534</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dune Serisi (6 Kitap)</t>
+          <t>Aslanyürekli Kardeşler (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>2840</v>
+        <v>17</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053758037</t>
+          <t>9789752730595</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Tolkien Mirası (Kutulu 5 Kitap) (Ciltli)</t>
+          <t>Asilkan Prens Gediksavaşları Dünyasından</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>2700</v>
+        <v>22</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053757351</t>
+          <t>9789752733657</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hobbit (Özel Ciltli Baskı)</t>
+          <t>Ay Parkı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>550</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053757368</t>
+          <t>9786053751946</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Roverandom (Ciltli)</t>
+          <t>AVM</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>500</v>
+        <v>31</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789758607969</t>
+          <t>9789756902523</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bütün Hikayeleri: Edgar Allan Poe (Ciltli)</t>
+          <t>Meşe Ağacındaki Tutsak</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>950</v>
+        <v>21</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057762993</t>
+          <t>9789758725953</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Wool Serisi Kutulu Set (3 Kitap Takım)</t>
+          <t>Barışamadık</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>1400</v>
+        <v>25</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052654606</t>
+          <t>9789756902585</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Cennette Gibiyim</t>
+          <t>Avalon’un Sisleri 3. Kitap: Geyik Kral</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>225</v>
+        <v>21</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052654644</t>
+          <t>9786053752363</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Tutukevi</t>
+          <t>Ara Dünya</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052654637</t>
+          <t>9789752732810</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Romain Rolland</t>
+          <t>Apoletli Adalet Bir 12 Eylül Hesaplaşması 2</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>280</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052654620</t>
+          <t>9789756902424</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Daima İthaka</t>
+          <t>Anubis Kapıları</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>200</v>
+        <v>22</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052654613</t>
+          <t>9786053751625</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Dune: Makinelerin Seferi</t>
+          <t>Anormaller</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>850</v>
+        <v>25</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052654590</t>
+          <t>9789752734425</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Babil</t>
+          <t>Annenin Genç Kadın Olarak Portresi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>540</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052654569</t>
+          <t>9789752732780</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Güzelavratotu &amp; Sevmek Diye Bir Şey</t>
+          <t>Asılmayıp Beslenenler</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>150</v>
+        <v>31</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052654552</t>
+          <t>9789758725656</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalanlar Kümesi</t>
+          <t>Anlamın Gizi Dilden İdeolojiye</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052654583</t>
+          <t>9789752731646</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Sarayı</t>
+          <t>Anılarımda Mirella</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>250</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052654576</t>
+          <t>9786053752981</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Miso Çorbasında</t>
+          <t>Anansi Çocukları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052654514</t>
+          <t>9786053755005</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yanan Krom</t>
+          <t>Amerikan Tanrıları Onuncu Yıl Edisyonu (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>220</v>
+        <v>54</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052652183</t>
+          <t>9789752732544</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşkın Tarihi</t>
+          <t>Amerikan Sapığı (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>120</v>
+        <v>24</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052654521</t>
+          <t>9789752730731</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinem - 4</t>
+          <t>Amerika Çiçeği</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>420</v>
+        <v>30</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052654545</t>
+          <t>9786053752745</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Ev</t>
+          <t>American Tabloid</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>180</v>
+        <v>64</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052654538</t>
+          <t>9789758725526</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Çiçekleri</t>
+          <t>Amber Yıllıkları 9. Kitap Gölgelerin Şövalyesi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052653173</t>
+          <t>9789758725519</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Canlanan - Lenin’den Öpücükler</t>
+          <t>Amber Yıllıkları 8. Kitap: Kaos İmgesi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>400</v>
+        <v>24</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052654408</t>
+          <t>9789758725373</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Cibola Yanıyor - Enginlik Serisi 4. Kitap</t>
+          <t>Amber Yıllıkları 6. Kitap: Kıyametin Koz Kartları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>400</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053757375</t>
+          <t>9789758725175</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Vakıf</t>
+          <t>Amber Yıllıkları 4. Kitap: Oberon’un Eli</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>280</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052654477</t>
+          <t>9789758607389</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Amber Yıllıkları 1-2-3.Kitap Amber’de Dokuz Prens / Avalon’un Tüfekleri / Tekboynuzun İşaretleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>150</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052654507</t>
+          <t>9789758725533</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Zen Ustaları</t>
+          <t>Amber Yıllıkları 10.Kitap: Kaos Prensi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>140</v>
+        <v>24</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052654460</t>
+          <t>9789752731721</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Şövalyesi - Amber Yıllıkları 9</t>
+          <t>Altona Mahpusları</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>190</v>
+        <v>24</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052654484</t>
+          <t>9789752732735</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Çene Kemiği</t>
+          <t>Althusser’den Önce Louis Althusser Felsefi ve Siyasi Yazılar Cilt 2</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>280</v>
+        <v>45</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052654491</t>
+          <t>9789752731486</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>On Gece Düşleri</t>
+          <t>Alternatif Siyaset Arayışları</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>100</v>
+        <v>16</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052654446</t>
+          <t>9786053751694</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Adresinde Bulunamadı</t>
+          <t>al-qalandar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>230</v>
+        <v>35</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052654347</t>
+          <t>9786053750062</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Tekil Şahıs</t>
+          <t>Alice Harikalar Diyarında ve Aynadan İçeri (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052654453</t>
+          <t>9789752733169</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hatırlayış</t>
+          <t>Zaman Çarkı 10. Cilt: Alacakaranlık Kavşağı 2. Kitap</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>140</v>
+        <v>26</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052652176</t>
+          <t>9789752733121</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>İyi Yerliler</t>
+          <t>Zaman Çarkı 10. Cilt: Alacakaranlık Kavşağı 1. Kitap</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>280</v>
+        <v>23</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257913331</t>
+          <t>9789758725243</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler</t>
+          <t>Amber Yıllıkları 5. Kitap: Kaos Sarayları</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>17</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052654439</t>
+          <t>9789752730427</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kadıköy'de Muhakkak Bir Define Var</t>
+          <t>Akhran’ın Kahini Kahinin Gülü Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>180</v>
+        <v>34</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052654422</t>
+          <t>9789752730168</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Yüzmek</t>
+          <t>Ajax: Hollandalılar ve Savaş 2. Dünya Savaşı’nda Avrupa’da Futbol</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>200</v>
+        <v>21</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052654392</t>
+          <t>9789752730090</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kral</t>
+          <t>Ajax, Barcelona, Cruyff Dikkafalı Bir Maestronun ABC’si</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>280</v>
+        <v>22</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052654415</t>
+          <t>9789752730380</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Abaddon Geçidi – Enginlik Serisi 3. Kitap</t>
+          <t>Aile Boyu Sinema</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>450</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257737630</t>
+          <t>9789752733152</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Dune Ciltli Kutu Set (6 Kitap Takım)</t>
+          <t>Ah, İhanet!</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>6750</v>
+        <v>40</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053756118</t>
+          <t>9786053751847</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bebek Evi</t>
+          <t>Ağrıyan</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>540</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258327120</t>
+          <t>9789756902950</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Scott Pilgrim 2: Scott Pilgrim Dünyaya Karşı</t>
+          <t>Ağır Görev</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>450</v>
+        <v>17</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052654361</t>
+          <t>9789752730243</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Yükseliyor</t>
+          <t>Açık Pencere’den 2000’li Yıllar - 2</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>100</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052654385</t>
+          <t>9789752730267</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Nişanlılar</t>
+          <t>Açık Pencere’den 2000’li Yıllar - 1</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>120</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052653388</t>
+          <t>9789752731752</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş Efsanesi</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052654378</t>
+          <t>9789752733756</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kaos İmgesi - Amber Yıllıkları 8. Kitap</t>
+          <t>5. Sanattan 5. Kola: Orhan Pamuk</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052654354</t>
+          <t>9789756902073</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Uzaklarda</t>
+          <t>2061: Uzay Efsanesi - 3</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>280</v>
+        <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052653852</t>
+          <t>9789756902028</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bokböceği, Jaguar ve Fil</t>
+          <t>2010: Uzay Efsanesi - 2</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>240</v>
+        <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053756897</t>
+          <t>9789756902011</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kurak</t>
+          <t>2001: Bir Uzay Efsanesi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>250</v>
+        <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052654309</t>
+          <t>9779752732248</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kemikler ve Kartlar</t>
+          <t>12 Azize’ye 12 Ağıt</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052654330</t>
+          <t>9789756902196</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yürümek &amp; Kış Yürüyüşü</t>
+          <t>3001: Son Efsane</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>120</v>
+        <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052654323</t>
+          <t>9786053753797</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Defo</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>350</v>
+        <v>34</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052654316</t>
+          <t>9789752733541</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yatakta Sigara İçmenin Zararları</t>
+          <t>Kıyametin El Kitabı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052654293</t>
+          <t>9789752733770</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Bağışla Onları</t>
+          <t>Sevgi Okulu</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>150</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052654248</t>
+          <t>9789752730250</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Esnek ile Geniş - 2</t>
+          <t>Mahallede Herkes Kahramandır</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>420</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052654224</t>
+          <t>9789752731417</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Gözlemevi Apartmanı</t>
+          <t>Bayan Kimble</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052654262</t>
+          <t>9789752730601</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Petekgözlü Adam</t>
+          <t>Serseri Standartları Sempozyumu</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052654286</t>
+          <t>9789758725144</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Caliban’ın Savaşı</t>
+          <t>Nehirler Denize Kavuştuğunda</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>450</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052654279</t>
+          <t>9789752734234</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Leviathan Uyanıyor</t>
+          <t>İslamın Şoku</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>450</v>
+        <v>8</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257650182</t>
+          <t>9786058936201</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Yitirilen Cennet</t>
+          <t>Başarabilirim Çünkü</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>390</v>
+        <v>14</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052654255</t>
+          <t>9786257650977</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Mavi En Sıcak Renktir</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052654217</t>
+          <t>9786053754244</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İçeriden Ölmek</t>
+          <t>Yüz Yüze</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>240</v>
+        <v>49</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052654200</t>
+          <t>9786053753940</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Adam</t>
+          <t>Mongoliad 3. Kitap</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052654187</t>
+          <t>9786053753810</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Otlakçı</t>
+          <t>Kan Şarkısı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>120</v>
+        <v>58</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052654194</t>
+          <t>9786053753735</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Sınırdaki Ev</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>26</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052653708</t>
+          <t>9786053753711</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Swamp Thing Efsanesi: 5. Cilt</t>
+          <t>Denizkızının Deliliği</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>480</v>
+        <v>36</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052654163</t>
+          <t>9786053753896</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Çağı</t>
+          <t>Ölüm Makinesi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052654170</t>
+          <t>9786053753889</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Henry ve June</t>
+          <t>Sonsuz Yaşamın Sırrı ve Bilim Üzerine 34 Başlık</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>220</v>
+        <v>42</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052654156</t>
+          <t>9786053753070</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Knockemstiff</t>
+          <t>Zaman Çarkı 14. Cilt: Işığın Anısı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>112</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052654149</t>
+          <t>9786053753087</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı (Ciltli)</t>
+          <t>Deli Tanrının Gazabı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>250</v>
+        <v>53</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052653913</t>
+          <t>9786053758167</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Günlerden Kırmızı</t>
+          <t>Hiçbir Şey Göründüğü Gibi Değil</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>150</v>
+        <v>32</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052653906</t>
+          <t>9786053757504</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Wilhelm Storitz'in Sırrı</t>
+          <t>Yüzyılın En iyi Bilimkurgu Öyküleri</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789758725502</t>
+          <t>9786053756866</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Amber Kanı - Amber Yıllıkları 7</t>
+          <t>Kirli Yüzlü Melekler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>220</v>
+        <v>102</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052653920</t>
+          <t>9786053756699</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Yabani Otlar</t>
+          <t>Korsanlar, Punklar ve Siyaset</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052653883</t>
+          <t>9786053756682</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sabah Olmasın</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>120</v>
+        <v>17</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052653869</t>
+          <t>9786053756668</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kıyametin Koz Kartları - Amber Yıllıkları 6</t>
+          <t>Karanlık Sular (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052653890</t>
+          <t>9786053757641</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Şimşek Kalkanı - Troya 2. Kitap</t>
+          <t>Güz Cumhuriyeti</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>340</v>
+        <v>193</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052653562</t>
+          <t>9786053757610</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda Kalanlar</t>
+          <t>Siyah Orkide</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>240</v>
+        <v>49</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052653876</t>
+          <t>9786053757061</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Bir Yer</t>
+          <t>Gauntlgrym</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052653647</t>
+          <t>9786053757030</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Emanet Dolabı Bebekleri</t>
+          <t>Ölüm ve Felsefe</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>360</v>
+        <v>53</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258327656</t>
+          <t>9786053757429</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Silmarillion</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>480</v>
+        <v>17</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258475234</t>
+          <t>9786053756170</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Biri, Hiçbiri, Binlercesi</t>
+          <t>Doctor Who: Ölüm Şehri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>200</v>
+        <v>43</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257442138</t>
+          <t>9786053754718</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Ölmüş Bir Kadının Evrak-ı Metrukesi</t>
+          <t>Kafes</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>140</v>
+        <v>44</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057762757</t>
+          <t>9786053758839</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Toz</t>
+          <t>Eksen</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052653777</t>
+          <t>9786053758020</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Hekimin Filozof Hali</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>120</v>
+        <v>43</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053758211</t>
+          <t>9786053757924</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>İşte İnsan</t>
+          <t>Candide</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052653609</t>
+          <t>9786053757191</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Yel Yepelek</t>
+          <t>Senaryo Kitabı: Senaryo Yazım Teknikleri ve Film Öyküleri</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052653593</t>
+          <t>9786053756293</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Babam Değilsin</t>
+          <t>Madde 22</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>180</v>
+        <v>43.52</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052653586</t>
+          <t>9786053755869</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Melankolik Cinler Kılavuzu</t>
+          <t>Osmanlı'nın Tasfiyesi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>180</v>
+        <v>58</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052653630</t>
+          <t>9786053755876</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kumsal</t>
+          <t>Yaklaşan Dip</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>380</v>
+        <v>32</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053754336</t>
+          <t>9786053755654</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Mezarlık Kitabı Cilt 1</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>100</v>
+        <v>49</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052653470</t>
+          <t>9786053755333</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Gelgitleri - Malazan Yitikler Kitabı 5 (Ciltli)</t>
+          <t>Kralların Merhameti</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>1100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052653579</t>
+          <t>9786053758266</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Çizgilerle Dünya Futbol Tarihi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>150</v>
+        <v>94</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052653340</t>
+          <t>9786053758181</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Galatea 2.2</t>
+          <t>Oyunun Efendileri - Futbolun Süper Zenginlerinin Önlenemez Yükselişi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052653487</t>
+          <t>9786053756903</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Gelgitleri - Malazan Yitikler Kitabı 5</t>
+          <t>Eleştirel Bakışla Güneş - Dil Kuramı ve İlk Güneş - Dil Sözlüğü</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>750</v>
+        <v>104</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052653524</t>
+          <t>9786053756385</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Denizli Tress (Ciltli)</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>1200</v>
+        <v>22</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052653517</t>
+          <t>9786053755807</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Denizli Tress</t>
+          <t>Mısırlı Musa - Batı Tektanrıcılığında Mısır’ın İzi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>550</v>
+        <v>42</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052653531</t>
+          <t>9786053755456</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış (2 Cilt)</t>
+          <t>Gölge Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>940</v>
+        <v>550</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052653548</t>
+          <t>9786053755463</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Baskerville'lerin Köpeği</t>
+          <t>Günlük Yaşamın Psikopatolojisi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052653555</t>
+          <t>9786053754596</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kesik Baş</t>
+          <t>Katip Bartleby ve Benito Cereno</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052653333</t>
+          <t>9786053754572</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Esrik Ağacın Meyvesi</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>300</v>
+        <v>14</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052653449</t>
+          <t>9786053758235</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kurdu</t>
+          <t>Gizli Özne</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052653494</t>
+          <t>9786053757962</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Tavşan</t>
+          <t>Fildişi Kuyu</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052653456</t>
+          <t>9786053757856</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ud Çalan Kadınlar - Sana Michelin’li Sofralardan Baktım Aziz İstanbul</t>
+          <t>Dünyanın Kıyısında Dans</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052653463</t>
+          <t>9786053757900</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Beş Çember Kitabı: Savaş Sanatı ve Liderlik Üzerine</t>
+          <t>Ağrı Dağı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052653074</t>
+          <t>9786053757481</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Honcin Cinayetleri</t>
+          <t>En Yakın Arkadaşımın Şeytan Çıkarma Ayini</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>180</v>
+        <v>46</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052653418</t>
+          <t>9786053757085</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Ama Arkadaşlar İyidir</t>
+          <t>Kırgınlık</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052653432</t>
+          <t>9786053757276</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Olmaya Değmez</t>
+          <t>Kırmızı Piyano</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052651902</t>
+          <t>9786053755739</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ara İstasyon</t>
+          <t>Kadın Seri Katiller</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052653357</t>
+          <t>9786053752486</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Hikayesi</t>
+          <t>Deliliğin Dağlarında</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>440</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052653401</t>
+          <t>9786053759133</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Enceladus Kıyameti</t>
+          <t>Ayağına Taş Değmesin</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>103</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052653395</t>
+          <t>9786053758204</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Köşedeki Yaşlı Adam</t>
+          <t>365 Gün 365 Cinayet</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052653326</t>
+          <t>9786053756859</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeş Şarkısı</t>
+          <t>Algının Fenomenolojisi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>350</v>
+        <v>356</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052653302</t>
+          <t>9786053757320</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bayan Peregrine'nin Tuhaf Çocukları - Gölge Şehir</t>
+          <t>Tom Bombadil’in Maceraları – Ciltli Özel Edisyon</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>330</v>
+        <v>550</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052653265</t>
+          <t>9786053756705</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Bayan Peregrine’in Tuhaf Çocukları</t>
+          <t>Devlet Ana (50. Yıl Özel Edisyon) (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>300</v>
+        <v>48</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052653319</t>
+          <t>9786053756415</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Karpatlar Şatosu</t>
+          <t>Drizzt Efsanesi 6. Kitap : Buçukluğun Mücevheri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052653364</t>
+          <t>9786053756262</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Dune Grafik Roman: 2. Kısım Muad'Dib</t>
+          <t>Horla ve Karanlık Öyküler</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>520</v>
+        <v>57</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052653371</t>
+          <t>9786053756187</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Dört Boyutlu Adam</t>
+          <t>Bir Noel Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>120</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052653296</t>
+          <t>9786053756194</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Çamur</t>
+          <t>Bayan Peregrine'in Tuhaf Çocukları (Günlük) (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052653272</t>
+          <t>9786053755418</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Defneler Kesildi</t>
+          <t>Notlar / Sanat - Edebiyat 1</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>120</v>
+        <v>117</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052653289</t>
+          <t>9786053757863</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sinbad’ın Gece Yolculukları</t>
+          <t>Kriz Hali ve Devlet</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>54</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052653227</t>
+          <t>9786053757306</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Kulağı</t>
+          <t>1917 Devrimin Rapsodisi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>120</v>
+        <v>64</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052653241</t>
+          <t>9786053757337</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Alacagöl Efsanesi</t>
+          <t>Yenilmez</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052653258</t>
+          <t>9786053755852</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Esnek ile Geniş</t>
+          <t>Yunanca - Türkçe Arkaik Sözler ve Eylemsiler Sözlüğü</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>320</v>
+        <v>89</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052653234</t>
+          <t>9786053755098</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kış Nişanlıları - Aynadan Geçen Kız Serisi 1. Kitap</t>
+          <t>Ay'da 172 Saat</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>39</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052653197</t>
+          <t>9786053755081</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Dune: Butleryan Cihadı</t>
+          <t>Kuzgunun Gölgesi 2 - Kule Efendisi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>700</v>
+        <v>58</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052653203</t>
+          <t>9786053758525</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Alçaktan Uçan Güvercin</t>
+          <t>İskandinav Mitolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052653210</t>
+          <t>9786053757689</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sade’ın Kayıp Günlüğü</t>
+          <t>Yalnız Şehir</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052653180</t>
+          <t>9786053756934</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Elementaller</t>
+          <t>Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>240</v>
+        <v>67</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052653159</t>
+          <t>9786053757047</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>“Selam Metin, Ben Berceste”</t>
+          <t>Futbol Taktikleri Tarihi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052653166</t>
+          <t>9786053756606</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>2010: İkinci Uzay Destanı</t>
+          <t>Kemal'den Piraye'ye Mektuplar</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052653135</t>
+          <t>9786053756521</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Eugenie de Franval: Trajik Bir Öykü</t>
+          <t>Karanlıkta Fısıldayan</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052653142</t>
+          <t>9786053756828</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Hanşiçi'nin Tuhaf Vaka Defteri</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>180</v>
+        <v>246</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258401622</t>
+          <t>9786053756811</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Cumhuriyeti</t>
+          <t>Mylassiad</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>575</v>
+        <v>44</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057762566</t>
+          <t>9786053756248</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Emine</t>
+          <t>Kül Dağı’ndaki Kütüphane</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>149</v>
+        <v>49</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258487947</t>
+          <t>9786053756279</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Çöken İstanbul</t>
+          <t>Bir Yeniçeri Masalı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257913201</t>
+          <t>9786053756439</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Öyküleri</t>
+          <t>Metafizik - Kavram ve Sorunlar</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>180</v>
+        <v>43</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257442060</t>
+          <t>9786053756200</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Neden Yazıyorum</t>
+          <t>Edebi Bir Tutku</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257442091</t>
+          <t>9786053755593</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Hangi Hayvanlar</t>
+          <t>Henüz ve Hala ve Daha</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>100</v>
+        <v>32</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257913409</t>
+          <t>9786053755067</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kapkaranlık Ormanda</t>
+          <t>Tersine Dünya</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257650960</t>
+          <t>9786053755128</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Yabanıl Toplumda Suç ve Gelenek</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257913515</t>
+          <t>9786053754930</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Lanetli</t>
+          <t>Vathek</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>280</v>
+        <v>23</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257737685</t>
+          <t>9786053754954</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Dilbilgisi Bileşenleri</t>
+          <t>Yatak Odasında Felsefe</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>600</v>
+        <v>19</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257650052</t>
+          <t>9786053755142</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Makine Yazı</t>
+          <t>Gönül Gibi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052653128</t>
+          <t>9786053754145</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ben Yazar Suat Derviş</t>
+          <t>Karanlık İşler</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052653067</t>
+          <t>9786053753957</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Dune (Film Kapağı)</t>
+          <t>Baskerville’lerin Köpeği</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052653111</t>
+          <t>9786053753933</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İhtiyatsız Adam</t>
+          <t>Saptırıcılar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>280</v>
+        <v>56</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052653098</t>
+          <t>9786053757801</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Korku Burnu</t>
+          <t>Aşkın Ontolojisi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>23</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052653081</t>
+          <t>9786053757283</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kiracı</t>
+          <t>Buğu</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>220</v>
+        <v>155</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052653012</t>
+          <t>9786053756927</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bağışlanamaz Olan</t>
+          <t>Başka Gökyüzü</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>120</v>
+        <v>24</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052653050</t>
+          <t>9786053756576</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İdük</t>
+          <t>Hay Bin Yakzan'ı Okumak</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>130</v>
+        <v>72</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258401745</t>
+          <t>9786053756101</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Serotonin</t>
+          <t>Harika Portakal</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>240</v>
+        <v>88</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052653043</t>
+          <t>9786053756095</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar</t>
+          <t>Oyunu Okumak</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>240</v>
+        <v>45</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052653029</t>
+          <t>9786053756088</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Derinin Altında</t>
+          <t>Kurumlar Nasıl Düşünür?</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052653036</t>
+          <t>9786053755906</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Bir Adamın Savaşı</t>
+          <t>Husserl Fenomenolojisinde Görü Teorisi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052652992</t>
+          <t>9786053755913</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Mob Psycho 100 – 1. Cilt</t>
+          <t>Suikastçı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052652916</t>
+          <t>9786053755500</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Çatal Yürek</t>
+          <t>Kemal Tahir’e Mapushaneden Mektuplar</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>400</v>
+        <v>66</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052652985</t>
+          <t>9786053755210</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Peygamber</t>
+          <t>Abaddon Geçidi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>180</v>
+        <v>53</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052652978</t>
+          <t>9786053754725</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Leydi Windermere’in Yelpazesi</t>
+          <t>Moriarty</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>120</v>
+        <v>52</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052652862</t>
+          <t>9786053757016</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Yazgılı Şehir</t>
+          <t>Ateş Kraliçesi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>480</v>
+        <v>66</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052652961</t>
+          <t>9786053756774</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kedi İnsanlar ve Diğer Garip Hikayeler</t>
+          <t>Vadinin Hükümdarı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>160</v>
+        <v>14</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052652633</t>
+          <t>9789752732926</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Zavallılar</t>
+          <t>Şamatalı Köy’de Eğlence Şamatalı Köy İkinci Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052652954</t>
+          <t>9786053752776</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Koda</t>
+          <t>Şamatacı Suçlular ve Daha Fazlası</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>120</v>
+        <v>28</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052652947</t>
+          <t>9786053751779</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Annemi Öldürdüğüm Hikayeler</t>
+          <t>Sürücü</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>180</v>
+        <v>119</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052652893</t>
+          <t>9786053751281</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kalabriya’da</t>
+          <t>Sürgünün Dönüşü</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052652930</t>
+          <t>9786053750888</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Charles Dexter Ward Vakası</t>
+          <t>Sürenin Diyalektiği</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>180</v>
+        <v>23</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786052652923</t>
+          <t>9789752734562</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İnsandan Öte</t>
+          <t>Suskun Derin Sular</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>280</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786052652855</t>
+          <t>9789752730120</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Suikastçının Çırağı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>120</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052652886</t>
+          <t>9789752731967</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Amerigo: Tarihsel Bir Yanılgının Hikayesi</t>
+          <t>Suikastçının Arayışı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>120</v>
+        <v>31</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052652909</t>
+          <t>9789752731677</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Maymun Adası</t>
+          <t>Star Wars Klasik Seri Han Solo’nun İntikamı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>120</v>
+        <v>14</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052652831</t>
+          <t>9789752731356</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Büyük Deniz Köpürüyor</t>
+          <t>Star Wars Klasik Seri Han Solo Yıldızın Ucu’nda</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>125</v>
+        <v>14</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052652794</t>
+          <t>9789752732209</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşan Dilbilim - 1. Cilt</t>
+          <t>Star Wars Klasik Seri Han Solo ve Kayıp Miras Han Solo’nun Maceraları 3</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>200</v>
+        <v>14</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052652824</t>
+          <t>9786053752639</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Bela Öyküleri</t>
+          <t>Sonsuz Gece</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>140</v>
+        <v>53</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052652787</t>
+          <t>9786053752332</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Savaşlar Çağı</t>
+          <t>Son Koloni</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786052652749</t>
+          <t>9789758607990</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Boyut</t>
+          <t>Son Kitap Aralık 1999 - Mart 2001</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786052652817</t>
+          <t>9789758725120</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Şimdi ve Daima</t>
+          <t>Sokaklar Tekin Değil</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>220</v>
+        <v>11</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786052652800</t>
+          <t>9789752731509</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Fahrenheit 451 - 70. Yıl Özel Baskısı</t>
+          <t>Siyah Hatıralar Denizi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052652848</t>
+          <t>9789752734012</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Öyküleri</t>
+          <t>Sisin İçine Doğru (Ciltli)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>140</v>
+        <v>22</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052652756</t>
+          <t>9789752733947</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kaçıncı Tekil</t>
+          <t>Silmarillion</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>90</v>
+        <v>128</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052652732</t>
+          <t>9789752732834</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Yolda Olmak</t>
+          <t>Silinmeyen</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>125</v>
+        <v>35</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052652763</t>
+          <t>9786053750734</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Usher Evi’nin Çöküşü</t>
+          <t>Silah Tüccarı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>180</v>
+        <v>22</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052652671</t>
+          <t>9786053751205</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Rougonların Gülen Talihi</t>
+          <t>Sihirli Ev</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>340</v>
+        <v>26</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052652664</t>
+          <t>9786053750772</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Marry Grave 4</t>
+          <t>Sigurd ile Gudrun Efsanesi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>180</v>
+        <v>19</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052652725</t>
+          <t>9789752733015</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kan Bağı / Işıkyaratan Serisi - 4</t>
+          <t>Sigge'nin Z'si (Ciltli)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>380</v>
+        <v>29</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052652688</t>
+          <t>9789752733282</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Doktorun Notları</t>
+          <t>Sıradışı Filozoflar</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>200</v>
+        <v>17</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052652619</t>
+          <t>9786053751748</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kanından Biraz</t>
+          <t>Sıradışı (Ciltli)</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052652602</t>
+          <t>9786053751656</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Eeen Güzel Şey</t>
+          <t>Sherlock Holmes ve Şairin Ayak İzleri</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>90</v>
+        <v>36</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052652626</t>
+          <t>9789752734098</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Ankara Canavarı</t>
+          <t>Sherlock Holmes ve Ölülerin Bilgeliği</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>200</v>
+        <v>34</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052652657</t>
+          <t>9789752731257</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Aykırı Beyanlar</t>
+          <t>Shannara’nın Tılsımları</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052652640</t>
+          <t>9789756902684</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yol İşaretleri</t>
+          <t>Shannara’nın Kılıcı Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>220</v>
+        <v>19</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786052652596</t>
+          <t>9789756902677</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Karga</t>
+          <t>Shannara’nın Kılıcı İkinci Kitap</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>420</v>
+        <v>19</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052652534</t>
+          <t>9789756902363</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Unutmadan</t>
+          <t>Shannara’nın Kılıcı Birinci Kitap</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>180</v>
+        <v>19</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786052652565</t>
+          <t>9789758607464</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Napolyon Bonapart’ın Hayatı</t>
+          <t>Shannara’nın İlk Kralı</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>450</v>
+        <v>46</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052652572</t>
+          <t>9789758607051</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Scott Pilgrim 3: Scott Pilgrim ve Ebedi Hüzün</t>
+          <t>Shannara’nın Elftaşları</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>450</v>
+        <v>33</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052652541</t>
+          <t>9789752730656</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Son İmparatoks</t>
+          <t>Shannara’nın Elf Kraliçesi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786052652558</t>
+          <t>9789752730342</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Bataklık</t>
+          <t>Shannara’nın Druidi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052652480</t>
+          <t>9789758607181</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Hilal 4. Kitap - Şehirdeki İblis</t>
+          <t>Shannara’nın Dilekşarkısı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>250</v>
+        <v>33</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786052652473</t>
+          <t>9789758725809</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Hilal 3. Kitap - Kalbimdeki İfrit</t>
+          <t>Shannara’nın Çocukları 1. Cilt Shannara’nın Mirası Serisi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>250</v>
+        <v>29</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786052652497</t>
+          <t>9786053750031</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Saklı Cehennem</t>
+          <t>Sevgi Kitabı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>130</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786052652459</t>
+          <t>9789758725359</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yayın Tanrısı - Troya 1. Kitap</t>
+          <t>Sethanon’da Karanlık</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052652381</t>
+          <t>9789752733336</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Son Yıllar (Ciltli)</t>
+          <t>Sessizlik Kuleleri -2084-</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>350</v>
+        <v>14</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052652510</t>
+          <t>9786053752288</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Zincirler Hanesi / Malazan Yitikler Kitabı 4 (Ciltli)</t>
+          <t>Seri Katiller 2</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>900</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052652527</t>
+          <t>9789752733381</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Zincirler Hanesi / Malazan Yitikler Kitabı 4</t>
+          <t>Seri Katiller 2</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>780</v>
+        <v>25</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052652466</t>
+          <t>9786053752271</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Aziz İle Nikola</t>
+          <t>Seri Katiller 1</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>300</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052652442</t>
+          <t>9789752732377</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Sahi Adım Neydi</t>
+          <t>Seri Katiller</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>180</v>
+        <v>28</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052652411</t>
+          <t>9789752732230</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Zürafa</t>
+          <t>Serçe Bulutu</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>220</v>
+        <v>23</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052652428</t>
+          <t>9786053750819</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Panorama Adası'nın Tuhaf Hikayesi</t>
+          <t>Sek Votka</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>140</v>
+        <v>36</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052652435</t>
+          <t>9789752733343</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Çocukları</t>
+          <t>Sayrıtoprak Savaşı İnançsız Thomas Covenant Tarihçeleri 2. Kitap</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052652343</t>
+          <t>9789752734494</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Kalem</t>
+          <t>Sartre</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>150</v>
+        <v>67</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052652404</t>
+          <t>9786053751144</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Otağ</t>
+          <t>Saplantı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>440</v>
+        <v>29</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052652398</t>
+          <t>9789752730663</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Yükselmek</t>
+          <t>Sanat Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>280</v>
+        <v>19</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052652367</t>
+          <t>9789752732919</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Üçlü</t>
+          <t>Samuray Yazı (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>280</v>
+        <v>17</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052652350</t>
+          <t>9786053751519</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kalp Şeklindeki Kutu</t>
+          <t>Selahaddin Eyyübi’nin Gölgesinde</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>280</v>
+        <v>38</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052652374</t>
+          <t>9789752730298</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Madenci</t>
+          <t>Sahipsiz Taht Dört Serüvenci Serisi 2. Kitap</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>200</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052652312</t>
+          <t>9789758607983</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Küller</t>
+          <t>Sahil Yolunda Yürümek</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052652329</t>
+          <t>9789752732490</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kamikazeler El Ele Uçmaz</t>
+          <t>Sağırdere</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052652336</t>
+          <t>9786053752738</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Hunaşamzade</t>
+          <t>Sağduyu, Bilim ve Şüphecilik</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>160</v>
+        <v>53</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052652282</t>
+          <t>9789752733084</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Örtü</t>
+          <t>Ronja: Haydut Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>110</v>
+        <v>22</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052652299</t>
+          <t>9786053751571</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Israr</t>
+          <t>Risk Toplumu</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052652268</t>
+          <t>9789752732650</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Sendeki Yüz Bende Olsa</t>
+          <t>Rilke Bütün Hikayeleri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>220</v>
+        <v>42</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052652275</t>
+          <t>9789758725625</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Çiçeklerinin Altında</t>
+          <t>Rüyalarını Ver Bana</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>110</v>
+        <v>13</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052652251</t>
+          <t>9789752733350</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kilitsiz (Bir Sendrom Öyküsü)</t>
+          <t>Replika 4  Mükemmel Kızlar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>180</v>
+        <v>10</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052652220</t>
+          <t>9789752730977</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Frontal (Sendrom 2. Kitap)</t>
+          <t>Başka Bir Amy</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>280</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052652237</t>
+          <t>9789756902417</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Büyülenme</t>
+          <t>Replika 2 Amy’nin Peşinde</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052652244</t>
+          <t>9789756902240</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Suçsuzlar</t>
+          <t>Replika 1 7 Numaralı Amy</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052652206</t>
+          <t>9789752732698</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Söz Sandığım</t>
+          <t>Renk Körü</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>130</v>
+        <v>21</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052652213</t>
+          <t>9789756902059</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Zaman Artık Durmalı</t>
+          <t>Rama’yla Buluşma</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052652169</t>
+          <t>9789756902158</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Acile Tek Giden</t>
+          <t>Rama’nın Sırrı</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052652107</t>
+          <t>9789756902141</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Randevu</t>
+          <t>Rama Bahçesi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052652190</t>
+          <t>9789756902080</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Aline ve Valcour: Felsefi Roman (2 Cilt)</t>
+          <t>Rama 2</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>850</v>
+        <v>25</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052652145</t>
+          <t>9786053756378</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken Cilt 3</t>
+          <t>Rahmet Yolları Kesti</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>150</v>
+        <v>104</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052652138</t>
+          <t>9789758725069</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken Cilt 2</t>
+          <t>Putların Batışı Ya da Çekiçle Nasıl Felsefe Yapılır</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>150</v>
+        <v>19</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052652121</t>
+          <t>9789752731936</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken Cilt 1</t>
+          <t>Psikiyatri El Kitabı</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>150</v>
+        <v>17</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052652114</t>
+          <t>9789752730410</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>İthaka</t>
+          <t>Psikanalizin "Öteki" Yüzü: Heinz Kohut</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>320</v>
+        <v>29</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052652060</t>
+          <t>9789752734227</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Midas</t>
+          <t>Psikanaliz Üzerine Yazılar Freud ve Lacan</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>100</v>
+        <v>28</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052652039</t>
+          <t>9789758725199</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Yok Eden Ateş - Bağlılık 2. Kitap</t>
+          <t>Postmodern Bir Kız Sevdim</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>300</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052652053</t>
+          <t>9789752730021</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Sabrina ve Corina</t>
+          <t>Porto Alegre / Farklı Bir Demokrasi Umudu</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>220</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052652084</t>
+          <t>9789752734616</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Bez Bebek Alfabesi</t>
+          <t>Popüler Kültürden TV Sömürgesine (Ciltli)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>200</v>
+        <v>73</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052652091</t>
+          <t>9759758607136</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sopalar ve Kemikler - Ters Çocuklar 2. Kitap</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052652077</t>
+          <t>9789752731394</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Her Kalp Bir Eşik - Ters Çocuklar 1. Kitap</t>
+          <t>Politik Psikiyatri Yanılmanın Gerçekliği 2</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>180</v>
+        <v>23</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052652046</t>
+          <t>9786053752691</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Sonundaki Ev</t>
+          <t>Rüya Takımı - Medusa’nın Pusulası</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052651919</t>
+          <t>9786053750291</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Toraman</t>
+          <t>Piyango Bileti</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>150</v>
+        <v>18</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052651933</t>
+          <t>9789758725045</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Can Pazarı</t>
+          <t>Piramitler Diskdünya’nın Yedinci Romanı</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>380</v>
+        <v>19</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052651926</t>
+          <t>9789752733640</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Tılsımı</t>
+          <t>Pippi Uzunçorap 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>180</v>
+        <v>14</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052651964</t>
+          <t>9789758607310</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Veraset Vergisi</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052651940</t>
+          <t>9789756902448</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Bir Sağır Zangoç</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>110</v>
+        <v>15</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052651957</t>
+          <t>9789752730885</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Kurtbağrı</t>
+          <t>Peri Savaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052651544</t>
+          <t>9789752730533</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Derin Merhamet</t>
+          <t>Paris ve Londra’da Beş Parasız</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>170</v>
+        <v>18</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052651988</t>
+          <t>9789752730175</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Hilal 2. Kitap - Okuldaki Zebani</t>
+          <t>Paris Tablosu (Ciltli)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>210</v>
+        <v>44</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052651971</t>
+          <t>9786053751151</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Hilal 1. Kitap - İçimdeki Şeytan</t>
+          <t>Parçalanma</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>210</v>
+        <v>26</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052652022</t>
+          <t>9789752730403</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Prometheus: J. Robert Oppenheimer'ın Başarı ve Acı Dolu Öyküsü</t>
+          <t>Papazın Kızı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>600</v>
+        <v>23</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052652015</t>
+          <t>9786053751588</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Koş Melos!</t>
+          <t>Pantolonlar Fora! (Ciltli)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052652008</t>
+          <t>9789752733220</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Batan Güneş</t>
+          <t>Öteki Kayıp</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>140</v>
+        <v>24</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052651995</t>
+          <t>9786053752011</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Çiçekleri</t>
+          <t>Ölümün Kimyası</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>120</v>
+        <v>13</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052651797</t>
+          <t>9786053750277</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Gök Mavisi Denizdeki Ev</t>
+          <t>Ölümün Kimyası</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>300</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052651865</t>
+          <t>9786053750161</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Nankör</t>
+          <t>Ölümcül Tür</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>120</v>
+        <v>38</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052651872</t>
+          <t>9789752734418</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Biz Burada İyiyiz</t>
+          <t>Ölüm Yolculuğu</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052651858</t>
+          <t>9789752731578</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan ve İğ</t>
+          <t>Ölüm Ressamı Bir Gerilim Romanı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>250</v>
+        <v>24</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052651889</t>
+          <t>9786053752530</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Numenor'un Düşüşü</t>
+          <t>Ölülerle Konuşmak</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052651896</t>
+          <t>9786053752837</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Yazdönümü Gecesi Rüyası</t>
+          <t>Ölülerin Fısıltısı</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>120</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258327533</t>
+          <t>9786053751533</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Kendini Seveni Sever</t>
+          <t>Ölülerin Fısıltısı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>200</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258327564</t>
+          <t>9789752733480</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Öldürme Sanatı</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258327571</t>
+          <t>9786053751113</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Öcalan’ın İmralı Günleri</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052651827</t>
+          <t>9789752734449</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarının Kızı</t>
+          <t>Otel Odaları (Ciltli)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>110</v>
+        <v>17</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052651834</t>
+          <t>9789752732605</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Eve Doğru Bir Bakış / Acı Harita Seçkisi 1</t>
+          <t>Onuncu Kent  Elyon Ülkesi 3. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052651766</t>
+          <t>9786053751137</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Siyah Tanrı'nın Davulları</t>
+          <t>On Beş Yaşında Bir Kaptan - 2. Cilt</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052651810</t>
+          <t>9786053752622</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Nehre Doğru</t>
+          <t>Odd ve Ayaz Devleri</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>200</v>
+        <v>17</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052651803</t>
+          <t>9789758607372</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Denen Bir Anı</t>
+          <t>Noa Noa</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052651841</t>
+          <t>9789756902134</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Ulysses</t>
+          <t>Nelere Gebesiniz? Hamilelikte Sık Rastlanılan Sorunlar ve Çözümleri</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>720</v>
+        <v>4</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052651728</t>
+          <t>9789758607907</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Marry Grave 3</t>
+          <t>Neden Psikanaliz?</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>180</v>
+        <v>21</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052651735</t>
+          <t>9789758607860</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Dublinesk</t>
+          <t>Ne Altı Var Ne Üstü</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>220</v>
+        <v>18</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052651759</t>
+          <t>9789752732964</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinem 3</t>
+          <t>Namuscular</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052651742</t>
+          <t>9789752734036</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinem 2</t>
+          <t>Mumun Alevi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>280</v>
+        <v>18</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052651773</t>
+          <t>9789758725816</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Çiçeğin Ruhu: Noh Tiyatrosunun Klasik Öğretileri</t>
+          <t>Muhafızlar! Muhafızlar!</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>110</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052651780</t>
+          <t>9789756902783</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>İmparatora Veda</t>
+          <t>Mort Diskdünya’nın Dördüncü Romanı</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>200</v>
+        <v>19</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052651711</t>
+          <t>9789752732599</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Yaz</t>
+          <t>Mor İmparator (Ciltli)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052651704</t>
+          <t>9789758725434</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Yararsız Bir Adam</t>
+          <t>Montesquieu Siyaset ve Tarih</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>300</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052651681</t>
+          <t>9789758725328</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Esnaf Lokantası</t>
+          <t>Monte Cristo Kontu 2 Cilt (Kutu İçinde)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>170</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052651674</t>
+          <t>9789752732155</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Haldun</t>
+          <t>Monte Cristo Kontu (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>160</v>
+        <v>83</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052651698</t>
+          <t>9786053750666</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>Monte Cristo Kontu</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>180</v>
+        <v>49</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052651643</t>
+          <t>9789758607259</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Müjdeci 1. Cilt: Teneke Yıldızlar</t>
+          <t>Mithat Şen ve Beden Yazısı 1</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052651636</t>
+          <t>9786053752684</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Ultralar Arasında</t>
+          <t>Mit ve Anlam</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>370</v>
+        <v>46</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052651537</t>
+          <t>9789756902493</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Jamaika Hanı</t>
+          <t>Mistik Öyküler Kutsal ve Dünyevi</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>280</v>
+        <v>13</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052651605</t>
+          <t>9786053752936</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Wendigo</t>
+          <t>Osmanlı’nın Tasfiyesi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>120</v>
+        <v>49</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052651582</t>
+          <t>9789752733428</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Yolcular</t>
+          <t>Mio Benim Mio’m (Ciltli)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>280</v>
+        <v>13</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052651629</t>
+          <t>9786053752455</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Mümkünatı Yok</t>
+          <t>Mezarların Çağrısı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>380</v>
+        <v>34</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052651612</t>
+          <t>9789752732414</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Dönüştüğümüz Şehir</t>
+          <t>Merhaba Sam Krasmer Bir Mayk Hammer Romanı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>250</v>
+        <v>13</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052651599</t>
+          <t>9789752732025</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygular</t>
+          <t>Memleketimden Karakter Manzaraları</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052651568</t>
+          <t>9789758725847</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Bizden Biri</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>450</v>
+        <v>23</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052651575</t>
+          <t>9789752733763</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Öteki Yüzü</t>
+          <t>Mavi Melek Profesör Unrat</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>110</v>
+        <v>29</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052651469</t>
+          <t>9786053754350</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Hayatında Değil Yerin</t>
+          <t>Marx İçin</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052651551</t>
+          <t>9786053753834</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Modern Soslu Postmodern Makarna</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052651483</t>
+          <t>9789758607341</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Güdü</t>
+          <t>Marksist - Liberal</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>250</v>
+        <v>14</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052651513</t>
+          <t>9789752733954</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kumsalda: Korku Hikayeleri</t>
+          <t>Mao Zedong Bir Yaşam</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>150</v>
+        <v>73</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052651476</t>
+          <t>9786053753032</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Gece Kaplanı</t>
+          <t>Malihulya</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>300</v>
+        <v>49</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052651452</t>
+          <t>9789758607105</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Prosper’in İblisi</t>
+          <t>Mahrem Günlük</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>140</v>
+        <v>17</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052651506</t>
+          <t>9789752731615</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Rekabet: Bir Geyşanın Öyküsü</t>
+          <t>Maggie Darling</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>200</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052651490</t>
+          <t>9789752733619</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve Sihirde Yeni Bir Sayfa 2</t>
+          <t>Lord Darcy On Altı Anahtar 3. Cilt</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>240</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052651520</t>
+          <t>9789752731516</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Kadınlar</t>
+          <t>Lord Darcy  Savaş Büyüsü</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>200</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052651445</t>
+          <t>9789752731707</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Buzdan Top</t>
+          <t>Livonya’da Bir Dram</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>300</v>
+        <v>18</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052650981</t>
+          <t>9786053750659</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Swamp Thing Efsanesi: 4. Cilt</t>
+          <t>Lila, Lila</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>480</v>
+        <v>26</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052650974</t>
+          <t>9786053752790</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Swamp Thing Efsanesi: 3. Cilt</t>
+          <t>Leviathan Uyanıyor -</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>480</v>
+        <v>58</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052651421</t>
+          <t>9789752733145</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Defteri</t>
+          <t>Leningrad Madonnaları</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>180</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052651438</t>
+          <t>9789752730694</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>13 Numaralı Oda</t>
+          <t>Lenin Tarihi Yazanlar ve Yapanlar</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052651407</t>
+          <t>9789752734401</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Manhattan Plajı</t>
+          <t>Laura ve Işık Labirenti (Ciltli)</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>400</v>
+        <v>31</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052651414</t>
+          <t>9789752731448</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Arıların Uğultusu</t>
+          <t>Laura Gümüş Sfenks’in Kehaneti (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>250</v>
+        <v>31</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052651315</t>
+          <t>9789752732889</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Kaos Sarayları - Amber Yıllıkları 5</t>
+          <t>Laura Ejder Krallarının Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>220</v>
+        <v>27</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052651308</t>
+          <t>9789752734159</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Oberon'un Eli - Amber Yıllıkları 4</t>
+          <t>Laura Ateş Yılanı’nın Yüzüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>220</v>
+        <v>27</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052651292</t>
+          <t>9789752730359</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Tekboynuz'un İşareti - Amber Yıllıkları 3</t>
+          <t>Laura Yedi Ay’ın Mührü (Ciltli)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>220</v>
+        <v>27</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052651285</t>
+          <t>9789752730281</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Avalon'un Tüfekleri - Amber Yıllıkları 2</t>
+          <t>Laura - Aventerra’nın Sırrı (Ciltli)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>220</v>
+        <v>27</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052651278</t>
+          <t>9789752730038</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Amber'de Dokuz Prens - Amber Yıllıkları 1</t>
+          <t>Latin Amerika’nın Kaynayan Damarları</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>200</v>
+        <v>37</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052651353</t>
+          <t>9789752733466</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Caravaggio Kırmızısı</t>
+          <t>Lanetli Topraklar</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>130</v>
+        <v>22</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052651391</t>
+          <t>9786053751731</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Vicdan ve Güzellik</t>
+          <t>Lamb</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052651377</t>
+          <t>9789758607839</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Pause Anıtı</t>
+          <t>Labirentte</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>110</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052651322</t>
+          <t>9786053750246</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf, Çok Tuhaf</t>
+          <t>Kürkler Ülkesi 2. Cilt</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>130</v>
+        <v>18</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052651339</t>
+          <t>9786053750215</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Natürmort</t>
+          <t>Kürkler Ülkesi 1. Cilt</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>300</v>
+        <v>18</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052651384</t>
+          <t>9789758725786</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ev</t>
+          <t>Küreselleşme Heyulası</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>140</v>
+        <v>24</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052651360</t>
+          <t>9786053752479</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Japon Çocuk Öyküleri</t>
+          <t>Kültür Mitleri</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>120</v>
+        <v>149</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052651247</t>
+          <t>9786053751120</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Ölü Dağcı Oteli</t>
+          <t>Küçük Tanrılar</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052651346</t>
+          <t>9789752731622</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Tohumdan Hasada</t>
+          <t>Küçük At</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>800</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052651223</t>
+          <t>9789752733961</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Denize Söylediğim Şarkılar</t>
+          <t>Kuzey Işıkları Altın Pusula Dizisi 1. Kitap</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052651254</t>
+          <t>9786053752554</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Fil</t>
+          <t>Kutup Ayısı Koda (Ciltli)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052651230</t>
+          <t>9789752731950</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gözyaşları</t>
+          <t>Kuş Bakışı</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052651193</t>
+          <t>9789752731271</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Evcil İnsan Barınağı</t>
+          <t>Kuryeyi Öldür</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>125</v>
+        <v>23</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052651209</t>
+          <t>9789752730649</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kamçatka’da Bir Kayıp Vakası</t>
+          <t>Kurtların Yargısı</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>230</v>
+        <v>36</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052651216</t>
+          <t>9786053759799</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Hollywood’da</t>
+          <t>Kurt Kanunu</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052651100</t>
+          <t>9789752733473</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Beni Öldürme Mesafesi</t>
+          <t>Kumkurdu 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>110</v>
+        <v>12</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052651162</t>
+          <t>9789752731431</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Ölü Şair</t>
+          <t>Kraliyet Suikastçısı</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>250</v>
+        <v>41</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052651179</t>
+          <t>9789752731424</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Dracula’nın Konuğu ve Diğer Tuhaf Öyküler</t>
+          <t>Kralın Korsanı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>150</v>
+        <v>36</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052651186</t>
+          <t>9786053758051</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Gölgemiz Düşer</t>
+          <t>Köyün Kamburu</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052651155</t>
+          <t>9789756902103</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Yakınlıklar</t>
+          <t>Kötüye İşaret Gizli Dosyalar - 3</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>150</v>
+        <v>7</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052651148</t>
+          <t>9789752734593</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Güvercinciler</t>
+          <t>Körduman</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>340</v>
+        <v>35</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052651117</t>
+          <t>9786053751076</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Çay Ustası ile Dedektif</t>
+          <t>Korkunun Anatomisi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>140</v>
+        <v>42</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052651131</t>
+          <t>9789752734463</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Garp'a Göre Dünya</t>
+          <t>Koralin ve Gizli Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>540</v>
+        <v>19</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052650707</t>
+          <t>9789756902929</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Adam</t>
+          <t>Krom Sarısı</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052651124</t>
+          <t>9786053750314</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Trenyolu'nda Gece Vakti</t>
+          <t>Kontrgerilla ve Ergenekon’u Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>100</v>
+        <v>38</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052651094</t>
+          <t>9789758725397</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Bizi Tüketen Ateş</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>145</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052651087</t>
+          <t>9786053750147</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Koko</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052650561</t>
+          <t>9789752730014</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sahaf Mendel</t>
+          <t>Kocaman Bir Adam Sıradışı Bir Teknik Direktörün Portresi</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>120</v>
+        <v>21</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052651018</t>
+          <t>9789752732186</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>New York Köleleri</t>
+          <t>Kişilikler</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>240</v>
+        <v>29</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052651070</t>
+          <t>9789758725441</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Biçimin ve Boşluğun Kitabı</t>
+          <t>Kiralık Katiller Gediksavaşlarının Ardından 2</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>520</v>
+        <v>25</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052651063</t>
+          <t>9789752732179</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Neuromancer</t>
+          <t>Kimlik</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>300</v>
+        <v>34</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052650998</t>
+          <t>9789758725380</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Güzel Seferlerin Süvarisi</t>
+          <t>Kızıl Ot</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>275</v>
+        <v>29</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052650967</t>
+          <t>9789756902776</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kuru Dallar Yangını</t>
+          <t>Kızıl Oda ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052651056</t>
+          <t>9786053752400</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Düello</t>
+          <t>Kızıl Ağaç (Ciltli)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>250</v>
+        <v>24</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052651049</t>
+          <t>9789752733176</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame'ın Kamburu</t>
+          <t>Kırık Tacın Parçaları</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>500</v>
+        <v>37</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052651025</t>
+          <t>9789752732384</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler</t>
+          <t>Kıran Kırana</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>180</v>
+        <v>10</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052651032</t>
+          <t>9789752732094</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Oda Müziği: Toplu Şiirler</t>
+          <t>Zaman Çarkı 7. Cilt: Kılıçtan Taç 1. Kitap</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>120</v>
+        <v>26</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052650905</t>
+          <t>9789756902875</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Derinliklerinde</t>
+          <t>Kılıç ve Büyü Öyküleri 1</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>280</v>
+        <v>16</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052650943</t>
+          <t>9789758725885</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Marry Grave 2</t>
+          <t>Kıbrıs Dün ve Bugün</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>180</v>
+        <v>31</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052650882</t>
+          <t>9789758725830</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Bundan Bahsettiği Yok</t>
+          <t>Kralsız Diyar Dört Serüvenci Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>180</v>
+        <v>29</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052650929</t>
+          <t>9789752733817</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Keskin Bıçak Altın Pusula Dizisi 2. Kitap</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>120</v>
+        <v>21</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052651001</t>
+          <t>9789758725137</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Yedi Deliler</t>
+          <t>Kent</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>300</v>
+        <v>17</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052650950</t>
+          <t>9789756902479</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Altın Elmaları</t>
+          <t>Ken Parker</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>340</v>
+        <v>18</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052650912</t>
+          <t>9786053752059</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Naomi: Bir Aptalın Aşkı</t>
+          <t>Kemiklerin Şifresi</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>200</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052650899</t>
+          <t>9786053750895</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Musaşi Lordu’nun Gizli Yaşamı</t>
+          <t>Kemiklerin Şifresi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052650868</t>
+          <t>9789752734197</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Dünlükler</t>
+          <t>Kelleci Memet</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052650837</t>
+          <t>9789752734128</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Fevkalbeşer Sair Bey ve Suskunluğu</t>
+          <t>Kehribar Dürbün Altın Pusula Dizisi 3. Kitap</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>150</v>
+        <v>38</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052650851</t>
+          <t>9789752730700</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Pas</t>
+          <t>Kaynayan Orta Doğu Marksist Aynada Orta Doğu</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>120</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052650875</t>
+          <t>9789752734029</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Dünyalılar</t>
+          <t>Kayıp Tarihler</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>200</v>
+        <v>37</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052650844</t>
+          <t>9786053752523</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Çıkaran</t>
+          <t>Kayıp Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>280</v>
+        <v>34</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052650813</t>
+          <t>9789752730939</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Kayıp Şahıslar Albümü</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052650585</t>
+          <t>9789752733367</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Shuri: Bir Black Panther Romanı</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>250</v>
+        <v>31</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052650806</t>
+          <t>9789752732360</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Kara El: Dahi Bir Dedektif ile Amerikan Tarihinin En Tehlikeli Gizli Çetesinin Destansı Savaşı</t>
+          <t>Katilin Şeyi</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>280</v>
+        <v>16</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052650479</t>
+          <t>9789752734067</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlarla Karıncaların Öyküsü</t>
+          <t>Kasap Çırağı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052650783</t>
+          <t>9789756902172</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Louvre’un Koruyucuları</t>
+          <t>Kasabamız</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>170</v>
+        <v>7</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052650677</t>
+          <t>9786053751090</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gözlü Kız</t>
+          <t>Kartal</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052650820</t>
+          <t>9789758607099</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Alo, Harika Hanım, Nasılsınız?</t>
+          <t>Karpatlar Şatosu</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>150</v>
+        <v>18</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052650752</t>
+          <t>9789752731301</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Onuncu Ay</t>
+          <t>Karılar Koğuşu</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>140</v>
+        <v>117</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052650660</t>
+          <t>9789752730755</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Köpük</t>
+          <t>Karanlıkta 33 Yazar Korku Öyküleri Antolojisi Tek Cilt Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052650776</t>
+          <t>9789756902820</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Ardında Bırak</t>
+          <t>Karanlıkta 33 Yazar Korku Öyküleri Antolojisi 3</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>220</v>
+        <v>21</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052650691</t>
+          <t>9789756902813</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yapayalnız Bir İştir</t>
+          <t>Karanlıkta 33 Yazar Korku Öyküleri Antolojisi 2</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>280</v>
+        <v>21</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052650684</t>
+          <t>9789756902769</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Callahan Günlükleri</t>
+          <t>Karanlıkta 33 Yazar Korku Öyküleri Antolojisi 1</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>500</v>
+        <v>21</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052650615</t>
+          <t>9789752731974</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>II. Kambises Taktiği</t>
+          <t>Karanlık Tepeler Hattı  Elyon Ülkesi 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>110</v>
+        <v>15</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052650653</t>
+          <t>9789752731776</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Teorisi - Natüralist 3</t>
+          <t>Karanlık Kraliçenin Gölgesi Yılan Savaşları Efsanesi 1</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>280</v>
+        <v>29</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052650646</t>
+          <t>9786053751557</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Aynadan İçeri - Natüralist 2</t>
+          <t>Karanlık Bir Diyara Doğru</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>280</v>
+        <v>36</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052650622</t>
+          <t>9789758607679</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Olive, Yeniden</t>
+          <t>Karakılıcın Zaferi Karakılıç Üçlemesi 3</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052650608</t>
+          <t>9789758607662</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Olive Kitteridge</t>
+          <t>Karakılıcın Yazgısı</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>280</v>
+        <v>22</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052650639</t>
+          <t>9789752730137</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Vineland</t>
+          <t>Karakılıcın Mirası Karakılıç Üçlemesi 4. Kitap</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>400</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052650592</t>
+          <t>9789758607617</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kızım Hakkında Her Şey</t>
+          <t>Karakılıcın Dövülüşü</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>200</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052650547</t>
+          <t>9786053750338</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Güneş Olan Kız</t>
+          <t>Kara Şövalye’nin Büyüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>280</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052650493</t>
+          <t>9789752732056</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu</t>
+          <t>Kara Nara</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>150</v>
+        <v>42</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052650578</t>
+          <t>9789752733633</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Kara Leylek Yedi Mühür - İkinci Kitap</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052650509</t>
+          <t>9789756902615</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Bey</t>
+          <t>Kara Incal</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>150</v>
+        <v>13</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052650516</t>
+          <t>9789758725083</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ve Kiracıları</t>
+          <t>Kara Büyülü Uyku</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052650554</t>
+          <t>9786053751649</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Muhafız</t>
+          <t>Kar Taciri (Ciltli)</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>320</v>
+        <v>26</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786258327588</t>
+          <t>9789752733855</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Telemetri</t>
+          <t>Kar Kristalleri</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052650363</t>
+          <t>9789752730229</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çekirdeği</t>
+          <t>Kaptan Hatteras’ın Maceraları 2. Cilt</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052650523</t>
+          <t>9789752730212</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Dağdan İnince</t>
+          <t>Kaptan Hatteras’ın Maceraları 1. Cilt</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052650530</t>
+          <t>9789758607242</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Fal İmparatoriçesi</t>
+          <t>Kaptan Grant'in Çocukları 3. Cilt</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052650486</t>
+          <t>9789758607235</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Turnanın Soyu</t>
+          <t>Kaptan Grant’in Çocukları 2. Cilt</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>280</v>
+        <v>40</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786258327557</t>
+          <t>9789758607228</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Hamlet</t>
+          <t>Kaptan Grant’in Çocukları 1. Cilt</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>140</v>
+        <v>18</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052650448</t>
+          <t>9789758607693</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Kopukluklar</t>
+          <t>Kaptan</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052650356</t>
+          <t>9789758607266</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Deve Cüce</t>
+          <t>Keşiş ve Celladın Kızı</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>425</v>
+        <v>19</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052650424</t>
+          <t>9789752731806</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kristal: Lanetli Kan</t>
+          <t>Kapitali Okumak</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>200</v>
+        <v>37</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052650394</t>
+          <t>9789752731585</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinem 1. Cilt</t>
+          <t>Kapalı Kutu</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>280</v>
+        <v>26</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052650431</t>
+          <t>9789758607648</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Nardugan: Kayıp Şehrin Masalı</t>
+          <t>Kaosun Eli Ölüm Kapısı Serisi 5. Cilt</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>280</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052650387</t>
+          <t>9789752731530</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kusura Ayna</t>
+          <t>Zaman Çarkı 6. Cilt: Kaos Lordu 2. Kitap</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>130</v>
+        <v>30</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052650400</t>
+          <t>9789752731493</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Psikoz Hikayeleri</t>
+          <t>Zaman Çarkı 6. Cilt: Kaos Lordu 1. Kitap</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>270</v>
+        <v>26</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052650417</t>
+          <t>9789752732858</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktır</t>
+          <t>Kahkahalar Ülkesi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>100</v>
+        <v>28</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052650370</t>
+          <t>9786053751168</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Galateia: Bir Öykü</t>
+          <t>Kaçış</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>170</v>
+        <v>32</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052650349</t>
+          <t>9789752733886</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>İthaki X 2022 Vampir Kitaplığı Seti</t>
+          <t>Kaç Kişiyiz Kendimizde (Ciltli)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>880</v>
+        <v>59</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052650325</t>
+          <t>9789752733800</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Bir Vampirin Gerçek Öyküsü &amp; Öteki Taraf</t>
+          <t>Kaç Kişiyiz Kendimizde</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>100</v>
+        <v>48</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052650264</t>
+          <t>9789752734395</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Ölü Sevgili</t>
+          <t>Jules Verne Eleştirel Bir Biyografi</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>100</v>
+        <v>62</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052650318</t>
+          <t>9789752734548</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Muhterem Leydi Ducayne</t>
+          <t>Jules Verne (Ciltli)</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>100</v>
+        <v>62</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052650271</t>
+          <t>9789758607853</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Vampirin İtirafı</t>
+          <t>Jöleli Şarkılar</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>110</v>
+        <v>7</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052650288</t>
+          <t>9789758607891</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Vourdalak Ailesi</t>
+          <t>Kadınlık, Yeniden Çağdaş Psikanalizin Bakışı</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>100</v>
+        <v>29</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052650257</t>
+          <t>9789752730045</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kan Sahibi</t>
+          <t>John Lewis’e Cevap</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>100</v>
+        <v>29</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052650233</t>
+          <t>9786053750086</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Vampir &amp; Ölümcül Tesir</t>
+          <t>Jangada</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>100</v>
+        <v>18</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052650332</t>
+          <t>9789758725274</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Gerisi Hikaye’den Vampir Öyküleri</t>
+          <t>İstiridye Kabuğundaki Venüs</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>110</v>
+        <v>15</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052650226</t>
+          <t>9786053752318</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Ölüleri Uyandırmayın</t>
+          <t>İpek Evi</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>100</v>
+        <v>29</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052650240</t>
+          <t>9789752731387</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuşu &amp; Bir Yarasa Bir Kıza Aşık Oldu</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>100</v>
+        <v>57</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052650295</t>
+          <t>9789752730717</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Raşomon</t>
+          <t>İnsanlar Alemi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>140</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052650202</t>
+          <t>9789758607532</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Afet: Bir League of Legends Romanı</t>
+          <t>İnatçı Keraban 1. Cilt</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>340</v>
+        <v>77</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052650189</t>
+          <t>9789752733879</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Öteki Denizin Haritası</t>
+          <t>İnançsız</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>140</v>
+        <v>24</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052650165</t>
+          <t>9789752733978</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Keraban</t>
+          <t>İmparatorluğun Kızı</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>200</v>
+        <v>27</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052650172</t>
+          <t>9789752734357</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Doktor Ox'un Deneyi</t>
+          <t>İmparatorluğun Hizmetkarı</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>120</v>
+        <v>52</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052650196</t>
+          <t>9789752734531</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kumarhane</t>
+          <t>İmparatorluğun Hanımefendisi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>280</v>
+        <v>56</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052650158</t>
+          <t>9789758607174</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar</t>
+          <t>İmparator Dünya</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>280</v>
+        <v>22</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052650080</t>
+          <t>9789752733909</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Buzun ve Tuzun Rotası</t>
+          <t>İmkansız Poetika (Ciltli)</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>150</v>
+        <v>67</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052650011</t>
+          <t>9789752730526</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Marry Grave 1. Cilt</t>
+          <t>İnsanca, Pek İnsanca 2</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>180</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052650028</t>
+          <t>9789758725267</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Tavşan</t>
+          <t>İnsanca, Pek İnsanca 1</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>250</v>
+        <v>23</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052650110</t>
+          <t>9786053751663</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve İnsan Ruhu</t>
+          <t>İlk Yunan Filozoflarında Tanrı Düşüncesi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>120</v>
+        <v>34</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052650141</t>
+          <t>9789752731325</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar Cemi</t>
+          <t>İkona</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>240</v>
+        <v>23</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052650127</t>
+          <t>9789752731837</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Servi Nine ve Üç Güzeller</t>
+          <t>İkinci Vakıf Vakıf Dizisi 4. Cilt</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052650103</t>
+          <t>9789758607877</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Buzun Anıları / Malazan Yitikler Kitabı 3 (Ciltli)</t>
+          <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>925</v>
+        <v>18</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052650097</t>
+          <t>3990000020333</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Buzun Anıları / Malazan Yitikler Kitabı 3</t>
+          <t>İdeoloji ve Devletin İdeolojik Aygıtları</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>850</v>
+        <v>19</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052650134</t>
+          <t>9786053751458</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Bu Düğme Ne İşe Yarıyor?</t>
+          <t>İçeriden Ölmek</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>300</v>
+        <v>16</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786258327984</t>
+          <t>9789752730564</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Sapığı</t>
+          <t>İblisin Uyanışı</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>440</v>
+        <v>35</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052650042</t>
+          <t>9789752731523</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Abrakadabra</t>
+          <t>İblisin Havarisi İblis Savaşları Serisi 3. Cilt</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>110</v>
+        <v>25</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052650073</t>
+          <t>9789752730854</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Denizin Kanı</t>
+          <t>İblis Ruhu İblis Savaşları Serisi 2. Cilt</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>220</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052650035</t>
+          <t>9789752732841</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Üç Köşeli Dünya</t>
+          <t>İblis Kral'ın Öfkesi</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>150</v>
+        <v>27</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052650059</t>
+          <t>9789758607655</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Gönül</t>
+          <t>İnatçı Keraban 2. Cilt</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>220</v>
+        <v>18</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052650066</t>
+          <t>9786053752431</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Ellerinde Tutarken</t>
+          <t>Işık Aşktan Daha Eskidir</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786258327960</t>
+          <t>9789752733442</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Saraylarda Mecnunlar</t>
+          <t>Islık Çalabilir misin Johanna? (Ciltli)</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>200</v>
+        <v>9</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786258327991</t>
+          <t>9789752734326</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Hür Şehrin İnsanları</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052650004</t>
+          <t>9789752733787</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Karamazov Kardeşler (2 Cilt Takım)</t>
+          <t>Hurin'in Çocukları (Ciltli)</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>850</v>
+        <v>28</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786258327977</t>
+          <t>9789756902068</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Surat</t>
+          <t>İki Tuhaf Öykü</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786258327915</t>
+          <t>9786053752998</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Stepford Kadınları</t>
+          <t>İki İmparatorluk Tek Coğrafya</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>180</v>
+        <v>53</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786258327823</t>
+          <t>9786053751601</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Walpurgis Gecesi</t>
+          <t>Hududü-l Alem: İsenbike Togan’a Armağan</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>180</v>
+        <v>69</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786258327861</t>
+          <t>9786053752493</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Kara Hasat</t>
+          <t>Hobbit ve Felsefe</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786258327939</t>
+          <t>9786053752547</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Düşyılanı</t>
+          <t>Hobbit (Ciltli)</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>330</v>
+        <v>41</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786258327953</t>
+          <t>3990000015684</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>İmbatla Dol, Kalbim</t>
+          <t>Hobbit - Çizgi Roman</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>140</v>
+        <v>29</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786258327946</t>
+          <t>9789752733312</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Goblin</t>
+          <t>Hitler Birinci Cilt Hubris 1889-1936 (Ciltli)</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786258327922</t>
+          <t>9789752734470</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Troyalı Kadınlar</t>
+          <t>Hitler 1936-1945: Nemesis 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786258327540</t>
+          <t>9789752734487</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Kuzeye Giden İnce Yol</t>
+          <t>Hitler 1936-1945: Nemesis 2. Cilt</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786258327793</t>
+          <t>9789752733213</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Screwjack</t>
+          <t>Hitler 1836-1936: Hubris 1. Cilt</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>120</v>
+        <v>62</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786258327854</t>
+          <t>9789752733992</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Futbol Asla Sadece Futbol Değildir</t>
+          <t>Heveskuşu</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786258327816</t>
+          <t>9789752732445</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Gönül Tufan</t>
+          <t>Hem Eşitlik Hem Özgürlük 21. Yüzyılın Sosyalizmi İçin</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786258327809</t>
+          <t>9789758725403</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Yeditepe İnsanları</t>
+          <t>İhanet Gediksavaşlarının Ardından 1</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>170</v>
+        <v>30</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786258327830</t>
+          <t>9789752732032</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Büyücü ve Diğer Gotik Öyküler</t>
+          <t>Hellboy  - Tuhaf Hikayeler</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>150</v>
+        <v>24</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786258327847</t>
+          <t>9789752730908</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Yağmur ve Ay Öyküleri</t>
+          <t>Hellboy Fatih Kurtçuk</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>150</v>
+        <v>48</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786258327755</t>
+          <t>9799752730518</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Karşıtı</t>
+          <t>Hellboy 4. Cilt: Kıyametin Sağ Eli</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>180</v>
+        <v>34</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786258327786</t>
+          <t>9799752730198</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>On İki Sandalye</t>
+          <t>Hellboy  3. Cilt: Zincirli Tabut</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786258327779</t>
+          <t>9799758725822</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Nota</t>
+          <t>Hellboy - Şeytanı Uyandır</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>160</v>
+        <v>24</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786258327762</t>
+          <t>9789758725489</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Onları Ben Öldürdüm</t>
+          <t>Hellboy</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>200</v>
+        <v>24</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786258327601</t>
+          <t>9786053752356</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Rızabey Aile Evi</t>
+          <t>Hayvanlılar Şehri Zoo City</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>125</v>
+        <v>163</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786258327724</t>
+          <t>9789752730540</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Meyhanede Hanımlar</t>
+          <t>Hayvanlaşan İnsan</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786258327731</t>
+          <t>9789752731479</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Define</t>
+          <t>Hayatın Anlamı Ya da Akhisarlı Hasan Tütün’ün Maceraları</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786258327700</t>
+          <t>9789758607587</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Alabele</t>
+          <t>Hayat Bazen Çentiklidir</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786258327748</t>
+          <t>9786053751274</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Şeyler Oluyor</t>
+          <t>Hayalperest (Ciltli)</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>250</v>
+        <v>29</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786258327717</t>
+          <t>9789752734364</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Umacı'nın Peşinde</t>
+          <t>Hayaller ve Rastlantılar</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>250</v>
+        <v>23</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786258327663</t>
+          <t>9789752731264</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Katilleri: Osage Cinayetleri ve FBI’ın Doğuşu</t>
+          <t>Hayalgücünün Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786258327595</t>
+          <t>9786053751618</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 7. Cilt</t>
+          <t>Hayaletin Zamanı</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>170</v>
+        <v>146</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786258327526</t>
+          <t>9786053751823</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Hayalet Tugay</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>175</v>
+        <v>78</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786258327694</t>
+          <t>9789752730311</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar ve İnsanlar</t>
+          <t>Haydi Kıralım Hayallerimizi</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>150</v>
+        <v>19</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786258327670</t>
+          <t>9786053751335</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>İçin İçin Yanan Ateş</t>
+          <t>Hayalet Tehlikesi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>205</v>
+        <v>34</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786258327649</t>
+          <t>9789756902943</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Alem</t>
+          <t>Hayalet Öyküleri</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>270</v>
+        <v>20</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786258327618</t>
+          <t>9789752732711</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Hasangiller</t>
+          <t>Zaman Çarkı 9. Cilt: Kışın Yüreği 1. Kitap</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>120</v>
+        <v>23</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786258327632</t>
+          <t>9789752734302</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Ata Ata Biter</t>
+          <t>Hayalet Hikayesi</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786258327496</t>
+          <t>9786053751236</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Fırın</t>
+          <t>Hayalet Ajansı - Beş Yıldırımlı Otel (Ciltli)</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>300</v>
+        <v>19</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786258327458</t>
+          <t>9786053752509</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizde Garip Olaylar</t>
+          <t>Harry Lime’in En Yeni Hayatları Ya Da Üçüncü Adam’a Övgü</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>230</v>
+        <v>60</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786258327465</t>
+          <t>9789758725915</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Yanan Tanrı - Haşhaş Savaşı 3 (Ciltli)</t>
+          <t>Hareketli Resimler Diskdünya’nın Dokuzuncu Romanı</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>825</v>
+        <v>24</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786258327441</t>
+          <t>9789752732476</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Yanan Tanrı - Haşhaş Savaşı 3</t>
+          <t>Zaman Çarkı 8. Cilt: Hançer Yolu 1. Kitap</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>480</v>
+        <v>23</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786258327434</t>
+          <t>9789752732612</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kara Vanessa'm</t>
+          <t>Zaman Çarkı 8. Cilt: Hançer Yolu 2. Kitap</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>300</v>
+        <v>23</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786258327472</t>
+          <t>9789758607396</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şahidesi</t>
+          <t>Halka Dünya Tahtı 3. Kitap</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>180</v>
+        <v>24</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786258327274</t>
+          <t>9789756902899</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Osmanoflar</t>
+          <t>Halka Dünya Mühendisleri 2. Kitap</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>250</v>
+        <v>23</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786258327298</t>
+          <t>9789756902110</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Halka Dünya</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>180</v>
+        <v>22</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786258327267</t>
+          <t>9789752730274</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Hagakure Samurayın El Kitabı</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>120</v>
+        <v>8</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786258327304</t>
+          <t>9786053750857</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Monte Cristo Kontu (2 Cilt)</t>
+          <t>Hadım</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>940</v>
+        <v>11</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786258327212</t>
+          <t>9789752730793</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Hap</t>
+          <t>Günlükler 1 (1913-1941) Şömizli Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>220</v>
+        <v>45</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786258327281</t>
+          <t>9789758725946</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Makine Öğrenmesi</t>
+          <t>Güncel Müdahaleler</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>340</v>
+        <v>26</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786258327250</t>
+          <t>9789758725168</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Vathek</t>
+          <t>Gümüşdiken Gediksavaşları Efsanesi 3</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>120</v>
+        <v>24</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786258327243</t>
+          <t>9786053750796</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Nagasaki'nin Çanları</t>
+          <t>Gümüş Şahinin Pençesi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>120</v>
+        <v>22</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786258327182</t>
+          <t>9789758725939</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Adı Olmayan İkinci Öykü</t>
+          <t>Gül ve Zambak Yıldızların Jeanne’ı Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>110</v>
+        <v>26</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786258327168</t>
+          <t>9786053750352</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz Kadınlar</t>
+          <t>Güvenli Bölge Gorazde</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>116</v>
+        <v>30</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786258327175</t>
+          <t>9786053753001</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Annem, Kovboylar ve Sarhoş Atlar</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>180</v>
+        <v>31</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786258327199</t>
+          <t>9789752734456</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Koyunlar Yukarı Bakar</t>
+          <t>Grotesk</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>500</v>
+        <v>29</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786258327090</t>
+          <t>9789756902004</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Küpeli</t>
+          <t>Gönüllü Diplomat</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>110</v>
+        <v>4</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786258327106</t>
+          <t>9786053751960</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Seneca'nın Doğa Felsefesi: Stoacı Doğa Araştırmaları Üzerine Bir İnceleme</t>
+          <t>Gölgemizin Sesi</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>195</v>
+        <v>50</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786258327113</t>
+          <t>9786053750017</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Otranto Şatosu</t>
+          <t>Gölgeler Diyarı</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786258327076</t>
+          <t>9786053752950</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Baraka: Son “Köle Kargosunun” Gerçek Hikayesi</t>
+          <t>Gölge Oyunu</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>220</v>
+        <v>53</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786258327083</t>
+          <t>9786053757870</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Iron Karı'nın Maceraları</t>
+          <t>Göl İnsanları</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786258327007</t>
+          <t>9789752731660</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Geçici</t>
+          <t>Gökkuşağının Çocukları</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>180</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786258327052</t>
+          <t>9789752731400</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Masa, Bayrak, Sandalye</t>
+          <t>Zaman Çarkı 5. Cilt: Göğün Ateşleri 2. Kitap</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786258327045</t>
+          <t>9789758725663</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Ölühane Kapıları - Malazan Yitikler Kitabı 2</t>
+          <t>Zaman Çarkı 5. Cilt: Göğün Ateşleri 1. Kitap</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>800</v>
+        <v>25</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786258401998</t>
+          <t>3990000010660</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Yoko</t>
+          <t>Gon</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>150</v>
+        <v>11</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786258327038</t>
+          <t>9789752732568</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Avucumda Soğuk Elin</t>
+          <t>Glamorama</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>220</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786258327021</t>
+          <t>9789752733664</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Kvaidan - Tuhaf Şeylere Dair Öyküler ve İncelemeler</t>
+          <t>Gizli Tarih</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786258401943</t>
+          <t>9786053750871</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Zellenbur’un Sıradan Bir Günü</t>
+          <t>Gizem</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>130</v>
+        <v>53</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786258401967</t>
+          <t>9789756902127</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 5. Cilt</t>
+          <t>Giriş Katı</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>170</v>
+        <v>6</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786258401882</t>
+          <t>9789758725960</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Gezginin Buyruğu</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>120</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786258401868</t>
+          <t>9789752730779</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Gezgin ve Gölgesi</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>180</v>
+        <v>29</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786258401899</t>
+          <t>9789756902394</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kötü Tohumlar</t>
+          <t>Gezgin Orman</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>220</v>
+        <v>19</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786258401875</t>
+          <t>9789758607365</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Pandora Odası</t>
+          <t>Genel Kültürden Kenar Kültüre 101 Fanzin</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>300</v>
+        <v>11</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786258401851</t>
+          <t>9789752731653</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Haz</t>
+          <t>Genç Türk</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786258401752</t>
+          <t>9786053750710</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Plüton'un Düş'üşü</t>
+          <t>Genç Stalin</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>140</v>
+        <v>39</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786258401790</t>
+          <t>9786053750192</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Suat Derviş: Efsane Bir Kadın ve Dönemi</t>
+          <t>Geçmişe Kapanan Kapılar</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>280</v>
+        <v>17</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786258401776</t>
+          <t>9789752734104</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Nüfus: 1280</t>
+          <t>Geç Bir Sonbahardı</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>180</v>
+        <v>19</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786258401769</t>
+          <t>9789752730151</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Geçmiş</t>
+          <t>Gecenin Paladini</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>300</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786258401738</t>
+          <t>9786053751441</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Reset At: Video Oyun Sektöründeki Çöküş ve Toparlanmalar</t>
+          <t>Gece Şahinlerinin Uçuşu</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>250</v>
+        <v>34</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786258401677</t>
+          <t>9789752731592</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Gez Gör Menekşe</t>
+          <t>Gece Odasında</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>90</v>
+        <v>68</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786258401660</t>
+          <t>9789752730458</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kara</t>
+          <t>Zaman Çarkı 4. Cilt: Gölge Yükseliyor 2. Kitap</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>220</v>
+        <v>33</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786258401691</t>
+          <t>9789758725892</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Gel Eve Dönelim</t>
+          <t>Gece Kanatları</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786258401653</t>
+          <t>9786053751939</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 4. Cilt</t>
+          <t>Gazze’nin Dipnotları</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>170</v>
+        <v>88</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786258401721</t>
+          <t>9789752732469</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi, Bir Adam, İki Kadın</t>
+          <t>Gangsterler Kraliçesi Bir Mayk Hammer Romanı</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>120</v>
+        <v>13</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786258401714</t>
+          <t>9786053750697</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Gölgeye Övgü</t>
+          <t>Futbolun Şifreleri</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>100</v>
+        <v>26</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786258401707</t>
+          <t>9789752730960</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Özerkin Hisarı</t>
+          <t>Futbolun Psikiyatrisi</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786258401585</t>
+          <t>9789752732087</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Futbolun Karhanesi Futbol Taraftarların Elinden Nasıl Kayıyor?</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>120</v>
+        <v>31</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786258401578</t>
+          <t>9789752732483</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler</t>
+          <t>Gerçek Anlar</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>250</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786258401561</t>
+          <t>9789752730625</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Sen Ben Lenin - Bir Hikaye İki Senaryo Bir Film</t>
+          <t>Futbolun Beceriksizleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786258401646</t>
+          <t>9789758725649</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Altı Üstü İstanbul</t>
+          <t>Futbol ve Sinema</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>280</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786258401639</t>
+          <t>9786053751892</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Cumhuriyeti (Ciltli)</t>
+          <t>Futbol Mu? Yok Daha Neler!</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>850</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786258401615</t>
+          <t>9786053751786</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Essex Yılanı</t>
+          <t>Futbol Dünyayı Nasıl Açıklar?</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786258401608</t>
+          <t>9789758725700</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Diğer Taraf</t>
+          <t>Futbol Asla Sadece Futbol Değildir</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>240</v>
+        <v>34</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786258401592</t>
+          <t>9786053751953</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Yabancılarla Bir Yaz</t>
+          <t>Futbol Adamları</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>150</v>
+        <v>37</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786258401516</t>
+          <t>9789758607150</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Etnomüzikoloji - Kültürler ve Müzikler</t>
+          <t>H.P. Lovecraft'tan Üç Öykü</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>280</v>
+        <v>22</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786258401493</t>
+          <t>9786053750222</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Metropol Ninnisi</t>
+          <t>Filistin</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>110</v>
+        <v>37</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786258401486</t>
+          <t>9789758725557</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Zift</t>
+          <t>Fil Kulesi Conan Yıllıkları 1</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786258401523</t>
+          <t>9786053750680</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Bütün İyiler Öldü</t>
+          <t>Fırtına Büyücüsü</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786258401554</t>
+          <t>9786053751885</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Uncharted - Resmi Roman Uyarlaması</t>
+          <t>Felsefi ve Siyasi Yazılar</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>280</v>
+        <v>97</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786258401509</t>
+          <t>9789758725212</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Kudreti</t>
+          <t>Felsefe ve Bilimadamlarının Kendiliğinden Felsefesi (1967)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>250</v>
+        <v>24</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786258401547</t>
+          <t>9789752731714</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Otuz Dokuz Basamak</t>
+          <t>Federico Federico</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>180</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786258401530</t>
+          <t>9789758607525</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Kara Bulut</t>
+          <t>Fatih Robur</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>280</v>
+        <v>18</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786257442565</t>
+          <t>9789758607037</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Son Saatler</t>
+          <t>Fatih Conan</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>120</v>
+        <v>17</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786258401455</t>
+          <t>9789758607426</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Otlar Çağırıyor</t>
+          <t>Fanzin Şiir Antolojisi Şehrin Kötü Çocukları Fanzin Şiir Antolojisi</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786258401462</t>
+          <t>9786053750253</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Kız</t>
+          <t>Evrim Açısından Devrim</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786258401363</t>
+          <t>9789756900000</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Misk-i Amber</t>
+          <t>Eve Gizli Dosyalar - 2</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>125</v>
+        <v>7</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786258401387</t>
+          <t>9786053752592</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Eve Dönüş (Ciltli)</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>120</v>
+        <v>31</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786258401356</t>
+          <t>9789756902639</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Eşit Haklar / Eşit Ayinler Diskdünya’nın Üçüncü Romanı</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>120</v>
+        <v>19</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786258401349</t>
+          <t>9789758607761</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Gördüm Çiçeği</t>
+          <t>Esrarlı Ada 2. Cilt</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>110</v>
+        <v>18</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786258401301</t>
+          <t>9789752734586</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Çukur</t>
+          <t>Günlükler 2 - 1941 - 1955 (Ciltli)</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786258401370</t>
+          <t>9789756902554</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Tokyo Ueno İstasyonu</t>
+          <t>Fantastik Işık Diskdünya’nın İkinci Romanı</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>200</v>
+        <v>19</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786257913584</t>
+          <t>9789752730441</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Kışın Yüreği - Zaman Çarkı 9 (Ciltli)</t>
+          <t>Zaman Çarkı 4. Cilt: Gölge Yükseliyor 1. Kitap</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>1140</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786053752677</t>
+          <t>9789758607754</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Oku</t>
+          <t>Esrarlı Ada 1. Cilt</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>165</v>
+        <v>18</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786258327489</t>
+          <t>9789752730953</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Ve Bütün Çirkinler Öldürülecek</t>
+          <t>Esir Şehrin Mahpusu</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>180</v>
+        <v>58</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786053754015</t>
+          <t>9789752730762</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Uçurum İncisiyim</t>
+          <t>Esir Şehrin İnsanları</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786258327410</t>
+          <t>9786053750864</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Astronotun Anıları</t>
+          <t>Eric</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>220</v>
+        <v>14</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786258327519</t>
+          <t>9786053750376</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Tuvofi</t>
+          <t>Ergenekon’da Kim Kimdir?</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>220</v>
+        <v>48</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786258327502</t>
+          <t>9786053750307</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Bağdat'ın Aslanları</t>
+          <t>Emperyalizm, Roman ve Eleştiri (Ciltli)</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>300</v>
+        <v>61</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786258327397</t>
+          <t>9789756902257</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Ev</t>
+          <t>Empati</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>150</v>
+        <v>7</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786258327427</t>
+          <t>9789752733558</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Kapalıçarşı</t>
+          <t>Elmasın Gizemi  Lasse ve Maja Dedektif Bürosu (Ciltli)</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>180</v>
+        <v>10</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786258327403</t>
+          <t>9789758607327</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>AnarŞık</t>
+          <t>Elf Yıldızı Ölüm Kapısı Serisi 2. Cilt</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>140</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786258327328</t>
+          <t>9789752730670</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Ev - Yürüyen Şato Serisi 3 (Ciltli)</t>
+          <t>Ejderhanın Yükselişi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>470</v>
+        <v>23</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786258327380</t>
+          <t>9789752731691</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 6</t>
+          <t>Ejderhanın Sonu</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>170</v>
+        <v>24</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786258327335</t>
+          <t>9786053751175</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Uçan Şato - Yürüyen Şato Serisi 2 (Ciltli)</t>
+          <t>Ejderhanın Sırrı</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>470</v>
+        <v>40</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786258327342</t>
+          <t>9786053750932</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Rom Günlükleri</t>
+          <t>Ejderhanın Kemikleri</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>220</v>
+        <v>53</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786258327366</t>
+          <t>9789756902042</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>O Öyle Olmadı</t>
+          <t>Ejder Uçuşu 1. Kitap</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>175</v>
+        <v>20</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786258327373</t>
+          <t>9789756902387</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Neptün Müzakereleri</t>
+          <t>Ejder Şarkısı 3. Kitap</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>130</v>
+        <v>19</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786258327359</t>
+          <t>9789758607204</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Olesya</t>
+          <t>Ejder Kanadı Ölüm Kapısı Serisi 1. Cilt</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>120</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786258327151</t>
+          <t>9789756902189</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Japon Balığı Kargaşası</t>
+          <t>Ejder Arayışı 2. Kitap</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786258327229</t>
+          <t>9789756902264</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Saltanattan Demokratik Türkiye'ye: Kemalizm Tarihinin Ana Hatları</t>
+          <t>Einstein Kesişimi</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>180</v>
+        <v>12</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786258327205</t>
+          <t>9786053750741</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Küp: Bulmacalarla Dolu Bir Hayat</t>
+          <t>Edebiyat ve Kuramlar</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786258327236</t>
+          <t>9789752732131</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Faş</t>
+          <t>Ecel Saati</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>125</v>
+        <v>13</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786258327144</t>
+          <t>9789758725151</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Sandman: Uvertür</t>
+          <t>Ecce Homo (Ciltli)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>540</v>
+        <v>13</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786258401981</t>
+          <t>9789758607914</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Ginza Hayaleti ve Diğer Gizem Öyküleri</t>
+          <t>Ecce Homo</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>220</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786258401950</t>
+          <t>9789752731288</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Dostlarımıza</t>
+          <t>Düşlerin Efendisi (Ciltli)</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>180</v>
+        <v>68</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786258401820</t>
+          <t>9789756902370</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Darbuka Solos</t>
+          <t>Düşler Kulesi</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>125</v>
+        <v>17</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786258401806</t>
+          <t>9786053751816</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Gayya Kuyusu</t>
+          <t>Düşlemenin Poetikası</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786258401844</t>
+          <t>9789752733565</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ölülerin Derileri Aynıdır</t>
+          <t>Zaman Çarkı 11. Cilt: Düş Hançeri 2. Kitap</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>180</v>
+        <v>26</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786258401837</t>
+          <t>9789752733411</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Çıtırlar Farkında Değil</t>
+          <t>Zaman Çarkı 11. Cilt: Düş Hançeri 1. Kitap</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>180</v>
+        <v>26</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786258401813</t>
+          <t>9789758607280</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ot</t>
+          <t>Dünyanın Ucundaki Fener</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786258401684</t>
+          <t>9789758607129</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>İokaste'nin Çocukları</t>
+          <t>Dünyanın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786258401479</t>
+          <t>9789758725298</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>Dünyanın Hikaye Edilişi Harikalar Kitabı 2</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>140</v>
+        <v>27</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786258401394</t>
+          <t>9789758725861</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Öldüğü Gün</t>
+          <t>Düşler İmparatoru - Bütün Öyküleri 1</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786258401431</t>
+          <t>9789758725304</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah</t>
+          <t>Dünyanın Hikaye Edilişi (Ciltli)</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>420</v>
+        <v>37</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786258401448</t>
+          <t>9789752732506</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar, Erkekler ve Tuhaf Öyküler</t>
+          <t>Dünyanın Çevresinde  Yolculuk Öyküleri (Ciltli)</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>160</v>
+        <v>52.8</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786258401424</t>
+          <t>3990000002232</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Temel Parçacıklar</t>
+          <t>Dünyaların Savaşı</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>280</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786258401417</t>
+          <t>9786053752820</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Harita ve Topraklar</t>
+          <t>Dünyaların Savaşı</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786258401318</t>
+          <t>9789758607075</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Kışlalar Doldu Bugün</t>
+          <t>Dünyadan Aya</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>280</v>
+        <v>18</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786258401325</t>
+          <t>9786053752264</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Dinlenme ve Rahatlama Yılım</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>280</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786258401295</t>
+          <t>9789758725113</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Can</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>180</v>
+        <v>29</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786258401332</t>
+          <t>9789758607334</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Çevengur</t>
+          <t>Dr. Jekyll ve Mr. Hyde</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>340</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786258401288</t>
+          <t>9789758725281</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Düşüşü</t>
+          <t>Dört Kitap: Çıkış Kitabı; İkinci Kitap; Menziller Kitabı;  Ardıl Kitap</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>250</v>
+        <v>12</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786258401127</t>
+          <t>9789752732704</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Lilith’in Dölü</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>740</v>
+        <v>8</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786258401264</t>
+          <t>9789756902967</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Cehennemden Öte: Türkiye Futbolunun Ruhunu Arayış</t>
+          <t>Doktor Ox’un Deneyi</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>350</v>
+        <v>8</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786258401257</t>
+          <t>9789752730083</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Güney Kitap Kulübü’nün Vampir Avlama Rehberi</t>
+          <t>Doğu’ya Yolculuk 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>280</v>
+        <v>27</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786258401233</t>
+          <t>9789752730076</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Alfabesi</t>
+          <t>Doğu’ya Yolculuk 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>120</v>
+        <v>27</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786258401240</t>
+          <t>9789758725595</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Doğu Batı Hayali Kırılma</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786258401271</t>
+          <t>9789758725236</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalan</t>
+          <t>Dionysos Dityrambosları</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>180</v>
+        <v>10</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786258401004</t>
+          <t>9789752732070</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Vatansız</t>
+          <t>Dikenli Vadi’nin Ötesinde Elyon Ülkesi 2. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786258475968</t>
+          <t>9789752732742</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Fikret</t>
+          <t>Devrimciler</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>130</v>
+        <v>64</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786258475951</t>
+          <t>9789752731332</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Scott Pilgrim 1: Scott Pilgrim’in Değerli ve Basit Hayatı</t>
+          <t>Devlet Ana</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786258475975</t>
+          <t>9789752732049</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Dokuzuncu Gideon / Kilitli Kabir 1</t>
+          <t>Derini Yüzeceğim - Bir Mayk Hammer Romanı</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>350</v>
+        <v>39</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786258475890</t>
+          <t>9789758725007</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Leyla, Mektubum Eline Ulaştı mı?</t>
+          <t>Denizler Altında Yirmi Bin Fersah 2. Cilt</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786258475715</t>
+          <t>9789758725021</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>İz Sürücü</t>
+          <t>Denizler Altında Yirmi Bin Fersah 1. Cilt</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>300</v>
+        <v>18</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786258475937</t>
+          <t>9789752732797</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Hagakure: Saklı Yapraklar</t>
+          <t>Dengbejler Sözün Yazgısı</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>150</v>
+        <v>13</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786258475906</t>
+          <t>9786053751915</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Dert</t>
+          <t>Demokrasinin Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>240</v>
+        <v>75</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786258401219</t>
+          <t>9789758607563</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Nötralizör</t>
+          <t>Defterler 3</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786258401189</t>
+          <t>9789758607556</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Söğütler</t>
+          <t>Defterler 2</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>120</v>
+        <v>28</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786258401172</t>
+          <t>9789758607440</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Deli ve Dahi</t>
+          <t>Defterler 1</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786258401196</t>
+          <t>9789758725052</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Zeno'nun Bilinci</t>
+          <t>Deccal  Hıristiyanlığa Lanet Bütün Yapıtları</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>340</v>
+        <v>11</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786258401226</t>
+          <t>9789752730892</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Dedektif</t>
+          <t>Daralma</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786258401158</t>
+          <t>9789752730236</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik</t>
+          <t>Dante Kulübü</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786258401202</t>
+          <t>9786053751182</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Cehennemi ve Diğer Öyküler</t>
+          <t>Damiano’nun Yeraltı Mezarları (Ciltli)</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786258401134</t>
+          <t>9786257913973</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Sakat Göz</t>
+          <t>Damağası</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>555</v>
+        <v>108</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786258401141</t>
+          <t>9789752734203</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Orta Yeri</t>
+          <t>Dahi</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786258401165</t>
+          <t>9789752733510</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Anlaşılır Tuhaflık</t>
+          <t>Daha Fazla Kumkurdu 2. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786258401059</t>
+          <t>9789752733503</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Sessiz Ruhu</t>
+          <t>Daha Da Fazla Kumkurdu 3. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786258401110</t>
+          <t>9789752733725</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 3. Cilt</t>
+          <t>Eğitici Olarak Schopenhauer</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>170</v>
+        <v>10</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786258475982</t>
+          <t>9789758725632</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Bir Oğlanın Yaşamı</t>
+          <t>Edom Frrit-Flakk Humbug</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>500</v>
+        <v>18</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786258401080</t>
+          <t>9786053754947</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Okuma Odası</t>
+          <t>Yararsız Bir Adam</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>90</v>
+        <v>29</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786258401073</t>
+          <t>9786053754411</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Daktilo Nebahat</t>
+          <t>Sosyal Bir Fenomen Olarak Dilin Belirsizliği</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786258401066</t>
+          <t>9786053754275</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Kadının Sesi Yok</t>
+          <t>Xewneke Payize</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>280</v>
+        <v>34</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786258401097</t>
+          <t>9786053754367</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Köpüğü (Resimli)</t>
+          <t>Sonbahar Ülkesi</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>470</v>
+        <v>42</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786258401103</t>
+          <t>9786053756613</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Loudun Şeytanları</t>
+          <t>İnnsmouth'un Üzerindeki Gölge</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>350</v>
+        <v>11</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786258475425</t>
+          <t>9786053756620</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Kiki’nin Cadı Kargosu 1</t>
+          <t>Tuhaf Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>230</v>
+        <v>78</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786258475999</t>
+          <t>9786053753476</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Tavhane Çocuklar</t>
+          <t>Biz Böyle Delikanlılar Değildik!</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786258475739</t>
+          <t>9786053753568</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Akılsız Sokrates</t>
+          <t>Başkuş</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786258401028</t>
+          <t>9786053756460</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Robotlar ve İmparatorluk - Robot Serisi</t>
+          <t>Aynadaki Sır</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786258401035</t>
+          <t>9786053756477</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Meksika Gotiği</t>
+          <t>Gölün Dibindeki Ev</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786258475913</t>
+          <t>9786053755968</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Dudaklarımdaki Rüzgar</t>
+          <t>2312</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>100</v>
+        <v>58</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786258475920</t>
+          <t>9786053755814</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Almanlar Neden Daha İyi Yapıyor</t>
+          <t>Dublinesk</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>280</v>
+        <v>28</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786258475814</t>
+          <t>9786053755302</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Ay Bahçeleri / Malazan Yitikler Kitabı 1 (Ciltli)</t>
+          <t>Adem ile Havva'nın Güncesi</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>855</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786258475845</t>
+          <t>9786053755180</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Âdem Ademoğlu’nun Boşluğu</t>
+          <t>Hayatın Sınır Çizgileri - Seçme Öyküler</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>130</v>
+        <v>37</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786258475838</t>
+          <t>9786053755135</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Çürük Ayvalar</t>
+          <t>Solucanlı Ay</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>110</v>
+        <v>52</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786258475852</t>
+          <t>9786053755203</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Tavana Bak</t>
+          <t>Shannara Efsanesi - Shannara'nın Elftaşları</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>140</v>
+        <v>55</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786258475821</t>
+          <t>9786053755104</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Bu Başı Ne Yapalım?</t>
+          <t>Doctor Who - Dehşet Ağı</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786258475869</t>
+          <t>9786053755074</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Kâbus Sokağı</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>280</v>
+        <v>32</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786258475876</t>
+          <t>9786053755050</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Katil</t>
+          <t>Demokrasinin Bunalımları</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>220</v>
+        <v>23</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786258475784</t>
+          <t>9786053754800</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre ve Bir Seyahatin Notları</t>
+          <t>Doctor Who : Siluet</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786258475777</t>
+          <t>9786053754459</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Elleri Kara Çocuk</t>
+          <t>Geçmişi Susturmak</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>125</v>
+        <v>30</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786258475791</t>
+          <t>9786053753926</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Tüm Panayırların Heyulası: Kayıp Rıhtım Öykü Antolojisi</t>
+          <t>Cervantes Sokağı</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>220</v>
+        <v>28</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786258475753</t>
+          <t>9786053753919</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Takas</t>
+          <t>Genel Dilbilim Yazıları</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786258475807</t>
+          <t>9786053753698</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Ay Bahçeleri / Malazan Yitikler Kitabı 1</t>
+          <t>Propaganda ve Toplumsal Zihin</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>670</v>
+        <v>49</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786258475708</t>
+          <t>9786053753674</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Yayan Yapıldak</t>
+          <t>Adak</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>150</v>
+        <v>54</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786258475661</t>
+          <t>9786053756750</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Firefly - Basbayağı Kahraman</t>
+          <t>Yaratık - Covenant</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>260</v>
+        <v>42</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786258475746</t>
+          <t>9786053756743</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Robotları - Robot Serisi 3. Kitap</t>
+          <t>Benim Güzel Ölülerim</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>450</v>
+        <v>45</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786258475722</t>
+          <t>9786053754565</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Cadının Yüreği</t>
+          <t>Karahindiba Şarabı</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>300</v>
+        <v>28</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786258475654</t>
+          <t>9786053754107</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Genç Törless’in Buhranları</t>
+          <t>Klinik Görüşme</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786258475692</t>
+          <t>9786053753636</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 2. Cilt</t>
+          <t>Yarasa Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>170</v>
+        <v>35</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786258475678</t>
+          <t>9786053754282</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Yakarış Çemberi (Ciltli)</t>
+          <t>Anneannem Bir Film Yıldızı</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>280</v>
+        <v>26</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786258475685</t>
+          <t>9786053753995</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Ardından</t>
+          <t>Darwinya</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>250</v>
+        <v>41</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786258475609</t>
+          <t>9786053754022</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Swamp Thing Efsanesi: 2. Cilt</t>
+          <t>Sergi Baba ve İki Hafif Süvari</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>480</v>
+        <v>17</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786258475647</t>
+          <t>9786053753421</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Şebeke Etkisi</t>
+          <t>J.R.R. Tolkien'den Hobbit Resimleri (Kutulu-Numaralı Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>300</v>
+        <v>124</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786258475593</t>
+          <t>9786053753452</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Maymun Pençesi ve Diğer Öyküler</t>
+          <t>Gazi Evrenos Bey</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>120</v>
+        <v>43</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786258475616</t>
+          <t>9786053753414</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Aynalı</t>
+          <t>Kara Kitap</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786258475623</t>
+          <t>9786053753391</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Gör Bağır</t>
+          <t>Kızıl Ölümün Maskesi (Seçme Öyküler)</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>120</v>
+        <v>24</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786258475630</t>
+          <t>9786053758112</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Haşhaş Savaşı - Haşhaş Savaşı Üçlemesi 1 (Ciltli)</t>
+          <t>Uğursuz Bir Şey Geliyor Bu Yana</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786258475531</t>
+          <t>9786053754909</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Haşhaş Savaşı - Haşhaş Savaşı Üçlemesi 1</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>480</v>
+        <v>48</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786258475562</t>
+          <t>9786257737845</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Çıkrıklar Durunca</t>
+          <t>Pratik Etik</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786258475555</t>
+          <t>9786053754893</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Necdet</t>
+          <t>Yıldızları Seyreden Kadın</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786258475586</t>
+          <t>9786053754756</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Arı Nehrinin Ağzında</t>
+          <t>Bayan Peregrine’in Tuhaf Çocukları (Ciltli)</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786258475524</t>
+          <t>9786053754688</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Melekleri</t>
+          <t>Ay ve Güneş</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>300</v>
+        <v>56</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786258475579</t>
+          <t>9786053754404</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Güneş - Robot Serisi 2. Kitap</t>
+          <t>Kapan</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786258475470</t>
+          <t>9786053754305</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Edward Said’le Yeniden Başlamak: Entelektüel, Sürgün ve Şarkiyatçılık</t>
+          <t>Orhan Pamuk Edebiyatında Tarih ve Kimlik Söylemi</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>390</v>
+        <v>62</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786258475517</t>
+          <t>9786053754114</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Son Ses, Son Nefes: Ölüm Hikâyeleri</t>
+          <t>Ecel</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>150</v>
+        <v>32</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786258475487</t>
+          <t>9786053753490</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Aşağıdan Seveceğim Ülkeyi</t>
+          <t>Kasım</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>120</v>
+        <v>14</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786258475494</t>
+          <t>9786053753513</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Demokrasi Modelleri</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>200</v>
+        <v>54</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786258475500</t>
+          <t>9786053753193</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Bizans Kısa Kronikler: Osmanlı Tarihinin Bizanslı Tanıkları</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>450</v>
+        <v>48</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786258475463</t>
+          <t>9786053753209</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bahar - Zaman Çarkı Başlangıç Kitabı</t>
+          <t>Mongoliad 1.Kitap</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>380</v>
+        <v>46</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786258475432</t>
+          <t>9786053753155</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Kapanda Bir Hayal</t>
+          <t>Stalin: Kızıl Çar'ın Sarayı</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>100</v>
+        <v>62</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786258475456</t>
+          <t>9786053753186</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Semenderlerle Savaş</t>
+          <t>Seri Katiller 3: En Psikopat Seri Katiller</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>280</v>
+        <v>22</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786258475289</t>
+          <t>9786053753117</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>İç Mekan Çin Mahallesi</t>
+          <t>Merderan'ın Sırrı Perg Efsaneleri 2. Kitap</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>280</v>
+        <v>181</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786258475449</t>
+          <t>9786053753100</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>On Bin Kapı</t>
+          <t>Hayalperest</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>250</v>
+        <v>24</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786258475326</t>
+          <t>9786053753148</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Işığın Anısı - Zaman Çarkı 14</t>
+          <t>Uykusuzlar</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>750</v>
+        <v>16</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786258475418</t>
+          <t>9786053753124</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Çırağı</t>
+          <t>Fosforlu Cevriye</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786258475401</t>
+          <t>9786053756019</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bambu ve Diğer Fantastik Öyküler</t>
+          <t>Kibrit Ev</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786258475395</t>
+          <t>9786053755470</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kazı</t>
+          <t>Bir Filmin Serüveni - (Cilt 1-2)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>140</v>
+        <v>118</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786258475388</t>
+          <t>9786053755487</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Satürn Evleri 1. Cilt</t>
+          <t>Güneşin Altın Elmaları</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>170</v>
+        <v>37</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786258475371</t>
+          <t>9786053754602</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Sarmaşık</t>
+          <t>Toplu Oyunlar 2 : Nekrassov - Kean - Troyalı Kadınlar - Bariona veya Acı ve Umut Oyunu</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>220</v>
+        <v>386</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786258475340</t>
+          <t>9786053754510</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Kuleleri - Zaman Çarkı 13</t>
+          <t>Hayat Üretim Merkezi</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>800</v>
+        <v>22</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786258475319</t>
+          <t>9786053754534</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Toplanıyor - Zaman Çarkı 12</t>
+          <t>Suçluluk Sorunu</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>750</v>
+        <v>27</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786258475296</t>
+          <t>9786053754442</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Doctor Who : 11 Doktor 11 Öykü (Ciltli)</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786258475333</t>
+          <t>9786053754480</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Kızıllar</t>
+          <t>Doctor Who : 11 Doktor 11 Öykü</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>300</v>
+        <v>27</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786258475357</t>
+          <t>9786053754152</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Göçebeler Diyarı</t>
+          <t>Malan Barkirin</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786258475265</t>
+          <t>9786053754183</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Düş Hançeri - Zaman Çarkı 11</t>
+          <t>Yasak Bilgi</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>750</v>
+        <v>79</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786258475272</t>
+          <t>9786053754176</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık Kavşağı - Zaman Çarkı 10</t>
+          <t>Son Kurtadam</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>750</v>
+        <v>65</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786258475241</t>
+          <t>9786053757931</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Yük</t>
+          <t>Jacob’ın Odası</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786258475258</t>
+          <t>9786053754169</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Süt Dişleri</t>
+          <t>Yarabıçak - Banka Soymuş Bir Devrimcinin Samimi İtirafları</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>300</v>
+        <v>17</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786258475210</t>
+          <t>9786053754053</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Kışın Yüreği - Zaman Çarkı 9</t>
+          <t>Deniz Altındaki Alevler</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>650</v>
+        <v>25</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786258475227</t>
+          <t>9786053753780</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Hançer Yolu - Zaman Çarkı 8</t>
+          <t>Evvel Zaman</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>750</v>
+        <v>15</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786258487541</t>
+          <t>9786053753612</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Kılıçlar Denizi - Drizzt Efsanesi 13. Kitap</t>
+          <t>Gio Ödülleri 2013 Seçilmiş Öyküler</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>325</v>
+        <v>56</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786258487558</t>
+          <t>9786053753575</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Omurgası - Drizzt Efsanesi 12. Kitap</t>
+          <t>Sihirli Dadı ve Büyük Patlama</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>325</v>
+        <v>21</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786258487534</t>
+          <t>9786053753599</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kılıç - Drizzt Efsanesi 11. Kitap</t>
+          <t>Sudan Gelen</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>290</v>
+        <v>28</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786258475180</t>
+          <t>9786053753582</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Kışın Kahverengi Çocuğu</t>
+          <t>Doctor Who: Shada</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>240</v>
+        <v>69</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786258475203</t>
+          <t>9786053753377</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Alaybozan</t>
+          <t>Che’yi Kim Öldürdü?</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>100</v>
+        <v>31</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786258475104</t>
+          <t>9789752733305</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Melun</t>
+          <t>Son Samuray</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>270</v>
+        <v>11</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786258475197</t>
+          <t>9786053751922</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Çelik Mağaralar</t>
+          <t>Gazze'nin Dipnotları (Ciltli)</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786258475166</t>
+          <t>9786053751670</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Tüylerinizi Ürpertecek Yepyeni Öyküler - Korkunç Öyküler 3</t>
+          <t>Fahrenheit 451</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786257650083</t>
+          <t>9786053753766</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Kılıçtan Taç - Zaman Çarkı 7</t>
+          <t>Cebirci</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>750</v>
+        <v>61</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786257650106</t>
+          <t>9789752731554</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Kaos Lordu - Zaman Çarkı 6</t>
+          <t>Mona Lisa'nın Dudakları</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>850</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786258475098</t>
+          <t>9789752733923</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Planetary Cilt 4</t>
+          <t>Nazi ve Berber</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>450</v>
+        <v>12</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786258475159</t>
+          <t>9789752730328</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Anlatılacak Bambaşka Korkunç Öyküler - Korkunç Öyküler 2</t>
+          <t>Tam Yakalandığımız Yerden</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>120</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786258475142</t>
+          <t>9789752733596</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Anlatılacak Korkunç Öyküler - Korkunç Öyküler 1</t>
+          <t>Toplu Oyunlar</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>120</v>
+        <v>48</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786258475128</t>
+          <t>9786053755692</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Dönenler</t>
+          <t>Eczacılık Bu Değil</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>150</v>
+        <v>38</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786258475111</t>
+          <t>9786053755555</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Son Düello: Ortaçağ Fransa’sında Suç, Skandal ve Düelloyla Yargının Gerçek Hikayesi</t>
+          <t>Birinci Sınıf Delilik</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>220</v>
+        <v>55</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786258475135</t>
+          <t>9786053755395</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Uzak Yarın</t>
+          <t>Evrimci Açıdan Din Psikoloji Siyaset</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>280</v>
+        <v>36</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786257442589</t>
+          <t>9786053755388</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Sabotaj: Anadolu’da Hazin Bir Komplo Öyküsü</t>
+          <t>Lükres'in Günahları</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>160</v>
+        <v>52</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786258475050</t>
+          <t>9786053754626</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Sadık, Akıllı Bıdık!</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>120</v>
+        <v>14</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786258475036</t>
+          <t>9786053754503</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Refet</t>
+          <t>Fil Kadar Küçük</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786258475043</t>
+          <t>3990000018199</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Coşku: Tarihin Kantçı Kritiği</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>120</v>
+        <v>14</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786258475029</t>
+          <t>9786053753308</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Yolun Sonundaki Okyanus</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>120</v>
+        <v>19</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786258487749</t>
+          <t>9786053753292</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’ya Verdikleri Adlar</t>
+          <t>Keşifler Zamanı Şamanlar Diyarı - 2</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>240</v>
+        <v>65</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786258487572</t>
+          <t>9786053753216</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Meclisi - Bayan Peregrine’in Tuhaf Çocukları 5 (Ciltli)</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>560</v>
+        <v>70</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786258487756</t>
+          <t>9786053751212</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un En Esrarengiz Hikayeleri: Cevri Çelebi</t>
+          <t>Psikolojik Otobiyografi</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>150</v>
+        <v>112</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786258487732</t>
+          <t>9786053753353</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Şey Veya Şeyler</t>
+          <t>Ötekiler Arasında</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786258487497</t>
+          <t>9786053753254</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Köpan Avı</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>120</v>
+        <v>34</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786257650113</t>
+          <t>9786053753247</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Göğün Ateşleri - Zaman Çarkı 5</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>750</v>
+        <v>30</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786258487343</t>
+          <t>9786053753261</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>İyi Yürekli Yaşlı Adam ile Güzel Kızın Öyküsü</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>120</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786258487503</t>
+          <t>9786053755517</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Silsile: Bilimkurgu Öyküleri</t>
+          <t>Doctor Who Savaş Makineleri</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786258487480</t>
+          <t>9786053755531</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kusur</t>
+          <t>Yedek Sevgili</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>380</v>
+        <v>52</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786257650090</t>
+          <t>9786053755272</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Gölge Yükseliyor - Zaman Çarkı 4</t>
+          <t>Halk Plajı</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>800</v>
+        <v>17</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786257442596</t>
+          <t>9786053755296</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Moskova ’80</t>
+          <t>Sarı Kral Öyküleri</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>340</v>
+        <v>29</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786257442558</t>
+          <t>9786057762726</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Şoför Mustafa</t>
+          <t>Bioshock: Rapture Şehri</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786257442572</t>
+          <t>9786053755289</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Otel</t>
+          <t>Orman Kitabı</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>180</v>
+        <v>19</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786257442602</t>
+          <t>9786053755432</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Geri Giden Saat</t>
+          <t>Pusova</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>150</v>
+        <v>36</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786257442497</t>
+          <t>9786053753964</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Dune - Grafik Roman, 1. Kısım</t>
+          <t>Hobbit - Açıklamalı Notlarıyla (Ciltli)</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>520</v>
+        <v>90</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786257442480</t>
+          <t>9786053753018</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Uygunuşluk</t>
+          <t>Ejderhanın Hiddeti</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>125</v>
+        <v>44</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786257442534</t>
+          <t>9789758725977</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Büyücüler Geçidi</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>120</v>
+        <v>5</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786257442503</t>
+          <t>9786053753056</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Sisteki Yakut</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786257442541</t>
+          <t>9786053755241</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Efsuncu Baba</t>
+          <t>Kırılgan Şeyler</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>120</v>
+        <v>46</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786257442510</t>
+          <t>9786053755227</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Shannara Efsanesi - Shannara’nın Dilekşarkısı</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>120</v>
+        <v>55</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786257442527</t>
+          <t>9786053755036</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Şener Büyüktürk’ün Sergüzeşti</t>
+          <t>Avrupa İmgeleminde Otomatlar Yaşayan Makinelerin Olağanüstü Düşleri</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786257442381</t>
+          <t>9786053754312</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Tatlısu</t>
+          <t>Lilliput (Ciltli)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>240</v>
+        <v>33</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786257442473</t>
+          <t>9786053754343</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Florida</t>
+          <t>Kıyamet Az Sonra</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>220</v>
+        <v>29</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786257442466</t>
+          <t>9786053754664</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Talimatlar (Ciltli)</t>
+          <t>Altın Göl</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>300</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786257442404</t>
+          <t>9786257737524</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Jüpiterin Mirası Cilt 4</t>
+          <t>İthaki Bilimkurgu Ajandası 2021 (Ciltli)</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>400</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786257442435</t>
+          <t>9786257650045</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Caz Çağı Öyküleri</t>
+          <t>Kadınlar Adası</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786257442459</t>
+          <t>9786257442411</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Mevki Uygarlığı</t>
+          <t>Uçarı Kızlar ve Filozoflar</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786257442442</t>
+          <t>9786257737548</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Güne Şarkı</t>
+          <t>Kan Ter ve Pikseller: Video Oyun Yapımcılığının Arkasındaki Çalkantılı ve Zafer Dolu Hikayeler</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786257442374</t>
+          <t>9786257913492</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yaşayabilseydik</t>
+          <t>Deadpool: Patiler</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>220</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786257442343</t>
+          <t>9786053756712</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Yazarı Bilinmeyen Roman</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786257442398</t>
+          <t>9786257442206</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Projesi</t>
+          <t>Conan: Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786257442350</t>
+          <t>9786053753537</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Tutku</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>320</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786257442367</t>
+          <t>9786258487725</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Başkan</t>
+          <t>Dune</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786257442336</t>
+          <t>9786257737920</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Köy Üçlemesi Kutu Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786257442312</t>
+          <t>9786257737982</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Nedret</t>
+          <t>Doktor Socrates: Futbolcu, Filizof, Efsane</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786257442282</t>
+          <t>9786257737968</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Ve İşte Zaman Savaşını Böyle Kaybedersin (Ciltli)</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786257442329</t>
+          <t>9786257737678</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Mahalle</t>
+          <t>Varlık ve Hiçlik (Ciltli)</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>200</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786257442305</t>
+          <t>9786257737340</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Müjdemi İsterim</t>
+          <t>Namuscular</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786257442275</t>
+          <t>3990000758228</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Anna Karenina Cilt 2</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786257442268</t>
+          <t>9786257650441</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcılık ve Ölüm Dürtüsü</t>
+          <t>Gözleri Tanrı’yı Seyrediyordu</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786257442220</t>
+          <t>9786257913683</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Loki’nin Sözü</t>
+          <t>Kayıp Dünya</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>280</v>
+        <v>77</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786257442244</t>
+          <t>9786257913317</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Paris’te Bir Kurtadam</t>
+          <t>Notlar 10 - Osmanlılık / Bizans</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786257442251</t>
+          <t>9786053750574</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>R. U. R. - Rossum’un Uluslararası Robotları</t>
+          <t>Dört Serüvenci Dizisi Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>150</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786257442237</t>
+          <t>9786257650991</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Alaycı Kuş</t>
+          <t>Psikomitoloji: İnsanı Öykülerinde Aramak 2</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>250</v>
+        <v>143</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786257442190</t>
+          <t>9786053759904</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Haydi Etek Giyelim</t>
+          <t>Dutlar Yetişmedi</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>125</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786257442183</t>
+          <t>9789756902462</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Gramofon Avrat</t>
+          <t>Druuna</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>180</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786257442213</t>
+          <t>9786053751908</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Conan: Cilt 2</t>
+          <t>Dracula Günlükleri</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>420</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786257442169</t>
+          <t>9786257913508</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Bozadam</t>
+          <t>Şeytan Tüyü</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786257442152</t>
+          <t>9789758725750</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Karakambur</t>
+          <t>Bilim ve Edebiyat</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>130</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786257442145</t>
+          <t>9786053751199</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Space Invaders</t>
+          <t>Kıyametle Savaşanlar</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>180</v>
+        <v>37</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786257442107</t>
+          <t>9786053752752</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Kıyamet Kitabı</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>140</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786257442084</t>
+          <t>9789758725858</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Tekeliyet - 2</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>150</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786257442121</t>
+          <t>9789758725777</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Tekeliyet - 1</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>250</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786257442046</t>
+          <t>9786053752257</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Mezarlarınıza Tüküreceğim</t>
+          <t>Demir Çoraplı Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>300</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786257442077</t>
+          <t>9789752730946</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar ve Sigaralar</t>
+          <t>Çöl Masalları</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>150</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786257442053</t>
+          <t>9786053751564</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Yer Açın! Yer Açın!</t>
+          <t>Çocuklar Okulu Neden Sevmez?</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>240</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786257442008</t>
+          <t>9786053750758</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Dönme Dolap Düşleri</t>
+          <t>Çin’de Bir Çinli’nin Başına Gelenler</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>120</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786257442015</t>
+          <t>9789758725427</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Vakıf İleri</t>
+          <t>Çıtırlar Farkında Değil</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>400</v>
+        <v>124</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786257442022</t>
+          <t>9789752732421</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Depo</t>
+          <t>Çıkış</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>280</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786257650984</t>
+          <t>9789752731745</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Liktorun Kılıcı</t>
+          <t>Çağrısız Hayalim</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786257650892</t>
+          <t>9789758607020</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Cthulhu Mitosu Öyküleri 4. Kitap Korkunun Efendilerince Yazılmış</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>120</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786257650915</t>
+          <t>9789756902912</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Cthulhu Mitosu Öyküleri 3. Kitap Korkunun Efendilerince Yazılmış</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>330</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786257650908</t>
+          <t>9789752731769</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Clovis Dardentor</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786257650946</t>
+          <t>9789758725090</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Cimri Kirpi</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>120</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786257650953</t>
+          <t>9789752731998</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal</t>
+          <t>Che Guevara Devrimci Bir Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>200</v>
+        <v>59</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786257650861</t>
+          <t>9789752731844</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Boğul</t>
+          <t>Che Guevara Devrimci Bir Hayat</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>220</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786257650922</t>
+          <t>9789752733374</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Alev Dudaklı Kadın</t>
+          <t>Chancellor</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>220</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786257650885</t>
+          <t>9789752730632</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Ölüm: Ölüm’ün Kapısında</t>
+          <t>Cehennem Kulübü</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>300</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786257650823</t>
+          <t>9786053751298</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>O Olmak</t>
+          <t>Cehennem</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>90</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786257650847</t>
+          <t>9786053752462</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Atık</t>
+          <t>Caroline</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>180</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786257650878</t>
+          <t>9786053754138</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Fukara Ölüsü</t>
+          <t>Günah Keçisi: Başkalarını Suçlamanın Tarihi</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786257650694</t>
+          <t>9786257913355</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Spider-Man: Öfkeli Kanatlar</t>
+          <t>Gözlerinin Ardında</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786257650786</t>
+          <t>9786257913195</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter’in Mirası Cilt 3</t>
+          <t>Sisler İçindeki Lut</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>400</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786257650830</t>
+          <t>9786053754251</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Vakıf Kurulurken</t>
+          <t>Coşku Tarihin Kantçı Kritiği</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>500</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786257650854</t>
+          <t>9786057762672</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Minik - Madam Tussaud’nun Olağanüstü Hayatı</t>
+          <t>Notlar 7 - Roman Notları 1</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>300</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786257650779</t>
+          <t>9786057762443</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Kahraman ve Cellat</t>
+          <t>Notlar 6 - 1950 Öncesi Cezaevi Notları</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>180</v>
+        <v>143</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786257650816</t>
+          <t>9786057762689</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Kan Fermanı</t>
+          <t>Gondolin’in Düşüşü</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786257650762</t>
+          <t>9786053757474</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Günleri</t>
+          <t>Watchmen (Ciltli)</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>200</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786257650809</t>
+          <t>9789758725670</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Piyanist</t>
+          <t>Tekelistan</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>280</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786257650755</t>
+          <t>9789756902455</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Korudaki Gümüş (Ciltli)</t>
+          <t>Medusa’yla Birleşmek</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786257650700</t>
+          <t>9786257737258</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Yitik Dünya</t>
+          <t>Esir Şehir Üçlemesi Kutu Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786257650793</t>
+          <t>9786257913393</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar İçin Sihir</t>
+          <t>Vaiz (9 Kitap Kutulu Takım)</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>250</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786257650731</t>
+          <t>9786057762740</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Ekopraksisin Ontolojisi</t>
+          <t>El</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786257650748</t>
+          <t>9786057762733</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Doğurmadan Hemen Önce</t>
+          <t>Notlar 8 - Roman Notları 2 - Batı Çıkmazı</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786257650724</t>
+          <t>9786057762238</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>İşte Tanrılar</t>
+          <t>Watchmen Başlangıç: Komedyen - Rorschach</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>320</v>
+        <v>463</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786257650687</t>
+          <t>9786257913928</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter’in Mirası Cilt 2</t>
+          <t>Oğluma Hikayeler</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786257650625</t>
+          <t>9786257913003</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Kontrollü Patlama</t>
+          <t>Katilbot Günlükleri Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>90</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786257650670</t>
+          <t>9786053759157</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Seven Bekler</t>
+          <t>Düşmanca Devralma - Spider - Man</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786257650663</t>
+          <t>9786257737470</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786257650632</t>
+          <t>9786257650380</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Dirilen Mumya</t>
+          <t>Sanal Ülke (Ciltli)</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786257650656</t>
+          <t>9786057762856</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter'in Mirası Cilt 1</t>
+          <t>Hiçbir Şey Göründüğü Gibi Değil</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>400</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786257650588</t>
+          <t>9786053758938</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozu</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>550</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786257650618</t>
+          <t>9786053757733</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Kralların Son Çaresi</t>
+          <t>Parya Koma</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>465</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786257650595</t>
+          <t>9786053757702</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Çölde Kutup Ayısı</t>
+          <t>Disparöni Ya Da Yaşama Korkusu</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>220</v>
+        <v>132</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786257650601</t>
+          <t>9786053757498</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Vakıf ve Dünya</t>
+          <t>İnsanın Eskimişliği 1. Cilt</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786257650571</t>
+          <t>9786257650335</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız</t>
+          <t>İki Kadın İki Aşk</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786257650564</t>
+          <t>9786257650366</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hırsızı</t>
+          <t>Arsen Lüpen - Kibar Hırsız</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>350</v>
+        <v>83</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786257650533</t>
+          <t>9786057762788</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Halka</t>
+          <t>Notlar 9 - Roman Notları 3</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>240</v>
+        <v>91</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786257650540</t>
+          <t>9786053759409</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Yeşimin ve Gölgenin Tanrıları</t>
+          <t>Yalan Oyunu</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786257650557</t>
+          <t>9786053758495</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Dokuzuncu Cemiyet</t>
+          <t>Kara Havadisler Kervanı</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>400</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786257650502</t>
+          <t>9786053758518</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Gül Rengini</t>
+          <t>Ufkun Öte Yanı</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786257650496</t>
+          <t>9786053757672</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Sandman 11: Sonsuz Geceler</t>
+          <t>Homeros Destanları ve Markos İncili</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>540</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786257650465</t>
+          <t>9786053754961</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Katı Olmayan Şeyler</t>
+          <t>İntihar Kulübü</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>110</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786257650489</t>
+          <t>9786257913362</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>Kızların Suskunluğu</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786257650458</t>
+          <t>9786057762016</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozu</t>
+          <t>Kör Adım</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>280</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786257650434</t>
+          <t>9786053759744</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Katil Buse</t>
+          <t>Körduman</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786257650427</t>
+          <t>9786053759737</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Captain America: Karanlık Planlar</t>
+          <t>Gulliver’ın Gezileri</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786257650403</t>
+          <t>9786053759706</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Daha Önce Ölmüş müydük?</t>
+          <t>Yapay Koşullanma</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786257650410</t>
+          <t>9786053758822</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzsam Bana Ne! Değilmişim Gibi Devam!</t>
+          <t>Blizzard Futbol Kültür Dergisi Sayı: 1</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>355</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786257650397</t>
+          <t>9786053758815</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine</t>
+          <t>Psikomitoloji: İnsanı Öykülerinde Aramak -1</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786257650328</t>
+          <t>9786053758631</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Vakıf’ın Sınırı</t>
+          <t>İstanbul'un Bir Gecesi</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786257650281</t>
+          <t>9786053758624</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Sokaklar Uyudu Artık Öpüşebiliriz</t>
+          <t>Bu Roman Olan Şeylerin Romanıdır</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786257650298</t>
+          <t>9786052656686</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Rüya Duvarları</t>
+          <t>Metropolis</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786257650304</t>
+          <t>9786052656655</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Orospu Kırmızı</t>
+          <t>Sapfo ile Rumi'nin Karşılaşması</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786257650342</t>
+          <t>9786052656587</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Cevapsız Ağrı</t>
+          <t>Elektrikli Düşler Ajandası 2026 (Ciltli)</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786257650311</t>
+          <t>9786052656532</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Bütün Güzel Çocuklar Şüpheli</t>
+          <t>Ten Alfabesi</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786257650274</t>
+          <t>9786052656624</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Veda Busesi - 34 U 442</t>
+          <t>Beyaz Suikast: Bir Önder Göker Macerası</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786257650359</t>
+          <t>9786052656617</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen’in İtirafları</t>
+          <t>Ambessa (Ciltli)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786257737951</t>
+          <t>9786052656600</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>İçerinin Haritası (Ciltli)</t>
+          <t>Ambessa</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786257650373</t>
+          <t>9786258475548</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Hava Adamı Ariel</t>
+          <t>İthaki Korku Ajandası 2022 (Ciltli)</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>220</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786257650236</t>
+          <t>9789758607884</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Gecede Saklı Yalnız Aşklar</t>
+          <t>Mişel Strogof</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786257650250</t>
+          <t>9789752734265</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Taş Bebek</t>
+          <t>Korsan Karatavuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>150</v>
+        <v>97</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786257650243</t>
+          <t>9786257913140</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>3üz</t>
+          <t>Uykudaki Uyanıyor</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786257650229</t>
+          <t>9786052656594</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Siyah Tom’un Baladı</t>
+          <t>Şişedeki Cehennem</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786053755012</t>
+          <t>9786052656570</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Notlar 5 - 1950 Öncesi Şiirler ve Ziya İlhan'a Mektuplar</t>
+          <t>Körburun</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>80</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786257650120</t>
+          <t>9786052656556</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Evler</t>
+          <t>Harika Bir Hayat</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786257650199</t>
+          <t>9786052656563</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Uç</t>
+          <t>Sonra Gözler Görür</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>110</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786257650175</t>
+          <t>9786052656549</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Çarkı: Aradünya 3 (Ciltli)</t>
+          <t>Kar Fırtınası</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786257650137</t>
+          <t>9786052656518</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Tebeşir Bahçesi</t>
+          <t>Kasiyer</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786257650144</t>
+          <t>9786052656525</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>İç Savaş: Bir Marvel Evreni Romanı</t>
+          <t>Kurtuluş Şarkısı</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786257650168</t>
+          <t>9786052656495</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Bir Yarasa Bir Kıza Aşık Oldu</t>
+          <t>Kazaklar</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786257650021</t>
+          <t>9786052656488</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Cıs</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786257650069</t>
+          <t>9789752730496</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Yoksullar Nasıl Ölür?</t>
+          <t>Yenidendoğan Ejder - Zaman Çarkı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>150</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786257650014</t>
+          <t>9789758725724</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Aşık Kadınlar</t>
+          <t>Büyük Av - Zaman Çarkı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>200</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786257650038</t>
+          <t>9789752732292</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>İtaat</t>
+          <t>Zaman Çarkı 7. Cilt: Kılıçtan Taç 2. Kitap</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>200</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786257737999</t>
+          <t>9789752732773</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Elia</t>
+          <t>Zaman Çarkı 9. Cilt: Kışın Yüreği Zaman 1. Kitap</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>140</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786257737975</t>
+          <t>9786053751304</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Planetary Cilt 3</t>
+          <t>Geceyarısı Kuleleri - Zaman Çarkı 13</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>390</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786257650007</t>
+          <t>9789752733589</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Bir Haremağasının Hatıraları</t>
+          <t>Zaman Çarkı 11. Cilt: Düş Hançeri 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>240</v>
+        <v>58.33</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786257737944</t>
+          <t>9789758725717</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Kurucular (Ciltli)</t>
+          <t>Zaman Çarkı 1. Cilt: Dünyanın Gözü 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>250</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786257737906</t>
+          <t>9786052652589</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>İlk</t>
+          <t>Scott Pilgrim 3: Scott Pilgrim ve Ebedi Hüzün (Belalı Varyant)</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786257737913</t>
+          <t>9786052650455</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Körelten Hançer</t>
+          <t>İthaki Fantastik Ajandası 2023</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>700</v>
+        <v>116</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786257737937</t>
+          <t>9786258327311</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Balinanın Karnında</t>
+          <t>Yürüyen Şato - Yürüyen Şato Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786257737869</t>
+          <t>9786258475883</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaşı Z</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786257737852</t>
+          <t>9786053758303</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Hikayeleri</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786257737876</t>
+          <t>9789756902981</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>Madenin Esrarı</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786257737883</t>
+          <t>9786257650519</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar</t>
+          <t>Kıyamet Gösterisi</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786257737890</t>
+          <t>9786053750109</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kırbacı</t>
+          <t>Günah</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786257737838</t>
+          <t>9786257737517</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Vaadi - Sherlock Holmes</t>
+          <t>Döngü’den Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786257737807</t>
+          <t>9786257442039</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği (Ciltli)</t>
+          <t>Cehennem Atlası: Cehennemin Sınırından Altı Öykü</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>510</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786257737821</t>
+          <t>9786257650212</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Ölüm Papirüsü</t>
+          <t>Kırmızı Saatler</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>200</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786257737739</t>
+          <t>9786257650205</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Katalonya’ya Selam</t>
+          <t>Yalnız Gezerin Düşleri</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786257737708</t>
+          <t>9786057762917</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Paris ve Londra’da Beş Parasız</t>
+          <t>Körler Ülkesi ve Diğer Karanlık Öyküler</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786257737746</t>
+          <t>9786052656464</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Şeytanlar</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786257737753</t>
+          <t>9786052656457</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Boşluklar</t>
         </is>
       </c>
       <c r="C1129" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786257737715</t>
+          <t>9786052655573</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Papazın Kızı</t>
+          <t>Babil'in Anısı - Aynadan Geçen Kız Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786257737692</t>
+          <t>9786052656235</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Rahat Bir Nefes İçin</t>
+          <t>Tereyağı</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786257737722</t>
+          <t>9786052656266</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Wigan İskelesi Yolu</t>
+          <t>Oyunların Oyuncusu</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786257737029</t>
+          <t>9786052656419</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veba</t>
+          <t>Gurebahane-i Laklakan / Düşkün Leylekler Evi</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786257737661</t>
+          <t>9786052656402</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Dune: Corrino Hanedanı - Hanedanlık Üçlemesi Üçüncü Kitap</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786257737647</t>
+          <t>9786052656440</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Tut Ki Bir Rüya Gördün</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786257737593</t>
+          <t>9786052656396</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Dune Rahibeler Meclisi</t>
+          <t>Ubik</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786257737654</t>
+          <t>9786052656372</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Vezir Gambiti</t>
+          <t>Tuzlu Yüz</t>
         </is>
       </c>
       <c r="C1137" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786257737555</t>
+          <t>9786052656334</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Düş Mesafesi</t>
+          <t>Hilal 5. Kitap - Şeytanın Belası</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786257737500</t>
+          <t>9786052656341</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Şafağa Geçit</t>
+          <t>Sahip Olmak ve Var Olmak</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786257737364</t>
+          <t>9786052656358</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Dune: Atreides Hanedanı - Hanedanlık Üçlemesi Birinci Kitap</t>
+          <t>Alfa Ayının Kabileleri</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786257737531</t>
+          <t>9786052656365</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Dune: Harkonnen Hanedanı - Hanedanlık Üçlemesi İkinci Kitap</t>
+          <t>Karanlığı Taramak</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786257737487</t>
+          <t>9786052656303</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Kuşatması</t>
+          <t>Delice</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786257737494</t>
+          <t>9786053759355</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Yıldızsız Gece</t>
+          <t>Gökteki Çakıl Taşı - Galaktik İmparatorluk Serisi 3</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786257737463</t>
+          <t>9786053753902</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Adem’den Önce</t>
+          <t>Marslı</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786257737456</t>
+          <t>9786052656297</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Taşrada Ölürken</t>
+          <t>Hayranlık</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786257737388</t>
+          <t>9786052656327</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Silah Kardeşliği</t>
+          <t>Seri Katiller: Tarihin En Korkunç Suçluları</t>
         </is>
       </c>
       <c r="C1146" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786257737371</t>
+          <t>9786052656280</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Ruhdöveni</t>
+          <t>Katabasis</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786257737401</t>
+          <t>9786053757597</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Sandman 10: Matem</t>
+          <t>Değiştirilmiş Karbon</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>540</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786257737432</t>
+          <t>9786053751342</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Sakarmeke</t>
+          <t>Rüzgarın Adı - Kralkatili Güncesi: 1. Gün</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>170</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786257737418</t>
+          <t>9786052656273</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık</t>
+          <t>Dünyanın Çevresinde Yeni Bir Yolculuk</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786257737425</t>
+          <t>9786052656129</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Boynuzlar</t>
+          <t>Germinal</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786257737449</t>
+          <t>9786052656259</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Cuma Karası</t>
+          <t>Kalbin Durduğu Bütün Zamanlar</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786257737395</t>
+          <t>9786052656242</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Yokuştaki Salyangoz</t>
+          <t>Bırakın Size Katılayım</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786257737357</t>
+          <t>9786053757405</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Cümle Göğün Mavisi</t>
+          <t>Tılsım-ı Kudret</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>180</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786257737333</t>
+          <t>9786053755685</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Onu Tanımadan Önce</t>
+          <t>Notlar / Sanat-Edebiyat 3</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>280</v>
+        <v>108</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786257737272</t>
+          <t>9786053756842</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Büyük Medeniyet Savaşı: Orta Doğu'nun Fethi (Ciltli)</t>
+          <t>Takip Edenler</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>1250</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786257737296</t>
+          <t>9786053752295</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Kontrol Altında</t>
+          <t>Commonwealth</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>220</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786257737227</t>
+          <t>9786057762344</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Watchmen Başlangıç: Dakikadamlar - İpek Hayalet</t>
+          <t>Uzay Gazinosu</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>550</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786257737289</t>
+          <t>9786052656211</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Minotor’u Kışkırtmak</t>
+          <t>Tekvin</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>180</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786257737319</t>
+          <t>9786052656228</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Aşk Evindeki Casus</t>
+          <t>Gizlenen</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>180</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786257737302</t>
+          <t>9786052656112</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Dört Odalı Kalp</t>
+          <t>Distopya Seti (Fahrenheit 451, Cesur Yeni Dünya, Yüksek Şatodaki Adam, 1984, Biz)</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>180</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786257737326</t>
+          <t>9786052656143</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Albatrosun Çocukları</t>
+          <t>Önce Kadınlar ve Çocuklar</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786257737210</t>
+          <t>9786052656136</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Bir Kulu</t>
+          <t>Ayrılmak Yok!</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786257737234</t>
+          <t>9786052656181</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Salgın</t>
+          <t>Dracula (Ciltli)</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>280</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786257737166</t>
+          <t>9786052656198</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz</t>
+          <t>Barış Denen Bir Yıkım</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786257737197</t>
+          <t>9786052656204</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Sapık</t>
+          <t>Saklı Resimler</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786257737180</t>
+          <t>9786052656174</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Scout Açısı</t>
+          <t>Dracula’nın Dönüşümü</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786257737173</t>
+          <t>9786052656167</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Camları Kırın Kuşlar Kurtulsun</t>
+          <t>Balina Düşüşü</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786257737159</t>
+          <t>9786052656150</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Dune Sapkınları</t>
+          <t>Johnny Askere Gitti</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>550</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786257737098</t>
+          <t>9786052655795</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Yokuş Aksanı</t>
+          <t>Rama’yla Buluşma</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786257737081</t>
+          <t>9786052656105</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Efsun Sokağı 137</t>
+          <t>Edom - Frritt Flakk - Humbug</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786257737074</t>
+          <t>9786052656099</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Planetary Cilt 2</t>
+          <t>Michel Strogoff</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786257737111</t>
+          <t>9786052656082</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Dürbün - Karanlık Cevher Serisi 3. Kitap</t>
+          <t>On İki Öğrenci</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786257737128</t>
+          <t>9786052651261</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Keskin Bıçak - Karanlık Cevher Serisi 2. Kitap</t>
+          <t>Pandora’nın Küpü</t>
         </is>
       </c>
       <c r="C1174" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786257737050</t>
+          <t>9786052656051</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Oğlan Çıkmazı</t>
+          <t>Scientia</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786257737043</t>
+          <t>9786052656068</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Sonu</t>
+          <t>Yıldız Gezgini</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>740</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786257737067</t>
+          <t>9786052656075</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Natüralist</t>
+          <t>Melmoth</t>
         </is>
       </c>
       <c r="C1177" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786257737036</t>
+          <t>9786052652152</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Rebecca</t>
+          <t>İnsanlığımı Yitirirken (3 Cilt Set)</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786257737012</t>
+          <t>9786053750321</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Dublinliler</t>
+          <t>Fırtına Toplanıyor - Zaman Çarkı 12</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>200</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786257737005</t>
+          <t>9786053750673</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Golyat (Ciltli)</t>
+          <t>Fırtına Toplanıyor - Zaman Çarkı 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>315</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786257913980</t>
+          <t>9786053754428</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Kurtadamın Kutsal Kitabı</t>
+          <t>Trendeki Kız</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786257913997</t>
+          <t>9786257442176</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Denemeler, Makaleler, Eleştiriler</t>
+          <t>Halk Adamı</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786257913942</t>
+          <t>9786053759287</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Adak Cilt 3 - Hüküm</t>
+          <t>Parçalanma</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786257913959</t>
+          <t>9786053759614</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Adak Cilt 2 - Eski Soy</t>
+          <t>Soba, Pencere Camı ve İki Ekmek İstiyoruz</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786257913966</t>
+          <t>9786052656044</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Adak Cilt 1 - Sürgün</t>
+          <t>Lüzumsuz Adam</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786257913935</t>
+          <t>9786052656037</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>Hayatı Sevme Hastalığı</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786257913911</t>
+          <t>9786052656020</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Komşu Kızı</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786257913904</t>
+          <t>9786052656006</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Swamp Thing Efsanesi: 1. Cilt</t>
+          <t>Biçicinin Kasırgası / Malazan Yitikler Kitabı 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>480</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786257913898</t>
+          <t>9786052656013</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Türbülans</t>
+          <t>Biçicinin Kasırgası / Malazan Yitikler Kitabı 7</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>120</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786257913881</t>
+          <t>9786052655993</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Kral Arthur’un Sarayında Connecticut’lı Bir Yankee</t>
+          <t>Palmiye Şarabı Müptelası</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786257913829</t>
+          <t>9786052655986</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Demir Döküm Kadife Eldiven</t>
+          <t>Swamp Thing Efsanesi: 6. Cilt</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>340</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786257913874</t>
+          <t>9786052655979</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Bayan Westaway’in Ölümü</t>
+          <t>Yakınlaşmalar</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786257913843</t>
+          <t>9786052655962</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Viy</t>
+          <t>Kayabaşı Uygarlığının Yükselişi ve Birdenbire Çöküşü</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786257913782</t>
+          <t>9786052655948</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Budala</t>
+          <t>Yüzbaşı’nın Bebeği</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>640</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786257913867</t>
+          <t>9786052655955</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Tesirli Parçaları</t>
+          <t>Makioka Kızları</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>193</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786257913836</t>
+          <t>9786052655856</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Ben, Efsane</t>
+          <t>Yüksek Şatodaki Adam</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786257913850</t>
+          <t>9786052655900</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Malorie: Bir Kafes Romanı</t>
+          <t>Sarı Kehribar</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786257913706</t>
+          <t>9786052655931</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Hayal - Ara Dünya 2 (Ciltli)</t>
+          <t>Misafir</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786257913805</t>
+          <t>9786052655917</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Keşke Koleksiyoncusu</t>
+          <t>Mob Psycho 100 – 3. Cilt</t>
         </is>
       </c>
       <c r="C1199" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786257913775</t>
+          <t>9786052655924</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Yaz İzlenimleri Üzerine Kış Notları</t>
+          <t>Klytaimestra</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786257913812</t>
+          <t>9789752732957</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Sandman 9: Merhametliler</t>
+          <t>Varlık ve Hiçlik</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>720</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786257913799</t>
+          <t>9786257650076</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Düş Yakamdan Şeytan</t>
+          <t>Yenidendoğan Ejder - Zaman Çarkı 3</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>280</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786257913744</t>
+          <t>9786052655894</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Aynada Yürüyen Sesler</t>
+          <t>Hayali Hayatlar</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786257913720</t>
+          <t>9786052655887</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Lodosla Gelen</t>
+          <t>Dorohedoro 3. Cilt</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786257913713</t>
+          <t>9786053758198</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Ara Dünya (Ciltli)</t>
+          <t>Yakma Zevki: Fahrenheit 451 Öyküleri</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>231</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786257913751</t>
+          <t>9786257913034</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Anneler</t>
+          <t>Dünya’ya Düşen Adam</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786257913768</t>
+          <t>9786052655863</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Ottomania</t>
+          <t>Yapraklar Suspus</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786257913737</t>
+          <t>9786052655825</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Northanger Manastırı</t>
+          <t>Nigâh</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786257913676</t>
+          <t>9786052655870</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Hiç Yazılmamış Bir Öykü Kahramanının Trajik ve Sürükleyici Hikayesi</t>
+          <t>Büyümek</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786257913669</t>
+          <t>9786052655849</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Ben Değiştim Biliyorum</t>
+          <t>Kasvetli İnsanlar İçin Güneşli Bir Yer</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786257913638</t>
+          <t>9786052655818</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Bitmemiş Bir Cümlenin Noktasını Taşımak</t>
+          <t>Kurtulan Kızlar Terapi Grubu</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786257913645</t>
+          <t>9786052655801</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Gözündeki Zerre</t>
+          <t>Aynadaki Yalnız Şato</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>550</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786257913652</t>
+          <t>9786053758730</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Planetary Cilt 1</t>
+          <t>God of War</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786257913607</t>
+          <t>9786257650151</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Beni Nereden Vuralım?</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786257913614</t>
+          <t>9786052655788</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Hilkat ile Garibe</t>
+          <t>Denizin Çağrısı</t>
         </is>
       </c>
       <c r="C1215" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786257913560</t>
+          <t>9786052655771</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Button’ın Tuhaf Hikayesi</t>
+          <t>İtaatsizlik</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786257913577</t>
+          <t>9786257737135</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Watchmen Başlangıç: Gece Kuşu - Dr. Manhattan</t>
+          <t>Altın Pusula - Karanlık Cevher Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>620</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786057762832</t>
+          <t>9786257737142</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Kalesi</t>
+          <t>Karanlık Cevher Serisi Kutu Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>520</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786257913546</t>
+          <t>9786052655764</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Evi</t>
+          <t>Fukaranın Ahı - Şahane Atasözleri Defterim</t>
         </is>
       </c>
       <c r="C1219" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786257913553</t>
+          <t>9786052655740</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Ağız</t>
+          <t>İmperler Çağı</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786257913539</t>
+          <t>9786052655733</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Musiki İnkılabı’nın Sosyolojisi</t>
+          <t>Kapı</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786257913522</t>
+          <t>9786052655757</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Conan: Ejderhanın Saati</t>
+          <t>Mor Bulut</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786057762887</t>
+          <t>9786052655726</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığında Sancı</t>
+          <t>Gemilerle Edebiyata Yolculuk</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786257913461</t>
+          <t>9786052655719</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Yerden Haberler</t>
+          <t>Geç Gelen Bahar</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786257913447</t>
+          <t>9786052655696</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Benden’iz James Joyce</t>
+          <t>Bir Ada İhtimali</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786257913454</t>
+          <t>9786052655702</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Kent</t>
+          <t>Şeytan ve Karanlık Sular</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786257913416</t>
+          <t>9786052655689</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Tüm Savaşları Bitirecek Savaş</t>
+          <t>Saf - Suya Anlat</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786257913430</t>
+          <t>9786052655634</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Kumadam</t>
+          <t>Sarı Yüz</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786257913423</t>
+          <t>9786052655641</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Kurtadam</t>
+          <t>Hayat Dolmuşu – Yaşama Sanatının Bilinen Sırları Üzerine</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786257913379</t>
+          <t>9786052655658</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Kallokain</t>
+          <t>Detaylar</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786257913324</t>
+          <t>9786052652695</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Yılbaşı Çizgi Roman Seti</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>220</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786257913348</t>
+          <t>9786052653616</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Karahindiba Şarabı</t>
+          <t>Üç Cisim Problemi Set</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>280</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786257913072</t>
+          <t>9786258327878</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Taştaki Dikiş İzi</t>
+          <t>Japon Klasikleri Set 1</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>120</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786257913300</t>
+          <t>9786258327885</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Gerisayım Kenti</t>
+          <t>Japon Klasikleri Set 2</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>240</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786257913218</t>
+          <t>9786258327892</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Mutlaka</t>
+          <t>Japon Klasikleri Set 3</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>180</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786257913225</t>
+          <t>9786258327908</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Astıktan Sonra</t>
+          <t>Japon Klasikleri Set 4</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>400</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786257913249</t>
+          <t>9786052655627</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Onu Bekliyorum</t>
+          <t>Suçlu Doğmak</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786257913263</t>
+          <t>9786052655610</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Alice Aynadan İçeri</t>
+          <t>Bu Ne Saçma Sis</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786257913270</t>
+          <t>9786052655597</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Uzay Feneri 23</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786257913256</t>
+          <t>9786052651667</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Japon Klasikleri 6</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>380</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786257913287</t>
+          <t>9786052651650</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Kum</t>
+          <t>Japon Klasikleri 5</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>350</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786257913119</t>
+          <t>9786052655535</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Vaiz 9 - Alamo</t>
+          <t>Soydaşınız Balık Burcu</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>435</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786257913188</t>
+          <t>9786052655580</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Endişe</t>
+          <t>Lord Jim</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786257913164</t>
+          <t>9786052655603</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786257913157</t>
+          <t>9786052655566</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Odd ve Ayaz Devleri</t>
+          <t>Ölümler Çağı</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786257913171</t>
+          <t>9786052655559</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Ay’daki İlk İnsanlar</t>
+          <t>Mob Psycho 100 – 2. Cilt</t>
         </is>
       </c>
       <c r="C1246" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786257913133</t>
+          <t>9786052655191</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Sarmaşığın İçinden Bir Ses Geliyor</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786257913126</t>
+          <t>9786052655528</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Zavallılar</t>
+          <t>Algı Kapıları – Cennet ve Cehennem</t>
         </is>
       </c>
       <c r="C1248" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786257913102</t>
+          <t>9786052655542</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Vaiz 8 - Cehennem Kapıda</t>
+          <t>Korku Filmi</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786257913096</t>
+          <t>9786052655511</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yazılar</t>
+          <t>Finnegan Uy’anması</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>140</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786257913089</t>
+          <t>9786052655443</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Uzlaştırıcının Pençesi</t>
+          <t>Sanal Ülke</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786257913065</t>
+          <t>9786052655504</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Baba</t>
+          <t>Bata Çıka</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786257913058</t>
+          <t>9786052655467</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Cantona: Kral Olacak Asi</t>
+          <t>Fosforlu Cevriye – Özel Baskı</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786257913010</t>
+          <t>9786052655474</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Kent</t>
+          <t>Fosforlu Cevriye – Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786257913041</t>
+          <t>9786052655498</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Uzun Savaş</t>
+          <t>Eve Bak, Melek</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>400</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786257913027</t>
+          <t>9786052655290</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Kurt Yolu</t>
+          <t>Scott Pilgrim 4: Scott Pilgrim Kafasını Toparlıyor</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786057762900</t>
+          <t>9786052655450</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Ay Polisi (Ciltli)</t>
+          <t>Dorohedoro 2. Cilt</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786057762948</t>
+          <t>9786052655481</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Bayan Yalnızkalpler</t>
+          <t>Wylding Malikânesi</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786057762825</t>
+          <t>9786052655269</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Vaiz 7: Kurtuluş</t>
+          <t>Kurt ve Ormancı</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>470</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786057762818</t>
+          <t>9786052655436</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Vaiz 6: Güneşte Savaş</t>
+          <t>Ceza Sömürgesi</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786057762931</t>
+          <t>9786052655412</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Akhilleus’un Şarkısı</t>
+          <t>Cenaze Oyunları</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786057762863</t>
+          <t>9786052655429</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Kılıçlar Çağı</t>
+          <t>Yengeç Konserveleme Gemisi</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786057762924</t>
+          <t>9786052655313</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Dış Kapının Mandalı</t>
+          <t>Hyperion / Hyperion Kantoları 1. Kitap</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786057762870</t>
+          <t>9786052655405</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Katilbot Günlükleri 4 - Çıkış Stratejisi</t>
+          <t>Yaşanacak Bir Yer Olsun</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786057762801</t>
+          <t>9786052655382</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonundaki Okyanus</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C1265" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786057762696</t>
+          <t>9786052655399</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Tüm Kapıları Kilitle</t>
+          <t>Hatırla</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786057762764</t>
+          <t>9786052655351</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Bitmemiş Öyküler</t>
+          <t>Medeya ve Çocukları</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>740</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786057762771</t>
+          <t>9786052655375</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Vaiz 5 - Zıvanadan Çıkmış</t>
+          <t>Mickey 7 (Film Kapağı)</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>470</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786057762702</t>
+          <t>9786052655368</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Vaiz Cilt 4 - Evvel Zaman</t>
+          <t>Mickey 7</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>485</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786057762719</t>
+          <t>9786257442299</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Vardiya</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786057762375</t>
+          <t>9786052655337</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Blizzard Futbol Kültür Dergisi Sayı: 3</t>
+          <t>Japon Peri Masalları</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786057762634</t>
+          <t>9786052655320</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Vaiz Cilt 3: Gururlu Amerikalılar</t>
+          <t>Kadın Maskeleri</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>505</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786057762627</t>
+          <t>9786052655283</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Vaiz Cilt 2: Dünyanın Sonuna Kadar</t>
+          <t>Çakır Zamanlar</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786057762665</t>
+          <t>9786052655276</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Silo - Wool Serisi 1. Kitap</t>
+          <t>Marry Grave 5</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786057762658</t>
+          <t>9786052655252</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Kara Örümcek</t>
+          <t>Kayıp Yarım</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786057762573</t>
+          <t>9786052655245</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sosyolojisi</t>
+          <t>Kuklaların Yaşamında</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786057762603</t>
+          <t>9786052655238</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wao'nun Tuhaf Kısa Yaşamı</t>
+          <t>Kiki ve Bir Diğer Cadı</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786057762580</t>
+          <t>9786052655214</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Edebi Zevk Yargısı Yüksek ve Popüler Edebiyat ve Kitsch</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786057762610</t>
+          <t>9786052655221</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka ve Sinema</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786057762597</t>
+          <t>9786052655207</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Sandman 8 - Dünyaların Sonu</t>
+          <t>Arkadya</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>540</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786057762382</t>
+          <t>9786053758082</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Hurin'in Çocukları</t>
+          <t>Uzaktan Kumandalı Kız</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786057762528</t>
+          <t>9786257650526</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Kararsız Zaman, Zamansız Ölüm</t>
+          <t>Houston, Houston Duyuyor Musun?</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786057762559</t>
+          <t>9786052655153</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Kar ve İnci</t>
+          <t>Bir Cinayet Antolojisi - Çelenk Tanzim ve Tertip Sanatı</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786057762542</t>
+          <t>9786052655146</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Belaya Bulaş</t>
+          <t>Olsa Olsa Dünya</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786057762405</t>
+          <t>9786052655184</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Acı</t>
+          <t>Horoz ile İnci Tanesi</t>
         </is>
       </c>
       <c r="C1285" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786057762535</t>
+          <t>9786052655177</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Tekinsiz Öyküler</t>
+          <t>Serap</t>
         </is>
       </c>
       <c r="C1286" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786057762504</t>
+          <t>9786052655160</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Elfdiyarı Kralı'nın Kızı</t>
+          <t>Gelecek Bakanlığı</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786057762511</t>
+          <t>9786053754862</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Sen Yabancı Değilsin</t>
+          <t>Maymunlar Gezegeni</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786057762498</t>
+          <t>9786052655078</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Suret Sayı: 11 - Kahramanlar - Anti Kahramanlar</t>
+          <t>Semaver</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>252</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786057762481</t>
+          <t>9786052655108</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>İç Dünya Dış Gerçeklik</t>
+          <t>Sarnıç</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786057762474</t>
+          <t>9786052655092</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Şenlik Ateşi</t>
+          <t>Garip, Çok Garip</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786057762467</t>
+          <t>9786052655115</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Sandman 7 - Kısa Hayatlar</t>
+          <t>Kralların Devrilişi / Troya 3. Kitap</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>540</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786057762436</t>
+          <t>9786052655122</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Kifayetsiz Pastoral</t>
+          <t>Kasırga Mevsimi</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786057762450</t>
+          <t>9786052655139</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Conan (Cilt 1) (Ciltli)</t>
+          <t>Melankolinin İlacı</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786057762290</t>
+          <t>9786052655085</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Mimesis</t>
+          <t>Bay Perşembe</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>540</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786057762429</t>
+          <t>9786052655054</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Ouroboros Yılanı</t>
+          <t>Güven</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786057762399</t>
+          <t>9786052655061</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Conan: Cilt 1</t>
+          <t>Kuğu Şarkısı</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>420</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786057762368</t>
+          <t>9786052655047</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>İşkencecinin Gölgesi</t>
+          <t>Tokyo’da Tuhaf Hava</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786057762337</t>
+          <t>9786052655030</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Adası</t>
+          <t>Neyse ki Günler Uzadı</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786057762313</t>
+          <t>9786052654811</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>İstisnai Buluşmalar</t>
+          <t>Karambol: Premier Lig’in Taktiksel Tarihi</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786057762320</t>
+          <t>9786052655016</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Watchmen Başlangıç: Ozymandias - Kızıl Korsan</t>
+          <t>Gündüz Şeytanları</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>580</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786057762283</t>
+          <t>9786052654842</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Polisi</t>
+          <t>Dorohedoro 1. Cilt</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786057762306</t>
+          <t>9786257913591</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Sarı Duvar Kağıdı</t>
+          <t>Sütçü</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786057762276</t>
+          <t>9786052650790</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Beni mi?</t>
+          <t>Kara Dörtleme Seti</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>200</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786057762245</t>
+          <t>9786258327014</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Jurgen - Bir Adalet Komedisi</t>
+          <t>Sodom'un 120 Günü</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786057762269</t>
+          <t>9786258401974</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Çataldili Konuşan Son İnsan</t>
+          <t>Justine: Erdemin Felaketleri</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786057762252</t>
+          <t>9786258401783</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Bunu Sen De İstiyorsun</t>
+          <t>Zaman Yolcusunun Karısı</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786057762207</t>
+          <t>9786258401400</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Protokol</t>
+          <t>Armağan</t>
         </is>
       </c>
       <c r="C1308" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786057762221</t>
+          <t>9786258475760</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Hayat Gibi</t>
+          <t>Vergilius’un Ölümü</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786057762191</t>
+          <t>9786053759324</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Loki’nin Müjdesi</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786057762184</t>
+          <t>9786053753667</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kırıcı</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C1311" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786057762177</t>
+          <t>9786053757825</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Maksatlı Tesadüfler</t>
+          <t>Adem ile Havva'nın Güncesi</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786057762160</t>
+          <t>9786053756958</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Ülkesi</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786057762122</t>
+          <t>9786257913232</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kederler Küçük Öyküler</t>
+          <t>Tanrıçalar ve Tanrıça’nın Dönüşümleri</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786057762153</t>
+          <t>9786257737784</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Tutarsızlıklar</t>
+          <t>Kara Dörtleme Kutu Set (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>155</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786057762146</t>
+          <t>9786257913690</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Tuhaf Hava</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>120</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786057762139</t>
+          <t>9786257442114</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Gözü - Zaman Çarkı 1</t>
+          <t>Ben Deli Miyim?</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>675</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786057762030</t>
+          <t>9786053759867</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Sandman 6: Fabllar ve Yansımalar</t>
+          <t>Beren ile Luthien</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786057762115</t>
+          <t>9786257737265</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Ötesindeki Orman</t>
+          <t>Ateş Merdivenleri</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786057762078</t>
+          <t>9786257913478</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Delilik</t>
+          <t>Evelyn Hardcastle’ın Yedi Ölümü</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786057762085</t>
+          <t>9786057762849</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Ölüler</t>
+          <t>Innsmouth'un Üzerindeki Gölge</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786057762092</t>
+          <t>9786053758389</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Fantastes</t>
+          <t>Nantucketlı Arthur Gordon Pym'in Öyküsü</t>
         </is>
       </c>
       <c r="C1322" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786057762054</t>
+          <t>9786057762795</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Phlebas’ı Hatırla</t>
+          <t>Karanlıkta Fısıldayan</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786057762047</t>
+          <t>9786257913386</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Yanında Taşıyan Adam</t>
+          <t>Kurtulan Kızlar</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786057762009</t>
+          <t>9786053759089</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Bütün Çocuklar İyidir</t>
+          <t>İkna</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786053759584</t>
+          <t>9786052655009</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Ben Kirke</t>
+          <t>Kızlar</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786053759997</t>
+          <t>9786052654996</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Ağıt</t>
+          <t>Turfanda mı Yoksa Turfa mı?</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786053759935</t>
+          <t>9786052654972</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>Sessiz Kiracı</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786053759911</t>
+          <t>9786052654989</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Dağı Yolcusu Kalmasın</t>
+          <t>Akata Kadın / Nsibidi Yazıtları 3. Kitap</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786053759898</t>
+          <t>9786052654880</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Cam</t>
+          <t>Akata Savaşçı / Nsibidi Yazıtları 2. Kitap</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786053759881</t>
+          <t>9786052654804</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Cehennemlik Yürek</t>
+          <t>Akata Cadı / Nsibidi Yazıtları 1. Kitap</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786053759843</t>
+          <t>9786052654941</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Öyküleri</t>
+          <t>İthaki Polisiye Ajandası 2025</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786053759874</t>
+          <t>9786052654903</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler İçinde Rusya</t>
+          <t>Kâğıttan Kaplan</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786053759850</t>
+          <t>9786052654965</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Kenti</t>
+          <t>Ateş Ten Gölge</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786053759607</t>
+          <t>9786052654910</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Lefter - Futbolun Ordinaryüsü (Ciltli)</t>
+          <t>Babamın Kuşağı ve Ben</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>750</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786053759829</t>
+          <t>9786052654927</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Kale</t>
+          <t>Kemikavcılar / Malazan Yitikler Kitabı 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>240</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786053759805</t>
+          <t>9786052654873</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Yazgı ve Gazap</t>
+          <t>Korka</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786053759836</t>
+          <t>9786052654934</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Arka Direkte Yalnız</t>
+          <t>Kemikavcılar / Malazan Yitikler Kitabı 6</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>150</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786053759775</t>
+          <t>9786052653425</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Yatak Odasında Felsefe</t>
+          <t>Şok</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786053759782</t>
+          <t>9786052654897</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Zeplin</t>
+          <t>İntikam Oyunları - Enginlik Serisi 5. Kitap</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786053759751</t>
+          <t>9786052654866</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Uçan Mabet</t>
+          <t>Uğurböceği</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786053759768</t>
+          <t>9786052654859</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Daisy Miller</t>
+          <t>Tilki</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786053759430</t>
+          <t>9786052654781</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Lefter - Futbolun Ordinaryüsü</t>
+          <t>Değmez</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786053759713</t>
+          <t>9786052654828</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Golem</t>
+          <t>Bi Gece Daha</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786053759720</t>
+          <t>9786052654798</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Kıyamete Koşanlar Kulübü</t>
+          <t>Pers Oğlan/ Büyük İskender 2</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786053759683</t>
+          <t>9786052654835</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Koralin</t>
+          <t>Meteliksiz Öğrenci</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786053759645</t>
+          <t>9786052654767</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Kıyısında</t>
+          <t>Gece Kancığı</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786053759690</t>
+          <t>9786052653104</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Gençlik Portresi</t>
+          <t>Son Konuşmamızdan Sonra Her Şey Daha Kötü Oldu</t>
         </is>
       </c>
       <c r="C1348" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786053759638</t>
+          <t>9786052654774</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Aidiyet</t>
+          <t>Tehlikeli Görüler</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786053759669</t>
+          <t>9786052654712</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Postacı</t>
+          <t>Mırıldanan Kemikler</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786053759676</t>
+          <t>9786052654736</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Kara Panter Kimdir?</t>
+          <t>Ara Nağme</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786053759591</t>
+          <t>9786052654750</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Gitmediğim Bir Yerde</t>
+          <t>Cumhuriyet’in Hikayesi</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786053759560</t>
+          <t>9786052654743</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Blizzard Futbol Kültür Dergisi Sayı: 2</t>
+          <t>Beklediğim Odalarda</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786053757535</t>
+          <t>9786052654729</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Son Eşik</t>
+          <t>Ayışığı’nın Kayıpları</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786053757528</t>
+          <t>9786052654675</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Charon’un Pençesi</t>
+          <t>Kaos Prensi - Amber Yıllıkları 10</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786053759416</t>
+          <t>9786052654705</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Bıçağın Kendisi</t>
+          <t>İnsansız Tanrılar</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786053759539</t>
+          <t>9786052654699</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Yazma Cesareti</t>
+          <t>Alacakaranlık İtirafları</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786053759553</t>
+          <t>9786052654668</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Mitolojisi</t>
+          <t>Cennet Ateşi - Büyük İskender 1. Kitap</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786053759546</t>
+          <t>9786052654682</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Mars</t>
+          <t>Gazze’nin Dipnotları</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>600</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786053759492</t>
+          <t>9786052654651</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Bay Less</t>
+          <t>Zanzibar İstifi</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>280</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786053759522</t>
+          <t>9786052650936</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Istrancalı Abdülharis Paşa</t>
+          <t>Hobbit (Ciltli)</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>320</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786053759508</t>
+          <t>9786258401011</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Olmamış Kahraman Emeklisi</t>
+          <t>Dune Serisi (6 Kitap)</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>116</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786053759478</t>
+          <t>9786053758037</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Toz</t>
+          <t>Tolkien Mirası (Kutulu 5 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>180</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786053759515</t>
+          <t>9786053757351</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Roma’da Siyaset ve Felsefe</t>
+          <t>Hobbit (Özel Ciltli Baskı)</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786053759461</t>
+          <t>9786053757368</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Hareket İblisi</t>
+          <t>Roverandom (Ciltli)</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786053759423</t>
+          <t>9789758607969</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Siyasetteki Gölge Korku</t>
+          <t>Bütün Hikayeleri: Edgar Allan Poe (Ciltli)</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>280</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786053759447</t>
+          <t>9786057762993</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Kozadaki Uğultu</t>
+          <t>Wool Serisi Kutulu Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>200</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9789758607518</t>
+          <t>9786052654606</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Hakimi</t>
+          <t>Cennette Gibiyim</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786053759393</t>
+          <t>9786052654644</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Şe7t4n</t>
+          <t>Tutukevi</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>520</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786053759386</t>
+          <t>9786052654637</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Teftiş</t>
+          <t>Romain Rolland</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786053759379</t>
+          <t>9786052654620</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Günler Haritası - Bayan Peregrine'in Tuhaf Çocukları 4 (Ciltli)</t>
+          <t>Daima İthaka</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>570</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786053759348</t>
+          <t>9786052654613</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Kumsalda</t>
+          <t>Dune: Makinelerin Seferi</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786053759362</t>
+          <t>9786052654590</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Tüm Sistemler Çöktü</t>
+          <t>Babil</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786053759331</t>
+          <t>9786052654569</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Vampir</t>
+          <t>Güzelavratotu &amp; Sevmek Diye Bir Şey</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786053759300</t>
+          <t>9786052654552</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiz Matiz</t>
+          <t>Geç Kalanlar Kümesi</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786053759317</t>
+          <t>9786052654583</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Kılıçlar ve Güller - Elric</t>
+          <t>Mürekkep Sarayı</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786053759294</t>
+          <t>9786052654576</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ile Bay Hyde</t>
+          <t>Miso Çorbasında</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786053759270</t>
+          <t>9786052654514</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Destanlar Çağı</t>
+          <t>Yanan Krom</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786053759263</t>
+          <t>9786052652183</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Yakın</t>
+          <t>Bir Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786053759249</t>
+          <t>9786052654521</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>İyi Toplum Yoktur</t>
+          <t>Ve Sinem - 4</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786053759256</t>
+          <t>9786052654545</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Sinema - Tarih Kuram Eleştiri</t>
+          <t>Esrarengiz Ev</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786053759225</t>
+          <t>9786052654538</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Bir Bedenin Gerçeği</t>
+          <t>Ölüm Çiçekleri</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786053759218</t>
+          <t>9786052653173</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Aşikarlık Dehşeti: Sahte Kesinlikler</t>
+          <t>Canlanan - Lenin’den Öpücükler</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>185</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786053759232</t>
+          <t>9786052654408</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Brooklyn</t>
+          <t>Cibola Yanıyor - Enginlik Serisi 4. Kitap</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786053759201</t>
+          <t>9786053757375</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Kitaplık</t>
+          <t>Vakıf</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786053759195</t>
+          <t>9786052654477</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Madde 22</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786053759188</t>
+          <t>9786052654507</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Süreyya’nın Saatleri</t>
+          <t>Zen Ustaları</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786053759171</t>
+          <t>9786052654460</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Kara Prizma</t>
+          <t>Gölgelerin Şövalyesi - Amber Yıllıkları 9</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>445</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786053759164</t>
+          <t>9786052654484</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Üç Sahtekar</t>
+          <t>Çene Kemiği</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786053759096</t>
+          <t>9786052654491</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Las Vegas’ta Korku ve Nefret</t>
+          <t>On Gece Düşleri</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786053759140</t>
+          <t>9786052654446</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Andromeda Nebulası</t>
+          <t>Adresinde Bulunamadı</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786053759010</t>
+          <t>9786052654347</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Fanon'un Hayaletleri</t>
+          <t>Üçüncü Tekil Şahıs</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786053759102</t>
+          <t>9786052654453</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Sendrom</t>
+          <t>Hatırlayış</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786053759058</t>
+          <t>9786052652176</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Kılıçlar Kenti</t>
+          <t>İyi Yerliler</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786053758990</t>
+          <t>9786257913331</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Tohumu</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C1395" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786053759041</t>
+          <t>9786052654439</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Carol Gömülmeden</t>
+          <t>Kadıköy'de Muhakkak Bir Define Var</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786053759027</t>
+          <t>9786052654422</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Hissiz Kumpanya</t>
+          <t>Karanlıkta Yüzmek</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786053759072</t>
+          <t>9786052654392</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>İntihar Kulübü</t>
+          <t>Kuş Kral</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786053759065</t>
+          <t>9786052654415</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Boşlukta Uyanmak</t>
+          <t>Abaddon Geçidi – Enginlik Serisi 3. Kitap</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786053758983</t>
+          <t>9786257737630</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Müziği Boğan Gürültü</t>
+          <t>Dune Ciltli Kutu Set (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>325</v>
+        <v>7250</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786053759003</t>
+          <t>9786053756118</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Yasa Kitabı ve Yalanlar Kitabı</t>
+          <t>Bebek Evi</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786053758877</t>
+          <t>9786258327120</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Uzay Akımları - Galaktik İmparatorluk Serisi 2</t>
+          <t>Scott Pilgrim 2: Scott Pilgrim Dünyaya Karşı</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786053758976</t>
+          <t>9786052654361</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Hayata Rağmen Edebiyat</t>
+          <t>Rüzgar Yükseliyor</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>201</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786053758945</t>
+          <t>9786052654385</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Trenzalore Öyküleri - Doktor Who</t>
+          <t>Nişanlılar</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786053758969</t>
+          <t>9786052653388</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Savaş Makineleri - Doctor Who</t>
+          <t>Beşiktaş Efsanesi</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786053758952</t>
+          <t>9786052654378</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Ağı - Doctor Who (Cep Boy)</t>
+          <t>Kaos İmgesi - Amber Yıllıkları 8. Kitap</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786053758921</t>
+          <t>9786052654354</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Orman</t>
+          <t>Uzaklarda</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>580</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786053758914</t>
+          <t>9786052653852</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Kafes</t>
+          <t>Bokböceği, Jaguar ve Fil</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786053758860</t>
+          <t>9786053756897</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Usta ile Margarita</t>
+          <t>Kurak</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786053758853</t>
+          <t>9786052654309</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Mathilda</t>
+          <t>Kemikler ve Kartlar</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786053758556</t>
+          <t>9786052654330</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Göğün Altında</t>
+          <t>Yürümek &amp; Kış Yürüyüşü</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786053758808</t>
+          <t>9786052654323</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Dirilen Öfke</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786053758778</t>
+          <t>9786052654316</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Eskimişliği Cilt - 2</t>
+          <t>Yatakta Sigara İçmenin Zararları</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786053758761</t>
+          <t>9786052654293</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Sol İçin Devrimci Anahtar Kelimeler</t>
+          <t>Bağışla Onları</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786053758747</t>
+          <t>9786052654248</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Yaban Diyarlarda Yabancı</t>
+          <t>Esnek ile Geniş - 2</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>700</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786053758754</t>
+          <t>9786052654224</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Orsinya Öyküleri</t>
+          <t>Gözlemevi Apartmanı</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786053758785</t>
+          <t>9786052654262</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kürkünde Rüya</t>
+          <t>Petekgözlü Adam</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786053758716</t>
+          <t>9786052654286</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Gücenmedim Dersem Yalan Olur</t>
+          <t>Caliban’ın Savaşı</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786053758693</t>
+          <t>9786052654279</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Elden Bittim</t>
+          <t>Leviathan Uyanıyor</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786053758723</t>
+          <t>9786257650182</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi</t>
+          <t>Yitirilen Cennet</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786053758709</t>
+          <t>9786052654255</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Dokudünya</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786053758686</t>
+          <t>9786052654217</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci</t>
+          <t>İçeriden Ölmek</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786053758594</t>
+          <t>9786052654200</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>İhtiyarlara Yer Yok</t>
+          <t>Kayıp Adam</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786053758655</t>
+          <t>9786052654187</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Hiçbiri</t>
+          <t>Otlakçı</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786053758648</t>
+          <t>9786052654194</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Kendine Tapan Kadın</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786053758662</t>
+          <t>9786052653708</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Elric - Rüya Diyarlarında (Cilt 5)</t>
+          <t>Swamp Thing Efsanesi: 5. Cilt</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786053758679</t>
+          <t>9786052654163</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Feminist Ütopya Projesi</t>
+          <t>Efsaneler Çağı</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786053758587</t>
+          <t>9786052654170</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Doğal Semboller: Kozmoloji Keşifleri</t>
+          <t>Henry ve June</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786053758549</t>
+          <t>9786052654156</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Amatka</t>
+          <t>Knockemstiff</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786053758532</t>
+          <t>9786052654149</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Yabancı: Kalecinin Tarihi</t>
+          <t>Balıkçı (Ciltli)</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786053758488</t>
+          <t>9786052653913</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>İyi Aile Yoktur</t>
+          <t>Günlerden Kırmızı</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786053758501</t>
+          <t>9786052653906</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Sandman 5 - Sen Oyunu</t>
+          <t>Wilhelm Storitz'in Sırrı</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786053758464</t>
+          <t>9789758725502</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisi</t>
+          <t>Amber Kanı - Amber Yıllıkları 7</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786053758457</t>
+          <t>9786052653920</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Doctor Who: Buz Çarkı</t>
+          <t>Yabani Otlar</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786053758440</t>
+          <t>9786052653883</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Yürek Burgusu</t>
+          <t>Sabah Olmasın</t>
         </is>
       </c>
       <c r="C1435" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786053758402</t>
+          <t>9786052653869</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı</t>
+          <t>Kıyametin Koz Kartları - Amber Yıllıkları 6</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786053758396</t>
+          <t>9786052653890</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Zamanımızın Bir Kahramanı</t>
+          <t>Şimşek Kalkanı - Troya 2. Kitap</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786053758341</t>
+          <t>9786052653562</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Beceriksiz</t>
+          <t>Dışarıda Kalanlar</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786053758358</t>
+          <t>9786052653876</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Bu Ölümsüz</t>
+          <t>Zaman İçinde Bir Yer</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786053758365</t>
+          <t>9786052653647</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Esneyen Adam</t>
+          <t>Emanet Dolabı Bebekleri</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786053758327</t>
+          <t>9786258327656</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Süreyya</t>
+          <t>Silmarillion</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786053758334</t>
+          <t>9786258475234</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Çöküşü</t>
+          <t>Biri, Hiçbiri, Binlercesi</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786053758310</t>
+          <t>9786257442138</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Yüce Tanrı Pan</t>
+          <t>Ölmüş Bir Kadının Evrak-ı Metrukesi</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786053757252</t>
+          <t>9786057762757</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Kışgörmez - Drizzt Efsanesi 21. Kitap</t>
+          <t>Toz</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786053758242</t>
+          <t>9786052653777</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kırmızı</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786053758297</t>
+          <t>9786053758211</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Aradım Yaz Dediniz</t>
+          <t>İşte İnsan</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786053756972</t>
+          <t>9786052653609</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Selimiye Mektupları</t>
+          <t>Yel Yepelek</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786053758280</t>
+          <t>9786052653593</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Toz Gibi Yıldızlar - Galaktik İmparatorluk Serisi 1</t>
+          <t>Sen Benim Babam Değilsin</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786053758273</t>
+          <t>9786052653586</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Balık Nefesi</t>
+          <t>Melankolik Cinler Kılavuzu</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786053758259</t>
+          <t>9786052653630</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Bir Mars Destanı</t>
+          <t>Kumsal</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786053758228</t>
+          <t>9786053754336</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina (2 Cilt Takım )</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>840</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786053758174</t>
+          <t>9786052653470</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Melezler</t>
+          <t>Gece Yarısı Gelgitleri - Malazan Yitikler Kitabı 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>240</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786053758143</t>
+          <t>9786052653579</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Bir Astronotun Sonsuz Yolculuğu</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786053758136</t>
+          <t>9786052653340</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Duvar</t>
+          <t>Galatea 2.2</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786053758099</t>
+          <t>9786052653487</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim Kuramları</t>
+          <t>Gece Yarısı Gelgitleri - Malazan Yitikler Kitabı 5</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>350</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786053758105</t>
+          <t>9786052653524</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Zümrüt Denizli Tress (Ciltli)</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>260</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786053758075</t>
+          <t>9786052653517</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Rakamlar Oyunu</t>
+          <t>Zümrüt Denizli Tress</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>370</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786053758006</t>
+          <t>9786052653531</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Merdivenler Kenti</t>
+          <t>Savaş ve Barış (2 Cilt)</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>375</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786053758068</t>
+          <t>9786052653548</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Çalışmalar ve Sinema</t>
+          <t>Baskerville'lerin Köpeği</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786053758013</t>
+          <t>9786052653555</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Bizdeki Ben: Tanınma Teorisi Üzerine İncelemeler</t>
+          <t>Kesik Baş</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786053757993</t>
+          <t>9786052653333</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Melekler</t>
+          <t>Esrik Ağacın Meyvesi</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786053757979</t>
+          <t>9786052653449</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Disko Topu</t>
+          <t>İnsan Kurdu</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786053757986</t>
+          <t>9786052653494</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>İkinci Vakıf - Vakıf Serisi</t>
+          <t>Tavşan</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786053757955</t>
+          <t>9786052653456</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Büyük Wootton Demircisi (Ciltli)</t>
+          <t>Ud Çalan Kadınlar - Sana Michelin’li Sofralardan Baktım Aziz İstanbul</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786053757948</t>
+          <t>9786052653463</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Ham’li Çiftçi Giles (Ciltli)</t>
+          <t>Beş Çember Kitabı: Savaş Sanatı ve Liderlik Üzerine</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786053757818</t>
+          <t>9786052653074</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Fahrenheit 451</t>
+          <t>Honcin Cinayetleri</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786053757917</t>
+          <t>9786052653418</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Kırgın Çocuklar Mevsimi</t>
+          <t>Ama Arkadaşlar İyidir</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786053757894</t>
+          <t>9786052653432</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Montesquieu - Siyaset ve Tarih</t>
+          <t>Ölümsüz Olmaya Değmez</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786053757887</t>
+          <t>9786052651902</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Ritüeller: Yapı ve Anti-Yapı</t>
+          <t>Ara İstasyon</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786053757849</t>
+          <t>9786052653357</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Piknik</t>
+          <t>Her Şeyin Hikayesi</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786053757832</t>
+          <t>9786052653401</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Enceladus Kıyameti</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786053757757</t>
+          <t>9786052653395</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sular</t>
+          <t>Köşedeki Yaşlı Adam</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786053757764</t>
+          <t>9786052653326</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Artemis</t>
+          <t>Kız Kardeş Şarkısı</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786053757771</t>
+          <t>9786052653302</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski'nin Batı Eleştirisi</t>
+          <t>Bayan Peregrine'nin Tuhaf Çocukları - Gölge Şehir</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786053757719</t>
+          <t>9786052653265</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Bayan Peregrine’in Tuhaf Çocukları</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786053757726</t>
+          <t>9786052653319</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Kalem</t>
+          <t>Karpatlar Şatosu</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786053757740</t>
+          <t>9786052653364</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Vakıf ve İmparatorluk</t>
+          <t>Dune Grafik Roman: 2. Kısım Muad'Dib</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786053757665</t>
+          <t>9786052653371</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Aslında Herkes Haklı</t>
+          <t>Dört Boyutlu Adam</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786053757511</t>
+          <t>9786052653296</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen</t>
+          <t>Çamur</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786053757634</t>
+          <t>9786052653272</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Sondan Başa</t>
+          <t>Defneler Kesildi</t>
         </is>
       </c>
       <c r="C1480" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786053757658</t>
+          <t>9786052653289</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Sinbad’ın Gece Yolculukları</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786053757573</t>
+          <t>9786052653227</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Müzesi</t>
+          <t>Dervişin Kulağı</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786053757603</t>
+          <t>9786052653241</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Temelleri</t>
+          <t>Alacagöl Efsanesi</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786053757580</t>
+          <t>9786052653258</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Şantiye Gürültüsü</t>
+          <t>Esnek ile Geniş</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786053757566</t>
+          <t>9786052653234</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Yıldız: Alman Futbolunun Kendini Yeniden Keşfi ve Dünyayı Fethi</t>
+          <t>Kış Nişanlıları - Aynadan Geçen Kız Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786053757467</t>
+          <t>9786052653197</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Mevt Tek Hecelik Uyku</t>
+          <t>Dune: Butleryan Cihadı</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786053757443</t>
+          <t>9786052653203</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Vaiz 1 - Teksas Yolları</t>
+          <t>Alçaktan Uçan Güvercin</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786053757436</t>
+          <t>9786052653210</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Sandman 4 - Sisler Mevsimi</t>
+          <t>Sade’ın Kayıp Günlüğü</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>540</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786053757177</t>
+          <t>9786052653180</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Seyyit Han (Senaryo)</t>
+          <t>Elementaller</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786053757399</t>
+          <t>9786052653159</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapıdaki Mesih : Walter Benjamin ve Politik Felsefesi</t>
+          <t>“Selam Metin, Ben Berceste”</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786053757412</t>
+          <t>9786052653166</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı</t>
+          <t>2010: İkinci Uzay Destanı</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786053757115</t>
+          <t>9786052653135</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Düş Hançeri - Zaman Çarkı 11 (Ciltli)</t>
+          <t>Eugenie de Franval: Trajik Bir Öykü</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>975</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786053757382</t>
+          <t>9786052653142</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Matruşka Park</t>
+          <t>Dedektif Hanşiçi'nin Tuhaf Vaka Defteri</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>138</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786053757290</t>
+          <t>9786258401622</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Şarkısı</t>
+          <t>Ejderha Cumhuriyeti</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>120</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786053757313</t>
+          <t>9786057762566</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Kullervo’nun Hikayesi</t>
+          <t>Emine</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>220</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786053757207</t>
+          <t>9786258487947</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Dune Tanrı İmparatoru</t>
+          <t>Çöken İstanbul</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786053757184</t>
+          <t>9786257913201</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Gök Derinin Altında</t>
+          <t>Hayalet Öyküleri</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786053755029</t>
+          <t>9786257442060</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Maskenin Düştüğü Yer</t>
+          <t>Neden Yazıyorum</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786053757221</t>
+          <t>9786257442091</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Kara Kara Kapkara</t>
+          <t>Hangi Hayvanlar</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786057762351</t>
+          <t>9786257913409</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Bayramı Ağacı</t>
+          <t>Kapkaranlık Ormanda</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>150</v>
+        <v>186</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786053757078</t>
+          <t>9786257650960</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Gerisi Pek Mühim Değil</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786053757238</t>
+          <t>9786257913515</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Kırk Evin Delisi</t>
+          <t>Lanetli</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786053757160</t>
+          <t>9786257737685</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Dilbilgisi Bileşenleri</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786053757153</t>
+          <t>9786257650052</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Anlatış</t>
+          <t>Makine Yazı</t>
         </is>
       </c>
       <c r="C1504" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786053757146</t>
+          <t>9786052653128</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Futbolunun Yakın Tarihi: Kökler</t>
+          <t>Ben Yazar Suat Derviş</t>
         </is>
       </c>
       <c r="C1505" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786053757139</t>
+          <t>9786052653067</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Dune (Film Kapağı)</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786053757108</t>
+          <t>9786052653111</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Ferdi - Bir Kış Gecesi</t>
+          <t>İhtiyatsız Adam</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786053757122</t>
+          <t>9786052653098</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Sefer</t>
+          <t>Korku Burnu</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786053757054</t>
+          <t>9786052653081</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Olsun</t>
+          <t>Kiracı</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786053757023</t>
+          <t>9786052653012</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Theodor Adorno: Kültür Endüstrisinin Kıskacında Kültür</t>
+          <t>Bağışlanamaz Olan</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786053757009</t>
+          <t>9786052653050</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>10 Numaralı Kamara</t>
+          <t>İdük</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786053756996</t>
+          <t>9786258401745</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Yıl 501: Fetih Devam Ediyor</t>
+          <t>Serotonin</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786053756989</t>
+          <t>9786052653043</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Panayır Sihirbazı</t>
+          <t>Kuşlar</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>112</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786053756910</t>
+          <t>9786052653029</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Sonsuz Yolculuğu</t>
+          <t>Derinin Altında</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786053756941</t>
+          <t>9786052653036</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Bir Adamın Savaşı</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786053756873</t>
+          <t>9786052652992</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Olmak Zor İş</t>
+          <t>Mob Psycho 100 – 1. Cilt</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786053756880</t>
+          <t>9786052652916</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Müşterek Dostumuz (2 Cilt Takım)</t>
+          <t>Çatal Yürek</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786053756835</t>
+          <t>9786052652985</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sefer</t>
+          <t>Peygamber</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786053756804</t>
+          <t>9786052652978</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Pireler Terk Etmeden</t>
+          <t>Leydi Windermere’in Yelpazesi</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786053756781</t>
+          <t>9786052652862</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Ölüme Yazgılı Şehir</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786053756767</t>
+          <t>9786052652961</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Edebiyat Atlası</t>
+          <t>Kedi İnsanlar ve Diğer Garip Hikayeler</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786053756729</t>
+          <t>9786052652633</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Devlet Uğruna</t>
+          <t>Zavallılar</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>405</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786053756736</t>
+          <t>9786052652954</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Su Adamı</t>
+          <t>Koda</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786053756644</t>
+          <t>9786052652947</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri ve Bilginin Gelişmesi</t>
+          <t>Annemi Öldürdüğüm Hikayeler</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786053756651</t>
+          <t>9786052652893</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Sürü</t>
+          <t>Kalabriya’da</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786053756637</t>
+          <t>9786052652930</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Tanrıları</t>
+          <t>Charles Dexter Ward Vakası</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>580</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786053756590</t>
+          <t>9786052652923</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Ay Zalim Bir Sevgilidir</t>
+          <t>İnsandan Öte</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786053756583</t>
+          <t>9786052652855</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Sayılı Gün</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786053756552</t>
+          <t>9786052652886</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Sonrası</t>
+          <t>Amerigo: Tarihsel Bir Yanılgının Hikayesi</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786053756569</t>
+          <t>9786052652909</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Goblin Kral</t>
+          <t>Maymun Adası</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786053756514</t>
+          <t>9786052652831</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Salpa</t>
+          <t>Büyük Deniz Köpürüyor</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786053756507</t>
+          <t>9786052652794</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Hücrem</t>
+          <t>Sınırları Aşan Dilbilim - 1. Cilt</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786053756491</t>
+          <t>9786052652824</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Sanık</t>
+          <t>Suç ve Bela Öyküleri</t>
         </is>
       </c>
       <c r="C1533" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786053756545</t>
+          <t>9786052652787</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Savaşlar Çağı</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786053756538</t>
+          <t>9786052652749</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Bilinmeyen Boyut</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786057762108</t>
+          <t>9786052652817</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Yedikuleli Mansur</t>
+          <t>Şimdi ve Daima</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786053756347</t>
+          <t>9786052652800</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Liverpool FC</t>
+          <t>Fahrenheit 451 - 70. Yıl Özel Baskısı</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786053756408</t>
+          <t>9786052652848</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Bir Şairin Yaşamöyküsü: T. S. Eliot</t>
+          <t>Dinozor Öyküleri</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>216</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786053756392</t>
+          <t>9786052652756</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Kafka'dan Yana, Kafka'ya Karşı</t>
+          <t>Kaçıncı Tekil</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786053756286</t>
+          <t>9786052652732</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Fener</t>
+          <t>Yolda Olmak</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786053756361</t>
+          <t>9786052652763</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Yüzü Silinenler - Darbe Günlükleri</t>
+          <t>Usher Evi’nin Çöküşü</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786053756217</t>
+          <t>9786052652671</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Düş Ülke</t>
+          <t>Rougonların Gülen Talihi</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>540</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786053756309</t>
+          <t>9786052652664</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Karanlık Yüzü</t>
+          <t>Marry Grave 4</t>
         </is>
       </c>
       <c r="C1543" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786053756330</t>
+          <t>9786052652725</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Hudutların Kanunu</t>
+          <t>Kan Bağı / Işıkyaratan Serisi - 4</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786053756316</t>
+          <t>9786052652688</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Kader Üçgeni</t>
+          <t>Genç Bir Doktorun Notları</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786053756255</t>
+          <t>9786052652619</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Kanından Biraz</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786053756231</t>
+          <t>9786052652602</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Kaplan! Kaplan!</t>
+          <t>Eeen Güzel Şey</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786053755159</t>
+          <t>9786052652626</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Boynu Bükük Öldüler</t>
+          <t>Ankara Canavarı</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786053755623</t>
+          <t>9786052652657</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Gerçeğe Aykırı Beyanlar</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786053756156</t>
+          <t>9786052652640</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Yol İşaretleri</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786053756163</t>
+          <t>9786052652596</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Kan Yemini</t>
+          <t>Karga</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786053756125</t>
+          <t>9786052652534</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>İkizlerin Savaşı - Efsaneler Serisi 2. Kitap</t>
+          <t>Unutmadan</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786053756132</t>
+          <t>9786052652565</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>İkizlerin Sınavı - Efsaneler Serisi 3. Kitap</t>
+          <t>Napolyon Bonapart’ın Hayatı</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>290</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786053756071</t>
+          <t>9786052652572</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>İkizlerin Zamanı - Efsaneler Serisi 1. Kitap</t>
+          <t>Scott Pilgrim 3: Scott Pilgrim ve Ebedi Hüzün</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786053756033</t>
+          <t>9786052652541</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Kudret</t>
+          <t>Son İmparatoks</t>
         </is>
       </c>
       <c r="C1555" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786053756149</t>
+          <t>9786052652558</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Bataklık</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786053756057</t>
+          <t>9786052652480</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Hilal 4. Kitap - Şehirdeki İblis</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786053756040</t>
+          <t>9786052652473</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Ben, Robot</t>
+          <t>Hilal 3. Kitap - Kalbimdeki İfrit</t>
         </is>
       </c>
       <c r="C1558" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786053756064</t>
+          <t>9786052652497</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Watchmen</t>
+          <t>Saklı Cehennem</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>740</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786053756002</t>
+          <t>9786052652459</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Gümüş Yayın Tanrısı - Troya 1. Kitap</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786053756026</t>
+          <t>9786052652381</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Dune Çocukları</t>
+          <t>Son Yıllar (Ciltli)</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786053755999</t>
+          <t>9786052652510</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Şiirli Dağ</t>
+          <t>Zincirler Hanesi / Malazan Yitikler Kitabı 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>210</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786053755944</t>
+          <t>9786052652527</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Sandman 1. Cilt: Prelüdler - Noktürnler</t>
+          <t>Zincirler Hanesi / Malazan Yitikler Kitabı 4</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>540</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786053755937</t>
+          <t>9786052652466</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Aziz İle Nikola</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786053755951</t>
+          <t>9786052652442</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>2001: Bir Uzay Destanı</t>
+          <t>Sahi Adım Neydi</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786053755982</t>
+          <t>9786052652411</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Evdeki Zürafa</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>380</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786053755975</t>
+          <t>9786052652428</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Noterler Hep İkinci Kattadır</t>
+          <t>Panorama Adası'nın Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786053755920</t>
+          <t>9786052652435</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Yolun Başı</t>
+          <t>İnsanlığın Çocukları</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>116</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786053755890</t>
+          <t>9786052652343</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Kütüphanesi (Ciltli)</t>
+          <t>Kurşun Kalem</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>580</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786053755845</t>
+          <t>9786052652404</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>İnanç Uykusu</t>
+          <t>Yeşil Otağ</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786053755838</t>
+          <t>9786052652398</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Damarları - Drizzt Efsanesi 5. Kitap</t>
+          <t>Karanlıkta Yükselmek</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786053755821</t>
+          <t>9786052652367</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Kristal Parçası - Drizzt Efsanesi 4. Kitap</t>
+          <t>Üçlü</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786053755883</t>
+          <t>9786052652350</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Arcturus’a Yolculuk</t>
+          <t>Kalp Şeklindeki Kutu</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786053754787</t>
+          <t>9786052652374</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Cumartesiden Başlar</t>
+          <t>Madenci</t>
         </is>
       </c>
       <c r="C1574" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786053755784</t>
+          <t>9786052652312</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Kanla Yaşıyoruz</t>
+          <t>Küller</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786053755791</t>
+          <t>9786052652329</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Biz Gayet İyiyiz</t>
+          <t>Kamikazeler El Ele Uçmaz</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786053755753</t>
+          <t>9786052652336</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Şafağı Ejderhaları</t>
+          <t>Hunaşamzade</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786053755777</t>
+          <t>9786052652282</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Kış Gecesi Ejderhaları</t>
+          <t>Örtü</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786053755760</t>
+          <t>9786052652299</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Güz Alacakaranlığı Ejderhaları</t>
+          <t>Evdeki Israr</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786053755746</t>
+          <t>9786052652268</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Notlar / Sanat - Edebiyat 4</t>
+          <t>Sendeki Yüz Bende Olsa</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786053755708</t>
+          <t>9786052652275</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Bahire'nin Talipleri</t>
+          <t>Kiraz Çiçeklerinin Altında</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786053755661</t>
+          <t>9786052652251</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Mahzen</t>
+          <t>Kilitsiz (Bir Sendrom Öyküsü)</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786053755616</t>
+          <t>9786052652220</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Tanınma Uğruna Mücadele</t>
+          <t>Frontal (Sendrom 2. Kitap)</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786053755630</t>
+          <t>9786052652237</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlar Cumhuriyeti</t>
+          <t>Büyülenme</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786053755562</t>
+          <t>9786052652244</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Suçsuzlar</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786053755586</t>
+          <t>9786052652206</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Söz Sandığım</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786053755579</t>
+          <t>9786052652213</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Anayurt - Drizzt Efsanesi 1</t>
+          <t>Zaman Artık Durmalı</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786053755609</t>
+          <t>9786052652169</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Elric Uyuyan Büyücü</t>
+          <t>Acile Tek Giden</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>340</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786053755340</t>
+          <t>9786052652107</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Ayyaş Buda</t>
+          <t>Randevu</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786053759812</t>
+          <t>9786052652190</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Suikast Bürosu</t>
+          <t>Aline ve Valcour: Felsefi Roman (2 Cilt)</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>180</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786053755111</t>
+          <t>9786052652145</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Sonu</t>
+          <t>İnsanlığımı Yitirirken Cilt 3</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786053754923</t>
+          <t>9786052652138</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Mimesis'i Okumaya Başlarken</t>
+          <t>İnsanlığımı Yitirirken Cilt 2</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786053754992</t>
+          <t>9786052652121</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Üç Cisim Problemi</t>
+          <t>İnsanlığımı Yitirirken Cilt 1</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786053754886</t>
+          <t>9786052652114</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Edebiyat Kuramı</t>
+          <t>İthaka</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>485</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786053754855</t>
+          <t>9786052652060</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Kıyamete Bir Milyar Yıl</t>
+          <t>Midas</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786053754817</t>
+          <t>9786052652039</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Rasyonalist Bağlanma</t>
+          <t>Yok Eden Ateş - Bağlılık 2. Kitap</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786053754824</t>
+          <t>9786052652053</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Elric : Ruh Hırsızı</t>
+          <t>Sabrina ve Corina</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786053755043</t>
+          <t>9786052652084</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Hukuk Düşüncesine Giriş</t>
+          <t>Bez Bebek Alfabesi</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786053754831</t>
+          <t>9786052652091</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Muz Beyazı</t>
+          <t>Sopalar ve Kemikler - Ters Çocuklar 2. Kitap</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786053754916</t>
+          <t>9786052652077</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Gibi</t>
+          <t>Her Kalp Bir Eşik - Ters Çocuklar 1. Kitap</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786053754985</t>
+          <t>9786052652046</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Yargılama Fakültesi</t>
+          <t>Sokağın Sonundaki Ev</t>
         </is>
       </c>
       <c r="C1601" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786053754770</t>
+          <t>9786052651919</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Model Kavramı</t>
+          <t>Toraman</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786053754749</t>
+          <t>9786052651933</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Talulla’nın Yükselişi</t>
+          <t>Can Pazarı</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786053754732</t>
+          <t>9786052651926</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>Muhabbet Tılsımı</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786053754794</t>
+          <t>9786052651964</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Dune</t>
+          <t>Veraset Vergisi</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>600</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786053757795</t>
+          <t>9786052651940</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin İmzası - Sherlock Holmes</t>
+          <t>Bir Sağır Zangoç</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786053754381</t>
+          <t>9786052651957</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Siyonizmin Dönüşleri</t>
+          <t>Kurtbağrı</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>475</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786053754701</t>
+          <t>9786052651544</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Kafka: Utanç ve Suçluluğun Şairi</t>
+          <t>Derin Merhamet</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786053754695</t>
+          <t>9786052651988</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Doctor Who Trenzalore Öyküleri</t>
+          <t>Hilal 2. Kitap - Okuldaki Zebani</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786053754633</t>
+          <t>9786052651971</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Hemingway</t>
+          <t>Hilal 1. Kitap - İçimdeki Şeytan</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>146</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786053754619</t>
+          <t>9786052652022</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Amerikalı Prometheus: J. Robert Oppenheimer'ın Başarı ve Acı Dolu Öyküsü</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786053757788</t>
+          <t>9786052652015</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dosya - Sherlock Holmes</t>
+          <t>Koş Melos!</t>
         </is>
       </c>
       <c r="C1612" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786053754541</t>
+          <t>9786052652008</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Ares Harikalar Diyarında</t>
+          <t>Batan Güneş</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>196</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786053754473</t>
+          <t>9786052651995</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Titus Tek Başına</t>
+          <t>Soytarı Çiçekleri</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786053754589</t>
+          <t>9786052651797</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Melekler de Ölür</t>
+          <t>Gök Mavisi Denizdeki Ev</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786053754657</t>
+          <t>9786052651865</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Kendini Fransa Kralı Sanan Adam</t>
+          <t>Nankör</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786053754640</t>
+          <t>9786052651872</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Gökler Altında Kızıl Denizler</t>
+          <t>Biz Burada İyiyiz</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786053754527</t>
+          <t>9786052651858</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Müziği</t>
+          <t>Uyuyan ve İğ</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786053754398</t>
+          <t>9786052651889</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Öteki</t>
+          <t>Numenor'un Düşüşü</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786053752660</t>
+          <t>9786052651896</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Hayaletlerin Dansı (Ciltli)</t>
+          <t>Yazdönümü Gecesi Rüyası</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>119</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786053754190</t>
+          <t>9786258327533</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Locke Lamora’nın Yalanları</t>
+          <t>Dağlar Kendini Seveni Sever</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786053754220</t>
+          <t>9786258327564</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Uğruna</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786053750178</t>
+          <t>9786258327571</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Akılcılık</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9789752732988</t>
+          <t>9786052651827</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Yaşam İçin Yararı ve Sakıncası</t>
+          <t>Rüyalarının Kızı</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786257737104</t>
+          <t>9786052651834</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Ragnarök: Tanrıların Alacakaranlığı</t>
+          <t>Eve Doğru Bir Bakış / Acı Harita Seçkisi 1</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786053754121</t>
+          <t>9786052651766</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Darius Methos</t>
+          <t>Siyah Tanrı'nın Davulları</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>48</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786053755364</t>
+          <t>9786052651810</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Işık Tanrısı</t>
+          <t>Nehre Doğru</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786053755357</t>
+          <t>9786052651803</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>İmparatorluk Denen Bir Anı</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786053754374</t>
+          <t>9786052651841</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Diyalektiğin Birleştirici Güçleri</t>
+          <t>Ulysses</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>480</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786053755319</t>
+          <t>9786052651728</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Dune Mesihi</t>
+          <t>Marry Grave 3</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786053754084</t>
+          <t>9786052651735</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Bedirhan</t>
+          <t>Dublinesk</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786053757627</t>
+          <t>9786052651759</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Batı Kanonu</t>
+          <t>Ve Sinem 3</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786053753988</t>
+          <t>9786052651742</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Dresden Maskeleri 5 - Ölüm Maskeleri</t>
+          <t>Ve Sinem 2</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786053751311</t>
+          <t>9786052651773</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Geceyarısı Kuleleri - Zaman Çarkı 13 (Ciltli)</t>
+          <t>Çiçeğin Ruhu: Noh Tiyatrosunun Klasik Öğretileri</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>1100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786053753827</t>
+          <t>9786052651780</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>İmparatora Veda</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786053753803</t>
+          <t>9786052651711</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Aksaray'dan Bir Perihan</t>
+          <t>Yaz</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786053753773</t>
+          <t>9786052651704</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Masum İsa ve Hain Mesih</t>
+          <t>Yararsız Bir Adam</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>185</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9789752734296</t>
+          <t>9786052651681</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Sen Ü Ben</t>
+          <t>Esnaf Lokantası</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>178</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786053752219</t>
+          <t>9786052651674</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu 1</t>
+          <t>Haldun</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>163</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786057762214</t>
+          <t>9786052651698</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Leibowitz İçin Bir İlahi</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9789756902974</t>
+          <t>9786052651643</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Altın Volkanı</t>
+          <t>Müjdeci 1. Cilt: Teneke Yıldızlar</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>77</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786053750628</t>
+          <t>9786052651636</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Yokyer</t>
+          <t>Ultralar Arasında</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786053755371</t>
+          <t>9786052651537</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Hegel Varyasyonları</t>
+          <t>Jamaika Hanı</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786053758891</t>
+          <t>9786052651605</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>49 Numaralı Parçanın Nidası</t>
+          <t>Wendigo</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786053753971</t>
+          <t>9786052651582</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X</t>
+          <t>Yolcular</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>465</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786053753681</t>
+          <t>9786052651629</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Kuşla Kediye Ağıt</t>
+          <t>Mümkünatı Yok</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>35</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786053753704</t>
+          <t>9786052651612</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Mongoliad 2. Kitap</t>
+          <t>Dönüştüğümüz Şehir</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786053753650</t>
+          <t>9786052651599</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Gizli Büyücüleri</t>
+          <t>Karmaşık Duygular</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786053753629</t>
+          <t>9786052651568</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Hakkıyla</t>
+          <t>Bizden Biri</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786053753605</t>
+          <t>9786052651575</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Kadim Felsefe</t>
+          <t>Dünyanın Öteki Yüzü</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>425</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786053753544</t>
+          <t>9786052651469</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Uzun Dünya</t>
+          <t>Hayatında Değil Yerin</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>252</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786053753551</t>
+          <t>9786052651551</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Herodotos'un Aynası</t>
+          <t>Modern Soslu Postmodern Makarna</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786053754046</t>
+          <t>9786052651483</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Candide ve Mikromegas</t>
+          <t>Güdü</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786053753131</t>
+          <t>9786052651513</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Metafor Ve Şiir Dilinin Yapısal Özellikleri</t>
+          <t>Kumsalda: Korku Hikayeleri</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786053753094</t>
+          <t>9786052651476</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Binyıl: İslam Dünyasında Hiyeroglifler ve Eski Mısır</t>
+          <t>Gece Kaplanı</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786053753162</t>
+          <t>9786052651452</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Bataklık Ülke Perg Efsaneleri 3. Kitap</t>
+          <t>Prosper’in İblisi</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786053752875</t>
+          <t>9786052651506</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kızıl Baron</t>
+          <t>Rekabet: Bir Geyşanın Öyküsü</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786053752912</t>
+          <t>9786052651490</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Uzlaşma ve Kokuşmuş Uzlaşmalar</t>
+          <t>Kiki ve Sihirde Yeni Bir Sayfa 2</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786053755173</t>
+          <t>9786052651520</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlar Sirki: Kıyamet Piyangosu</t>
+          <t>Vahşi Kadınlar</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>104</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786053755234</t>
+          <t>9786052651445</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Dağlı</t>
+          <t>Buzdan Top</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>52</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786053758129</t>
+          <t>9786052650981</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Uykulu Kuytu Söylencesi</t>
+          <t>Swamp Thing Efsanesi: 4. Cilt</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786053755166</t>
+          <t>9786052650974</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Elric - Tanelorn'u Kurtarmak</t>
+          <t>Swamp Thing Efsanesi: 3. Cilt</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786053755548</t>
+          <t>9786052651421</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gemisi Askerleri</t>
+          <t>Cinayet Defteri</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786053755524</t>
+          <t>9786052651438</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Notlar / Sanat - Edebiyat 2</t>
+          <t>13 Numaralı Oda</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>102</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786053755494</t>
+          <t>9786052651407</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Yıkıma Giden Adam</t>
+          <t>Manhattan Plajı</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786053755425</t>
+          <t>9786052651414</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Kanunilik ve Meşruiyet</t>
+          <t>Arıların Uğultusu</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786053753506</t>
+          <t>9786052651315</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Bram Stoker’ın Kayıp Günlüğü</t>
+          <t>Kaos Sarayları - Amber Yıllıkları 5</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>54</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786053753049</t>
+          <t>9786052651308</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı İmgesinin Oluşumu: Efsane, Mit ve Büyü</t>
+          <t>Oberon'un Eli - Amber Yıllıkları 4</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786053753063</t>
+          <t>9786052651292</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Işığın Anısı - Zaman Çarkı 14 (Ciltli)</t>
+          <t>Tekboynuz'un İşareti - Amber Yıllıkları 3</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>1100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786053753285</t>
+          <t>9786052651285</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Alfabesi - Perg Efsaneleri 4. Kitap</t>
+          <t>Avalon'un Tüfekleri - Amber Yıllıkları 2</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786053753278</t>
+          <t>9786052651278</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Amber'de Dokuz Prens - Amber Yıllıkları 1</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786053753179</t>
+          <t>9786052651353</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Ankara Mahpusu</t>
+          <t>Caravaggio Kırmızısı</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786053753025</t>
+          <t>9786052651391</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Korkak ve Canavar</t>
+          <t>Vicdan ve Güzellik</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9789752734180</t>
+          <t>9786052651377</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Buzların Sfenksi 1. Cilt</t>
+          <t>Pause Anıtı</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786053751595</t>
+          <t>9786052651322</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Bilge Adamın Korkusu</t>
+          <t>Tuhaf, Çok Tuhaf</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>940</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786053750093</t>
+          <t>9786052651339</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Fareydim! (Ciltli)</t>
+          <t>Natürmort</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>142</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786053756453</t>
+          <t>9786052651384</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Baudelaire</t>
+          <t>Büyük Ev</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786053751700</t>
+          <t>9786052651360</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Barbarlıklar Çatışması</t>
+          <t>Japon Çocuk Öyküleri</t>
         </is>
       </c>
       <c r="C1678" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786053759928</t>
+          <t>9786052651247</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Artık Huzur Yok</t>
+          <t>Ölü Dağcı Oteli</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786057762641</t>
+          <t>9786052651346</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>Tohumdan Hasada</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>240</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786053759126</t>
+          <t>9786052651223</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık Kavşağı - Zaman Çarkı 10 (Ciltli)</t>
+          <t>Denize Söylediğim Şarkılar</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>1100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786053756422</t>
+          <t>9786052651254</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>İmgelem</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9789752733732</t>
+          <t>9786052651230</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Hobbit</t>
+          <t>Beyaz Gözyaşları</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786053759119</t>
+          <t>9786052651193</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Hançer Yolu - Zaman Çarkı 8 (Ciltli)</t>
+          <t>Evcil İnsan Barınağı</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>1100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786053751977</t>
+          <t>9786052651209</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Görünür Adam</t>
+          <t>Kamçatka’da Bir Kayıp Vakası</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9789752730724</t>
+          <t>9786052651216</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Gölge Yükseliyor - Zaman Çarkı 4 (Ciltli)</t>
+          <t>Bir Zamanlar Hollywood’da</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>1065</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786053751427</t>
+          <t>9786052651100</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Göldeki Canavar (Ciltli)</t>
+          <t>Beni Öldürme Mesafesi</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>97</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9789752731349</t>
+          <t>9786052651162</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Göğün Ateşleri - Zaman Çarkı 5 (Ciltli)</t>
+          <t>Ölü Şair</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>1065</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786053750987</t>
+          <t>9786052651179</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısına On Üç Gün</t>
+          <t>Dracula’nın Konuğu ve Diğer Tuhaf Öyküler</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786053752004</t>
+          <t>9786052651186</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Gölgemiz Düşer</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786053751465</t>
+          <t>9786052651155</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>En Karanlık Kuş</t>
+          <t>Yakınlıklar</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786053751014</t>
+          <t>9786052651148</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Düşüş</t>
+          <t>Güvercinciler</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>88</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9789758607273</t>
+          <t>9786052651117</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Doktor Moreau’nun Adası</t>
+          <t>Çay Ustası ile Dedektif</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786053758419</t>
+          <t>9786052651131</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Deliliğin Dağlarında</t>
+          <t>Garp'a Göre Dünya</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>120</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9789752732551</t>
+          <t>9786052650707</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>David Strauss, İtirafçı ve Yazar</t>
+          <t>Yürüyen Adam</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786053750260</t>
+          <t>9786052651124</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Çağının Sıcağında</t>
+          <t>Galaktik Trenyolu'nda Gece Vakti</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786053758426</t>
+          <t>9786052651094</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Cthulhu’nun Çağrısı</t>
+          <t>Bizi Tüketen Ateş</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786053758617</t>
+          <t>9786052651087</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yeni Dünyayı Ziyaret</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C1698" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9789756902165</t>
+          <t>9786052650561</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yeni Dünya</t>
+          <t>Sahaf Mendel</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786258327687</t>
+          <t>9786052651018</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Çeşmeleri</t>
+          <t>New York Köleleri</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786053751861</t>
+          <t>9786052651070</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Cenderedeki Medya Tenceredeki Gazeteci</t>
+          <t>Biçimin ve Boşluğun Kitabı</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>116</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786057762412</t>
+          <t>9786052651063</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Büyük Av - Zaman Çarkı 2</t>
+          <t>Neuromancer</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>675</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786053759980</t>
+          <t>9786052650998</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Roverandom</t>
+          <t>Güzel Seferlerin Süvarisi</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786053757245</t>
+          <t>9786052650967</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Resimli Adam</t>
+          <t>Kuru Dallar Yangını</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786053751489</t>
+          <t>9786052651056</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Reenkarnasyon Kulübü</t>
+          <t>Düello</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786257650472</t>
+          <t>9786052651049</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Operadaki Hayalet</t>
+          <t>Notre Dame'ın Kamburu</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786053751069</t>
+          <t>9786052651025</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>On Beş Yaşında Bir Kaptan - 1. Cilt</t>
+          <t>Sürgünler</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786053751472</t>
+          <t>9786052651032</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Modern Tarihçiliğin Klasik Temelleri</t>
+          <t>Oda Müziği: Toplu Şiirler</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786053751267</t>
+          <t>9786052650905</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Mir’e Mektup</t>
+          <t>Ormanın Derinliklerinde</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786053750024</t>
+          <t>9786052650943</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Mezarlık Kitabı</t>
+          <t>Marry Grave 2</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786053758600</t>
+          <t>9786052650882</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Mezarlarınıza Tüküreceğim</t>
+          <t>Kimsenin Bundan Bahsettiği Yok</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786257650717</t>
+          <t>9786052650929</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Maymun ve Öz</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786053758433</t>
+          <t>9786052651001</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Mars Yıllıkları</t>
+          <t>Yedi Deliler</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786053752608</t>
+          <t>9786052650950</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Latince Kur’an Çevirileri</t>
+          <t>Güneşin Altın Elmaları</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>315</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786053750949</t>
+          <t>9786052650912</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Kurtadamlar</t>
+          <t>Naomi: Bir Aptalın Aşkı</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9789752734609</t>
+          <t>9786052650899</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Yazılar Cilt: 4</t>
+          <t>Musaşi Lordu’nun Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>171</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786053756224</t>
+          <t>9786052650868</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Komik Edebi Türler</t>
+          <t>Dünlükler</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786257913294</t>
+          <t>9786052650837</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Kılıçtan Taç - Zaman Çarkı 7 (Ciltli)</t>
+          <t>Fevkalbeşer Sair Bey ve Suskunluğu</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>1100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9789752734111</t>
+          <t>9786052650851</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Karşıdevrimciler</t>
+          <t>Pas</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>62</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786053754268</t>
+          <t>9786052650875</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Dünyalılar</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786053759577</t>
+          <t>9786052650844</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Yürek Söken</t>
+          <t>Şeytan Çıkaran</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9789752733985</t>
+          <t>9786052650813</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bahar - Zaman Çarkı Serisi Başlangıç Kitabı (Ciltli)</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>725</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786053758372</t>
+          <t>9786052650585</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Adamın Savaşı</t>
+          <t>Shuri: Bir Black Panther Romanı</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9789752734289</t>
+          <t>9786052650806</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Yarış Domuzu Uzunburun Rudi (Ciltli)</t>
+          <t>Kara El: Dahi Bir Dedektif ile Amerikan Tarihinin En Tehlikeli Gizli Çetesinin Destansı Savaşı</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>116</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786053751434</t>
+          <t>9786052650479</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Varlıktan Başka</t>
+          <t>Dinozorlarla Karıncaların Öyküsü</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786053750055</t>
+          <t>9786052650783</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Uçan Dağ</t>
+          <t>Louvre’un Koruyucuları</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786257913485</t>
+          <t>9786052650677</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Oku</t>
+          <t>Yeşil Gözlü Kız</t>
         </is>
       </c>
       <c r="C1727" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786053752448</t>
+          <t>9786052650820</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Tahsilli Bir Domuzun Anıları</t>
+          <t>Alo, Harika Hanım, Nasılsınız?</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786053751809</t>
+          <t>9786052650752</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Şamanlar Diyarı</t>
+          <t>Onuncu Ay</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>143</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786053755678</t>
+          <t>9786052650660</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Gezegeni</t>
+          <t>Köpük</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9789752731059</t>
+          <t>9786052650776</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Kaos Lordu - Zaman Çarkı 6 (Ciltli)</t>
+          <t>Dünyayı Ardında Bırak</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>1065</v>
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1732" spans="1:3">
+      <c r="A1732" s="1" t="inlineStr">
+        <is>
+          <t>9786052650691</t>
+        </is>
+      </c>
+      <c r="B1732" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Yapayalnız Bir İştir</t>
+        </is>
+      </c>
+      <c r="C1732" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1733" spans="1:3">
+      <c r="A1733" s="1" t="inlineStr">
+        <is>
+          <t>9786052650684</t>
+        </is>
+      </c>
+      <c r="B1733" s="1" t="inlineStr">
+        <is>
+          <t>Callahan Günlükleri</t>
+        </is>
+      </c>
+      <c r="C1733" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1734" spans="1:3">
+      <c r="A1734" s="1" t="inlineStr">
+        <is>
+          <t>9786052650615</t>
+        </is>
+      </c>
+      <c r="B1734" s="1" t="inlineStr">
+        <is>
+          <t>II. Kambises Taktiği</t>
+        </is>
+      </c>
+      <c r="C1734" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1735" spans="1:3">
+      <c r="A1735" s="1" t="inlineStr">
+        <is>
+          <t>9786052650653</t>
+        </is>
+      </c>
+      <c r="B1735" s="1" t="inlineStr">
+        <is>
+          <t>Cinayet Teorisi - Natüralist 3</t>
+        </is>
+      </c>
+      <c r="C1735" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1736" spans="1:3">
+      <c r="A1736" s="1" t="inlineStr">
+        <is>
+          <t>9786052650646</t>
+        </is>
+      </c>
+      <c r="B1736" s="1" t="inlineStr">
+        <is>
+          <t>Aynadan İçeri - Natüralist 2</t>
+        </is>
+      </c>
+      <c r="C1736" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1737" spans="1:3">
+      <c r="A1737" s="1" t="inlineStr">
+        <is>
+          <t>9786052650622</t>
+        </is>
+      </c>
+      <c r="B1737" s="1" t="inlineStr">
+        <is>
+          <t>Olive, Yeniden</t>
+        </is>
+      </c>
+      <c r="C1737" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1738" spans="1:3">
+      <c r="A1738" s="1" t="inlineStr">
+        <is>
+          <t>9786052650608</t>
+        </is>
+      </c>
+      <c r="B1738" s="1" t="inlineStr">
+        <is>
+          <t>Olive Kitteridge</t>
+        </is>
+      </c>
+      <c r="C1738" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1739" spans="1:3">
+      <c r="A1739" s="1" t="inlineStr">
+        <is>
+          <t>9786052650639</t>
+        </is>
+      </c>
+      <c r="B1739" s="1" t="inlineStr">
+        <is>
+          <t>Vineland</t>
+        </is>
+      </c>
+      <c r="C1739" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1740" spans="1:3">
+      <c r="A1740" s="1" t="inlineStr">
+        <is>
+          <t>9786052650592</t>
+        </is>
+      </c>
+      <c r="B1740" s="1" t="inlineStr">
+        <is>
+          <t>Kızım Hakkında Her Şey</t>
+        </is>
+      </c>
+      <c r="C1740" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1741" spans="1:3">
+      <c r="A1741" s="1" t="inlineStr">
+        <is>
+          <t>9786052650547</t>
+        </is>
+      </c>
+      <c r="B1741" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Olan Kız</t>
+        </is>
+      </c>
+      <c r="C1741" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1742" spans="1:3">
+      <c r="A1742" s="1" t="inlineStr">
+        <is>
+          <t>9786052650493</t>
+        </is>
+      </c>
+      <c r="B1742" s="1" t="inlineStr">
+        <is>
+          <t>Pandora'nın Kutusu</t>
+        </is>
+      </c>
+      <c r="C1742" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1743" spans="1:3">
+      <c r="A1743" s="1" t="inlineStr">
+        <is>
+          <t>9786052650578</t>
+        </is>
+      </c>
+      <c r="B1743" s="1" t="inlineStr">
+        <is>
+          <t>Miras</t>
+        </is>
+      </c>
+      <c r="C1743" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1744" spans="1:3">
+      <c r="A1744" s="1" t="inlineStr">
+        <is>
+          <t>9786052650509</t>
+        </is>
+      </c>
+      <c r="B1744" s="1" t="inlineStr">
+        <is>
+          <t>Vassaf Bey</t>
+        </is>
+      </c>
+      <c r="C1744" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1745" spans="1:3">
+      <c r="A1745" s="1" t="inlineStr">
+        <is>
+          <t>9786052650516</t>
+        </is>
+      </c>
+      <c r="B1745" s="1" t="inlineStr">
+        <is>
+          <t>Ayaşlı ve Kiracıları</t>
+        </is>
+      </c>
+      <c r="C1745" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1746" spans="1:3">
+      <c r="A1746" s="1" t="inlineStr">
+        <is>
+          <t>9786052650554</t>
+        </is>
+      </c>
+      <c r="B1746" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Muhafız</t>
+        </is>
+      </c>
+      <c r="C1746" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:3">
+      <c r="A1747" s="1" t="inlineStr">
+        <is>
+          <t>9786258327588</t>
+        </is>
+      </c>
+      <c r="B1747" s="1" t="inlineStr">
+        <is>
+          <t>Kaçak Telemetri</t>
+        </is>
+      </c>
+      <c r="C1747" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1748" spans="1:3">
+      <c r="A1748" s="1" t="inlineStr">
+        <is>
+          <t>9786052650363</t>
+        </is>
+      </c>
+      <c r="B1748" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Çekirdeği</t>
+        </is>
+      </c>
+      <c r="C1748" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1749" spans="1:3">
+      <c r="A1749" s="1" t="inlineStr">
+        <is>
+          <t>9786052650523</t>
+        </is>
+      </c>
+      <c r="B1749" s="1" t="inlineStr">
+        <is>
+          <t>Kaplan Dağdan İnince</t>
+        </is>
+      </c>
+      <c r="C1749" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1750" spans="1:3">
+      <c r="A1750" s="1" t="inlineStr">
+        <is>
+          <t>9786052650530</t>
+        </is>
+      </c>
+      <c r="B1750" s="1" t="inlineStr">
+        <is>
+          <t>Tuz ve Fal İmparatoriçesi</t>
+        </is>
+      </c>
+      <c r="C1750" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1751" spans="1:3">
+      <c r="A1751" s="1" t="inlineStr">
+        <is>
+          <t>9786052650486</t>
+        </is>
+      </c>
+      <c r="B1751" s="1" t="inlineStr">
+        <is>
+          <t>Turnanın Soyu</t>
+        </is>
+      </c>
+      <c r="C1751" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1752" spans="1:3">
+      <c r="A1752" s="1" t="inlineStr">
+        <is>
+          <t>9786258327557</t>
+        </is>
+      </c>
+      <c r="B1752" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Hamlet</t>
+        </is>
+      </c>
+      <c r="C1752" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1753" spans="1:3">
+      <c r="A1753" s="1" t="inlineStr">
+        <is>
+          <t>9786052650448</t>
+        </is>
+      </c>
+      <c r="B1753" s="1" t="inlineStr">
+        <is>
+          <t>Kopukluklar</t>
+        </is>
+      </c>
+      <c r="C1753" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1754" spans="1:3">
+      <c r="A1754" s="1" t="inlineStr">
+        <is>
+          <t>9786052650356</t>
+        </is>
+      </c>
+      <c r="B1754" s="1" t="inlineStr">
+        <is>
+          <t>Deve Cüce</t>
+        </is>
+      </c>
+      <c r="C1754" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1755" spans="1:3">
+      <c r="A1755" s="1" t="inlineStr">
+        <is>
+          <t>9786052650424</t>
+        </is>
+      </c>
+      <c r="B1755" s="1" t="inlineStr">
+        <is>
+          <t>Kristal: Lanetli Kan</t>
+        </is>
+      </c>
+      <c r="C1755" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1756" spans="1:3">
+      <c r="A1756" s="1" t="inlineStr">
+        <is>
+          <t>9786052650394</t>
+        </is>
+      </c>
+      <c r="B1756" s="1" t="inlineStr">
+        <is>
+          <t>Ve Sinem 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C1756" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1757" spans="1:3">
+      <c r="A1757" s="1" t="inlineStr">
+        <is>
+          <t>9786052650431</t>
+        </is>
+      </c>
+      <c r="B1757" s="1" t="inlineStr">
+        <is>
+          <t>Nardugan: Kayıp Şehrin Masalı</t>
+        </is>
+      </c>
+      <c r="C1757" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1758" spans="1:3">
+      <c r="A1758" s="1" t="inlineStr">
+        <is>
+          <t>9786052650387</t>
+        </is>
+      </c>
+      <c r="B1758" s="1" t="inlineStr">
+        <is>
+          <t>Kusura Ayna</t>
+        </is>
+      </c>
+      <c r="C1758" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1759" spans="1:3">
+      <c r="A1759" s="1" t="inlineStr">
+        <is>
+          <t>9786052650400</t>
+        </is>
+      </c>
+      <c r="B1759" s="1" t="inlineStr">
+        <is>
+          <t>Psikoz Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C1759" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="1760" spans="1:3">
+      <c r="A1760" s="1" t="inlineStr">
+        <is>
+          <t>9786052650417</t>
+        </is>
+      </c>
+      <c r="B1760" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıktır</t>
+        </is>
+      </c>
+      <c r="C1760" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1761" spans="1:3">
+      <c r="A1761" s="1" t="inlineStr">
+        <is>
+          <t>9786052650370</t>
+        </is>
+      </c>
+      <c r="B1761" s="1" t="inlineStr">
+        <is>
+          <t>Galateia: Bir Öykü</t>
+        </is>
+      </c>
+      <c r="C1761" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1762" spans="1:3">
+      <c r="A1762" s="1" t="inlineStr">
+        <is>
+          <t>9786052650349</t>
+        </is>
+      </c>
+      <c r="B1762" s="1" t="inlineStr">
+        <is>
+          <t>İthaki X 2022 Vampir Kitaplığı Seti</t>
+        </is>
+      </c>
+      <c r="C1762" s="1">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="1763" spans="1:3">
+      <c r="A1763" s="1" t="inlineStr">
+        <is>
+          <t>9786052650325</t>
+        </is>
+      </c>
+      <c r="B1763" s="1" t="inlineStr">
+        <is>
+          <t>Bir Vampirin Gerçek Öyküsü &amp; Öteki Taraf</t>
+        </is>
+      </c>
+      <c r="C1763" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1764" spans="1:3">
+      <c r="A1764" s="1" t="inlineStr">
+        <is>
+          <t>9786052650264</t>
+        </is>
+      </c>
+      <c r="B1764" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Sevgili</t>
+        </is>
+      </c>
+      <c r="C1764" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1765" spans="1:3">
+      <c r="A1765" s="1" t="inlineStr">
+        <is>
+          <t>9786052650318</t>
+        </is>
+      </c>
+      <c r="B1765" s="1" t="inlineStr">
+        <is>
+          <t>Muhterem Leydi Ducayne</t>
+        </is>
+      </c>
+      <c r="C1765" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1766" spans="1:3">
+      <c r="A1766" s="1" t="inlineStr">
+        <is>
+          <t>9786052650271</t>
+        </is>
+      </c>
+      <c r="B1766" s="1" t="inlineStr">
+        <is>
+          <t>Vampirin İtirafı</t>
+        </is>
+      </c>
+      <c r="C1766" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1767" spans="1:3">
+      <c r="A1767" s="1" t="inlineStr">
+        <is>
+          <t>9786052650288</t>
+        </is>
+      </c>
+      <c r="B1767" s="1" t="inlineStr">
+        <is>
+          <t>Vourdalak Ailesi</t>
+        </is>
+      </c>
+      <c r="C1767" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1768" spans="1:3">
+      <c r="A1768" s="1" t="inlineStr">
+        <is>
+          <t>9786052650257</t>
+        </is>
+      </c>
+      <c r="B1768" s="1" t="inlineStr">
+        <is>
+          <t>Kan Sahibi</t>
+        </is>
+      </c>
+      <c r="C1768" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1769" spans="1:3">
+      <c r="A1769" s="1" t="inlineStr">
+        <is>
+          <t>9786052650233</t>
+        </is>
+      </c>
+      <c r="B1769" s="1" t="inlineStr">
+        <is>
+          <t>Vampir &amp; Ölümcül Tesir</t>
+        </is>
+      </c>
+      <c r="C1769" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1770" spans="1:3">
+      <c r="A1770" s="1" t="inlineStr">
+        <is>
+          <t>9786052650332</t>
+        </is>
+      </c>
+      <c r="B1770" s="1" t="inlineStr">
+        <is>
+          <t>Gerisi Hikaye’den Vampir Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1770" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1771" spans="1:3">
+      <c r="A1771" s="1" t="inlineStr">
+        <is>
+          <t>9786052650226</t>
+        </is>
+      </c>
+      <c r="B1771" s="1" t="inlineStr">
+        <is>
+          <t>Ölüleri Uyandırmayın</t>
+        </is>
+      </c>
+      <c r="C1771" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1772" spans="1:3">
+      <c r="A1772" s="1" t="inlineStr">
+        <is>
+          <t>9786052650240</t>
+        </is>
+      </c>
+      <c r="B1772" s="1" t="inlineStr">
+        <is>
+          <t>Gece Kuşu &amp; Bir Yarasa Bir Kıza Aşık Oldu</t>
+        </is>
+      </c>
+      <c r="C1772" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1773" spans="1:3">
+      <c r="A1773" s="1" t="inlineStr">
+        <is>
+          <t>9786052650295</t>
+        </is>
+      </c>
+      <c r="B1773" s="1" t="inlineStr">
+        <is>
+          <t>Raşomon</t>
+        </is>
+      </c>
+      <c r="C1773" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1774" spans="1:3">
+      <c r="A1774" s="1" t="inlineStr">
+        <is>
+          <t>9786052650202</t>
+        </is>
+      </c>
+      <c r="B1774" s="1" t="inlineStr">
+        <is>
+          <t>Afet: Bir League of Legends Romanı</t>
+        </is>
+      </c>
+      <c r="C1774" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1775" spans="1:3">
+      <c r="A1775" s="1" t="inlineStr">
+        <is>
+          <t>9786052650189</t>
+        </is>
+      </c>
+      <c r="B1775" s="1" t="inlineStr">
+        <is>
+          <t>Öteki Denizin Haritası</t>
+        </is>
+      </c>
+      <c r="C1775" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1776" spans="1:3">
+      <c r="A1776" s="1" t="inlineStr">
+        <is>
+          <t>9786052650165</t>
+        </is>
+      </c>
+      <c r="B1776" s="1" t="inlineStr">
+        <is>
+          <t>İnatçı Keraban</t>
+        </is>
+      </c>
+      <c r="C1776" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1777" spans="1:3">
+      <c r="A1777" s="1" t="inlineStr">
+        <is>
+          <t>9786052650172</t>
+        </is>
+      </c>
+      <c r="B1777" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Ox'un Deneyi</t>
+        </is>
+      </c>
+      <c r="C1777" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1778" spans="1:3">
+      <c r="A1778" s="1" t="inlineStr">
+        <is>
+          <t>9786052650196</t>
+        </is>
+      </c>
+      <c r="B1778" s="1" t="inlineStr">
+        <is>
+          <t>Kumarhane</t>
+        </is>
+      </c>
+      <c r="C1778" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1779" spans="1:3">
+      <c r="A1779" s="1" t="inlineStr">
+        <is>
+          <t>9786052650158</t>
+        </is>
+      </c>
+      <c r="B1779" s="1" t="inlineStr">
+        <is>
+          <t>Sıkı Dostlar</t>
+        </is>
+      </c>
+      <c r="C1779" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1780" spans="1:3">
+      <c r="A1780" s="1" t="inlineStr">
+        <is>
+          <t>9786052650080</t>
+        </is>
+      </c>
+      <c r="B1780" s="1" t="inlineStr">
+        <is>
+          <t>Buzun ve Tuzun Rotası</t>
+        </is>
+      </c>
+      <c r="C1780" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1781" spans="1:3">
+      <c r="A1781" s="1" t="inlineStr">
+        <is>
+          <t>9786052650011</t>
+        </is>
+      </c>
+      <c r="B1781" s="1" t="inlineStr">
+        <is>
+          <t>Marry Grave 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C1781" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1782" spans="1:3">
+      <c r="A1782" s="1" t="inlineStr">
+        <is>
+          <t>9786052650028</t>
+        </is>
+      </c>
+      <c r="B1782" s="1" t="inlineStr">
+        <is>
+          <t>Lanetli Tavşan</t>
+        </is>
+      </c>
+      <c r="C1782" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1783" spans="1:3">
+      <c r="A1783" s="1" t="inlineStr">
+        <is>
+          <t>9786052650110</t>
+        </is>
+      </c>
+      <c r="B1783" s="1" t="inlineStr">
+        <is>
+          <t>Sosyalizm ve İnsan Ruhu</t>
+        </is>
+      </c>
+      <c r="C1783" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1784" spans="1:3">
+      <c r="A1784" s="1" t="inlineStr">
+        <is>
+          <t>9786052650141</t>
+        </is>
+      </c>
+      <c r="B1784" s="1" t="inlineStr">
+        <is>
+          <t>Aşıklar Cemi</t>
+        </is>
+      </c>
+      <c r="C1784" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1785" spans="1:3">
+      <c r="A1785" s="1" t="inlineStr">
+        <is>
+          <t>9786052650127</t>
+        </is>
+      </c>
+      <c r="B1785" s="1" t="inlineStr">
+        <is>
+          <t>Servi Nine ve Üç Güzeller</t>
+        </is>
+      </c>
+      <c r="C1785" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1786" spans="1:3">
+      <c r="A1786" s="1" t="inlineStr">
+        <is>
+          <t>9786052650103</t>
+        </is>
+      </c>
+      <c r="B1786" s="1" t="inlineStr">
+        <is>
+          <t>Buzun Anıları / Malazan Yitikler Kitabı 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1786" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="1787" spans="1:3">
+      <c r="A1787" s="1" t="inlineStr">
+        <is>
+          <t>9786052650097</t>
+        </is>
+      </c>
+      <c r="B1787" s="1" t="inlineStr">
+        <is>
+          <t>Buzun Anıları / Malazan Yitikler Kitabı 3</t>
+        </is>
+      </c>
+      <c r="C1787" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="1788" spans="1:3">
+      <c r="A1788" s="1" t="inlineStr">
+        <is>
+          <t>9786052650134</t>
+        </is>
+      </c>
+      <c r="B1788" s="1" t="inlineStr">
+        <is>
+          <t>Bu Düğme Ne İşe Yarıyor?</t>
+        </is>
+      </c>
+      <c r="C1788" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1789" spans="1:3">
+      <c r="A1789" s="1" t="inlineStr">
+        <is>
+          <t>9786258327984</t>
+        </is>
+      </c>
+      <c r="B1789" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Sapığı</t>
+        </is>
+      </c>
+      <c r="C1789" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1790" spans="1:3">
+      <c r="A1790" s="1" t="inlineStr">
+        <is>
+          <t>9786052650042</t>
+        </is>
+      </c>
+      <c r="B1790" s="1" t="inlineStr">
+        <is>
+          <t>Abrakadabra</t>
+        </is>
+      </c>
+      <c r="C1790" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1791" spans="1:3">
+      <c r="A1791" s="1" t="inlineStr">
+        <is>
+          <t>9786052650073</t>
+        </is>
+      </c>
+      <c r="B1791" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Kanı</t>
+        </is>
+      </c>
+      <c r="C1791" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1792" spans="1:3">
+      <c r="A1792" s="1" t="inlineStr">
+        <is>
+          <t>9786052650035</t>
+        </is>
+      </c>
+      <c r="B1792" s="1" t="inlineStr">
+        <is>
+          <t>Üç Köşeli Dünya</t>
+        </is>
+      </c>
+      <c r="C1792" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1793" spans="1:3">
+      <c r="A1793" s="1" t="inlineStr">
+        <is>
+          <t>9786052650059</t>
+        </is>
+      </c>
+      <c r="B1793" s="1" t="inlineStr">
+        <is>
+          <t>Gönül</t>
+        </is>
+      </c>
+      <c r="C1793" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1794" spans="1:3">
+      <c r="A1794" s="1" t="inlineStr">
+        <is>
+          <t>9786052650066</t>
+        </is>
+      </c>
+      <c r="B1794" s="1" t="inlineStr">
+        <is>
+          <t>Ölümü Ellerinde Tutarken</t>
+        </is>
+      </c>
+      <c r="C1794" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1795" spans="1:3">
+      <c r="A1795" s="1" t="inlineStr">
+        <is>
+          <t>9786258327960</t>
+        </is>
+      </c>
+      <c r="B1795" s="1" t="inlineStr">
+        <is>
+          <t>Saraylarda Mecnunlar</t>
+        </is>
+      </c>
+      <c r="C1795" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1796" spans="1:3">
+      <c r="A1796" s="1" t="inlineStr">
+        <is>
+          <t>9786258327991</t>
+        </is>
+      </c>
+      <c r="B1796" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C1796" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1797" spans="1:3">
+      <c r="A1797" s="1" t="inlineStr">
+        <is>
+          <t>9786052650004</t>
+        </is>
+      </c>
+      <c r="B1797" s="1" t="inlineStr">
+        <is>
+          <t>Karamazov Kardeşler (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C1797" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="1798" spans="1:3">
+      <c r="A1798" s="1" t="inlineStr">
+        <is>
+          <t>9786258327977</t>
+        </is>
+      </c>
+      <c r="B1798" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Surat</t>
+        </is>
+      </c>
+      <c r="C1798" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1799" spans="1:3">
+      <c r="A1799" s="1" t="inlineStr">
+        <is>
+          <t>9786258327915</t>
+        </is>
+      </c>
+      <c r="B1799" s="1" t="inlineStr">
+        <is>
+          <t>Stepford Kadınları</t>
+        </is>
+      </c>
+      <c r="C1799" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1800" spans="1:3">
+      <c r="A1800" s="1" t="inlineStr">
+        <is>
+          <t>9786258327823</t>
+        </is>
+      </c>
+      <c r="B1800" s="1" t="inlineStr">
+        <is>
+          <t>Walpurgis Gecesi</t>
+        </is>
+      </c>
+      <c r="C1800" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1801" spans="1:3">
+      <c r="A1801" s="1" t="inlineStr">
+        <is>
+          <t>9786258327861</t>
+        </is>
+      </c>
+      <c r="B1801" s="1" t="inlineStr">
+        <is>
+          <t>Kara Hasat</t>
+        </is>
+      </c>
+      <c r="C1801" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1802" spans="1:3">
+      <c r="A1802" s="1" t="inlineStr">
+        <is>
+          <t>9786258327939</t>
+        </is>
+      </c>
+      <c r="B1802" s="1" t="inlineStr">
+        <is>
+          <t>Düşyılanı</t>
+        </is>
+      </c>
+      <c r="C1802" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1803" spans="1:3">
+      <c r="A1803" s="1" t="inlineStr">
+        <is>
+          <t>9786258327953</t>
+        </is>
+      </c>
+      <c r="B1803" s="1" t="inlineStr">
+        <is>
+          <t>İmbatla Dol, Kalbim</t>
+        </is>
+      </c>
+      <c r="C1803" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1804" spans="1:3">
+      <c r="A1804" s="1" t="inlineStr">
+        <is>
+          <t>9786258327946</t>
+        </is>
+      </c>
+      <c r="B1804" s="1" t="inlineStr">
+        <is>
+          <t>Goblin</t>
+        </is>
+      </c>
+      <c r="C1804" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1805" spans="1:3">
+      <c r="A1805" s="1" t="inlineStr">
+        <is>
+          <t>9786258327922</t>
+        </is>
+      </c>
+      <c r="B1805" s="1" t="inlineStr">
+        <is>
+          <t>Troyalı Kadınlar</t>
+        </is>
+      </c>
+      <c r="C1805" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1806" spans="1:3">
+      <c r="A1806" s="1" t="inlineStr">
+        <is>
+          <t>9786258327540</t>
+        </is>
+      </c>
+      <c r="B1806" s="1" t="inlineStr">
+        <is>
+          <t>Kuzeye Giden İnce Yol</t>
+        </is>
+      </c>
+      <c r="C1806" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1807" spans="1:3">
+      <c r="A1807" s="1" t="inlineStr">
+        <is>
+          <t>9786258327793</t>
+        </is>
+      </c>
+      <c r="B1807" s="1" t="inlineStr">
+        <is>
+          <t>Screwjack</t>
+        </is>
+      </c>
+      <c r="C1807" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1808" spans="1:3">
+      <c r="A1808" s="1" t="inlineStr">
+        <is>
+          <t>9786258327854</t>
+        </is>
+      </c>
+      <c r="B1808" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Asla Sadece Futbol Değildir</t>
+        </is>
+      </c>
+      <c r="C1808" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1809" spans="1:3">
+      <c r="A1809" s="1" t="inlineStr">
+        <is>
+          <t>9786258327816</t>
+        </is>
+      </c>
+      <c r="B1809" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Tufan</t>
+        </is>
+      </c>
+      <c r="C1809" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1810" spans="1:3">
+      <c r="A1810" s="1" t="inlineStr">
+        <is>
+          <t>9786258327809</t>
+        </is>
+      </c>
+      <c r="B1810" s="1" t="inlineStr">
+        <is>
+          <t>Yeditepe İnsanları</t>
+        </is>
+      </c>
+      <c r="C1810" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1811" spans="1:3">
+      <c r="A1811" s="1" t="inlineStr">
+        <is>
+          <t>9786258327830</t>
+        </is>
+      </c>
+      <c r="B1811" s="1" t="inlineStr">
+        <is>
+          <t>Büyücü ve Diğer Gotik Öyküler</t>
+        </is>
+      </c>
+      <c r="C1811" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1812" spans="1:3">
+      <c r="A1812" s="1" t="inlineStr">
+        <is>
+          <t>9786258327847</t>
+        </is>
+      </c>
+      <c r="B1812" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur ve Ay Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1812" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1813" spans="1:3">
+      <c r="A1813" s="1" t="inlineStr">
+        <is>
+          <t>9786258327755</t>
+        </is>
+      </c>
+      <c r="B1813" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak Karşıtı</t>
+        </is>
+      </c>
+      <c r="C1813" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1814" spans="1:3">
+      <c r="A1814" s="1" t="inlineStr">
+        <is>
+          <t>9786258327786</t>
+        </is>
+      </c>
+      <c r="B1814" s="1" t="inlineStr">
+        <is>
+          <t>On İki Sandalye</t>
+        </is>
+      </c>
+      <c r="C1814" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1815" spans="1:3">
+      <c r="A1815" s="1" t="inlineStr">
+        <is>
+          <t>9786258327779</t>
+        </is>
+      </c>
+      <c r="B1815" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Nota</t>
+        </is>
+      </c>
+      <c r="C1815" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1816" spans="1:3">
+      <c r="A1816" s="1" t="inlineStr">
+        <is>
+          <t>9786258327762</t>
+        </is>
+      </c>
+      <c r="B1816" s="1" t="inlineStr">
+        <is>
+          <t>Onları Ben Öldürdüm</t>
+        </is>
+      </c>
+      <c r="C1816" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1817" spans="1:3">
+      <c r="A1817" s="1" t="inlineStr">
+        <is>
+          <t>9786258327601</t>
+        </is>
+      </c>
+      <c r="B1817" s="1" t="inlineStr">
+        <is>
+          <t>Rızabey Aile Evi</t>
+        </is>
+      </c>
+      <c r="C1817" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1818" spans="1:3">
+      <c r="A1818" s="1" t="inlineStr">
+        <is>
+          <t>9786258327724</t>
+        </is>
+      </c>
+      <c r="B1818" s="1" t="inlineStr">
+        <is>
+          <t>Meyhanede Hanımlar</t>
+        </is>
+      </c>
+      <c r="C1818" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1819" spans="1:3">
+      <c r="A1819" s="1" t="inlineStr">
+        <is>
+          <t>9786258327731</t>
+        </is>
+      </c>
+      <c r="B1819" s="1" t="inlineStr">
+        <is>
+          <t>Define</t>
+        </is>
+      </c>
+      <c r="C1819" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1820" spans="1:3">
+      <c r="A1820" s="1" t="inlineStr">
+        <is>
+          <t>9786258327700</t>
+        </is>
+      </c>
+      <c r="B1820" s="1" t="inlineStr">
+        <is>
+          <t>Alabele</t>
+        </is>
+      </c>
+      <c r="C1820" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1821" spans="1:3">
+      <c r="A1821" s="1" t="inlineStr">
+        <is>
+          <t>9786258327748</t>
+        </is>
+      </c>
+      <c r="B1821" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaf Şeyler Oluyor</t>
+        </is>
+      </c>
+      <c r="C1821" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1822" spans="1:3">
+      <c r="A1822" s="1" t="inlineStr">
+        <is>
+          <t>9786258327717</t>
+        </is>
+      </c>
+      <c r="B1822" s="1" t="inlineStr">
+        <is>
+          <t>Umacı'nın Peşinde</t>
+        </is>
+      </c>
+      <c r="C1822" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1823" spans="1:3">
+      <c r="A1823" s="1" t="inlineStr">
+        <is>
+          <t>9786258327663</t>
+        </is>
+      </c>
+      <c r="B1823" s="1" t="inlineStr">
+        <is>
+          <t>Dolunay Katilleri: Osage Cinayetleri ve FBI’ın Doğuşu</t>
+        </is>
+      </c>
+      <c r="C1823" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1824" spans="1:3">
+      <c r="A1824" s="1" t="inlineStr">
+        <is>
+          <t>9786258327595</t>
+        </is>
+      </c>
+      <c r="B1824" s="1" t="inlineStr">
+        <is>
+          <t>Satürn Evleri 7. Cilt</t>
+        </is>
+      </c>
+      <c r="C1824" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1825" spans="1:3">
+      <c r="A1825" s="1" t="inlineStr">
+        <is>
+          <t>9786258327526</t>
+        </is>
+      </c>
+      <c r="B1825" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı</t>
+        </is>
+      </c>
+      <c r="C1825" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1826" spans="1:3">
+      <c r="A1826" s="1" t="inlineStr">
+        <is>
+          <t>9786258327694</t>
+        </is>
+      </c>
+      <c r="B1826" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlar ve İnsanlar</t>
+        </is>
+      </c>
+      <c r="C1826" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1827" spans="1:3">
+      <c r="A1827" s="1" t="inlineStr">
+        <is>
+          <t>9786258327670</t>
+        </is>
+      </c>
+      <c r="B1827" s="1" t="inlineStr">
+        <is>
+          <t>İçin İçin Yanan Ateş</t>
+        </is>
+      </c>
+      <c r="C1827" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1828" spans="1:3">
+      <c r="A1828" s="1" t="inlineStr">
+        <is>
+          <t>9786258327649</t>
+        </is>
+      </c>
+      <c r="B1828" s="1" t="inlineStr">
+        <is>
+          <t>Şehr-i Alem</t>
+        </is>
+      </c>
+      <c r="C1828" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="1829" spans="1:3">
+      <c r="A1829" s="1" t="inlineStr">
+        <is>
+          <t>9786258327618</t>
+        </is>
+      </c>
+      <c r="B1829" s="1" t="inlineStr">
+        <is>
+          <t>Hasangiller</t>
+        </is>
+      </c>
+      <c r="C1829" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1830" spans="1:3">
+      <c r="A1830" s="1" t="inlineStr">
+        <is>
+          <t>9786258327632</t>
+        </is>
+      </c>
+      <c r="B1830" s="1" t="inlineStr">
+        <is>
+          <t>Kurşun Ata Ata Biter</t>
+        </is>
+      </c>
+      <c r="C1830" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1831" spans="1:3">
+      <c r="A1831" s="1" t="inlineStr">
+        <is>
+          <t>9786258327496</t>
+        </is>
+      </c>
+      <c r="B1831" s="1" t="inlineStr">
+        <is>
+          <t>Öksüz Fırın</t>
+        </is>
+      </c>
+      <c r="C1831" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1832" spans="1:3">
+      <c r="A1832" s="1" t="inlineStr">
+        <is>
+          <t>9786258327458</t>
+        </is>
+      </c>
+      <c r="B1832" s="1" t="inlineStr">
+        <is>
+          <t>Yakın Tarihimizde Garip Olaylar</t>
+        </is>
+      </c>
+      <c r="C1832" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1833" spans="1:3">
+      <c r="A1833" s="1" t="inlineStr">
+        <is>
+          <t>9786258327465</t>
+        </is>
+      </c>
+      <c r="B1833" s="1" t="inlineStr">
+        <is>
+          <t>Yanan Tanrı - Haşhaş Savaşı 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1833" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="1834" spans="1:3">
+      <c r="A1834" s="1" t="inlineStr">
+        <is>
+          <t>9786258327441</t>
+        </is>
+      </c>
+      <c r="B1834" s="1" t="inlineStr">
+        <is>
+          <t>Yanan Tanrı - Haşhaş Savaşı 3</t>
+        </is>
+      </c>
+      <c r="C1834" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="1835" spans="1:3">
+      <c r="A1835" s="1" t="inlineStr">
+        <is>
+          <t>9786258327434</t>
+        </is>
+      </c>
+      <c r="B1835" s="1" t="inlineStr">
+        <is>
+          <t>Kara Vanessa'm</t>
+        </is>
+      </c>
+      <c r="C1835" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1836" spans="1:3">
+      <c r="A1836" s="1" t="inlineStr">
+        <is>
+          <t>9786258327472</t>
+        </is>
+      </c>
+      <c r="B1836" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığın Şahidesi</t>
+        </is>
+      </c>
+      <c r="C1836" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1837" spans="1:3">
+      <c r="A1837" s="1" t="inlineStr">
+        <is>
+          <t>9786258327274</t>
+        </is>
+      </c>
+      <c r="B1837" s="1" t="inlineStr">
+        <is>
+          <t>Osmanoflar</t>
+        </is>
+      </c>
+      <c r="C1837" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1838" spans="1:3">
+      <c r="A1838" s="1" t="inlineStr">
+        <is>
+          <t>9786258327298</t>
+        </is>
+      </c>
+      <c r="B1838" s="1" t="inlineStr">
+        <is>
+          <t>Mürebbiye</t>
+        </is>
+      </c>
+      <c r="C1838" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1839" spans="1:3">
+      <c r="A1839" s="1" t="inlineStr">
+        <is>
+          <t>9786258327267</t>
+        </is>
+      </c>
+      <c r="B1839" s="1" t="inlineStr">
+        <is>
+          <t>Şair Evlenmesi</t>
+        </is>
+      </c>
+      <c r="C1839" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1840" spans="1:3">
+      <c r="A1840" s="1" t="inlineStr">
+        <is>
+          <t>9786258327304</t>
+        </is>
+      </c>
+      <c r="B1840" s="1" t="inlineStr">
+        <is>
+          <t>Monte Cristo Kontu (2 Cilt)</t>
+        </is>
+      </c>
+      <c r="C1840" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="1841" spans="1:3">
+      <c r="A1841" s="1" t="inlineStr">
+        <is>
+          <t>9786258327212</t>
+        </is>
+      </c>
+      <c r="B1841" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Hap</t>
+        </is>
+      </c>
+      <c r="C1841" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1842" spans="1:3">
+      <c r="A1842" s="1" t="inlineStr">
+        <is>
+          <t>9786258327281</t>
+        </is>
+      </c>
+      <c r="B1842" s="1" t="inlineStr">
+        <is>
+          <t>Makine Öğrenmesi</t>
+        </is>
+      </c>
+      <c r="C1842" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1843" spans="1:3">
+      <c r="A1843" s="1" t="inlineStr">
+        <is>
+          <t>9786258327250</t>
+        </is>
+      </c>
+      <c r="B1843" s="1" t="inlineStr">
+        <is>
+          <t>Vathek</t>
+        </is>
+      </c>
+      <c r="C1843" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1844" spans="1:3">
+      <c r="A1844" s="1" t="inlineStr">
+        <is>
+          <t>9786258327243</t>
+        </is>
+      </c>
+      <c r="B1844" s="1" t="inlineStr">
+        <is>
+          <t>Nagasaki'nin Çanları</t>
+        </is>
+      </c>
+      <c r="C1844" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1845" spans="1:3">
+      <c r="A1845" s="1" t="inlineStr">
+        <is>
+          <t>9786258327182</t>
+        </is>
+      </c>
+      <c r="B1845" s="1" t="inlineStr">
+        <is>
+          <t>Adı Olmayan İkinci Öykü</t>
+        </is>
+      </c>
+      <c r="C1845" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1846" spans="1:3">
+      <c r="A1846" s="1" t="inlineStr">
+        <is>
+          <t>9786258327168</t>
+        </is>
+      </c>
+      <c r="B1846" s="1" t="inlineStr">
+        <is>
+          <t>Gölgesiz Kadınlar</t>
+        </is>
+      </c>
+      <c r="C1846" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="1847" spans="1:3">
+      <c r="A1847" s="1" t="inlineStr">
+        <is>
+          <t>9786258327175</t>
+        </is>
+      </c>
+      <c r="B1847" s="1" t="inlineStr">
+        <is>
+          <t>Annem, Kovboylar ve Sarhoş Atlar</t>
+        </is>
+      </c>
+      <c r="C1847" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1848" spans="1:3">
+      <c r="A1848" s="1" t="inlineStr">
+        <is>
+          <t>9786258327199</t>
+        </is>
+      </c>
+      <c r="B1848" s="1" t="inlineStr">
+        <is>
+          <t>Koyunlar Yukarı Bakar</t>
+        </is>
+      </c>
+      <c r="C1848" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1849" spans="1:3">
+      <c r="A1849" s="1" t="inlineStr">
+        <is>
+          <t>9786258327090</t>
+        </is>
+      </c>
+      <c r="B1849" s="1" t="inlineStr">
+        <is>
+          <t>Küpeli</t>
+        </is>
+      </c>
+      <c r="C1849" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1850" spans="1:3">
+      <c r="A1850" s="1" t="inlineStr">
+        <is>
+          <t>9786258327106</t>
+        </is>
+      </c>
+      <c r="B1850" s="1" t="inlineStr">
+        <is>
+          <t>Seneca'nın Doğa Felsefesi: Stoacı Doğa Araştırmaları Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C1850" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1851" spans="1:3">
+      <c r="A1851" s="1" t="inlineStr">
+        <is>
+          <t>9786258327113</t>
+        </is>
+      </c>
+      <c r="B1851" s="1" t="inlineStr">
+        <is>
+          <t>Otranto Şatosu</t>
+        </is>
+      </c>
+      <c r="C1851" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1852" spans="1:3">
+      <c r="A1852" s="1" t="inlineStr">
+        <is>
+          <t>9786258327076</t>
+        </is>
+      </c>
+      <c r="B1852" s="1" t="inlineStr">
+        <is>
+          <t>Baraka: Son “Köle Kargosunun” Gerçek Hikayesi</t>
+        </is>
+      </c>
+      <c r="C1852" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1853" spans="1:3">
+      <c r="A1853" s="1" t="inlineStr">
+        <is>
+          <t>9786258327083</t>
+        </is>
+      </c>
+      <c r="B1853" s="1" t="inlineStr">
+        <is>
+          <t>Iron Karı'nın Maceraları</t>
+        </is>
+      </c>
+      <c r="C1853" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1854" spans="1:3">
+      <c r="A1854" s="1" t="inlineStr">
+        <is>
+          <t>9786258327007</t>
+        </is>
+      </c>
+      <c r="B1854" s="1" t="inlineStr">
+        <is>
+          <t>Geçici</t>
+        </is>
+      </c>
+      <c r="C1854" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1855" spans="1:3">
+      <c r="A1855" s="1" t="inlineStr">
+        <is>
+          <t>9786258327052</t>
+        </is>
+      </c>
+      <c r="B1855" s="1" t="inlineStr">
+        <is>
+          <t>Masa, Bayrak, Sandalye</t>
+        </is>
+      </c>
+      <c r="C1855" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1856" spans="1:3">
+      <c r="A1856" s="1" t="inlineStr">
+        <is>
+          <t>9786258327045</t>
+        </is>
+      </c>
+      <c r="B1856" s="1" t="inlineStr">
+        <is>
+          <t>Ölühane Kapıları - Malazan Yitikler Kitabı 2</t>
+        </is>
+      </c>
+      <c r="C1856" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1857" spans="1:3">
+      <c r="A1857" s="1" t="inlineStr">
+        <is>
+          <t>9786258401998</t>
+        </is>
+      </c>
+      <c r="B1857" s="1" t="inlineStr">
+        <is>
+          <t>Yoko</t>
+        </is>
+      </c>
+      <c r="C1857" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1858" spans="1:3">
+      <c r="A1858" s="1" t="inlineStr">
+        <is>
+          <t>9786258327038</t>
+        </is>
+      </c>
+      <c r="B1858" s="1" t="inlineStr">
+        <is>
+          <t>Avucumda Soğuk Elin</t>
+        </is>
+      </c>
+      <c r="C1858" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1859" spans="1:3">
+      <c r="A1859" s="1" t="inlineStr">
+        <is>
+          <t>9786258327021</t>
+        </is>
+      </c>
+      <c r="B1859" s="1" t="inlineStr">
+        <is>
+          <t>Kvaidan - Tuhaf Şeylere Dair Öyküler ve İncelemeler</t>
+        </is>
+      </c>
+      <c r="C1859" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1860" spans="1:3">
+      <c r="A1860" s="1" t="inlineStr">
+        <is>
+          <t>9786258401943</t>
+        </is>
+      </c>
+      <c r="B1860" s="1" t="inlineStr">
+        <is>
+          <t>Zellenbur’un Sıradan Bir Günü</t>
+        </is>
+      </c>
+      <c r="C1860" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1861" spans="1:3">
+      <c r="A1861" s="1" t="inlineStr">
+        <is>
+          <t>9786258401967</t>
+        </is>
+      </c>
+      <c r="B1861" s="1" t="inlineStr">
+        <is>
+          <t>Satürn Evleri 5. Cilt</t>
+        </is>
+      </c>
+      <c r="C1861" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1862" spans="1:3">
+      <c r="A1862" s="1" t="inlineStr">
+        <is>
+          <t>9786258401882</t>
+        </is>
+      </c>
+      <c r="B1862" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Şeyler</t>
+        </is>
+      </c>
+      <c r="C1862" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1863" spans="1:3">
+      <c r="A1863" s="1" t="inlineStr">
+        <is>
+          <t>9786258401868</t>
+        </is>
+      </c>
+      <c r="B1863" s="1" t="inlineStr">
+        <is>
+          <t>Genç Werther’in Acıları</t>
+        </is>
+      </c>
+      <c r="C1863" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1864" spans="1:3">
+      <c r="A1864" s="1" t="inlineStr">
+        <is>
+          <t>9786258401899</t>
+        </is>
+      </c>
+      <c r="B1864" s="1" t="inlineStr">
+        <is>
+          <t>Kötü Tohumlar</t>
+        </is>
+      </c>
+      <c r="C1864" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1865" spans="1:3">
+      <c r="A1865" s="1" t="inlineStr">
+        <is>
+          <t>9786258401875</t>
+        </is>
+      </c>
+      <c r="B1865" s="1" t="inlineStr">
+        <is>
+          <t>Pandora Odası</t>
+        </is>
+      </c>
+      <c r="C1865" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1866" spans="1:3">
+      <c r="A1866" s="1" t="inlineStr">
+        <is>
+          <t>9786258401851</t>
+        </is>
+      </c>
+      <c r="B1866" s="1" t="inlineStr">
+        <is>
+          <t>Haz</t>
+        </is>
+      </c>
+      <c r="C1866" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1867" spans="1:3">
+      <c r="A1867" s="1" t="inlineStr">
+        <is>
+          <t>9786258401752</t>
+        </is>
+      </c>
+      <c r="B1867" s="1" t="inlineStr">
+        <is>
+          <t>Plüton'un Düş'üşü</t>
+        </is>
+      </c>
+      <c r="C1867" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1868" spans="1:3">
+      <c r="A1868" s="1" t="inlineStr">
+        <is>
+          <t>9786258401790</t>
+        </is>
+      </c>
+      <c r="B1868" s="1" t="inlineStr">
+        <is>
+          <t>Suat Derviş: Efsane Bir Kadın ve Dönemi</t>
+        </is>
+      </c>
+      <c r="C1868" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1869" spans="1:3">
+      <c r="A1869" s="1" t="inlineStr">
+        <is>
+          <t>9786258401776</t>
+        </is>
+      </c>
+      <c r="B1869" s="1" t="inlineStr">
+        <is>
+          <t>Nüfus: 1280</t>
+        </is>
+      </c>
+      <c r="C1869" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1870" spans="1:3">
+      <c r="A1870" s="1" t="inlineStr">
+        <is>
+          <t>9786258401769</t>
+        </is>
+      </c>
+      <c r="B1870" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Geçmiş</t>
+        </is>
+      </c>
+      <c r="C1870" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1871" spans="1:3">
+      <c r="A1871" s="1" t="inlineStr">
+        <is>
+          <t>9786258401738</t>
+        </is>
+      </c>
+      <c r="B1871" s="1" t="inlineStr">
+        <is>
+          <t>Reset At: Video Oyun Sektöründeki Çöküş ve Toparlanmalar</t>
+        </is>
+      </c>
+      <c r="C1871" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1872" spans="1:3">
+      <c r="A1872" s="1" t="inlineStr">
+        <is>
+          <t>9786258401677</t>
+        </is>
+      </c>
+      <c r="B1872" s="1" t="inlineStr">
+        <is>
+          <t>Gez Gör Menekşe</t>
+        </is>
+      </c>
+      <c r="C1872" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1873" spans="1:3">
+      <c r="A1873" s="1" t="inlineStr">
+        <is>
+          <t>9786258401660</t>
+        </is>
+      </c>
+      <c r="B1873" s="1" t="inlineStr">
+        <is>
+          <t>Kara</t>
+        </is>
+      </c>
+      <c r="C1873" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1874" spans="1:3">
+      <c r="A1874" s="1" t="inlineStr">
+        <is>
+          <t>9786258401691</t>
+        </is>
+      </c>
+      <c r="B1874" s="1" t="inlineStr">
+        <is>
+          <t>Gel Eve Dönelim</t>
+        </is>
+      </c>
+      <c r="C1874" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1875" spans="1:3">
+      <c r="A1875" s="1" t="inlineStr">
+        <is>
+          <t>9786258401653</t>
+        </is>
+      </c>
+      <c r="B1875" s="1" t="inlineStr">
+        <is>
+          <t>Satürn Evleri 4. Cilt</t>
+        </is>
+      </c>
+      <c r="C1875" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1876" spans="1:3">
+      <c r="A1876" s="1" t="inlineStr">
+        <is>
+          <t>9786258401721</t>
+        </is>
+      </c>
+      <c r="B1876" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kedi, Bir Adam, İki Kadın</t>
+        </is>
+      </c>
+      <c r="C1876" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1877" spans="1:3">
+      <c r="A1877" s="1" t="inlineStr">
+        <is>
+          <t>9786258401714</t>
+        </is>
+      </c>
+      <c r="B1877" s="1" t="inlineStr">
+        <is>
+          <t>Gölgeye Övgü</t>
+        </is>
+      </c>
+      <c r="C1877" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1878" spans="1:3">
+      <c r="A1878" s="1" t="inlineStr">
+        <is>
+          <t>9786258401707</t>
+        </is>
+      </c>
+      <c r="B1878" s="1" t="inlineStr">
+        <is>
+          <t>Özerkin Hisarı</t>
+        </is>
+      </c>
+      <c r="C1878" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1879" spans="1:3">
+      <c r="A1879" s="1" t="inlineStr">
+        <is>
+          <t>9786258401585</t>
+        </is>
+      </c>
+      <c r="B1879" s="1" t="inlineStr">
+        <is>
+          <t>Şık</t>
+        </is>
+      </c>
+      <c r="C1879" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1880" spans="1:3">
+      <c r="A1880" s="1" t="inlineStr">
+        <is>
+          <t>9786258401578</t>
+        </is>
+      </c>
+      <c r="B1880" s="1" t="inlineStr">
+        <is>
+          <t>Çingeneler</t>
+        </is>
+      </c>
+      <c r="C1880" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1881" spans="1:3">
+      <c r="A1881" s="1" t="inlineStr">
+        <is>
+          <t>9786258401561</t>
+        </is>
+      </c>
+      <c r="B1881" s="1" t="inlineStr">
+        <is>
+          <t>Sen Ben Lenin - Bir Hikaye İki Senaryo Bir Film</t>
+        </is>
+      </c>
+      <c r="C1881" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1882" spans="1:3">
+      <c r="A1882" s="1" t="inlineStr">
+        <is>
+          <t>9786258401646</t>
+        </is>
+      </c>
+      <c r="B1882" s="1" t="inlineStr">
+        <is>
+          <t>Altı Üstü İstanbul</t>
+        </is>
+      </c>
+      <c r="C1882" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1883" spans="1:3">
+      <c r="A1883" s="1" t="inlineStr">
+        <is>
+          <t>9786258401639</t>
+        </is>
+      </c>
+      <c r="B1883" s="1" t="inlineStr">
+        <is>
+          <t>Ejderha Cumhuriyeti (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1883" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="1884" spans="1:3">
+      <c r="A1884" s="1" t="inlineStr">
+        <is>
+          <t>9786258401615</t>
+        </is>
+      </c>
+      <c r="B1884" s="1" t="inlineStr">
+        <is>
+          <t>Essex Yılanı</t>
+        </is>
+      </c>
+      <c r="C1884" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1885" spans="1:3">
+      <c r="A1885" s="1" t="inlineStr">
+        <is>
+          <t>9786258401608</t>
+        </is>
+      </c>
+      <c r="B1885" s="1" t="inlineStr">
+        <is>
+          <t>Diğer Taraf</t>
+        </is>
+      </c>
+      <c r="C1885" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1886" spans="1:3">
+      <c r="A1886" s="1" t="inlineStr">
+        <is>
+          <t>9786258401592</t>
+        </is>
+      </c>
+      <c r="B1886" s="1" t="inlineStr">
+        <is>
+          <t>Yabancılarla Bir Yaz</t>
+        </is>
+      </c>
+      <c r="C1886" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1887" spans="1:3">
+      <c r="A1887" s="1" t="inlineStr">
+        <is>
+          <t>9786258401516</t>
+        </is>
+      </c>
+      <c r="B1887" s="1" t="inlineStr">
+        <is>
+          <t>Etnomüzikoloji - Kültürler ve Müzikler</t>
+        </is>
+      </c>
+      <c r="C1887" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1888" spans="1:3">
+      <c r="A1888" s="1" t="inlineStr">
+        <is>
+          <t>9786258401493</t>
+        </is>
+      </c>
+      <c r="B1888" s="1" t="inlineStr">
+        <is>
+          <t>Metropol Ninnisi</t>
+        </is>
+      </c>
+      <c r="C1888" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1889" spans="1:3">
+      <c r="A1889" s="1" t="inlineStr">
+        <is>
+          <t>9786258401486</t>
+        </is>
+      </c>
+      <c r="B1889" s="1" t="inlineStr">
+        <is>
+          <t>Zift</t>
+        </is>
+      </c>
+      <c r="C1889" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1890" spans="1:3">
+      <c r="A1890" s="1" t="inlineStr">
+        <is>
+          <t>9786258401523</t>
+        </is>
+      </c>
+      <c r="B1890" s="1" t="inlineStr">
+        <is>
+          <t>Bütün İyiler Öldü</t>
+        </is>
+      </c>
+      <c r="C1890" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1891" spans="1:3">
+      <c r="A1891" s="1" t="inlineStr">
+        <is>
+          <t>9786258401554</t>
+        </is>
+      </c>
+      <c r="B1891" s="1" t="inlineStr">
+        <is>
+          <t>Uncharted - Resmi Roman Uyarlaması</t>
+        </is>
+      </c>
+      <c r="C1891" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1892" spans="1:3">
+      <c r="A1892" s="1" t="inlineStr">
+        <is>
+          <t>9786258401509</t>
+        </is>
+      </c>
+      <c r="B1892" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Kudreti</t>
+        </is>
+      </c>
+      <c r="C1892" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1893" spans="1:3">
+      <c r="A1893" s="1" t="inlineStr">
+        <is>
+          <t>9786258401547</t>
+        </is>
+      </c>
+      <c r="B1893" s="1" t="inlineStr">
+        <is>
+          <t>Otuz Dokuz Basamak</t>
+        </is>
+      </c>
+      <c r="C1893" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1894" spans="1:3">
+      <c r="A1894" s="1" t="inlineStr">
+        <is>
+          <t>9786258401530</t>
+        </is>
+      </c>
+      <c r="B1894" s="1" t="inlineStr">
+        <is>
+          <t>Kara Bulut</t>
+        </is>
+      </c>
+      <c r="C1894" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1895" spans="1:3">
+      <c r="A1895" s="1" t="inlineStr">
+        <is>
+          <t>9786257442565</t>
+        </is>
+      </c>
+      <c r="B1895" s="1" t="inlineStr">
+        <is>
+          <t>Son Saatler</t>
+        </is>
+      </c>
+      <c r="C1895" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1896" spans="1:3">
+      <c r="A1896" s="1" t="inlineStr">
+        <is>
+          <t>9786258401455</t>
+        </is>
+      </c>
+      <c r="B1896" s="1" t="inlineStr">
+        <is>
+          <t>Otlar Çağırıyor</t>
+        </is>
+      </c>
+      <c r="C1896" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1897" spans="1:3">
+      <c r="A1897" s="1" t="inlineStr">
+        <is>
+          <t>9786258401462</t>
+        </is>
+      </c>
+      <c r="B1897" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenci Kız</t>
+        </is>
+      </c>
+      <c r="C1897" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1898" spans="1:3">
+      <c r="A1898" s="1" t="inlineStr">
+        <is>
+          <t>9786258401363</t>
+        </is>
+      </c>
+      <c r="B1898" s="1" t="inlineStr">
+        <is>
+          <t>Misk-i Amber</t>
+        </is>
+      </c>
+      <c r="C1898" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1899" spans="1:3">
+      <c r="A1899" s="1" t="inlineStr">
+        <is>
+          <t>9786258401387</t>
+        </is>
+      </c>
+      <c r="B1899" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya</t>
+        </is>
+      </c>
+      <c r="C1899" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1900" spans="1:3">
+      <c r="A1900" s="1" t="inlineStr">
+        <is>
+          <t>9786258401356</t>
+        </is>
+      </c>
+      <c r="B1900" s="1" t="inlineStr">
+        <is>
+          <t>Ses</t>
+        </is>
+      </c>
+      <c r="C1900" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1901" spans="1:3">
+      <c r="A1901" s="1" t="inlineStr">
+        <is>
+          <t>9786258401349</t>
+        </is>
+      </c>
+      <c r="B1901" s="1" t="inlineStr">
+        <is>
+          <t>Gördüm Çiçeği</t>
+        </is>
+      </c>
+      <c r="C1901" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1902" spans="1:3">
+      <c r="A1902" s="1" t="inlineStr">
+        <is>
+          <t>9786258401301</t>
+        </is>
+      </c>
+      <c r="B1902" s="1" t="inlineStr">
+        <is>
+          <t>Çukur</t>
+        </is>
+      </c>
+      <c r="C1902" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1903" spans="1:3">
+      <c r="A1903" s="1" t="inlineStr">
+        <is>
+          <t>9786258401370</t>
+        </is>
+      </c>
+      <c r="B1903" s="1" t="inlineStr">
+        <is>
+          <t>Tokyo Ueno İstasyonu</t>
+        </is>
+      </c>
+      <c r="C1903" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1904" spans="1:3">
+      <c r="A1904" s="1" t="inlineStr">
+        <is>
+          <t>9786257913584</t>
+        </is>
+      </c>
+      <c r="B1904" s="1" t="inlineStr">
+        <is>
+          <t>Kışın Yüreği - Zaman Çarkı 9 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1904" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="1905" spans="1:3">
+      <c r="A1905" s="1" t="inlineStr">
+        <is>
+          <t>9786053752677</t>
+        </is>
+      </c>
+      <c r="B1905" s="1" t="inlineStr">
+        <is>
+          <t>Tanrının Oku</t>
+        </is>
+      </c>
+      <c r="C1905" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1906" spans="1:3">
+      <c r="A1906" s="1" t="inlineStr">
+        <is>
+          <t>9786258327489</t>
+        </is>
+      </c>
+      <c r="B1906" s="1" t="inlineStr">
+        <is>
+          <t>Ve Bütün Çirkinler Öldürülecek</t>
+        </is>
+      </c>
+      <c r="C1906" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1907" spans="1:3">
+      <c r="A1907" s="1" t="inlineStr">
+        <is>
+          <t>9786053754015</t>
+        </is>
+      </c>
+      <c r="B1907" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Uçurum İncisiyim</t>
+        </is>
+      </c>
+      <c r="C1907" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1908" spans="1:3">
+      <c r="A1908" s="1" t="inlineStr">
+        <is>
+          <t>9786258327410</t>
+        </is>
+      </c>
+      <c r="B1908" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadın Astronotun Anıları</t>
+        </is>
+      </c>
+      <c r="C1908" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1909" spans="1:3">
+      <c r="A1909" s="1" t="inlineStr">
+        <is>
+          <t>9786258327519</t>
+        </is>
+      </c>
+      <c r="B1909" s="1" t="inlineStr">
+        <is>
+          <t>Tuvofi</t>
+        </is>
+      </c>
+      <c r="C1909" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1910" spans="1:3">
+      <c r="A1910" s="1" t="inlineStr">
+        <is>
+          <t>9786258327502</t>
+        </is>
+      </c>
+      <c r="B1910" s="1" t="inlineStr">
+        <is>
+          <t>Bağdat'ın Aslanları</t>
+        </is>
+      </c>
+      <c r="C1910" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1911" spans="1:3">
+      <c r="A1911" s="1" t="inlineStr">
+        <is>
+          <t>9786258327397</t>
+        </is>
+      </c>
+      <c r="B1911" s="1" t="inlineStr">
+        <is>
+          <t>Sınırdaki Ev</t>
+        </is>
+      </c>
+      <c r="C1911" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1912" spans="1:3">
+      <c r="A1912" s="1" t="inlineStr">
+        <is>
+          <t>9786258327427</t>
+        </is>
+      </c>
+      <c r="B1912" s="1" t="inlineStr">
+        <is>
+          <t>Kapalıçarşı</t>
+        </is>
+      </c>
+      <c r="C1912" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1913" spans="1:3">
+      <c r="A1913" s="1" t="inlineStr">
+        <is>
+          <t>9786258327403</t>
+        </is>
+      </c>
+      <c r="B1913" s="1" t="inlineStr">
+        <is>
+          <t>AnarŞık</t>
+        </is>
+      </c>
+      <c r="C1913" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1914" spans="1:3">
+      <c r="A1914" s="1" t="inlineStr">
+        <is>
+          <t>9786258327328</t>
+        </is>
+      </c>
+      <c r="B1914" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Ev - Yürüyen Şato Serisi 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1914" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1915" spans="1:3">
+      <c r="A1915" s="1" t="inlineStr">
+        <is>
+          <t>9786258327380</t>
+        </is>
+      </c>
+      <c r="B1915" s="1" t="inlineStr">
+        <is>
+          <t>Satürn Evleri 6</t>
+        </is>
+      </c>
+      <c r="C1915" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1916" spans="1:3">
+      <c r="A1916" s="1" t="inlineStr">
+        <is>
+          <t>9786258327335</t>
+        </is>
+      </c>
+      <c r="B1916" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Şato - Yürüyen Şato Serisi 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1916" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1917" spans="1:3">
+      <c r="A1917" s="1" t="inlineStr">
+        <is>
+          <t>9786258327342</t>
+        </is>
+      </c>
+      <c r="B1917" s="1" t="inlineStr">
+        <is>
+          <t>Rom Günlükleri</t>
+        </is>
+      </c>
+      <c r="C1917" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1918" spans="1:3">
+      <c r="A1918" s="1" t="inlineStr">
+        <is>
+          <t>9786258327366</t>
+        </is>
+      </c>
+      <c r="B1918" s="1" t="inlineStr">
+        <is>
+          <t>O Öyle Olmadı</t>
+        </is>
+      </c>
+      <c r="C1918" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1919" spans="1:3">
+      <c r="A1919" s="1" t="inlineStr">
+        <is>
+          <t>9786258327373</t>
+        </is>
+      </c>
+      <c r="B1919" s="1" t="inlineStr">
+        <is>
+          <t>Neptün Müzakereleri</t>
+        </is>
+      </c>
+      <c r="C1919" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1920" spans="1:3">
+      <c r="A1920" s="1" t="inlineStr">
+        <is>
+          <t>9786258327359</t>
+        </is>
+      </c>
+      <c r="B1920" s="1" t="inlineStr">
+        <is>
+          <t>Olesya</t>
+        </is>
+      </c>
+      <c r="C1920" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1921" spans="1:3">
+      <c r="A1921" s="1" t="inlineStr">
+        <is>
+          <t>9786258327151</t>
+        </is>
+      </c>
+      <c r="B1921" s="1" t="inlineStr">
+        <is>
+          <t>Japon Balığı Kargaşası</t>
+        </is>
+      </c>
+      <c r="C1921" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1922" spans="1:3">
+      <c r="A1922" s="1" t="inlineStr">
+        <is>
+          <t>9786258327229</t>
+        </is>
+      </c>
+      <c r="B1922" s="1" t="inlineStr">
+        <is>
+          <t>Saltanattan Demokratik Türkiye'ye: Kemalizm Tarihinin Ana Hatları</t>
+        </is>
+      </c>
+      <c r="C1922" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1923" spans="1:3">
+      <c r="A1923" s="1" t="inlineStr">
+        <is>
+          <t>9786258327205</t>
+        </is>
+      </c>
+      <c r="B1923" s="1" t="inlineStr">
+        <is>
+          <t>Küp: Bulmacalarla Dolu Bir Hayat</t>
+        </is>
+      </c>
+      <c r="C1923" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1924" spans="1:3">
+      <c r="A1924" s="1" t="inlineStr">
+        <is>
+          <t>9786258327236</t>
+        </is>
+      </c>
+      <c r="B1924" s="1" t="inlineStr">
+        <is>
+          <t>Faş</t>
+        </is>
+      </c>
+      <c r="C1924" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1925" spans="1:3">
+      <c r="A1925" s="1" t="inlineStr">
+        <is>
+          <t>9786258327144</t>
+        </is>
+      </c>
+      <c r="B1925" s="1" t="inlineStr">
+        <is>
+          <t>Sandman: Uvertür</t>
+        </is>
+      </c>
+      <c r="C1925" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="1926" spans="1:3">
+      <c r="A1926" s="1" t="inlineStr">
+        <is>
+          <t>9786258401981</t>
+        </is>
+      </c>
+      <c r="B1926" s="1" t="inlineStr">
+        <is>
+          <t>Ginza Hayaleti ve Diğer Gizem Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1926" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1927" spans="1:3">
+      <c r="A1927" s="1" t="inlineStr">
+        <is>
+          <t>9786258401950</t>
+        </is>
+      </c>
+      <c r="B1927" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Dostlarımıza</t>
+        </is>
+      </c>
+      <c r="C1927" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1928" spans="1:3">
+      <c r="A1928" s="1" t="inlineStr">
+        <is>
+          <t>9786258401820</t>
+        </is>
+      </c>
+      <c r="B1928" s="1" t="inlineStr">
+        <is>
+          <t>Darbuka Solos</t>
+        </is>
+      </c>
+      <c r="C1928" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1929" spans="1:3">
+      <c r="A1929" s="1" t="inlineStr">
+        <is>
+          <t>9786258401806</t>
+        </is>
+      </c>
+      <c r="B1929" s="1" t="inlineStr">
+        <is>
+          <t>Gayya Kuyusu</t>
+        </is>
+      </c>
+      <c r="C1929" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1930" spans="1:3">
+      <c r="A1930" s="1" t="inlineStr">
+        <is>
+          <t>9786258401844</t>
+        </is>
+      </c>
+      <c r="B1930" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Ölülerin Derileri Aynıdır</t>
+        </is>
+      </c>
+      <c r="C1930" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1931" spans="1:3">
+      <c r="A1931" s="1" t="inlineStr">
+        <is>
+          <t>9786258401837</t>
+        </is>
+      </c>
+      <c r="B1931" s="1" t="inlineStr">
+        <is>
+          <t>Çıtırlar Farkında Değil</t>
+        </is>
+      </c>
+      <c r="C1931" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1932" spans="1:3">
+      <c r="A1932" s="1" t="inlineStr">
+        <is>
+          <t>9786258401813</t>
+        </is>
+      </c>
+      <c r="B1932" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Ot</t>
+        </is>
+      </c>
+      <c r="C1932" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1933" spans="1:3">
+      <c r="A1933" s="1" t="inlineStr">
+        <is>
+          <t>9786258401684</t>
+        </is>
+      </c>
+      <c r="B1933" s="1" t="inlineStr">
+        <is>
+          <t>İokaste'nin Çocukları</t>
+        </is>
+      </c>
+      <c r="C1933" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1934" spans="1:3">
+      <c r="A1934" s="1" t="inlineStr">
+        <is>
+          <t>9786258401479</t>
+        </is>
+      </c>
+      <c r="B1934" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlığımı Yitirirken</t>
+        </is>
+      </c>
+      <c r="C1934" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1935" spans="1:3">
+      <c r="A1935" s="1" t="inlineStr">
+        <is>
+          <t>9786258401394</t>
+        </is>
+      </c>
+      <c r="B1935" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Öldüğü Gün</t>
+        </is>
+      </c>
+      <c r="C1935" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1936" spans="1:3">
+      <c r="A1936" s="1" t="inlineStr">
+        <is>
+          <t>9786258401431</t>
+        </is>
+      </c>
+      <c r="B1936" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı ve Siyah</t>
+        </is>
+      </c>
+      <c r="C1936" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1937" spans="1:3">
+      <c r="A1937" s="1" t="inlineStr">
+        <is>
+          <t>9786258401448</t>
+        </is>
+      </c>
+      <c r="B1937" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar, Erkekler ve Tuhaf Öyküler</t>
+        </is>
+      </c>
+      <c r="C1937" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1938" spans="1:3">
+      <c r="A1938" s="1" t="inlineStr">
+        <is>
+          <t>9786258401424</t>
+        </is>
+      </c>
+      <c r="B1938" s="1" t="inlineStr">
+        <is>
+          <t>Temel Parçacıklar</t>
+        </is>
+      </c>
+      <c r="C1938" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1939" spans="1:3">
+      <c r="A1939" s="1" t="inlineStr">
+        <is>
+          <t>9786258401417</t>
+        </is>
+      </c>
+      <c r="B1939" s="1" t="inlineStr">
+        <is>
+          <t>Harita ve Topraklar</t>
+        </is>
+      </c>
+      <c r="C1939" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1940" spans="1:3">
+      <c r="A1940" s="1" t="inlineStr">
+        <is>
+          <t>9786258401318</t>
+        </is>
+      </c>
+      <c r="B1940" s="1" t="inlineStr">
+        <is>
+          <t>Kışlalar Doldu Bugün</t>
+        </is>
+      </c>
+      <c r="C1940" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1941" spans="1:3">
+      <c r="A1941" s="1" t="inlineStr">
+        <is>
+          <t>9786258401325</t>
+        </is>
+      </c>
+      <c r="B1941" s="1" t="inlineStr">
+        <is>
+          <t>Dinlenme ve Rahatlama Yılım</t>
+        </is>
+      </c>
+      <c r="C1941" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1942" spans="1:3">
+      <c r="A1942" s="1" t="inlineStr">
+        <is>
+          <t>9786258401295</t>
+        </is>
+      </c>
+      <c r="B1942" s="1" t="inlineStr">
+        <is>
+          <t>Can</t>
+        </is>
+      </c>
+      <c r="C1942" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1943" spans="1:3">
+      <c r="A1943" s="1" t="inlineStr">
+        <is>
+          <t>9786258401332</t>
+        </is>
+      </c>
+      <c r="B1943" s="1" t="inlineStr">
+        <is>
+          <t>Çevengur</t>
+        </is>
+      </c>
+      <c r="C1943" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1944" spans="1:3">
+      <c r="A1944" s="1" t="inlineStr">
+        <is>
+          <t>9786258401288</t>
+        </is>
+      </c>
+      <c r="B1944" s="1" t="inlineStr">
+        <is>
+          <t>Meleğin Düşüşü</t>
+        </is>
+      </c>
+      <c r="C1944" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1945" spans="1:3">
+      <c r="A1945" s="1" t="inlineStr">
+        <is>
+          <t>9786258401127</t>
+        </is>
+      </c>
+      <c r="B1945" s="1" t="inlineStr">
+        <is>
+          <t>Lilith’in Dölü</t>
+        </is>
+      </c>
+      <c r="C1945" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="1946" spans="1:3">
+      <c r="A1946" s="1" t="inlineStr">
+        <is>
+          <t>9786258401264</t>
+        </is>
+      </c>
+      <c r="B1946" s="1" t="inlineStr">
+        <is>
+          <t>Cehennemden Öte: Türkiye Futbolunun Ruhunu Arayış</t>
+        </is>
+      </c>
+      <c r="C1946" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1947" spans="1:3">
+      <c r="A1947" s="1" t="inlineStr">
+        <is>
+          <t>9786258401257</t>
+        </is>
+      </c>
+      <c r="B1947" s="1" t="inlineStr">
+        <is>
+          <t>Güney Kitap Kulübü’nün Vampir Avlama Rehberi</t>
+        </is>
+      </c>
+      <c r="C1947" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1948" spans="1:3">
+      <c r="A1948" s="1" t="inlineStr">
+        <is>
+          <t>9786258401233</t>
+        </is>
+      </c>
+      <c r="B1948" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Alfabesi</t>
+        </is>
+      </c>
+      <c r="C1948" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1949" spans="1:3">
+      <c r="A1949" s="1" t="inlineStr">
+        <is>
+          <t>9786258401240</t>
+        </is>
+      </c>
+      <c r="B1949" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Köşk</t>
+        </is>
+      </c>
+      <c r="C1949" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1950" spans="1:3">
+      <c r="A1950" s="1" t="inlineStr">
+        <is>
+          <t>9786258401271</t>
+        </is>
+      </c>
+      <c r="B1950" s="1" t="inlineStr">
+        <is>
+          <t>Geç Kalan</t>
+        </is>
+      </c>
+      <c r="C1950" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1951" spans="1:3">
+      <c r="A1951" s="1" t="inlineStr">
+        <is>
+          <t>9786258401004</t>
+        </is>
+      </c>
+      <c r="B1951" s="1" t="inlineStr">
+        <is>
+          <t>Vatansız</t>
+        </is>
+      </c>
+      <c r="C1951" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1952" spans="1:3">
+      <c r="A1952" s="1" t="inlineStr">
+        <is>
+          <t>9786258475968</t>
+        </is>
+      </c>
+      <c r="B1952" s="1" t="inlineStr">
+        <is>
+          <t>Aramızdaki Fikret</t>
+        </is>
+      </c>
+      <c r="C1952" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1953" spans="1:3">
+      <c r="A1953" s="1" t="inlineStr">
+        <is>
+          <t>9786258475951</t>
+        </is>
+      </c>
+      <c r="B1953" s="1" t="inlineStr">
+        <is>
+          <t>Scott Pilgrim 1: Scott Pilgrim’in Değerli ve Basit Hayatı</t>
+        </is>
+      </c>
+      <c r="C1953" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1954" spans="1:3">
+      <c r="A1954" s="1" t="inlineStr">
+        <is>
+          <t>9786258475975</t>
+        </is>
+      </c>
+      <c r="B1954" s="1" t="inlineStr">
+        <is>
+          <t>Dokuzuncu Gideon / Kilitli Kabir 1</t>
+        </is>
+      </c>
+      <c r="C1954" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1955" spans="1:3">
+      <c r="A1955" s="1" t="inlineStr">
+        <is>
+          <t>9786258475890</t>
+        </is>
+      </c>
+      <c r="B1955" s="1" t="inlineStr">
+        <is>
+          <t>Leyla, Mektubum Eline Ulaştı mı?</t>
+        </is>
+      </c>
+      <c r="C1955" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1956" spans="1:3">
+      <c r="A1956" s="1" t="inlineStr">
+        <is>
+          <t>9786258475715</t>
+        </is>
+      </c>
+      <c r="B1956" s="1" t="inlineStr">
+        <is>
+          <t>İz Sürücü</t>
+        </is>
+      </c>
+      <c r="C1956" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1957" spans="1:3">
+      <c r="A1957" s="1" t="inlineStr">
+        <is>
+          <t>9786258475937</t>
+        </is>
+      </c>
+      <c r="B1957" s="1" t="inlineStr">
+        <is>
+          <t>Hagakure: Saklı Yapraklar</t>
+        </is>
+      </c>
+      <c r="C1957" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1958" spans="1:3">
+      <c r="A1958" s="1" t="inlineStr">
+        <is>
+          <t>9786258475906</t>
+        </is>
+      </c>
+      <c r="B1958" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dünya Dert</t>
+        </is>
+      </c>
+      <c r="C1958" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1959" spans="1:3">
+      <c r="A1959" s="1" t="inlineStr">
+        <is>
+          <t>9786258401219</t>
+        </is>
+      </c>
+      <c r="B1959" s="1" t="inlineStr">
+        <is>
+          <t>Nötralizör</t>
+        </is>
+      </c>
+      <c r="C1959" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1960" spans="1:3">
+      <c r="A1960" s="1" t="inlineStr">
+        <is>
+          <t>9786258401189</t>
+        </is>
+      </c>
+      <c r="B1960" s="1" t="inlineStr">
+        <is>
+          <t>Söğütler</t>
+        </is>
+      </c>
+      <c r="C1960" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1961" spans="1:3">
+      <c r="A1961" s="1" t="inlineStr">
+        <is>
+          <t>9786258401172</t>
+        </is>
+      </c>
+      <c r="B1961" s="1" t="inlineStr">
+        <is>
+          <t>Deli ve Dahi</t>
+        </is>
+      </c>
+      <c r="C1961" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1962" spans="1:3">
+      <c r="A1962" s="1" t="inlineStr">
+        <is>
+          <t>9786258401196</t>
+        </is>
+      </c>
+      <c r="B1962" s="1" t="inlineStr">
+        <is>
+          <t>Zeno'nun Bilinci</t>
+        </is>
+      </c>
+      <c r="C1962" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1963" spans="1:3">
+      <c r="A1963" s="1" t="inlineStr">
+        <is>
+          <t>9786258401226</t>
+        </is>
+      </c>
+      <c r="B1963" s="1" t="inlineStr">
+        <is>
+          <t>Sekiz Dedektif</t>
+        </is>
+      </c>
+      <c r="C1963" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1964" spans="1:3">
+      <c r="A1964" s="1" t="inlineStr">
+        <is>
+          <t>9786258401158</t>
+        </is>
+      </c>
+      <c r="B1964" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlik</t>
+        </is>
+      </c>
+      <c r="C1964" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1965" spans="1:3">
+      <c r="A1965" s="1" t="inlineStr">
+        <is>
+          <t>9786258401202</t>
+        </is>
+      </c>
+      <c r="B1965" s="1" t="inlineStr">
+        <is>
+          <t>Aynalar Cehennemi ve Diğer Öyküler</t>
+        </is>
+      </c>
+      <c r="C1965" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1966" spans="1:3">
+      <c r="A1966" s="1" t="inlineStr">
+        <is>
+          <t>9786258401134</t>
+        </is>
+      </c>
+      <c r="B1966" s="1" t="inlineStr">
+        <is>
+          <t>Sakat Göz</t>
+        </is>
+      </c>
+      <c r="C1966" s="1">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="1967" spans="1:3">
+      <c r="A1967" s="1" t="inlineStr">
+        <is>
+          <t>9786258401141</t>
+        </is>
+      </c>
+      <c r="B1967" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Orta Yeri</t>
+        </is>
+      </c>
+      <c r="C1967" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1968" spans="1:3">
+      <c r="A1968" s="1" t="inlineStr">
+        <is>
+          <t>9786258401165</t>
+        </is>
+      </c>
+      <c r="B1968" s="1" t="inlineStr">
+        <is>
+          <t>Anlaşılır Tuhaflık</t>
+        </is>
+      </c>
+      <c r="C1968" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1969" spans="1:3">
+      <c r="A1969" s="1" t="inlineStr">
+        <is>
+          <t>9786258401059</t>
+        </is>
+      </c>
+      <c r="B1969" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Sessiz Ruhu</t>
+        </is>
+      </c>
+      <c r="C1969" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1970" spans="1:3">
+      <c r="A1970" s="1" t="inlineStr">
+        <is>
+          <t>9786258401110</t>
+        </is>
+      </c>
+      <c r="B1970" s="1" t="inlineStr">
+        <is>
+          <t>Satürn Evleri 3. Cilt</t>
+        </is>
+      </c>
+      <c r="C1970" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1971" spans="1:3">
+      <c r="A1971" s="1" t="inlineStr">
+        <is>
+          <t>9786258475982</t>
+        </is>
+      </c>
+      <c r="B1971" s="1" t="inlineStr">
+        <is>
+          <t>Bir Oğlanın Yaşamı</t>
+        </is>
+      </c>
+      <c r="C1971" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1972" spans="1:3">
+      <c r="A1972" s="1" t="inlineStr">
+        <is>
+          <t>9786258401080</t>
+        </is>
+      </c>
+      <c r="B1972" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Odası</t>
+        </is>
+      </c>
+      <c r="C1972" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1973" spans="1:3">
+      <c r="A1973" s="1" t="inlineStr">
+        <is>
+          <t>9786258401073</t>
+        </is>
+      </c>
+      <c r="B1973" s="1" t="inlineStr">
+        <is>
+          <t>Daktilo Nebahat</t>
+        </is>
+      </c>
+      <c r="C1973" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1974" spans="1:3">
+      <c r="A1974" s="1" t="inlineStr">
+        <is>
+          <t>9786258401066</t>
+        </is>
+      </c>
+      <c r="B1974" s="1" t="inlineStr">
+        <is>
+          <t>Kadının Sesi Yok</t>
+        </is>
+      </c>
+      <c r="C1974" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1975" spans="1:3">
+      <c r="A1975" s="1" t="inlineStr">
+        <is>
+          <t>9786258401097</t>
+        </is>
+      </c>
+      <c r="B1975" s="1" t="inlineStr">
+        <is>
+          <t>Günlerin Köpüğü (Resimli)</t>
+        </is>
+      </c>
+      <c r="C1975" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1976" spans="1:3">
+      <c r="A1976" s="1" t="inlineStr">
+        <is>
+          <t>9786258401103</t>
+        </is>
+      </c>
+      <c r="B1976" s="1" t="inlineStr">
+        <is>
+          <t>Loudun Şeytanları</t>
+        </is>
+      </c>
+      <c r="C1976" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1977" spans="1:3">
+      <c r="A1977" s="1" t="inlineStr">
+        <is>
+          <t>9786258475425</t>
+        </is>
+      </c>
+      <c r="B1977" s="1" t="inlineStr">
+        <is>
+          <t>Kiki’nin Cadı Kargosu 1</t>
+        </is>
+      </c>
+      <c r="C1977" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1978" spans="1:3">
+      <c r="A1978" s="1" t="inlineStr">
+        <is>
+          <t>9786258475999</t>
+        </is>
+      </c>
+      <c r="B1978" s="1" t="inlineStr">
+        <is>
+          <t>Tavhane Çocuklar</t>
+        </is>
+      </c>
+      <c r="C1978" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1979" spans="1:3">
+      <c r="A1979" s="1" t="inlineStr">
+        <is>
+          <t>9786258475739</t>
+        </is>
+      </c>
+      <c r="B1979" s="1" t="inlineStr">
+        <is>
+          <t>Akılsız Sokrates</t>
+        </is>
+      </c>
+      <c r="C1979" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1980" spans="1:3">
+      <c r="A1980" s="1" t="inlineStr">
+        <is>
+          <t>9786258401028</t>
+        </is>
+      </c>
+      <c r="B1980" s="1" t="inlineStr">
+        <is>
+          <t>Robotlar ve İmparatorluk - Robot Serisi</t>
+        </is>
+      </c>
+      <c r="C1980" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="1981" spans="1:3">
+      <c r="A1981" s="1" t="inlineStr">
+        <is>
+          <t>9786258401035</t>
+        </is>
+      </c>
+      <c r="B1981" s="1" t="inlineStr">
+        <is>
+          <t>Meksika Gotiği</t>
+        </is>
+      </c>
+      <c r="C1981" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1982" spans="1:3">
+      <c r="A1982" s="1" t="inlineStr">
+        <is>
+          <t>9786258475913</t>
+        </is>
+      </c>
+      <c r="B1982" s="1" t="inlineStr">
+        <is>
+          <t>Dudaklarımdaki Rüzgar</t>
+        </is>
+      </c>
+      <c r="C1982" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1983" spans="1:3">
+      <c r="A1983" s="1" t="inlineStr">
+        <is>
+          <t>9786258475920</t>
+        </is>
+      </c>
+      <c r="B1983" s="1" t="inlineStr">
+        <is>
+          <t>Almanlar Neden Daha İyi Yapıyor</t>
+        </is>
+      </c>
+      <c r="C1983" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1984" spans="1:3">
+      <c r="A1984" s="1" t="inlineStr">
+        <is>
+          <t>9786258475814</t>
+        </is>
+      </c>
+      <c r="B1984" s="1" t="inlineStr">
+        <is>
+          <t>Ay Bahçeleri / Malazan Yitikler Kitabı 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1984" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="1985" spans="1:3">
+      <c r="A1985" s="1" t="inlineStr">
+        <is>
+          <t>9786258475845</t>
+        </is>
+      </c>
+      <c r="B1985" s="1" t="inlineStr">
+        <is>
+          <t>Âdem Ademoğlu’nun Boşluğu</t>
+        </is>
+      </c>
+      <c r="C1985" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1986" spans="1:3">
+      <c r="A1986" s="1" t="inlineStr">
+        <is>
+          <t>9786258475838</t>
+        </is>
+      </c>
+      <c r="B1986" s="1" t="inlineStr">
+        <is>
+          <t>Çürük Ayvalar</t>
+        </is>
+      </c>
+      <c r="C1986" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1987" spans="1:3">
+      <c r="A1987" s="1" t="inlineStr">
+        <is>
+          <t>9786258475852</t>
+        </is>
+      </c>
+      <c r="B1987" s="1" t="inlineStr">
+        <is>
+          <t>Tavana Bak</t>
+        </is>
+      </c>
+      <c r="C1987" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1988" spans="1:3">
+      <c r="A1988" s="1" t="inlineStr">
+        <is>
+          <t>9786258475821</t>
+        </is>
+      </c>
+      <c r="B1988" s="1" t="inlineStr">
+        <is>
+          <t>Bu Başı Ne Yapalım?</t>
+        </is>
+      </c>
+      <c r="C1988" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1989" spans="1:3">
+      <c r="A1989" s="1" t="inlineStr">
+        <is>
+          <t>9786258475869</t>
+        </is>
+      </c>
+      <c r="B1989" s="1" t="inlineStr">
+        <is>
+          <t>Kâbus Sokağı</t>
+        </is>
+      </c>
+      <c r="C1989" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1990" spans="1:3">
+      <c r="A1990" s="1" t="inlineStr">
+        <is>
+          <t>9786258475876</t>
+        </is>
+      </c>
+      <c r="B1990" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Katil</t>
+        </is>
+      </c>
+      <c r="C1990" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1991" spans="1:3">
+      <c r="A1991" s="1" t="inlineStr">
+        <is>
+          <t>9786258475784</t>
+        </is>
+      </c>
+      <c r="B1991" s="1" t="inlineStr">
+        <is>
+          <t>Bize Göre ve Bir Seyahatin Notları</t>
+        </is>
+      </c>
+      <c r="C1991" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1992" spans="1:3">
+      <c r="A1992" s="1" t="inlineStr">
+        <is>
+          <t>9786258475777</t>
+        </is>
+      </c>
+      <c r="B1992" s="1" t="inlineStr">
+        <is>
+          <t>Elleri Kara Çocuk</t>
+        </is>
+      </c>
+      <c r="C1992" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1993" spans="1:3">
+      <c r="A1993" s="1" t="inlineStr">
+        <is>
+          <t>9786258475791</t>
+        </is>
+      </c>
+      <c r="B1993" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Panayırların Heyulası: Kayıp Rıhtım Öykü Antolojisi</t>
+        </is>
+      </c>
+      <c r="C1993" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1994" spans="1:3">
+      <c r="A1994" s="1" t="inlineStr">
+        <is>
+          <t>9786258475753</t>
+        </is>
+      </c>
+      <c r="B1994" s="1" t="inlineStr">
+        <is>
+          <t>Takas</t>
+        </is>
+      </c>
+      <c r="C1994" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1995" spans="1:3">
+      <c r="A1995" s="1" t="inlineStr">
+        <is>
+          <t>9786258475807</t>
+        </is>
+      </c>
+      <c r="B1995" s="1" t="inlineStr">
+        <is>
+          <t>Ay Bahçeleri / Malazan Yitikler Kitabı 1</t>
+        </is>
+      </c>
+      <c r="C1995" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="1996" spans="1:3">
+      <c r="A1996" s="1" t="inlineStr">
+        <is>
+          <t>9786258475708</t>
+        </is>
+      </c>
+      <c r="B1996" s="1" t="inlineStr">
+        <is>
+          <t>Yayan Yapıldak</t>
+        </is>
+      </c>
+      <c r="C1996" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1997" spans="1:3">
+      <c r="A1997" s="1" t="inlineStr">
+        <is>
+          <t>9786258475661</t>
+        </is>
+      </c>
+      <c r="B1997" s="1" t="inlineStr">
+        <is>
+          <t>Firefly - Basbayağı Kahraman</t>
+        </is>
+      </c>
+      <c r="C1997" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1998" spans="1:3">
+      <c r="A1998" s="1" t="inlineStr">
+        <is>
+          <t>9786258475746</t>
+        </is>
+      </c>
+      <c r="B1998" s="1" t="inlineStr">
+        <is>
+          <t>Şafağın Robotları - Robot Serisi 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C1998" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1999" spans="1:3">
+      <c r="A1999" s="1" t="inlineStr">
+        <is>
+          <t>9786258475722</t>
+        </is>
+      </c>
+      <c r="B1999" s="1" t="inlineStr">
+        <is>
+          <t>Cadının Yüreği</t>
+        </is>
+      </c>
+      <c r="C1999" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2000" spans="1:3">
+      <c r="A2000" s="1" t="inlineStr">
+        <is>
+          <t>9786258475654</t>
+        </is>
+      </c>
+      <c r="B2000" s="1" t="inlineStr">
+        <is>
+          <t>Genç Törless’in Buhranları</t>
+        </is>
+      </c>
+      <c r="C2000" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2001" spans="1:3">
+      <c r="A2001" s="1" t="inlineStr">
+        <is>
+          <t>9786258475692</t>
+        </is>
+      </c>
+      <c r="B2001" s="1" t="inlineStr">
+        <is>
+          <t>Satürn Evleri 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C2001" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="2002" spans="1:3">
+      <c r="A2002" s="1" t="inlineStr">
+        <is>
+          <t>9786258475678</t>
+        </is>
+      </c>
+      <c r="B2002" s="1" t="inlineStr">
+        <is>
+          <t>Yakarış Çemberi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2002" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2003" spans="1:3">
+      <c r="A2003" s="1" t="inlineStr">
+        <is>
+          <t>9786258475685</t>
+        </is>
+      </c>
+      <c r="B2003" s="1" t="inlineStr">
+        <is>
+          <t>Ardından</t>
+        </is>
+      </c>
+      <c r="C2003" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2004" spans="1:3">
+      <c r="A2004" s="1" t="inlineStr">
+        <is>
+          <t>9786258475609</t>
+        </is>
+      </c>
+      <c r="B2004" s="1" t="inlineStr">
+        <is>
+          <t>Swamp Thing Efsanesi: 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C2004" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="2005" spans="1:3">
+      <c r="A2005" s="1" t="inlineStr">
+        <is>
+          <t>9786258475647</t>
+        </is>
+      </c>
+      <c r="B2005" s="1" t="inlineStr">
+        <is>
+          <t>Şebeke Etkisi</t>
+        </is>
+      </c>
+      <c r="C2005" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2006" spans="1:3">
+      <c r="A2006" s="1" t="inlineStr">
+        <is>
+          <t>9786258475593</t>
+        </is>
+      </c>
+      <c r="B2006" s="1" t="inlineStr">
+        <is>
+          <t>Maymun Pençesi ve Diğer Öyküler</t>
+        </is>
+      </c>
+      <c r="C2006" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2007" spans="1:3">
+      <c r="A2007" s="1" t="inlineStr">
+        <is>
+          <t>9786258475616</t>
+        </is>
+      </c>
+      <c r="B2007" s="1" t="inlineStr">
+        <is>
+          <t>Aynalı</t>
+        </is>
+      </c>
+      <c r="C2007" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2008" spans="1:3">
+      <c r="A2008" s="1" t="inlineStr">
+        <is>
+          <t>9786258475623</t>
+        </is>
+      </c>
+      <c r="B2008" s="1" t="inlineStr">
+        <is>
+          <t>Gör Bağır</t>
+        </is>
+      </c>
+      <c r="C2008" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2009" spans="1:3">
+      <c r="A2009" s="1" t="inlineStr">
+        <is>
+          <t>9786258475630</t>
+        </is>
+      </c>
+      <c r="B2009" s="1" t="inlineStr">
+        <is>
+          <t>Haşhaş Savaşı - Haşhaş Savaşı Üçlemesi 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2009" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="2010" spans="1:3">
+      <c r="A2010" s="1" t="inlineStr">
+        <is>
+          <t>9786258475531</t>
+        </is>
+      </c>
+      <c r="B2010" s="1" t="inlineStr">
+        <is>
+          <t>Haşhaş Savaşı - Haşhaş Savaşı Üçlemesi 1</t>
+        </is>
+      </c>
+      <c r="C2010" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="2011" spans="1:3">
+      <c r="A2011" s="1" t="inlineStr">
+        <is>
+          <t>9786258475562</t>
+        </is>
+      </c>
+      <c r="B2011" s="1" t="inlineStr">
+        <is>
+          <t>Çıkrıklar Durunca</t>
+        </is>
+      </c>
+      <c r="C2011" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2012" spans="1:3">
+      <c r="A2012" s="1" t="inlineStr">
+        <is>
+          <t>9786258475555</t>
+        </is>
+      </c>
+      <c r="B2012" s="1" t="inlineStr">
+        <is>
+          <t>Zavallı Necdet</t>
+        </is>
+      </c>
+      <c r="C2012" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2013" spans="1:3">
+      <c r="A2013" s="1" t="inlineStr">
+        <is>
+          <t>9786258475586</t>
+        </is>
+      </c>
+      <c r="B2013" s="1" t="inlineStr">
+        <is>
+          <t>Arı Nehrinin Ağzında</t>
+        </is>
+      </c>
+      <c r="C2013" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2014" spans="1:3">
+      <c r="A2014" s="1" t="inlineStr">
+        <is>
+          <t>9786258475524</t>
+        </is>
+      </c>
+      <c r="B2014" s="1" t="inlineStr">
+        <is>
+          <t>Cehennem Melekleri</t>
+        </is>
+      </c>
+      <c r="C2014" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2015" spans="1:3">
+      <c r="A2015" s="1" t="inlineStr">
+        <is>
+          <t>9786258475579</t>
+        </is>
+      </c>
+      <c r="B2015" s="1" t="inlineStr">
+        <is>
+          <t>Çıplak Güneş - Robot Serisi 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C2015" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2016" spans="1:3">
+      <c r="A2016" s="1" t="inlineStr">
+        <is>
+          <t>9786258475470</t>
+        </is>
+      </c>
+      <c r="B2016" s="1" t="inlineStr">
+        <is>
+          <t>Edward Said’le Yeniden Başlamak: Entelektüel, Sürgün ve Şarkiyatçılık</t>
+        </is>
+      </c>
+      <c r="C2016" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="2017" spans="1:3">
+      <c r="A2017" s="1" t="inlineStr">
+        <is>
+          <t>9786258475517</t>
+        </is>
+      </c>
+      <c r="B2017" s="1" t="inlineStr">
+        <is>
+          <t>Son Ses, Son Nefes: Ölüm Hikâyeleri</t>
+        </is>
+      </c>
+      <c r="C2017" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2018" spans="1:3">
+      <c r="A2018" s="1" t="inlineStr">
+        <is>
+          <t>9786258475487</t>
+        </is>
+      </c>
+      <c r="B2018" s="1" t="inlineStr">
+        <is>
+          <t>Aşağıdan Seveceğim Ülkeyi</t>
+        </is>
+      </c>
+      <c r="C2018" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2019" spans="1:3">
+      <c r="A2019" s="1" t="inlineStr">
+        <is>
+          <t>9786258475494</t>
+        </is>
+      </c>
+      <c r="B2019" s="1" t="inlineStr">
+        <is>
+          <t>Kumarbaz</t>
+        </is>
+      </c>
+      <c r="C2019" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2020" spans="1:3">
+      <c r="A2020" s="1" t="inlineStr">
+        <is>
+          <t>9786258475500</t>
+        </is>
+      </c>
+      <c r="B2020" s="1" t="inlineStr">
+        <is>
+          <t>Oblomov</t>
+        </is>
+      </c>
+      <c r="C2020" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="2021" spans="1:3">
+      <c r="A2021" s="1" t="inlineStr">
+        <is>
+          <t>9786258475463</t>
+        </is>
+      </c>
+      <c r="B2021" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bahar - Zaman Çarkı Başlangıç Kitabı</t>
+        </is>
+      </c>
+      <c r="C2021" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="2022" spans="1:3">
+      <c r="A2022" s="1" t="inlineStr">
+        <is>
+          <t>9786258475432</t>
+        </is>
+      </c>
+      <c r="B2022" s="1" t="inlineStr">
+        <is>
+          <t>Kapanda Bir Hayal</t>
+        </is>
+      </c>
+      <c r="C2022" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2023" spans="1:3">
+      <c r="A2023" s="1" t="inlineStr">
+        <is>
+          <t>9786258475456</t>
+        </is>
+      </c>
+      <c r="B2023" s="1" t="inlineStr">
+        <is>
+          <t>Semenderlerle Savaş</t>
+        </is>
+      </c>
+      <c r="C2023" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2024" spans="1:3">
+      <c r="A2024" s="1" t="inlineStr">
+        <is>
+          <t>9786258475289</t>
+        </is>
+      </c>
+      <c r="B2024" s="1" t="inlineStr">
+        <is>
+          <t>İç Mekan Çin Mahallesi</t>
+        </is>
+      </c>
+      <c r="C2024" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2025" spans="1:3">
+      <c r="A2025" s="1" t="inlineStr">
+        <is>
+          <t>9786258475449</t>
+        </is>
+      </c>
+      <c r="B2025" s="1" t="inlineStr">
+        <is>
+          <t>On Bin Kapı</t>
+        </is>
+      </c>
+      <c r="C2025" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2026" spans="1:3">
+      <c r="A2026" s="1" t="inlineStr">
+        <is>
+          <t>9786258475326</t>
+        </is>
+      </c>
+      <c r="B2026" s="1" t="inlineStr">
+        <is>
+          <t>Işığın Anısı - Zaman Çarkı 14</t>
+        </is>
+      </c>
+      <c r="C2026" s="1">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="2027" spans="1:3">
+      <c r="A2027" s="1" t="inlineStr">
+        <is>
+          <t>9786258475418</t>
+        </is>
+      </c>
+      <c r="B2027" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın Çırağı</t>
+        </is>
+      </c>
+      <c r="C2027" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2028" spans="1:3">
+      <c r="A2028" s="1" t="inlineStr">
+        <is>
+          <t>9786258475401</t>
+        </is>
+      </c>
+      <c r="B2028" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Bambu ve Diğer Fantastik Öyküler</t>
+        </is>
+      </c>
+      <c r="C2028" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2029" spans="1:3">
+      <c r="A2029" s="1" t="inlineStr">
+        <is>
+          <t>9786258475395</t>
+        </is>
+      </c>
+      <c r="B2029" s="1" t="inlineStr">
+        <is>
+          <t>Yaban Kazı</t>
+        </is>
+      </c>
+      <c r="C2029" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2030" spans="1:3">
+      <c r="A2030" s="1" t="inlineStr">
+        <is>
+          <t>9786258475388</t>
+        </is>
+      </c>
+      <c r="B2030" s="1" t="inlineStr">
+        <is>
+          <t>Satürn Evleri 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C2030" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="2031" spans="1:3">
+      <c r="A2031" s="1" t="inlineStr">
+        <is>
+          <t>9786258475371</t>
+        </is>
+      </c>
+      <c r="B2031" s="1" t="inlineStr">
+        <is>
+          <t>Sarmaşık</t>
+        </is>
+      </c>
+      <c r="C2031" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2032" spans="1:3">
+      <c r="A2032" s="1" t="inlineStr">
+        <is>
+          <t>9786258475340</t>
+        </is>
+      </c>
+      <c r="B2032" s="1" t="inlineStr">
+        <is>
+          <t>Geceyarısı Kuleleri - Zaman Çarkı 13</t>
+        </is>
+      </c>
+      <c r="C2032" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="2033" spans="1:3">
+      <c r="A2033" s="1" t="inlineStr">
+        <is>
+          <t>9786258475319</t>
+        </is>
+      </c>
+      <c r="B2033" s="1" t="inlineStr">
+        <is>
+          <t>Fırtına Toplanıyor - Zaman Çarkı 12</t>
+        </is>
+      </c>
+      <c r="C2033" s="1">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="2034" spans="1:3">
+      <c r="A2034" s="1" t="inlineStr">
+        <is>
+          <t>9786258475296</t>
+        </is>
+      </c>
+      <c r="B2034" s="1" t="inlineStr">
+        <is>
+          <t>Kağnı</t>
+        </is>
+      </c>
+      <c r="C2034" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2035" spans="1:3">
+      <c r="A2035" s="1" t="inlineStr">
+        <is>
+          <t>9786258475333</t>
+        </is>
+      </c>
+      <c r="B2035" s="1" t="inlineStr">
+        <is>
+          <t>Kızıllar</t>
+        </is>
+      </c>
+      <c r="C2035" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2036" spans="1:3">
+      <c r="A2036" s="1" t="inlineStr">
+        <is>
+          <t>9786258475357</t>
+        </is>
+      </c>
+      <c r="B2036" s="1" t="inlineStr">
+        <is>
+          <t>Göçebeler Diyarı</t>
+        </is>
+      </c>
+      <c r="C2036" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2037" spans="1:3">
+      <c r="A2037" s="1" t="inlineStr">
+        <is>
+          <t>9786258475265</t>
+        </is>
+      </c>
+      <c r="B2037" s="1" t="inlineStr">
+        <is>
+          <t>Düş Hançeri - Zaman Çarkı 11</t>
+        </is>
+      </c>
+      <c r="C2037" s="1">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="2038" spans="1:3">
+      <c r="A2038" s="1" t="inlineStr">
+        <is>
+          <t>9786258475272</t>
+        </is>
+      </c>
+      <c r="B2038" s="1" t="inlineStr">
+        <is>
+          <t>Alacakaranlık Kavşağı - Zaman Çarkı 10</t>
+        </is>
+      </c>
+      <c r="C2038" s="1">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="2039" spans="1:3">
+      <c r="A2039" s="1" t="inlineStr">
+        <is>
+          <t>9786258475241</t>
+        </is>
+      </c>
+      <c r="B2039" s="1" t="inlineStr">
+        <is>
+          <t>Yük</t>
+        </is>
+      </c>
+      <c r="C2039" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2040" spans="1:3">
+      <c r="A2040" s="1" t="inlineStr">
+        <is>
+          <t>9786258475258</t>
+        </is>
+      </c>
+      <c r="B2040" s="1" t="inlineStr">
+        <is>
+          <t>Süt Dişleri</t>
+        </is>
+      </c>
+      <c r="C2040" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2041" spans="1:3">
+      <c r="A2041" s="1" t="inlineStr">
+        <is>
+          <t>9786258475210</t>
+        </is>
+      </c>
+      <c r="B2041" s="1" t="inlineStr">
+        <is>
+          <t>Kışın Yüreği - Zaman Çarkı 9</t>
+        </is>
+      </c>
+      <c r="C2041" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2042" spans="1:3">
+      <c r="A2042" s="1" t="inlineStr">
+        <is>
+          <t>9786258475227</t>
+        </is>
+      </c>
+      <c r="B2042" s="1" t="inlineStr">
+        <is>
+          <t>Hançer Yolu - Zaman Çarkı 8</t>
+        </is>
+      </c>
+      <c r="C2042" s="1">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="2043" spans="1:3">
+      <c r="A2043" s="1" t="inlineStr">
+        <is>
+          <t>9786258487541</t>
+        </is>
+      </c>
+      <c r="B2043" s="1" t="inlineStr">
+        <is>
+          <t>Kılıçlar Denizi - Drizzt Efsanesi 13. Kitap</t>
+        </is>
+      </c>
+      <c r="C2043" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2044" spans="1:3">
+      <c r="A2044" s="1" t="inlineStr">
+        <is>
+          <t>9786258487558</t>
+        </is>
+      </c>
+      <c r="B2044" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Omurgası - Drizzt Efsanesi 12. Kitap</t>
+        </is>
+      </c>
+      <c r="C2044" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2045" spans="1:3">
+      <c r="A2045" s="1" t="inlineStr">
+        <is>
+          <t>9786258487534</t>
+        </is>
+      </c>
+      <c r="B2045" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Kılıç - Drizzt Efsanesi 11. Kitap</t>
+        </is>
+      </c>
+      <c r="C2045" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2046" spans="1:3">
+      <c r="A2046" s="1" t="inlineStr">
+        <is>
+          <t>9786258475180</t>
+        </is>
+      </c>
+      <c r="B2046" s="1" t="inlineStr">
+        <is>
+          <t>Kışın Kahverengi Çocuğu</t>
+        </is>
+      </c>
+      <c r="C2046" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2047" spans="1:3">
+      <c r="A2047" s="1" t="inlineStr">
+        <is>
+          <t>9786258475203</t>
+        </is>
+      </c>
+      <c r="B2047" s="1" t="inlineStr">
+        <is>
+          <t>Alaybozan</t>
+        </is>
+      </c>
+      <c r="C2047" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2048" spans="1:3">
+      <c r="A2048" s="1" t="inlineStr">
+        <is>
+          <t>9786258475104</t>
+        </is>
+      </c>
+      <c r="B2048" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Melun</t>
+        </is>
+      </c>
+      <c r="C2048" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="2049" spans="1:3">
+      <c r="A2049" s="1" t="inlineStr">
+        <is>
+          <t>9786258475197</t>
+        </is>
+      </c>
+      <c r="B2049" s="1" t="inlineStr">
+        <is>
+          <t>Çelik Mağaralar</t>
+        </is>
+      </c>
+      <c r="C2049" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2050" spans="1:3">
+      <c r="A2050" s="1" t="inlineStr">
+        <is>
+          <t>9786258475166</t>
+        </is>
+      </c>
+      <c r="B2050" s="1" t="inlineStr">
+        <is>
+          <t>Tüylerinizi Ürpertecek Yepyeni Öyküler - Korkunç Öyküler 3</t>
+        </is>
+      </c>
+      <c r="C2050" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2051" spans="1:3">
+      <c r="A2051" s="1" t="inlineStr">
+        <is>
+          <t>9786257650083</t>
+        </is>
+      </c>
+      <c r="B2051" s="1" t="inlineStr">
+        <is>
+          <t>Kılıçtan Taç - Zaman Çarkı 7</t>
+        </is>
+      </c>
+      <c r="C2051" s="1">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="2052" spans="1:3">
+      <c r="A2052" s="1" t="inlineStr">
+        <is>
+          <t>9786257650106</t>
+        </is>
+      </c>
+      <c r="B2052" s="1" t="inlineStr">
+        <is>
+          <t>Kaos Lordu - Zaman Çarkı 6</t>
+        </is>
+      </c>
+      <c r="C2052" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="2053" spans="1:3">
+      <c r="A2053" s="1" t="inlineStr">
+        <is>
+          <t>9786258475098</t>
+        </is>
+      </c>
+      <c r="B2053" s="1" t="inlineStr">
+        <is>
+          <t>Planetary Cilt 4</t>
+        </is>
+      </c>
+      <c r="C2053" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2054" spans="1:3">
+      <c r="A2054" s="1" t="inlineStr">
+        <is>
+          <t>9786258475159</t>
+        </is>
+      </c>
+      <c r="B2054" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıkta Anlatılacak Bambaşka Korkunç Öyküler - Korkunç Öyküler 2</t>
+        </is>
+      </c>
+      <c r="C2054" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2055" spans="1:3">
+      <c r="A2055" s="1" t="inlineStr">
+        <is>
+          <t>9786258475142</t>
+        </is>
+      </c>
+      <c r="B2055" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıkta Anlatılacak Korkunç Öyküler - Korkunç Öyküler 1</t>
+        </is>
+      </c>
+      <c r="C2055" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2056" spans="1:3">
+      <c r="A2056" s="1" t="inlineStr">
+        <is>
+          <t>9786258475128</t>
+        </is>
+      </c>
+      <c r="B2056" s="1" t="inlineStr">
+        <is>
+          <t>Topraktan Dönenler</t>
+        </is>
+      </c>
+      <c r="C2056" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2057" spans="1:3">
+      <c r="A2057" s="1" t="inlineStr">
+        <is>
+          <t>9786258475111</t>
+        </is>
+      </c>
+      <c r="B2057" s="1" t="inlineStr">
+        <is>
+          <t>Son Düello: Ortaçağ Fransa’sında Suç, Skandal ve Düelloyla Yargının Gerçek Hikayesi</t>
+        </is>
+      </c>
+      <c r="C2057" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2058" spans="1:3">
+      <c r="A2058" s="1" t="inlineStr">
+        <is>
+          <t>9786258475135</t>
+        </is>
+      </c>
+      <c r="B2058" s="1" t="inlineStr">
+        <is>
+          <t>Uzak Yarın</t>
+        </is>
+      </c>
+      <c r="C2058" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2059" spans="1:3">
+      <c r="A2059" s="1" t="inlineStr">
+        <is>
+          <t>9786257442589</t>
+        </is>
+      </c>
+      <c r="B2059" s="1" t="inlineStr">
+        <is>
+          <t>Sabotaj: Anadolu’da Hazin Bir Komplo Öyküsü</t>
+        </is>
+      </c>
+      <c r="C2059" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2060" spans="1:3">
+      <c r="A2060" s="1" t="inlineStr">
+        <is>
+          <t>9786258475050</t>
+        </is>
+      </c>
+      <c r="B2060" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen</t>
+        </is>
+      </c>
+      <c r="C2060" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2061" spans="1:3">
+      <c r="A2061" s="1" t="inlineStr">
+        <is>
+          <t>9786258475036</t>
+        </is>
+      </c>
+      <c r="B2061" s="1" t="inlineStr">
+        <is>
+          <t>Refet</t>
+        </is>
+      </c>
+      <c r="C2061" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2062" spans="1:3">
+      <c r="A2062" s="1" t="inlineStr">
+        <is>
+          <t>9786258475043</t>
+        </is>
+      </c>
+      <c r="B2062" s="1" t="inlineStr">
+        <is>
+          <t>Karabibik</t>
+        </is>
+      </c>
+      <c r="C2062" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2063" spans="1:3">
+      <c r="A2063" s="1" t="inlineStr">
+        <is>
+          <t>9786258475029</t>
+        </is>
+      </c>
+      <c r="B2063" s="1" t="inlineStr">
+        <is>
+          <t>Zehra</t>
+        </is>
+      </c>
+      <c r="C2063" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2064" spans="1:3">
+      <c r="A2064" s="1" t="inlineStr">
+        <is>
+          <t>9786258487749</t>
+        </is>
+      </c>
+      <c r="B2064" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı’ya Verdikleri Adlar</t>
+        </is>
+      </c>
+      <c r="C2064" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2065" spans="1:3">
+      <c r="A2065" s="1" t="inlineStr">
+        <is>
+          <t>9786258487572</t>
+        </is>
+      </c>
+      <c r="B2065" s="1" t="inlineStr">
+        <is>
+          <t>Kuşlar Meclisi - Bayan Peregrine’in Tuhaf Çocukları 5 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2065" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="2066" spans="1:3">
+      <c r="A2066" s="1" t="inlineStr">
+        <is>
+          <t>9786258487756</t>
+        </is>
+      </c>
+      <c r="B2066" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’un En Esrarengiz Hikayeleri: Cevri Çelebi</t>
+        </is>
+      </c>
+      <c r="C2066" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2067" spans="1:3">
+      <c r="A2067" s="1" t="inlineStr">
+        <is>
+          <t>9786258487732</t>
+        </is>
+      </c>
+      <c r="B2067" s="1" t="inlineStr">
+        <is>
+          <t>Şey Veya Şeyler</t>
+        </is>
+      </c>
+      <c r="C2067" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2068" spans="1:3">
+      <c r="A2068" s="1" t="inlineStr">
+        <is>
+          <t>9786258487497</t>
+        </is>
+      </c>
+      <c r="B2068" s="1" t="inlineStr">
+        <is>
+          <t>Köpan Avı</t>
+        </is>
+      </c>
+      <c r="C2068" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2069" spans="1:3">
+      <c r="A2069" s="1" t="inlineStr">
+        <is>
+          <t>9786257650113</t>
+        </is>
+      </c>
+      <c r="B2069" s="1" t="inlineStr">
+        <is>
+          <t>Göğün Ateşleri - Zaman Çarkı 5</t>
+        </is>
+      </c>
+      <c r="C2069" s="1">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="2070" spans="1:3">
+      <c r="A2070" s="1" t="inlineStr">
+        <is>
+          <t>9786258487343</t>
+        </is>
+      </c>
+      <c r="B2070" s="1" t="inlineStr">
+        <is>
+          <t>İyi Yürekli Yaşlı Adam ile Güzel Kızın Öyküsü</t>
+        </is>
+      </c>
+      <c r="C2070" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2071" spans="1:3">
+      <c r="A2071" s="1" t="inlineStr">
+        <is>
+          <t>9786258487503</t>
+        </is>
+      </c>
+      <c r="B2071" s="1" t="inlineStr">
+        <is>
+          <t>Silsile: Bilimkurgu Öyküleri</t>
+        </is>
+      </c>
+      <c r="C2071" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2072" spans="1:3">
+      <c r="A2072" s="1" t="inlineStr">
+        <is>
+          <t>9786258487480</t>
+        </is>
+      </c>
+      <c r="B2072" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Kusur</t>
+        </is>
+      </c>
+      <c r="C2072" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="2073" spans="1:3">
+      <c r="A2073" s="1" t="inlineStr">
+        <is>
+          <t>9786257650090</t>
+        </is>
+      </c>
+      <c r="B2073" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Yükseliyor - Zaman Çarkı 4</t>
+        </is>
+      </c>
+      <c r="C2073" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="2074" spans="1:3">
+      <c r="A2074" s="1" t="inlineStr">
+        <is>
+          <t>9786257442596</t>
+        </is>
+      </c>
+      <c r="B2074" s="1" t="inlineStr">
+        <is>
+          <t>Moskova ’80</t>
+        </is>
+      </c>
+      <c r="C2074" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="2075" spans="1:3">
+      <c r="A2075" s="1" t="inlineStr">
+        <is>
+          <t>9786257442558</t>
+        </is>
+      </c>
+      <c r="B2075" s="1" t="inlineStr">
+        <is>
+          <t>Şoför Mustafa</t>
+        </is>
+      </c>
+      <c r="C2075" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2076" spans="1:3">
+      <c r="A2076" s="1" t="inlineStr">
+        <is>
+          <t>9786257442572</t>
+        </is>
+      </c>
+      <c r="B2076" s="1" t="inlineStr">
+        <is>
+          <t>Lanetli Otel</t>
+        </is>
+      </c>
+      <c r="C2076" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2077" spans="1:3">
+      <c r="A2077" s="1" t="inlineStr">
+        <is>
+          <t>9786257442602</t>
+        </is>
+      </c>
+      <c r="B2077" s="1" t="inlineStr">
+        <is>
+          <t>Geri Giden Saat</t>
+        </is>
+      </c>
+      <c r="C2077" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2078" spans="1:3">
+      <c r="A2078" s="1" t="inlineStr">
+        <is>
+          <t>9786257442497</t>
+        </is>
+      </c>
+      <c r="B2078" s="1" t="inlineStr">
+        <is>
+          <t>Dune - Grafik Roman, 1. Kısım</t>
+        </is>
+      </c>
+      <c r="C2078" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2079" spans="1:3">
+      <c r="A2079" s="1" t="inlineStr">
+        <is>
+          <t>9786257442480</t>
+        </is>
+      </c>
+      <c r="B2079" s="1" t="inlineStr">
+        <is>
+          <t>Uygunuşluk</t>
+        </is>
+      </c>
+      <c r="C2079" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2080" spans="1:3">
+      <c r="A2080" s="1" t="inlineStr">
+        <is>
+          <t>9786257442534</t>
+        </is>
+      </c>
+      <c r="B2080" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey ile Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C2080" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2081" spans="1:3">
+      <c r="A2081" s="1" t="inlineStr">
+        <is>
+          <t>9786257442503</t>
+        </is>
+      </c>
+      <c r="B2081" s="1" t="inlineStr">
+        <is>
+          <t>Gulyabani</t>
+        </is>
+      </c>
+      <c r="C2081" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2082" spans="1:3">
+      <c r="A2082" s="1" t="inlineStr">
+        <is>
+          <t>9786257442541</t>
+        </is>
+      </c>
+      <c r="B2082" s="1" t="inlineStr">
+        <is>
+          <t>Efsuncu Baba</t>
+        </is>
+      </c>
+      <c r="C2082" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2083" spans="1:3">
+      <c r="A2083" s="1" t="inlineStr">
+        <is>
+          <t>9786257442510</t>
+        </is>
+      </c>
+      <c r="B2083" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Yahut Silistre</t>
+        </is>
+      </c>
+      <c r="C2083" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2084" spans="1:3">
+      <c r="A2084" s="1" t="inlineStr">
+        <is>
+          <t>9786257442527</t>
+        </is>
+      </c>
+      <c r="B2084" s="1" t="inlineStr">
+        <is>
+          <t>Şener Büyüktürk’ün Sergüzeşti</t>
+        </is>
+      </c>
+      <c r="C2084" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2085" spans="1:3">
+      <c r="A2085" s="1" t="inlineStr">
+        <is>
+          <t>9786257442381</t>
+        </is>
+      </c>
+      <c r="B2085" s="1" t="inlineStr">
+        <is>
+          <t>Tatlısu</t>
+        </is>
+      </c>
+      <c r="C2085" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2086" spans="1:3">
+      <c r="A2086" s="1" t="inlineStr">
+        <is>
+          <t>9786257442473</t>
+        </is>
+      </c>
+      <c r="B2086" s="1" t="inlineStr">
+        <is>
+          <t>Florida</t>
+        </is>
+      </c>
+      <c r="C2086" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2087" spans="1:3">
+      <c r="A2087" s="1" t="inlineStr">
+        <is>
+          <t>9786257442466</t>
+        </is>
+      </c>
+      <c r="B2087" s="1" t="inlineStr">
+        <is>
+          <t>Talimatlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2087" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2088" spans="1:3">
+      <c r="A2088" s="1" t="inlineStr">
+        <is>
+          <t>9786257442404</t>
+        </is>
+      </c>
+      <c r="B2088" s="1" t="inlineStr">
+        <is>
+          <t>Jüpiterin Mirası Cilt 4</t>
+        </is>
+      </c>
+      <c r="C2088" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2089" spans="1:3">
+      <c r="A2089" s="1" t="inlineStr">
+        <is>
+          <t>9786257442435</t>
+        </is>
+      </c>
+      <c r="B2089" s="1" t="inlineStr">
+        <is>
+          <t>Caz Çağı Öyküleri</t>
+        </is>
+      </c>
+      <c r="C2089" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2090" spans="1:3">
+      <c r="A2090" s="1" t="inlineStr">
+        <is>
+          <t>9786257442459</t>
+        </is>
+      </c>
+      <c r="B2090" s="1" t="inlineStr">
+        <is>
+          <t>Mevki Uygarlığı</t>
+        </is>
+      </c>
+      <c r="C2090" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2091" spans="1:3">
+      <c r="A2091" s="1" t="inlineStr">
+        <is>
+          <t>9786257442442</t>
+        </is>
+      </c>
+      <c r="B2091" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Güne Şarkı</t>
+        </is>
+      </c>
+      <c r="C2091" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2092" spans="1:3">
+      <c r="A2092" s="1" t="inlineStr">
+        <is>
+          <t>9786257442374</t>
+        </is>
+      </c>
+      <c r="B2092" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Yaşayabilseydik</t>
+        </is>
+      </c>
+      <c r="C2092" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2093" spans="1:3">
+      <c r="A2093" s="1" t="inlineStr">
+        <is>
+          <t>9786257442343</t>
+        </is>
+      </c>
+      <c r="B2093" s="1" t="inlineStr">
+        <is>
+          <t>1984</t>
+        </is>
+      </c>
+      <c r="C2093" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2094" spans="1:3">
+      <c r="A2094" s="1" t="inlineStr">
+        <is>
+          <t>9786257442398</t>
+        </is>
+      </c>
+      <c r="B2094" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Projesi</t>
+        </is>
+      </c>
+      <c r="C2094" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="2095" spans="1:3">
+      <c r="A2095" s="1" t="inlineStr">
+        <is>
+          <t>9786257442350</t>
+        </is>
+      </c>
+      <c r="B2095" s="1" t="inlineStr">
+        <is>
+          <t>Akıl ve Tutku</t>
+        </is>
+      </c>
+      <c r="C2095" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2096" spans="1:3">
+      <c r="A2096" s="1" t="inlineStr">
+        <is>
+          <t>9786257442367</t>
+        </is>
+      </c>
+      <c r="B2096" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Başkan</t>
+        </is>
+      </c>
+      <c r="C2096" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="2097" spans="1:3">
+      <c r="A2097" s="1" t="inlineStr">
+        <is>
+          <t>9786257442336</t>
+        </is>
+      </c>
+      <c r="B2097" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C2097" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2098" spans="1:3">
+      <c r="A2098" s="1" t="inlineStr">
+        <is>
+          <t>9786257442312</t>
+        </is>
+      </c>
+      <c r="B2098" s="1" t="inlineStr">
+        <is>
+          <t>Nedret</t>
+        </is>
+      </c>
+      <c r="C2098" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2099" spans="1:3">
+      <c r="A2099" s="1" t="inlineStr">
+        <is>
+          <t>9786257442282</t>
+        </is>
+      </c>
+      <c r="B2099" s="1" t="inlineStr">
+        <is>
+          <t>İntibah</t>
+        </is>
+      </c>
+      <c r="C2099" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2100" spans="1:3">
+      <c r="A2100" s="1" t="inlineStr">
+        <is>
+          <t>9786257442329</t>
+        </is>
+      </c>
+      <c r="B2100" s="1" t="inlineStr">
+        <is>
+          <t>Mahalle</t>
+        </is>
+      </c>
+      <c r="C2100" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2101" spans="1:3">
+      <c r="A2101" s="1" t="inlineStr">
+        <is>
+          <t>9786257442305</t>
+        </is>
+      </c>
+      <c r="B2101" s="1" t="inlineStr">
+        <is>
+          <t>Müjdemi İsterim</t>
+        </is>
+      </c>
+      <c r="C2101" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2102" spans="1:3">
+      <c r="A2102" s="1" t="inlineStr">
+        <is>
+          <t>9786257442275</t>
+        </is>
+      </c>
+      <c r="B2102" s="1" t="inlineStr">
+        <is>
+          <t>Sessizlik</t>
+        </is>
+      </c>
+      <c r="C2102" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2103" spans="1:3">
+      <c r="A2103" s="1" t="inlineStr">
+        <is>
+          <t>9786257442268</t>
+        </is>
+      </c>
+      <c r="B2103" s="1" t="inlineStr">
+        <is>
+          <t>Yıkıcılık ve Ölüm Dürtüsü</t>
+        </is>
+      </c>
+      <c r="C2103" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="2104" spans="1:3">
+      <c r="A2104" s="1" t="inlineStr">
+        <is>
+          <t>9786257442220</t>
+        </is>
+      </c>
+      <c r="B2104" s="1" t="inlineStr">
+        <is>
+          <t>Loki’nin Sözü</t>
+        </is>
+      </c>
+      <c r="C2104" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2105" spans="1:3">
+      <c r="A2105" s="1" t="inlineStr">
+        <is>
+          <t>9786257442244</t>
+        </is>
+      </c>
+      <c r="B2105" s="1" t="inlineStr">
+        <is>
+          <t>Paris’te Bir Kurtadam</t>
+        </is>
+      </c>
+      <c r="C2105" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2106" spans="1:3">
+      <c r="A2106" s="1" t="inlineStr">
+        <is>
+          <t>9786257442251</t>
+        </is>
+      </c>
+      <c r="B2106" s="1" t="inlineStr">
+        <is>
+          <t>R. U. R. - Rossum’un Uluslararası Robotları</t>
+        </is>
+      </c>
+      <c r="C2106" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2107" spans="1:3">
+      <c r="A2107" s="1" t="inlineStr">
+        <is>
+          <t>9786257442237</t>
+        </is>
+      </c>
+      <c r="B2107" s="1" t="inlineStr">
+        <is>
+          <t>Alaycı Kuş</t>
+        </is>
+      </c>
+      <c r="C2107" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2108" spans="1:3">
+      <c r="A2108" s="1" t="inlineStr">
+        <is>
+          <t>9786257442190</t>
+        </is>
+      </c>
+      <c r="B2108" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Etek Giyelim</t>
+        </is>
+      </c>
+      <c r="C2108" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2109" spans="1:3">
+      <c r="A2109" s="1" t="inlineStr">
+        <is>
+          <t>9786257442183</t>
+        </is>
+      </c>
+      <c r="B2109" s="1" t="inlineStr">
+        <is>
+          <t>Gramofon Avrat</t>
+        </is>
+      </c>
+      <c r="C2109" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2110" spans="1:3">
+      <c r="A2110" s="1" t="inlineStr">
+        <is>
+          <t>9786257442213</t>
+        </is>
+      </c>
+      <c r="B2110" s="1" t="inlineStr">
+        <is>
+          <t>Conan: Cilt 2</t>
+        </is>
+      </c>
+      <c r="C2110" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2111" spans="1:3">
+      <c r="A2111" s="1" t="inlineStr">
+        <is>
+          <t>9786257442169</t>
+        </is>
+      </c>
+      <c r="B2111" s="1" t="inlineStr">
+        <is>
+          <t>Bozadam</t>
+        </is>
+      </c>
+      <c r="C2111" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="2112" spans="1:3">
+      <c r="A2112" s="1" t="inlineStr">
+        <is>
+          <t>9786257442152</t>
+        </is>
+      </c>
+      <c r="B2112" s="1" t="inlineStr">
+        <is>
+          <t>Karakambur</t>
+        </is>
+      </c>
+      <c r="C2112" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="2113" spans="1:3">
+      <c r="A2113" s="1" t="inlineStr">
+        <is>
+          <t>9786257442145</t>
+        </is>
+      </c>
+      <c r="B2113" s="1" t="inlineStr">
+        <is>
+          <t>Space Invaders</t>
+        </is>
+      </c>
+      <c r="C2113" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2114" spans="1:3">
+      <c r="A2114" s="1" t="inlineStr">
+        <is>
+          <t>9786257442107</t>
+        </is>
+      </c>
+      <c r="B2114" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C2114" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2115" spans="1:3">
+      <c r="A2115" s="1" t="inlineStr">
+        <is>
+          <t>9786257442084</t>
+        </is>
+      </c>
+      <c r="B2115" s="1" t="inlineStr">
+        <is>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
+        </is>
+      </c>
+      <c r="C2115" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2116" spans="1:3">
+      <c r="A2116" s="1" t="inlineStr">
+        <is>
+          <t>9786257442121</t>
+        </is>
+      </c>
+      <c r="B2116" s="1" t="inlineStr">
+        <is>
+          <t>Mai ve Siyah</t>
+        </is>
+      </c>
+      <c r="C2116" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2117" spans="1:3">
+      <c r="A2117" s="1" t="inlineStr">
+        <is>
+          <t>9786257442046</t>
+        </is>
+      </c>
+      <c r="B2117" s="1" t="inlineStr">
+        <is>
+          <t>Mezarlarınıza Tüküreceğim</t>
+        </is>
+      </c>
+      <c r="C2117" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2118" spans="1:3">
+      <c r="A2118" s="1" t="inlineStr">
+        <is>
+          <t>9786257442077</t>
+        </is>
+      </c>
+      <c r="B2118" s="1" t="inlineStr">
+        <is>
+          <t>Kitaplar ve Sigaralar</t>
+        </is>
+      </c>
+      <c r="C2118" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2119" spans="1:3">
+      <c r="A2119" s="1" t="inlineStr">
+        <is>
+          <t>9786257442053</t>
+        </is>
+      </c>
+      <c r="B2119" s="1" t="inlineStr">
+        <is>
+          <t>Yer Açın! Yer Açın!</t>
+        </is>
+      </c>
+      <c r="C2119" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2120" spans="1:3">
+      <c r="A2120" s="1" t="inlineStr">
+        <is>
+          <t>9786257442008</t>
+        </is>
+      </c>
+      <c r="B2120" s="1" t="inlineStr">
+        <is>
+          <t>Dönme Dolap Düşleri</t>
+        </is>
+      </c>
+      <c r="C2120" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2121" spans="1:3">
+      <c r="A2121" s="1" t="inlineStr">
+        <is>
+          <t>9786257442015</t>
+        </is>
+      </c>
+      <c r="B2121" s="1" t="inlineStr">
+        <is>
+          <t>Vakıf İleri</t>
+        </is>
+      </c>
+      <c r="C2121" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="2122" spans="1:3">
+      <c r="A2122" s="1" t="inlineStr">
+        <is>
+          <t>9786257442022</t>
+        </is>
+      </c>
+      <c r="B2122" s="1" t="inlineStr">
+        <is>
+          <t>Depo</t>
+        </is>
+      </c>
+      <c r="C2122" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2123" spans="1:3">
+      <c r="A2123" s="1" t="inlineStr">
+        <is>
+          <t>9786257650984</t>
+        </is>
+      </c>
+      <c r="B2123" s="1" t="inlineStr">
+        <is>
+          <t>Liktorun Kılıcı</t>
+        </is>
+      </c>
+      <c r="C2123" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2124" spans="1:3">
+      <c r="A2124" s="1" t="inlineStr">
+        <is>
+          <t>9786257650892</t>
+        </is>
+      </c>
+      <c r="B2124" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C2124" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2125" spans="1:3">
+      <c r="A2125" s="1" t="inlineStr">
+        <is>
+          <t>9786257650915</t>
+        </is>
+      </c>
+      <c r="B2125" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Memnu</t>
+        </is>
+      </c>
+      <c r="C2125" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2126" spans="1:3">
+      <c r="A2126" s="1" t="inlineStr">
+        <is>
+          <t>9786257650908</t>
+        </is>
+      </c>
+      <c r="B2126" s="1" t="inlineStr">
+        <is>
+          <t>Eylül</t>
+        </is>
+      </c>
+      <c r="C2126" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2127" spans="1:3">
+      <c r="A2127" s="1" t="inlineStr">
+        <is>
+          <t>9786257650946</t>
+        </is>
+      </c>
+      <c r="B2127" s="1" t="inlineStr">
+        <is>
+          <t>Sergüzeşt</t>
+        </is>
+      </c>
+      <c r="C2127" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2128" spans="1:3">
+      <c r="A2128" s="1" t="inlineStr">
+        <is>
+          <t>9786257650953</t>
+        </is>
+      </c>
+      <c r="B2128" s="1" t="inlineStr">
+        <is>
+          <t>A’mak-ı Hayal</t>
+        </is>
+      </c>
+      <c r="C2128" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2129" spans="1:3">
+      <c r="A2129" s="1" t="inlineStr">
+        <is>
+          <t>9786257650861</t>
+        </is>
+      </c>
+      <c r="B2129" s="1" t="inlineStr">
+        <is>
+          <t>Boğul</t>
+        </is>
+      </c>
+      <c r="C2129" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2130" spans="1:3">
+      <c r="A2130" s="1" t="inlineStr">
+        <is>
+          <t>9786257650922</t>
+        </is>
+      </c>
+      <c r="B2130" s="1" t="inlineStr">
+        <is>
+          <t>Alev Dudaklı Kadın</t>
+        </is>
+      </c>
+      <c r="C2130" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2131" spans="1:3">
+      <c r="A2131" s="1" t="inlineStr">
+        <is>
+          <t>9786257650885</t>
+        </is>
+      </c>
+      <c r="B2131" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm: Ölüm’ün Kapısında</t>
+        </is>
+      </c>
+      <c r="C2131" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2132" spans="1:3">
+      <c r="A2132" s="1" t="inlineStr">
+        <is>
+          <t>9786257650823</t>
+        </is>
+      </c>
+      <c r="B2132" s="1" t="inlineStr">
+        <is>
+          <t>O Olmak</t>
+        </is>
+      </c>
+      <c r="C2132" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2133" spans="1:3">
+      <c r="A2133" s="1" t="inlineStr">
+        <is>
+          <t>9786257650847</t>
+        </is>
+      </c>
+      <c r="B2133" s="1" t="inlineStr">
+        <is>
+          <t>Atık</t>
+        </is>
+      </c>
+      <c r="C2133" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2134" spans="1:3">
+      <c r="A2134" s="1" t="inlineStr">
+        <is>
+          <t>9786257650878</t>
+        </is>
+      </c>
+      <c r="B2134" s="1" t="inlineStr">
+        <is>
+          <t>Fukara Ölüsü</t>
+        </is>
+      </c>
+      <c r="C2134" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2135" spans="1:3">
+      <c r="A2135" s="1" t="inlineStr">
+        <is>
+          <t>9786257650694</t>
+        </is>
+      </c>
+      <c r="B2135" s="1" t="inlineStr">
+        <is>
+          <t>Spider-Man: Öfkeli Kanatlar</t>
+        </is>
+      </c>
+      <c r="C2135" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2136" spans="1:3">
+      <c r="A2136" s="1" t="inlineStr">
+        <is>
+          <t>9786257650786</t>
+        </is>
+      </c>
+      <c r="B2136" s="1" t="inlineStr">
+        <is>
+          <t>Jüpiter’in Mirası Cilt 3</t>
+        </is>
+      </c>
+      <c r="C2136" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2137" spans="1:3">
+      <c r="A2137" s="1" t="inlineStr">
+        <is>
+          <t>9786257650830</t>
+        </is>
+      </c>
+      <c r="B2137" s="1" t="inlineStr">
+        <is>
+          <t>Vakıf Kurulurken</t>
+        </is>
+      </c>
+      <c r="C2137" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="2138" spans="1:3">
+      <c r="A2138" s="1" t="inlineStr">
+        <is>
+          <t>9786257650854</t>
+        </is>
+      </c>
+      <c r="B2138" s="1" t="inlineStr">
+        <is>
+          <t>Minik - Madam Tussaud’nun Olağanüstü Hayatı</t>
+        </is>
+      </c>
+      <c r="C2138" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2139" spans="1:3">
+      <c r="A2139" s="1" t="inlineStr">
+        <is>
+          <t>9786257650779</t>
+        </is>
+      </c>
+      <c r="B2139" s="1" t="inlineStr">
+        <is>
+          <t>Kahraman ve Cellat</t>
+        </is>
+      </c>
+      <c r="C2139" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2140" spans="1:3">
+      <c r="A2140" s="1" t="inlineStr">
+        <is>
+          <t>9786257650816</t>
+        </is>
+      </c>
+      <c r="B2140" s="1" t="inlineStr">
+        <is>
+          <t>Kan Fermanı</t>
+        </is>
+      </c>
+      <c r="C2140" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2141" spans="1:3">
+      <c r="A2141" s="1" t="inlineStr">
+        <is>
+          <t>9786257650762</t>
+        </is>
+      </c>
+      <c r="B2141" s="1" t="inlineStr">
+        <is>
+          <t>Kuyrukluyıldız Günleri</t>
+        </is>
+      </c>
+      <c r="C2141" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2142" spans="1:3">
+      <c r="A2142" s="1" t="inlineStr">
+        <is>
+          <t>9786257650809</t>
+        </is>
+      </c>
+      <c r="B2142" s="1" t="inlineStr">
+        <is>
+          <t>Piyanist</t>
+        </is>
+      </c>
+      <c r="C2142" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2143" spans="1:3">
+      <c r="A2143" s="1" t="inlineStr">
+        <is>
+          <t>9786257650755</t>
+        </is>
+      </c>
+      <c r="B2143" s="1" t="inlineStr">
+        <is>
+          <t>Korudaki Gümüş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2143" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2144" spans="1:3">
+      <c r="A2144" s="1" t="inlineStr">
+        <is>
+          <t>9786257650700</t>
+        </is>
+      </c>
+      <c r="B2144" s="1" t="inlineStr">
+        <is>
+          <t>Yitik Dünya</t>
+        </is>
+      </c>
+      <c r="C2144" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2145" spans="1:3">
+      <c r="A2145" s="1" t="inlineStr">
+        <is>
+          <t>9786257650793</t>
+        </is>
+      </c>
+      <c r="B2145" s="1" t="inlineStr">
+        <is>
+          <t>Yalancılar İçin Sihir</t>
+        </is>
+      </c>
+      <c r="C2145" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2146" spans="1:3">
+      <c r="A2146" s="1" t="inlineStr">
+        <is>
+          <t>9786257650731</t>
+        </is>
+      </c>
+      <c r="B2146" s="1" t="inlineStr">
+        <is>
+          <t>Ekopraksisin Ontolojisi</t>
+        </is>
+      </c>
+      <c r="C2146" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2147" spans="1:3">
+      <c r="A2147" s="1" t="inlineStr">
+        <is>
+          <t>9786257650748</t>
+        </is>
+      </c>
+      <c r="B2147" s="1" t="inlineStr">
+        <is>
+          <t>Kendimi Doğurmadan Hemen Önce</t>
+        </is>
+      </c>
+      <c r="C2147" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2148" spans="1:3">
+      <c r="A2148" s="1" t="inlineStr">
+        <is>
+          <t>9786257650724</t>
+        </is>
+      </c>
+      <c r="B2148" s="1" t="inlineStr">
+        <is>
+          <t>İşte Tanrılar</t>
+        </is>
+      </c>
+      <c r="C2148" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2149" spans="1:3">
+      <c r="A2149" s="1" t="inlineStr">
+        <is>
+          <t>9786257650687</t>
+        </is>
+      </c>
+      <c r="B2149" s="1" t="inlineStr">
+        <is>
+          <t>Jüpiter’in Mirası Cilt 2</t>
+        </is>
+      </c>
+      <c r="C2149" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2150" spans="1:3">
+      <c r="A2150" s="1" t="inlineStr">
+        <is>
+          <t>9786257650625</t>
+        </is>
+      </c>
+      <c r="B2150" s="1" t="inlineStr">
+        <is>
+          <t>Kontrollü Patlama</t>
+        </is>
+      </c>
+      <c r="C2150" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2151" spans="1:3">
+      <c r="A2151" s="1" t="inlineStr">
+        <is>
+          <t>9786257650670</t>
+        </is>
+      </c>
+      <c r="B2151" s="1" t="inlineStr">
+        <is>
+          <t>Seven Bekler</t>
+        </is>
+      </c>
+      <c r="C2151" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2152" spans="1:3">
+      <c r="A2152" s="1" t="inlineStr">
+        <is>
+          <t>9786257650663</t>
+        </is>
+      </c>
+      <c r="B2152" s="1" t="inlineStr">
+        <is>
+          <t>Kör Baykuş</t>
+        </is>
+      </c>
+      <c r="C2152" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2153" spans="1:3">
+      <c r="A2153" s="1" t="inlineStr">
+        <is>
+          <t>9786257650632</t>
+        </is>
+      </c>
+      <c r="B2153" s="1" t="inlineStr">
+        <is>
+          <t>Dirilen Mumya</t>
+        </is>
+      </c>
+      <c r="C2153" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2154" spans="1:3">
+      <c r="A2154" s="1" t="inlineStr">
+        <is>
+          <t>9786257650656</t>
+        </is>
+      </c>
+      <c r="B2154" s="1" t="inlineStr">
+        <is>
+          <t>Jüpiter'in Mirası Cilt 1</t>
+        </is>
+      </c>
+      <c r="C2154" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2155" spans="1:3">
+      <c r="A2155" s="1" t="inlineStr">
+        <is>
+          <t>9786257650588</t>
+        </is>
+      </c>
+      <c r="B2155" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Tozu</t>
+        </is>
+      </c>
+      <c r="C2155" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="2156" spans="1:3">
+      <c r="A2156" s="1" t="inlineStr">
+        <is>
+          <t>9786257650618</t>
+        </is>
+      </c>
+      <c r="B2156" s="1" t="inlineStr">
+        <is>
+          <t>Kralların Son Çaresi</t>
+        </is>
+      </c>
+      <c r="C2156" s="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="2157" spans="1:3">
+      <c r="A2157" s="1" t="inlineStr">
+        <is>
+          <t>9786257650595</t>
+        </is>
+      </c>
+      <c r="B2157" s="1" t="inlineStr">
+        <is>
+          <t>Çölde Kutup Ayısı</t>
+        </is>
+      </c>
+      <c r="C2157" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2158" spans="1:3">
+      <c r="A2158" s="1" t="inlineStr">
+        <is>
+          <t>9786257650601</t>
+        </is>
+      </c>
+      <c r="B2158" s="1" t="inlineStr">
+        <is>
+          <t>Vakıf ve Dünya</t>
+        </is>
+      </c>
+      <c r="C2158" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="2159" spans="1:3">
+      <c r="A2159" s="1" t="inlineStr">
+        <is>
+          <t>9786257650571</t>
+        </is>
+      </c>
+      <c r="B2159" s="1" t="inlineStr">
+        <is>
+          <t>Tanrısız</t>
+        </is>
+      </c>
+      <c r="C2159" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2160" spans="1:3">
+      <c r="A2160" s="1" t="inlineStr">
+        <is>
+          <t>9786257650564</t>
+        </is>
+      </c>
+      <c r="B2160" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hırsızı</t>
+        </is>
+      </c>
+      <c r="C2160" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2161" spans="1:3">
+      <c r="A2161" s="1" t="inlineStr">
+        <is>
+          <t>9786257650533</t>
+        </is>
+      </c>
+      <c r="B2161" s="1" t="inlineStr">
+        <is>
+          <t>Halka</t>
+        </is>
+      </c>
+      <c r="C2161" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2162" spans="1:3">
+      <c r="A2162" s="1" t="inlineStr">
+        <is>
+          <t>9786257650540</t>
+        </is>
+      </c>
+      <c r="B2162" s="1" t="inlineStr">
+        <is>
+          <t>Yeşimin ve Gölgenin Tanrıları</t>
+        </is>
+      </c>
+      <c r="C2162" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2163" spans="1:3">
+      <c r="A2163" s="1" t="inlineStr">
+        <is>
+          <t>9786257650557</t>
+        </is>
+      </c>
+      <c r="B2163" s="1" t="inlineStr">
+        <is>
+          <t>Dokuzuncu Cemiyet</t>
+        </is>
+      </c>
+      <c r="C2163" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2164" spans="1:3">
+      <c r="A2164" s="1" t="inlineStr">
+        <is>
+          <t>9786257650502</t>
+        </is>
+      </c>
+      <c r="B2164" s="1" t="inlineStr">
+        <is>
+          <t>Gül Rengini</t>
+        </is>
+      </c>
+      <c r="C2164" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2165" spans="1:3">
+      <c r="A2165" s="1" t="inlineStr">
+        <is>
+          <t>9786257650496</t>
+        </is>
+      </c>
+      <c r="B2165" s="1" t="inlineStr">
+        <is>
+          <t>Sandman 11: Sonsuz Geceler</t>
+        </is>
+      </c>
+      <c r="C2165" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="2166" spans="1:3">
+      <c r="A2166" s="1" t="inlineStr">
+        <is>
+          <t>9786257650465</t>
+        </is>
+      </c>
+      <c r="B2166" s="1" t="inlineStr">
+        <is>
+          <t>Katı Olmayan Şeyler</t>
+        </is>
+      </c>
+      <c r="C2166" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2167" spans="1:3">
+      <c r="A2167" s="1" t="inlineStr">
+        <is>
+          <t>9786257650489</t>
+        </is>
+      </c>
+      <c r="B2167" s="1" t="inlineStr">
+        <is>
+          <t>Sınır</t>
+        </is>
+      </c>
+      <c r="C2167" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2168" spans="1:3">
+      <c r="A2168" s="1" t="inlineStr">
+        <is>
+          <t>9786257650458</t>
+        </is>
+      </c>
+      <c r="B2168" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Tozu</t>
+        </is>
+      </c>
+      <c r="C2168" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2169" spans="1:3">
+      <c r="A2169" s="1" t="inlineStr">
+        <is>
+          <t>9786257650434</t>
+        </is>
+      </c>
+      <c r="B2169" s="1" t="inlineStr">
+        <is>
+          <t>Katil Buse</t>
+        </is>
+      </c>
+      <c r="C2169" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2170" spans="1:3">
+      <c r="A2170" s="1" t="inlineStr">
+        <is>
+          <t>9786257650427</t>
+        </is>
+      </c>
+      <c r="B2170" s="1" t="inlineStr">
+        <is>
+          <t>Captain America: Karanlık Planlar</t>
+        </is>
+      </c>
+      <c r="C2170" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2171" spans="1:3">
+      <c r="A2171" s="1" t="inlineStr">
+        <is>
+          <t>9786257650403</t>
+        </is>
+      </c>
+      <c r="B2171" s="1" t="inlineStr">
+        <is>
+          <t>Daha Önce Ölmüş müydük?</t>
+        </is>
+      </c>
+      <c r="C2171" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2172" spans="1:3">
+      <c r="A2172" s="1" t="inlineStr">
+        <is>
+          <t>9786257650410</t>
+        </is>
+      </c>
+      <c r="B2172" s="1" t="inlineStr">
+        <is>
+          <t>Umutsuzsam Bana Ne! Değilmişim Gibi Devam!</t>
+        </is>
+      </c>
+      <c r="C2172" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="2173" spans="1:3">
+      <c r="A2173" s="1" t="inlineStr">
+        <is>
+          <t>9786257650397</t>
+        </is>
+      </c>
+      <c r="B2173" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Üzerine</t>
+        </is>
+      </c>
+      <c r="C2173" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2174" spans="1:3">
+      <c r="A2174" s="1" t="inlineStr">
+        <is>
+          <t>9786257650328</t>
+        </is>
+      </c>
+      <c r="B2174" s="1" t="inlineStr">
+        <is>
+          <t>Vakıf’ın Sınırı</t>
+        </is>
+      </c>
+      <c r="C2174" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="2175" spans="1:3">
+      <c r="A2175" s="1" t="inlineStr">
+        <is>
+          <t>9786257650281</t>
+        </is>
+      </c>
+      <c r="B2175" s="1" t="inlineStr">
+        <is>
+          <t>Sokaklar Uyudu Artık Öpüşebiliriz</t>
+        </is>
+      </c>
+      <c r="C2175" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2176" spans="1:3">
+      <c r="A2176" s="1" t="inlineStr">
+        <is>
+          <t>9786257650298</t>
+        </is>
+      </c>
+      <c r="B2176" s="1" t="inlineStr">
+        <is>
+          <t>Rüya Duvarları</t>
+        </is>
+      </c>
+      <c r="C2176" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2177" spans="1:3">
+      <c r="A2177" s="1" t="inlineStr">
+        <is>
+          <t>9786257650304</t>
+        </is>
+      </c>
+      <c r="B2177" s="1" t="inlineStr">
+        <is>
+          <t>Orospu Kırmızı</t>
+        </is>
+      </c>
+      <c r="C2177" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2178" spans="1:3">
+      <c r="A2178" s="1" t="inlineStr">
+        <is>
+          <t>9786257650342</t>
+        </is>
+      </c>
+      <c r="B2178" s="1" t="inlineStr">
+        <is>
+          <t>Cevapsız Ağrı</t>
+        </is>
+      </c>
+      <c r="C2178" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2179" spans="1:3">
+      <c r="A2179" s="1" t="inlineStr">
+        <is>
+          <t>9786257650311</t>
+        </is>
+      </c>
+      <c r="B2179" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Güzel Çocuklar Şüpheli</t>
+        </is>
+      </c>
+      <c r="C2179" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2180" spans="1:3">
+      <c r="A2180" s="1" t="inlineStr">
+        <is>
+          <t>9786257650274</t>
+        </is>
+      </c>
+      <c r="B2180" s="1" t="inlineStr">
+        <is>
+          <t>Veda Busesi - 34 U 442</t>
+        </is>
+      </c>
+      <c r="C2180" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2181" spans="1:3">
+      <c r="A2181" s="1" t="inlineStr">
+        <is>
+          <t>9786257650359</t>
+        </is>
+      </c>
+      <c r="B2181" s="1" t="inlineStr">
+        <is>
+          <t>Arsen Lüpen’in İtirafları</t>
+        </is>
+      </c>
+      <c r="C2181" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2182" spans="1:3">
+      <c r="A2182" s="1" t="inlineStr">
+        <is>
+          <t>9786257737951</t>
+        </is>
+      </c>
+      <c r="B2182" s="1" t="inlineStr">
+        <is>
+          <t>İçerinin Haritası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2182" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2183" spans="1:3">
+      <c r="A2183" s="1" t="inlineStr">
+        <is>
+          <t>9786257650373</t>
+        </is>
+      </c>
+      <c r="B2183" s="1" t="inlineStr">
+        <is>
+          <t>Hava Adamı Ariel</t>
+        </is>
+      </c>
+      <c r="C2183" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2184" spans="1:3">
+      <c r="A2184" s="1" t="inlineStr">
+        <is>
+          <t>9786257650236</t>
+        </is>
+      </c>
+      <c r="B2184" s="1" t="inlineStr">
+        <is>
+          <t>Gecede Saklı Yalnız Aşklar</t>
+        </is>
+      </c>
+      <c r="C2184" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2185" spans="1:3">
+      <c r="A2185" s="1" t="inlineStr">
+        <is>
+          <t>9786257650250</t>
+        </is>
+      </c>
+      <c r="B2185" s="1" t="inlineStr">
+        <is>
+          <t>Taş Bebek</t>
+        </is>
+      </c>
+      <c r="C2185" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2186" spans="1:3">
+      <c r="A2186" s="1" t="inlineStr">
+        <is>
+          <t>9786257650243</t>
+        </is>
+      </c>
+      <c r="B2186" s="1" t="inlineStr">
+        <is>
+          <t>3üz</t>
+        </is>
+      </c>
+      <c r="C2186" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="2187" spans="1:3">
+      <c r="A2187" s="1" t="inlineStr">
+        <is>
+          <t>9786257650229</t>
+        </is>
+      </c>
+      <c r="B2187" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Tom’un Baladı</t>
+        </is>
+      </c>
+      <c r="C2187" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2188" spans="1:3">
+      <c r="A2188" s="1" t="inlineStr">
+        <is>
+          <t>9786053755012</t>
+        </is>
+      </c>
+      <c r="B2188" s="1" t="inlineStr">
+        <is>
+          <t>Notlar 5 - 1950 Öncesi Şiirler ve Ziya İlhan'a Mektuplar</t>
+        </is>
+      </c>
+      <c r="C2188" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2189" spans="1:3">
+      <c r="A2189" s="1" t="inlineStr">
+        <is>
+          <t>9786257650120</t>
+        </is>
+      </c>
+      <c r="B2189" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Evler</t>
+        </is>
+      </c>
+      <c r="C2189" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2190" spans="1:3">
+      <c r="A2190" s="1" t="inlineStr">
+        <is>
+          <t>9786257650199</t>
+        </is>
+      </c>
+      <c r="B2190" s="1" t="inlineStr">
+        <is>
+          <t>Uç</t>
+        </is>
+      </c>
+      <c r="C2190" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2191" spans="1:3">
+      <c r="A2191" s="1" t="inlineStr">
+        <is>
+          <t>9786257650175</t>
+        </is>
+      </c>
+      <c r="B2191" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuzluk Çarkı: Aradünya 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2191" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2192" spans="1:3">
+      <c r="A2192" s="1" t="inlineStr">
+        <is>
+          <t>9786257650137</t>
+        </is>
+      </c>
+      <c r="B2192" s="1" t="inlineStr">
+        <is>
+          <t>Tebeşir Bahçesi</t>
+        </is>
+      </c>
+      <c r="C2192" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="2193" spans="1:3">
+      <c r="A2193" s="1" t="inlineStr">
+        <is>
+          <t>9786257650144</t>
+        </is>
+      </c>
+      <c r="B2193" s="1" t="inlineStr">
+        <is>
+          <t>İç Savaş: Bir Marvel Evreni Romanı</t>
+        </is>
+      </c>
+      <c r="C2193" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2194" spans="1:3">
+      <c r="A2194" s="1" t="inlineStr">
+        <is>
+          <t>9786257650168</t>
+        </is>
+      </c>
+      <c r="B2194" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yarasa Bir Kıza Aşık Oldu</t>
+        </is>
+      </c>
+      <c r="C2194" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2195" spans="1:3">
+      <c r="A2195" s="1" t="inlineStr">
+        <is>
+          <t>9786257650021</t>
+        </is>
+      </c>
+      <c r="B2195" s="1" t="inlineStr">
+        <is>
+          <t>Cıs</t>
+        </is>
+      </c>
+      <c r="C2195" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2196" spans="1:3">
+      <c r="A2196" s="1" t="inlineStr">
+        <is>
+          <t>9786257650069</t>
+        </is>
+      </c>
+      <c r="B2196" s="1" t="inlineStr">
+        <is>
+          <t>Yoksullar Nasıl Ölür?</t>
+        </is>
+      </c>
+      <c r="C2196" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2197" spans="1:3">
+      <c r="A2197" s="1" t="inlineStr">
+        <is>
+          <t>9786257650014</t>
+        </is>
+      </c>
+      <c r="B2197" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Kadınlar</t>
+        </is>
+      </c>
+      <c r="C2197" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2198" spans="1:3">
+      <c r="A2198" s="1" t="inlineStr">
+        <is>
+          <t>9786257650038</t>
+        </is>
+      </c>
+      <c r="B2198" s="1" t="inlineStr">
+        <is>
+          <t>İtaat</t>
+        </is>
+      </c>
+      <c r="C2198" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2199" spans="1:3">
+      <c r="A2199" s="1" t="inlineStr">
+        <is>
+          <t>9786257737999</t>
+        </is>
+      </c>
+      <c r="B2199" s="1" t="inlineStr">
+        <is>
+          <t>Elia</t>
+        </is>
+      </c>
+      <c r="C2199" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2200" spans="1:3">
+      <c r="A2200" s="1" t="inlineStr">
+        <is>
+          <t>9786257737975</t>
+        </is>
+      </c>
+      <c r="B2200" s="1" t="inlineStr">
+        <is>
+          <t>Planetary Cilt 3</t>
+        </is>
+      </c>
+      <c r="C2200" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="2201" spans="1:3">
+      <c r="A2201" s="1" t="inlineStr">
+        <is>
+          <t>9786257650007</t>
+        </is>
+      </c>
+      <c r="B2201" s="1" t="inlineStr">
+        <is>
+          <t>Bir Haremağasının Hatıraları</t>
+        </is>
+      </c>
+      <c r="C2201" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2202" spans="1:3">
+      <c r="A2202" s="1" t="inlineStr">
+        <is>
+          <t>9786257737944</t>
+        </is>
+      </c>
+      <c r="B2202" s="1" t="inlineStr">
+        <is>
+          <t>Kurucular (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2202" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2203" spans="1:3">
+      <c r="A2203" s="1" t="inlineStr">
+        <is>
+          <t>9786257737906</t>
+        </is>
+      </c>
+      <c r="B2203" s="1" t="inlineStr">
+        <is>
+          <t>İlk</t>
+        </is>
+      </c>
+      <c r="C2203" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2204" spans="1:3">
+      <c r="A2204" s="1" t="inlineStr">
+        <is>
+          <t>9786257737913</t>
+        </is>
+      </c>
+      <c r="B2204" s="1" t="inlineStr">
+        <is>
+          <t>Körelten Hançer</t>
+        </is>
+      </c>
+      <c r="C2204" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="2205" spans="1:3">
+      <c r="A2205" s="1" t="inlineStr">
+        <is>
+          <t>9786257737937</t>
+        </is>
+      </c>
+      <c r="B2205" s="1" t="inlineStr">
+        <is>
+          <t>Balinanın Karnında</t>
+        </is>
+      </c>
+      <c r="C2205" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2206" spans="1:3">
+      <c r="A2206" s="1" t="inlineStr">
+        <is>
+          <t>9786257737869</t>
+        </is>
+      </c>
+      <c r="B2206" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Savaşı Z</t>
+        </is>
+      </c>
+      <c r="C2206" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2207" spans="1:3">
+      <c r="A2207" s="1" t="inlineStr">
+        <is>
+          <t>9786257737852</t>
+        </is>
+      </c>
+      <c r="B2207" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Veli - Bütün Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C2207" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2208" spans="1:3">
+      <c r="A2208" s="1" t="inlineStr">
+        <is>
+          <t>9786257737876</t>
+        </is>
+      </c>
+      <c r="B2208" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Veli - Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C2208" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2209" spans="1:3">
+      <c r="A2209" s="1" t="inlineStr">
+        <is>
+          <t>9786257737883</t>
+        </is>
+      </c>
+      <c r="B2209" s="1" t="inlineStr">
+        <is>
+          <t>Asi Ruhlar</t>
+        </is>
+      </c>
+      <c r="C2209" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2210" spans="1:3">
+      <c r="A2210" s="1" t="inlineStr">
+        <is>
+          <t>9786257737890</t>
+        </is>
+      </c>
+      <c r="B2210" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı’nın Kırbacı</t>
+        </is>
+      </c>
+      <c r="C2210" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2211" spans="1:3">
+      <c r="A2211" s="1" t="inlineStr">
+        <is>
+          <t>9786257737838</t>
+        </is>
+      </c>
+      <c r="B2211" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın Vaadi - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C2211" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2212" spans="1:3">
+      <c r="A2212" s="1" t="inlineStr">
+        <is>
+          <t>9786257737807</t>
+        </is>
+      </c>
+      <c r="B2212" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Çiftliği (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2212" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="2213" spans="1:3">
+      <c r="A2213" s="1" t="inlineStr">
+        <is>
+          <t>9786257737821</t>
+        </is>
+      </c>
+      <c r="B2213" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes: Ölüm Papirüsü</t>
+        </is>
+      </c>
+      <c r="C2213" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2214" spans="1:3">
+      <c r="A2214" s="1" t="inlineStr">
+        <is>
+          <t>9786257737739</t>
+        </is>
+      </c>
+      <c r="B2214" s="1" t="inlineStr">
+        <is>
+          <t>Katalonya’ya Selam</t>
+        </is>
+      </c>
+      <c r="C2214" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2215" spans="1:3">
+      <c r="A2215" s="1" t="inlineStr">
+        <is>
+          <t>9786257737708</t>
+        </is>
+      </c>
+      <c r="B2215" s="1" t="inlineStr">
+        <is>
+          <t>Paris ve Londra’da Beş Parasız</t>
+        </is>
+      </c>
+      <c r="C2215" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2216" spans="1:3">
+      <c r="A2216" s="1" t="inlineStr">
+        <is>
+          <t>9786257737746</t>
+        </is>
+      </c>
+      <c r="B2216" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Çiftliği</t>
+        </is>
+      </c>
+      <c r="C2216" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2217" spans="1:3">
+      <c r="A2217" s="1" t="inlineStr">
+        <is>
+          <t>9786257737753</t>
+        </is>
+      </c>
+      <c r="B2217" s="1" t="inlineStr">
+        <is>
+          <t>1984</t>
+        </is>
+      </c>
+      <c r="C2217" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2218" spans="1:3">
+      <c r="A2218" s="1" t="inlineStr">
+        <is>
+          <t>9786257737715</t>
+        </is>
+      </c>
+      <c r="B2218" s="1" t="inlineStr">
+        <is>
+          <t>Papazın Kızı</t>
+        </is>
+      </c>
+      <c r="C2218" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2219" spans="1:3">
+      <c r="A2219" s="1" t="inlineStr">
+        <is>
+          <t>9786257737692</t>
+        </is>
+      </c>
+      <c r="B2219" s="1" t="inlineStr">
+        <is>
+          <t>Rahat Bir Nefes İçin</t>
+        </is>
+      </c>
+      <c r="C2219" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2220" spans="1:3">
+      <c r="A2220" s="1" t="inlineStr">
+        <is>
+          <t>9786257737722</t>
+        </is>
+      </c>
+      <c r="B2220" s="1" t="inlineStr">
+        <is>
+          <t>Wigan İskelesi Yolu</t>
+        </is>
+      </c>
+      <c r="C2220" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2221" spans="1:3">
+      <c r="A2221" s="1" t="inlineStr">
+        <is>
+          <t>9786257737029</t>
+        </is>
+      </c>
+      <c r="B2221" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Veba</t>
+        </is>
+      </c>
+      <c r="C2221" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2222" spans="1:3">
+      <c r="A2222" s="1" t="inlineStr">
+        <is>
+          <t>9786257737661</t>
+        </is>
+      </c>
+      <c r="B2222" s="1" t="inlineStr">
+        <is>
+          <t>Dune: Corrino Hanedanı - Hanedanlık Üçlemesi Üçüncü Kitap</t>
+        </is>
+      </c>
+      <c r="C2222" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="2223" spans="1:3">
+      <c r="A2223" s="1" t="inlineStr">
+        <is>
+          <t>9786257737647</t>
+        </is>
+      </c>
+      <c r="B2223" s="1" t="inlineStr">
+        <is>
+          <t>Tut Ki Bir Rüya Gördün</t>
+        </is>
+      </c>
+      <c r="C2223" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2224" spans="1:3">
+      <c r="A2224" s="1" t="inlineStr">
+        <is>
+          <t>9786257737593</t>
+        </is>
+      </c>
+      <c r="B2224" s="1" t="inlineStr">
+        <is>
+          <t>Dune Rahibeler Meclisi</t>
+        </is>
+      </c>
+      <c r="C2224" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2225" spans="1:3">
+      <c r="A2225" s="1" t="inlineStr">
+        <is>
+          <t>9786257737654</t>
+        </is>
+      </c>
+      <c r="B2225" s="1" t="inlineStr">
+        <is>
+          <t>Vezir Gambiti</t>
+        </is>
+      </c>
+      <c r="C2225" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2226" spans="1:3">
+      <c r="A2226" s="1" t="inlineStr">
+        <is>
+          <t>9786257737555</t>
+        </is>
+      </c>
+      <c r="B2226" s="1" t="inlineStr">
+        <is>
+          <t>Düş Mesafesi</t>
+        </is>
+      </c>
+      <c r="C2226" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2227" spans="1:3">
+      <c r="A2227" s="1" t="inlineStr">
+        <is>
+          <t>9786257737500</t>
+        </is>
+      </c>
+      <c r="B2227" s="1" t="inlineStr">
+        <is>
+          <t>Şafağa Geçit</t>
+        </is>
+      </c>
+      <c r="C2227" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2228" spans="1:3">
+      <c r="A2228" s="1" t="inlineStr">
+        <is>
+          <t>9786257737364</t>
+        </is>
+      </c>
+      <c r="B2228" s="1" t="inlineStr">
+        <is>
+          <t>Dune: Atreides Hanedanı - Hanedanlık Üçlemesi Birinci Kitap</t>
+        </is>
+      </c>
+      <c r="C2228" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="2229" spans="1:3">
+      <c r="A2229" s="1" t="inlineStr">
+        <is>
+          <t>9786257737531</t>
+        </is>
+      </c>
+      <c r="B2229" s="1" t="inlineStr">
+        <is>
+          <t>Dune: Harkonnen Hanedanı - Hanedanlık Üçlemesi İkinci Kitap</t>
+        </is>
+      </c>
+      <c r="C2229" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="2230" spans="1:3">
+      <c r="A2230" s="1" t="inlineStr">
+        <is>
+          <t>9786257737487</t>
+        </is>
+      </c>
+      <c r="B2230" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığın Kuşatması</t>
+        </is>
+      </c>
+      <c r="C2230" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2231" spans="1:3">
+      <c r="A2231" s="1" t="inlineStr">
+        <is>
+          <t>9786257737494</t>
+        </is>
+      </c>
+      <c r="B2231" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızsız Gece</t>
+        </is>
+      </c>
+      <c r="C2231" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2232" spans="1:3">
+      <c r="A2232" s="1" t="inlineStr">
+        <is>
+          <t>9786257737463</t>
+        </is>
+      </c>
+      <c r="B2232" s="1" t="inlineStr">
+        <is>
+          <t>Adem’den Önce</t>
+        </is>
+      </c>
+      <c r="C2232" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2233" spans="1:3">
+      <c r="A2233" s="1" t="inlineStr">
+        <is>
+          <t>9786257737456</t>
+        </is>
+      </c>
+      <c r="B2233" s="1" t="inlineStr">
+        <is>
+          <t>Taşrada Ölürken</t>
+        </is>
+      </c>
+      <c r="C2233" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2234" spans="1:3">
+      <c r="A2234" s="1" t="inlineStr">
+        <is>
+          <t>9786257737388</t>
+        </is>
+      </c>
+      <c r="B2234" s="1" t="inlineStr">
+        <is>
+          <t>Silah Kardeşliği</t>
+        </is>
+      </c>
+      <c r="C2234" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2235" spans="1:3">
+      <c r="A2235" s="1" t="inlineStr">
+        <is>
+          <t>9786257737371</t>
+        </is>
+      </c>
+      <c r="B2235" s="1" t="inlineStr">
+        <is>
+          <t>Ruhdöveni</t>
+        </is>
+      </c>
+      <c r="C2235" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2236" spans="1:3">
+      <c r="A2236" s="1" t="inlineStr">
+        <is>
+          <t>9786257737401</t>
+        </is>
+      </c>
+      <c r="B2236" s="1" t="inlineStr">
+        <is>
+          <t>Sandman 10: Matem</t>
+        </is>
+      </c>
+      <c r="C2236" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="2237" spans="1:3">
+      <c r="A2237" s="1" t="inlineStr">
+        <is>
+          <t>9786257737432</t>
+        </is>
+      </c>
+      <c r="B2237" s="1" t="inlineStr">
+        <is>
+          <t>Sakarmeke</t>
+        </is>
+      </c>
+      <c r="C2237" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2238" spans="1:3">
+      <c r="A2238" s="1" t="inlineStr">
+        <is>
+          <t>9786257737418</t>
+        </is>
+      </c>
+      <c r="B2238" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılık</t>
+        </is>
+      </c>
+      <c r="C2238" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2239" spans="1:3">
+      <c r="A2239" s="1" t="inlineStr">
+        <is>
+          <t>9786257737425</t>
+        </is>
+      </c>
+      <c r="B2239" s="1" t="inlineStr">
+        <is>
+          <t>Boynuzlar</t>
+        </is>
+      </c>
+      <c r="C2239" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2240" spans="1:3">
+      <c r="A2240" s="1" t="inlineStr">
+        <is>
+          <t>9786257737449</t>
+        </is>
+      </c>
+      <c r="B2240" s="1" t="inlineStr">
+        <is>
+          <t>Cuma Karası</t>
+        </is>
+      </c>
+      <c r="C2240" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2241" spans="1:3">
+      <c r="A2241" s="1" t="inlineStr">
+        <is>
+          <t>9786257737395</t>
+        </is>
+      </c>
+      <c r="B2241" s="1" t="inlineStr">
+        <is>
+          <t>Yokuştaki Salyangoz</t>
+        </is>
+      </c>
+      <c r="C2241" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2242" spans="1:3">
+      <c r="A2242" s="1" t="inlineStr">
+        <is>
+          <t>9786257737357</t>
+        </is>
+      </c>
+      <c r="B2242" s="1" t="inlineStr">
+        <is>
+          <t>Cümle Göğün Mavisi</t>
+        </is>
+      </c>
+      <c r="C2242" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2243" spans="1:3">
+      <c r="A2243" s="1" t="inlineStr">
+        <is>
+          <t>9786257737333</t>
+        </is>
+      </c>
+      <c r="B2243" s="1" t="inlineStr">
+        <is>
+          <t>Onu Tanımadan Önce</t>
+        </is>
+      </c>
+      <c r="C2243" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2244" spans="1:3">
+      <c r="A2244" s="1" t="inlineStr">
+        <is>
+          <t>9786257737272</t>
+        </is>
+      </c>
+      <c r="B2244" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Medeniyet Savaşı: Orta Doğu'nun Fethi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2244" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="2245" spans="1:3">
+      <c r="A2245" s="1" t="inlineStr">
+        <is>
+          <t>9786257737296</t>
+        </is>
+      </c>
+      <c r="B2245" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Kontrol Altında</t>
+        </is>
+      </c>
+      <c r="C2245" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2246" spans="1:3">
+      <c r="A2246" s="1" t="inlineStr">
+        <is>
+          <t>9786257737227</t>
+        </is>
+      </c>
+      <c r="B2246" s="1" t="inlineStr">
+        <is>
+          <t>Watchmen Başlangıç: Dakikadamlar - İpek Hayalet</t>
+        </is>
+      </c>
+      <c r="C2246" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="2247" spans="1:3">
+      <c r="A2247" s="1" t="inlineStr">
+        <is>
+          <t>9786257737289</t>
+        </is>
+      </c>
+      <c r="B2247" s="1" t="inlineStr">
+        <is>
+          <t>Minotor’u Kışkırtmak</t>
+        </is>
+      </c>
+      <c r="C2247" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2248" spans="1:3">
+      <c r="A2248" s="1" t="inlineStr">
+        <is>
+          <t>9786257737319</t>
+        </is>
+      </c>
+      <c r="B2248" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Evindeki Casus</t>
+        </is>
+      </c>
+      <c r="C2248" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2249" spans="1:3">
+      <c r="A2249" s="1" t="inlineStr">
+        <is>
+          <t>9786257737302</t>
+        </is>
+      </c>
+      <c r="B2249" s="1" t="inlineStr">
+        <is>
+          <t>Dört Odalı Kalp</t>
+        </is>
+      </c>
+      <c r="C2249" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2250" spans="1:3">
+      <c r="A2250" s="1" t="inlineStr">
+        <is>
+          <t>9786257737326</t>
+        </is>
+      </c>
+      <c r="B2250" s="1" t="inlineStr">
+        <is>
+          <t>Albatrosun Çocukları</t>
+        </is>
+      </c>
+      <c r="C2250" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2251" spans="1:3">
+      <c r="A2251" s="1" t="inlineStr">
+        <is>
+          <t>9786257737210</t>
+        </is>
+      </c>
+      <c r="B2251" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı’nın Bir Kulu</t>
+        </is>
+      </c>
+      <c r="C2251" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2252" spans="1:3">
+      <c r="A2252" s="1" t="inlineStr">
+        <is>
+          <t>9786257737234</t>
+        </is>
+      </c>
+      <c r="B2252" s="1" t="inlineStr">
+        <is>
+          <t>Salgın</t>
+        </is>
+      </c>
+      <c r="C2252" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2253" spans="1:3">
+      <c r="A2253" s="1" t="inlineStr">
+        <is>
+          <t>9786257737166</t>
+        </is>
+      </c>
+      <c r="B2253" s="1" t="inlineStr">
+        <is>
+          <t>Uykusuz</t>
+        </is>
+      </c>
+      <c r="C2253" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2254" spans="1:3">
+      <c r="A2254" s="1" t="inlineStr">
+        <is>
+          <t>9786257737197</t>
+        </is>
+      </c>
+      <c r="B2254" s="1" t="inlineStr">
+        <is>
+          <t>Sapık</t>
+        </is>
+      </c>
+      <c r="C2254" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2255" spans="1:3">
+      <c r="A2255" s="1" t="inlineStr">
+        <is>
+          <t>9786257737180</t>
+        </is>
+      </c>
+      <c r="B2255" s="1" t="inlineStr">
+        <is>
+          <t>Scout Açısı</t>
+        </is>
+      </c>
+      <c r="C2255" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2256" spans="1:3">
+      <c r="A2256" s="1" t="inlineStr">
+        <is>
+          <t>9786257737173</t>
+        </is>
+      </c>
+      <c r="B2256" s="1" t="inlineStr">
+        <is>
+          <t>Camları Kırın Kuşlar Kurtulsun</t>
+        </is>
+      </c>
+      <c r="C2256" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2257" spans="1:3">
+      <c r="A2257" s="1" t="inlineStr">
+        <is>
+          <t>9786257737159</t>
+        </is>
+      </c>
+      <c r="B2257" s="1" t="inlineStr">
+        <is>
+          <t>Dune Sapkınları</t>
+        </is>
+      </c>
+      <c r="C2257" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="2258" spans="1:3">
+      <c r="A2258" s="1" t="inlineStr">
+        <is>
+          <t>9786257737098</t>
+        </is>
+      </c>
+      <c r="B2258" s="1" t="inlineStr">
+        <is>
+          <t>Yokuş Aksanı</t>
+        </is>
+      </c>
+      <c r="C2258" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2259" spans="1:3">
+      <c r="A2259" s="1" t="inlineStr">
+        <is>
+          <t>9786257737081</t>
+        </is>
+      </c>
+      <c r="B2259" s="1" t="inlineStr">
+        <is>
+          <t>Efsun Sokağı 137</t>
+        </is>
+      </c>
+      <c r="C2259" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2260" spans="1:3">
+      <c r="A2260" s="1" t="inlineStr">
+        <is>
+          <t>9786257737074</t>
+        </is>
+      </c>
+      <c r="B2260" s="1" t="inlineStr">
+        <is>
+          <t>Planetary Cilt 2</t>
+        </is>
+      </c>
+      <c r="C2260" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="2261" spans="1:3">
+      <c r="A2261" s="1" t="inlineStr">
+        <is>
+          <t>9786257737111</t>
+        </is>
+      </c>
+      <c r="B2261" s="1" t="inlineStr">
+        <is>
+          <t>Kehribar Dürbün - Karanlık Cevher Serisi 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C2261" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2262" spans="1:3">
+      <c r="A2262" s="1" t="inlineStr">
+        <is>
+          <t>9786257737128</t>
+        </is>
+      </c>
+      <c r="B2262" s="1" t="inlineStr">
+        <is>
+          <t>Keskin Bıçak - Karanlık Cevher Serisi 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C2262" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2263" spans="1:3">
+      <c r="A2263" s="1" t="inlineStr">
+        <is>
+          <t>9786257737050</t>
+        </is>
+      </c>
+      <c r="B2263" s="1" t="inlineStr">
+        <is>
+          <t>Oğlan Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C2263" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2264" spans="1:3">
+      <c r="A2264" s="1" t="inlineStr">
+        <is>
+          <t>9786257737043</t>
+        </is>
+      </c>
+      <c r="B2264" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün Sonu</t>
+        </is>
+      </c>
+      <c r="C2264" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="2265" spans="1:3">
+      <c r="A2265" s="1" t="inlineStr">
+        <is>
+          <t>9786257737067</t>
+        </is>
+      </c>
+      <c r="B2265" s="1" t="inlineStr">
+        <is>
+          <t>Natüralist</t>
+        </is>
+      </c>
+      <c r="C2265" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2266" spans="1:3">
+      <c r="A2266" s="1" t="inlineStr">
+        <is>
+          <t>9786257737036</t>
+        </is>
+      </c>
+      <c r="B2266" s="1" t="inlineStr">
+        <is>
+          <t>Rebecca</t>
+        </is>
+      </c>
+      <c r="C2266" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2267" spans="1:3">
+      <c r="A2267" s="1" t="inlineStr">
+        <is>
+          <t>9786257737012</t>
+        </is>
+      </c>
+      <c r="B2267" s="1" t="inlineStr">
+        <is>
+          <t>Dublinliler</t>
+        </is>
+      </c>
+      <c r="C2267" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2268" spans="1:3">
+      <c r="A2268" s="1" t="inlineStr">
+        <is>
+          <t>9786257737005</t>
+        </is>
+      </c>
+      <c r="B2268" s="1" t="inlineStr">
+        <is>
+          <t>Golyat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2268" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="2269" spans="1:3">
+      <c r="A2269" s="1" t="inlineStr">
+        <is>
+          <t>9786257913980</t>
+        </is>
+      </c>
+      <c r="B2269" s="1" t="inlineStr">
+        <is>
+          <t>Kurtadamın Kutsal Kitabı</t>
+        </is>
+      </c>
+      <c r="C2269" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2270" spans="1:3">
+      <c r="A2270" s="1" t="inlineStr">
+        <is>
+          <t>9786257913997</t>
+        </is>
+      </c>
+      <c r="B2270" s="1" t="inlineStr">
+        <is>
+          <t>Denemeler, Makaleler, Eleştiriler</t>
+        </is>
+      </c>
+      <c r="C2270" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2271" spans="1:3">
+      <c r="A2271" s="1" t="inlineStr">
+        <is>
+          <t>9786257913942</t>
+        </is>
+      </c>
+      <c r="B2271" s="1" t="inlineStr">
+        <is>
+          <t>Adak Cilt 3 - Hüküm</t>
+        </is>
+      </c>
+      <c r="C2271" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2272" spans="1:3">
+      <c r="A2272" s="1" t="inlineStr">
+        <is>
+          <t>9786257913959</t>
+        </is>
+      </c>
+      <c r="B2272" s="1" t="inlineStr">
+        <is>
+          <t>Adak Cilt 2 - Eski Soy</t>
+        </is>
+      </c>
+      <c r="C2272" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2273" spans="1:3">
+      <c r="A2273" s="1" t="inlineStr">
+        <is>
+          <t>9786257913966</t>
+        </is>
+      </c>
+      <c r="B2273" s="1" t="inlineStr">
+        <is>
+          <t>Adak Cilt 1 - Sürgün</t>
+        </is>
+      </c>
+      <c r="C2273" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2274" spans="1:3">
+      <c r="A2274" s="1" t="inlineStr">
+        <is>
+          <t>9786257913935</t>
+        </is>
+      </c>
+      <c r="B2274" s="1" t="inlineStr">
+        <is>
+          <t>Meczup</t>
+        </is>
+      </c>
+      <c r="C2274" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2275" spans="1:3">
+      <c r="A2275" s="1" t="inlineStr">
+        <is>
+          <t>9786257913911</t>
+        </is>
+      </c>
+      <c r="B2275" s="1" t="inlineStr">
+        <is>
+          <t>Ermiş</t>
+        </is>
+      </c>
+      <c r="C2275" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2276" spans="1:3">
+      <c r="A2276" s="1" t="inlineStr">
+        <is>
+          <t>9786257913904</t>
+        </is>
+      </c>
+      <c r="B2276" s="1" t="inlineStr">
+        <is>
+          <t>Swamp Thing Efsanesi: 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C2276" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="2277" spans="1:3">
+      <c r="A2277" s="1" t="inlineStr">
+        <is>
+          <t>9786257913898</t>
+        </is>
+      </c>
+      <c r="B2277" s="1" t="inlineStr">
+        <is>
+          <t>Türbülans</t>
+        </is>
+      </c>
+      <c r="C2277" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2278" spans="1:3">
+      <c r="A2278" s="1" t="inlineStr">
+        <is>
+          <t>9786257913881</t>
+        </is>
+      </c>
+      <c r="B2278" s="1" t="inlineStr">
+        <is>
+          <t>Kral Arthur’un Sarayında Connecticut’lı Bir Yankee</t>
+        </is>
+      </c>
+      <c r="C2278" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2279" spans="1:3">
+      <c r="A2279" s="1" t="inlineStr">
+        <is>
+          <t>9786257913829</t>
+        </is>
+      </c>
+      <c r="B2279" s="1" t="inlineStr">
+        <is>
+          <t>Demir Döküm Kadife Eldiven</t>
+        </is>
+      </c>
+      <c r="C2279" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="2280" spans="1:3">
+      <c r="A2280" s="1" t="inlineStr">
+        <is>
+          <t>9786257913874</t>
+        </is>
+      </c>
+      <c r="B2280" s="1" t="inlineStr">
+        <is>
+          <t>Bayan Westaway’in Ölümü</t>
+        </is>
+      </c>
+      <c r="C2280" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2281" spans="1:3">
+      <c r="A2281" s="1" t="inlineStr">
+        <is>
+          <t>9786257913843</t>
+        </is>
+      </c>
+      <c r="B2281" s="1" t="inlineStr">
+        <is>
+          <t>Viy</t>
+        </is>
+      </c>
+      <c r="C2281" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2282" spans="1:3">
+      <c r="A2282" s="1" t="inlineStr">
+        <is>
+          <t>9786257913782</t>
+        </is>
+      </c>
+      <c r="B2282" s="1" t="inlineStr">
+        <is>
+          <t>Budala</t>
+        </is>
+      </c>
+      <c r="C2282" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="2283" spans="1:3">
+      <c r="A2283" s="1" t="inlineStr">
+        <is>
+          <t>9786257913867</t>
+        </is>
+      </c>
+      <c r="B2283" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatın Tesirli Parçaları</t>
+        </is>
+      </c>
+      <c r="C2283" s="1">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="2284" spans="1:3">
+      <c r="A2284" s="1" t="inlineStr">
+        <is>
+          <t>9786257913836</t>
+        </is>
+      </c>
+      <c r="B2284" s="1" t="inlineStr">
+        <is>
+          <t>Ben, Efsane</t>
+        </is>
+      </c>
+      <c r="C2284" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2285" spans="1:3">
+      <c r="A2285" s="1" t="inlineStr">
+        <is>
+          <t>9786257913850</t>
+        </is>
+      </c>
+      <c r="B2285" s="1" t="inlineStr">
+        <is>
+          <t>Malorie: Bir Kafes Romanı</t>
+        </is>
+      </c>
+      <c r="C2285" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2286" spans="1:3">
+      <c r="A2286" s="1" t="inlineStr">
+        <is>
+          <t>9786257913706</t>
+        </is>
+      </c>
+      <c r="B2286" s="1" t="inlineStr">
+        <is>
+          <t>Gümüş Hayal - Ara Dünya 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2286" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2287" spans="1:3">
+      <c r="A2287" s="1" t="inlineStr">
+        <is>
+          <t>9786257913805</t>
+        </is>
+      </c>
+      <c r="B2287" s="1" t="inlineStr">
+        <is>
+          <t>Keşke Koleksiyoncusu</t>
+        </is>
+      </c>
+      <c r="C2287" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2288" spans="1:3">
+      <c r="A2288" s="1" t="inlineStr">
+        <is>
+          <t>9786257913775</t>
+        </is>
+      </c>
+      <c r="B2288" s="1" t="inlineStr">
+        <is>
+          <t>Yaz İzlenimleri Üzerine Kış Notları</t>
+        </is>
+      </c>
+      <c r="C2288" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2289" spans="1:3">
+      <c r="A2289" s="1" t="inlineStr">
+        <is>
+          <t>9786257913812</t>
+        </is>
+      </c>
+      <c r="B2289" s="1" t="inlineStr">
+        <is>
+          <t>Sandman 9: Merhametliler</t>
+        </is>
+      </c>
+      <c r="C2289" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="2290" spans="1:3">
+      <c r="A2290" s="1" t="inlineStr">
+        <is>
+          <t>9786257913799</t>
+        </is>
+      </c>
+      <c r="B2290" s="1" t="inlineStr">
+        <is>
+          <t>Düş Yakamdan Şeytan</t>
+        </is>
+      </c>
+      <c r="C2290" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2291" spans="1:3">
+      <c r="A2291" s="1" t="inlineStr">
+        <is>
+          <t>9786257913744</t>
+        </is>
+      </c>
+      <c r="B2291" s="1" t="inlineStr">
+        <is>
+          <t>Aynada Yürüyen Sesler</t>
+        </is>
+      </c>
+      <c r="C2291" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2292" spans="1:3">
+      <c r="A2292" s="1" t="inlineStr">
+        <is>
+          <t>9786257913720</t>
+        </is>
+      </c>
+      <c r="B2292" s="1" t="inlineStr">
+        <is>
+          <t>Lodosla Gelen</t>
+        </is>
+      </c>
+      <c r="C2292" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2293" spans="1:3">
+      <c r="A2293" s="1" t="inlineStr">
+        <is>
+          <t>9786257913713</t>
+        </is>
+      </c>
+      <c r="B2293" s="1" t="inlineStr">
+        <is>
+          <t>Ara Dünya (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2293" s="1">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="2294" spans="1:3">
+      <c r="A2294" s="1" t="inlineStr">
+        <is>
+          <t>9786257913751</t>
+        </is>
+      </c>
+      <c r="B2294" s="1" t="inlineStr">
+        <is>
+          <t>Anneler</t>
+        </is>
+      </c>
+      <c r="C2294" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2295" spans="1:3">
+      <c r="A2295" s="1" t="inlineStr">
+        <is>
+          <t>9786257913768</t>
+        </is>
+      </c>
+      <c r="B2295" s="1" t="inlineStr">
+        <is>
+          <t>Ottomania</t>
+        </is>
+      </c>
+      <c r="C2295" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2296" spans="1:3">
+      <c r="A2296" s="1" t="inlineStr">
+        <is>
+          <t>9786257913737</t>
+        </is>
+      </c>
+      <c r="B2296" s="1" t="inlineStr">
+        <is>
+          <t>Northanger Manastırı</t>
+        </is>
+      </c>
+      <c r="C2296" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2297" spans="1:3">
+      <c r="A2297" s="1" t="inlineStr">
+        <is>
+          <t>9786257913676</t>
+        </is>
+      </c>
+      <c r="B2297" s="1" t="inlineStr">
+        <is>
+          <t>Hiç Yazılmamış Bir Öykü Kahramanının Trajik ve Sürükleyici Hikayesi</t>
+        </is>
+      </c>
+      <c r="C2297" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2298" spans="1:3">
+      <c r="A2298" s="1" t="inlineStr">
+        <is>
+          <t>9786257913669</t>
+        </is>
+      </c>
+      <c r="B2298" s="1" t="inlineStr">
+        <is>
+          <t>Ben Değiştim Biliyorum</t>
+        </is>
+      </c>
+      <c r="C2298" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2299" spans="1:3">
+      <c r="A2299" s="1" t="inlineStr">
+        <is>
+          <t>9786257913638</t>
+        </is>
+      </c>
+      <c r="B2299" s="1" t="inlineStr">
+        <is>
+          <t>Bitmemiş Bir Cümlenin Noktasını Taşımak</t>
+        </is>
+      </c>
+      <c r="C2299" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2300" spans="1:3">
+      <c r="A2300" s="1" t="inlineStr">
+        <is>
+          <t>9786257913645</t>
+        </is>
+      </c>
+      <c r="B2300" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı’nın Gözündeki Zerre</t>
+        </is>
+      </c>
+      <c r="C2300" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2301" spans="1:3">
+      <c r="A2301" s="1" t="inlineStr">
+        <is>
+          <t>9786257913652</t>
+        </is>
+      </c>
+      <c r="B2301" s="1" t="inlineStr">
+        <is>
+          <t>Planetary Cilt 1</t>
+        </is>
+      </c>
+      <c r="C2301" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2302" spans="1:3">
+      <c r="A2302" s="1" t="inlineStr">
+        <is>
+          <t>9786257913607</t>
+        </is>
+      </c>
+      <c r="B2302" s="1" t="inlineStr">
+        <is>
+          <t>Beni Nereden Vuralım?</t>
+        </is>
+      </c>
+      <c r="C2302" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2303" spans="1:3">
+      <c r="A2303" s="1" t="inlineStr">
+        <is>
+          <t>9786257913614</t>
+        </is>
+      </c>
+      <c r="B2303" s="1" t="inlineStr">
+        <is>
+          <t>Hilkat ile Garibe</t>
+        </is>
+      </c>
+      <c r="C2303" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2304" spans="1:3">
+      <c r="A2304" s="1" t="inlineStr">
+        <is>
+          <t>9786257913560</t>
+        </is>
+      </c>
+      <c r="B2304" s="1" t="inlineStr">
+        <is>
+          <t>Benjamin Button’ın Tuhaf Hikayesi</t>
+        </is>
+      </c>
+      <c r="C2304" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2305" spans="1:3">
+      <c r="A2305" s="1" t="inlineStr">
+        <is>
+          <t>9786257913577</t>
+        </is>
+      </c>
+      <c r="B2305" s="1" t="inlineStr">
+        <is>
+          <t>Watchmen Başlangıç: Gece Kuşu - Dr. Manhattan</t>
+        </is>
+      </c>
+      <c r="C2305" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="2306" spans="1:3">
+      <c r="A2306" s="1" t="inlineStr">
+        <is>
+          <t>9786057762832</t>
+        </is>
+      </c>
+      <c r="B2306" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Kalesi</t>
+        </is>
+      </c>
+      <c r="C2306" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2307" spans="1:3">
+      <c r="A2307" s="1" t="inlineStr">
+        <is>
+          <t>9786257913546</t>
+        </is>
+      </c>
+      <c r="B2307" s="1" t="inlineStr">
+        <is>
+          <t>Cehennem Evi</t>
+        </is>
+      </c>
+      <c r="C2307" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2308" spans="1:3">
+      <c r="A2308" s="1" t="inlineStr">
+        <is>
+          <t>9786257913553</t>
+        </is>
+      </c>
+      <c r="B2308" s="1" t="inlineStr">
+        <is>
+          <t>Ağız</t>
+        </is>
+      </c>
+      <c r="C2308" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2309" spans="1:3">
+      <c r="A2309" s="1" t="inlineStr">
+        <is>
+          <t>9786257913539</t>
+        </is>
+      </c>
+      <c r="B2309" s="1" t="inlineStr">
+        <is>
+          <t>Musiki İnkılabı’nın Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C2309" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="2310" spans="1:3">
+      <c r="A2310" s="1" t="inlineStr">
+        <is>
+          <t>9786257913522</t>
+        </is>
+      </c>
+      <c r="B2310" s="1" t="inlineStr">
+        <is>
+          <t>Conan: Ejderhanın Saati</t>
+        </is>
+      </c>
+      <c r="C2310" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2311" spans="1:3">
+      <c r="A2311" s="1" t="inlineStr">
+        <is>
+          <t>9786057762887</t>
+        </is>
+      </c>
+      <c r="B2311" s="1" t="inlineStr">
+        <is>
+          <t>Ay Işığında Sancı</t>
+        </is>
+      </c>
+      <c r="C2311" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2312" spans="1:3">
+      <c r="A2312" s="1" t="inlineStr">
+        <is>
+          <t>9786257913461</t>
+        </is>
+      </c>
+      <c r="B2312" s="1" t="inlineStr">
+        <is>
+          <t>Hiçbir Yerden Haberler</t>
+        </is>
+      </c>
+      <c r="C2312" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2313" spans="1:3">
+      <c r="A2313" s="1" t="inlineStr">
+        <is>
+          <t>9786257913447</t>
+        </is>
+      </c>
+      <c r="B2313" s="1" t="inlineStr">
+        <is>
+          <t>Benden’iz James Joyce</t>
+        </is>
+      </c>
+      <c r="C2313" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2314" spans="1:3">
+      <c r="A2314" s="1" t="inlineStr">
+        <is>
+          <t>9786257913454</t>
+        </is>
+      </c>
+      <c r="B2314" s="1" t="inlineStr">
+        <is>
+          <t>Kent</t>
+        </is>
+      </c>
+      <c r="C2314" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2315" spans="1:3">
+      <c r="A2315" s="1" t="inlineStr">
+        <is>
+          <t>9786257913416</t>
+        </is>
+      </c>
+      <c r="B2315" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Savaşları Bitirecek Savaş</t>
+        </is>
+      </c>
+      <c r="C2315" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2316" spans="1:3">
+      <c r="A2316" s="1" t="inlineStr">
+        <is>
+          <t>9786257913430</t>
+        </is>
+      </c>
+      <c r="B2316" s="1" t="inlineStr">
+        <is>
+          <t>Kumadam</t>
+        </is>
+      </c>
+      <c r="C2316" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2317" spans="1:3">
+      <c r="A2317" s="1" t="inlineStr">
+        <is>
+          <t>9786257913423</t>
+        </is>
+      </c>
+      <c r="B2317" s="1" t="inlineStr">
+        <is>
+          <t>Kurtadam</t>
+        </is>
+      </c>
+      <c r="C2317" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2318" spans="1:3">
+      <c r="A2318" s="1" t="inlineStr">
+        <is>
+          <t>9786257913379</t>
+        </is>
+      </c>
+      <c r="B2318" s="1" t="inlineStr">
+        <is>
+          <t>Kallokain</t>
+        </is>
+      </c>
+      <c r="C2318" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2319" spans="1:3">
+      <c r="A2319" s="1" t="inlineStr">
+        <is>
+          <t>9786257913324</t>
+        </is>
+      </c>
+      <c r="B2319" s="1" t="inlineStr">
+        <is>
+          <t>Ütopya</t>
+        </is>
+      </c>
+      <c r="C2319" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2320" spans="1:3">
+      <c r="A2320" s="1" t="inlineStr">
+        <is>
+          <t>9786257913348</t>
+        </is>
+      </c>
+      <c r="B2320" s="1" t="inlineStr">
+        <is>
+          <t>Karahindiba Şarabı</t>
+        </is>
+      </c>
+      <c r="C2320" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2321" spans="1:3">
+      <c r="A2321" s="1" t="inlineStr">
+        <is>
+          <t>9786257913072</t>
+        </is>
+      </c>
+      <c r="B2321" s="1" t="inlineStr">
+        <is>
+          <t>Taştaki Dikiş İzi</t>
+        </is>
+      </c>
+      <c r="C2321" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2322" spans="1:3">
+      <c r="A2322" s="1" t="inlineStr">
+        <is>
+          <t>9786257913300</t>
+        </is>
+      </c>
+      <c r="B2322" s="1" t="inlineStr">
+        <is>
+          <t>Gerisayım Kenti</t>
+        </is>
+      </c>
+      <c r="C2322" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2323" spans="1:3">
+      <c r="A2323" s="1" t="inlineStr">
+        <is>
+          <t>9786257913218</t>
+        </is>
+      </c>
+      <c r="B2323" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gün Mutlaka</t>
+        </is>
+      </c>
+      <c r="C2323" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2324" spans="1:3">
+      <c r="A2324" s="1" t="inlineStr">
+        <is>
+          <t>9786257913225</t>
+        </is>
+      </c>
+      <c r="B2324" s="1" t="inlineStr">
+        <is>
+          <t>Astıktan Sonra</t>
+        </is>
+      </c>
+      <c r="C2324" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2325" spans="1:3">
+      <c r="A2325" s="1" t="inlineStr">
+        <is>
+          <t>9786257913249</t>
+        </is>
+      </c>
+      <c r="B2325" s="1" t="inlineStr">
+        <is>
+          <t>Onu Bekliyorum</t>
+        </is>
+      </c>
+      <c r="C2325" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2326" spans="1:3">
+      <c r="A2326" s="1" t="inlineStr">
+        <is>
+          <t>9786257913263</t>
+        </is>
+      </c>
+      <c r="B2326" s="1" t="inlineStr">
+        <is>
+          <t>Alice Aynadan İçeri</t>
+        </is>
+      </c>
+      <c r="C2326" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2327" spans="1:3">
+      <c r="A2327" s="1" t="inlineStr">
+        <is>
+          <t>9786257913270</t>
+        </is>
+      </c>
+      <c r="B2327" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C2327" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2328" spans="1:3">
+      <c r="A2328" s="1" t="inlineStr">
+        <is>
+          <t>9786257913256</t>
+        </is>
+      </c>
+      <c r="B2328" s="1" t="inlineStr">
+        <is>
+          <t>Martin Eden</t>
+        </is>
+      </c>
+      <c r="C2328" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2329" spans="1:3">
+      <c r="A2329" s="1" t="inlineStr">
+        <is>
+          <t>9786257913287</t>
+        </is>
+      </c>
+      <c r="B2329" s="1" t="inlineStr">
+        <is>
+          <t>Kum</t>
+        </is>
+      </c>
+      <c r="C2329" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2330" spans="1:3">
+      <c r="A2330" s="1" t="inlineStr">
+        <is>
+          <t>9786257913119</t>
+        </is>
+      </c>
+      <c r="B2330" s="1" t="inlineStr">
+        <is>
+          <t>Vaiz 9 - Alamo</t>
+        </is>
+      </c>
+      <c r="C2330" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="2331" spans="1:3">
+      <c r="A2331" s="1" t="inlineStr">
+        <is>
+          <t>9786257913188</t>
+        </is>
+      </c>
+      <c r="B2331" s="1" t="inlineStr">
+        <is>
+          <t>Endişe</t>
+        </is>
+      </c>
+      <c r="C2331" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2332" spans="1:3">
+      <c r="A2332" s="1" t="inlineStr">
+        <is>
+          <t>9786257913164</t>
+        </is>
+      </c>
+      <c r="B2332" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C2332" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2333" spans="1:3">
+      <c r="A2333" s="1" t="inlineStr">
+        <is>
+          <t>9786257913157</t>
+        </is>
+      </c>
+      <c r="B2333" s="1" t="inlineStr">
+        <is>
+          <t>Odd ve Ayaz Devleri</t>
+        </is>
+      </c>
+      <c r="C2333" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2334" spans="1:3">
+      <c r="A2334" s="1" t="inlineStr">
+        <is>
+          <t>9786257913171</t>
+        </is>
+      </c>
+      <c r="B2334" s="1" t="inlineStr">
+        <is>
+          <t>Ay’daki İlk İnsanlar</t>
+        </is>
+      </c>
+      <c r="C2334" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2335" spans="1:3">
+      <c r="A2335" s="1" t="inlineStr">
+        <is>
+          <t>9786257913133</t>
+        </is>
+      </c>
+      <c r="B2335" s="1" t="inlineStr">
+        <is>
+          <t>Şato</t>
+        </is>
+      </c>
+      <c r="C2335" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2336" spans="1:3">
+      <c r="A2336" s="1" t="inlineStr">
+        <is>
+          <t>9786257913126</t>
+        </is>
+      </c>
+      <c r="B2336" s="1" t="inlineStr">
+        <is>
+          <t>Zavallılar</t>
+        </is>
+      </c>
+      <c r="C2336" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2337" spans="1:3">
+      <c r="A2337" s="1" t="inlineStr">
+        <is>
+          <t>9786257913102</t>
+        </is>
+      </c>
+      <c r="B2337" s="1" t="inlineStr">
+        <is>
+          <t>Vaiz 8 - Cehennem Kapıda</t>
+        </is>
+      </c>
+      <c r="C2337" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2338" spans="1:3">
+      <c r="A2338" s="1" t="inlineStr">
+        <is>
+          <t>9786257913096</t>
+        </is>
+      </c>
+      <c r="B2338" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Yazılar</t>
+        </is>
+      </c>
+      <c r="C2338" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2339" spans="1:3">
+      <c r="A2339" s="1" t="inlineStr">
+        <is>
+          <t>9786257913089</t>
+        </is>
+      </c>
+      <c r="B2339" s="1" t="inlineStr">
+        <is>
+          <t>Uzlaştırıcının Pençesi</t>
+        </is>
+      </c>
+      <c r="C2339" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2340" spans="1:3">
+      <c r="A2340" s="1" t="inlineStr">
+        <is>
+          <t>9786257913065</t>
+        </is>
+      </c>
+      <c r="B2340" s="1" t="inlineStr">
+        <is>
+          <t>Baba</t>
+        </is>
+      </c>
+      <c r="C2340" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2341" spans="1:3">
+      <c r="A2341" s="1" t="inlineStr">
+        <is>
+          <t>9786257913058</t>
+        </is>
+      </c>
+      <c r="B2341" s="1" t="inlineStr">
+        <is>
+          <t>Cantona: Kral Olacak Asi</t>
+        </is>
+      </c>
+      <c r="C2341" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2342" spans="1:3">
+      <c r="A2342" s="1" t="inlineStr">
+        <is>
+          <t>9786257913010</t>
+        </is>
+      </c>
+      <c r="B2342" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Kent</t>
+        </is>
+      </c>
+      <c r="C2342" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2343" spans="1:3">
+      <c r="A2343" s="1" t="inlineStr">
+        <is>
+          <t>9786257913041</t>
+        </is>
+      </c>
+      <c r="B2343" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Savaş</t>
+        </is>
+      </c>
+      <c r="C2343" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2344" spans="1:3">
+      <c r="A2344" s="1" t="inlineStr">
+        <is>
+          <t>9786257913027</t>
+        </is>
+      </c>
+      <c r="B2344" s="1" t="inlineStr">
+        <is>
+          <t>Kurt Yolu</t>
+        </is>
+      </c>
+      <c r="C2344" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2345" spans="1:3">
+      <c r="A2345" s="1" t="inlineStr">
+        <is>
+          <t>9786057762900</t>
+        </is>
+      </c>
+      <c r="B2345" s="1" t="inlineStr">
+        <is>
+          <t>Ay Polisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2345" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="2346" spans="1:3">
+      <c r="A2346" s="1" t="inlineStr">
+        <is>
+          <t>9786057762948</t>
+        </is>
+      </c>
+      <c r="B2346" s="1" t="inlineStr">
+        <is>
+          <t>Bayan Yalnızkalpler</t>
+        </is>
+      </c>
+      <c r="C2346" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2347" spans="1:3">
+      <c r="A2347" s="1" t="inlineStr">
+        <is>
+          <t>9786057762825</t>
+        </is>
+      </c>
+      <c r="B2347" s="1" t="inlineStr">
+        <is>
+          <t>Vaiz 7: Kurtuluş</t>
+        </is>
+      </c>
+      <c r="C2347" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="2348" spans="1:3">
+      <c r="A2348" s="1" t="inlineStr">
+        <is>
+          <t>9786057762818</t>
+        </is>
+      </c>
+      <c r="B2348" s="1" t="inlineStr">
+        <is>
+          <t>Vaiz 6: Güneşte Savaş</t>
+        </is>
+      </c>
+      <c r="C2348" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2349" spans="1:3">
+      <c r="A2349" s="1" t="inlineStr">
+        <is>
+          <t>9786057762931</t>
+        </is>
+      </c>
+      <c r="B2349" s="1" t="inlineStr">
+        <is>
+          <t>Akhilleus’un Şarkısı</t>
+        </is>
+      </c>
+      <c r="C2349" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2350" spans="1:3">
+      <c r="A2350" s="1" t="inlineStr">
+        <is>
+          <t>9786057762863</t>
+        </is>
+      </c>
+      <c r="B2350" s="1" t="inlineStr">
+        <is>
+          <t>Kılıçlar Çağı</t>
+        </is>
+      </c>
+      <c r="C2350" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2351" spans="1:3">
+      <c r="A2351" s="1" t="inlineStr">
+        <is>
+          <t>9786057762924</t>
+        </is>
+      </c>
+      <c r="B2351" s="1" t="inlineStr">
+        <is>
+          <t>Dış Kapının Mandalı</t>
+        </is>
+      </c>
+      <c r="C2351" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2352" spans="1:3">
+      <c r="A2352" s="1" t="inlineStr">
+        <is>
+          <t>9786057762870</t>
+        </is>
+      </c>
+      <c r="B2352" s="1" t="inlineStr">
+        <is>
+          <t>Katilbot Günlükleri 4 - Çıkış Stratejisi</t>
+        </is>
+      </c>
+      <c r="C2352" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2353" spans="1:3">
+      <c r="A2353" s="1" t="inlineStr">
+        <is>
+          <t>9786057762801</t>
+        </is>
+      </c>
+      <c r="B2353" s="1" t="inlineStr">
+        <is>
+          <t>Yolun Sonundaki Okyanus</t>
+        </is>
+      </c>
+      <c r="C2353" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2354" spans="1:3">
+      <c r="A2354" s="1" t="inlineStr">
+        <is>
+          <t>9786057762696</t>
+        </is>
+      </c>
+      <c r="B2354" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Kapıları Kilitle</t>
+        </is>
+      </c>
+      <c r="C2354" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2355" spans="1:3">
+      <c r="A2355" s="1" t="inlineStr">
+        <is>
+          <t>9786057762764</t>
+        </is>
+      </c>
+      <c r="B2355" s="1" t="inlineStr">
+        <is>
+          <t>Bitmemiş Öyküler</t>
+        </is>
+      </c>
+      <c r="C2355" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="2356" spans="1:3">
+      <c r="A2356" s="1" t="inlineStr">
+        <is>
+          <t>9786057762771</t>
+        </is>
+      </c>
+      <c r="B2356" s="1" t="inlineStr">
+        <is>
+          <t>Vaiz 5 - Zıvanadan Çıkmış</t>
+        </is>
+      </c>
+      <c r="C2356" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="2357" spans="1:3">
+      <c r="A2357" s="1" t="inlineStr">
+        <is>
+          <t>9786057762702</t>
+        </is>
+      </c>
+      <c r="B2357" s="1" t="inlineStr">
+        <is>
+          <t>Vaiz Cilt 4 - Evvel Zaman</t>
+        </is>
+      </c>
+      <c r="C2357" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="2358" spans="1:3">
+      <c r="A2358" s="1" t="inlineStr">
+        <is>
+          <t>9786057762719</t>
+        </is>
+      </c>
+      <c r="B2358" s="1" t="inlineStr">
+        <is>
+          <t>Vardiya</t>
+        </is>
+      </c>
+      <c r="C2358" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2359" spans="1:3">
+      <c r="A2359" s="1" t="inlineStr">
+        <is>
+          <t>9786057762375</t>
+        </is>
+      </c>
+      <c r="B2359" s="1" t="inlineStr">
+        <is>
+          <t>Blizzard Futbol Kültür Dergisi Sayı: 3</t>
+        </is>
+      </c>
+      <c r="C2359" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2360" spans="1:3">
+      <c r="A2360" s="1" t="inlineStr">
+        <is>
+          <t>9786057762634</t>
+        </is>
+      </c>
+      <c r="B2360" s="1" t="inlineStr">
+        <is>
+          <t>Vaiz Cilt 3: Gururlu Amerikalılar</t>
+        </is>
+      </c>
+      <c r="C2360" s="1">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="2361" spans="1:3">
+      <c r="A2361" s="1" t="inlineStr">
+        <is>
+          <t>9786057762627</t>
+        </is>
+      </c>
+      <c r="B2361" s="1" t="inlineStr">
+        <is>
+          <t>Vaiz Cilt 2: Dünyanın Sonuna Kadar</t>
+        </is>
+      </c>
+      <c r="C2361" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2362" spans="1:3">
+      <c r="A2362" s="1" t="inlineStr">
+        <is>
+          <t>9786057762665</t>
+        </is>
+      </c>
+      <c r="B2362" s="1" t="inlineStr">
+        <is>
+          <t>Silo - Wool Serisi 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C2362" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2363" spans="1:3">
+      <c r="A2363" s="1" t="inlineStr">
+        <is>
+          <t>9786057762658</t>
+        </is>
+      </c>
+      <c r="B2363" s="1" t="inlineStr">
+        <is>
+          <t>Kara Örümcek</t>
+        </is>
+      </c>
+      <c r="C2363" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2364" spans="1:3">
+      <c r="A2364" s="1" t="inlineStr">
+        <is>
+          <t>9786057762573</t>
+        </is>
+      </c>
+      <c r="B2364" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C2364" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2365" spans="1:3">
+      <c r="A2365" s="1" t="inlineStr">
+        <is>
+          <t>9786057762603</t>
+        </is>
+      </c>
+      <c r="B2365" s="1" t="inlineStr">
+        <is>
+          <t>Oscar Wao'nun Tuhaf Kısa Yaşamı</t>
+        </is>
+      </c>
+      <c r="C2365" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2366" spans="1:3">
+      <c r="A2366" s="1" t="inlineStr">
+        <is>
+          <t>9786057762580</t>
+        </is>
+      </c>
+      <c r="B2366" s="1" t="inlineStr">
+        <is>
+          <t>Edebi Zevk Yargısı Yüksek ve Popüler Edebiyat ve Kitsch</t>
+        </is>
+      </c>
+      <c r="C2366" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2367" spans="1:3">
+      <c r="A2367" s="1" t="inlineStr">
+        <is>
+          <t>9786057762610</t>
+        </is>
+      </c>
+      <c r="B2367" s="1" t="inlineStr">
+        <is>
+          <t>Franz Kafka ve Sinema</t>
+        </is>
+      </c>
+      <c r="C2367" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2368" spans="1:3">
+      <c r="A2368" s="1" t="inlineStr">
+        <is>
+          <t>9786057762597</t>
+        </is>
+      </c>
+      <c r="B2368" s="1" t="inlineStr">
+        <is>
+          <t>Sandman 8 - Dünyaların Sonu</t>
+        </is>
+      </c>
+      <c r="C2368" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="2369" spans="1:3">
+      <c r="A2369" s="1" t="inlineStr">
+        <is>
+          <t>9786057762382</t>
+        </is>
+      </c>
+      <c r="B2369" s="1" t="inlineStr">
+        <is>
+          <t>Hurin'in Çocukları</t>
+        </is>
+      </c>
+      <c r="C2369" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2370" spans="1:3">
+      <c r="A2370" s="1" t="inlineStr">
+        <is>
+          <t>9786057762528</t>
+        </is>
+      </c>
+      <c r="B2370" s="1" t="inlineStr">
+        <is>
+          <t>Kararsız Zaman, Zamansız Ölüm</t>
+        </is>
+      </c>
+      <c r="C2370" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2371" spans="1:3">
+      <c r="A2371" s="1" t="inlineStr">
+        <is>
+          <t>9786057762559</t>
+        </is>
+      </c>
+      <c r="B2371" s="1" t="inlineStr">
+        <is>
+          <t>Kar ve İnci</t>
+        </is>
+      </c>
+      <c r="C2371" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2372" spans="1:3">
+      <c r="A2372" s="1" t="inlineStr">
+        <is>
+          <t>9786057762542</t>
+        </is>
+      </c>
+      <c r="B2372" s="1" t="inlineStr">
+        <is>
+          <t>Belaya Bulaş</t>
+        </is>
+      </c>
+      <c r="C2372" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2373" spans="1:3">
+      <c r="A2373" s="1" t="inlineStr">
+        <is>
+          <t>9786057762405</t>
+        </is>
+      </c>
+      <c r="B2373" s="1" t="inlineStr">
+        <is>
+          <t>Acı</t>
+        </is>
+      </c>
+      <c r="C2373" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2374" spans="1:3">
+      <c r="A2374" s="1" t="inlineStr">
+        <is>
+          <t>9786057762535</t>
+        </is>
+      </c>
+      <c r="B2374" s="1" t="inlineStr">
+        <is>
+          <t>Tekinsiz Öyküler</t>
+        </is>
+      </c>
+      <c r="C2374" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2375" spans="1:3">
+      <c r="A2375" s="1" t="inlineStr">
+        <is>
+          <t>9786057762504</t>
+        </is>
+      </c>
+      <c r="B2375" s="1" t="inlineStr">
+        <is>
+          <t>Elfdiyarı Kralı'nın Kızı</t>
+        </is>
+      </c>
+      <c r="C2375" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2376" spans="1:3">
+      <c r="A2376" s="1" t="inlineStr">
+        <is>
+          <t>9786057762511</t>
+        </is>
+      </c>
+      <c r="B2376" s="1" t="inlineStr">
+        <is>
+          <t>Sen Yabancı Değilsin</t>
+        </is>
+      </c>
+      <c r="C2376" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2377" spans="1:3">
+      <c r="A2377" s="1" t="inlineStr">
+        <is>
+          <t>9786057762498</t>
+        </is>
+      </c>
+      <c r="B2377" s="1" t="inlineStr">
+        <is>
+          <t>Suret Sayı: 11 - Kahramanlar - Anti Kahramanlar</t>
+        </is>
+      </c>
+      <c r="C2377" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="2378" spans="1:3">
+      <c r="A2378" s="1" t="inlineStr">
+        <is>
+          <t>9786057762481</t>
+        </is>
+      </c>
+      <c r="B2378" s="1" t="inlineStr">
+        <is>
+          <t>İç Dünya Dış Gerçeklik</t>
+        </is>
+      </c>
+      <c r="C2378" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2379" spans="1:3">
+      <c r="A2379" s="1" t="inlineStr">
+        <is>
+          <t>9786057762474</t>
+        </is>
+      </c>
+      <c r="B2379" s="1" t="inlineStr">
+        <is>
+          <t>Şenlik Ateşi</t>
+        </is>
+      </c>
+      <c r="C2379" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2380" spans="1:3">
+      <c r="A2380" s="1" t="inlineStr">
+        <is>
+          <t>9786057762467</t>
+        </is>
+      </c>
+      <c r="B2380" s="1" t="inlineStr">
+        <is>
+          <t>Sandman 7 - Kısa Hayatlar</t>
+        </is>
+      </c>
+      <c r="C2380" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="2381" spans="1:3">
+      <c r="A2381" s="1" t="inlineStr">
+        <is>
+          <t>9786057762436</t>
+        </is>
+      </c>
+      <c r="B2381" s="1" t="inlineStr">
+        <is>
+          <t>Kifayetsiz Pastoral</t>
+        </is>
+      </c>
+      <c r="C2381" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="2382" spans="1:3">
+      <c r="A2382" s="1" t="inlineStr">
+        <is>
+          <t>9786057762450</t>
+        </is>
+      </c>
+      <c r="B2382" s="1" t="inlineStr">
+        <is>
+          <t>Conan (Cilt 1) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2382" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2383" spans="1:3">
+      <c r="A2383" s="1" t="inlineStr">
+        <is>
+          <t>9786057762290</t>
+        </is>
+      </c>
+      <c r="B2383" s="1" t="inlineStr">
+        <is>
+          <t>Mimesis</t>
+        </is>
+      </c>
+      <c r="C2383" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="2384" spans="1:3">
+      <c r="A2384" s="1" t="inlineStr">
+        <is>
+          <t>9786057762429</t>
+        </is>
+      </c>
+      <c r="B2384" s="1" t="inlineStr">
+        <is>
+          <t>Ouroboros Yılanı</t>
+        </is>
+      </c>
+      <c r="C2384" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2385" spans="1:3">
+      <c r="A2385" s="1" t="inlineStr">
+        <is>
+          <t>9786057762399</t>
+        </is>
+      </c>
+      <c r="B2385" s="1" t="inlineStr">
+        <is>
+          <t>Conan: Cilt 1</t>
+        </is>
+      </c>
+      <c r="C2385" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2386" spans="1:3">
+      <c r="A2386" s="1" t="inlineStr">
+        <is>
+          <t>9786057762368</t>
+        </is>
+      </c>
+      <c r="B2386" s="1" t="inlineStr">
+        <is>
+          <t>İşkencecinin Gölgesi</t>
+        </is>
+      </c>
+      <c r="C2386" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2387" spans="1:3">
+      <c r="A2387" s="1" t="inlineStr">
+        <is>
+          <t>9786057762337</t>
+        </is>
+      </c>
+      <c r="B2387" s="1" t="inlineStr">
+        <is>
+          <t>Kurbağa Adası</t>
+        </is>
+      </c>
+      <c r="C2387" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2388" spans="1:3">
+      <c r="A2388" s="1" t="inlineStr">
+        <is>
+          <t>9786057762313</t>
+        </is>
+      </c>
+      <c r="B2388" s="1" t="inlineStr">
+        <is>
+          <t>İstisnai Buluşmalar</t>
+        </is>
+      </c>
+      <c r="C2388" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2389" spans="1:3">
+      <c r="A2389" s="1" t="inlineStr">
+        <is>
+          <t>9786057762320</t>
+        </is>
+      </c>
+      <c r="B2389" s="1" t="inlineStr">
+        <is>
+          <t>Watchmen Başlangıç: Ozymandias - Kızıl Korsan</t>
+        </is>
+      </c>
+      <c r="C2389" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="2390" spans="1:3">
+      <c r="A2390" s="1" t="inlineStr">
+        <is>
+          <t>9786057762283</t>
+        </is>
+      </c>
+      <c r="B2390" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamet Polisi</t>
+        </is>
+      </c>
+      <c r="C2390" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2391" spans="1:3">
+      <c r="A2391" s="1" t="inlineStr">
+        <is>
+          <t>9786057762306</t>
+        </is>
+      </c>
+      <c r="B2391" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Duvar Kağıdı</t>
+        </is>
+      </c>
+      <c r="C2391" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2392" spans="1:3">
+      <c r="A2392" s="1" t="inlineStr">
+        <is>
+          <t>9786057762276</t>
+        </is>
+      </c>
+      <c r="B2392" s="1" t="inlineStr">
+        <is>
+          <t>Beni mi?</t>
+        </is>
+      </c>
+      <c r="C2392" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2393" spans="1:3">
+      <c r="A2393" s="1" t="inlineStr">
+        <is>
+          <t>9786057762245</t>
+        </is>
+      </c>
+      <c r="B2393" s="1" t="inlineStr">
+        <is>
+          <t>Jurgen - Bir Adalet Komedisi</t>
+        </is>
+      </c>
+      <c r="C2393" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2394" spans="1:3">
+      <c r="A2394" s="1" t="inlineStr">
+        <is>
+          <t>9786057762269</t>
+        </is>
+      </c>
+      <c r="B2394" s="1" t="inlineStr">
+        <is>
+          <t>Çataldili Konuşan Son İnsan</t>
+        </is>
+      </c>
+      <c r="C2394" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2395" spans="1:3">
+      <c r="A2395" s="1" t="inlineStr">
+        <is>
+          <t>9786057762252</t>
+        </is>
+      </c>
+      <c r="B2395" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Sen De İstiyorsun</t>
+        </is>
+      </c>
+      <c r="C2395" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2396" spans="1:3">
+      <c r="A2396" s="1" t="inlineStr">
+        <is>
+          <t>9786057762207</t>
+        </is>
+      </c>
+      <c r="B2396" s="1" t="inlineStr">
+        <is>
+          <t>Kaçak Protokol</t>
+        </is>
+      </c>
+      <c r="C2396" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2397" spans="1:3">
+      <c r="A2397" s="1" t="inlineStr">
+        <is>
+          <t>9786057762221</t>
+        </is>
+      </c>
+      <c r="B2397" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Gibi</t>
+        </is>
+      </c>
+      <c r="C2397" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2398" spans="1:3">
+      <c r="A2398" s="1" t="inlineStr">
+        <is>
+          <t>9786057762191</t>
+        </is>
+      </c>
+      <c r="B2398" s="1" t="inlineStr">
+        <is>
+          <t>Loki’nin Müjdesi</t>
+        </is>
+      </c>
+      <c r="C2398" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2399" spans="1:3">
+      <c r="A2399" s="1" t="inlineStr">
+        <is>
+          <t>9786057762184</t>
+        </is>
+      </c>
+      <c r="B2399" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Kırıcı</t>
+        </is>
+      </c>
+      <c r="C2399" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2400" spans="1:3">
+      <c r="A2400" s="1" t="inlineStr">
+        <is>
+          <t>9786057762177</t>
+        </is>
+      </c>
+      <c r="B2400" s="1" t="inlineStr">
+        <is>
+          <t>Maksatlı Tesadüfler</t>
+        </is>
+      </c>
+      <c r="C2400" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2401" spans="1:3">
+      <c r="A2401" s="1" t="inlineStr">
+        <is>
+          <t>9786057762160</t>
+        </is>
+      </c>
+      <c r="B2401" s="1" t="inlineStr">
+        <is>
+          <t>Sonbahar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C2401" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2402" spans="1:3">
+      <c r="A2402" s="1" t="inlineStr">
+        <is>
+          <t>9786057762122</t>
+        </is>
+      </c>
+      <c r="B2402" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Kederler Küçük Öyküler</t>
+        </is>
+      </c>
+      <c r="C2402" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2403" spans="1:3">
+      <c r="A2403" s="1" t="inlineStr">
+        <is>
+          <t>9786057762153</t>
+        </is>
+      </c>
+      <c r="B2403" s="1" t="inlineStr">
+        <is>
+          <t>Tutarsızlıklar</t>
+        </is>
+      </c>
+      <c r="C2403" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2404" spans="1:3">
+      <c r="A2404" s="1" t="inlineStr">
+        <is>
+          <t>9786057762146</t>
+        </is>
+      </c>
+      <c r="B2404" s="1" t="inlineStr">
+        <is>
+          <t>Sivil İtaatsizlik</t>
+        </is>
+      </c>
+      <c r="C2404" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2405" spans="1:3">
+      <c r="A2405" s="1" t="inlineStr">
+        <is>
+          <t>9786057762139</t>
+        </is>
+      </c>
+      <c r="B2405" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Gözü - Zaman Çarkı 1</t>
+        </is>
+      </c>
+      <c r="C2405" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="2406" spans="1:3">
+      <c r="A2406" s="1" t="inlineStr">
+        <is>
+          <t>9786057762030</t>
+        </is>
+      </c>
+      <c r="B2406" s="1" t="inlineStr">
+        <is>
+          <t>Sandman 6: Fabllar ve Yansımalar</t>
+        </is>
+      </c>
+      <c r="C2406" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="2407" spans="1:3">
+      <c r="A2407" s="1" t="inlineStr">
+        <is>
+          <t>9786057762115</t>
+        </is>
+      </c>
+      <c r="B2407" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Ötesindeki Orman</t>
+        </is>
+      </c>
+      <c r="C2407" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2408" spans="1:3">
+      <c r="A2408" s="1" t="inlineStr">
+        <is>
+          <t>9786057762078</t>
+        </is>
+      </c>
+      <c r="B2408" s="1" t="inlineStr">
+        <is>
+          <t>Bir Küçük Delilik</t>
+        </is>
+      </c>
+      <c r="C2408" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2409" spans="1:3">
+      <c r="A2409" s="1" t="inlineStr">
+        <is>
+          <t>9786057762085</t>
+        </is>
+      </c>
+      <c r="B2409" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Ölüler</t>
+        </is>
+      </c>
+      <c r="C2409" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="2410" spans="1:3">
+      <c r="A2410" s="1" t="inlineStr">
+        <is>
+          <t>9786057762092</t>
+        </is>
+      </c>
+      <c r="B2410" s="1" t="inlineStr">
+        <is>
+          <t>Fantastes</t>
+        </is>
+      </c>
+      <c r="C2410" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2411" spans="1:3">
+      <c r="A2411" s="1" t="inlineStr">
+        <is>
+          <t>9786057762054</t>
+        </is>
+      </c>
+      <c r="B2411" s="1" t="inlineStr">
+        <is>
+          <t>Phlebas’ı Hatırla</t>
+        </is>
+      </c>
+      <c r="C2411" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2412" spans="1:3">
+      <c r="A2412" s="1" t="inlineStr">
+        <is>
+          <t>9786057762047</t>
+        </is>
+      </c>
+      <c r="B2412" s="1" t="inlineStr">
+        <is>
+          <t>Güneşi Yanında Taşıyan Adam</t>
+        </is>
+      </c>
+      <c r="C2412" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2413" spans="1:3">
+      <c r="A2413" s="1" t="inlineStr">
+        <is>
+          <t>9786057762009</t>
+        </is>
+      </c>
+      <c r="B2413" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Çocuklar İyidir</t>
+        </is>
+      </c>
+      <c r="C2413" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2414" spans="1:3">
+      <c r="A2414" s="1" t="inlineStr">
+        <is>
+          <t>9786053759584</t>
+        </is>
+      </c>
+      <c r="B2414" s="1" t="inlineStr">
+        <is>
+          <t>Ben Kirke</t>
+        </is>
+      </c>
+      <c r="C2414" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2415" spans="1:3">
+      <c r="A2415" s="1" t="inlineStr">
+        <is>
+          <t>9786053759997</t>
+        </is>
+      </c>
+      <c r="B2415" s="1" t="inlineStr">
+        <is>
+          <t>Ağıt</t>
+        </is>
+      </c>
+      <c r="C2415" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2416" spans="1:3">
+      <c r="A2416" s="1" t="inlineStr">
+        <is>
+          <t>9786053759935</t>
+        </is>
+      </c>
+      <c r="B2416" s="1" t="inlineStr">
+        <is>
+          <t>Biz</t>
+        </is>
+      </c>
+      <c r="C2416" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2417" spans="1:3">
+      <c r="A2417" s="1" t="inlineStr">
+        <is>
+          <t>9786053759911</t>
+        </is>
+      </c>
+      <c r="B2417" s="1" t="inlineStr">
+        <is>
+          <t>Ağrı Dağı Yolcusu Kalmasın</t>
+        </is>
+      </c>
+      <c r="C2417" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2418" spans="1:3">
+      <c r="A2418" s="1" t="inlineStr">
+        <is>
+          <t>9786053759898</t>
+        </is>
+      </c>
+      <c r="B2418" s="1" t="inlineStr">
+        <is>
+          <t>Cam</t>
+        </is>
+      </c>
+      <c r="C2418" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2419" spans="1:3">
+      <c r="A2419" s="1" t="inlineStr">
+        <is>
+          <t>9786053759881</t>
+        </is>
+      </c>
+      <c r="B2419" s="1" t="inlineStr">
+        <is>
+          <t>Cehennemlik Yürek</t>
+        </is>
+      </c>
+      <c r="C2419" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2420" spans="1:3">
+      <c r="A2420" s="1" t="inlineStr">
+        <is>
+          <t>9786053759843</t>
+        </is>
+      </c>
+      <c r="B2420" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Öyküleri</t>
+        </is>
+      </c>
+      <c r="C2420" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2421" spans="1:3">
+      <c r="A2421" s="1" t="inlineStr">
+        <is>
+          <t>9786053759874</t>
+        </is>
+      </c>
+      <c r="B2421" s="1" t="inlineStr">
+        <is>
+          <t>Gölgeler İçinde Rusya</t>
+        </is>
+      </c>
+      <c r="C2421" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2422" spans="1:3">
+      <c r="A2422" s="1" t="inlineStr">
+        <is>
+          <t>9786053759850</t>
+        </is>
+      </c>
+      <c r="B2422" s="1" t="inlineStr">
+        <is>
+          <t>Mucizeler Kenti</t>
+        </is>
+      </c>
+      <c r="C2422" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2423" spans="1:3">
+      <c r="A2423" s="1" t="inlineStr">
+        <is>
+          <t>9786053759607</t>
+        </is>
+      </c>
+      <c r="B2423" s="1" t="inlineStr">
+        <is>
+          <t>Lefter - Futbolun Ordinaryüsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2423" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2424" spans="1:3">
+      <c r="A2424" s="1" t="inlineStr">
+        <is>
+          <t>9786053759829</t>
+        </is>
+      </c>
+      <c r="B2424" s="1" t="inlineStr">
+        <is>
+          <t>İmkansız Kale</t>
+        </is>
+      </c>
+      <c r="C2424" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2425" spans="1:3">
+      <c r="A2425" s="1" t="inlineStr">
+        <is>
+          <t>9786053759805</t>
+        </is>
+      </c>
+      <c r="B2425" s="1" t="inlineStr">
+        <is>
+          <t>Yazgı ve Gazap</t>
+        </is>
+      </c>
+      <c r="C2425" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="2426" spans="1:3">
+      <c r="A2426" s="1" t="inlineStr">
+        <is>
+          <t>9786053759836</t>
+        </is>
+      </c>
+      <c r="B2426" s="1" t="inlineStr">
+        <is>
+          <t>Arka Direkte Yalnız</t>
+        </is>
+      </c>
+      <c r="C2426" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2427" spans="1:3">
+      <c r="A2427" s="1" t="inlineStr">
+        <is>
+          <t>9786053759775</t>
+        </is>
+      </c>
+      <c r="B2427" s="1" t="inlineStr">
+        <is>
+          <t>Yatak Odasında Felsefe</t>
+        </is>
+      </c>
+      <c r="C2427" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2428" spans="1:3">
+      <c r="A2428" s="1" t="inlineStr">
+        <is>
+          <t>9786053759782</t>
+        </is>
+      </c>
+      <c r="B2428" s="1" t="inlineStr">
+        <is>
+          <t>Zeplin</t>
+        </is>
+      </c>
+      <c r="C2428" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2429" spans="1:3">
+      <c r="A2429" s="1" t="inlineStr">
+        <is>
+          <t>9786053759751</t>
+        </is>
+      </c>
+      <c r="B2429" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Mabet</t>
+        </is>
+      </c>
+      <c r="C2429" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2430" spans="1:3">
+      <c r="A2430" s="1" t="inlineStr">
+        <is>
+          <t>9786053759768</t>
+        </is>
+      </c>
+      <c r="B2430" s="1" t="inlineStr">
+        <is>
+          <t>Daisy Miller</t>
+        </is>
+      </c>
+      <c r="C2430" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2431" spans="1:3">
+      <c r="A2431" s="1" t="inlineStr">
+        <is>
+          <t>9786053759430</t>
+        </is>
+      </c>
+      <c r="B2431" s="1" t="inlineStr">
+        <is>
+          <t>Lefter - Futbolun Ordinaryüsü</t>
+        </is>
+      </c>
+      <c r="C2431" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2432" spans="1:3">
+      <c r="A2432" s="1" t="inlineStr">
+        <is>
+          <t>9786053759713</t>
+        </is>
+      </c>
+      <c r="B2432" s="1" t="inlineStr">
+        <is>
+          <t>Golem</t>
+        </is>
+      </c>
+      <c r="C2432" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2433" spans="1:3">
+      <c r="A2433" s="1" t="inlineStr">
+        <is>
+          <t>9786053759720</t>
+        </is>
+      </c>
+      <c r="B2433" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamete Koşanlar Kulübü</t>
+        </is>
+      </c>
+      <c r="C2433" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2434" spans="1:3">
+      <c r="A2434" s="1" t="inlineStr">
+        <is>
+          <t>9786053759683</t>
+        </is>
+      </c>
+      <c r="B2434" s="1" t="inlineStr">
+        <is>
+          <t>Koralin</t>
+        </is>
+      </c>
+      <c r="C2434" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2435" spans="1:3">
+      <c r="A2435" s="1" t="inlineStr">
+        <is>
+          <t>9786053759645</t>
+        </is>
+      </c>
+      <c r="B2435" s="1" t="inlineStr">
+        <is>
+          <t>Kelimelerin Kıyısında</t>
+        </is>
+      </c>
+      <c r="C2435" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2436" spans="1:3">
+      <c r="A2436" s="1" t="inlineStr">
+        <is>
+          <t>9786053759690</t>
+        </is>
+      </c>
+      <c r="B2436" s="1" t="inlineStr">
+        <is>
+          <t>Sanatçının Gençlik Portresi</t>
+        </is>
+      </c>
+      <c r="C2436" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2437" spans="1:3">
+      <c r="A2437" s="1" t="inlineStr">
+        <is>
+          <t>9786053759638</t>
+        </is>
+      </c>
+      <c r="B2437" s="1" t="inlineStr">
+        <is>
+          <t>Aidiyet</t>
+        </is>
+      </c>
+      <c r="C2437" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2438" spans="1:3">
+      <c r="A2438" s="1" t="inlineStr">
+        <is>
+          <t>9786053759669</t>
+        </is>
+      </c>
+      <c r="B2438" s="1" t="inlineStr">
+        <is>
+          <t>Postacı</t>
+        </is>
+      </c>
+      <c r="C2438" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2439" spans="1:3">
+      <c r="A2439" s="1" t="inlineStr">
+        <is>
+          <t>9786053759676</t>
+        </is>
+      </c>
+      <c r="B2439" s="1" t="inlineStr">
+        <is>
+          <t>Kara Panter Kimdir?</t>
+        </is>
+      </c>
+      <c r="C2439" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2440" spans="1:3">
+      <c r="A2440" s="1" t="inlineStr">
+        <is>
+          <t>9786053759591</t>
+        </is>
+      </c>
+      <c r="B2440" s="1" t="inlineStr">
+        <is>
+          <t>Gitmediğim Bir Yerde</t>
+        </is>
+      </c>
+      <c r="C2440" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2441" spans="1:3">
+      <c r="A2441" s="1" t="inlineStr">
+        <is>
+          <t>9786053759560</t>
+        </is>
+      </c>
+      <c r="B2441" s="1" t="inlineStr">
+        <is>
+          <t>Blizzard Futbol Kültür Dergisi Sayı: 2</t>
+        </is>
+      </c>
+      <c r="C2441" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2442" spans="1:3">
+      <c r="A2442" s="1" t="inlineStr">
+        <is>
+          <t>9786053757535</t>
+        </is>
+      </c>
+      <c r="B2442" s="1" t="inlineStr">
+        <is>
+          <t>Son Eşik</t>
+        </is>
+      </c>
+      <c r="C2442" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2443" spans="1:3">
+      <c r="A2443" s="1" t="inlineStr">
+        <is>
+          <t>9786053757528</t>
+        </is>
+      </c>
+      <c r="B2443" s="1" t="inlineStr">
+        <is>
+          <t>Charon’un Pençesi</t>
+        </is>
+      </c>
+      <c r="C2443" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2444" spans="1:3">
+      <c r="A2444" s="1" t="inlineStr">
+        <is>
+          <t>9786053759416</t>
+        </is>
+      </c>
+      <c r="B2444" s="1" t="inlineStr">
+        <is>
+          <t>Bıçağın Kendisi</t>
+        </is>
+      </c>
+      <c r="C2444" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2445" spans="1:3">
+      <c r="A2445" s="1" t="inlineStr">
+        <is>
+          <t>9786053759539</t>
+        </is>
+      </c>
+      <c r="B2445" s="1" t="inlineStr">
+        <is>
+          <t>Yazma Cesareti</t>
+        </is>
+      </c>
+      <c r="C2445" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2446" spans="1:3">
+      <c r="A2446" s="1" t="inlineStr">
+        <is>
+          <t>9786053759553</t>
+        </is>
+      </c>
+      <c r="B2446" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetin Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C2446" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2447" spans="1:3">
+      <c r="A2447" s="1" t="inlineStr">
+        <is>
+          <t>9786053759546</t>
+        </is>
+      </c>
+      <c r="B2447" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Mars</t>
+        </is>
+      </c>
+      <c r="C2447" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2448" spans="1:3">
+      <c r="A2448" s="1" t="inlineStr">
+        <is>
+          <t>9786053759492</t>
+        </is>
+      </c>
+      <c r="B2448" s="1" t="inlineStr">
+        <is>
+          <t>Bay Less</t>
+        </is>
+      </c>
+      <c r="C2448" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2449" spans="1:3">
+      <c r="A2449" s="1" t="inlineStr">
+        <is>
+          <t>9786053759522</t>
+        </is>
+      </c>
+      <c r="B2449" s="1" t="inlineStr">
+        <is>
+          <t>Istrancalı Abdülharis Paşa</t>
+        </is>
+      </c>
+      <c r="C2449" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2450" spans="1:3">
+      <c r="A2450" s="1" t="inlineStr">
+        <is>
+          <t>9786053759508</t>
+        </is>
+      </c>
+      <c r="B2450" s="1" t="inlineStr">
+        <is>
+          <t>Olmamış Kahraman Emeklisi</t>
+        </is>
+      </c>
+      <c r="C2450" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="2451" spans="1:3">
+      <c r="A2451" s="1" t="inlineStr">
+        <is>
+          <t>9786053759478</t>
+        </is>
+      </c>
+      <c r="B2451" s="1" t="inlineStr">
+        <is>
+          <t>Toz</t>
+        </is>
+      </c>
+      <c r="C2451" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2452" spans="1:3">
+      <c r="A2452" s="1" t="inlineStr">
+        <is>
+          <t>9786053759515</t>
+        </is>
+      </c>
+      <c r="B2452" s="1" t="inlineStr">
+        <is>
+          <t>Roma’da Siyaset ve Felsefe</t>
+        </is>
+      </c>
+      <c r="C2452" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2453" spans="1:3">
+      <c r="A2453" s="1" t="inlineStr">
+        <is>
+          <t>9786053759461</t>
+        </is>
+      </c>
+      <c r="B2453" s="1" t="inlineStr">
+        <is>
+          <t>Hareket İblisi</t>
+        </is>
+      </c>
+      <c r="C2453" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2454" spans="1:3">
+      <c r="A2454" s="1" t="inlineStr">
+        <is>
+          <t>9786053759423</t>
+        </is>
+      </c>
+      <c r="B2454" s="1" t="inlineStr">
+        <is>
+          <t>Siyasetteki Gölge Korku</t>
+        </is>
+      </c>
+      <c r="C2454" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2455" spans="1:3">
+      <c r="A2455" s="1" t="inlineStr">
+        <is>
+          <t>9786053759447</t>
+        </is>
+      </c>
+      <c r="B2455" s="1" t="inlineStr">
+        <is>
+          <t>Kozadaki Uğultu</t>
+        </is>
+      </c>
+      <c r="C2455" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2456" spans="1:3">
+      <c r="A2456" s="1" t="inlineStr">
+        <is>
+          <t>9789758607518</t>
+        </is>
+      </c>
+      <c r="B2456" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Hakimi</t>
+        </is>
+      </c>
+      <c r="C2456" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2457" spans="1:3">
+      <c r="A2457" s="1" t="inlineStr">
+        <is>
+          <t>9786053759393</t>
+        </is>
+      </c>
+      <c r="B2457" s="1" t="inlineStr">
+        <is>
+          <t>Şe7t4n</t>
+        </is>
+      </c>
+      <c r="C2457" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2458" spans="1:3">
+      <c r="A2458" s="1" t="inlineStr">
+        <is>
+          <t>9786053759386</t>
+        </is>
+      </c>
+      <c r="B2458" s="1" t="inlineStr">
+        <is>
+          <t>Teftiş</t>
+        </is>
+      </c>
+      <c r="C2458" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="2459" spans="1:3">
+      <c r="A2459" s="1" t="inlineStr">
+        <is>
+          <t>9786053759379</t>
+        </is>
+      </c>
+      <c r="B2459" s="1" t="inlineStr">
+        <is>
+          <t>Günler Haritası - Bayan Peregrine'in Tuhaf Çocukları 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2459" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="2460" spans="1:3">
+      <c r="A2460" s="1" t="inlineStr">
+        <is>
+          <t>9786053759348</t>
+        </is>
+      </c>
+      <c r="B2460" s="1" t="inlineStr">
+        <is>
+          <t>Kumsalda</t>
+        </is>
+      </c>
+      <c r="C2460" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2461" spans="1:3">
+      <c r="A2461" s="1" t="inlineStr">
+        <is>
+          <t>9786053759362</t>
+        </is>
+      </c>
+      <c r="B2461" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Sistemler Çöktü</t>
+        </is>
+      </c>
+      <c r="C2461" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2462" spans="1:3">
+      <c r="A2462" s="1" t="inlineStr">
+        <is>
+          <t>9786053759331</t>
+        </is>
+      </c>
+      <c r="B2462" s="1" t="inlineStr">
+        <is>
+          <t>Vampir</t>
+        </is>
+      </c>
+      <c r="C2462" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2463" spans="1:3">
+      <c r="A2463" s="1" t="inlineStr">
+        <is>
+          <t>9786053759300</t>
+        </is>
+      </c>
+      <c r="B2463" s="1" t="inlineStr">
+        <is>
+          <t>Gölgesiz Matiz</t>
+        </is>
+      </c>
+      <c r="C2463" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2464" spans="1:3">
+      <c r="A2464" s="1" t="inlineStr">
+        <is>
+          <t>9786053759317</t>
+        </is>
+      </c>
+      <c r="B2464" s="1" t="inlineStr">
+        <is>
+          <t>Kılıçlar ve Güller - Elric</t>
+        </is>
+      </c>
+      <c r="C2464" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2465" spans="1:3">
+      <c r="A2465" s="1" t="inlineStr">
+        <is>
+          <t>9786053759294</t>
+        </is>
+      </c>
+      <c r="B2465" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Jekyll ile Bay Hyde</t>
+        </is>
+      </c>
+      <c r="C2465" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2466" spans="1:3">
+      <c r="A2466" s="1" t="inlineStr">
+        <is>
+          <t>9786053759270</t>
+        </is>
+      </c>
+      <c r="B2466" s="1" t="inlineStr">
+        <is>
+          <t>Destanlar Çağı</t>
+        </is>
+      </c>
+      <c r="C2466" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2467" spans="1:3">
+      <c r="A2467" s="1" t="inlineStr">
+        <is>
+          <t>9786053759263</t>
+        </is>
+      </c>
+      <c r="B2467" s="1" t="inlineStr">
+        <is>
+          <t>Yakın</t>
+        </is>
+      </c>
+      <c r="C2467" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2468" spans="1:3">
+      <c r="A2468" s="1" t="inlineStr">
+        <is>
+          <t>9786053759249</t>
+        </is>
+      </c>
+      <c r="B2468" s="1" t="inlineStr">
+        <is>
+          <t>İyi Toplum Yoktur</t>
+        </is>
+      </c>
+      <c r="C2468" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2469" spans="1:3">
+      <c r="A2469" s="1" t="inlineStr">
+        <is>
+          <t>9786053759256</t>
+        </is>
+      </c>
+      <c r="B2469" s="1" t="inlineStr">
+        <is>
+          <t>Sinema - Tarih Kuram Eleştiri</t>
+        </is>
+      </c>
+      <c r="C2469" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2470" spans="1:3">
+      <c r="A2470" s="1" t="inlineStr">
+        <is>
+          <t>9786053759225</t>
+        </is>
+      </c>
+      <c r="B2470" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bedenin Gerçeği</t>
+        </is>
+      </c>
+      <c r="C2470" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2471" spans="1:3">
+      <c r="A2471" s="1" t="inlineStr">
+        <is>
+          <t>9786053759218</t>
+        </is>
+      </c>
+      <c r="B2471" s="1" t="inlineStr">
+        <is>
+          <t>Aşikarlık Dehşeti: Sahte Kesinlikler</t>
+        </is>
+      </c>
+      <c r="C2471" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="2472" spans="1:3">
+      <c r="A2472" s="1" t="inlineStr">
+        <is>
+          <t>9786053759232</t>
+        </is>
+      </c>
+      <c r="B2472" s="1" t="inlineStr">
+        <is>
+          <t>Öksüz Brooklyn</t>
+        </is>
+      </c>
+      <c r="C2472" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2473" spans="1:3">
+      <c r="A2473" s="1" t="inlineStr">
+        <is>
+          <t>9786053759201</t>
+        </is>
+      </c>
+      <c r="B2473" s="1" t="inlineStr">
+        <is>
+          <t>Kitaplık</t>
+        </is>
+      </c>
+      <c r="C2473" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2474" spans="1:3">
+      <c r="A2474" s="1" t="inlineStr">
+        <is>
+          <t>9786053759195</t>
+        </is>
+      </c>
+      <c r="B2474" s="1" t="inlineStr">
+        <is>
+          <t>Madde 22</t>
+        </is>
+      </c>
+      <c r="C2474" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="2475" spans="1:3">
+      <c r="A2475" s="1" t="inlineStr">
+        <is>
+          <t>9786053759188</t>
+        </is>
+      </c>
+      <c r="B2475" s="1" t="inlineStr">
+        <is>
+          <t>Süreyya’nın Saatleri</t>
+        </is>
+      </c>
+      <c r="C2475" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2476" spans="1:3">
+      <c r="A2476" s="1" t="inlineStr">
+        <is>
+          <t>9786053759171</t>
+        </is>
+      </c>
+      <c r="B2476" s="1" t="inlineStr">
+        <is>
+          <t>Kara Prizma</t>
+        </is>
+      </c>
+      <c r="C2476" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="2477" spans="1:3">
+      <c r="A2477" s="1" t="inlineStr">
+        <is>
+          <t>9786053759164</t>
+        </is>
+      </c>
+      <c r="B2477" s="1" t="inlineStr">
+        <is>
+          <t>Üç Sahtekar</t>
+        </is>
+      </c>
+      <c r="C2477" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2478" spans="1:3">
+      <c r="A2478" s="1" t="inlineStr">
+        <is>
+          <t>9786053759096</t>
+        </is>
+      </c>
+      <c r="B2478" s="1" t="inlineStr">
+        <is>
+          <t>Las Vegas’ta Korku ve Nefret</t>
+        </is>
+      </c>
+      <c r="C2478" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2479" spans="1:3">
+      <c r="A2479" s="1" t="inlineStr">
+        <is>
+          <t>9786053759140</t>
+        </is>
+      </c>
+      <c r="B2479" s="1" t="inlineStr">
+        <is>
+          <t>Andromeda Nebulası</t>
+        </is>
+      </c>
+      <c r="C2479" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2480" spans="1:3">
+      <c r="A2480" s="1" t="inlineStr">
+        <is>
+          <t>9786053759010</t>
+        </is>
+      </c>
+      <c r="B2480" s="1" t="inlineStr">
+        <is>
+          <t>Fanon'un Hayaletleri</t>
+        </is>
+      </c>
+      <c r="C2480" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="2481" spans="1:3">
+      <c r="A2481" s="1" t="inlineStr">
+        <is>
+          <t>9786053759102</t>
+        </is>
+      </c>
+      <c r="B2481" s="1" t="inlineStr">
+        <is>
+          <t>Sendrom</t>
+        </is>
+      </c>
+      <c r="C2481" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2482" spans="1:3">
+      <c r="A2482" s="1" t="inlineStr">
+        <is>
+          <t>9786053759058</t>
+        </is>
+      </c>
+      <c r="B2482" s="1" t="inlineStr">
+        <is>
+          <t>Kılıçlar Kenti</t>
+        </is>
+      </c>
+      <c r="C2482" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2483" spans="1:3">
+      <c r="A2483" s="1" t="inlineStr">
+        <is>
+          <t>9786053758990</t>
+        </is>
+      </c>
+      <c r="B2483" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıların Tohumu</t>
+        </is>
+      </c>
+      <c r="C2483" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2484" spans="1:3">
+      <c r="A2484" s="1" t="inlineStr">
+        <is>
+          <t>9786053759041</t>
+        </is>
+      </c>
+      <c r="B2484" s="1" t="inlineStr">
+        <is>
+          <t>Carol Gömülmeden</t>
+        </is>
+      </c>
+      <c r="C2484" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2485" spans="1:3">
+      <c r="A2485" s="1" t="inlineStr">
+        <is>
+          <t>9786053759027</t>
+        </is>
+      </c>
+      <c r="B2485" s="1" t="inlineStr">
+        <is>
+          <t>Hissiz Kumpanya</t>
+        </is>
+      </c>
+      <c r="C2485" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="2486" spans="1:3">
+      <c r="A2486" s="1" t="inlineStr">
+        <is>
+          <t>9786053759072</t>
+        </is>
+      </c>
+      <c r="B2486" s="1" t="inlineStr">
+        <is>
+          <t>İntihar Kulübü</t>
+        </is>
+      </c>
+      <c r="C2486" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2487" spans="1:3">
+      <c r="A2487" s="1" t="inlineStr">
+        <is>
+          <t>9786053759065</t>
+        </is>
+      </c>
+      <c r="B2487" s="1" t="inlineStr">
+        <is>
+          <t>Boşlukta Uyanmak</t>
+        </is>
+      </c>
+      <c r="C2487" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2488" spans="1:3">
+      <c r="A2488" s="1" t="inlineStr">
+        <is>
+          <t>9786053758983</t>
+        </is>
+      </c>
+      <c r="B2488" s="1" t="inlineStr">
+        <is>
+          <t>Müziği Boğan Gürültü</t>
+        </is>
+      </c>
+      <c r="C2488" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2489" spans="1:3">
+      <c r="A2489" s="1" t="inlineStr">
+        <is>
+          <t>9786053759003</t>
+        </is>
+      </c>
+      <c r="B2489" s="1" t="inlineStr">
+        <is>
+          <t>Yasa Kitabı ve Yalanlar Kitabı</t>
+        </is>
+      </c>
+      <c r="C2489" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2490" spans="1:3">
+      <c r="A2490" s="1" t="inlineStr">
+        <is>
+          <t>9786053758877</t>
+        </is>
+      </c>
+      <c r="B2490" s="1" t="inlineStr">
+        <is>
+          <t>Uzay Akımları - Galaktik İmparatorluk Serisi 2</t>
+        </is>
+      </c>
+      <c r="C2490" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2491" spans="1:3">
+      <c r="A2491" s="1" t="inlineStr">
+        <is>
+          <t>9786053758976</t>
+        </is>
+      </c>
+      <c r="B2491" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Rağmen Edebiyat</t>
+        </is>
+      </c>
+      <c r="C2491" s="1">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="2492" spans="1:3">
+      <c r="A2492" s="1" t="inlineStr">
+        <is>
+          <t>9786053758945</t>
+        </is>
+      </c>
+      <c r="B2492" s="1" t="inlineStr">
+        <is>
+          <t>Trenzalore Öyküleri - Doktor Who</t>
+        </is>
+      </c>
+      <c r="C2492" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2493" spans="1:3">
+      <c r="A2493" s="1" t="inlineStr">
+        <is>
+          <t>9786053758969</t>
+        </is>
+      </c>
+      <c r="B2493" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Makineleri - Doctor Who</t>
+        </is>
+      </c>
+      <c r="C2493" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2494" spans="1:3">
+      <c r="A2494" s="1" t="inlineStr">
+        <is>
+          <t>9786053758952</t>
+        </is>
+      </c>
+      <c r="B2494" s="1" t="inlineStr">
+        <is>
+          <t>Dehşet Ağı - Doctor Who (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C2494" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2495" spans="1:3">
+      <c r="A2495" s="1" t="inlineStr">
+        <is>
+          <t>9786053758921</t>
+        </is>
+      </c>
+      <c r="B2495" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Orman</t>
+        </is>
+      </c>
+      <c r="C2495" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="2496" spans="1:3">
+      <c r="A2496" s="1" t="inlineStr">
+        <is>
+          <t>9786053758914</t>
+        </is>
+      </c>
+      <c r="B2496" s="1" t="inlineStr">
+        <is>
+          <t>Kafes</t>
+        </is>
+      </c>
+      <c r="C2496" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2497" spans="1:3">
+      <c r="A2497" s="1" t="inlineStr">
+        <is>
+          <t>9786053758860</t>
+        </is>
+      </c>
+      <c r="B2497" s="1" t="inlineStr">
+        <is>
+          <t>Usta ile Margarita</t>
+        </is>
+      </c>
+      <c r="C2497" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2498" spans="1:3">
+      <c r="A2498" s="1" t="inlineStr">
+        <is>
+          <t>9786053758853</t>
+        </is>
+      </c>
+      <c r="B2498" s="1" t="inlineStr">
+        <is>
+          <t>Mathilda</t>
+        </is>
+      </c>
+      <c r="C2498" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2499" spans="1:3">
+      <c r="A2499" s="1" t="inlineStr">
+        <is>
+          <t>9786053758556</t>
+        </is>
+      </c>
+      <c r="B2499" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Göğün Altında</t>
+        </is>
+      </c>
+      <c r="C2499" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2500" spans="1:3">
+      <c r="A2500" s="1" t="inlineStr">
+        <is>
+          <t>9786053758808</t>
+        </is>
+      </c>
+      <c r="B2500" s="1" t="inlineStr">
+        <is>
+          <t>Dirilen Öfke</t>
+        </is>
+      </c>
+      <c r="C2500" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="2501" spans="1:3">
+      <c r="A2501" s="1" t="inlineStr">
+        <is>
+          <t>9786053758778</t>
+        </is>
+      </c>
+      <c r="B2501" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Eskimişliği Cilt - 2</t>
+        </is>
+      </c>
+      <c r="C2501" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="2502" spans="1:3">
+      <c r="A2502" s="1" t="inlineStr">
+        <is>
+          <t>9786053758761</t>
+        </is>
+      </c>
+      <c r="B2502" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Sol İçin Devrimci Anahtar Kelimeler</t>
+        </is>
+      </c>
+      <c r="C2502" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="2503" spans="1:3">
+      <c r="A2503" s="1" t="inlineStr">
+        <is>
+          <t>9786053758747</t>
+        </is>
+      </c>
+      <c r="B2503" s="1" t="inlineStr">
+        <is>
+          <t>Yaban Diyarlarda Yabancı</t>
+        </is>
+      </c>
+      <c r="C2503" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="2504" spans="1:3">
+      <c r="A2504" s="1" t="inlineStr">
+        <is>
+          <t>9786053758754</t>
+        </is>
+      </c>
+      <c r="B2504" s="1" t="inlineStr">
+        <is>
+          <t>Orsinya Öyküleri</t>
+        </is>
+      </c>
+      <c r="C2504" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2505" spans="1:3">
+      <c r="A2505" s="1" t="inlineStr">
+        <is>
+          <t>9786053758785</t>
+        </is>
+      </c>
+      <c r="B2505" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Kürkünde Rüya</t>
+        </is>
+      </c>
+      <c r="C2505" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2506" spans="1:3">
+      <c r="A2506" s="1" t="inlineStr">
+        <is>
+          <t>9786053758716</t>
+        </is>
+      </c>
+      <c r="B2506" s="1" t="inlineStr">
+        <is>
+          <t>Gücenmedim Dersem Yalan Olur</t>
+        </is>
+      </c>
+      <c r="C2506" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2507" spans="1:3">
+      <c r="A2507" s="1" t="inlineStr">
+        <is>
+          <t>9786053758693</t>
+        </is>
+      </c>
+      <c r="B2507" s="1" t="inlineStr">
+        <is>
+          <t>Elden Bittim</t>
+        </is>
+      </c>
+      <c r="C2507" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2508" spans="1:3">
+      <c r="A2508" s="1" t="inlineStr">
+        <is>
+          <t>9786053758723</t>
+        </is>
+      </c>
+      <c r="B2508" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C2508" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2509" spans="1:3">
+      <c r="A2509" s="1" t="inlineStr">
+        <is>
+          <t>9786053758709</t>
+        </is>
+      </c>
+      <c r="B2509" s="1" t="inlineStr">
+        <is>
+          <t>Dokudünya</t>
+        </is>
+      </c>
+      <c r="C2509" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2510" spans="1:3">
+      <c r="A2510" s="1" t="inlineStr">
+        <is>
+          <t>9786053758686</t>
+        </is>
+      </c>
+      <c r="B2510" s="1" t="inlineStr">
+        <is>
+          <t>İtfaiyeci</t>
+        </is>
+      </c>
+      <c r="C2510" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="2511" spans="1:3">
+      <c r="A2511" s="1" t="inlineStr">
+        <is>
+          <t>9786053758594</t>
+        </is>
+      </c>
+      <c r="B2511" s="1" t="inlineStr">
+        <is>
+          <t>İhtiyarlara Yer Yok</t>
+        </is>
+      </c>
+      <c r="C2511" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2512" spans="1:3">
+      <c r="A2512" s="1" t="inlineStr">
+        <is>
+          <t>9786053758655</t>
+        </is>
+      </c>
+      <c r="B2512" s="1" t="inlineStr">
+        <is>
+          <t>Hiçbiri</t>
+        </is>
+      </c>
+      <c r="C2512" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2513" spans="1:3">
+      <c r="A2513" s="1" t="inlineStr">
+        <is>
+          <t>9786053758648</t>
+        </is>
+      </c>
+      <c r="B2513" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Tapan Kadın</t>
+        </is>
+      </c>
+      <c r="C2513" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2514" spans="1:3">
+      <c r="A2514" s="1" t="inlineStr">
+        <is>
+          <t>9786053758662</t>
+        </is>
+      </c>
+      <c r="B2514" s="1" t="inlineStr">
+        <is>
+          <t>Elric - Rüya Diyarlarında (Cilt 5)</t>
+        </is>
+      </c>
+      <c r="C2514" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2515" spans="1:3">
+      <c r="A2515" s="1" t="inlineStr">
+        <is>
+          <t>9786053758679</t>
+        </is>
+      </c>
+      <c r="B2515" s="1" t="inlineStr">
+        <is>
+          <t>Feminist Ütopya Projesi</t>
+        </is>
+      </c>
+      <c r="C2515" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2516" spans="1:3">
+      <c r="A2516" s="1" t="inlineStr">
+        <is>
+          <t>9786053758587</t>
+        </is>
+      </c>
+      <c r="B2516" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Semboller: Kozmoloji Keşifleri</t>
+        </is>
+      </c>
+      <c r="C2516" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2517" spans="1:3">
+      <c r="A2517" s="1" t="inlineStr">
+        <is>
+          <t>9786053758549</t>
+        </is>
+      </c>
+      <c r="B2517" s="1" t="inlineStr">
+        <is>
+          <t>Amatka</t>
+        </is>
+      </c>
+      <c r="C2517" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2518" spans="1:3">
+      <c r="A2518" s="1" t="inlineStr">
+        <is>
+          <t>9786053758532</t>
+        </is>
+      </c>
+      <c r="B2518" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı: Kalecinin Tarihi</t>
+        </is>
+      </c>
+      <c r="C2518" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2519" spans="1:3">
+      <c r="A2519" s="1" t="inlineStr">
+        <is>
+          <t>9786053758488</t>
+        </is>
+      </c>
+      <c r="B2519" s="1" t="inlineStr">
+        <is>
+          <t>İyi Aile Yoktur</t>
+        </is>
+      </c>
+      <c r="C2519" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2520" spans="1:3">
+      <c r="A2520" s="1" t="inlineStr">
+        <is>
+          <t>9786053758501</t>
+        </is>
+      </c>
+      <c r="B2520" s="1" t="inlineStr">
+        <is>
+          <t>Sandman 5 - Sen Oyunu</t>
+        </is>
+      </c>
+      <c r="C2520" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="2521" spans="1:3">
+      <c r="A2521" s="1" t="inlineStr">
+        <is>
+          <t>9786053758464</t>
+        </is>
+      </c>
+      <c r="B2521" s="1" t="inlineStr">
+        <is>
+          <t>İskandinav Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C2521" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2522" spans="1:3">
+      <c r="A2522" s="1" t="inlineStr">
+        <is>
+          <t>9786053758457</t>
+        </is>
+      </c>
+      <c r="B2522" s="1" t="inlineStr">
+        <is>
+          <t>Doctor Who: Buz Çarkı</t>
+        </is>
+      </c>
+      <c r="C2522" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2523" spans="1:3">
+      <c r="A2523" s="1" t="inlineStr">
+        <is>
+          <t>9786053758440</t>
+        </is>
+      </c>
+      <c r="B2523" s="1" t="inlineStr">
+        <is>
+          <t>Yürek Burgusu</t>
+        </is>
+      </c>
+      <c r="C2523" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2524" spans="1:3">
+      <c r="A2524" s="1" t="inlineStr">
+        <is>
+          <t>9786053758402</t>
+        </is>
+      </c>
+      <c r="B2524" s="1" t="inlineStr">
+        <is>
+          <t>Bir Noel Şarkısı</t>
+        </is>
+      </c>
+      <c r="C2524" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2525" spans="1:3">
+      <c r="A2525" s="1" t="inlineStr">
+        <is>
+          <t>9786053758396</t>
+        </is>
+      </c>
+      <c r="B2525" s="1" t="inlineStr">
+        <is>
+          <t>Zamanımızın Bir Kahramanı</t>
+        </is>
+      </c>
+      <c r="C2525" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2526" spans="1:3">
+      <c r="A2526" s="1" t="inlineStr">
+        <is>
+          <t>9786053758341</t>
+        </is>
+      </c>
+      <c r="B2526" s="1" t="inlineStr">
+        <is>
+          <t>Beceriksiz</t>
+        </is>
+      </c>
+      <c r="C2526" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2527" spans="1:3">
+      <c r="A2527" s="1" t="inlineStr">
+        <is>
+          <t>9786053758358</t>
+        </is>
+      </c>
+      <c r="B2527" s="1" t="inlineStr">
+        <is>
+          <t>Bu Ölümsüz</t>
+        </is>
+      </c>
+      <c r="C2527" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2528" spans="1:3">
+      <c r="A2528" s="1" t="inlineStr">
+        <is>
+          <t>9786053758365</t>
+        </is>
+      </c>
+      <c r="B2528" s="1" t="inlineStr">
+        <is>
+          <t>Esneyen Adam</t>
+        </is>
+      </c>
+      <c r="C2528" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2529" spans="1:3">
+      <c r="A2529" s="1" t="inlineStr">
+        <is>
+          <t>9786053758327</t>
+        </is>
+      </c>
+      <c r="B2529" s="1" t="inlineStr">
+        <is>
+          <t>Süreyya</t>
+        </is>
+      </c>
+      <c r="C2529" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2530" spans="1:3">
+      <c r="A2530" s="1" t="inlineStr">
+        <is>
+          <t>9786053758334</t>
+        </is>
+      </c>
+      <c r="B2530" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluğun Çöküşü</t>
+        </is>
+      </c>
+      <c r="C2530" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2531" spans="1:3">
+      <c r="A2531" s="1" t="inlineStr">
+        <is>
+          <t>9786053758310</t>
+        </is>
+      </c>
+      <c r="B2531" s="1" t="inlineStr">
+        <is>
+          <t>Yüce Tanrı Pan</t>
+        </is>
+      </c>
+      <c r="C2531" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2532" spans="1:3">
+      <c r="A2532" s="1" t="inlineStr">
+        <is>
+          <t>9786053757252</t>
+        </is>
+      </c>
+      <c r="B2532" s="1" t="inlineStr">
+        <is>
+          <t>Kışgörmez - Drizzt Efsanesi 21. Kitap</t>
+        </is>
+      </c>
+      <c r="C2532" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2533" spans="1:3">
+      <c r="A2533" s="1" t="inlineStr">
+        <is>
+          <t>9786053758242</t>
+        </is>
+      </c>
+      <c r="B2533" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Kırmızı</t>
+        </is>
+      </c>
+      <c r="C2533" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2534" spans="1:3">
+      <c r="A2534" s="1" t="inlineStr">
+        <is>
+          <t>9786053758297</t>
+        </is>
+      </c>
+      <c r="B2534" s="1" t="inlineStr">
+        <is>
+          <t>Aradım Yaz Dediniz</t>
+        </is>
+      </c>
+      <c r="C2534" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2535" spans="1:3">
+      <c r="A2535" s="1" t="inlineStr">
+        <is>
+          <t>9786053756972</t>
+        </is>
+      </c>
+      <c r="B2535" s="1" t="inlineStr">
+        <is>
+          <t>Selimiye Mektupları</t>
+        </is>
+      </c>
+      <c r="C2535" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2536" spans="1:3">
+      <c r="A2536" s="1" t="inlineStr">
+        <is>
+          <t>9786053758280</t>
+        </is>
+      </c>
+      <c r="B2536" s="1" t="inlineStr">
+        <is>
+          <t>Toz Gibi Yıldızlar - Galaktik İmparatorluk Serisi 1</t>
+        </is>
+      </c>
+      <c r="C2536" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2537" spans="1:3">
+      <c r="A2537" s="1" t="inlineStr">
+        <is>
+          <t>9786053758273</t>
+        </is>
+      </c>
+      <c r="B2537" s="1" t="inlineStr">
+        <is>
+          <t>Balık Nefesi</t>
+        </is>
+      </c>
+      <c r="C2537" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2538" spans="1:3">
+      <c r="A2538" s="1" t="inlineStr">
+        <is>
+          <t>9786053758259</t>
+        </is>
+      </c>
+      <c r="B2538" s="1" t="inlineStr">
+        <is>
+          <t>Bir Mars Destanı</t>
+        </is>
+      </c>
+      <c r="C2538" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2539" spans="1:3">
+      <c r="A2539" s="1" t="inlineStr">
+        <is>
+          <t>9786053758228</t>
+        </is>
+      </c>
+      <c r="B2539" s="1" t="inlineStr">
+        <is>
+          <t>Anna Karenina (2 Cilt Takım )</t>
+        </is>
+      </c>
+      <c r="C2539" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="2540" spans="1:3">
+      <c r="A2540" s="1" t="inlineStr">
+        <is>
+          <t>9786053758174</t>
+        </is>
+      </c>
+      <c r="B2540" s="1" t="inlineStr">
+        <is>
+          <t>Melezler</t>
+        </is>
+      </c>
+      <c r="C2540" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2541" spans="1:3">
+      <c r="A2541" s="1" t="inlineStr">
+        <is>
+          <t>9786053758143</t>
+        </is>
+      </c>
+      <c r="B2541" s="1" t="inlineStr">
+        <is>
+          <t>Bir Astronotun Sonsuz Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C2541" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2542" spans="1:3">
+      <c r="A2542" s="1" t="inlineStr">
+        <is>
+          <t>9786053758136</t>
+        </is>
+      </c>
+      <c r="B2542" s="1" t="inlineStr">
+        <is>
+          <t>Duvar</t>
+        </is>
+      </c>
+      <c r="C2542" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2543" spans="1:3">
+      <c r="A2543" s="1" t="inlineStr">
+        <is>
+          <t>9786053758099</t>
+        </is>
+      </c>
+      <c r="B2543" s="1" t="inlineStr">
+        <is>
+          <t>Dilbilim Kuramları</t>
+        </is>
+      </c>
+      <c r="C2543" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2544" spans="1:3">
+      <c r="A2544" s="1" t="inlineStr">
+        <is>
+          <t>9786053758105</t>
+        </is>
+      </c>
+      <c r="B2544" s="1" t="inlineStr">
+        <is>
+          <t>Gurur ve Önyargı</t>
+        </is>
+      </c>
+      <c r="C2544" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2545" spans="1:3">
+      <c r="A2545" s="1" t="inlineStr">
+        <is>
+          <t>9786053758075</t>
+        </is>
+      </c>
+      <c r="B2545" s="1" t="inlineStr">
+        <is>
+          <t>Rakamlar Oyunu</t>
+        </is>
+      </c>
+      <c r="C2545" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="2546" spans="1:3">
+      <c r="A2546" s="1" t="inlineStr">
+        <is>
+          <t>9786053758006</t>
+        </is>
+      </c>
+      <c r="B2546" s="1" t="inlineStr">
+        <is>
+          <t>Merdivenler Kenti</t>
+        </is>
+      </c>
+      <c r="C2546" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2547" spans="1:3">
+      <c r="A2547" s="1" t="inlineStr">
+        <is>
+          <t>9786053758068</t>
+        </is>
+      </c>
+      <c r="B2547" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Çalışmalar ve Sinema</t>
+        </is>
+      </c>
+      <c r="C2547" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2548" spans="1:3">
+      <c r="A2548" s="1" t="inlineStr">
+        <is>
+          <t>9786053758013</t>
+        </is>
+      </c>
+      <c r="B2548" s="1" t="inlineStr">
+        <is>
+          <t>Bizdeki Ben: Tanınma Teorisi Üzerine İncelemeler</t>
+        </is>
+      </c>
+      <c r="C2548" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2549" spans="1:3">
+      <c r="A2549" s="1" t="inlineStr">
+        <is>
+          <t>9786053757993</t>
+        </is>
+      </c>
+      <c r="B2549" s="1" t="inlineStr">
+        <is>
+          <t>Düşmüş Melekler</t>
+        </is>
+      </c>
+      <c r="C2549" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2550" spans="1:3">
+      <c r="A2550" s="1" t="inlineStr">
+        <is>
+          <t>9786053757979</t>
+        </is>
+      </c>
+      <c r="B2550" s="1" t="inlineStr">
+        <is>
+          <t>Disko Topu</t>
+        </is>
+      </c>
+      <c r="C2550" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2551" spans="1:3">
+      <c r="A2551" s="1" t="inlineStr">
+        <is>
+          <t>9786053757986</t>
+        </is>
+      </c>
+      <c r="B2551" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Vakıf - Vakıf Serisi</t>
+        </is>
+      </c>
+      <c r="C2551" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2552" spans="1:3">
+      <c r="A2552" s="1" t="inlineStr">
+        <is>
+          <t>9786053757955</t>
+        </is>
+      </c>
+      <c r="B2552" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Wootton Demircisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2552" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="2553" spans="1:3">
+      <c r="A2553" s="1" t="inlineStr">
+        <is>
+          <t>9786053757948</t>
+        </is>
+      </c>
+      <c r="B2553" s="1" t="inlineStr">
+        <is>
+          <t>Ham’li Çiftçi Giles (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2553" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="2554" spans="1:3">
+      <c r="A2554" s="1" t="inlineStr">
+        <is>
+          <t>9786053757818</t>
+        </is>
+      </c>
+      <c r="B2554" s="1" t="inlineStr">
+        <is>
+          <t>Fahrenheit 451</t>
+        </is>
+      </c>
+      <c r="C2554" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2555" spans="1:3">
+      <c r="A2555" s="1" t="inlineStr">
+        <is>
+          <t>9786053757917</t>
+        </is>
+      </c>
+      <c r="B2555" s="1" t="inlineStr">
+        <is>
+          <t>Kırgın Çocuklar Mevsimi</t>
+        </is>
+      </c>
+      <c r="C2555" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2556" spans="1:3">
+      <c r="A2556" s="1" t="inlineStr">
+        <is>
+          <t>9786053757894</t>
+        </is>
+      </c>
+      <c r="B2556" s="1" t="inlineStr">
+        <is>
+          <t>Montesquieu - Siyaset ve Tarih</t>
+        </is>
+      </c>
+      <c r="C2556" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2557" spans="1:3">
+      <c r="A2557" s="1" t="inlineStr">
+        <is>
+          <t>9786053757887</t>
+        </is>
+      </c>
+      <c r="B2557" s="1" t="inlineStr">
+        <is>
+          <t>Ritüeller: Yapı ve Anti-Yapı</t>
+        </is>
+      </c>
+      <c r="C2557" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2558" spans="1:3">
+      <c r="A2558" s="1" t="inlineStr">
+        <is>
+          <t>9786053757849</t>
+        </is>
+      </c>
+      <c r="B2558" s="1" t="inlineStr">
+        <is>
+          <t>Uzayda Piknik</t>
+        </is>
+      </c>
+      <c r="C2558" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2559" spans="1:3">
+      <c r="A2559" s="1" t="inlineStr">
+        <is>
+          <t>9786053757832</t>
+        </is>
+      </c>
+      <c r="B2559" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Geceler</t>
+        </is>
+      </c>
+      <c r="C2559" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2560" spans="1:3">
+      <c r="A2560" s="1" t="inlineStr">
+        <is>
+          <t>9786053757757</t>
+        </is>
+      </c>
+      <c r="B2560" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Sular</t>
+        </is>
+      </c>
+      <c r="C2560" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2561" spans="1:3">
+      <c r="A2561" s="1" t="inlineStr">
+        <is>
+          <t>9786053757764</t>
+        </is>
+      </c>
+      <c r="B2561" s="1" t="inlineStr">
+        <is>
+          <t>Artemis</t>
+        </is>
+      </c>
+      <c r="C2561" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2562" spans="1:3">
+      <c r="A2562" s="1" t="inlineStr">
+        <is>
+          <t>9786053757771</t>
+        </is>
+      </c>
+      <c r="B2562" s="1" t="inlineStr">
+        <is>
+          <t>Dostoyevski'nin Batı Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C2562" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="2563" spans="1:3">
+      <c r="A2563" s="1" t="inlineStr">
+        <is>
+          <t>9786053757719</t>
+        </is>
+      </c>
+      <c r="B2563" s="1" t="inlineStr">
+        <is>
+          <t>Jane Eyre</t>
+        </is>
+      </c>
+      <c r="C2563" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="2564" spans="1:3">
+      <c r="A2564" s="1" t="inlineStr">
+        <is>
+          <t>9786053757726</t>
+        </is>
+      </c>
+      <c r="B2564" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Ait Bir Kalem</t>
+        </is>
+      </c>
+      <c r="C2564" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2565" spans="1:3">
+      <c r="A2565" s="1" t="inlineStr">
+        <is>
+          <t>9786053757740</t>
+        </is>
+      </c>
+      <c r="B2565" s="1" t="inlineStr">
+        <is>
+          <t>Vakıf ve İmparatorluk</t>
+        </is>
+      </c>
+      <c r="C2565" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2566" spans="1:3">
+      <c r="A2566" s="1" t="inlineStr">
+        <is>
+          <t>9786053757665</t>
+        </is>
+      </c>
+      <c r="B2566" s="1" t="inlineStr">
+        <is>
+          <t>Aslında Herkes Haklı</t>
+        </is>
+      </c>
+      <c r="C2566" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2567" spans="1:3">
+      <c r="A2567" s="1" t="inlineStr">
+        <is>
+          <t>9786053757511</t>
+        </is>
+      </c>
+      <c r="B2567" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen</t>
+        </is>
+      </c>
+      <c r="C2567" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2568" spans="1:3">
+      <c r="A2568" s="1" t="inlineStr">
+        <is>
+          <t>9786053757634</t>
+        </is>
+      </c>
+      <c r="B2568" s="1" t="inlineStr">
+        <is>
+          <t>Sondan Başa</t>
+        </is>
+      </c>
+      <c r="C2568" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2569" spans="1:3">
+      <c r="A2569" s="1" t="inlineStr">
+        <is>
+          <t>9786053757658</t>
+        </is>
+      </c>
+      <c r="B2569" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ne İle Yaşar?</t>
+        </is>
+      </c>
+      <c r="C2569" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2570" spans="1:3">
+      <c r="A2570" s="1" t="inlineStr">
+        <is>
+          <t>9786053757573</t>
+        </is>
+      </c>
+      <c r="B2570" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzü Müzesi</t>
+        </is>
+      </c>
+      <c r="C2570" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="2571" spans="1:3">
+      <c r="A2571" s="1" t="inlineStr">
+        <is>
+          <t>9786053757603</t>
+        </is>
+      </c>
+      <c r="B2571" s="1" t="inlineStr">
+        <is>
+          <t>Sinemanın Temelleri</t>
+        </is>
+      </c>
+      <c r="C2571" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2572" spans="1:3">
+      <c r="A2572" s="1" t="inlineStr">
+        <is>
+          <t>9786053757580</t>
+        </is>
+      </c>
+      <c r="B2572" s="1" t="inlineStr">
+        <is>
+          <t>Şantiye Gürültüsü</t>
+        </is>
+      </c>
+      <c r="C2572" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2573" spans="1:3">
+      <c r="A2573" s="1" t="inlineStr">
+        <is>
+          <t>9786053757566</t>
+        </is>
+      </c>
+      <c r="B2573" s="1" t="inlineStr">
+        <is>
+          <t>Dördüncü Yıldız: Alman Futbolunun Kendini Yeniden Keşfi ve Dünyayı Fethi</t>
+        </is>
+      </c>
+      <c r="C2573" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2574" spans="1:3">
+      <c r="A2574" s="1" t="inlineStr">
+        <is>
+          <t>9786053757467</t>
+        </is>
+      </c>
+      <c r="B2574" s="1" t="inlineStr">
+        <is>
+          <t>Mevt Tek Hecelik Uyku</t>
+        </is>
+      </c>
+      <c r="C2574" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="2575" spans="1:3">
+      <c r="A2575" s="1" t="inlineStr">
+        <is>
+          <t>9786053757443</t>
+        </is>
+      </c>
+      <c r="B2575" s="1" t="inlineStr">
+        <is>
+          <t>Vaiz 1 - Teksas Yolları</t>
+        </is>
+      </c>
+      <c r="C2575" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2576" spans="1:3">
+      <c r="A2576" s="1" t="inlineStr">
+        <is>
+          <t>9786053757436</t>
+        </is>
+      </c>
+      <c r="B2576" s="1" t="inlineStr">
+        <is>
+          <t>Sandman 4 - Sisler Mevsimi</t>
+        </is>
+      </c>
+      <c r="C2576" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="2577" spans="1:3">
+      <c r="A2577" s="1" t="inlineStr">
+        <is>
+          <t>9786053757177</t>
+        </is>
+      </c>
+      <c r="B2577" s="1" t="inlineStr">
+        <is>
+          <t>Seyyit Han (Senaryo)</t>
+        </is>
+      </c>
+      <c r="C2577" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2578" spans="1:3">
+      <c r="A2578" s="1" t="inlineStr">
+        <is>
+          <t>9786053757399</t>
+        </is>
+      </c>
+      <c r="B2578" s="1" t="inlineStr">
+        <is>
+          <t>Dar Kapıdaki Mesih : Walter Benjamin ve Politik Felsefesi</t>
+        </is>
+      </c>
+      <c r="C2578" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2579" spans="1:3">
+      <c r="A2579" s="1" t="inlineStr">
+        <is>
+          <t>9786053757412</t>
+        </is>
+      </c>
+      <c r="B2579" s="1" t="inlineStr">
+        <is>
+          <t>Dünyalar Savaşı</t>
+        </is>
+      </c>
+      <c r="C2579" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2580" spans="1:3">
+      <c r="A2580" s="1" t="inlineStr">
+        <is>
+          <t>9786053757115</t>
+        </is>
+      </c>
+      <c r="B2580" s="1" t="inlineStr">
+        <is>
+          <t>Düş Hançeri - Zaman Çarkı 11 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2580" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="2581" spans="1:3">
+      <c r="A2581" s="1" t="inlineStr">
+        <is>
+          <t>9786053757382</t>
+        </is>
+      </c>
+      <c r="B2581" s="1" t="inlineStr">
+        <is>
+          <t>Matruşka Park</t>
+        </is>
+      </c>
+      <c r="C2581" s="1">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="2582" spans="1:3">
+      <c r="A2582" s="1" t="inlineStr">
+        <is>
+          <t>9786053757290</t>
+        </is>
+      </c>
+      <c r="B2582" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük Şarkısı</t>
+        </is>
+      </c>
+      <c r="C2582" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2583" spans="1:3">
+      <c r="A2583" s="1" t="inlineStr">
+        <is>
+          <t>9786053757313</t>
+        </is>
+      </c>
+      <c r="B2583" s="1" t="inlineStr">
+        <is>
+          <t>Kullervo’nun Hikayesi</t>
+        </is>
+      </c>
+      <c r="C2583" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2584" spans="1:3">
+      <c r="A2584" s="1" t="inlineStr">
+        <is>
+          <t>9786053757207</t>
+        </is>
+      </c>
+      <c r="B2584" s="1" t="inlineStr">
+        <is>
+          <t>Dune Tanrı İmparatoru</t>
+        </is>
+      </c>
+      <c r="C2584" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="2585" spans="1:3">
+      <c r="A2585" s="1" t="inlineStr">
+        <is>
+          <t>9786053757184</t>
+        </is>
+      </c>
+      <c r="B2585" s="1" t="inlineStr">
+        <is>
+          <t>Gök Derinin Altında</t>
+        </is>
+      </c>
+      <c r="C2585" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2586" spans="1:3">
+      <c r="A2586" s="1" t="inlineStr">
+        <is>
+          <t>9786053755029</t>
+        </is>
+      </c>
+      <c r="B2586" s="1" t="inlineStr">
+        <is>
+          <t>Maskenin Düştüğü Yer</t>
+        </is>
+      </c>
+      <c r="C2586" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2587" spans="1:3">
+      <c r="A2587" s="1" t="inlineStr">
+        <is>
+          <t>9786053757221</t>
+        </is>
+      </c>
+      <c r="B2587" s="1" t="inlineStr">
+        <is>
+          <t>Kara Kara Kapkara</t>
+        </is>
+      </c>
+      <c r="C2587" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2588" spans="1:3">
+      <c r="A2588" s="1" t="inlineStr">
+        <is>
+          <t>9786057762351</t>
+        </is>
+      </c>
+      <c r="B2588" s="1" t="inlineStr">
+        <is>
+          <t>Cadılar Bayramı Ağacı</t>
+        </is>
+      </c>
+      <c r="C2588" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2589" spans="1:3">
+      <c r="A2589" s="1" t="inlineStr">
+        <is>
+          <t>9786053757078</t>
+        </is>
+      </c>
+      <c r="B2589" s="1" t="inlineStr">
+        <is>
+          <t>Gerisi Pek Mühim Değil</t>
+        </is>
+      </c>
+      <c r="C2589" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="2590" spans="1:3">
+      <c r="A2590" s="1" t="inlineStr">
+        <is>
+          <t>9786053757238</t>
+        </is>
+      </c>
+      <c r="B2590" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Evin Delisi</t>
+        </is>
+      </c>
+      <c r="C2590" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2591" spans="1:3">
+      <c r="A2591" s="1" t="inlineStr">
+        <is>
+          <t>9786053757160</t>
+        </is>
+      </c>
+      <c r="B2591" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaş</t>
+        </is>
+      </c>
+      <c r="C2591" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2592" spans="1:3">
+      <c r="A2592" s="1" t="inlineStr">
+        <is>
+          <t>9786053757153</t>
+        </is>
+      </c>
+      <c r="B2592" s="1" t="inlineStr">
+        <is>
+          <t>Anlatış</t>
+        </is>
+      </c>
+      <c r="C2592" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2593" spans="1:3">
+      <c r="A2593" s="1" t="inlineStr">
+        <is>
+          <t>9786053757146</t>
+        </is>
+      </c>
+      <c r="B2593" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Futbolunun Yakın Tarihi: Kökler</t>
+        </is>
+      </c>
+      <c r="C2593" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2594" spans="1:3">
+      <c r="A2594" s="1" t="inlineStr">
+        <is>
+          <t>9786053757139</t>
+        </is>
+      </c>
+      <c r="B2594" s="1" t="inlineStr">
+        <is>
+          <t>Merhamet</t>
+        </is>
+      </c>
+      <c r="C2594" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2595" spans="1:3">
+      <c r="A2595" s="1" t="inlineStr">
+        <is>
+          <t>9786053757108</t>
+        </is>
+      </c>
+      <c r="B2595" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Ferdi - Bir Kış Gecesi</t>
+        </is>
+      </c>
+      <c r="C2595" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2596" spans="1:3">
+      <c r="A2596" s="1" t="inlineStr">
+        <is>
+          <t>9786053757122</t>
+        </is>
+      </c>
+      <c r="B2596" s="1" t="inlineStr">
+        <is>
+          <t>Sefer</t>
+        </is>
+      </c>
+      <c r="C2596" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2597" spans="1:3">
+      <c r="A2597" s="1" t="inlineStr">
+        <is>
+          <t>9786053757054</t>
+        </is>
+      </c>
+      <c r="B2597" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Olsun</t>
+        </is>
+      </c>
+      <c r="C2597" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2598" spans="1:3">
+      <c r="A2598" s="1" t="inlineStr">
+        <is>
+          <t>9786053757023</t>
+        </is>
+      </c>
+      <c r="B2598" s="1" t="inlineStr">
+        <is>
+          <t>Theodor Adorno: Kültür Endüstrisinin Kıskacında Kültür</t>
+        </is>
+      </c>
+      <c r="C2598" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="2599" spans="1:3">
+      <c r="A2599" s="1" t="inlineStr">
+        <is>
+          <t>9786053757009</t>
+        </is>
+      </c>
+      <c r="B2599" s="1" t="inlineStr">
+        <is>
+          <t>10 Numaralı Kamara</t>
+        </is>
+      </c>
+      <c r="C2599" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2600" spans="1:3">
+      <c r="A2600" s="1" t="inlineStr">
+        <is>
+          <t>9786053756996</t>
+        </is>
+      </c>
+      <c r="B2600" s="1" t="inlineStr">
+        <is>
+          <t>Yıl 501: Fetih Devam Ediyor</t>
+        </is>
+      </c>
+      <c r="C2600" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2601" spans="1:3">
+      <c r="A2601" s="1" t="inlineStr">
+        <is>
+          <t>9786053756989</t>
+        </is>
+      </c>
+      <c r="B2601" s="1" t="inlineStr">
+        <is>
+          <t>Panayır Sihirbazı</t>
+        </is>
+      </c>
+      <c r="C2601" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="2602" spans="1:3">
+      <c r="A2602" s="1" t="inlineStr">
+        <is>
+          <t>9786053756910</t>
+        </is>
+      </c>
+      <c r="B2602" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanın Sonsuz Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C2602" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2603" spans="1:3">
+      <c r="A2603" s="1" t="inlineStr">
+        <is>
+          <t>9786053756941</t>
+        </is>
+      </c>
+      <c r="B2603" s="1" t="inlineStr">
+        <is>
+          <t>Yol</t>
+        </is>
+      </c>
+      <c r="C2603" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="2604" spans="1:3">
+      <c r="A2604" s="1" t="inlineStr">
+        <is>
+          <t>9786053756873</t>
+        </is>
+      </c>
+      <c r="B2604" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Olmak Zor İş</t>
+        </is>
+      </c>
+      <c r="C2604" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2605" spans="1:3">
+      <c r="A2605" s="1" t="inlineStr">
+        <is>
+          <t>9786053756880</t>
+        </is>
+      </c>
+      <c r="B2605" s="1" t="inlineStr">
+        <is>
+          <t>Müşterek Dostumuz (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C2605" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="2606" spans="1:3">
+      <c r="A2606" s="1" t="inlineStr">
+        <is>
+          <t>9786053756835</t>
+        </is>
+      </c>
+      <c r="B2606" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Sefer</t>
+        </is>
+      </c>
+      <c r="C2606" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2607" spans="1:3">
+      <c r="A2607" s="1" t="inlineStr">
+        <is>
+          <t>9786053756804</t>
+        </is>
+      </c>
+      <c r="B2607" s="1" t="inlineStr">
+        <is>
+          <t>Pireler Terk Etmeden</t>
+        </is>
+      </c>
+      <c r="C2607" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2608" spans="1:3">
+      <c r="A2608" s="1" t="inlineStr">
+        <is>
+          <t>9786053756781</t>
+        </is>
+      </c>
+      <c r="B2608" s="1" t="inlineStr">
+        <is>
+          <t>Görünmez Adam</t>
+        </is>
+      </c>
+      <c r="C2608" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2609" spans="1:3">
+      <c r="A2609" s="1" t="inlineStr">
+        <is>
+          <t>9786053756767</t>
+        </is>
+      </c>
+      <c r="B2609" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Edebiyat Atlası</t>
+        </is>
+      </c>
+      <c r="C2609" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="2610" spans="1:3">
+      <c r="A2610" s="1" t="inlineStr">
+        <is>
+          <t>9786053756729</t>
+        </is>
+      </c>
+      <c r="B2610" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Uğruna</t>
+        </is>
+      </c>
+      <c r="C2610" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2611" spans="1:3">
+      <c r="A2611" s="1" t="inlineStr">
+        <is>
+          <t>9786053756736</t>
+        </is>
+      </c>
+      <c r="B2611" s="1" t="inlineStr">
+        <is>
+          <t>Su Adamı</t>
+        </is>
+      </c>
+      <c r="C2611" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2612" spans="1:3">
+      <c r="A2612" s="1" t="inlineStr">
+        <is>
+          <t>9786053756644</t>
+        </is>
+      </c>
+      <c r="B2612" s="1" t="inlineStr">
+        <is>
+          <t>Eleştiri ve Bilginin Gelişmesi</t>
+        </is>
+      </c>
+      <c r="C2612" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2613" spans="1:3">
+      <c r="A2613" s="1" t="inlineStr">
+        <is>
+          <t>9786053756651</t>
+        </is>
+      </c>
+      <c r="B2613" s="1" t="inlineStr">
+        <is>
+          <t>Sürü</t>
+        </is>
+      </c>
+      <c r="C2613" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2614" spans="1:3">
+      <c r="A2614" s="1" t="inlineStr">
+        <is>
+          <t>9786053756637</t>
+        </is>
+      </c>
+      <c r="B2614" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Tanrıları</t>
+        </is>
+      </c>
+      <c r="C2614" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2615" spans="1:3">
+      <c r="A2615" s="1" t="inlineStr">
+        <is>
+          <t>9786053756590</t>
+        </is>
+      </c>
+      <c r="B2615" s="1" t="inlineStr">
+        <is>
+          <t>Ay Zalim Bir Sevgilidir</t>
+        </is>
+      </c>
+      <c r="C2615" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="2616" spans="1:3">
+      <c r="A2616" s="1" t="inlineStr">
+        <is>
+          <t>9786053756583</t>
+        </is>
+      </c>
+      <c r="B2616" s="1" t="inlineStr">
+        <is>
+          <t>Sayılı Gün</t>
+        </is>
+      </c>
+      <c r="C2616" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2617" spans="1:3">
+      <c r="A2617" s="1" t="inlineStr">
+        <is>
+          <t>9786053756552</t>
+        </is>
+      </c>
+      <c r="B2617" s="1" t="inlineStr">
+        <is>
+          <t>Marx ve Sonrası</t>
+        </is>
+      </c>
+      <c r="C2617" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2618" spans="1:3">
+      <c r="A2618" s="1" t="inlineStr">
+        <is>
+          <t>9786053756569</t>
+        </is>
+      </c>
+      <c r="B2618" s="1" t="inlineStr">
+        <is>
+          <t>Goblin Kral</t>
+        </is>
+      </c>
+      <c r="C2618" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2619" spans="1:3">
+      <c r="A2619" s="1" t="inlineStr">
+        <is>
+          <t>9786053756514</t>
+        </is>
+      </c>
+      <c r="B2619" s="1" t="inlineStr">
+        <is>
+          <t>Salpa</t>
+        </is>
+      </c>
+      <c r="C2619" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2620" spans="1:3">
+      <c r="A2620" s="1" t="inlineStr">
+        <is>
+          <t>9786053756507</t>
+        </is>
+      </c>
+      <c r="B2620" s="1" t="inlineStr">
+        <is>
+          <t>Hücrem</t>
+        </is>
+      </c>
+      <c r="C2620" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2621" spans="1:3">
+      <c r="A2621" s="1" t="inlineStr">
+        <is>
+          <t>9786053756491</t>
+        </is>
+      </c>
+      <c r="B2621" s="1" t="inlineStr">
+        <is>
+          <t>Sanık</t>
+        </is>
+      </c>
+      <c r="C2621" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2622" spans="1:3">
+      <c r="A2622" s="1" t="inlineStr">
+        <is>
+          <t>9786053756545</t>
+        </is>
+      </c>
+      <c r="B2622" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+        </is>
+      </c>
+      <c r="C2622" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2623" spans="1:3">
+      <c r="A2623" s="1" t="inlineStr">
+        <is>
+          <t>9786053756538</t>
+        </is>
+      </c>
+      <c r="B2623" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
+        </is>
+      </c>
+      <c r="C2623" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2624" spans="1:3">
+      <c r="A2624" s="1" t="inlineStr">
+        <is>
+          <t>9786057762108</t>
+        </is>
+      </c>
+      <c r="B2624" s="1" t="inlineStr">
+        <is>
+          <t>Yedikuleli Mansur</t>
+        </is>
+      </c>
+      <c r="C2624" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2625" spans="1:3">
+      <c r="A2625" s="1" t="inlineStr">
+        <is>
+          <t>9786053756347</t>
+        </is>
+      </c>
+      <c r="B2625" s="1" t="inlineStr">
+        <is>
+          <t>Liverpool FC</t>
+        </is>
+      </c>
+      <c r="C2625" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2626" spans="1:3">
+      <c r="A2626" s="1" t="inlineStr">
+        <is>
+          <t>9786053756408</t>
+        </is>
+      </c>
+      <c r="B2626" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şairin Yaşamöyküsü: T. S. Eliot</t>
+        </is>
+      </c>
+      <c r="C2626" s="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="2627" spans="1:3">
+      <c r="A2627" s="1" t="inlineStr">
+        <is>
+          <t>9786053756392</t>
+        </is>
+      </c>
+      <c r="B2627" s="1" t="inlineStr">
+        <is>
+          <t>Kafka'dan Yana, Kafka'ya Karşı</t>
+        </is>
+      </c>
+      <c r="C2627" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2628" spans="1:3">
+      <c r="A2628" s="1" t="inlineStr">
+        <is>
+          <t>9786053756286</t>
+        </is>
+      </c>
+      <c r="B2628" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Fener</t>
+        </is>
+      </c>
+      <c r="C2628" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2629" spans="1:3">
+      <c r="A2629" s="1" t="inlineStr">
+        <is>
+          <t>9786053756361</t>
+        </is>
+      </c>
+      <c r="B2629" s="1" t="inlineStr">
+        <is>
+          <t>Yüzü Silinenler - Darbe Günlükleri</t>
+        </is>
+      </c>
+      <c r="C2629" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2630" spans="1:3">
+      <c r="A2630" s="1" t="inlineStr">
+        <is>
+          <t>9786053756217</t>
+        </is>
+      </c>
+      <c r="B2630" s="1" t="inlineStr">
+        <is>
+          <t>Düş Ülke</t>
+        </is>
+      </c>
+      <c r="C2630" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="2631" spans="1:3">
+      <c r="A2631" s="1" t="inlineStr">
+        <is>
+          <t>9786053756309</t>
+        </is>
+      </c>
+      <c r="B2631" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Karanlık Yüzü</t>
+        </is>
+      </c>
+      <c r="C2631" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2632" spans="1:3">
+      <c r="A2632" s="1" t="inlineStr">
+        <is>
+          <t>9786053756330</t>
+        </is>
+      </c>
+      <c r="B2632" s="1" t="inlineStr">
+        <is>
+          <t>Hudutların Kanunu</t>
+        </is>
+      </c>
+      <c r="C2632" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2633" spans="1:3">
+      <c r="A2633" s="1" t="inlineStr">
+        <is>
+          <t>9786053756316</t>
+        </is>
+      </c>
+      <c r="B2633" s="1" t="inlineStr">
+        <is>
+          <t>Kader Üçgeni</t>
+        </is>
+      </c>
+      <c r="C2633" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="2634" spans="1:3">
+      <c r="A2634" s="1" t="inlineStr">
+        <is>
+          <t>9786053756255</t>
+        </is>
+      </c>
+      <c r="B2634" s="1" t="inlineStr">
+        <is>
+          <t>Palto</t>
+        </is>
+      </c>
+      <c r="C2634" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2635" spans="1:3">
+      <c r="A2635" s="1" t="inlineStr">
+        <is>
+          <t>9786053756231</t>
+        </is>
+      </c>
+      <c r="B2635" s="1" t="inlineStr">
+        <is>
+          <t>Kaplan! Kaplan!</t>
+        </is>
+      </c>
+      <c r="C2635" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2636" spans="1:3">
+      <c r="A2636" s="1" t="inlineStr">
+        <is>
+          <t>9786053755159</t>
+        </is>
+      </c>
+      <c r="B2636" s="1" t="inlineStr">
+        <is>
+          <t>Boynu Bükük Öldüler</t>
+        </is>
+      </c>
+      <c r="C2636" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="2637" spans="1:3">
+      <c r="A2637" s="1" t="inlineStr">
+        <is>
+          <t>9786053755623</t>
+        </is>
+      </c>
+      <c r="B2637" s="1" t="inlineStr">
+        <is>
+          <t>Umut</t>
+        </is>
+      </c>
+      <c r="C2637" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2638" spans="1:3">
+      <c r="A2638" s="1" t="inlineStr">
+        <is>
+          <t>9786053756156</t>
+        </is>
+      </c>
+      <c r="B2638" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Gatsby</t>
+        </is>
+      </c>
+      <c r="C2638" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2639" spans="1:3">
+      <c r="A2639" s="1" t="inlineStr">
+        <is>
+          <t>9786053756163</t>
+        </is>
+      </c>
+      <c r="B2639" s="1" t="inlineStr">
+        <is>
+          <t>Kan Yemini</t>
+        </is>
+      </c>
+      <c r="C2639" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2640" spans="1:3">
+      <c r="A2640" s="1" t="inlineStr">
+        <is>
+          <t>9786053756125</t>
+        </is>
+      </c>
+      <c r="B2640" s="1" t="inlineStr">
+        <is>
+          <t>İkizlerin Savaşı - Efsaneler Serisi 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C2640" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2641" spans="1:3">
+      <c r="A2641" s="1" t="inlineStr">
+        <is>
+          <t>9786053756132</t>
+        </is>
+      </c>
+      <c r="B2641" s="1" t="inlineStr">
+        <is>
+          <t>İkizlerin Sınavı - Efsaneler Serisi 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C2641" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2642" spans="1:3">
+      <c r="A2642" s="1" t="inlineStr">
+        <is>
+          <t>9786053756071</t>
+        </is>
+      </c>
+      <c r="B2642" s="1" t="inlineStr">
+        <is>
+          <t>İkizlerin Zamanı - Efsaneler Serisi 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C2642" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2643" spans="1:3">
+      <c r="A2643" s="1" t="inlineStr">
+        <is>
+          <t>9786053756033</t>
+        </is>
+      </c>
+      <c r="B2643" s="1" t="inlineStr">
+        <is>
+          <t>Kudret</t>
+        </is>
+      </c>
+      <c r="C2643" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2644" spans="1:3">
+      <c r="A2644" s="1" t="inlineStr">
+        <is>
+          <t>9786053756149</t>
+        </is>
+      </c>
+      <c r="B2644" s="1" t="inlineStr">
+        <is>
+          <t>Uğultulu Tepeler</t>
+        </is>
+      </c>
+      <c r="C2644" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2645" spans="1:3">
+      <c r="A2645" s="1" t="inlineStr">
+        <is>
+          <t>9786053756057</t>
+        </is>
+      </c>
+      <c r="B2645" s="1" t="inlineStr">
+        <is>
+          <t>İki Şehrin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C2645" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2646" spans="1:3">
+      <c r="A2646" s="1" t="inlineStr">
+        <is>
+          <t>9786053756040</t>
+        </is>
+      </c>
+      <c r="B2646" s="1" t="inlineStr">
+        <is>
+          <t>Ben, Robot</t>
+        </is>
+      </c>
+      <c r="C2646" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2647" spans="1:3">
+      <c r="A2647" s="1" t="inlineStr">
+        <is>
+          <t>9786053756064</t>
+        </is>
+      </c>
+      <c r="B2647" s="1" t="inlineStr">
+        <is>
+          <t>Watchmen</t>
+        </is>
+      </c>
+      <c r="C2647" s="1">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="2648" spans="1:3">
+      <c r="A2648" s="1" t="inlineStr">
+        <is>
+          <t>9786053756002</t>
+        </is>
+      </c>
+      <c r="B2648" s="1" t="inlineStr">
+        <is>
+          <t>Suç ve Ceza</t>
+        </is>
+      </c>
+      <c r="C2648" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2649" spans="1:3">
+      <c r="A2649" s="1" t="inlineStr">
+        <is>
+          <t>9786053756026</t>
+        </is>
+      </c>
+      <c r="B2649" s="1" t="inlineStr">
+        <is>
+          <t>Dune Çocukları</t>
+        </is>
+      </c>
+      <c r="C2649" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="2650" spans="1:3">
+      <c r="A2650" s="1" t="inlineStr">
+        <is>
+          <t>9786053755999</t>
+        </is>
+      </c>
+      <c r="B2650" s="1" t="inlineStr">
+        <is>
+          <t>Şiirli Dağ</t>
+        </is>
+      </c>
+      <c r="C2650" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2651" spans="1:3">
+      <c r="A2651" s="1" t="inlineStr">
+        <is>
+          <t>9786053755944</t>
+        </is>
+      </c>
+      <c r="B2651" s="1" t="inlineStr">
+        <is>
+          <t>Sandman 1. Cilt: Prelüdler - Noktürnler</t>
+        </is>
+      </c>
+      <c r="C2651" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2652" spans="1:3">
+      <c r="A2652" s="1" t="inlineStr">
+        <is>
+          <t>9786053755937</t>
+        </is>
+      </c>
+      <c r="B2652" s="1" t="inlineStr">
+        <is>
+          <t>Dorian Gray’in Portresi</t>
+        </is>
+      </c>
+      <c r="C2652" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2653" spans="1:3">
+      <c r="A2653" s="1" t="inlineStr">
+        <is>
+          <t>9786053755951</t>
+        </is>
+      </c>
+      <c r="B2653" s="1" t="inlineStr">
+        <is>
+          <t>2001: Bir Uzay Destanı</t>
+        </is>
+      </c>
+      <c r="C2653" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2654" spans="1:3">
+      <c r="A2654" s="1" t="inlineStr">
+        <is>
+          <t>9786053755982</t>
+        </is>
+      </c>
+      <c r="B2654" s="1" t="inlineStr">
+        <is>
+          <t>Faust</t>
+        </is>
+      </c>
+      <c r="C2654" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2655" spans="1:3">
+      <c r="A2655" s="1" t="inlineStr">
+        <is>
+          <t>9786053755975</t>
+        </is>
+      </c>
+      <c r="B2655" s="1" t="inlineStr">
+        <is>
+          <t>Noterler Hep İkinci Kattadır</t>
+        </is>
+      </c>
+      <c r="C2655" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2656" spans="1:3">
+      <c r="A2656" s="1" t="inlineStr">
+        <is>
+          <t>9786053755920</t>
+        </is>
+      </c>
+      <c r="B2656" s="1" t="inlineStr">
+        <is>
+          <t>Yolun Başı</t>
+        </is>
+      </c>
+      <c r="C2656" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="2657" spans="1:3">
+      <c r="A2657" s="1" t="inlineStr">
+        <is>
+          <t>9786053755890</t>
+        </is>
+      </c>
+      <c r="B2657" s="1" t="inlineStr">
+        <is>
+          <t>Ruhlar Kütüphanesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2657" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="2658" spans="1:3">
+      <c r="A2658" s="1" t="inlineStr">
+        <is>
+          <t>9786053755845</t>
+        </is>
+      </c>
+      <c r="B2658" s="1" t="inlineStr">
+        <is>
+          <t>İnanç Uykusu</t>
+        </is>
+      </c>
+      <c r="C2658" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2659" spans="1:3">
+      <c r="A2659" s="1" t="inlineStr">
+        <is>
+          <t>9786053755838</t>
+        </is>
+      </c>
+      <c r="B2659" s="1" t="inlineStr">
+        <is>
+          <t>Gümüş Damarları - Drizzt Efsanesi 5. Kitap</t>
+        </is>
+      </c>
+      <c r="C2659" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2660" spans="1:3">
+      <c r="A2660" s="1" t="inlineStr">
+        <is>
+          <t>9786053755821</t>
+        </is>
+      </c>
+      <c r="B2660" s="1" t="inlineStr">
+        <is>
+          <t>Kristal Parçası - Drizzt Efsanesi 4. Kitap</t>
+        </is>
+      </c>
+      <c r="C2660" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2661" spans="1:3">
+      <c r="A2661" s="1" t="inlineStr">
+        <is>
+          <t>9786053755883</t>
+        </is>
+      </c>
+      <c r="B2661" s="1" t="inlineStr">
+        <is>
+          <t>Arcturus’a Yolculuk</t>
+        </is>
+      </c>
+      <c r="C2661" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2662" spans="1:3">
+      <c r="A2662" s="1" t="inlineStr">
+        <is>
+          <t>9786053754787</t>
+        </is>
+      </c>
+      <c r="B2662" s="1" t="inlineStr">
+        <is>
+          <t>Pazartesi Cumartesiden Başlar</t>
+        </is>
+      </c>
+      <c r="C2662" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2663" spans="1:3">
+      <c r="A2663" s="1" t="inlineStr">
+        <is>
+          <t>9786053755784</t>
+        </is>
+      </c>
+      <c r="B2663" s="1" t="inlineStr">
+        <is>
+          <t>Kanla Yaşıyoruz</t>
+        </is>
+      </c>
+      <c r="C2663" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2664" spans="1:3">
+      <c r="A2664" s="1" t="inlineStr">
+        <is>
+          <t>9786053755791</t>
+        </is>
+      </c>
+      <c r="B2664" s="1" t="inlineStr">
+        <is>
+          <t>Biz Gayet İyiyiz</t>
+        </is>
+      </c>
+      <c r="C2664" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2665" spans="1:3">
+      <c r="A2665" s="1" t="inlineStr">
+        <is>
+          <t>9786053755753</t>
+        </is>
+      </c>
+      <c r="B2665" s="1" t="inlineStr">
+        <is>
+          <t>İlkbahar Şafağı Ejderhaları</t>
+        </is>
+      </c>
+      <c r="C2665" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2666" spans="1:3">
+      <c r="A2666" s="1" t="inlineStr">
+        <is>
+          <t>9786053755777</t>
+        </is>
+      </c>
+      <c r="B2666" s="1" t="inlineStr">
+        <is>
+          <t>Kış Gecesi Ejderhaları</t>
+        </is>
+      </c>
+      <c r="C2666" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2667" spans="1:3">
+      <c r="A2667" s="1" t="inlineStr">
+        <is>
+          <t>9786053755760</t>
+        </is>
+      </c>
+      <c r="B2667" s="1" t="inlineStr">
+        <is>
+          <t>Güz Alacakaranlığı Ejderhaları</t>
+        </is>
+      </c>
+      <c r="C2667" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="2668" spans="1:3">
+      <c r="A2668" s="1" t="inlineStr">
+        <is>
+          <t>9786053755746</t>
+        </is>
+      </c>
+      <c r="B2668" s="1" t="inlineStr">
+        <is>
+          <t>Notlar / Sanat - Edebiyat 4</t>
+        </is>
+      </c>
+      <c r="C2668" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2669" spans="1:3">
+      <c r="A2669" s="1" t="inlineStr">
+        <is>
+          <t>9786053755708</t>
+        </is>
+      </c>
+      <c r="B2669" s="1" t="inlineStr">
+        <is>
+          <t>Bahire'nin Talipleri</t>
+        </is>
+      </c>
+      <c r="C2669" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2670" spans="1:3">
+      <c r="A2670" s="1" t="inlineStr">
+        <is>
+          <t>9786053755661</t>
+        </is>
+      </c>
+      <c r="B2670" s="1" t="inlineStr">
+        <is>
+          <t>Mahzen</t>
+        </is>
+      </c>
+      <c r="C2670" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="2671" spans="1:3">
+      <c r="A2671" s="1" t="inlineStr">
+        <is>
+          <t>9786053755616</t>
+        </is>
+      </c>
+      <c r="B2671" s="1" t="inlineStr">
+        <is>
+          <t>Tanınma Uğruna Mücadele</t>
+        </is>
+      </c>
+      <c r="C2671" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="2672" spans="1:3">
+      <c r="A2672" s="1" t="inlineStr">
+        <is>
+          <t>9786053755630</t>
+        </is>
+      </c>
+      <c r="B2672" s="1" t="inlineStr">
+        <is>
+          <t>Hırsızlar Cumhuriyeti</t>
+        </is>
+      </c>
+      <c r="C2672" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="2673" spans="1:3">
+      <c r="A2673" s="1" t="inlineStr">
+        <is>
+          <t>9786053755562</t>
+        </is>
+      </c>
+      <c r="B2673" s="1" t="inlineStr">
+        <is>
+          <t>Göç</t>
+        </is>
+      </c>
+      <c r="C2673" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2674" spans="1:3">
+      <c r="A2674" s="1" t="inlineStr">
+        <is>
+          <t>9786053755586</t>
+        </is>
+      </c>
+      <c r="B2674" s="1" t="inlineStr">
+        <is>
+          <t>Sürgün</t>
+        </is>
+      </c>
+      <c r="C2674" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2675" spans="1:3">
+      <c r="A2675" s="1" t="inlineStr">
+        <is>
+          <t>9786053755579</t>
+        </is>
+      </c>
+      <c r="B2675" s="1" t="inlineStr">
+        <is>
+          <t>Anayurt - Drizzt Efsanesi 1</t>
+        </is>
+      </c>
+      <c r="C2675" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="2676" spans="1:3">
+      <c r="A2676" s="1" t="inlineStr">
+        <is>
+          <t>9786053755609</t>
+        </is>
+      </c>
+      <c r="B2676" s="1" t="inlineStr">
+        <is>
+          <t>Elric Uyuyan Büyücü</t>
+        </is>
+      </c>
+      <c r="C2676" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="2677" spans="1:3">
+      <c r="A2677" s="1" t="inlineStr">
+        <is>
+          <t>9786053755340</t>
+        </is>
+      </c>
+      <c r="B2677" s="1" t="inlineStr">
+        <is>
+          <t>Ayyaş Buda</t>
+        </is>
+      </c>
+      <c r="C2677" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2678" spans="1:3">
+      <c r="A2678" s="1" t="inlineStr">
+        <is>
+          <t>9786053759812</t>
+        </is>
+      </c>
+      <c r="B2678" s="1" t="inlineStr">
+        <is>
+          <t>Suikast Bürosu</t>
+        </is>
+      </c>
+      <c r="C2678" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2679" spans="1:3">
+      <c r="A2679" s="1" t="inlineStr">
+        <is>
+          <t>9786053755111</t>
+        </is>
+      </c>
+      <c r="B2679" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğun Sonu</t>
+        </is>
+      </c>
+      <c r="C2679" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2680" spans="1:3">
+      <c r="A2680" s="1" t="inlineStr">
+        <is>
+          <t>9786053754923</t>
+        </is>
+      </c>
+      <c r="B2680" s="1" t="inlineStr">
+        <is>
+          <t>Mimesis'i Okumaya Başlarken</t>
+        </is>
+      </c>
+      <c r="C2680" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2681" spans="1:3">
+      <c r="A2681" s="1" t="inlineStr">
+        <is>
+          <t>9786053754992</t>
+        </is>
+      </c>
+      <c r="B2681" s="1" t="inlineStr">
+        <is>
+          <t>Üç Cisim Problemi</t>
+        </is>
+      </c>
+      <c r="C2681" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2682" spans="1:3">
+      <c r="A2682" s="1" t="inlineStr">
+        <is>
+          <t>9786053754886</t>
+        </is>
+      </c>
+      <c r="B2682" s="1" t="inlineStr">
+        <is>
+          <t>Psikanalitik Edebiyat Kuramı</t>
+        </is>
+      </c>
+      <c r="C2682" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="2683" spans="1:3">
+      <c r="A2683" s="1" t="inlineStr">
+        <is>
+          <t>9786053754855</t>
+        </is>
+      </c>
+      <c r="B2683" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamete Bir Milyar Yıl</t>
+        </is>
+      </c>
+      <c r="C2683" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2684" spans="1:3">
+      <c r="A2684" s="1" t="inlineStr">
+        <is>
+          <t>9786053754817</t>
+        </is>
+      </c>
+      <c r="B2684" s="1" t="inlineStr">
+        <is>
+          <t>Rasyonalist Bağlanma</t>
+        </is>
+      </c>
+      <c r="C2684" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2685" spans="1:3">
+      <c r="A2685" s="1" t="inlineStr">
+        <is>
+          <t>9786053754824</t>
+        </is>
+      </c>
+      <c r="B2685" s="1" t="inlineStr">
+        <is>
+          <t>Elric : Ruh Hırsızı</t>
+        </is>
+      </c>
+      <c r="C2685" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2686" spans="1:3">
+      <c r="A2686" s="1" t="inlineStr">
+        <is>
+          <t>9786053755043</t>
+        </is>
+      </c>
+      <c r="B2686" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Hukuk Düşüncesine Giriş</t>
+        </is>
+      </c>
+      <c r="C2686" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="2687" spans="1:3">
+      <c r="A2687" s="1" t="inlineStr">
+        <is>
+          <t>9786053754831</t>
+        </is>
+      </c>
+      <c r="B2687" s="1" t="inlineStr">
+        <is>
+          <t>Muz Beyazı</t>
+        </is>
+      </c>
+      <c r="C2687" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="2688" spans="1:3">
+      <c r="A2688" s="1" t="inlineStr">
+        <is>
+          <t>9786053754916</t>
+        </is>
+      </c>
+      <c r="B2688" s="1" t="inlineStr">
+        <is>
+          <t>Çılgın Gibi</t>
+        </is>
+      </c>
+      <c r="C2688" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2689" spans="1:3">
+      <c r="A2689" s="1" t="inlineStr">
+        <is>
+          <t>9786053754985</t>
+        </is>
+      </c>
+      <c r="B2689" s="1" t="inlineStr">
+        <is>
+          <t>Yargılama Fakültesi</t>
+        </is>
+      </c>
+      <c r="C2689" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2690" spans="1:3">
+      <c r="A2690" s="1" t="inlineStr">
+        <is>
+          <t>9786053754770</t>
+        </is>
+      </c>
+      <c r="B2690" s="1" t="inlineStr">
+        <is>
+          <t>Model Kavramı</t>
+        </is>
+      </c>
+      <c r="C2690" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2691" spans="1:3">
+      <c r="A2691" s="1" t="inlineStr">
+        <is>
+          <t>9786053754749</t>
+        </is>
+      </c>
+      <c r="B2691" s="1" t="inlineStr">
+        <is>
+          <t>Talulla’nın Yükselişi</t>
+        </is>
+      </c>
+      <c r="C2691" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2692" spans="1:3">
+      <c r="A2692" s="1" t="inlineStr">
+        <is>
+          <t>9786053754732</t>
+        </is>
+      </c>
+      <c r="B2692" s="1" t="inlineStr">
+        <is>
+          <t>Demir Ökçe</t>
+        </is>
+      </c>
+      <c r="C2692" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2693" spans="1:3">
+      <c r="A2693" s="1" t="inlineStr">
+        <is>
+          <t>9786053754794</t>
+        </is>
+      </c>
+      <c r="B2693" s="1" t="inlineStr">
+        <is>
+          <t>Dune</t>
+        </is>
+      </c>
+      <c r="C2693" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="2694" spans="1:3">
+      <c r="A2694" s="1" t="inlineStr">
+        <is>
+          <t>9786053757795</t>
+        </is>
+      </c>
+      <c r="B2694" s="1" t="inlineStr">
+        <is>
+          <t>Dörtlerin İmzası - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C2694" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2695" spans="1:3">
+      <c r="A2695" s="1" t="inlineStr">
+        <is>
+          <t>9786053754381</t>
+        </is>
+      </c>
+      <c r="B2695" s="1" t="inlineStr">
+        <is>
+          <t>Siyonizmin Dönüşleri</t>
+        </is>
+      </c>
+      <c r="C2695" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="2696" spans="1:3">
+      <c r="A2696" s="1" t="inlineStr">
+        <is>
+          <t>9786053754701</t>
+        </is>
+      </c>
+      <c r="B2696" s="1" t="inlineStr">
+        <is>
+          <t>Kafka: Utanç ve Suçluluğun Şairi</t>
+        </is>
+      </c>
+      <c r="C2696" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2697" spans="1:3">
+      <c r="A2697" s="1" t="inlineStr">
+        <is>
+          <t>9786053754695</t>
+        </is>
+      </c>
+      <c r="B2697" s="1" t="inlineStr">
+        <is>
+          <t>Doctor Who Trenzalore Öyküleri</t>
+        </is>
+      </c>
+      <c r="C2697" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2698" spans="1:3">
+      <c r="A2698" s="1" t="inlineStr">
+        <is>
+          <t>9786053754633</t>
+        </is>
+      </c>
+      <c r="B2698" s="1" t="inlineStr">
+        <is>
+          <t>Ölümsüz Hemingway</t>
+        </is>
+      </c>
+      <c r="C2698" s="1">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="2699" spans="1:3">
+      <c r="A2699" s="1" t="inlineStr">
+        <is>
+          <t>9786053754619</t>
+        </is>
+      </c>
+      <c r="B2699" s="1" t="inlineStr">
+        <is>
+          <t>İvan İlyiç’in Ölümü</t>
+        </is>
+      </c>
+      <c r="C2699" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2700" spans="1:3">
+      <c r="A2700" s="1" t="inlineStr">
+        <is>
+          <t>9786053757788</t>
+        </is>
+      </c>
+      <c r="B2700" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Dosya - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C2700" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2701" spans="1:3">
+      <c r="A2701" s="1" t="inlineStr">
+        <is>
+          <t>9786053754541</t>
+        </is>
+      </c>
+      <c r="B2701" s="1" t="inlineStr">
+        <is>
+          <t>Ares Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C2701" s="1">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="2702" spans="1:3">
+      <c r="A2702" s="1" t="inlineStr">
+        <is>
+          <t>9786053754473</t>
+        </is>
+      </c>
+      <c r="B2702" s="1" t="inlineStr">
+        <is>
+          <t>Titus Tek Başına</t>
+        </is>
+      </c>
+      <c r="C2702" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2703" spans="1:3">
+      <c r="A2703" s="1" t="inlineStr">
+        <is>
+          <t>9786053754589</t>
+        </is>
+      </c>
+      <c r="B2703" s="1" t="inlineStr">
+        <is>
+          <t>Melekler de Ölür</t>
+        </is>
+      </c>
+      <c r="C2703" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2704" spans="1:3">
+      <c r="A2704" s="1" t="inlineStr">
+        <is>
+          <t>9786053754657</t>
+        </is>
+      </c>
+      <c r="B2704" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Fransa Kralı Sanan Adam</t>
+        </is>
+      </c>
+      <c r="C2704" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2705" spans="1:3">
+      <c r="A2705" s="1" t="inlineStr">
+        <is>
+          <t>9786053754640</t>
+        </is>
+      </c>
+      <c r="B2705" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Gökler Altında Kızıl Denizler</t>
+        </is>
+      </c>
+      <c r="C2705" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2706" spans="1:3">
+      <c r="A2706" s="1" t="inlineStr">
+        <is>
+          <t>9786053754527</t>
+        </is>
+      </c>
+      <c r="B2706" s="1" t="inlineStr">
+        <is>
+          <t>Sessizliğin Müziği</t>
+        </is>
+      </c>
+      <c r="C2706" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2707" spans="1:3">
+      <c r="A2707" s="1" t="inlineStr">
+        <is>
+          <t>9786053754398</t>
+        </is>
+      </c>
+      <c r="B2707" s="1" t="inlineStr">
+        <is>
+          <t>Öteki</t>
+        </is>
+      </c>
+      <c r="C2707" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2708" spans="1:3">
+      <c r="A2708" s="1" t="inlineStr">
+        <is>
+          <t>9786053752660</t>
+        </is>
+      </c>
+      <c r="B2708" s="1" t="inlineStr">
+        <is>
+          <t>Hayaletlerin Dansı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2708" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="2709" spans="1:3">
+      <c r="A2709" s="1" t="inlineStr">
+        <is>
+          <t>9786053754190</t>
+        </is>
+      </c>
+      <c r="B2709" s="1" t="inlineStr">
+        <is>
+          <t>Locke Lamora’nın Yalanları</t>
+        </is>
+      </c>
+      <c r="C2709" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2710" spans="1:3">
+      <c r="A2710" s="1" t="inlineStr">
+        <is>
+          <t>9786053754220</t>
+        </is>
+      </c>
+      <c r="B2710" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük Uğruna</t>
+        </is>
+      </c>
+      <c r="C2710" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2711" spans="1:3">
+      <c r="A2711" s="1" t="inlineStr">
+        <is>
+          <t>9786053750178</t>
+        </is>
+      </c>
+      <c r="B2711" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Akılcılık</t>
+        </is>
+      </c>
+      <c r="C2711" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2712" spans="1:3">
+      <c r="A2712" s="1" t="inlineStr">
+        <is>
+          <t>9789752732988</t>
+        </is>
+      </c>
+      <c r="B2712" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Yaşam İçin Yararı ve Sakıncası</t>
+        </is>
+      </c>
+      <c r="C2712" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="2713" spans="1:3">
+      <c r="A2713" s="1" t="inlineStr">
+        <is>
+          <t>9786257737104</t>
+        </is>
+      </c>
+      <c r="B2713" s="1" t="inlineStr">
+        <is>
+          <t>Ragnarök: Tanrıların Alacakaranlığı</t>
+        </is>
+      </c>
+      <c r="C2713" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2714" spans="1:3">
+      <c r="A2714" s="1" t="inlineStr">
+        <is>
+          <t>9786053754121</t>
+        </is>
+      </c>
+      <c r="B2714" s="1" t="inlineStr">
+        <is>
+          <t>Darius Methos</t>
+        </is>
+      </c>
+      <c r="C2714" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2715" spans="1:3">
+      <c r="A2715" s="1" t="inlineStr">
+        <is>
+          <t>9786053755364</t>
+        </is>
+      </c>
+      <c r="B2715" s="1" t="inlineStr">
+        <is>
+          <t>Işık Tanrısı</t>
+        </is>
+      </c>
+      <c r="C2715" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2716" spans="1:3">
+      <c r="A2716" s="1" t="inlineStr">
+        <is>
+          <t>9786053755357</t>
+        </is>
+      </c>
+      <c r="B2716" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Ait Bir Oda</t>
+        </is>
+      </c>
+      <c r="C2716" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2717" spans="1:3">
+      <c r="A2717" s="1" t="inlineStr">
+        <is>
+          <t>9786053754374</t>
+        </is>
+      </c>
+      <c r="B2717" s="1" t="inlineStr">
+        <is>
+          <t>Diyalektiğin Birleştirici Güçleri</t>
+        </is>
+      </c>
+      <c r="C2717" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="2718" spans="1:3">
+      <c r="A2718" s="1" t="inlineStr">
+        <is>
+          <t>9786053755319</t>
+        </is>
+      </c>
+      <c r="B2718" s="1" t="inlineStr">
+        <is>
+          <t>Dune Mesihi</t>
+        </is>
+      </c>
+      <c r="C2718" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2719" spans="1:3">
+      <c r="A2719" s="1" t="inlineStr">
+        <is>
+          <t>9786053754084</t>
+        </is>
+      </c>
+      <c r="B2719" s="1" t="inlineStr">
+        <is>
+          <t>Bedirhan</t>
+        </is>
+      </c>
+      <c r="C2719" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2720" spans="1:3">
+      <c r="A2720" s="1" t="inlineStr">
+        <is>
+          <t>9786053757627</t>
+        </is>
+      </c>
+      <c r="B2720" s="1" t="inlineStr">
+        <is>
+          <t>Batı Kanonu</t>
+        </is>
+      </c>
+      <c r="C2720" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="2721" spans="1:3">
+      <c r="A2721" s="1" t="inlineStr">
+        <is>
+          <t>9786053753988</t>
+        </is>
+      </c>
+      <c r="B2721" s="1" t="inlineStr">
+        <is>
+          <t>Dresden Maskeleri 5 - Ölüm Maskeleri</t>
+        </is>
+      </c>
+      <c r="C2721" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2722" spans="1:3">
+      <c r="A2722" s="1" t="inlineStr">
+        <is>
+          <t>9786053751311</t>
+        </is>
+      </c>
+      <c r="B2722" s="1" t="inlineStr">
+        <is>
+          <t>Geceyarısı Kuleleri - Zaman Çarkı 13 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2722" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="2723" spans="1:3">
+      <c r="A2723" s="1" t="inlineStr">
+        <is>
+          <t>9786053753827</t>
+        </is>
+      </c>
+      <c r="B2723" s="1" t="inlineStr">
+        <is>
+          <t>Sadakat</t>
+        </is>
+      </c>
+      <c r="C2723" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2724" spans="1:3">
+      <c r="A2724" s="1" t="inlineStr">
+        <is>
+          <t>9786053753803</t>
+        </is>
+      </c>
+      <c r="B2724" s="1" t="inlineStr">
+        <is>
+          <t>Aksaray'dan Bir Perihan</t>
+        </is>
+      </c>
+      <c r="C2724" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2725" spans="1:3">
+      <c r="A2725" s="1" t="inlineStr">
+        <is>
+          <t>9786053753773</t>
+        </is>
+      </c>
+      <c r="B2725" s="1" t="inlineStr">
+        <is>
+          <t>Masum İsa ve Hain Mesih</t>
+        </is>
+      </c>
+      <c r="C2725" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="2726" spans="1:3">
+      <c r="A2726" s="1" t="inlineStr">
+        <is>
+          <t>9789752734296</t>
+        </is>
+      </c>
+      <c r="B2726" s="1" t="inlineStr">
+        <is>
+          <t>Sen Ü Ben</t>
+        </is>
+      </c>
+      <c r="C2726" s="1">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="2727" spans="1:3">
+      <c r="A2727" s="1" t="inlineStr">
+        <is>
+          <t>9786053752219</t>
+        </is>
+      </c>
+      <c r="B2727" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncu 1</t>
+        </is>
+      </c>
+      <c r="C2727" s="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="2728" spans="1:3">
+      <c r="A2728" s="1" t="inlineStr">
+        <is>
+          <t>9786057762214</t>
+        </is>
+      </c>
+      <c r="B2728" s="1" t="inlineStr">
+        <is>
+          <t>Leibowitz İçin Bir İlahi</t>
+        </is>
+      </c>
+      <c r="C2728" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="2729" spans="1:3">
+      <c r="A2729" s="1" t="inlineStr">
+        <is>
+          <t>9789756902974</t>
+        </is>
+      </c>
+      <c r="B2729" s="1" t="inlineStr">
+        <is>
+          <t>Altın Volkanı</t>
+        </is>
+      </c>
+      <c r="C2729" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="2730" spans="1:3">
+      <c r="A2730" s="1" t="inlineStr">
+        <is>
+          <t>9786053750628</t>
+        </is>
+      </c>
+      <c r="B2730" s="1" t="inlineStr">
+        <is>
+          <t>Yokyer</t>
+        </is>
+      </c>
+      <c r="C2730" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2731" spans="1:3">
+      <c r="A2731" s="1" t="inlineStr">
+        <is>
+          <t>9786053755371</t>
+        </is>
+      </c>
+      <c r="B2731" s="1" t="inlineStr">
+        <is>
+          <t>Hegel Varyasyonları</t>
+        </is>
+      </c>
+      <c r="C2731" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2732" spans="1:3">
+      <c r="A2732" s="1" t="inlineStr">
+        <is>
+          <t>9786053758891</t>
+        </is>
+      </c>
+      <c r="B2732" s="1" t="inlineStr">
+        <is>
+          <t>49 Numaralı Parçanın Nidası</t>
+        </is>
+      </c>
+      <c r="C2732" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2733" spans="1:3">
+      <c r="A2733" s="1" t="inlineStr">
+        <is>
+          <t>9786053753971</t>
+        </is>
+      </c>
+      <c r="B2733" s="1" t="inlineStr">
+        <is>
+          <t>Malcolm X</t>
+        </is>
+      </c>
+      <c r="C2733" s="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="2734" spans="1:3">
+      <c r="A2734" s="1" t="inlineStr">
+        <is>
+          <t>9786053753681</t>
+        </is>
+      </c>
+      <c r="B2734" s="1" t="inlineStr">
+        <is>
+          <t>Kuşla Kediye Ağıt</t>
+        </is>
+      </c>
+      <c r="C2734" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2735" spans="1:3">
+      <c r="A2735" s="1" t="inlineStr">
+        <is>
+          <t>9786053753704</t>
+        </is>
+      </c>
+      <c r="B2735" s="1" t="inlineStr">
+        <is>
+          <t>Mongoliad 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C2735" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2736" spans="1:3">
+      <c r="A2736" s="1" t="inlineStr">
+        <is>
+          <t>9786053753650</t>
+        </is>
+      </c>
+      <c r="B2736" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul'un Gizli Büyücüleri</t>
+        </is>
+      </c>
+      <c r="C2736" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="2737" spans="1:3">
+      <c r="A2737" s="1" t="inlineStr">
+        <is>
+          <t>9786053753629</t>
+        </is>
+      </c>
+      <c r="B2737" s="1" t="inlineStr">
+        <is>
+          <t>Hakkıyla</t>
+        </is>
+      </c>
+      <c r="C2737" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2738" spans="1:3">
+      <c r="A2738" s="1" t="inlineStr">
+        <is>
+          <t>9786053753605</t>
+        </is>
+      </c>
+      <c r="B2738" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Felsefe</t>
+        </is>
+      </c>
+      <c r="C2738" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="2739" spans="1:3">
+      <c r="A2739" s="1" t="inlineStr">
+        <is>
+          <t>9786053753544</t>
+        </is>
+      </c>
+      <c r="B2739" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Dünya</t>
+        </is>
+      </c>
+      <c r="C2739" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="2740" spans="1:3">
+      <c r="A2740" s="1" t="inlineStr">
+        <is>
+          <t>9786053753551</t>
+        </is>
+      </c>
+      <c r="B2740" s="1" t="inlineStr">
+        <is>
+          <t>Herodotos'un Aynası</t>
+        </is>
+      </c>
+      <c r="C2740" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="2741" spans="1:3">
+      <c r="A2741" s="1" t="inlineStr">
+        <is>
+          <t>9786053754046</t>
+        </is>
+      </c>
+      <c r="B2741" s="1" t="inlineStr">
+        <is>
+          <t>Candide ve Mikromegas</t>
+        </is>
+      </c>
+      <c r="C2741" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2742" spans="1:3">
+      <c r="A2742" s="1" t="inlineStr">
+        <is>
+          <t>9786053753131</t>
+        </is>
+      </c>
+      <c r="B2742" s="1" t="inlineStr">
+        <is>
+          <t>Metafor Ve Şiir Dilinin Yapısal Özellikleri</t>
+        </is>
+      </c>
+      <c r="C2742" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2743" spans="1:3">
+      <c r="A2743" s="1" t="inlineStr">
+        <is>
+          <t>9786053753094</t>
+        </is>
+      </c>
+      <c r="B2743" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Binyıl: İslam Dünyasında Hiyeroglifler ve Eski Mısır</t>
+        </is>
+      </c>
+      <c r="C2743" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2744" spans="1:3">
+      <c r="A2744" s="1" t="inlineStr">
+        <is>
+          <t>9786053753162</t>
+        </is>
+      </c>
+      <c r="B2744" s="1" t="inlineStr">
+        <is>
+          <t>Bataklık Ülke Perg Efsaneleri 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C2744" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2745" spans="1:3">
+      <c r="A2745" s="1" t="inlineStr">
+        <is>
+          <t>9786053752875</t>
+        </is>
+      </c>
+      <c r="B2745" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Kızıl Baron</t>
+        </is>
+      </c>
+      <c r="C2745" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2746" spans="1:3">
+      <c r="A2746" s="1" t="inlineStr">
+        <is>
+          <t>9786053752912</t>
+        </is>
+      </c>
+      <c r="B2746" s="1" t="inlineStr">
+        <is>
+          <t>Uzlaşma ve Kokuşmuş Uzlaşmalar</t>
+        </is>
+      </c>
+      <c r="C2746" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2747" spans="1:3">
+      <c r="A2747" s="1" t="inlineStr">
+        <is>
+          <t>9786053755173</t>
+        </is>
+      </c>
+      <c r="B2747" s="1" t="inlineStr">
+        <is>
+          <t>Hırsızlar Sirki: Kıyamet Piyangosu</t>
+        </is>
+      </c>
+      <c r="C2747" s="1">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="2748" spans="1:3">
+      <c r="A2748" s="1" t="inlineStr">
+        <is>
+          <t>9786053755234</t>
+        </is>
+      </c>
+      <c r="B2748" s="1" t="inlineStr">
+        <is>
+          <t>Dağlı</t>
+        </is>
+      </c>
+      <c r="C2748" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2749" spans="1:3">
+      <c r="A2749" s="1" t="inlineStr">
+        <is>
+          <t>9786053758129</t>
+        </is>
+      </c>
+      <c r="B2749" s="1" t="inlineStr">
+        <is>
+          <t>Uykulu Kuytu Söylencesi</t>
+        </is>
+      </c>
+      <c r="C2749" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2750" spans="1:3">
+      <c r="A2750" s="1" t="inlineStr">
+        <is>
+          <t>9786053755166</t>
+        </is>
+      </c>
+      <c r="B2750" s="1" t="inlineStr">
+        <is>
+          <t>Elric - Tanelorn'u Kurtarmak</t>
+        </is>
+      </c>
+      <c r="C2750" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2751" spans="1:3">
+      <c r="A2751" s="1" t="inlineStr">
+        <is>
+          <t>9786053755548</t>
+        </is>
+      </c>
+      <c r="B2751" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Gemisi Askerleri</t>
+        </is>
+      </c>
+      <c r="C2751" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2752" spans="1:3">
+      <c r="A2752" s="1" t="inlineStr">
+        <is>
+          <t>9786053755524</t>
+        </is>
+      </c>
+      <c r="B2752" s="1" t="inlineStr">
+        <is>
+          <t>Notlar / Sanat - Edebiyat 2</t>
+        </is>
+      </c>
+      <c r="C2752" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="2753" spans="1:3">
+      <c r="A2753" s="1" t="inlineStr">
+        <is>
+          <t>9786053755494</t>
+        </is>
+      </c>
+      <c r="B2753" s="1" t="inlineStr">
+        <is>
+          <t>Yıkıma Giden Adam</t>
+        </is>
+      </c>
+      <c r="C2753" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2754" spans="1:3">
+      <c r="A2754" s="1" t="inlineStr">
+        <is>
+          <t>9786053755425</t>
+        </is>
+      </c>
+      <c r="B2754" s="1" t="inlineStr">
+        <is>
+          <t>Kanunilik ve Meşruiyet</t>
+        </is>
+      </c>
+      <c r="C2754" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2755" spans="1:3">
+      <c r="A2755" s="1" t="inlineStr">
+        <is>
+          <t>9786053753506</t>
+        </is>
+      </c>
+      <c r="B2755" s="1" t="inlineStr">
+        <is>
+          <t>Bram Stoker’ın Kayıp Günlüğü</t>
+        </is>
+      </c>
+      <c r="C2755" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2756" spans="1:3">
+      <c r="A2756" s="1" t="inlineStr">
+        <is>
+          <t>9786053753049</t>
+        </is>
+      </c>
+      <c r="B2756" s="1" t="inlineStr">
+        <is>
+          <t>Sanatçı İmgesinin Oluşumu: Efsane, Mit ve Büyü</t>
+        </is>
+      </c>
+      <c r="C2756" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2757" spans="1:3">
+      <c r="A2757" s="1" t="inlineStr">
+        <is>
+          <t>9786053753063</t>
+        </is>
+      </c>
+      <c r="B2757" s="1" t="inlineStr">
+        <is>
+          <t>Işığın Anısı - Zaman Çarkı 14 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2757" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="2758" spans="1:3">
+      <c r="A2758" s="1" t="inlineStr">
+        <is>
+          <t>9786053753285</t>
+        </is>
+      </c>
+      <c r="B2758" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıların Alfabesi - Perg Efsaneleri 4. Kitap</t>
+        </is>
+      </c>
+      <c r="C2758" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2759" spans="1:3">
+      <c r="A2759" s="1" t="inlineStr">
+        <is>
+          <t>9786053753278</t>
+        </is>
+      </c>
+      <c r="B2759" s="1" t="inlineStr">
+        <is>
+          <t>Yeraltından Notlar</t>
+        </is>
+      </c>
+      <c r="C2759" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2760" spans="1:3">
+      <c r="A2760" s="1" t="inlineStr">
+        <is>
+          <t>9786053753179</t>
+        </is>
+      </c>
+      <c r="B2760" s="1" t="inlineStr">
+        <is>
+          <t>Ankara Mahpusu</t>
+        </is>
+      </c>
+      <c r="C2760" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2761" spans="1:3">
+      <c r="A2761" s="1" t="inlineStr">
+        <is>
+          <t>9786053753025</t>
+        </is>
+      </c>
+      <c r="B2761" s="1" t="inlineStr">
+        <is>
+          <t>Korkak ve Canavar</t>
+        </is>
+      </c>
+      <c r="C2761" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2762" spans="1:3">
+      <c r="A2762" s="1" t="inlineStr">
+        <is>
+          <t>9789752734180</t>
+        </is>
+      </c>
+      <c r="B2762" s="1" t="inlineStr">
+        <is>
+          <t>Buzların Sfenksi 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C2762" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2763" spans="1:3">
+      <c r="A2763" s="1" t="inlineStr">
+        <is>
+          <t>9786053751595</t>
+        </is>
+      </c>
+      <c r="B2763" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Adamın Korkusu</t>
+        </is>
+      </c>
+      <c r="C2763" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="2764" spans="1:3">
+      <c r="A2764" s="1" t="inlineStr">
+        <is>
+          <t>9786053750093</t>
+        </is>
+      </c>
+      <c r="B2764" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Fareydim! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2764" s="1">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="2765" spans="1:3">
+      <c r="A2765" s="1" t="inlineStr">
+        <is>
+          <t>9786053756453</t>
+        </is>
+      </c>
+      <c r="B2765" s="1" t="inlineStr">
+        <is>
+          <t>Baudelaire</t>
+        </is>
+      </c>
+      <c r="C2765" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2766" spans="1:3">
+      <c r="A2766" s="1" t="inlineStr">
+        <is>
+          <t>9786053751700</t>
+        </is>
+      </c>
+      <c r="B2766" s="1" t="inlineStr">
+        <is>
+          <t>Barbarlıklar Çatışması</t>
+        </is>
+      </c>
+      <c r="C2766" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2767" spans="1:3">
+      <c r="A2767" s="1" t="inlineStr">
+        <is>
+          <t>9786053759928</t>
+        </is>
+      </c>
+      <c r="B2767" s="1" t="inlineStr">
+        <is>
+          <t>Artık Huzur Yok</t>
+        </is>
+      </c>
+      <c r="C2767" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="2768" spans="1:3">
+      <c r="A2768" s="1" t="inlineStr">
+        <is>
+          <t>9786057762641</t>
+        </is>
+      </c>
+      <c r="B2768" s="1" t="inlineStr">
+        <is>
+          <t>Amerika</t>
+        </is>
+      </c>
+      <c r="C2768" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2769" spans="1:3">
+      <c r="A2769" s="1" t="inlineStr">
+        <is>
+          <t>9786053759126</t>
+        </is>
+      </c>
+      <c r="B2769" s="1" t="inlineStr">
+        <is>
+          <t>Alacakaranlık Kavşağı - Zaman Çarkı 10 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2769" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="2770" spans="1:3">
+      <c r="A2770" s="1" t="inlineStr">
+        <is>
+          <t>9786053756422</t>
+        </is>
+      </c>
+      <c r="B2770" s="1" t="inlineStr">
+        <is>
+          <t>İmgelem</t>
+        </is>
+      </c>
+      <c r="C2770" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2771" spans="1:3">
+      <c r="A2771" s="1" t="inlineStr">
+        <is>
+          <t>9789752733732</t>
+        </is>
+      </c>
+      <c r="B2771" s="1" t="inlineStr">
+        <is>
+          <t>Hobbit</t>
+        </is>
+      </c>
+      <c r="C2771" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2772" spans="1:3">
+      <c r="A2772" s="1" t="inlineStr">
+        <is>
+          <t>9786053759119</t>
+        </is>
+      </c>
+      <c r="B2772" s="1" t="inlineStr">
+        <is>
+          <t>Hançer Yolu - Zaman Çarkı 8 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2772" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="2773" spans="1:3">
+      <c r="A2773" s="1" t="inlineStr">
+        <is>
+          <t>9786053751977</t>
+        </is>
+      </c>
+      <c r="B2773" s="1" t="inlineStr">
+        <is>
+          <t>Görünür Adam</t>
+        </is>
+      </c>
+      <c r="C2773" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="2774" spans="1:3">
+      <c r="A2774" s="1" t="inlineStr">
+        <is>
+          <t>9789752730724</t>
+        </is>
+      </c>
+      <c r="B2774" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Yükseliyor - Zaman Çarkı 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2774" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="2775" spans="1:3">
+      <c r="A2775" s="1" t="inlineStr">
+        <is>
+          <t>9786053751427</t>
+        </is>
+      </c>
+      <c r="B2775" s="1" t="inlineStr">
+        <is>
+          <t>Göldeki Canavar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2775" s="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="2776" spans="1:3">
+      <c r="A2776" s="1" t="inlineStr">
+        <is>
+          <t>9789752731349</t>
+        </is>
+      </c>
+      <c r="B2776" s="1" t="inlineStr">
+        <is>
+          <t>Göğün Ateşleri - Zaman Çarkı 5 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2776" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="2777" spans="1:3">
+      <c r="A2777" s="1" t="inlineStr">
+        <is>
+          <t>9786053750987</t>
+        </is>
+      </c>
+      <c r="B2777" s="1" t="inlineStr">
+        <is>
+          <t>Gece Yarısına On Üç Gün</t>
+        </is>
+      </c>
+      <c r="C2777" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2778" spans="1:3">
+      <c r="A2778" s="1" t="inlineStr">
+        <is>
+          <t>9786053752004</t>
+        </is>
+      </c>
+      <c r="B2778" s="1" t="inlineStr">
+        <is>
+          <t>Frankenstein</t>
+        </is>
+      </c>
+      <c r="C2778" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2779" spans="1:3">
+      <c r="A2779" s="1" t="inlineStr">
+        <is>
+          <t>9786053751465</t>
+        </is>
+      </c>
+      <c r="B2779" s="1" t="inlineStr">
+        <is>
+          <t>En Karanlık Kuş</t>
+        </is>
+      </c>
+      <c r="C2779" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2780" spans="1:3">
+      <c r="A2780" s="1" t="inlineStr">
+        <is>
+          <t>9786053751014</t>
+        </is>
+      </c>
+      <c r="B2780" s="1" t="inlineStr">
+        <is>
+          <t>Düşüş</t>
+        </is>
+      </c>
+      <c r="C2780" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="2781" spans="1:3">
+      <c r="A2781" s="1" t="inlineStr">
+        <is>
+          <t>9789758607273</t>
+        </is>
+      </c>
+      <c r="B2781" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Moreau’nun Adası</t>
+        </is>
+      </c>
+      <c r="C2781" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2782" spans="1:3">
+      <c r="A2782" s="1" t="inlineStr">
+        <is>
+          <t>9786053758419</t>
+        </is>
+      </c>
+      <c r="B2782" s="1" t="inlineStr">
+        <is>
+          <t>Deliliğin Dağlarında</t>
+        </is>
+      </c>
+      <c r="C2782" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2783" spans="1:3">
+      <c r="A2783" s="1" t="inlineStr">
+        <is>
+          <t>9789752732551</t>
+        </is>
+      </c>
+      <c r="B2783" s="1" t="inlineStr">
+        <is>
+          <t>David Strauss, İtirafçı ve Yazar</t>
+        </is>
+      </c>
+      <c r="C2783" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2784" spans="1:3">
+      <c r="A2784" s="1" t="inlineStr">
+        <is>
+          <t>9786053750260</t>
+        </is>
+      </c>
+      <c r="B2784" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Çağının Sıcağında</t>
+        </is>
+      </c>
+      <c r="C2784" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2785" spans="1:3">
+      <c r="A2785" s="1" t="inlineStr">
+        <is>
+          <t>9786053758426</t>
+        </is>
+      </c>
+      <c r="B2785" s="1" t="inlineStr">
+        <is>
+          <t>Cthulhu’nun Çağrısı</t>
+        </is>
+      </c>
+      <c r="C2785" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2786" spans="1:3">
+      <c r="A2786" s="1" t="inlineStr">
+        <is>
+          <t>9786053758617</t>
+        </is>
+      </c>
+      <c r="B2786" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Yeni Dünyayı Ziyaret</t>
+        </is>
+      </c>
+      <c r="C2786" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2787" spans="1:3">
+      <c r="A2787" s="1" t="inlineStr">
+        <is>
+          <t>9789756902165</t>
+        </is>
+      </c>
+      <c r="B2787" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Yeni Dünya</t>
+        </is>
+      </c>
+      <c r="C2787" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2788" spans="1:3">
+      <c r="A2788" s="1" t="inlineStr">
+        <is>
+          <t>9786258327687</t>
+        </is>
+      </c>
+      <c r="B2788" s="1" t="inlineStr">
+        <is>
+          <t>Cennetin Çeşmeleri</t>
+        </is>
+      </c>
+      <c r="C2788" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2789" spans="1:3">
+      <c r="A2789" s="1" t="inlineStr">
+        <is>
+          <t>9786053751861</t>
+        </is>
+      </c>
+      <c r="B2789" s="1" t="inlineStr">
+        <is>
+          <t>Cenderedeki Medya Tenceredeki Gazeteci</t>
+        </is>
+      </c>
+      <c r="C2789" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="2790" spans="1:3">
+      <c r="A2790" s="1" t="inlineStr">
+        <is>
+          <t>9786057762412</t>
+        </is>
+      </c>
+      <c r="B2790" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Av - Zaman Çarkı 2</t>
+        </is>
+      </c>
+      <c r="C2790" s="1">
+        <v>800</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>