--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,2710 +85,2860 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258003369</t>
+          <t>9786059612920</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabilerin Hayatı</t>
+          <t>Zikredenlerin Azığı (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258003338</t>
+          <t>9786058351776</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Hayatı</t>
+          <t>Sahihi İbni Huzeyme (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258003239</t>
+          <t>9786059612029</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İlme Teşvik</t>
+          <t>El-Ezkar (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059612951</t>
+          <t>9786058421028</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İlmin Fazileti (Ciltli)</t>
+          <t>Kitabuz - Zühd ver - Rekaik (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059612043</t>
+          <t>9786056531934</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sahihi İbn Huzeyme Tercümesi Cilt 2 (Ciltli)</t>
+          <t>Kelime-i Tevhid Ve Manası (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>850</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058421059</t>
+          <t>9786056531910</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe Tefsir Usulü</t>
+          <t>Zann'ın Terazisinde Vahy'in Tahrifi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056531996</t>
+          <t>3990000027973</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar İhyau Ulumiddin (Ciltli)</t>
+          <t>Riyaz'us-Salihin</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>800</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056531958</t>
+          <t>3990000027985</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dinlerin Tasnifi</t>
+          <t>El Cami Fi Talebi’l İlmi’ş-Şerif (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056531941</t>
+          <t>3990000128986</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ahde Vefa</t>
+          <t>El Cami Fi Talebi’l İlmi’ş-Şerif 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058421097</t>
+          <t>9786059612326</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İstismar Edilen Kavramlar</t>
+          <t>Ahkamu'l Kur'an (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>360</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058421073</t>
+          <t>9786258003369</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Fıkıh Usulü</t>
+          <t>Hanım Sahabilerin Hayatı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058351790</t>
+          <t>9786258003338</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü</t>
+          <t>Ahiret Hayatı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058421042</t>
+          <t>9786258003239</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kitabuz Zühd ver-Rekaik</t>
+          <t>İlme Teşvik</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056531972</t>
+          <t>9786059612951</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Peygambersiz Bir Din</t>
+          <t>İlmin Fazileti (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055319656</t>
+          <t>9786059612043</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İstismar Edilen 40 Hadis</t>
+          <t>Sahihi İbn Huzeyme Tercümesi Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056531927</t>
+          <t>9786058421059</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İstismar Edilen 40 Ayet</t>
+          <t>Arapça Türkçe Tefsir Usulü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057460868</t>
+          <t>9786056531996</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkhı (Ciltli)</t>
+          <t>Muhtasar İhyau Ulumiddin (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>700</v>
+        <v>900</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057046413</t>
+          <t>9786056531958</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kimya-yı Saadet (Ciltli)</t>
+          <t>Dinlerin Tasnifi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057046406</t>
+          <t>9786056531941</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’s Sünne (Ciltli)</t>
+          <t>Ahde Vefa</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059612234</t>
+          <t>9786058421097</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed Seti (4 Kitap Takım) (Ciltli)</t>
+          <t>İstismar Edilen Kavramlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>3200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059612692</t>
+          <t>9786058421073</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabilerin Hayatı (Ciltli)</t>
+          <t>Sorulu Cevaplı Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>650</v>
+        <v>270</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057485366</t>
+          <t>9786058351790</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mükaşefetü’l-Kulüb Kalplerin Keşfi (Ciltli)</t>
+          <t>Hadis Usulü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057485342</t>
+          <t>9786058421042</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Minhacu'l-Abidin Abidler Yolu (Ciltli)</t>
+          <t>Kitabuz Zühd ver-Rekaik</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057485359</t>
+          <t>9786056531972</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Akıl-Nakil Çatışmazlığı (Ciltli)</t>
+          <t>Peygambersiz Bir Din</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059612883</t>
+          <t>9786055319656</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Müşkil Hadislerin Yorumu (Ciltli)</t>
+          <t>İstismar Edilen 40 Hadis</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059612890</t>
+          <t>9786056531927</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kitabu't Tevhid (Ciltli)</t>
+          <t>İstismar Edilen 40 Ayet</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059612869</t>
+          <t>9786057460868</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Mehdi'nin Alametleri</t>
+          <t>Şafii Fıkhı (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059612906</t>
+          <t>9786057046413</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ahmaku'n Nisa (Ciltli)</t>
+          <t>Kimya-yı Saadet (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059612630</t>
+          <t>9786057046406</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Allah Korkusu İyilik ve Güzel Ahlak</t>
+          <t>Kitabu’s Sünne (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255653017</t>
+          <t>9786059612234</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tulab'da Mahkumiyet</t>
+          <t>Son Peygamber Hz. Muhammed Seti (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>275</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258003659</t>
+          <t>9786059612692</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Siyeru Alamin Nübela Tercümesi (5. Cilt) (Ciltli)</t>
+          <t>Hanım Sahabilerin Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258003284</t>
+          <t>9786057485366</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Siyeru Alamin Nübela Tercümesi (4. Cilt) (Ciltli)</t>
+          <t>Mükaşefetü’l-Kulüb Kalplerin Keşfi (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258003277</t>
+          <t>9786057485342</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Siyeru Alamin Nübela Tercümesi (3. Cilt) (Ciltli)</t>
+          <t>Minhacu'l-Abidin Abidler Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>900</v>
+        <v>550</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057046451</t>
+          <t>9786057485359</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Siyeru Alamin Nübela Tercümesi (2. Cilt) (Ciltli)</t>
+          <t>Akıl-Nakil Çatışmazlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255653000</t>
+          <t>9786059612883</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Aynasında Kadın</t>
+          <t>Müşkil Hadislerin Yorumu (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258003994</t>
+          <t>9786059612890</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Değil Kurtuluştu</t>
+          <t>Kitabu't Tevhid (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057046444</t>
+          <t>9786059612869</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Siyeru Alamin Nübela Tercümesi (1. Cilt) (Ciltli)</t>
+          <t>Beklenen Mehdi'nin Alametleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258003987</t>
+          <t>9786059612906</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Siyeru Alamin Nübela Tercümesi (8. Cilt) (Ciltli)</t>
+          <t>Ahmaku'n Nisa (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258003970</t>
+          <t>9786059612630</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Siyeru Alamin Nübela Tercümesi (7. Cilt) (Ciltli)</t>
+          <t>Allah Korkusu İyilik ve Güzel Ahlak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>900</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258003666</t>
+          <t>9786255653017</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Siyeru Alamin Nübela Tercümesi (6. Cilt) (Ciltli)</t>
+          <t>Tulab'da Mahkumiyet</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>900</v>
+        <v>275</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258003390</t>
+          <t>9786258003659</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Siyerü's Selefi's Salihin</t>
+          <t>Siyeru Alamin Nübela Tercümesi (5. Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258003413</t>
+          <t>9786258003284</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tıbbu'n Nebevi</t>
+          <t>Siyeru Alamin Nübela Tercümesi (4. Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258003505</t>
+          <t>9786258003277</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yüce Melekler Topluluğunun Tartışması</t>
+          <t>Siyeru Alamin Nübela Tercümesi (3. Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258003383</t>
+          <t>9786057046451</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kimya-yı Saadet</t>
+          <t>Siyeru Alamin Nübela Tercümesi (2. Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258003253</t>
+          <t>9786255653000</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Siyasetuş Şeriyye (Şeri Siyaset)</t>
+          <t>Vahyin Aynasında Kadın</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059612517</t>
+          <t>9786258003994</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Nefis Adabı, Adabun Nufus</t>
+          <t>Kaçış Değil Kurtuluştu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059612722</t>
+          <t>9786057046444</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Usulu's Serahsi Tercümesi - 2 Cilt Takım (Ciltli)</t>
+          <t>Siyeru Alamin Nübela Tercümesi (1. Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059612982</t>
+          <t>9786258003987</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İyiliği Emretme ve Kötülükten Alıkoyma</t>
+          <t>Siyeru Alamin Nübela Tercümesi (8. Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>900</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057485397</t>
+          <t>9786258003970</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sahiplerine Büyük Günahlara Dair Hatırlatma (Ciltli)</t>
+          <t>Siyeru Alamin Nübela Tercümesi (7. Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>700</v>
+        <v>900</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059612197</t>
+          <t>9786258003666</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’z-Zühd ve’r-Rekaik (2. Hamur) (Ciltli)</t>
+          <t>Siyeru Alamin Nübela Tercümesi (6. Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059612050</t>
+          <t>9786258003390</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İlim Ve Hikmet Camiu’l-Ulum ve’l-Hikem (2 Cilt Takım)</t>
+          <t>Siyerü's Selefi's Salihin</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057460837</t>
+          <t>9786258003413</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nefis Terbiyesi</t>
+          <t>Tıbbu'n Nebevi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059612746</t>
+          <t>9786258003505</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Üç Fakih İmamın Faziletlerinden Seçmeler (Ciltli)</t>
+          <t>Yüce Melekler Topluluğunun Tartışması</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258003925</t>
+          <t>9786258003383</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hikemuş Şamiyye Bilgelik Hikayeleri</t>
+          <t>Kimya-yı Saadet</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258003376</t>
+          <t>9786258003253</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi Mükaşefetü’l Kulüb</t>
+          <t>Siyasetuş Şeriyye (Şeri Siyaset)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258003918</t>
+          <t>9786059612517</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Müminlere Müjdeler</t>
+          <t>Nefis Adabı, Adabun Nufus</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258003963</t>
+          <t>9786059612722</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Son Düşüş</t>
+          <t>Usulu's Serahsi Tercümesi - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258003932</t>
+          <t>9786059612982</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletler Hukuku 2 Cilt Takım (Ciltli)</t>
+          <t>İyiliği Emretme ve Kötülükten Alıkoyma</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258003833</t>
+          <t>9786057485397</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Zulum Veren Uğultular</t>
+          <t>Akıl Sahiplerine Büyük Günahlara Dair Hatırlatma (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258003017</t>
+          <t>9786059612197</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ahkamul Kuran</t>
+          <t>Kitabu’z-Zühd ve’r-Rekaik (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>550</v>
+        <v>800</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057460806</t>
+          <t>9786059612050</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>El Hücce - 2 Cilt Takım (Ciltli)</t>
+          <t>Hadislerle İlim Ve Hikmet Camiu’l-Ulum ve’l-Hikem (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1500</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057485311</t>
+          <t>9786057460837</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Tevekkül</t>
+          <t>Nefis Terbiyesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059612821</t>
+          <t>9786059612746</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Kolay Şafi Fıkhı (Ciltli)</t>
+          <t>Üç Fakih İmamın Faziletlerinden Seçmeler (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057460899</t>
+          <t>9786258003925</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Et-Tebsira - Basiret Ehline Nasihatler Seti (2 Kitap Takım) (Ciltli)</t>
+          <t>Hikemuş Şamiyye Bilgelik Hikayeleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>1500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059612807</t>
+          <t>9786258003376</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dilin Afetleri</t>
+          <t>Kalplerin Keşfi Mükaşefetü’l Kulüb</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258003772</t>
+          <t>9786258003918</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İntifada-i Aksa</t>
+          <t>Müminlere Müjdeler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258003796</t>
+          <t>9786258003963</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Namazla İlgili Meseleler 2 Cilt Takım (Ciltli)</t>
+          <t>Son Düşüş</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>1800</v>
+        <v>275</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258003826</t>
+          <t>9786258003932</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İradi Fiil Açısından Cehalet</t>
+          <t>İslam Devletler Hukuku 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>270</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258003741</t>
+          <t>9786258003833</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yol Gösterenler ve Yoldan Saptıranlar</t>
+          <t>Zulum Veren Uğultular</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258003727</t>
+          <t>9786258003017</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Şirk</t>
+          <t>Ahkamul Kuran</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258003703</t>
+          <t>9786057460806</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Lokman Suresinde Çocuk Eğitimi</t>
+          <t>El Hücce - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258003321</t>
+          <t>9786057485311</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Abidler Yolu - Minhacul Abidin</t>
+          <t>Tevhid ve Tevekkül</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057046499</t>
+          <t>9786059612821</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Hayatı (Ciltli)</t>
+          <t>Sorulu Cevaplı Kolay Şafi Fıkhı (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059612135</t>
+          <t>9786057460899</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Vaazlar ve Meclisler</t>
+          <t>Et-Tebsira - Basiret Ehline Nasihatler Seti (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258003758</t>
+          <t>9786059612807</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Aynı Adam</t>
+          <t>Dilin Afetleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258003765</t>
+          <t>9786258003772</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Trip Bir Evliliğin Anatomisi</t>
+          <t>İntifada-i Aksa</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258003734</t>
+          <t>9786258003796</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Afak Bir Gazze Romanı</t>
+          <t>Namazla İlgili Meseleler 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>275</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258003710</t>
+          <t>9786258003826</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (Sav)'in Ahlak-ı Hamidesi</t>
+          <t>İradi Fiil Açısından Cehalet</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059612753</t>
+          <t>9786258003741</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tıbbu'n Nebevi (Ciltli)</t>
+          <t>Yol Gösterenler ve Yoldan Saptıranlar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059612913</t>
+          <t>9786258003727</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hevanın Kınanması (Ciltli)</t>
+          <t>Tevhid ve Şirk</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258003697</t>
+          <t>9786258003703</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir İbadet Olarak Cihad</t>
+          <t>Lokman Suresinde Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258003673</t>
+          <t>9786258003321</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İslam Davetçileri İçin Usulu Fıkha Giriş Ve Bazı Fıkhi Meseleler</t>
+          <t>Abidler Yolu - Minhacul Abidin</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258003680</t>
+          <t>9786057046499</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Ayı ve Oruç Fıkhı</t>
+          <t>Ahiret Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057046468</t>
+          <t>9786059612135</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Saydul Hatır, Yüreklere Hitap Eden Satırlar (Ciltli)</t>
+          <t>Vaazlar ve Meclisler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258003024</t>
+          <t>9786258003758</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Oku Yaratan Rabbinin Adıyla</t>
+          <t>Aynı Adam</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057046420</t>
+          <t>9786258003765</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Cennetteki Hayat (Ciltli)</t>
+          <t>Trip Bir Evliliğin Anatomisi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057485373</t>
+          <t>9786258003734</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Mustakim (Ciltli)</t>
+          <t>Afak Bir Gazze Romanı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258003420</t>
+          <t>9786258003710</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Cuma Namazı ve Dört Mezhebe Göre Fıkhı</t>
+          <t>Hz. Peygamber (Sav)'in Ahlak-ı Hamidesi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>850</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258003635</t>
+          <t>9786059612753</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Tefsirler Işığında Egemenlik ve Yöntem Meselesi</t>
+          <t>Tıbbu'n Nebevi (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>550</v>
+        <v>800</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258003406</t>
+          <t>9786059612913</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Üç Fakih İmamın Faziletlerinden Seçmeler</t>
+          <t>Hevanın Kınanması (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>330</v>
+        <v>700</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258003499</t>
+          <t>9786258003697</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'l-Hayde ve'l-İ'tizar</t>
+          <t>Bir İbadet Olarak Cihad</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258003604</t>
+          <t>9786258003673</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Adam Olmak</t>
+          <t>İslam Davetçileri İçin Usulu Fıkha Giriş Ve Bazı Fıkhi Meseleler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258003475</t>
+          <t>9786258003680</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Nerede?</t>
+          <t>Ramazan Ayı ve Oruç Fıkhı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258003482</t>
+          <t>9786057046468</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Allah’tan Uzaklaştıran Namazlar ve Namazı Kabul Olmayanlar</t>
+          <t>Saydul Hatır, Yüreklere Hitap Eden Satırlar (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258003550</t>
+          <t>9786258003024</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ayetlerinden İmani Nasihatler 3</t>
+          <t>Oku Yaratan Rabbinin Adıyla</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258003536</t>
+          <t>9786057046420</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ayetlerinden İmani Nasihatler 1</t>
+          <t>Cennetteki Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258003543</t>
+          <t>9786057485373</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ayetlerinden İmani Nasihatler 2</t>
+          <t>Sırat-ı Mustakim (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258003574</t>
+          <t>9786258003420</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Duası Makbul Olanlar</t>
+          <t>Cuma Namazı ve Dört Mezhebe Göre Fıkhı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258003529</t>
+          <t>9786258003635</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Rızkı Artırmanın Yolları</t>
+          <t>Tefsirler Işığında Egemenlik ve Yöntem Meselesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258003598</t>
+          <t>9786258003406</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Yardımı Ne Zaman?</t>
+          <t>Üç Fakih İmamın Faziletlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258003512</t>
+          <t>9786258003499</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ya Tevbe Etmeden Ölürsem</t>
+          <t>Kitabu'l-Hayde ve'l-İ'tizar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258003581</t>
+          <t>9786258003604</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Cennete Adım Adım</t>
+          <t>Adam Olmak</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258003567</t>
+          <t>9786258003475</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Haramlardan Sakınmanın Yolları</t>
+          <t>Hakikat Nerede?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258003628</t>
+          <t>9786258003482</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii - Akidesi, Menheci ve Hayatı</t>
+          <t>Allah’tan Uzaklaştıran Namazlar ve Namazı Kabul Olmayanlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258003451</t>
+          <t>9786258003550</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre İle İlgili Meseleler (Ciltli)</t>
+          <t>Kur'an Ayetlerinden İmani Nasihatler 3</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258003444</t>
+          <t>9786258003536</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Amelleri (Ciltli)</t>
+          <t>Kur'an Ayetlerinden İmani Nasihatler 1</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258003468</t>
+          <t>9786258003543</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cennet ve Cehennem (Ciltli)</t>
+          <t>Kur'an Ayetlerinden İmani Nasihatler 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258003437</t>
+          <t>9786258003574</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Maddi Ve Manevi Kirlerden Temizlik (Ciltli)</t>
+          <t>Duası Makbul Olanlar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258003307</t>
+          <t>9786258003529</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Nefsi Tezkiye Etmenin Meşru Yolları (Ciltli)</t>
+          <t>Rızkı Artırmanın Yolları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>550</v>
+        <v>170</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258003291</t>
+          <t>9786258003598</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle İslami Hayat ve Adabı Muaşeret (Ciltli)</t>
+          <t>Allah'ın Yardımı Ne Zaman?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>750</v>
+        <v>170</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258003109</t>
+          <t>9786258003512</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sahihi Buhari Kitabu'l İman Şerhi (Ciltli)</t>
+          <t>Ya Tevbe Etmeden Ölürsem</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>800</v>
+        <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258003116</t>
+          <t>9786258003581</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Delailu'n Nübüvve (Ciltli)</t>
+          <t>Cennete Adım Adım</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>850</v>
+        <v>170</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059612159</t>
+          <t>9786258003567</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İlim Amel Etmeyi Gerektirir</t>
+          <t>Haramlardan Sakınmanın Yolları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258003246</t>
+          <t>9786258003628</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hilafet Risalesi</t>
+          <t>İmam Şafii - Akidesi, Menheci ve Hayatı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258003185</t>
+          <t>9786258003451</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Allahın Hükümlerine Göre Nasıl Yönetirsin</t>
+          <t>Hac ve Umre İle İlgili Meseleler (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258003192</t>
+          <t>9786258003444</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Nefsin Ayıpları</t>
+          <t>Kalbin Amelleri (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258003161</t>
+          <t>9786258003468</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tebyidu's-Sahîfe fi Menakıbi'l-İmam Ebi Hanîfe</t>
+          <t>Cennet ve Cehennem (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258003178</t>
+          <t>9786258003437</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şerhu'l Vasiyye Ebu Hanife'nin el-Vasiyye Eserinin Şerhi</t>
+          <t>Maddi Ve Manevi Kirlerden Temizlik (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258003154</t>
+          <t>9786258003307</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Süneni Said bin Mansur (Kayıp Sünenin İzinde) (Ciltli)</t>
+          <t>Nefsi Tezkiye Etmenin Meşru Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>850</v>
+        <v>550</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258003208</t>
+          <t>9786258003291</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Çocukların Ahkamı</t>
+          <t>Bütün Yönleriyle İslami Hayat ve Adabı Muaşeret (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258003215</t>
+          <t>9786258003109</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Musibetlere Sabretmek</t>
+          <t>Sahihi Buhari Kitabu'l İman Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258003222</t>
+          <t>9786258003116</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kolay Meşru Rukye ve Vesvesenin İlacı</t>
+          <t>Delailu'n Nübüvve (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059612265</t>
+          <t>9786059612159</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İşte Salihler Böyleydi</t>
+          <t>İlim Amel Etmeyi Gerektirir</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258003147</t>
+          <t>9786258003246</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hadis Ehlinin Şerefi ve Hadis Ehline Nasihat (Ciltli)</t>
+          <t>Hilafet Risalesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258003031</t>
+          <t>9786258003185</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Niyet İhlas Ve Sıdk</t>
+          <t>Allahın Hükümlerine Göre Nasıl Yönetirsin</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258003048</t>
+          <t>9786258003192</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerimi Okuma Edebleri</t>
+          <t>Nefsin Ayıpları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258003055</t>
+          <t>9786258003161</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İslamda Anne Ve Baba Hakkı</t>
+          <t>Tebyidu's-Sahîfe fi Menakıbi'l-İmam Ebi Hanîfe</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258003062</t>
+          <t>9786258003178</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İslam Akidesinin Esasları</t>
+          <t>Şerhu'l Vasiyye Ebu Hanife'nin el-Vasiyye Eserinin Şerhi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258003079</t>
+          <t>9786258003154</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hükmün Delilleri</t>
+          <t>Süneni Said bin Mansur (Kayıp Sünenin İzinde) (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258003086</t>
+          <t>9786258003208</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>El İnsaf</t>
+          <t>Müslüman Çocukların Ahkamı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258003093</t>
+          <t>9786258003215</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ehli Sünnetin İmamı Ahmed Bin Hanbel</t>
+          <t>Musibetlere Sabretmek</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059612210</t>
+          <t>9786258003222</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ümmet ve Ülfet Risalesi</t>
+          <t>Kolay Meşru Rukye ve Vesvesenin İlacı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059612975</t>
+          <t>9786059612265</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tövbe Kitabı</t>
+          <t>İşte Salihler Böyleydi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059612166</t>
+          <t>9786258003147</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Şeyhu'l-İslam İbn Teymiyye'den Vasiyet</t>
+          <t>Hadis Ehlinin Şerefi ve Hadis Ehline Nasihat (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059612838</t>
+          <t>9786258003031</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Kolay Hanefi Fıkhı (Ciltli)</t>
+          <t>Niyet İhlas Ve Sıdk</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057046437</t>
+          <t>9786258003048</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Siyeru Alamin Nubela - 8 Cilt Takım (Ciltli)</t>
+          <t>Kuranı Kerimi Okuma Edebleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>7200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059612937</t>
+          <t>9786258003055</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sahabenin Faziletleri (Ciltli)</t>
+          <t>İslamda Anne Ve Baba Hakkı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>900</v>
+        <v>130</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057485328</t>
+          <t>9786258003062</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sabır ve Şükür Kitabı</t>
+          <t>İslam Akidesinin Esasları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258003000</t>
+          <t>9786258003079</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Nuru'l Yakin Hz. Muhammed</t>
+          <t>Hükmün Delilleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057485304</t>
+          <t>9786258003086</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Namazın Faziletleri</t>
+          <t>El İnsaf</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059612760</t>
+          <t>9786258003093</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Müsnedi Zeyd (Ciltli)</t>
+          <t>Ehli Sünnetin İmamı Ahmed Bin Hanbel</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059612241</t>
+          <t>9786059612210</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kuranın Faziletleri - Kuran İlimlerine Giriş</t>
+          <t>Ümmet ve Ülfet Risalesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059612180</t>
+          <t>9786059612975</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İslami Düşüncenin Zirve İsmi Şehid Seyyid Kutub</t>
+          <t>Tövbe Kitabı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059612944</t>
+          <t>9786059612166</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem İslam Mezhepleri Tarihi (Ciltli)</t>
+          <t>Şeyhu'l-İslam İbn Teymiyye'den Vasiyet</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059612173</t>
+          <t>9786059612838</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şeyhu'l-İslam İbn Teymiyye'nin Kendi İsnadıyla Rivayet Ettiği 40 Hadis</t>
+          <t>Sorulu Cevaplı Kolay Hanefi Fıkhı (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059612999</t>
+          <t>9786057046437</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Helaller ve Haramlar</t>
+          <t>Siyeru Alamin Nubela - 8 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059612777</t>
+          <t>9786059612937</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolculuğu</t>
+          <t>Sahabenin Faziletleri (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>900</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057046482</t>
+          <t>9786057485328</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>El Hadaik Hadis İlmi Ve Zühd Bahçeleri - 2 Cilt Takım</t>
+          <t>Sabır ve Şükür Kitabı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>1500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057485380</t>
+          <t>9786258003000</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>El Budurus Safire 2 Cilt Takım</t>
+          <t>Nuru'l Yakin Hz. Muhammed</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059612784</t>
+          <t>9786057485304</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Efdaliyet ve Taklit Üzerine Mülahazalar</t>
+          <t>Namazın Faziletleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057485335</t>
+          <t>9786059612760</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Zikirler</t>
+          <t>Müsnedi Zeyd (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057046475</t>
+          <t>9786059612241</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ahkamus Sultaniyye, İslamda Devlet Ve Hilafet Hukuku</t>
+          <t>Kuranın Faziletleri - Kuran İlimlerine Giriş</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>650</v>
+        <v>330</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059612685</t>
+          <t>9786059612180</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sahihi İbni Huzeyme Cilt 4 (Ciltli)</t>
+          <t>İslami Düşüncenin Zirve İsmi Şehid Seyyid Kutub</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059612142</t>
+          <t>9786059612944</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Zahidlerin Sofrası</t>
+          <t>İlk Dönem İslam Mezhepleri Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059612128</t>
+          <t>9786059612173</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tövbekarların İbret Dolu Kıssaları</t>
+          <t>Şeyhu'l-İslam İbn Teymiyye'nin Kendi İsnadıyla Rivayet Ettiği 40 Hadis</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059612111</t>
+          <t>9786059612999</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Yağmurları</t>
+          <t>Helaller ve Haramlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786058351783</t>
+          <t>9786059612777</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sahihi İbn Huzeyme Tercümesi 1. Cilt (Ciltli)</t>
+          <t>Hayat Yolculuğu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>850</v>
+        <v>260</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059612012</t>
+          <t>9786057046482</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kızıldeniz</t>
+          <t>El Hadaik Hadis İlmi Ve Zühd Bahçeleri - 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057460820</t>
+          <t>9786057485380</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>El Hasaisul Kubra (2 Cilt Takım) (Ciltli)</t>
+          <t>El Budurus Safire 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>1500</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057460882</t>
+          <t>9786059612784</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Nikah Adabı</t>
+          <t>Efdaliyet ve Taklit Üzerine Mülahazalar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057460875</t>
+          <t>9786057485335</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Arayışı</t>
+          <t>Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057460844</t>
+          <t>9786057046475</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Cevherleri ve İncileri</t>
+          <t>Ahkamus Sultaniyye, İslamda Devlet Ve Hilafet Hukuku</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059612968</t>
+          <t>9786059612685</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul</t>
+          <t>Sahihi İbni Huzeyme Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>140</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059612852</t>
+          <t>9786059612142</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Kur'an İlimleri (Tefsir Usulü)</t>
+          <t>Zahidlerin Sofrası</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059612845</t>
+          <t>9786059612128</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Takyidu'l İlm - İlmin Kaydedilmesi</t>
+          <t>Tövbekarların İbret Dolu Kıssaları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059612791</t>
+          <t>9786059612111</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Şerhi</t>
+          <t>Rahmet Yağmurları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059612814</t>
+          <t>9786058351783</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Temel Akaid Meselelerine Giriş</t>
+          <t>Sahihi İbn Huzeyme Tercümesi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057460851</t>
+          <t>9786059612012</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Ümit</t>
+          <t>Kızıldeniz</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057460813</t>
+          <t>9786057460820</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Taklit Risalesi</t>
+          <t>El Hasaisul Kubra (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>130</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059612876</t>
+          <t>9786057460882</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hadis Yolunda</t>
+          <t>Evlilik ve Nikah Adabı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059612739</t>
+          <t>9786057460875</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Müsned-i Haris (Ciltli)</t>
+          <t>Hakikat Arayışı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059612678</t>
+          <t>9786057460844</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sahihi İbni Huzeyme Cilt 3 (Ciltli)</t>
+          <t>Kur'an'ın Cevherleri ve İncileri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>850</v>
+        <v>240</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059612708</t>
+          <t>9786059612968</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>El-Ezkar Peygamberimizden Dualar ve Zikirler (Ciltli)</t>
+          <t>Ey Oğul</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258003260</t>
+          <t>9786059612852</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kitabus Sünne (İbn Ebi Asım) (Ciltli)</t>
+          <t>Muhtasar Kur'an İlimleri (Tefsir Usulü)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786056531903</t>
+          <t>9786059612845</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>El-i' tisam - Bidatler Karşısında Kitap ve Sünnete Bağlılıkta Yöntem (Ciltli)</t>
+          <t>Takyidu'l İlm - İlmin Kaydedilmesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786058421035</t>
+          <t>9786059612791</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman Müslümanına Notlar</t>
+          <t>Esma-i Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786058421066</t>
+          <t>9786059612814</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İslam Akaidi</t>
+          <t>Temel Akaid Meselelerine Giriş</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
+          <t>9786057460851</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Korku ve Ümit</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786057460813</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Taklit Risalesi</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786059612876</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Yolunda</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786059612739</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Müsned-i Haris (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786059612678</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Sahihi İbni Huzeyme Cilt 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786059612708</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>El-Ezkar Peygamberimizden Dualar ve Zikirler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786258003260</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Kitabus Sünne (İbn Ebi Asım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786056531903</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>El-i' tisam - Bidatler Karşısında Kitap ve Sünnete Bağlılıkta Yöntem (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786058421035</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Ahir Zaman Müslümanına Notlar</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786058421066</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla İslam Akaidi</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
           <t>9786058421080</t>
         </is>
       </c>
-      <c r="B179" s="1" t="inlineStr">
+      <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Allah'ın Hediyesi - Çocukların Ahkamı</t>
         </is>
       </c>
-      <c r="C179" s="1">
-        <v>300</v>
+      <c r="C189" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>