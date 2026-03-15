--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,460 +85,610 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059280259</t>
+          <t>9786059280150</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Arap - Fars Şiiliği Bağlamında Irak Şiiliği: Tarihi,Sosyo - Politik Analiz</t>
+          <t>Hoşçakal Ortadoğu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>340</v>
+        <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056601316</t>
+          <t>9786059280112</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Direniş - İslamcı Devrimin Özü</t>
+          <t>İslamcıların Filistin Sorununa Yaklaşımı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056601385</t>
+          <t>9786059280013</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İsrail Yazıları</t>
+          <t>Tarih İçin Anlatıyorum</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059280006</t>
+          <t>3990056601347</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Suriye: Cehenneme Düşüş</t>
+          <t>Küçük Devletlerden Sakının: Lübnan Ortadoğu’nun Savaş Alanı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>295</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059280020</t>
+          <t>9786059280099</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kabe Baskını</t>
+          <t>Enerji Doğu Akdeniz’de İstikrarı Şekillendirici Bir Faktör Olabilir mi?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059749176</t>
+          <t>9786059280082</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Cihattan Devlete</t>
+          <t>21. Yüzyılda NATO İstihbarat Paylaşımı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059280228</t>
+          <t>9786059280075</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Savaş</t>
+          <t>İngiliz Gizli Belgelerinde Enver Paşa</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059280242</t>
+          <t>9786056601354</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Tarih - 18. Yüzyıldan 20. Asra Kadar</t>
+          <t>Silah ve Zeytin Dalı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059280235</t>
+          <t>9786056601361</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu Dergisi 1961-1973</t>
+          <t>Yeni Ortadoğu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059280211</t>
+          <t>9786059280273</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Meseleleri</t>
+          <t>Rekabetten Geleceği</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059280198</t>
+          <t>9786059280259</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu İstihbarat Sözlüğü</t>
+          <t>Arap - Fars Şiiliği Bağlamında Irak Şiiliği: Tarihi,Sosyo - Politik Analiz</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>185</v>
+        <v>340</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059280204</t>
+          <t>9786056601316</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şii Politik Düşüncesi  (Başlangıcından Günümüze)</t>
+          <t>Direniş - İslamcı Devrimin Özü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059280181</t>
+          <t>9786056601385</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Küresel Stratejisinde Ortadoğu</t>
+          <t>İsrail Yazıları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059280174</t>
+          <t>9786059280006</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Trump Dosyasının Arkasındaki Adam: Christopher Steele</t>
+          <t>Suriye: Cehenneme Düşüş</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056601323</t>
+          <t>9786059280020</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politika ve Film</t>
+          <t>Kabe Baskını</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059280143</t>
+          <t>9786059749176</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Libor Skandalı</t>
+          <t>Cihattan Devlete</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059280167</t>
+          <t>9786059280228</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Irak Soruşturma Raporu</t>
+          <t>Ortadoğu’da Savaş</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059280136</t>
+          <t>9786059280242</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>FIFA Skandalı</t>
+          <t>Siyasi Tarih - 18. Yüzyıldan 20. Asra Kadar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059280129</t>
+          <t>9786059280235</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hey You!</t>
+          <t>Orta Doğu Dergisi 1961-1973</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059280105</t>
+          <t>9786059280211</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Dönüşümü ve Küresel Ekonomik Karşılıklı Bağımlılık</t>
+          <t>Ortadoğu Meseleleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059280068</t>
+          <t>9786059280198</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Dış Politikası</t>
+          <t>Ortadoğu İstihbarat Sözlüğü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059280051</t>
+          <t>9786059280204</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Savaşta</t>
+          <t>Şii Politik Düşüncesi  (Başlangıcından Günümüze)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059280044</t>
+          <t>9786059280181</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çin-İsrail İlişkileri</t>
+          <t>Çin’in Küresel Stratejisinde Ortadoğu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056601330</t>
+          <t>9786059280174</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İran Hüccetiye Cemiyeti</t>
+          <t>Trump Dosyasının Arkasındaki Adam: Christopher Steele</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059280037</t>
+          <t>9786056601323</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Suriye Yanıyor</t>
+          <t>Uluslararası Politika ve Film</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056601392</t>
+          <t>9786059280143</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mısır Yazıları</t>
+          <t>Libor Skandalı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056601309</t>
+          <t>9786059280167</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Cihad Joe</t>
+          <t>Irak Soruşturma Raporu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
+          <t>9786059280136</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>FIFA Skandalı</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786059280129</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Hey You!</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786059280105</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Çin’in Dönüşümü ve Küresel Ekonomik Karşılıklı Bağımlılık</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786059280068</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Hindistan Dış Politikası</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786059280051</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Savaşta</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786059280044</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Çin-İsrail İlişkileri</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786056601330</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>İran Hüccetiye Cemiyeti</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786059280037</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Suriye Yanıyor</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786056601392</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Mısır Yazıları</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786056601309</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Cihad Joe</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
           <t>9786056601378</t>
         </is>
       </c>
-      <c r="B29" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Cezayir Yazıları 1992-2013</t>
         </is>
       </c>
-      <c r="C29" s="1">
+      <c r="C39" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>