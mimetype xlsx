--- v0 (2025-10-30)
+++ v1 (2026-02-14)
@@ -85,16285 +85,19315 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255764003</t>
+          <t>9786255764157</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X Gençlerle Konuşuyor</t>
+          <t>Şam’a Dönüş</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753551694</t>
+          <t>9786255764089</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İnanmak</t>
+          <t>Sultan Abdülhamid’in Kayıp Arşivi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053261346</t>
+          <t>9786255764133</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kısa Surelerin Sınırsız Dünyaları</t>
+          <t>Son Dönem Eş’ari Kelamcıları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>295</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053269991</t>
+          <t>9786255764041</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Kokan Yazılar</t>
+          <t>Memleket Meselesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>367</v>
+        <v>680</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053269939</t>
+          <t>9786255764126</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kamerun’da Durmuştu Zaman</t>
+          <t>Klasik Dönem Eş’ari Kelamcıları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>499</v>
+        <v>930</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053269977</t>
+          <t>9786255764119</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Köle</t>
+          <t>Eş’ari Kelamının Öncüleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>146</v>
+        <v>810</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053269946</t>
+          <t>9786255764010</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>En Emin Yol</t>
+          <t>Suları Kirletmeden</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>378</v>
+        <v>115</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053269106</t>
+          <t>9786255764034</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Alemden Bir Sayfa Okumak</t>
+          <t>Blücher Trompeti</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>196</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053269953</t>
+          <t>9786053267614</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Alman Arşivlerinde Teşkilat-ı Mahsusa</t>
+          <t>Yaşayan Ölülerin Şamatası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>458</v>
+        <v>323</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053269786</t>
+          <t>9786053269229</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yazarlığının Kırkıncı Yılında Cihan Aktaş’a Kırk Çiçek</t>
+          <t>Mendil Altında</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>375</v>
+        <v>286</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053269960</t>
+          <t>9786053269212</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Son Ekspres</t>
+          <t>Vassaf Bey</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>195</v>
+        <v>219</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053269922</t>
+          <t>9786053267843</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Siyonizmi</t>
+          <t>Varoluşun Tanıkları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753551786</t>
+          <t>9786053269021</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’da İslam Siyaset Düşüncesi</t>
+          <t>El-Kadim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>415</v>
+        <v>596</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053269861</t>
+          <t>9786053269038</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Burada Değilse Nerede?</t>
+          <t>Eza Sahası İçinde</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>328</v>
+        <v>153</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053264460</t>
+          <t>9786053264187</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Angelika</t>
+          <t>Bir Ceza Hakiminin Notları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>195</v>
+        <v>151</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053269854</t>
+          <t>9786053264163</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İnfazdan Kurtuluş</t>
+          <t>İnsanın Acayip Kısa Tarihi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053269915</t>
+          <t>9786053263500</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sınırların Ötesinde</t>
+          <t>İslam Dünyası Nereye Gidiyor?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053269908</t>
+          <t>9786053263517</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Şarkısı</t>
+          <t>Devrimin Çakıl Taşları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>149</v>
+        <v>215</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053269168</t>
+          <t>3990000051873</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dua Müminin Silahı</t>
+          <t>Bir Varmış Bir Yokmuş Hayatım ve Hatıralar Cilt: 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>290</v>
+        <v>43.21</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053269205</t>
+          <t>9786053263531</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ile Kiracıları</t>
+          <t>Şeriat Yolunda Yürüyenler ve Sürünenler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>286</v>
+        <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053269731</t>
+          <t>9786053263524</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Melekler Hakkında Söylenti</t>
+          <t>Çağdaş Devrim Yobazları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>279</v>
+        <v>194</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053269724</t>
+          <t>9786057854032</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Şemsiye</t>
+          <t>Kur'an'da Yaratılış (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>369</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053269014</t>
+          <t>3990000051730</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç ve Dirilişe Şahitliğim</t>
+          <t>Bir Varmış Bir Yokmuş Cilt: 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>343</v>
+        <v>43.21</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053268949</t>
+          <t>3990000051729</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Buda’nın Söylevleri - Sutta Piṭaka’dan Seçmeler I</t>
+          <t>Bir Vamış Bir Yokmuş Cilt: 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>553</v>
+        <v>43.21</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053268765</t>
+          <t>3990000051727</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Toplum Bilimleri Cilt 1</t>
+          <t>Sahabe-i Kiram Ansiklopedisi Cilt: 2</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>461</v>
+        <v>57.87</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053267973</t>
+          <t>3990000051725</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sordular Cevap Verdim II</t>
+          <t>Sahabe-i Kiram Ansiklopedisi Cilt: 3</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>610</v>
+        <v>57.87</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053268772</t>
+          <t>3990000051724</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sordular Cevap Verdim III</t>
+          <t>Sahabe-i Kiram Ansiklopedisi Cilt: 4</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>678</v>
+        <v>57.87</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053267683</t>
+          <t>3990000051753</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Düşünsel Duruş</t>
+          <t>El-Muvafakat Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>466</v>
+        <v>40.51</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053267676</t>
+          <t>3990000051752</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalmış Bir Nehir</t>
+          <t>El-Muvafakat Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>155</v>
+        <v>40.51</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053267379</t>
+          <t>3990000051728</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Son Uygarlık</t>
+          <t>Hz. Peygamber'in Yönetimi Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>155</v>
+        <v>55.55</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053265573</t>
+          <t>9786053263050</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimleri Yeniden Düşünmek</t>
+          <t>Dördüncü Tekil Şahıs</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>378</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053264019</t>
+          <t>9786053263005</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bayezid</t>
+          <t>Kış Bahçesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>161</v>
+        <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053263821</t>
+          <t>9786053263067</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Kuramı İle Allah Tasavvuru</t>
+          <t>Pencereden</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>539</v>
+        <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053263807</t>
+          <t>9786053264088</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Serçelerin Ölümü</t>
+          <t>Az Kalan Gölge</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>84</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053263548</t>
+          <t>9789753554176</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Aydınlar, Batı ve Biz</t>
+          <t>Tasavvuf: Menşei ve Islahatları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>308</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753554763</t>
+          <t>9786053262718</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yazı, İmge ve Gerçeklik</t>
+          <t>Edebiyat Sosyolojisi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>327</v>
+        <v>416</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753550772</t>
+          <t>9786053263944</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Yaşamak</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>251</v>
+        <v>420</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753550383</t>
+          <t>3990000051555</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Düşünme Üzerine Denemeler</t>
+          <t>Mukayeseli İslam Hukuku Cilt: 1</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>284</v>
+        <v>43.21</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053260387</t>
+          <t>9789753557900</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zarif Şair Cahit Zarifoğlu</t>
+          <t>Şehriyar ve Bütün Türkçe Şiirleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>203</v>
+        <v>344</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053269663</t>
+          <t>9789753551243</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlaşmanın Formülü</t>
+          <t>Musul-Kürdistan Sorunu 1918-1926</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>699</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053269878</t>
+          <t>3990000013186</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Geçip Giden Şeyler</t>
+          <t>Mukayeseli İbadetler İlmihali (İslam Fıkhında İbadetler) Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>179</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053269670</t>
+          <t>3990000013185</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Elma Dersem Çık</t>
+          <t>Mukayeseli İbadetler İlmihali (İslam Fıkhında İbadetler) Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>249</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053269847</t>
+          <t>9789753551120</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Filistin Sözlüğü/ Filistin’i Anlama Kılavuzu</t>
+          <t>Mukayeseli İbadetler İlmihali (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>590</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053269830</t>
+          <t>9789753550847</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Buhranlarımız ve Son Eserleri</t>
+          <t>Muhammed M. Pickthall Bir İngiliz Yazarın Müslüman Olarak Portresi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>340</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053269809</t>
+          <t>9789753552363</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sordular Cevap Verdim IV</t>
+          <t>Muğlak Ölçekli Harita</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>645</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053269823</t>
+          <t>9789753553834</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Distopik Cinnetten Kaçış</t>
+          <t>Modernliğin Sonu Postmodern Kültürde Nihilizm ve Hermenötik</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>111</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053269748</t>
+          <t>3990000006016</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kitâbü’l-İnsâf</t>
+          <t>Modernleşme Sürecinde Moda ve Zihniyet</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>240</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053269779</t>
+          <t>9789753551403</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çağına Ayna Tutmak</t>
+          <t>Modernizm, İrtica ve Sivilleşme Bütün Eserleri 6</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>212</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753558822</t>
+          <t>9789753552493</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Üç İhtilal Çocuğu</t>
+          <t>Modern ve Postmodern Feminizm</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>205</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053268789</t>
+          <t>3990000015119</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İbadet Psikolojisi</t>
+          <t>Modern Ulus Devlet Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>224</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053263302</t>
+          <t>9789123488223</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Az Hüzünlü Bir Yer</t>
+          <t>Modern Çağda Ulema</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>108</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053263340</t>
+          <t>9789753556163</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin İzinde</t>
+          <t>Mihne Sürecinde Mutezile</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>313</v>
+        <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053263715</t>
+          <t>9789753556859</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sosyolojisi İncelemeleri</t>
+          <t>Mesnevi Şerhi (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>527</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053262824</t>
+          <t>9789753552974</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Suya Düşen Dantel</t>
+          <t>Memleketimin Münevverlerine Dair</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>158</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753554053</t>
+          <t>9789753552578</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli İslam Hukuku (3 Kitap Takım)</t>
+          <t>Medreseler ve Modernleşme</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>436</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753559294</t>
+          <t>9789753551434</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Modern Batı Düşüncesinin Felsefi Temelleri</t>
+          <t>Medeniyet ve Kapitalizm</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>188</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753551328</t>
+          <t>9789753555081</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Moda ve Zihniyet</t>
+          <t>Marifet Yolcusuna Kılavuz</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>266</v>
+        <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753556422</t>
+          <t>9789753557344</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji ve Tarihsellik</t>
+          <t>Marifet Kitabı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>383</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753558204</t>
+          <t>9789753552622</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mircea Eliade ve Din</t>
+          <t>Maddi İktidar Manevi Otorite</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>134</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753556002</t>
+          <t>3990000006610</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Meşaleler</t>
+          <t>Laik Düzende Dini Yaşamak 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>65</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753551069</t>
+          <t>9789753557894</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik: Bir Din</t>
+          <t>Lahit</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>240</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753553605</t>
+          <t>9789753554251</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Masal Atlası</t>
+          <t>Küresel Zihniyet Değişimi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>146</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753555951</t>
+          <t>9789753550895</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Marifet ve Hikmet</t>
+          <t>Küresel Rekabet (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>303</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753555647</t>
+          <t>9789753555982</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kutsalı İfade Etmek</t>
+          <t>Kültürel Savaş ve Savaş Kültürü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>65</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753557467</t>
+          <t>9789753551236</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Piknik</t>
+          <t>Kutsala, Tarihe ve Hayata Dönüş Bütün Eserleri 3</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>271</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753555593</t>
+          <t>9789753553322</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kurban ve Din</t>
+          <t>Liderlik Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>246</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753558730</t>
+          <t>9789753551885</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Psikoloji İle Bakmak</t>
+          <t>Kuş Uykusu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753557078</t>
+          <t>9789753555623</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Lamtumira e Udhetarıt te Perhershem</t>
+          <t>Kusursuzluk Çabası Yetersizlik Duygusu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>125</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753554558</t>
+          <t>3990000004305</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Keziban</t>
+          <t>Kur’an-ı Kerim Açısından Taassubun Boyutları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753554619</t>
+          <t>9789753552585</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kuran Şehir</t>
+          <t>Kur’an ve Kadın</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753557436</t>
+          <t>9789753557177</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kelamda Kozmolojik Delil</t>
+          <t>Kuran Tercümelerinde Yöntem Sorunu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>54</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753557641</t>
+          <t>9789753550444</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İşrak Felsefesi</t>
+          <t>Kur’an Ahlakı (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>228</v>
+        <v>55</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753558600</t>
+          <t>9789753557207</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İsnad ve Metin Bağlamında Hadis Tarihlendirme Metotları</t>
+          <t>Kudretli Kelimeler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>292</v>
+        <v>21</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753551960</t>
+          <t>9789753552189</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Klasik Çağında Felsefe Tasavvuru</t>
+          <t>Kubbeyi Yere Koymamak Konuşmalar Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>281</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753552820</t>
+          <t>9789753553353</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Ezeli Hikmet</t>
+          <t>Kosova Kanlı Ova</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>119</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753557283</t>
+          <t>9789753556071</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumunda Yahudiler</t>
+          <t>Kişilik: Oluşumu ve Sorunları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>660</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753556620</t>
+          <t>9789753552073</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İslam Tefsir Geleneğinde Akılcı Söyleme Yönelik Eleştiriler</t>
+          <t>Kırklara Karıştı Deniz</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>118</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753558143</t>
+          <t>9789753554770</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Metodolojisi</t>
+          <t>Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>146</v>
+        <v>42</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753553773</t>
+          <t>9789753554473</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Tarihi</t>
+          <t>Kerime</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>548</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753550659</t>
+          <t>9789753552455</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İslam Hakkında Ne Dediler?</t>
+          <t>Kendini Aynalarda Çoğaltan Şehir</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753554602</t>
+          <t>9789753554367</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Mutluluk</t>
+          <t>Kazdağı Öyküleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>90</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753555227</t>
+          <t>9789753554381</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Ekonomi, Banka ve Sigorta</t>
+          <t>Kayıp Hikayeci</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>253</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753554206</t>
+          <t>9789753554923</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Üzerine Makaleler</t>
+          <t>Kayıp Dağcının Düşleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>97</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753557276</t>
+          <t>9789753551038</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Samiriler</t>
+          <t>Kaostan Düzene İnsanın Tabiatla Yeni Diyaloğu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>61</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753553254</t>
+          <t>9789753554268</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İnsan-ı Kamil (Ciltli)</t>
+          <t>Kamusal Alanda Başörtülüler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>103</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753554664</t>
+          <t>9789753553278</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İlim ve Hikmetin Aydınlığında</t>
+          <t>Kalenin Kralı Modern Dünyada İnsanın Tercih ve Sorumluluğu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>239</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753554947</t>
+          <t>9789753554527</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İlahi Nefhalar</t>
+          <t>Kafka ile Konuşmalar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>379</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753557931</t>
+          <t>9789753556910</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İhtilafu Malik Ve’Ş-Şafii</t>
+          <t>Jung ve Din</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>238</v>
+        <v>39</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753554657</t>
+          <t>9789753556835</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina Ontolojisinde Zorunlu Varlık</t>
+          <t>John Hick’in Din Felsefesinde Kötülük Problemi ve Teodise</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>92</v>
+        <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753557962</t>
+          <t>9789753550819</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kardeşliğin Dili</t>
+          <t>Jeopolitik ve Jeokültür</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>342</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753557627</t>
+          <t>9789753553513</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun - Güncel Okumalar</t>
+          <t>Japon Yönetim Sanatı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>399</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753558372</t>
+          <t>9789753558129</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi’nin Günlük Duaları ve Şerhi</t>
+          <t>İtikadi Meseleler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>215</v>
+        <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753559416</t>
+          <t>9789753552608</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Aşkı</t>
+          <t>İstanbul’u Anlamak Bütün Eserleri 3</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>165</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753557498</t>
+          <t>9789753551410</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Halk Hikayeleri</t>
+          <t>İstikbal Köklerdedir</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>92</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753557979</t>
+          <t>3990000014460</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ya da Ölüm</t>
+          <t>İslam’ın Serüveni Bir Dünya Medeniyetinde Bilinç ve Tarih (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>107</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753550352</t>
+          <t>9789753550543</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Hz. Ali</t>
+          <t>İslam’ın Serüveni Bir Dünya Medeniyetinde Bilinç ve Tarih (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>210</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753550839</t>
+          <t>9789753551380</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hadis Literatürü</t>
+          <t>İslam’ın Metafizik Boyutları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>533</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753553940</t>
+          <t>9789753551076</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Günlük Hayatımızda Helaller ve Haramlar</t>
+          <t>İslamın Keşfi (İslam Toplumu ve Tarih)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>349</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753551656</t>
+          <t>9789753551717</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Günler Akarken</t>
+          <t>İslam’ı Anlamak</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>101</v>
+        <v>38</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753559430</t>
+          <t>9789753552837</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Yol Yapan Çocuk</t>
+          <t>İslam’da Şehir ve Mimari Bütün Eserleri 2</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>108</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753555883</t>
+          <t>9789753552387</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayat ve Dinsellik</t>
+          <t>İslam ve Osmanlı Hukuku Araştırmaları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>169</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753553988</t>
+          <t>3990000015114</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gün Akşamsızdır</t>
+          <t>İslam ve Fundamentalizm Bütün Eserleri 16</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>131</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753558556</t>
+          <t>9789753551519</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Atlar</t>
+          <t>İslam ve Fanatizm Bütün Eserleri 10</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>71</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753555432</t>
+          <t>9789753558464</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Varlık</t>
+          <t>İslam ve Din Bilimleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>346</v>
+        <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753556897</t>
+          <t>3990000015116</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bektaşilik</t>
+          <t>İslam ve Demokrasi Bütün Eserleri 7 -Teokrasi ve Totaliterizm-</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>112</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753558495</t>
+          <t>9789753553384</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gazaba Uğramış Şiirler ve Diğerleri</t>
+          <t>İslam ve Demokrasi Bir Kurt Masalı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>154</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753555180</t>
+          <t>9789753556132</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh İlminin Oluşum Sürecinde İcma</t>
+          <t>İslam Tıp Tarihi Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>177</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753555036</t>
+          <t>9789753552431</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Öyküsü</t>
+          <t>İslam’da Para</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>80</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753555678</t>
+          <t>9789753552714</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi Cilt: 1-2</t>
+          <t>İslam Şehri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>538</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753554718</t>
+          <t>9789753551724</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>İslam İdealler ve Gerçekler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>113</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753551205</t>
+          <t>9789753553452</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Farabi’den Abduh’a Siyasi Düşünce</t>
+          <t>İslam Hukukunun Doğuşu ve Gelişimi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>207</v>
+        <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753554237</t>
+          <t>9789753555296</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Farabi’de Tanrı-İnsan İlişkisi</t>
+          <t>İslam Hukuku Açısından Din ve Vicdan Hürriyeti</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>13</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753555494</t>
+          <t>9789753552424</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Fakih ve Toplum</t>
+          <t>İslam Hukuk Teorisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>215</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753557160</t>
+          <t>9789753553742</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Faiz Sorunu</t>
+          <t>İslam Geleneğinden Çağdaş Dünyaya Etkici Yönetici</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>70</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753554220</t>
+          <t>3990000015120</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>İslam Düşüncesinde Din-Felsefe / Vahiy-Akıl İlişkisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>137</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753555807</t>
+          <t>9789753550857</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Yol - Zeria</t>
+          <t>İslam Düşüncesinde Cihad ve Savaş Siyaseti</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>426</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753551977</t>
+          <t>9789753556170</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Toplum ve Düşmanları</t>
+          <t>İslam Düşüncesinde Dil ile Varlık</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>206</v>
+        <v>22</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753555340</t>
+          <t>9789753551571</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Emanetten Mülke</t>
+          <t>İslam Dünyasında Toplumsal Değişme</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>233</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753557382</t>
+          <t>9789753553407</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem Hanefi Kaynaklarına Göre Ebu Hanife’nin Usul Anlayışında Sünnet</t>
+          <t>İsaguci Mantığa Giriş</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>468</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789753558976</t>
+          <t>9789753551557</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bir Lunapark</t>
+          <t>İnsanın Özgürlük Arayışı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>92</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789753553117</t>
+          <t>9789753554688</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dünden Kalanlar</t>
+          <t>İnsan Tipleri Bir Kişilik Psikolojisi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>242</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753555500</t>
+          <t>9789753556903</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dini Mezhepler</t>
+          <t>İmam Şafii ve Fıkıh Düşüncesinin Mezhepleşmesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>290</v>
+        <v>38</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789753556019</t>
+          <t>9789753557320</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Çocuk</t>
+          <t>İlk Kelam Risalelerine Göre Kader ve İnsanın Sorumluluğu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>52</v>
+        <v>11</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789753559317</t>
+          <t>9789753551342</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Denize Koşan Atlar</t>
+          <t>İktisat ve Yöntem</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>88</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789753556187</t>
+          <t>9789753551182</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hep Çocuk</t>
+          <t>İktisat ve Din</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>76</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753555333</t>
+          <t>9789753551021</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Miracı</t>
+          <t>İktisat Risaleleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>112</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789753558716</t>
+          <t>9789753551649</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Çerkeslerin İslamlaşması</t>
+          <t>İktisadi Fıkıh Terimleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>70</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753550512</t>
+          <t>9789753553872</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Çok Sesli Bir Ölüm</t>
+          <t>İbnü’l-Vakt</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>209</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789753558150</t>
+          <t>3990000002414</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesinde Bir Müderris: Abdullah Fevzi Efendi</t>
+          <t>İbn Sina Ontolojisinde Zorunlu Varlık</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>399</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789753556552</t>
+          <t>9789753552479</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslam Düşüncesinde Kur’an’a Yaklaşımlar</t>
+          <t>İslam’da Bilginin Temelleri (Emr Kitabı)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>407</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753554800</t>
+          <t>9789753554640</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Eğitim</t>
+          <t>Hayat Gibi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789753559492</t>
+          <t>9789753555944</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Cahiliyye Döneminde Araplar</t>
+          <t>Hayali Modernlik Türk Modernliğinin İcadı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>359</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753556583</t>
+          <t>9789753559218</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular ve Mezhep Kavgaları</t>
+          <t>Hanefi Mezhebi Bağlamında İslam Hukukunda Külli Kaideler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>384</v>
+        <v>40</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789753556750</t>
+          <t>9789753552783</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hadis Külliyatı 3 Cilt Takım</t>
+          <t>Halka Karşı Demokrasi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1755</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789753558983</t>
+          <t>9789753558365</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Hakikat Yolcularına Rehber</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>315</v>
+        <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753559041</t>
+          <t>9789753556330</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nda Almanya</t>
+          <t>Hac Umre Kurban</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>60</v>
+        <v>21</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753558679</t>
+          <t>3990000006949</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Yobazın Günlüğü</t>
+          <t>Gündüz ve Gece İbadetleri Hz. Peygamber’in Dilinden Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>378</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789753557856</t>
+          <t>9789753554282</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bir Müderrisin Sürgün Yılları</t>
+          <t>Grek Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>444</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753554299</t>
+          <t>9789753552059</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Dünyanın Kızları</t>
+          <t>Global Konferanslarda Kadın Politikaları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753550741</t>
+          <t>9789753552653</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Buhranlarımız ve Son Eserleri</t>
+          <t>Gerçek Hayat Şiirler 1987-1997</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>292</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753556309</t>
+          <t>9789753559287</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Zekat</t>
+          <t>General Allenby’nin Hatıratı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>149</v>
+        <v>20</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753555661</t>
+          <t>9789753551311</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Zağra Müftüsünün Hatıraları</t>
+          <t>Genç Müslümana Modern Dünya Rehberi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>330</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753559003</t>
+          <t>9789753552769</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyıl Başlarında Osmanlı-Alman İlişkileri</t>
+          <t>Gelenek ve Modernlik Arasında</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>139</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789753554534</t>
+          <t>9789753552547</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Mühür</t>
+          <t>Gelenek Işığında Çağdaş Sanat</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>77</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753555074</t>
+          <t>9789753553766</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yazışmalar</t>
+          <t>Gelecek Zaman Risalesi (Sonun Başlangıcından Kesitler)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>224</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753550031</t>
+          <t>3990000004525</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizde Gizli Çehreler Bütün Eserleri 1</t>
+          <t>Gece Yazıları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>173</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789753552790</t>
+          <t>9789753553346</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gelişmeler Karşısında İslam Hukuku</t>
+          <t>Gece Dil Oldu</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>154</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753558815</t>
+          <t>9789753554190</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizde Dönmelik ve Dönmeler</t>
+          <t>Fusüsu’l-Hikem Okumaları İçin Anahtar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>261</v>
+        <v>98</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789753558693</t>
+          <t>9789753551540</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yahudilere Göre Hz. Muhammed ve İslamiyet</t>
+          <t>İslam Dünyasında Düşünce Sorunları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>80</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753555838</t>
+          <t>9789753554954</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yahudiler ve Araplar</t>
+          <t>Fususü’l-Hikem’in Sırları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753557047</t>
+          <t>9789753553858</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Uzak Koku</t>
+          <t>Felsefi Düşünceler Hümanizm, Din ve Sanat Üzerine</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>165</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789753557559</t>
+          <t>9789753554985</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Teoloji Olarak Yorum</t>
+          <t>Felsefe Siyaset ve Şiir Dünyasıyla İkbal</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>127</v>
+        <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753556545</t>
+          <t>9789753550239</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Taassubun Boyutları</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>71</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753550208</t>
+          <t>9789753557771</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Evrenselden Özele Kültür</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>282</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753553087</t>
+          <t>9789753555197</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sözün ve Sükutun Renkleri</t>
+          <t>Esma-i Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>123</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753557368</t>
+          <t>9789753551458</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Müslümanlık 1: Evlilik</t>
+          <t>Ermeni Sorunu Uluslararası Boyutlarıyla Anadolu - Kafkasya Ekseninde</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>149</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753557849</t>
+          <t>9789753559157</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sorgu ve Derviş</t>
+          <t>Erich Fromm ve Din</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>166</v>
+        <v>36</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753557146</t>
+          <t>9789753552462</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve İtidal</t>
+          <t>Entropi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>61</v>
+        <v>23</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753554480</t>
+          <t>3990000006303</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Senin Hikayen</t>
+          <t>Ehl-i Beyt</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>176</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753556484</t>
+          <t>9789753554596</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sekülerliğin Teolojik Kurgusu Protestanlık</t>
+          <t>Edebiyatın Saklı Dili</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>97</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753555401</t>
+          <t>9789753555722</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Retorik</t>
+          <t>Düşünsel Duruş</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>185</v>
+        <v>202</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753556637</t>
+          <t>9789753552448</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşme ve Din</t>
+          <t>Düş, Gerçeklik ve Sinema</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>266</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753557252</t>
+          <t>9789753550246</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Seçkinlerin Ahlakı</t>
+          <t>Dünyayı Nasıl Bir Gelecek Bekliyor?</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>262</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789753553544</t>
+          <t>9789753552646</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sarp Yokuşu Tırmanmak</t>
+          <t>Doğu Düşüncesi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>192</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753551335</t>
+          <t>9789753554701</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Ötesi Dönüşüm -Küreselleşme ve İnsan Kaynakları Boyutuyla-</t>
+          <t>Dinlerde Hakikat</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>259</v>
+        <v>14</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753551229</t>
+          <t>9789753556958</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sabit ve Değişken</t>
+          <t>Dini Çoğulculuk Sorunu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>190</v>
+        <v>16</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753555784</t>
+          <t>9789753553414</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığı</t>
+          <t>Din ve Fenomenoloji Mircea Eliade’ın Eserlerine Toplu Bakış</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>210</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753555265</t>
+          <t>9789753557085</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Reconquista</t>
+          <t>Din Dili ve Mecaz</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>484</v>
+        <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789753550888</t>
+          <t>9789753559089</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Perşembenin Gelişi</t>
+          <t>Din Dili - Dil Oyunu mu?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>90</v>
+        <v>36</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753554343</t>
+          <t>9789753555289</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar’da Tasavvuf</t>
+          <t>Dil Kültür Yabancılaşma</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>430</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789753556293</t>
+          <t>9789753551359</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Oruç Yemin Adak ve Kefaret</t>
+          <t>Devlet ve Ekonomi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>56</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753555319</t>
+          <t>9789753553438</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Okuyucu Velinimetimizdir</t>
+          <t>Demokrasi Savunması</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>55</v>
+        <v>16</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753550765</t>
+          <t>9789753553391</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Nurlar Hazinesi</t>
+          <t>Demokrasi Arayışında Kent</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>230</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753555845</t>
+          <t>9789753551274</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Nassları Anlama ve Yorumlamada Yöntem Sorunu</t>
+          <t>Din ve Modernizm Bütün Eserleri 4</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753556705</t>
+          <t>9789753551632</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat Hayata Merhaba</t>
+          <t>Değişim ve Kriz</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>100</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753558761</t>
+          <t>9789753552592</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İdeolojiler</t>
+          <t>Darbeler, Müdahaleler ve Siyasi Sistem</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>292</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753555586</t>
+          <t>9789753550611</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Din Sosyolojisi Naima Örneği</t>
+          <t>Darbeler, Anayasalar ve Modernleşme</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>55</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053260332</t>
+          <t>9789753553865</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Çatışma Fikri ve Modern Kültürde Çatışma</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053260325</t>
+          <t>3990000015118</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal ve Din</t>
+          <t>Çağdaş Kavramlar ve Düzenler Bütün Eserleri 2</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>219</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789753559669</t>
+          <t>9789753552066</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Evrim ve Tasarım (Ciltli)</t>
+          <t>Çağdaş İngiliz - Yahudi Medeniyeti</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>983</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053260653</t>
+          <t>9789753551090</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Fıkıh</t>
+          <t>Cinsel Ahlak ve Biyolojik Tehlike</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>167</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053260639</t>
+          <t>9789753554510</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kelam İlminde Bilgi Kaynağı Olarak Kitab</t>
+          <t>Ceza Sömürgesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>323</v>
+        <v>96</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753559799</t>
+          <t>9789753553759</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde İlk İktidar Mücadelesi</t>
+          <t>Cemil Meriç ve Bu Ülkenin Çocukları (Edisyon)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>477</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753554671</t>
+          <t>9789753552233</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Batı Düşüncesinin Oluşumunda İslam’ın Rolü</t>
+          <t>Cehennemde Bir Mevsim ve Aydınlanışlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>61</v>
+        <v>229</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789753555388</t>
+          <t>9789753553025</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Başımıza Gelenler</t>
+          <t>Camideki Şair: Mehmed Akif</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>728</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789753551495</t>
+          <t>9789753553018</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Aynada Gün Doğumu</t>
+          <t>Cahiliye Arapları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>54</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753557221</t>
+          <t>9789753556514</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Avrupa ve İslam</t>
+          <t>Büyük Üçlü</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>179</v>
+        <v>42</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789753555517</t>
+          <t>9789753550820</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Tevhidi</t>
+          <t>Bugünün Problemleri Yarının Çözümleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>141</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789753553995</t>
+          <t>9789753553308</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Altın Eşik 1994 - 1998</t>
+          <t>Bir Başörtüsü Günlüğü ODTÜ Anıları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>68</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789753555128</t>
+          <t>9789753551533</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Almanca Manzum Çevirileriyle Ünlü Türk Şiirleri</t>
+          <t>Bir Aydın Sapması Sağ ve Sol Akımlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>314</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789753555326</t>
+          <t>9789753552738</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Garibi</t>
+          <t>Enerji ve Eşitlik</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>375</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789753555470</t>
+          <t>9789753554459</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Bilgisinin Ezeliliği ve İnsan Hürriyeti</t>
+          <t>Zülkarneyn Kimdir?</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>313</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789753558433</t>
+          <t>9789753555913</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Alim ve Muhalif</t>
+          <t>Zihin Felsefesi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>336</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789753551779</t>
+          <t>9789753558518</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve İtikad</t>
+          <t>Zihin Evreni</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>259</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789753559591</t>
+          <t>3990000002633</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Reşahat (Ciltli)</t>
+          <t>Zekat</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>492</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053262633</t>
+          <t>9789753555852</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi: Tüm Cepheleriyle 1877-1878 Osmanlı-Rus Savaşı</t>
+          <t>Yüzyılın Soykırımı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>626</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053262121</t>
+          <t>9789753551946</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kant'a Göre Bilgi ve Metafiziğin İmkanı</t>
+          <t>Yöneticilik Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>323</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053261940</t>
+          <t>9789753558860</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Durun Yanlış Anladınız</t>
+          <t>Yiğit Düştüğü Yerden Kalkar</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>212</v>
+        <v>156</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053263562</t>
+          <t>9789753554930</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Mülemma Düşüncüler - 1</t>
+          <t>Yıldız Sayan Ağaç</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>189</v>
+        <v>65</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053262947</t>
+          <t>9789753552257</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İçin İyi Bir Gün Değil</t>
+          <t>Yeni İktisat</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>123</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053261445</t>
+          <t>9789753552080</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Borges Borges</t>
+          <t>Yeni Bir Düşünce</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053263357</t>
+          <t>9789753550963</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Saklı Yara</t>
+          <t>Yakın Tarih Yazıları</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>148</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053262343</t>
+          <t>9789753559423</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Seni En Mutlu Günlere Götürebilirim</t>
+          <t>Yahudiler ve Türkler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053262169</t>
+          <t>9789753556927</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Türk Musıkisinin Mes’eleleri (Ciltli)</t>
+          <t>Yahudi Hıristiyanlığı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>551</v>
+        <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053261841</t>
+          <t>9789753550017</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Elli Yılın Öyküsü (Ciltli)</t>
+          <t>Volkan Gazetesi - Derviş Vahdeti İkinci Meşrutiyetin İlk Ayları ve 31 Mart Olayı İçin Bir Yakın Tarih Belgesi (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053262183</t>
+          <t>9789753556941</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Keşif Yolculukları</t>
+          <t>Varoluşçu Teoloji</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>259</v>
+        <v>30</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053262145</t>
+          <t>9789753557818</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Öznenin Hakikat Kaygısı</t>
+          <t>Varlık Ağacı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053261988</t>
+          <t>9789753551618</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları ve İslam</t>
+          <t>Varlığın Mana ve Mazmunu</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>360</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053262237</t>
+          <t>3990000014411</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Beş Kere Halil</t>
+          <t>Uluslararası İlişkiler Çıkmazında Filistin Sorunu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>223</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053261735</t>
+          <t>3990000007307</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Mantık Felsefe ve Kelam Terimleri Sözlüğü</t>
+          <t>Türkiye’nin Boyun Ağrıları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>123</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053261599</t>
+          <t>9789753554275</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İki Dünyanın Ustası</t>
+          <t>Türkiye’de Kültürel Dönüşümler ve Felsefe Eğitimi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>104</v>
+        <v>46</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789753558808</t>
+          <t>9789753556965</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Seyahatnamesi (Ciltli)</t>
+          <t>Türkiye’de İlk Tarikat Zümreleşmeleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>202</v>
+        <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053261209</t>
+          <t>9789753553032</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kadar</t>
+          <t>Türkiye Kanatlarınızın Altında</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>123</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053261223</t>
+          <t>9789753551588</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dursun İstedim</t>
+          <t>Türkiye Cumhuriyeti Tüm Eserleri 6</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>169</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789753550338</t>
+          <t>9789753552264</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Elhamra</t>
+          <t>Türkistan-Türkiye Gergefinde İran</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>184</v>
+        <v>75</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053261063</t>
+          <t>9789753558112</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Elsiz Eldiven</t>
+          <t>Ticaret Hayatı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>77</v>
+        <v>11</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053261056</t>
+          <t>9789753557269</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Acziyetin Tekniği</t>
+          <t>Tesettür Meselesinden Türban Sorununa</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>123</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053261780</t>
+          <t>9789753553377</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yılan Ak Zambak</t>
+          <t>Televizyon, Çocuk ve Aile</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>39</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053260899</t>
+          <t>9789753555425</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bahane</t>
+          <t>Teknolojinin Ötesi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>148</v>
+        <v>142</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053260868</t>
+          <t>9789753554817</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Zaman Yeterince Deliremeyeceğiz</t>
+          <t>Tefsirlerin Özü Safvetü’t Tefasir (7 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>131</v>
+        <v>129.63</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053261087</t>
+          <t>9789753550802</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kalem Hakkı</t>
+          <t>Tasmalı Çekirge</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>215</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053261032</t>
+          <t>9789753555203</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Seni Dinleyen Biri</t>
+          <t>Tasavvuf Metafiziği</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>407</v>
+        <v>13</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053260905</t>
+          <t>9789753556507</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bir İmkansız Ölüm Denemesi</t>
+          <t>Tasavvuf Kabuk ve Öz</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>84</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053260790</t>
+          <t>9789753555272</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Batı Düşüncesinde Stratejik Perspektifler</t>
+          <t>Tarihin Sonunu Beklemek</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>213</v>
+        <v>38</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053261766</t>
+          <t>3990000015115</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Babam, Krizler ve Sen</t>
+          <t>Tarih, Toplum ve Gelenek</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>267</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053260431</t>
+          <t>9789753552950</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Milyon Sesli Mızıka</t>
+          <t>Tarih ve Toplum Toplum Yapımızın Tarihi Oluşumu</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>169</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053260875</t>
+          <t>9789753555098</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Keyfekader Kahvesi</t>
+          <t>Vahdet-i Vücud ve Esasları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>131</v>
+        <v>10</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053260660</t>
+          <t>9789753551298</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şark’ın Şiiri İran Sineması</t>
+          <t>Tarih ve Politika Tüm Eserleri 4 Bir Arayışın Notları</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>361</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053260585</t>
+          <t>3990000012825</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Çevgen</t>
+          <t>Tarih Felsefesi Açısından İslam’da Mülk ve Hilafet Medine’yi Yeniden Kurmak</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>223</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053260554</t>
+          <t>3990000010500</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Öykümüzün İzinde</t>
+          <t>Tarafsız Değilim !</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>200</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053260448</t>
+          <t>9789753550062</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Şehir Tutulması</t>
+          <t>Tanzimat’ın İki Ucu: Münif Paşa ve Ali Suavi (Sosyo-Pedagojik Bir Karşılaştırma</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>401</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053260882</t>
+          <t>9789753556569</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Mümkün Öykülerin En İyisi</t>
+          <t>Tanrı’nın Doğası ve Mucizenin İmkanı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>123</v>
+        <v>13</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053260950</t>
+          <t>9789753555630</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kızım Olsan Bilirdin</t>
+          <t>Tamir Görmüş Aşk</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>138</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789753556460</t>
+          <t>9789753550369</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Vahyedilişinden Derlenişine Kur'an Tarihi</t>
+          <t>Şiirler: Önden Giden Atlılar - Bir Savaşçıdır Kalbim</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>600</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789753559768</t>
+          <t>9789753553711</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Sarkacı</t>
+          <t>Şiirler (1975-1999)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>155</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789753559584</t>
+          <t>9789753553797</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Oruç Çağrısı</t>
+          <t>Şiir ve Mutlak</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>192</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053265207</t>
+          <t>9789753554305</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sevgili’nin Hak Dilli Arkadaşı Hz. Ömer</t>
+          <t>Şehir ve Cemiyet</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>435</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789753556699</t>
+          <t>9789753558631</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sahipkıran</t>
+          <t>Şehir Teorileri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>515</v>
+        <v>364</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789753557672</t>
+          <t>9789753551595</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sahabe-i Kiram Ansiklopedisi (4 Cilt)</t>
+          <t>Şehir Asla Unutmaz Şehir Üzerine Düşünce Okumaları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>3815</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053264316</t>
+          <t>9789753555524</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mekke’yi Sarsan Ses</t>
+          <t>Şah-ı Nakşibend (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>87</v>
+        <v>45</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053264323</t>
+          <t>9789753551014</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Stratejik Yönetim ve Liderlik</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>237</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053264972</t>
+          <t>9789753556231</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Ruh Sağlığı</t>
+          <t>St. Thomas Aquinas</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>169</v>
+        <v>58</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053264668</t>
+          <t>9789753555708</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Batı Etkisinde Türk Modernleşmesi</t>
+          <t>Spinoza’nın Tanrı Anlayışı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>440</v>
+        <v>12</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053265061</t>
+          <t>9789753550185</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Işığında Ticaret Ahlakı</t>
+          <t>Sosyal ve Tarihi Bağlamı İçinde İslam Hukuku</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>355</v>
+        <v>12</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053263845</t>
+          <t>9789753554350</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bir Şehirdir</t>
+          <t>Sonsuzluk Atı Toplu Şiirleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>184</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053263890</t>
+          <t>9789753557474</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Lale</t>
+          <t>Sokrates’in Yargılanması</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>115</v>
+        <v>71</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053263661</t>
+          <t>9789753554589</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>1915 Çanakkale Seferi</t>
+          <t>Sokrates Savunuyor</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>338</v>
+        <v>17</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053264422</t>
+          <t>9789753553803</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşmenin Hristiyan Kökleri</t>
+          <t>Sivil Toplum Aydınlar ve Demokrasi (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>245</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053263869</t>
+          <t>9789753555791</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Tanrı ve Yasa</t>
+          <t>Savaş İmparatorluğu</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>332</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053269700</t>
+          <t>9789753555968</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Son Röportaj</t>
+          <t>Sadreddin Konevi’de Bilgi ve Varlık</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>250</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053269694</t>
+          <t>9789753557092</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Aral Gölü’nün Tarihi</t>
+          <t>Runa Simi - İnsan Dili</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053267645</t>
+          <t>9789753551793</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Müslüman Astrologlar</t>
+          <t>Ruhçu Yanılgı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>686</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053269267</t>
+          <t>9789753552240</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Avcıları</t>
+          <t>Risale-i Nur’da Kur’an Mucizesi (İ’caz-ı Kur’an)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>472</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053269717</t>
+          <t>9789753552561</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Mirasım Kitaplarım</t>
+          <t>Refahlı Türkiye</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>416</v>
+        <v>17</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053269113</t>
+          <t>9789753556682</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ceylan Kovalamak</t>
+          <t>Postmodern Kaos &amp; Sinema</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>106</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053264101</t>
+          <t>9789753550604</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Teizm ve Ateizm</t>
+          <t>Piyasa Düşmanı Kapitalizm</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>346</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789753557986</t>
+          <t>9789753552011</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ile Aşk</t>
+          <t>P.S. 95</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>120</v>
+        <v>24</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789753557832</t>
+          <t>9789753554992</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bizans Düştü: Fatih</t>
+          <t>Öyküler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>162</v>
+        <v>26</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789753555814</t>
+          <t>9789753556255</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Sözlüğü</t>
+          <t>Öfke</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>763</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789753557740</t>
+          <t>9789753552356</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>3. Selim Kılıç ve Ney</t>
+          <t>Otoyol Uykusu</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>210</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053264347</t>
+          <t>9789753556972</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Karl Popper Aklı</t>
+          <t>Osmanlı’nın Gözüyle İbn Haldun</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>244</v>
+        <v>169</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789753556521</t>
+          <t>3990000002413</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Mu’tezile’de Din Usulü</t>
+          <t>Osmanlılar’da Tasavvuf</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>186</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789753557726</t>
+          <t>9789753558723</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan</t>
+          <t>Osmanlı’dan Cumhuriyet’e Balkanların Makus Talihi: Göç</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>168</v>
+        <v>461</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789753557948</t>
+          <t>9789753553780</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yine Bir Gülnihal: Dede Efendi</t>
+          <t>Osmanlı Siyasi Kurumları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>153</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789753556064</t>
+          <t>9789753552028</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihi Literatürü</t>
+          <t>Osmanlı Medreselerinde İlim Riyazi İlimler Takım</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>687</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789753557993</t>
+          <t>9789753553469</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sinan</t>
+          <t>Osmanlı Klasik Döneminde Bursa Medreseleri</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>172</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789753557757</t>
+          <t>9789753551816</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>4. Murat</t>
+          <t>Osmanlı Hanedanının Yapısı (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>226</v>
+        <v>18</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789753555173</t>
+          <t>9789753551007</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kösem Sultan</t>
+          <t>Osmanlı Devletinde Bürokratik Reform Babıali (1789-1922)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>172</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789753555685</t>
+          <t>9789753552271</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Düğün</t>
+          <t>Osmanlı Ansiklopedisi Tarih Medeniyet Kültür 7 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>118</v>
+        <v>150</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789753559485</t>
+          <t>3990000015117</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İnsan Mevsimi</t>
+          <t>Ortadoğu’dan İslam Dünyasına</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>247</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789753557733</t>
+          <t>9789753556743</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Genç Osman</t>
+          <t>Onikinci Yüzyıla Kadar İslam Dünyasında Hastaneler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>199</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789753555142</t>
+          <t>9789753552943</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Deli İbrahim</t>
+          <t>Olmak Cesareti</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>172</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789753555692</t>
+          <t>9789753551526</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bernarda Alba’nın Evi</t>
+          <t>Nuh’un Gemisine Binmek</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789753554497</t>
+          <t>9789753555654</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Othello</t>
+          <t>Niceliğin Egemenliği ve Çağın Alametleri</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789753551045</t>
+          <t>9789753556316</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Edeb ve Ahlakı</t>
+          <t>Namaz</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>277</v>
+        <v>35</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789753555104</t>
+          <t>9789753552813</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed</t>
+          <t>Müslüman ve Ekonomi (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>861</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789753552660</t>
+          <t>3990000002637</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler</t>
+          <t>Müslüman Kimliği</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789753552677</t>
+          <t>9789753550987</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Şiirler ve Duino Ağıtları</t>
+          <t>Müslüman Aile</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>259</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789753556118</t>
+          <t>3990000006699</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Din</t>
+          <t>Siyaset ve KültürTarihi Açısından Osmanlı Devleti ve İslamiyet</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>287</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053269250</t>
+          <t>9789753551373</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İlm- İ İlâhî-i Tabîî</t>
+          <t>Üçüncü Türkiye Tüm Eserleri 5</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>1500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053269687</t>
+          <t>9789753552998</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Dini Çeşitliliğin Epistemolojisi</t>
+          <t>Batı’da Din-Devlet İlişkileri Fransa Örneği</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>300</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053268994</t>
+          <t>9789753553957</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yeni Vakitlere Doğru</t>
+          <t>Batı ve Japon İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>230</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053268987</t>
+          <t>9789753553490</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Gazze: Şehadete Tanıklık</t>
+          <t>Batı Medyasında İslam İmajı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>490</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053268956</t>
+          <t>9789753559461</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Akıl Tanrı’ya Nasıl Götürür?</t>
+          <t>Batı Emperyalizmine Karşı Osmanlı’nın Direnişi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>163</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053268932</t>
+          <t>9789753552509</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Spinoza’nın Dini</t>
+          <t>Batılılaşma İhaneti</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>360</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053267997</t>
+          <t>9789753553599</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Fusüsu’l-Hıkem Şerhi</t>
+          <t>Başörtüsü Mağdurlarından Anlatılmamış Öyküler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>800</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053268741</t>
+          <t>3990000010501</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Teolojik Hermenötik</t>
+          <t>Başörtülü Melekler</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>354</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789753557610</t>
+          <t>3990000011834</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kavramı</t>
+          <t>Ba’de Harabi’l Bosna</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>178</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789753555715</t>
+          <t>9789753555760</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Fena Risalesi</t>
+          <t>Baba</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053269236</t>
+          <t>9789753551083</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Avrupa ve İslam</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>248</v>
+        <v>15</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053269199</t>
+          <t>3990000010443</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Otlakçı</t>
+          <t>Asr-ı Saadet’ten Haçlı Seferlerine Kadar İslam Toplumunda Hıristiyanlar</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>168</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053269137</t>
+          <t>9789753552936</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Yedinci Oğlu Sezai Karakoç</t>
+          <t>Asr-ı Saadet’te Yönetim-Piyasa İlişkisi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>672</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053268826</t>
+          <t>3990000011098</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Hayat</t>
+          <t>Arap Aklının Oluşumu Tekvinü’l-Akli’l-Arabi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>257</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789753556439</t>
+          <t>3990000013066</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kitabü’z-Zühd (Ciltli)</t>
+          <t>Ara Dönem</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>476</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789753556217</t>
+          <t>9789753552899</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İslami Hükümlerin Esas ve Hikmetleri (Ciltli)</t>
+          <t>Anayasal İktisat</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>849</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789753556996</t>
+          <t>9789753550581</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hadis Metodolojisi ve Edebiyatı</t>
+          <t>Amerikan Yüzyılının Sonu</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>275</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789753550864</t>
+          <t>9789753551939</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma Fih (Ciltli)</t>
+          <t>Aman İrtica Olmasın</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>654</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789753559263</t>
+          <t>9789753550598</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi Yapmak</t>
+          <t>Alternatif Faizsiz Banka Selem ve Kredileşme</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>315</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789753558136</t>
+          <t>9789753558907</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşlaşma ve Hadis Tartışmaları</t>
+          <t>Keloğlan - Alpembecik Gülpembecik (5 Masal) (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>477</v>
+        <v>69</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789753550123</t>
+          <t>9789753550390</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Tedbirat-ı İlahiyye (Ciltli)</t>
+          <t>Aklı Karışıklar İçin Kılavuz</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>722</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789753558525</t>
+          <t>9789753556224</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Naturalizm Çıkmazı</t>
+          <t>Ahlak ve Ötesi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>257</v>
+        <v>10</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789753558624</t>
+          <t>9789753559225</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Batılı Bilginin Eleştirisi Üzerine</t>
+          <t>Ah O Yemen’dir</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>334</v>
+        <v>40</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053269243</t>
+          <t>9789753551915</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öteki Yüzü</t>
+          <t>Acı Deniz</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>233</v>
+        <v>15</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053269069</t>
+          <t>9789753559348</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Yönetimi (2 Cilt Takım) (Ciltli)</t>
+          <t>2013 İz Takvim</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>945</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789753556149</t>
+          <t>9789753552851</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Aşkınlığı</t>
+          <t>Bursa Şehrengiz (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>286</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053264262</t>
+          <t>9789753550871</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Saklambosi</t>
+          <t>İslam Açısından Sihir İslam Kültür Tarihinde Maji</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>114</v>
+        <v>30</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053265146</t>
+          <t>3990000051585</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Modern Metinlerle Din Felsefesi Dersleri İçin Yardımcı Kitap</t>
+          <t>Mukayeseli İslam Hukuku Cilt: 3</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>691</v>
+        <v>43.21</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053267607</t>
+          <t>9786053263470</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen II</t>
+          <t>İbrahim'in Kaybettiğini Bulmasıdır</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>600</v>
+        <v>35</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053269120</t>
+          <t>9786053263029</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kar Gibi Patiskalar</t>
+          <t>Unuttum Yalnız</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>153</v>
+        <v>101</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053269144</t>
+          <t>9786053261773</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kayıtlar</t>
+          <t>Mekan Hikayeleri</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>332</v>
+        <v>520</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053269151</t>
+          <t>9786053262404</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Toplum Bilimleri II</t>
+          <t>Türk Siyasi Hayatında MSP Olayı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>612</v>
+        <v>194</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053269182</t>
+          <t>9786053261407</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Üzerine (Cep Boy) - 20’li</t>
+          <t>Mecnun'un Şehri Terk Edişi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>400</v>
+        <v>92</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053269045</t>
+          <t>9786053263043</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Buda’nın Söylevleri</t>
+          <t>Düş Kesiği</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>599</v>
+        <v>41</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053269090</t>
+          <t>9786053261513</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Tırpanı Hayatın Coşkusu</t>
+          <t>Korkut Ata Ne Söyledi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>441</v>
+        <v>17</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053268017</t>
+          <t>3990000013800</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Var Mıdır?</t>
+          <t>Hz. Muhammed’in Hayatı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>129</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053268819</t>
+          <t>9789753554909</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yaşadım Diyorsunuz, Ben Size Rastlamadım</t>
+          <t>Hümanizmin Özü</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053264057</t>
+          <t>9789753556453</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kadın Olmak</t>
+          <t>Hıristiyanlığın Reddine Yönelik Tartışmalar</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>583</v>
+        <v>10</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053260318</t>
+          <t>9789753556491</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Hatıraları</t>
+          <t>Hıristiyan Olan Türkler ve Türk Misyonerler</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>515</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053269007</t>
+          <t>9789753553049</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kalp Atışları ve Hatıralar</t>
+          <t>Hayırlı Ekonomi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>490</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053268802</t>
+          <t>9786053261230</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Dini Çoğulculuk</t>
+          <t>Keloğlan: İncili Çevre</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>199</v>
+        <v>30</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053268697</t>
+          <t>9786053261247</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Beden Miyiz, Ruh Muyuz?</t>
+          <t>Keloğlan: Elmas Yüzük</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>219</v>
+        <v>30</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053267706</t>
+          <t>9786053261254</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlar ve Hıristiyanlar</t>
+          <t>Keloğlan: Billur Sürahi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>219</v>
+        <v>30</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053268710</t>
+          <t>9786053261261</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Son Konuşma</t>
+          <t>Keloğlan: Ayna</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>119</v>
+        <v>30</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789753555210</t>
+          <t>9786053261278</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Keloğlan: Alpembecik Gülpembecik</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>299</v>
+        <v>30</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789753555050</t>
+          <t>9786053261537</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Toz</t>
+          <t>Vicdan Sızlar</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>189</v>
+        <v>14</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053260257</t>
+          <t>9786053261643</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Bir Günü</t>
+          <t>Devrimler ve Gerici Tepkiler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>351</v>
+        <v>167</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789753559553</t>
+          <t>9786053261636</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Üzerine</t>
+          <t>Cumhuriyet’e Doğru Hilafetin Sonu</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>676</v>
+        <v>120</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053260158</t>
+          <t>9786053260837</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okumaları 2: Henüz İnmemiş Ayetler</t>
+          <t>Meşrutiyet İslamcılığı ve Siyonizm</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>295</v>
+        <v>153</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053268727</t>
+          <t>9786053260820</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>El-Burhan: Ala Bekai Mülki Beni Osman İla Ahiri'z-Zaman (Ciltli)</t>
+          <t>31 Mart Gerici Bir Hareket mi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>299</v>
+        <v>214</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053268734</t>
+          <t>9789753559638</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>El-Burhan: Ala Bekai Mülki Beni Osman İla Ahiri'z-Zaman (Ciltli)</t>
+          <t>The Quran</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>279</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053268055</t>
+          <t>9786053261308</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Söyleşiler</t>
+          <t>Haller Hayaller</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>294</v>
+        <v>260</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053268062</t>
+          <t>9786053260615</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Sanat ve Edebiyata Dair</t>
+          <t>Hayalperdesi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>239</v>
+        <v>111</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053268048</t>
+          <t>9786053260677</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Dergiciliğin Mavera’sı</t>
+          <t>Çocuğa Adanmış Konuşmalar 2</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>229</v>
+        <v>51</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053267751</t>
+          <t>9789753559614</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sana, Bana, Vatanıma, Ülkemin İnsanlarına Dair</t>
+          <t>Türkiye'de İslamcılık Batıcılık Mücadelesi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>199</v>
+        <v>233</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053268758</t>
+          <t>9786053260462</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Aydınlar, Batı ve Biz</t>
+          <t>Deli Gömleği</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053267836</t>
+          <t>3990000151547</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sancak ve Priyepolye</t>
+          <t>Büyük Hadis Külliyatı 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>336</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053267492</t>
+          <t>3990000554109</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Öyküler ve Denemeler</t>
+          <t>Kutü’l-Kulub Kalplerin Azığı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053267522</t>
+          <t>3990000554108</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina ve Kitabü'l-İnsaf</t>
+          <t>Kutü’l-Kulub Kalplerin Azığı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>229</v>
+        <v>50</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053268031</t>
+          <t>3990000095130</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat Balkonda - Mekan Dil Şiddet Hicap</t>
+          <t>Büyük Hadis Külliyatı 4.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>240</v>
+        <v>51</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053267942</t>
+          <t>9786053260707</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Nakşu’l-Fusus</t>
+          <t>Caetani'ye Reddiye 2.Cilt</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053267935</t>
+          <t>3990000554107</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Fususu’l-Hıkem’e Giriş (Mukaddimat)</t>
+          <t>Kutü’l-Kulub Kalplerin Azığı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053267874</t>
+          <t>3990000095131</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Hasar Kaydı</t>
+          <t>Büyük Hadis Külliyatı 3.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>140</v>
+        <v>51</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053268024</t>
+          <t>3990000068013</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Düşlerinde Elma kokusu</t>
+          <t>Büyük Hadis Külliyatı 7.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>100</v>
+        <v>51</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053268000</t>
+          <t>9789753552615</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Dijital Din - Dijital Medyada Dini Pratikleri Anlamak</t>
+          <t>Göstergeler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>299</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053267980</t>
+          <t>9786053265047</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kudretli Kelimeler</t>
+          <t>Kelimenin Dirilişi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>249</v>
+        <v>304</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053268680</t>
+          <t>9789753556355</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Günleri</t>
+          <t>Büyük Hadis Külliyatı (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>199</v>
+        <v>51</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053267454</t>
+          <t>3990000854032</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Hikayesi</t>
+          <t>Kur'an'da Yaratılış Cilt 2</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>229</v>
+        <v>35</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053267966</t>
+          <t>3990000091139</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Yaşamak</t>
+          <t>Mukayeseli İslam Hukuku Cilt: 2</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>170</v>
+        <v>43.21</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053267959</t>
+          <t>3990000118344</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Düşünme Üzerine Denemeler</t>
+          <t>Caetani'ye Reddiye 1.Cilt</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053267881</t>
+          <t>3990000052764</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyası ve Orta Doğu</t>
+          <t>Büyük Hadis Külliyatı 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>155</v>
+        <v>51</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053267744</t>
+          <t>3998745695214</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kant'ın Soruları: Aydınlanma Nedir?</t>
+          <t>Sahabe-i Kiram Ansiklopedisi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>259</v>
+        <v>75</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053267591</t>
+          <t>3997456982142</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kant'ın Soruları: İnsan Nedir?</t>
+          <t>Sahabe-i Kiram Ansiklopedisi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>291</v>
+        <v>75</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053267850</t>
+          <t>3998989888747</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Yazı, İmge ve Gerçeklik</t>
+          <t>Sahabe-i Kiram Ansiklopedisi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>220</v>
+        <v>75</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786053267911</t>
+          <t>3990000087145</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat III</t>
+          <t>Hz. Peygamber'in Yönetimi Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>257</v>
+        <v>60</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786053267768</t>
+          <t>3999999667714</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Zarif Şair Cahit Zarifoğlu</t>
+          <t>Sahabe-i Kiram Ansiklopedisi Cilt: 1</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>130</v>
+        <v>57.87</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053267805</t>
+          <t>9786053263951</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hristiyan Bir Mistik Düşünür: John Scotus Erigena</t>
+          <t>Struga ve Ohri Benim Vatanım</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>147</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053267782</t>
+          <t>3990000051548</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Felsefe Ve Istılahat-ı İlmiye Encümeni</t>
+          <t>Büyük Hadis Külliyatı 2. Cilt</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>372</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053267829</t>
+          <t>3990000051546</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Sordular Cevap Verdim 1</t>
+          <t>Büyük Hadis Külliyatı 1. Cilt</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>372</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053267713</t>
+          <t>9786255764065</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hana Vardık Yağmur Dindi</t>
+          <t>Allah'ın Varlığını Doğal Delillerle İspatlamak</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>129</v>
+        <v>640</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053267669</t>
+          <t>9786255764027</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Adaleti Emreden Namaz</t>
+          <t>Evrim ve Tasarım</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>215</v>
+        <v>983</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053267812</t>
+          <t>9786053269984</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Portre Söyleşileri</t>
+          <t>19. Yüzyılda Güney Afrika</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053267539</t>
+          <t>9786053269052</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Erkek Olmak</t>
+          <t>Bilmek ve Olmak Üstüne</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>233</v>
+        <v>153</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053267652</t>
+          <t>9786053269885</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Düşüncede Kayboluş</t>
+          <t>Beni Benimle Bırak</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>279</v>
+        <v>510</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053267898</t>
+          <t>9786255764058</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Gençler</t>
+          <t>Allah'ın Varlığını Doğal Delillerle İspatlamak</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>149</v>
+        <v>320</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053265672</t>
+          <t>9786053261551</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sufi ve Tasavvuf</t>
+          <t>Kertenkele Çukuru</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>104</v>
+        <v>238</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053265702</t>
+          <t>9786255764003</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Halvetiyye Silsilenamesi</t>
+          <t>Malcolm X Gençlerle Konuşuyor</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053267775</t>
+          <t>9789753551694</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Budist Erdem Öyküleri</t>
+          <t>Yeniden İnanmak</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>299</v>
+        <v>238</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053267720</t>
+          <t>9786053261346</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kimin? - Çocuk ve Oyuna Dair Toplumsal Bir Yüzleşme</t>
+          <t>Kısa Surelerin Sınırsız Dünyaları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>149</v>
+        <v>295</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053267508</t>
+          <t>9786053269991</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Ahlak</t>
+          <t>Siyaset Kokan Yazılar</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>228</v>
+        <v>367</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053267515</t>
+          <t>9786053269939</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Hikmet/Felsefe - Modern Felsefe Üzerine Türkçedeki İlk Telif Metin</t>
+          <t>Kamerun’da Durmuştu Zaman</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>279</v>
+        <v>499</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053267447</t>
+          <t>9786053269977</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Cüda - Bir Saraybosna Romanı</t>
+          <t>Kahraman Köle</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>259</v>
+        <v>146</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053267461</t>
+          <t>9786053269946</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Asuman</t>
+          <t>En Emin Yol</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>199</v>
+        <v>378</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053267485</t>
+          <t>9786053269106</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Ertesi Dünya</t>
+          <t>Alemden Bir Sayfa Okumak</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>117</v>
+        <v>196</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053267423</t>
+          <t>9786053269953</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Büyümek</t>
+          <t>Türk ve Alman Arşivlerinde Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>229</v>
+        <v>458</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053267430</t>
+          <t>9786053269786</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Din ve Felsefe Üzerine</t>
+          <t>Yazarlığının Kırkıncı Yılında Cihan Aktaş’a Kırk Çiçek</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>227</v>
+        <v>375</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053267416</t>
+          <t>9786053269960</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Barış Yurduna Hareket</t>
+          <t>Son Ekspres</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>164</v>
+        <v>195</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053265665</t>
+          <t>9786053269922</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Shaftesbury</t>
+          <t>Hıristiyan Siyonizmi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>239</v>
+        <v>310</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789753558747</t>
+          <t>9789753551786</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>‘Aşk’ın Müziği - Mevlevilikte Aşk ve Müzik</t>
+          <t>Ortaçağ’da İslam Siyaset Düşüncesi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>197</v>
+        <v>415</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053267409</t>
+          <t>9786053269861</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Cennetlik Şiirler</t>
+          <t>Burada Değilse Nerede?</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>150</v>
+        <v>328</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053265696</t>
+          <t>9786053264460</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kadiriyye</t>
+          <t>Angelika</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>113</v>
+        <v>195</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053265719</t>
+          <t>9786053269854</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ariyet Fikirle Düşünmek</t>
+          <t>İnfazdan Kurtuluş</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053267393</t>
+          <t>9786053269915</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Rünya</t>
+          <t>Sınırların Ötesinde</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>129</v>
+        <v>230</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786053267386</t>
+          <t>9786053269908</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Estetiğin Türkçesi</t>
+          <t>Meleklerin Şarkısı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>100</v>
+        <v>149</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053267355</t>
+          <t>9786053269168</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İslami Psikanaliz ve Psikanalitik İslam</t>
+          <t>Dua Müminin Silahı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>249</v>
+        <v>290</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053265733</t>
+          <t>9786053269205</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kör Pencereler</t>
+          <t>Ayaşlı ile Kiracıları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>135</v>
+        <v>286</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053265658</t>
+          <t>9786053269731</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sahtekarlar ve Eleştirmenler</t>
+          <t>Melekler Hakkında Söylenti</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>169</v>
+        <v>279</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053265634</t>
+          <t>9786053269724</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Papağanlar Panayırlar Hasatlar</t>
+          <t>Kutsal Şemsiye</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>126</v>
+        <v>369</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053265627</t>
+          <t>9786053269014</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Refi’ Cevad Ulunay</t>
+          <t>Sezai Karakoç ve Dirilişe Şahitliğim</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>257</v>
+        <v>343</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053265726</t>
+          <t>9786053268949</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İlk Öyküler</t>
+          <t>Buda’nın Söylevleri - Sutta Piṭaka’dan Seçmeler I</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>240</v>
+        <v>553</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053265610</t>
+          <t>9786053268765</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Beni Kaybettin</t>
+          <t>İnsan ve Toplum Bilimleri Cilt 1</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>239</v>
+        <v>461</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786053265689</t>
+          <t>9786053267973</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Tomar-ı Turuk-ı Aliyye - Melamilik</t>
+          <t>Sordular Cevap Verdim II</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>113</v>
+        <v>610</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053265641</t>
+          <t>9786053268772</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Etimoloji Vadisinde</t>
+          <t>Sordular Cevap Verdim III</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>336</v>
+        <v>678</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786053267362</t>
+          <t>9786053267683</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Çaylak Kesiği</t>
+          <t>Düşünsel Duruş</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>93</v>
+        <v>466</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053267348</t>
+          <t>9786053267676</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Yürekler Bilirim</t>
+          <t>Yarım Kalmış Bir Nehir</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>206</v>
+        <v>155</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786053265603</t>
+          <t>9786053267379</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Kimden Yana</t>
+          <t>Son Uygarlık</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>229</v>
+        <v>155</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786053265566</t>
+          <t>9786053265573</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Din ve Psikoloji</t>
+          <t>Sosyal Bilimleri Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>261</v>
+        <v>378</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053265368</t>
+          <t>9786053264019</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimizin Sessiz Tanıkları</t>
+          <t>Bayezid</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>396</v>
+        <v>161</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053265597</t>
+          <t>9786053263821</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kökten Uca Bir Kopuş</t>
+          <t>Bağlanma Kuramı İle Allah Tasavvuru</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>150</v>
+        <v>539</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053265580</t>
+          <t>9786053263807</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sultan Aziz Çıkmazı</t>
+          <t>Serçelerin Ölümü</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>150</v>
+        <v>84</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053265559</t>
+          <t>9786053263548</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Müdavele-i Efkar - Eleştirel Düşünceye Giriş</t>
+          <t>Aydınlar, Batı ve Biz</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>140</v>
+        <v>308</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053265535</t>
+          <t>9789753554763</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yolcu ve Burjuva</t>
+          <t>Yazı, İmge ve Gerçeklik</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>99</v>
+        <v>327</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786053265467</t>
+          <t>9789753550772</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sorular - Metalib-i Aliye</t>
+          <t>Müslümanca Yaşamak</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>303</v>
+        <v>251</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053265474</t>
+          <t>9789753550383</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İsbat-ı Vacib</t>
+          <t>Müslümanca Düşünme Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>113</v>
+        <v>284</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053265542</t>
+          <t>9786053260387</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İslam Düşüncesine Katkıları</t>
+          <t>Zarif Şair Cahit Zarifoğlu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>186</v>
+        <v>203</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053265498</t>
+          <t>9786053269663</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Aynı Rüyanın İnsanları</t>
+          <t>Müslümanlaşmanın Formülü</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>93</v>
+        <v>699</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053265511</t>
+          <t>9786053269878</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ya Muhammed</t>
+          <t>Geçip Giden Şeyler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>294</v>
+        <v>179</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053265504</t>
+          <t>9786053269670</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Elma Dersem Çık</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>233</v>
+        <v>249</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053265443</t>
+          <t>9786053269847</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Gerçeği Yansıtmamaktadır</t>
+          <t>Filistin Sözlüğü/ Filistin’i Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>150</v>
+        <v>590</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053265481</t>
+          <t>9786053269830</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hegel’in Toplumsal Etiği</t>
+          <t>Buhranlarımız ve Son Eserleri</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>219</v>
+        <v>340</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053265450</t>
+          <t>9786053269809</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Adına Romanlar</t>
+          <t>Sordular Cevap Verdim IV</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>99</v>
+        <v>645</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053265436</t>
+          <t>9786053269823</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl</t>
+          <t>Distopik Cinnetten Kaçış</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>232</v>
+        <v>111</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053265429</t>
+          <t>9786053269748</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Gecekuşu</t>
+          <t>Kitâbü’l-İnsâf</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>530</v>
+        <v>240</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053265412</t>
+          <t>9786053269779</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareket Öncüleri 5</t>
+          <t>Çağına Ayna Tutmak</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>617</v>
+        <v>212</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786053265382</t>
+          <t>9789753558822</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Urve (Ciltli)</t>
+          <t>Üç İhtilal Çocuğu</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>298</v>
+        <v>205</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053265351</t>
+          <t>9786053268789</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Salahi Dede (Ciltli)</t>
+          <t>İbadet Psikolojisi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>522</v>
+        <v>224</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053265399</t>
+          <t>9786053263302</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Taylar Güzel Kaval Çalar</t>
+          <t>Az Hüzünlü Bir Yer</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>148</v>
+        <v>108</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053265375</t>
+          <t>9786053263340</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Üç Yüzlü Ejderhanın Anlamsız Hikayesi</t>
+          <t>Hakikatin İzinde</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>148</v>
+        <v>313</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053265405</t>
+          <t>9786053263715</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Kocaman Ben</t>
+          <t>Edebiyat Sosyolojisi İncelemeleri</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>122</v>
+        <v>527</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053265252</t>
+          <t>9786053262824</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sultan Murad-ı Salis’in Dünyası (Ciltli)</t>
+          <t>Suya Düşen Dantel</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>1319</v>
+        <v>158</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786053265269</t>
+          <t>9789753554053</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Oblomov’un Dönüşü</t>
+          <t>Mukayeseli İslam Hukuku (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>227</v>
+        <v>436</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786053265283</t>
+          <t>9789753559294</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İkna Odası</t>
+          <t>Modern Batı Düşüncesinin Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>177</v>
+        <v>188</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053265276</t>
+          <t>9789753551328</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Moda ve Zihniyet</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>142</v>
+        <v>266</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053265238</t>
+          <t>9789753556422</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Haya ve Edep Örneği Hz.Osman</t>
+          <t>Mitoloji ve Tarihsellik</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>283</v>
+        <v>383</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053265221</t>
+          <t>9789753558204</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy: İlk Şair</t>
+          <t>Mircea Eliade ve Din</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053264804</t>
+          <t>9789753556002</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Büyük Felsefe Lügatı (3 Cilt Takım Kutulu) (Ciltli)</t>
+          <t>Meşaleler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>7590</v>
+        <v>65</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053265191</t>
+          <t>9789753551069</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kalır Sonunda</t>
+          <t>Milliyetçilik: Bir Din</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>314</v>
+        <v>240</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053265184</t>
+          <t>9789753553605</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Babası Hz. Ali</t>
+          <t>Masal Atlası</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>506</v>
+        <v>146</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053265245</t>
+          <t>9789753555951</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Eve Gitmek İstemediğim Günler</t>
+          <t>Marifet ve Hikmet</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>306</v>
+        <v>303</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053265160</t>
+          <t>9789753555647</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Modern Kentte Farklı Kadınlar Farklı Dindarlıklar</t>
+          <t>Kutsalı İfade Etmek</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>676</v>
+        <v>65</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786053265177</t>
+          <t>9789753557467</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Matüridi’de Tefsirin İmkanı</t>
+          <t>Kusursuz Piknik</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>353</v>
+        <v>271</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786053265214</t>
+          <t>9789753555593</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Romanın Kendini Keşfi</t>
+          <t>Kurban ve Din</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>538</v>
+        <v>246</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053265153</t>
+          <t>9789753558730</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Priyepolye</t>
+          <t>Kur’an’a Psikoloji İle Bakmak</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>366</v>
+        <v>300</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053265078</t>
+          <t>9789753557078</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Zeki Altun</t>
+          <t>Lamtumira e Udhetarıt te Perhershem</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>556</v>
+        <v>125</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786053265115</t>
+          <t>9789753554558</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kamburun Yükselişi</t>
+          <t>Keziban</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>279</v>
+        <v>89</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786053265085</t>
+          <t>9789753554619</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Siz Uyurken ve Mösyö Ya Da Doğru Rüyası</t>
+          <t>Kendini Kuran Şehir</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>163</v>
+        <v>52</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786053265092</t>
+          <t>9789753557436</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Serçe Risalesi</t>
+          <t>Kelamda Kozmolojik Delil</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>203</v>
+        <v>54</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786053265122</t>
+          <t>9789753557641</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Doğa Bize Emanet</t>
+          <t>İşrak Felsefesi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>208</v>
+        <v>228</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053265108</t>
+          <t>9789753558600</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>N’apsak Bu Gençleri?</t>
+          <t>İsnad ve Metin Bağlamında Hadis Tarihlendirme Metotları</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>286</v>
+        <v>292</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053265023</t>
+          <t>9789753551960</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Diriltici Soluğu</t>
+          <t>İslam’ın Klasik Çağında Felsefe Tasavvuru</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>208</v>
+        <v>281</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053264941</t>
+          <t>9789753552820</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Bu Can Kimin?</t>
+          <t>İslam ve Ezeli Hikmet</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>373</v>
+        <v>119</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786053265139</t>
+          <t>9789753557283</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Cam Kenarı</t>
+          <t>İslam Toplumunda Yahudiler</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>168</v>
+        <v>660</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786053263173</t>
+          <t>9789753556620</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Meslekler Vokabüleri</t>
+          <t>İslam Tefsir Geleneğinde Akılcı Söyleme Yönelik Eleştiriler</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>251</v>
+        <v>118</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053263432</t>
+          <t>9789753558143</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>İslam Tarihi Metodolojisi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>280</v>
+        <v>146</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053263036</t>
+          <t>9789753553773</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Asker Oğlu</t>
+          <t>İslam Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>110</v>
+        <v>548</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053265054</t>
+          <t>9789753550659</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Faniler</t>
+          <t>İslam Hakkında Ne Dediler?</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>525</v>
+        <v>89</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053265030</t>
+          <t>9789753554602</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Korkut Ata</t>
+          <t>İslam Felsefesinde Mutluluk</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>176</v>
+        <v>90</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053264774</t>
+          <t>9789753555227</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda Bırakılmış Şiirler</t>
+          <t>İslam Düşüncesinde Ekonomi, Banka ve Sigorta</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>161</v>
+        <v>253</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053264781</t>
+          <t>9789753554206</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Mirası Kuşanmak</t>
+          <t>İslam Düşüncesi Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>352</v>
+        <v>97</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053263739</t>
+          <t>9789753557276</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kapkaraydınlık</t>
+          <t>İslam Dünyasında Samiriler</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>161</v>
+        <v>61</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786053264880</t>
+          <t>9789753553254</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Cüveyni’de İlliyet Teorisi</t>
+          <t>İnsan-ı Kamil (Ciltli)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>424</v>
+        <v>103</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053265009</t>
+          <t>9789753554664</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Annemin Coğrafyası</t>
+          <t>İlim ve Hikmetin Aydınlığında</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>173</v>
+        <v>239</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053264866</t>
+          <t>9789753554947</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Akşamı</t>
+          <t>İlahi Nefhalar</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>188</v>
+        <v>379</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053264996</t>
+          <t>9789753557931</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Camera Obscura</t>
+          <t>İhtilafu Malik Ve’Ş-Şafii</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053264958</t>
+          <t>9789753554657</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Karla Karışık</t>
+          <t>İbn Sina Ontolojisinde Zorunlu Varlık</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>283</v>
+        <v>92</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786053264897</t>
+          <t>9789753557962</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Arşiv Belgeleri Işığında Osmanlı’da Devlet-Tekke İlişkileri</t>
+          <t>Kardeşliğin Dili</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>561</v>
+        <v>342</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053264989</t>
+          <t>9789753557627</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği (Rasim Özdenören Çevirisi)</t>
+          <t>İbn Haldun - Güncel Okumalar</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>108</v>
+        <v>399</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053265016</t>
+          <t>9789753558372</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>İbn Arabi’nin Günlük Duaları ve Şerhi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>338</v>
+        <v>215</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053264859</t>
+          <t>9789753559416</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Tutulma Eğrisi</t>
+          <t>Harflerin Aşkı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>274</v>
+        <v>165</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786053264842</t>
+          <t>9789753557498</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Makaleler 1</t>
+          <t>Halk Hikayeleri</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>249</v>
+        <v>92</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053264873</t>
+          <t>9789753557979</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Filozofların Tanrısı</t>
+          <t>Hakikat ya da Ölüm</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>362</v>
+        <v>107</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053264651</t>
+          <t>9789753550352</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>İmam Züfer - İmam-ı A’zam Ebu Hanife’nin Güzide Talebesi</t>
+          <t>Hadislerle Hz. Ali</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>466</v>
+        <v>210</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053264743</t>
+          <t>9789753550839</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Her Şehir Bir Dünyadır</t>
+          <t>Hadis Literatürü</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>355</v>
+        <v>533</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053265528</t>
+          <t>9789753553940</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İslam’da İlk Fikri Hareketler ve Dini Mezhepler</t>
+          <t>Günlük Hayatımızda Helaller ve Haramlar</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>150</v>
+        <v>349</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053264750</t>
+          <t>9789753551656</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Çizgi ile Yazgı</t>
+          <t>Günler Akarken</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>251</v>
+        <v>101</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053264767</t>
+          <t>9789753559430</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Noksanlar</t>
+          <t>Güneşe Yol Yapan Çocuk</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>161</v>
+        <v>108</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053264736</t>
+          <t>9789753555883</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Seattle Günlüğü</t>
+          <t>Gündelik Hayat ve Dinsellik</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>262</v>
+        <v>169</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053264675</t>
+          <t>9789753553988</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Gün Akşamsızdır</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>212</v>
+        <v>131</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053264729</t>
+          <t>9789753558556</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Dini Tecrübeyi Anlamak</t>
+          <t>Gezgin Atlar</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>492</v>
+        <v>71</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053264644</t>
+          <t>9789753555432</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Metodolojisinde Te’vil</t>
+          <t>Gerçek Varlık</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>445</v>
+        <v>346</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053262886</t>
+          <t>9789753556897</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Zihniyetinin Kur’an’la Değişimi (Ciltli)</t>
+          <t>Gerçek Bektaşilik</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>366</v>
+        <v>112</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053264514</t>
+          <t>9789753558495</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Ahlak-Hukuk İlişkisi (Ciltli)</t>
+          <t>Gazaba Uğramış Şiirler ve Diğerleri</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>443</v>
+        <v>154</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053264095</t>
+          <t>9789753555180</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Mişkatü’l-Envar</t>
+          <t>Fıkıh İlminin Oluşum Sürecinde İcma</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>178</v>
+        <v>177</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053264705</t>
+          <t>9789753555036</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Babil’e Dönüş</t>
+          <t>Felsefenin Öyküsü</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>107</v>
+        <v>80</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053264712</t>
+          <t>9789753555678</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Fideizm Nedir?</t>
+          <t>Felsefe Tarihi Cilt: 1-2</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>335</v>
+        <v>538</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053264521</t>
+          <t>9789753554718</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İslam'a</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>375</v>
+        <v>113</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053264699</t>
+          <t>9789753551205</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Button’ın Tuhaf Hikayesi</t>
+          <t>Farabi’den Abduh’a Siyasi Düşünce</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>110</v>
+        <v>207</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053263586</t>
+          <t>9789753554237</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Başımdan Geçmeyen Hikayeler</t>
+          <t>Farabi’de Tanrı-İnsan İlişkisi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>222</v>
+        <v>200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053263753</t>
+          <t>9789753555494</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Süleyman</t>
+          <t>Fakih ve Toplum</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>202</v>
+        <v>215</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053264118</t>
+          <t>9789753557160</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Çağrısı</t>
+          <t>Faiz Sorunu</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>151</v>
+        <v>70</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053264491</t>
+          <t>9789753554220</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Budist Kateşizm</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>250</v>
+        <v>137</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053264637</t>
+          <t>9789753555807</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Varlık Tartışmaları</t>
+          <t>Erdemli Yol - Zeria</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>338</v>
+        <v>426</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053264170</t>
+          <t>9789753551977</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bir Başlangıcın Sonu</t>
+          <t>Erdemli Toplum ve Düşmanları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>177</v>
+        <v>206</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789753559539</t>
+          <t>9789753555340</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Benden Başka Herkes</t>
+          <t>Emanetten Mülke</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>153</v>
+        <v>233</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053264590</t>
+          <t>9789753557382</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Mutlakçı Dil</t>
+          <t>İlk Dönem Hanefi Kaynaklarına Göre Ebu Hanife’nin Usul Anlayışında Sünnet</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>572</v>
+        <v>468</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053264583</t>
+          <t>9789753558976</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Nedir?</t>
+          <t>Dünya Bir Lunapark</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>123</v>
+        <v>92</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053264613</t>
+          <t>9789753553117</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Beyaz</t>
+          <t>Dünden Kalanlar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>161</v>
+        <v>242</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786053264538</t>
+          <t>9789753555500</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Çile Kırgını</t>
+          <t>Dini Mezhepler</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>193</v>
+        <v>290</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786053264569</t>
+          <t>9789753556019</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Bin Yılın Destanı</t>
+          <t>Dersimiz Çocuk</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>320</v>
+        <v>52</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786053264576</t>
+          <t>9789753559317</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Paradigma Sonsuzluk</t>
+          <t>Denize Koşan Atlar</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>369</v>
+        <v>88</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786053264507</t>
+          <t>9789753556187</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>99 Bestekardan İlahiler (Ciltli)</t>
+          <t>Çocuk Hep Çocuk</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>592</v>
+        <v>76</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053264354</t>
+          <t>9789753555333</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Satır Arasındaki Anlam</t>
+          <t>Çocuğun Miracı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>343</v>
+        <v>112</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053264484</t>
+          <t>9789753558716</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Bir Boşluk</t>
+          <t>Çerkeslerin İslamlaşması</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>169</v>
+        <v>70</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053264330</t>
+          <t>9789753550512</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Yarınlara Taşımak (Ciltli)</t>
+          <t>Çok Sesli Bir Ölüm</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>392</v>
+        <v>209</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053264446</t>
+          <t>9789753558150</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Delilik Paradoksu</t>
+          <t>Çanakkale Cephesinde Bir Müderris: Abdullah Fevzi Efendi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>282</v>
+        <v>399</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786053264453</t>
+          <t>9789753556552</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Zan</t>
+          <t>Çağdaş İslam Düşüncesinde Kur’an’a Yaklaşımlar</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>242</v>
+        <v>407</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053264477</t>
+          <t>9789753554800</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Bu Sefer Lila Olsun Saçlarım</t>
+          <t>Cinsel Eğitim</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>161</v>
+        <v>94</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053264439</t>
+          <t>9789753559492</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Geçti Dost Kervanı</t>
+          <t>Cahiliyye Döneminde Araplar</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>222</v>
+        <v>359</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053264286</t>
+          <t>9789753556583</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Tay veya Hiç</t>
+          <t>Büyük Selçuklular ve Mezhep Kavgaları</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>133</v>
+        <v>384</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053264279</t>
+          <t>9789753556750</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Eksile Eksile</t>
+          <t>Büyük Hadis Külliyatı 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>154</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786053264361</t>
+          <t>9789753558983</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Kuramı İle Allah Tasavvuru (Ciltli)</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>539</v>
+        <v>315</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786053264156</t>
+          <t>9789753559041</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Kafka Etkisi</t>
+          <t>Birinci Dünya Savaşı’nda Almanya</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>377</v>
+        <v>60</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053264149</t>
+          <t>9789753558679</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Ötesi</t>
+          <t>Bir Yobazın Günlüğü</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>323</v>
+        <v>378</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786053264293</t>
+          <t>9789753557856</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sehergah</t>
+          <t>Bir Müderrisin Sürgün Yılları</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>298</v>
+        <v>444</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786053264132</t>
+          <t>9789753554299</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Hatırladığım Filmler</t>
+          <t>Bir Başka Dünyanın Kızları</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>206</v>
+        <v>56</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053264125</t>
+          <t>9789753550741</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Avrupa ve Kur'an</t>
+          <t>Buhranlarımız ve Son Eserleri</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>335</v>
+        <v>292</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786053264248</t>
+          <t>9789753556309</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>İmam Muhammed Masum, Mektubat-ı Masumiyye'si ve İrade Meselesine Yaklaşımı</t>
+          <t>Zekat</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>326</v>
+        <v>149</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053264255</t>
+          <t>9789753555661</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Mütekellim Usulcülere Göre İctihad</t>
+          <t>Zağra Müftüsünün Hatıraları</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>375</v>
+        <v>330</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053264309</t>
+          <t>9789753559003</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Başka Biri Olmanın Romanı</t>
+          <t>Yirminci Yüzyıl Başlarında Osmanlı-Alman İlişkileri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>306</v>
+        <v>139</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786053264224</t>
+          <t>9789753554534</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi Açısından Eş’ari Gelen-Ek-i Klasik ve Çağdaş Metinler Seçkisi 5 (Ciltli)</t>
+          <t>Yedinci Mühür</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>1656</v>
+        <v>77</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786053264231</t>
+          <t>9789753555074</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi Açısından Meşşai Gelen-Ek-i Klasik ve Çağdaş Metinler Seçkisi 4 (Ciltli)</t>
+          <t>Yazışmalar</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>1655</v>
+        <v>224</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053264194</t>
+          <t>9789753550031</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sus Yeri</t>
+          <t>Yakın Tarihimizde Gizli Çehreler Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>113</v>
+        <v>173</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786053264217</t>
+          <t>9789753552790</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Gözümde Yaş Görseler</t>
+          <t>Yeni Gelişmeler Karşısında İslam Hukuku</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>108</v>
+        <v>154</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786053264200</t>
+          <t>9789753558815</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Sağanak</t>
+          <t>Yakın Tarihimizde Dönmelik ve Dönmeler</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>149</v>
+        <v>261</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786053264064</t>
+          <t>9789753558693</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Deliliğin Evrensel Tarihi</t>
+          <t>Yahudilere Göre Hz. Muhammed ve İslamiyet</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>169</v>
+        <v>80</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786053264040</t>
+          <t>9789753555838</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Roman Ne Anlatır</t>
+          <t>Yahudiler ve Araplar</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786053264071</t>
+          <t>9789753557047</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Öykü</t>
+          <t>Uzak Koku</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>233</v>
+        <v>165</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053264026</t>
+          <t>9789753557559</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Rollo May Psikolojisinde Din ve Kişilik</t>
+          <t>Teoloji Olarak Yorum</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>226</v>
+        <v>127</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053264033</t>
+          <t>9789753556545</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Mevlid-i Şerif</t>
+          <t>Taassubun Boyutları</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>229</v>
+        <v>71</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053263920</t>
+          <t>9789753550208</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>399</v>
+        <v>282</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053263791</t>
+          <t>9789753553087</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Gelişini Gördüm</t>
+          <t>Sözün ve Sükutun Renkleri</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>159</v>
+        <v>123</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053263784</t>
+          <t>9789753557368</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Sandığım</t>
+          <t>Sorularla Müslümanlık 1: Evlilik</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>104</v>
+        <v>149</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053263777</t>
+          <t>9789753557849</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Devridaim Makinesi</t>
+          <t>Sorgu ve Derviş</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>93</v>
+        <v>166</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053264002</t>
+          <t>9789753557146</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi ve Armoni</t>
+          <t>Siyaset ve İtidal</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>117</v>
+        <v>61</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053263975</t>
+          <t>9789753554480</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>99 Soruda Hz. Muhammed</t>
+          <t>Senin Hikayen</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>245</v>
+        <v>176</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053263913</t>
+          <t>9789753556484</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Sekülerliğin Teolojik Kurgusu Protestanlık</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>113</v>
+        <v>97</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053263883</t>
+          <t>9789753555401</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kehfimiz</t>
+          <t>Siyaset ve Retorik</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>113</v>
+        <v>185</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053263937</t>
+          <t>9789753556637</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Sekülerleşme ve Din</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>112</v>
+        <v>266</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053263999</t>
+          <t>9789753557252</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Peygamber Kıssaları</t>
+          <t>Seçkinlerin Ahlakı</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>529</v>
+        <v>262</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053263081</t>
+          <t>9789753553544</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Sevgili'nin Yol Arkadaşı Hz. Ebubekir</t>
+          <t>Sarp Yokuşu Tırmanmak</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>458</v>
+        <v>192</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053263982</t>
+          <t>9789753551335</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kör Nokta</t>
+          <t>Sanayi Ötesi Dönüşüm -Küreselleşme ve İnsan Kaynakları Boyutuyla-</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>226</v>
+        <v>259</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053263906</t>
+          <t>9789753551229</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Ceylan Uykusu</t>
+          <t>Sabit ve Değişken</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>196</v>
+        <v>190</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053263234</t>
+          <t>9789753555784</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Kitabı</t>
+          <t>Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>213</v>
+        <v>210</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053263852</t>
+          <t>9789753555265</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Logostaki Mitos</t>
+          <t>Reconquista</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>250</v>
+        <v>484</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786053263968</t>
+          <t>9789753550888</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Uçuşta Namaz Vakitleri</t>
+          <t>Perşembenin Gelişi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>352</v>
+        <v>90</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053263814</t>
+          <t>9789753554343</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Nasihatname</t>
+          <t>Osmanlılar’da Tasavvuf</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>226</v>
+        <v>430</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053263760</t>
+          <t>9789753556293</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Sidre (Ciltli)</t>
+          <t>Oruç Yemin Adak ve Kefaret</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>298</v>
+        <v>56</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053263685</t>
+          <t>9789753555319</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Gelenek</t>
+          <t>Okuyucu Velinimetimizdir</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>459</v>
+        <v>55</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053263838</t>
+          <t>9789753550765</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kendi İmdadına Da Koşup Gelen Hızır</t>
+          <t>Nurlar Hazinesi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>113</v>
+        <v>230</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053263722</t>
+          <t>9789753555845</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Nassları Anlama ve Yorumlamada Yöntem Sorunu</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>192</v>
+        <v>200</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053263678</t>
+          <t>9789753556705</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Müşahedat Hayata Merhaba</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053263630</t>
+          <t>9789753558761</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Siyasi İdeolojiler</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>120</v>
+        <v>292</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786053263692</t>
+          <t>9789753555586</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Doğası</t>
+          <t>Osmanlı’da Din Sosyolojisi Naima Örneği</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>268</v>
+        <v>55</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053263708</t>
+          <t>9786053260332</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Delilik</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>407</v>
+        <v>190</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053263647</t>
+          <t>9786053260325</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Yahya Kemal ve Din</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>143</v>
+        <v>219</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786053263272</t>
+          <t>9789753559669</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Hikayeden Öyküye Toplumsal Değişim</t>
+          <t>Evrim ve Tasarım (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>313</v>
+        <v>983</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053263654</t>
+          <t>9786053260653</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yüreği</t>
+          <t>Siyaset ve Fıkıh</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>154</v>
+        <v>167</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053263746</t>
+          <t>9786053260639</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Behçet Bey Neden Gülümsedi?</t>
+          <t>Kelam İlminde Bilgi Kaynağı Olarak Kitab</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>202</v>
+        <v>323</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053263579</t>
+          <t>9789753559799</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Yahudulikte Tefsir Geleneği</t>
+          <t>İslam Tarihinde İlk İktidar Mücadelesi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>459</v>
+        <v>477</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053263326</t>
+          <t>9789753554671</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>İskoç Aydınlanması</t>
+          <t>Batı Düşüncesinin Oluşumunda İslam’ın Rolü</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>576</v>
+        <v>61</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053263593</t>
+          <t>9789753555388</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Yüceliş - İnsanlığın Tekamülü</t>
+          <t>Başımıza Gelenler</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>355</v>
+        <v>728</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786053263555</t>
+          <t>9789753551495</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Erdemi Keşfetmek</t>
+          <t>Aynada Gün Doğumu</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>353</v>
+        <v>54</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786053261421</t>
+          <t>9789753557221</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Servetin Denetimine Yönelik Bir Uygulama Müsadere</t>
+          <t>Avrupa ve İslam</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>197</v>
+        <v>179</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786053263487</t>
+          <t>9789753555517</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Işığında Hz. Muhammed</t>
+          <t>Ariflerin Tevhidi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>344</v>
+        <v>141</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053263371</t>
+          <t>9789753553995</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Acı Yok</t>
+          <t>Altın Eşik 1994 - 1998</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>242</v>
+        <v>68</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786053263395</t>
+          <t>9789753555128</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>İçler Düşler Çarpımı</t>
+          <t>Almanca Manzum Çevirileriyle Ünlü Türk Şiirleri</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>106</v>
+        <v>314</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786053262817</t>
+          <t>9789753555326</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Ağzı Var Dili Yok Şehrazat</t>
+          <t>Allah’ın Garibi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>239</v>
+        <v>375</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786053263494</t>
+          <t>9789753555470</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Piyasa Aklı ve Yeni Muhafazakar Ahlak</t>
+          <t>Allah’ın Bilgisinin Ezeliliği ve İnsan Hürriyeti</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>300</v>
+        <v>313</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786053263388</t>
+          <t>9789753558433</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Düş Düşe Uğultular</t>
+          <t>Alim ve Muhalif</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>229</v>
+        <v>336</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053263425</t>
+          <t>9789753551779</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan</t>
+          <t>Akıl ve İtikad</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>308</v>
+        <v>259</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053263418</t>
+          <t>9789753559591</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Suud Selefiliği</t>
+          <t>Reşahat (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>252</v>
+        <v>492</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786053263333</t>
+          <t>9786053262633</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Hinduizm Sözlüğü</t>
+          <t>93 Harbi: Tüm Cepheleriyle 1877-1878 Osmanlı-Rus Savaşı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>835</v>
+        <v>626</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053263319</t>
+          <t>9786053262121</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Edebiyat Terimleri Sözlüğü</t>
+          <t>Kant'a Göre Bilgi ve Metafiziğin İmkanı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>435</v>
+        <v>323</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786053263463</t>
+          <t>9786053261940</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'ten Sonra Türk Şiiri</t>
+          <t>Durun Yanlış Anladınız</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>256</v>
+        <v>212</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786053263227</t>
+          <t>9786053263562</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Doğruya Doğru - İhtida Öyküleri 2</t>
+          <t>Mülemma Düşüncüler - 1</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>277</v>
+        <v>189</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053263104</t>
+          <t>9786053262947</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hafıza</t>
+          <t>Ölmek İçin İyi Bir Gün Değil</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>353</v>
+        <v>123</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053263456</t>
+          <t>9786053261445</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilimi</t>
+          <t>Borges Borges</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>325</v>
+        <v>61</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053263401</t>
+          <t>9786053263357</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İktisat Tasavvuru ve Modernleşme</t>
+          <t>Saklı Yara</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>282</v>
+        <v>148</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053263241</t>
+          <t>9786053262343</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Yollarda - İhtida Öyküleri 1</t>
+          <t>Seni En Mutlu Günlere Götürebilirim</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>302</v>
+        <v>210</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786053263364</t>
+          <t>9786053262169</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Yakarım Gül Satanlar Bahçesini</t>
+          <t>Türk Musıkisinin Mes’eleleri (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>224</v>
+        <v>551</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053263210</t>
+          <t>9786053261841</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Korkudan Yontulmuş Bastonlar</t>
+          <t>Elli Yılın Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>194</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053263142</t>
+          <t>9786053262183</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Klasik Şerh Geleneğinde Üslup</t>
+          <t>Keşif Yolculukları</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>530</v>
+        <v>259</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053263289</t>
+          <t>9786053262145</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Muhteris</t>
+          <t>Öznenin Hakikat Kaygısı</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>154</v>
+        <v>300</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053263296</t>
+          <t>9786053261988</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Yerli Yerinde</t>
+          <t>İnsan Hakları ve İslam</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053263265</t>
+          <t>9786053262237</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Dil Şiir Hakikat</t>
+          <t>Beş Kere Halil</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>292</v>
+        <v>223</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053262985</t>
+          <t>9786053261735</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Vokabüleri</t>
+          <t>Mantık Felsefe ve Kelam Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>283</v>
+        <v>123</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053261285</t>
+          <t>9786053261599</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Akif Duruşlu Asım</t>
+          <t>İki Dünyanın Ustası</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>248</v>
+        <v>104</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053262992</t>
+          <t>9789753558808</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Hac Çağrısı</t>
+          <t>Hicaz Seyahatnamesi (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>154</v>
+        <v>202</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053262978</t>
+          <t>9786053261209</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Evsizler Şarkı Söyler</t>
+          <t>Rüya Kadar</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>217</v>
+        <v>123</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053263203</t>
+          <t>9786053261223</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Aile Hayatı</t>
+          <t>Zaman Dursun İstedim</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>285</v>
+        <v>169</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053263197</t>
+          <t>9789753550338</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Zilha Günü</t>
+          <t>Elhamra</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>176</v>
+        <v>184</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053263180</t>
+          <t>9786053261063</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı</t>
+          <t>Elsiz Eldiven</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>169</v>
+        <v>77</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053262909</t>
+          <t>9786053261056</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağı Caddesi</t>
+          <t>Acziyetin Tekniği</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>227</v>
+        <v>123</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053263166</t>
+          <t>9786053261780</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Derin Siyah</t>
+          <t>Yeşil Yılan Ak Zambak</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786053262039</t>
+          <t>9786053260899</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep</t>
+          <t>Bahane</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>175</v>
+        <v>148</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053261995</t>
+          <t>9786053260868</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinin Sosyolojisi</t>
+          <t>Hiçbir Zaman Yeterince Deliremeyeceğiz</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>229</v>
+        <v>131</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053262008</t>
+          <t>9786053261087</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Yeni Din Sosyolojileri</t>
+          <t>Kalem Hakkı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053261803</t>
+          <t>9786053261032</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Şar</t>
+          <t>Seni Dinleyen Biri</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>298</v>
+        <v>407</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786053263159</t>
+          <t>9786053260905</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Düşünceyi Eylem İçin Bilmek</t>
+          <t>Bir İmkansız Ölüm Denemesi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>515</v>
+        <v>84</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053262879</t>
+          <t>9786053260790</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Berk</t>
+          <t>Batı Düşüncesinde Stratejik Perspektifler</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>297</v>
+        <v>213</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053263074</t>
+          <t>9786053261766</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm Karşıtı Yahudiler</t>
+          <t>Babam, Krizler ve Sen</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>242</v>
+        <v>267</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786053262428</t>
+          <t>9786053260431</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Batı Şiiri ve Tevfik Fikret</t>
+          <t>Milyon Sesli Mızıka</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>388</v>
+        <v>169</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786053263111</t>
+          <t>9786053260875</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler</t>
+          <t>Keyfekader Kahvesi</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>259</v>
+        <v>131</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786053263128</t>
+          <t>9786053260660</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler ve Işıklar</t>
+          <t>Şark’ın Şiiri İran Sineması</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>287</v>
+        <v>361</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786053262954</t>
+          <t>9786053260585</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Bir Medeniyet Şairi Akif İnan</t>
+          <t>Çevgen</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>421</v>
+        <v>223</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786053262916</t>
+          <t>9786053260554</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Adı Leyla Olsun</t>
+          <t>Öykümüzün İzinde</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053262923</t>
+          <t>9786053260448</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Alesta Gönül</t>
+          <t>Şehir Tutulması</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>224</v>
+        <v>401</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053262930</t>
+          <t>9786053260882</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Gerçek ve Büyü Arasında Sinema</t>
+          <t>Mümkün Öykülerin En İyisi</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>350</v>
+        <v>123</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053263098</t>
+          <t>9786053260950</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Dilin Ötesi</t>
+          <t>Kızım Olsan Bilirdin</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>191</v>
+        <v>138</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053263012</t>
+          <t>9789753556460</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Mum İle Pervane</t>
+          <t>Vahyedilişinden Derlenişine Kur'an Tarihi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>265</v>
+        <v>600</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786053262961</t>
+          <t>9789753559768</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Doğu Büyüsü - Ah Kudüs</t>
+          <t>Yalnızlık Sarkacı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>352</v>
+        <v>155</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786053262640</t>
+          <t>9789753559584</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>ABD'de Din-Devlet İlişkileri</t>
+          <t>Oruç Çağrısı</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>421</v>
+        <v>192</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053262695</t>
+          <t>9786053265207</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Dilek</t>
+          <t>Sevgili’nin Hak Dilli Arkadaşı Hz. Ömer</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>300</v>
+        <v>435</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786053262893</t>
+          <t>9789753556699</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Hemen Hemen Hiç</t>
+          <t>Sahipkıran</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>192</v>
+        <v>515</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053262701</t>
+          <t>9789753557672</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Seni Ne İhtiyarlattı?</t>
+          <t>Sahabe-i Kiram Ansiklopedisi (4 Cilt)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>226</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053262725</t>
+          <t>9786053264316</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Sevinebilirsin Suada İşte Yalnızız</t>
+          <t>Mekke’yi Sarsan Ses</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>169</v>
+        <v>87</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786053262664</t>
+          <t>9786053264323</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Cenin Ahkamı</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>358</v>
+        <v>237</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786053262756</t>
+          <t>9786053264972</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve İslam</t>
+          <t>İslam ve Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>146</v>
+        <v>169</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786053262794</t>
+          <t>9786053264668</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Geçitleri</t>
+          <t>Batı Etkisinde Türk Modernleşmesi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>147</v>
+        <v>440</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786053262688</t>
+          <t>9786053265061</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Dile Kolay</t>
+          <t>Kur’an-ı Kerim Işığında Ticaret Ahlakı</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>620</v>
+        <v>355</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786053262800</t>
+          <t>9786053263845</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Azize'nin Son Günü</t>
+          <t>Dünya Bir Şehirdir</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>192</v>
+        <v>184</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786053262442</t>
+          <t>9786053263890</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Herhangi Birinin Notları</t>
+          <t>Beyaz Lale</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>288</v>
+        <v>115</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786053262848</t>
+          <t>9786053263661</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Kılık Kıyafet ve İktidar</t>
+          <t>1915 Çanakkale Seferi</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>401</v>
+        <v>338</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786053262831</t>
+          <t>9786053264422</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Türbanın Yeniden İcadı</t>
+          <t>Sekülerleşmenin Hristiyan Kökleri</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>414</v>
+        <v>245</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786053262398</t>
+          <t>9786053263869</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>MSP Davası ve 12 Eylül</t>
+          <t>Ahlak Tanrı ve Yasa</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>227</v>
+        <v>332</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786053262749</t>
+          <t>9786053269700</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin İnsanı</t>
+          <t>Son Röportaj</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>318</v>
+        <v>281</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786053262732</t>
+          <t>9786053269694</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Açılı/Yorum</t>
+          <t>Aral Gölü’nün Tarihi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>357</v>
+        <v>207</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786053262510</t>
+          <t>9786053267645</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>İlmü'n Nefs Tercümesi (Ciltli)</t>
+          <t>Astroloji ve Müslüman Astrologlar</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>1946</v>
+        <v>686</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786053262657</t>
+          <t>9786053269267</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>İhtilaflı Hadisler</t>
+          <t>Mutlak Avcıları</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>252</v>
+        <v>563</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786053262671</t>
+          <t>9786053269717</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles’ten Ernest Sosa’ya Erdem Epistemolojisi</t>
+          <t>Mirasım Kitaplarım</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>313</v>
+        <v>496</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786053262619</t>
+          <t>9786053269113</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Medeniyet Üzerine</t>
+          <t>Ceylan Kovalamak</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>154</v>
+        <v>126</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786053262602</t>
+          <t>9786053264101</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Din ve Uygarlık</t>
+          <t>Teizm ve Ateizm</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>224</v>
+        <v>346</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786053262527</t>
+          <t>9789753557986</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Okuma Hikayeleri</t>
+          <t>Güzellik ile Aşk</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>599</v>
+        <v>120</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786053262534</t>
+          <t>9789753557832</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Ses ve Gölge</t>
+          <t>Bizans Düştü: Fatih</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>202</v>
+        <v>162</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786053262541</t>
+          <t>9789753555814</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Yazma Hikayeleri</t>
+          <t>Tasavvuf Sözlüğü</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>637</v>
+        <v>763</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786053262596</t>
+          <t>9789753557740</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Nativity'nin İzinde</t>
+          <t>3. Selim Kılıç ve Ney</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>369</v>
+        <v>210</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053262589</t>
+          <t>9786053264347</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>İç Bir Şey</t>
+          <t>Karl Popper Aklı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>219</v>
+        <v>244</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053262572</t>
+          <t>9789753556521</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Şeriatsiz Olmaz</t>
+          <t>Mu’tezile’de Din Usulü</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>279</v>
+        <v>186</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786053262480</t>
+          <t>9789753557726</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Filim Adamlar</t>
+          <t>Cem Sultan</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>161</v>
+        <v>168</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786053262473</t>
+          <t>9789753557948</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığında Vav'ın Odası</t>
+          <t>Yine Bir Gülnihal: Dede Efendi</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>194</v>
+        <v>153</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786053262374</t>
+          <t>9789753556064</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım Olur musun?</t>
+          <t>Tasavvuf Tarihi Literatürü</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>169</v>
+        <v>687</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786053262350</t>
+          <t>9789753557993</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Işığı Seni Aydınlatsın</t>
+          <t>Sinan</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>200</v>
+        <v>172</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786053262329</t>
+          <t>9789753557757</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>O'nu Tanıdıkça Mutlu Olacaksın</t>
+          <t>4. Murat</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>193</v>
+        <v>226</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786053262367</t>
+          <t>9789753555173</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Mucize Avcısı</t>
+          <t>Kösem Sultan</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>210</v>
+        <v>172</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786053262336</t>
+          <t>9789753555685</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kalbini İyileştirmek İster misin?</t>
+          <t>Kanlı Düğün</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>259</v>
+        <v>118</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786053262381</t>
+          <t>9789753559485</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Geldim Gördüm Sordum</t>
+          <t>İnsan Mevsimi</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>193</v>
+        <v>247</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786053262626</t>
+          <t>9789753557733</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Gök Kubbemiz</t>
+          <t>Genç Osman</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>248</v>
+        <v>199</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786053262466</t>
+          <t>9789753555142</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Amca Bey Öldü</t>
+          <t>Deli İbrahim</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>154</v>
+        <v>172</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786053262299</t>
+          <t>9789753555692</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Yıkanmış Atlar</t>
+          <t>Bernarda Alba’nın Evi</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786053262312</t>
+          <t>9789753554497</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kadar Güzel</t>
+          <t>Othello</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>252</v>
+        <v>200</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786053262305</t>
+          <t>9789753551045</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Romanın Krizi</t>
+          <t>Hz. Peygamber’in Edeb ve Ahlakı</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>161</v>
+        <v>277</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786053262282</t>
+          <t>9789753555104</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kırığı</t>
+          <t>Son Peygamber Hz. Muhammed</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>209</v>
+        <v>861</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786053262435</t>
+          <t>9789753552660</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Balkan Hezimeti</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>259</v>
+        <v>200</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786053262411</t>
+          <t>9789753552677</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Nasıralı</t>
+          <t>Seçilmiş Şiirler ve Duino Ağıtları</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>496</v>
+        <v>259</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786053262558</t>
+          <t>9789753556118</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>İmam Matüridi ve Mezhep Eleştirileri</t>
+          <t>Psikoloji ve Din</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>259</v>
+        <v>287</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786053262565</t>
+          <t>9786053269250</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Şemail-i Şerifi</t>
+          <t>İlm- İ İlâhî-i Tabîî</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>476</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786053262503</t>
+          <t>9786053269687</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Görmek - Göstermek</t>
+          <t>Dini Çeşitliliğin Epistemolojisi</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786053262497</t>
+          <t>9786053268994</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafta Ayrı Duran</t>
+          <t>Yeni Vakitlere Doğru</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>205</v>
+        <v>265</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786053260356</t>
+          <t>9786053268987</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Düşünmenin Anlamı</t>
+          <t>Gazze: Şehadete Tanıklık</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>324</v>
+        <v>607</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786053262459</t>
+          <t>9786053268956</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Adem'in Cevap Vermesi</t>
+          <t>Akıl Tanrı’ya Nasıl Götürür?</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>193</v>
+        <v>354</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786053261810</t>
+          <t>9786053268932</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Ey Ey (Ciltli)</t>
+          <t>Spinoza’nın Dini</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>297</v>
+        <v>429</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786053262138</t>
+          <t>9786053267997</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Modern Osmanlı Ordusunda Alaylılar ve Mektepliler</t>
+          <t>Fusüsu’l-Hıkem Şerhi</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>372</v>
+        <v>955</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786053262275</t>
+          <t>9786053268741</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Yeni Arayış ve İleri Demokrasi Fikrinin Doğuşu</t>
+          <t>Teolojik Hermenötik</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>252</v>
+        <v>354</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786053262268</t>
+          <t>9789753557610</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Gerçek</t>
+          <t>Mucize Kavramı</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>282</v>
+        <v>178</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786053262206</t>
+          <t>9789753555715</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Şefkat Yolu</t>
+          <t>Fena Risalesi</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>323</v>
+        <v>100</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786053262022</t>
+          <t>9786053269236</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Sırça Kulesi</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>223</v>
+        <v>296</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786053262213</t>
+          <t>9786053269199</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Dönüş</t>
+          <t>Otlakçı</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786053262176</t>
+          <t>9786053269137</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Büyük Buluşma</t>
+          <t>Doğunun Yedinci Oğlu Sezai Karakoç</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>295</v>
+        <v>672</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786053262190</t>
+          <t>9786053268826</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Varolmanın Neşesi</t>
+          <t>Edebiyat ve Hayat</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>370</v>
+        <v>257</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786053262220</t>
+          <t>9789753556439</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yolcuları</t>
+          <t>Kitabü’z-Zühd</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>356</v>
+        <v>476</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786053262244</t>
+          <t>9789753556217</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>O Korkunç Maharet</t>
+          <t>İslami Hükümlerin Esas ve Hikmetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>77</v>
+        <v>849</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786053262053</t>
+          <t>9789753556996</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>İmge, Gerçeklik ve Kültür</t>
+          <t>Hadis Metodolojisi ve Edebiyatı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>236</v>
+        <v>275</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786053262251</t>
+          <t>9789753550864</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Yol Hakkı</t>
+          <t>Fihi Ma Fih (Ciltli)</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>295</v>
+        <v>654</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786053262046</t>
+          <t>9789753559263</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Yazının Gizledikleri</t>
+          <t>Din Felsefesi Yapmak</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>387</v>
+        <v>315</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786053262152</t>
+          <t>9789753558136</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Şiirler 1979 -1992</t>
+          <t>Çağdaşlaşma ve Hadis Tartışmaları</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>169</v>
+        <v>477</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786053261544</t>
+          <t>9789753550123</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Gece Yürüyüşü</t>
+          <t>Tedbirat-ı İlahiyye (Ciltli)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>295</v>
+        <v>722</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786053261957</t>
+          <t>9789753558525</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Islak Kibritler</t>
+          <t>Naturalizm Çıkmazı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>209</v>
+        <v>257</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786053261933</t>
+          <t>9789753558624</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Aşk Hikayesi Değildir</t>
+          <t>Batılı Bilginin Eleştirisi Üzerine</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>178</v>
+        <v>334</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786053261971</t>
+          <t>9786053269243</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Ömürlük Yara</t>
+          <t>Bilimin Öteki Yüzü</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>159</v>
+        <v>233</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786053261568</t>
+          <t>9786053269069</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Kardeşleri</t>
+          <t>Hz. Peygamberin Yönetimi (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>295</v>
+        <v>945</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786053261704</t>
+          <t>9789753556149</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi Açısından Maturidi Gelen-Ek-i 3</t>
+          <t>Allah’ın Aşkınlığı</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>1577</v>
+        <v>286</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786053262015</t>
+          <t>9786053264262</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'la Yaşayanlar</t>
+          <t>Saklambosi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>238</v>
+        <v>114</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786053261926</t>
+          <t>9786053265146</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Alışmak Ölümüne Karşı</t>
+          <t>Klasik ve Modern Metinlerle Din Felsefesi Dersleri İçin Yardımcı Kitap</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>197</v>
+        <v>691</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786053261834</t>
+          <t>9786053267607</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Aile Hukuku</t>
+          <t>Her Şeye Rağmen II</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>303</v>
+        <v>715</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786053261728</t>
+          <t>9786053269120</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Hayatı ve Risaleti</t>
+          <t>Kar Gibi Patiskalar</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>607</v>
+        <v>153</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786053261964</t>
+          <t>9786053269144</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Birden Bine</t>
+          <t>Kayıtlar</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>197</v>
+        <v>396</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786053261919</t>
+          <t>9786053269151</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Günbegün</t>
+          <t>İnsan ve Toplum Bilimleri II</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>202</v>
+        <v>730</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786053261827</t>
+          <t>9786053269182</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Yerlere Göklere</t>
+          <t>Dostluk Üzerine (Cep Boy) - 20’li</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>193</v>
+        <v>406</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786053261759</t>
+          <t>9786053269045</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Sekiz</t>
+          <t>Buda’nın Söylevleri</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>275</v>
+        <v>883</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786053261742</t>
+          <t>9786053269090</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Deliler ve Flamingolar</t>
+          <t>Ölümün Tırpanı Hayatın Coşkusu</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>226</v>
+        <v>441</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786053261698</t>
+          <t>9786053268017</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Katılım Ekonomisi (Ciltli)</t>
+          <t>Tanrı Var Mıdır?</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>396</v>
+        <v>199</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786053261155</t>
+          <t>9786053268819</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Farklar</t>
+          <t>Yaşadım Diyorsunuz, Ben Size Rastlamadım</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>282</v>
+        <v>382</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786053261674</t>
+          <t>9786053264057</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kör Kuyu</t>
+          <t>Kadın Olmak</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>283</v>
+        <v>583</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786053261681</t>
+          <t>9786053260318</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Rasim Özdenören: Ruh Denizinden Öyküler</t>
+          <t>Yıldız Hatıraları</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>265</v>
+        <v>515</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786053261667</t>
+          <t>9786053269007</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Aradan Geçen Uzun Yıllar</t>
+          <t>Kalp Atışları ve Hatıralar</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>245</v>
+        <v>732</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786053261650</t>
+          <t>9786053268802</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Dönemi ve Batıcılık</t>
+          <t>İslam ve Dini Çoğulculuk</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>156</v>
+        <v>290</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786053261575</t>
+          <t>9786053268697</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gözleri</t>
+          <t>Beden Miyiz, Ruh Muyuz?</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>287</v>
+        <v>328</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786053261612</t>
+          <t>9786053267706</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Melek Kayıtları</t>
+          <t>Müslümanlar ve Hıristiyanlar</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>229</v>
+        <v>331</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786053261629</t>
+          <t>9786053268710</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Çifte Açmaz</t>
+          <t>Son Konuşma</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>92</v>
+        <v>173</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786053261582</t>
+          <t>9789753555210</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Şirin’in Düğünü</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>582</v>
+        <v>299</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786053261483</t>
+          <t>9789753555050</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Fiileri Hakkında</t>
+          <t>Toz</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786053261469</t>
+          <t>9786053260257</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Hilye - Bürde Kasidesi</t>
+          <t>Peygamberin Bir Günü</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>304</v>
+        <v>351</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786053261520</t>
+          <t>9789753559553</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Hasan Aycın'ın Çizgisi</t>
+          <t>Dostluk Üzerine</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>204</v>
+        <v>676</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786053261452</t>
+          <t>9786053260158</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek: Büyük Doğu Irmağı</t>
+          <t>Kur'an Okumaları 2: Henüz İnmemiş Ayetler</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>405</v>
+        <v>295</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786053261391</t>
+          <t>9786053268727</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Öykü Burcu</t>
+          <t>El-Burhan: Ala Bekai Mülki Beni Osman İla Ahiri'z-Zaman (Ciltli)</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>298</v>
+        <v>416</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786053261476</t>
+          <t>9786053268734</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Hurüfilik ve Bektaşilik</t>
+          <t>El-Burhan: Ala Bekai Mülki Beni Osman İla Ahiri'z-Zaman (Ciltli)</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>275</v>
+        <v>385</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786053261384</t>
+          <t>9786053268055</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Ve Sonra</t>
+          <t>Söyleşiler</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>178</v>
+        <v>457</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786053261193</t>
+          <t>9786053268062</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Felsefi Açıdan Anlamın Doğası</t>
+          <t>Kültür, Sanat ve Edebiyata Dair</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>356</v>
+        <v>266</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786053261414</t>
+          <t>9786053268048</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Ohri Halveti Hayati Asitanesi</t>
+          <t>Dergiciliğin Mavera’sı</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>668</v>
+        <v>346</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786053261438</t>
+          <t>9786053267751</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızdaki İslam - 4</t>
+          <t>Sana, Bana, Vatanıma, Ülkemin İnsanlarına Dair</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>581</v>
+        <v>302</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786053267867</t>
+          <t>9786053268758</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Oruç Mevsimi</t>
+          <t>Aydınlar, Batı ve Biz</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>244</v>
+        <v>308</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786053261162</t>
+          <t>9786053267836</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Helena Petrovna Blavatsky ve Modern Teosofi</t>
+          <t>Sancak ve Priyepolye</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>553</v>
+        <v>522</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786053261292</t>
+          <t>9786053267492</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Camide Dans Var</t>
+          <t>Öyküler ve Denemeler</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>302</v>
+        <v>178</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786053261360</t>
+          <t>9786053267522</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Ruh Bakımı</t>
+          <t>İbn Sina ve Kitabü'l-İnsaf</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>259</v>
+        <v>350</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786053261339</t>
+          <t>9786053268031</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Şehrazat Balkonda - Mekan Dil Şiddet Hicap</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>283</v>
+        <v>374</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786053261377</t>
+          <t>9786053267942</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Sizin Yıldızınız Kim?</t>
+          <t>Nakşu’l-Fusus</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>302</v>
+        <v>181</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786053261353</t>
+          <t>9786053267935</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Tamirhanesi</t>
+          <t>Fususu’l-Hıkem’e Giriş (Mukaddimat)</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>309</v>
+        <v>195</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786053261315</t>
+          <t>9786053267874</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>İlim Şehri</t>
+          <t>Hasar Kaydı</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786053261322</t>
+          <t>9786053268024</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizin Baharı</t>
+          <t>Düşlerinde Elma kokusu</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>299</v>
+        <v>147</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786053261131</t>
+          <t>9786053268000</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>İftah</t>
+          <t>Dijital Din - Dijital Medyada Dini Pratikleri Anlamak</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>298</v>
+        <v>461</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786053261216</t>
+          <t>9786053267980</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Denemeler</t>
+          <t>Kudretli Kelimeler</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>378</v>
+        <v>492</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786053260929</t>
+          <t>9786053268680</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Yazı Bilinci</t>
+          <t>Peygamberin Günleri</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>283</v>
+        <v>298</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786053261018</t>
+          <t>9786053267454</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Ahalisi</t>
+          <t>Hayatımın Hikayesi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>133</v>
+        <v>344</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786053260912</t>
+          <t>9786053267966</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Sonrası</t>
+          <t>Müslümanca Yaşamak</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>169</v>
+        <v>251</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789753559911</t>
+          <t>9786053267959</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Sesim Bana Yetmiyor</t>
+          <t>Müslümanca Düşünme Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>220</v>
+        <v>284</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786053260981</t>
+          <t>9786053267881</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dili Olarak Türkçenin Gelişim Aşamaları ve Felsefe Sözlüklerimiz 2</t>
+          <t>İslam Dünyası ve Orta Doğu</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>1647</v>
+        <v>232</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786053260943</t>
+          <t>9786053267744</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dili Olarak Türkçenin Gelişim Aşamaları ve Sözlüklerimiz 1 (Ciltli)</t>
+          <t>Kant'ın Soruları: Aydınlanma Nedir?</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>1661</v>
+        <v>360</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786053261001</t>
+          <t>9786053267591</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Bulaşık Suyundaki Çay Kaşığı</t>
+          <t>Kant'ın Soruları: İnsan Nedir?</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>251</v>
+        <v>445</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786053261049</t>
+          <t>9786053267850</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Bektaşilik Geleneği ve İslam</t>
+          <t>Yazı, İmge ve Gerçeklik</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>188</v>
+        <v>327</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786053260783</t>
+          <t>9786053267911</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Mısır'da Türkler, Araplar ve Yahudiler</t>
+          <t>Ab-ı Hayat III</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>579</v>
+        <v>405</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789753558228</t>
+          <t>9786053267768</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Sayha</t>
+          <t>Zarif Şair Cahit Zarifoğlu</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>328</v>
+        <v>203</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789753553551</t>
+          <t>9786053267805</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Kent İlişkileri</t>
+          <t>Hristiyan Bir Mistik Düşünür: John Scotus Erigena</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>275</v>
+        <v>222</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786053260936</t>
+          <t>9786053267782</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzlar</t>
+          <t>Kamus-ı Felsefe Ve Istılahat-ı İlmiye Encümeni</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>197</v>
+        <v>580</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789753559713</t>
+          <t>9786053267829</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Koşan Adam</t>
+          <t>Sordular Cevap Verdim 1</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>194</v>
+        <v>581</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786053260998</t>
+          <t>9786053267713</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Yasakları</t>
+          <t>Hana Vardık Yağmur Dindi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>346</v>
+        <v>193</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786053260967</t>
+          <t>9786053267669</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Sonu</t>
+          <t>Adaleti Emreden Namaz</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>161</v>
+        <v>323</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786053260745</t>
+          <t>9786053267812</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Ölü Metin</t>
+          <t>Portre Söyleşileri</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>298</v>
+        <v>546</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789753559102</t>
+          <t>9786053267539</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde Depremler ve Algılanma Biçimleri</t>
+          <t>Erkek Olmak</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>408</v>
+        <v>358</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786053260684</t>
+          <t>9786053267652</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Caetani'ye Reddiye (2 Kitap Takım)</t>
+          <t>Düşüncede Kayboluş</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>876</v>
+        <v>407</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786053260714</t>
+          <t>9786053267898</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Hep Aynı Hikaye</t>
+          <t>Ah Bu Gençler</t>
         </is>
       </c>
       <c r="C730" s="1">
         <v>223</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789753555371</t>
+          <t>9786053265672</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’ya Dair</t>
+          <t>Sufi ve Tasavvuf</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>227</v>
+        <v>163</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786053260646</t>
+          <t>9786053265702</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kureyş Kervanları</t>
+          <t>Halvetiyye Silsilenamesi</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>399</v>
+        <v>202</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786053260004</t>
+          <t>9786053267775</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Tuna Nehrinde Bir Yitik Vatan Adakale</t>
+          <t>Budist Erdem Öyküleri</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>840</v>
+        <v>466</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786053260721</t>
+          <t>9786053267720</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Ohri Gölü’nde Bir İnci : Struga</t>
+          <t>Oyun Kimin? - Çocuk ve Oyuna Dair Toplumsal Bir Yüzleşme</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>668</v>
+        <v>223</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786053260608</t>
+          <t>9786053267508</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul</t>
+          <t>İlm-i Ahlak</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>458</v>
+        <v>300</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786053260622</t>
+          <t>9786053267515</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Izdırap ve Merhamet</t>
+          <t>İlm-i Hikmet/Felsefe - Modern Felsefe Üzerine Türkçedeki İlk Telif Metin</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>335</v>
+        <v>412</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786053260561</t>
+          <t>9786053267447</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Selefi Yorumu</t>
+          <t>Cüda - Bir Saraybosna Romanı</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>503</v>
+        <v>396</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786053260592</t>
+          <t>9786053267461</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Hayat</t>
+          <t>Asuman</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>207</v>
+        <v>305</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789753559690</t>
+          <t>9786053267485</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Kız Kulesi’nden Galata’ya Mektuplar</t>
+          <t>Ertesi Dünya</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>164</v>
+        <v>175</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786053260035</t>
+          <t>9786053267423</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>İmana Yer Açmak</t>
+          <t>Ölümle Büyümek</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>288</v>
+        <v>356</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786053260295</t>
+          <t>9786053267430</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Gönül Elçisi</t>
+          <t>Din ve Felsefe Üzerine</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>445</v>
+        <v>227</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789753559829</t>
+          <t>9786053267416</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Gergin Bir Yay</t>
+          <t>Barış Yurduna Hareket</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>180</v>
+        <v>254</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786053260400</t>
+          <t>9786053265665</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Belagat İncileri</t>
+          <t>Shaftesbury</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>291</v>
+        <v>315</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786053260134</t>
+          <t>9789753558747</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okumaları 3: Firavun'a Gideceksin</t>
+          <t>‘Aşk’ın Müziği - Mevlevilikte Aşk ve Müzik</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>302</v>
+        <v>306</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786053260363</t>
+          <t>9786053267409</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Eyse</t>
+          <t>Cennetlik Şiirler</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>298</v>
+        <v>223</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786053260165</t>
+          <t>9786053265696</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Melekleri Ürkütmeden</t>
+          <t>Kadiriyye</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>291</v>
+        <v>169</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786053260547</t>
+          <t>9786053265719</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç : Eleğimsağmalarda Gökanıtı</t>
+          <t>Ariyet Fikirle Düşünmek</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>326</v>
+        <v>223</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786053260301</t>
+          <t>9786053267393</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplum Tasavvuru</t>
+          <t>Rünya</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>282</v>
+        <v>193</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786053260486</t>
+          <t>9786053267386</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Sansürsüz Çanakkale</t>
+          <t>Estetiğin Türkçesi</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>369</v>
+        <v>147</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789753558891</t>
+          <t>9786053267355</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Bin Hüseyin</t>
+          <t>İslami Psikanaliz ve Psikanalitik İslam</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>486</v>
+        <v>377</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789753551601</t>
+          <t>9786053265733</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Kutsal</t>
+          <t>Kör Pencereler</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>336</v>
+        <v>160</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789753557634</t>
+          <t>9786053265658</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Şiirleri</t>
+          <t>Sahtekarlar ve Eleştirmenler</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>328</v>
+        <v>254</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789753556675</t>
+          <t>9786053265634</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Bocurgat</t>
+          <t>Papağanlar Panayırlar Hasatlar</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>297</v>
+        <v>190</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789753555159</t>
+          <t>9786053265627</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Fatih ve Kısa Oyunlar</t>
+          <t>Refi’ Cevad Ulunay</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>182</v>
+        <v>398</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789753556194</t>
+          <t>9786053265726</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Fatih</t>
+          <t>İlk Öyküler</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>248</v>
+        <v>282</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789753557313</t>
+          <t>9786053265610</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Fark ve Yorum</t>
+          <t>Beni Kaybettin</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789753558884</t>
+          <t>9786053265689</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Üns (Ciltli)</t>
+          <t>Tomar-ı Turuk-ı Aliyye - Melamilik</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>328</v>
+        <v>169</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789753557351</t>
+          <t>9786053265641</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Uzun Günlerde Oruç</t>
+          <t>Etimoloji Vadisinde</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>308</v>
+        <v>476</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789753553728</t>
+          <t>9786053267362</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuşluklar</t>
+          <t>Çaylak Kesiği</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>266</v>
+        <v>137</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789753559973</t>
+          <t>9786053267348</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat'tan Cumhuriyet'e Değişen Metafizik ve Edebiyat</t>
+          <t>Müslüman Yürekler Bilirim</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>399</v>
+        <v>311</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786053260394</t>
+          <t>9786053265603</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat - 2</t>
+          <t>Kurmaca Kimden Yana</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>545</v>
+        <v>350</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789753557764</t>
+          <t>9786053265566</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Selim</t>
+          <t>Din ve Psikoloji</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>200</v>
+        <v>352</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786053261124</t>
+          <t>9786053265368</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Onarılmış Yas Bitiği</t>
+          <t>Yakın Tarihimizin Sessiz Tanıkları</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>103</v>
+        <v>518</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786053261117</t>
+          <t>9786053265597</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Mu'Tezile ve Ahlak</t>
+          <t>Kökten Uca Bir Kopuş</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>320</v>
+        <v>224</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786053261100</t>
+          <t>9786053265580</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Kuğu Boynu</t>
+          <t>Sultan Aziz Çıkmazı</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>202</v>
+        <v>225</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786053261094</t>
+          <t>9786053265559</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kara</t>
+          <t>Müdavele-i Efkar - Eleştirel Düşünceye Giriş</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>220</v>
+        <v>209</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786053261148</t>
+          <t>9786053265535</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Kıta Avrupası Din Felsefesi ve Mistik Gelen-Ekler</t>
+          <t>Yolcu ve Burjuva</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>250</v>
+        <v>147</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786053260974</t>
+          <t>9786053265467</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Döneminde İslam Dünyasında Yahudiler</t>
+          <t>Büyük Sorular - Metalib-i Aliye</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>346</v>
+        <v>473</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786053261070</t>
+          <t>9786053265474</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Eş'ari Kelamı</t>
+          <t>İsbat-ı Vacib</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>224</v>
+        <v>169</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786053260417</t>
+          <t>9786053265542</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>İnşallah</t>
+          <t>Türklerin İslam Düşüncesine Katkıları</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>262</v>
+        <v>288</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789753556613</t>
+          <t>9786053265498</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Ruh, Ölüm ve Ötesi</t>
+          <t>Aynı Rüyanın İnsanları</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>218</v>
+        <v>136</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786053260189</t>
+          <t>9786053265511</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi Açısından Mutezile Gelen Ek-i 1</t>
+          <t>Ya Muhammed</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>1403</v>
+        <v>449</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789753556347</t>
+          <t>9786053265504</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hadis Külliyatı (7 Cilt) (Ciltli)</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>6505</v>
+        <v>364</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789753555111</t>
+          <t>9786053265443</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Büyük Alman Şairleri</t>
+          <t>Gerçekten Gerçeği Yansıtmamaktadır</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>229</v>
+        <v>234</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789753559300</t>
+          <t>9786053265481</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre - Anadolu Edebiyatı Notları</t>
+          <t>Hegel’in Toplumsal Etiği</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>193</v>
+        <v>340</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786053260233</t>
+          <t>9786053265450</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Halama Benzediğim İçin</t>
+          <t>Adına Romanlar</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>220</v>
+        <v>147</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786053260226</t>
+          <t>9786053265436</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Bacıdan Bayana</t>
+          <t>Necip Fazıl</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>285</v>
+        <v>232</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786053260196</t>
+          <t>9786053265429</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi Açısından Mutezile Gelen-Ek-i  2</t>
+          <t>Şair ve Gecekuşu</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>1399</v>
+        <v>530</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786053260066</t>
+          <t>9786053265412</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Rusya'da Din - Devlet İlişkileri</t>
+          <t>İslami Hareket Öncüleri 5</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>356</v>
+        <v>617</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786053260103</t>
+          <t>9786053265382</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Esenlik Zamanları</t>
+          <t>Urve (Ciltli)</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>159</v>
+        <v>298</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786053260172</t>
+          <t>9786053265351</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareket Öncüleri - 4</t>
+          <t>Salahi Dede (Ciltli)</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>590</v>
+        <v>522</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789753559621</t>
+          <t>9786053265399</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bir Yazarın Anlattıkları</t>
+          <t>Taylar Güzel Kaval Çalar</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>223</v>
+        <v>148</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789753559577</t>
+          <t>9786053265375</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareket Öncüleri - 2</t>
+          <t>Üç Yüzlü Ejderhanın Anlamsız Hikayesi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>504</v>
+        <v>148</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789753559447</t>
+          <t>9786053265405</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Maktül Şeyhülislamlar</t>
+          <t>Kocaman Kocaman Ben</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>599</v>
+        <v>122</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786053260288</t>
+          <t>9786053265252</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Erdeme Dönüş</t>
+          <t>Sultan Murad-ı Salis’in Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>261</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786053260271</t>
+          <t>9786053265269</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ne Söyler</t>
+          <t>Oblomov’un Dönüşü</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>264</v>
+        <v>227</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789753559805</t>
+          <t>9786053265283</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Cinadem</t>
+          <t>İkna Odası</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>70</v>
+        <v>177</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789753559478</t>
+          <t>9786053265276</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Ayak İzlerinde Uğultu</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>233</v>
+        <v>142</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789753559256</t>
+          <t>9786053265238</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Sürecinde Türkiye’de Din Eğitimi Politikaları</t>
+          <t>Haya ve Edep Örneği Hz.Osman</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>379</v>
+        <v>283</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789753559980</t>
+          <t>9786053265221</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Ölmüş Oyuncaklar Müzesi</t>
+          <t>Mehmet Akif Ersoy: İlk Şair</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>178</v>
+        <v>132</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789753559867</t>
+          <t>9786053264804</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Seyyidler ve Şerifler</t>
+          <t>Büyük Felsefe Lügatı (3 Cilt Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>283</v>
+        <v>7590</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786053260141</t>
+          <t>9786053265191</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Dengesi</t>
+          <t>Şiir Kalır Sonunda</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>323</v>
+        <v>314</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786053260264</t>
+          <t>9786053265184</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Endülüs</t>
+          <t>Toprağın Babası Hz. Ali</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>229</v>
+        <v>506</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789753559775</t>
+          <t>9786053265245</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Öykü Ağacı</t>
+          <t>Eve Gitmek İstemediğim Günler</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>210</v>
+        <v>306</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786053260509</t>
+          <t>9786053265160</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Ara Rejimin Adaleti</t>
+          <t>Modern Kentte Farklı Kadınlar Farklı Dindarlıklar</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>304</v>
+        <v>676</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786053260516</t>
+          <t>9786053265177</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Diyalog ve Kurtuluş Tartışmaları</t>
+          <t>Matüridi’de Tefsirin İmkanı</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>316</v>
+        <v>353</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786053260370</t>
+          <t>9786053265214</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Sular Tutuştuğunda</t>
+          <t>Romanın Kendini Keşfi</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>190</v>
+        <v>538</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786053260424</t>
+          <t>9786053265153</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Siyer Terimleri ve Deyimleri Sözlüğü</t>
+          <t>Priyepolye</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>476</v>
+        <v>366</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789753559560</t>
+          <t>9786053265078</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Hub (Ciltli)</t>
+          <t>Zeki Altun</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>298</v>
+        <v>556</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789753559997</t>
+          <t>9786053265115</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Rüya Rüya İçinde</t>
+          <t>Kamburun Yükselişi</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>193</v>
+        <v>279</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786053260493</t>
+          <t>9786053265085</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Tereddüt ve Tefekkür</t>
+          <t>Siz Uyurken ve Mösyö Ya Da Doğru Rüyası</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>349</v>
+        <v>163</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786053260523</t>
+          <t>9786053265092</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve İslamiyet</t>
+          <t>Serçe Risalesi</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>504</v>
+        <v>203</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789753559850</t>
+          <t>9786053265122</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı İslam Milletlerarası Özel Hukuku</t>
+          <t>Doğa Bize Emanet</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>315</v>
+        <v>208</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789753555531</t>
+          <t>9786053265108</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Akşamın Kaması</t>
+          <t>N’apsak Bu Gençleri?</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>180</v>
+        <v>286</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789753557054</t>
+          <t>9786053265023</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Sezgi</t>
+          <t>Vahyin Diriltici Soluğu</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>492</v>
+        <v>208</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789753556989</t>
+          <t>9786053264941</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Ahzan (Ciltli)</t>
+          <t>Bu Can Kimin?</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>328</v>
+        <v>373</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789753557801</t>
+          <t>9786053265139</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İstiareler</t>
+          <t>Cam Kenarı</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>504</v>
+        <v>168</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789753555937</t>
+          <t>9786053263173</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Kelam</t>
+          <t>Felsefi Meslekler Vokabüleri</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>288</v>
+        <v>251</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789753559898</t>
+          <t>9786053263432</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Yabancı</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789753557580</t>
+          <t>9786053263036</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>Asker Oğlu</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>319</v>
+        <v>110</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789753558709</t>
+          <t>9786053265054</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesine Dair Okumalar 1 (Ciltli)</t>
+          <t>Mutlu Faniler</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>1192</v>
+        <v>525</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789753558945</t>
+          <t>9786053265030</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel ve Çağdaş Metinlerle Din Felsefesine Dair Okumalar  2 (Ciltli)</t>
+          <t>Korkut Ata</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>1183</v>
+        <v>176</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786053260219</t>
+          <t>9786053264774</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Yol Düşleri</t>
+          <t>Dışarıda Bırakılmış Şiirler</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>150</v>
+        <v>161</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786053260202</t>
+          <t>9786053264781</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Gidenler Gidenler</t>
+          <t>Mirası Kuşanmak</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>154</v>
+        <v>352</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789753559928</t>
+          <t>9786053263739</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Sarp Geçit</t>
+          <t>Kapkaraydınlık</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>298</v>
+        <v>161</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786053260059</t>
+          <t>9786053264880</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Saçağı Altında</t>
+          <t>Cüveyni’de İlliyet Teorisi</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>261</v>
+        <v>424</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789753559959</t>
+          <t>9786053265009</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Kan Gibi Vakte Düşen</t>
+          <t>Annemin Coğrafyası</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>250</v>
+        <v>173</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786053260127</t>
+          <t>9786053264866</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Açık Medeniyet</t>
+          <t>Köpekler Akşamı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>339</v>
+        <v>188</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789753558211</t>
+          <t>9786053264996</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Erdem Bayazıt ve Şiiri</t>
+          <t>Camera Obscura</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>430</v>
+        <v>236</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786053264798</t>
+          <t>9786053264958</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Ölümü İnkar</t>
+          <t>Karla Karışık</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>467</v>
+        <v>283</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789753559836</t>
+          <t>9786053264897</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Hüzün</t>
+          <t>19. Yüzyıl Arşiv Belgeleri Işığında Osmanlı’da Devlet-Tekke İlişkileri</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>440</v>
+        <v>561</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786053260011</t>
+          <t>9786053264989</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>İzlek</t>
+          <t>Hayvan Çiftliği (Rasim Özdenören Çevirisi)</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>288</v>
+        <v>108</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789753559942</t>
+          <t>9786053265016</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Batı ve İslam Düşüncesinde Dinsel Kapsayıcılık</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>396</v>
+        <v>338</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789753559904</t>
+          <t>9786053264859</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Kendilik ve Edebiyat</t>
+          <t>Tutulma Eğrisi</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>499</v>
+        <v>274</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789753559966</t>
+          <t>9786053264842</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Ab-ı Hayat 1</t>
+          <t>Felsefi Makaleler 1</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>379</v>
+        <v>249</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789753559843</t>
+          <t>9786053264873</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>İki Ateş Arasında</t>
+          <t>Filozofların Tanrısı</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>375</v>
+        <v>362</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789753559935</t>
+          <t>9786053264651</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>İslamcılık</t>
+          <t>İmam Züfer - İmam-ı A’zam Ebu Hanife’nin Güzide Talebesi</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>376</v>
+        <v>466</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789753556095</t>
+          <t>9786053264743</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Balkanlardan Çekilişi</t>
+          <t>Her Şehir Bir Dünyadır</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>586</v>
+        <v>355</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789753557108</t>
+          <t>9786053265528</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Nun (Ciltli)</t>
+          <t>İslam’da İlk Fikri Hareketler ve Dini Mezhepler</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>328</v>
+        <v>224</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789753557573</t>
+          <t>9786053264750</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Nokta ve Kalem</t>
+          <t>Çizgi ile Yazgı</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>228</v>
+        <v>251</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789753554749</t>
+          <t>9786053264767</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Laik Düzende Dini Yaşamak Cilt: 3</t>
+          <t>Noksanlar</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>467</v>
+        <v>161</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789753553483</t>
+          <t>9786053264736</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Laik Düzende Dini Yaşamak Cilt: 2</t>
+          <t>Seattle Günlüğü</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>421</v>
+        <v>262</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789753552530</t>
+          <t>9786053264675</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Laik Düzende Dini Yaşamak Cilt: 1</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>396</v>
+        <v>212</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789753557009</t>
+          <t>9786053264729</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş Hayatım ve Hatıralar (3 Kitap Takım)</t>
+          <t>Dini Tecrübeyi Anlamak</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>2177</v>
+        <v>492</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789753557870</t>
+          <t>9786053264644</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitap Bir Balta</t>
+          <t>İslam Hukuk Metodolojisinde Te’vil</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>231</v>
+        <v>445</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789753559331</t>
+          <t>9786053262886</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Feryat ve Çağrı</t>
+          <t>Cahiliye Zihniyetinin Kur’an’la Değişimi (Ciltli)</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>156</v>
+        <v>366</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789753550628</t>
+          <t>9786053264514</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Arka Merdiveni</t>
+          <t>Kur’an’da Ahlak-Hukuk İlişkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>353</v>
+        <v>443</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789753554893</t>
+          <t>9786053264095</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>İsa Tanrı mı? İnsan mı?</t>
+          <t>Mişkatü’l-Envar</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>328</v>
+        <v>178</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789753554541</t>
+          <t>9786053264705</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Kış Masalı</t>
+          <t>Babil’e Dönüş</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>226</v>
+        <v>107</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789753556033</t>
+          <t>9786053264712</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Kınalızade Ali Efendi ve Ahlak-ı Alai</t>
+          <t>Fideizm Nedir?</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>522</v>
+        <v>335</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789753557443</t>
+          <t>9786053264521</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Öyküler</t>
+          <t>Yeniden İslam'a</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>336</v>
+        <v>375</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789753555234</t>
+          <t>9786053264699</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>İmam’ı Rabbani ve İslam Tasavvufu</t>
+          <t>Benjamin Button’ın Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>379</v>
+        <v>110</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789753559812</t>
+          <t>9786053263586</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Berkeley İdealizmi</t>
+          <t>Başımdan Geçmeyen Hikayeler</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>274</v>
+        <v>222</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789753559546</t>
+          <t>9786053263753</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Müslüman, Osmanlı ve Modern Ahmet Cevdet Paşa</t>
+          <t>Kanuni Süleyman</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>336</v>
+        <v>202</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789753559881</t>
+          <t>9786053264118</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Portakal Bahçeleri</t>
+          <t>Yabanın Çağrısı</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>175</v>
+        <v>151</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789753559737</t>
+          <t>9786053264491</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareket Öncüleri - 3</t>
+          <t>Budist Kateşizm</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>539</v>
+        <v>250</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789753559782</t>
+          <t>9786053264637</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Açık Mektuplar</t>
+          <t>İslam Düşüncesinde Varlık Tartışmaları</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>145</v>
+        <v>338</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789753557528</t>
+          <t>9786053264170</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi’nin Menkıbeleri</t>
+          <t>Bir Başlangıcın Sonu</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>154</v>
+        <v>177</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789753555999</t>
+          <t>9789753559539</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Hümanizm ve Türkiye</t>
+          <t>Benden Başka Herkes</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>654</v>
+        <v>153</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789753550918</t>
+          <t>9786053264590</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Hüccetullahi’l-Baliğa (2 Cilt Takım) (Ciltli)</t>
+          <t>Mutlakçı Dil</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>2065</v>
+        <v>572</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789753550796</t>
+          <t>9786053264583</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Hicaz'dan Endülüs'e</t>
+          <t>Sevmek Nedir?</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>928</v>
+        <v>123</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789753554961</t>
+          <t>9786053264613</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Işığında Günün Meseleleri (2 Cilt Tek Ciltte) (Ciltli)</t>
+          <t>Korkunç Beyaz</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>1417</v>
+        <v>161</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789753559751</t>
+          <t>9786053264538</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığındaİnsan, Akıl ve Toplum</t>
+          <t>Çile Kırgını</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>303</v>
+        <v>193</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789753559744</t>
+          <t>9786053264569</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Siyaset</t>
+          <t>Bin Yılın Destanı</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>303</v>
+        <v>320</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789753559874</t>
+          <t>9786053264576</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Pencere</t>
+          <t>Paradigma Sonsuzluk</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>190</v>
+        <v>369</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789753559676</t>
+          <t>9786053264507</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Beklerken</t>
+          <t>99 Bestekardan İlahiler (Ciltli)</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>244</v>
+        <v>592</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786053260851</t>
+          <t>9786053264354</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Uzun ve Lacivert Günler</t>
+          <t>Satır Arasındaki Anlam</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>194</v>
+        <v>343</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786053260776</t>
+          <t>9786053264484</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Alaeddin Özdenören Bütün Şiirleri</t>
+          <t>Çiçekli Bir Boşluk</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>210</v>
+        <v>169</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786053260806</t>
+          <t>9786053264330</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Bosna'da Hukuksal ve Toplumsal Hayat</t>
+          <t>Türkiye’yi Yarınlara Taşımak (Ciltli)</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>298</v>
+        <v>392</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786053260844</t>
+          <t>9786053264446</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Ben Kaç Kişiyim</t>
+          <t>Delilik Paradoksu</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>138</v>
+        <v>282</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786053260530</t>
+          <t>9786053264453</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Yazının Yükü</t>
+          <t>Zan</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>422</v>
+        <v>242</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786053260752</t>
+          <t>9786053264477</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim Göstergebilim ve Edebiyat Eğitimi</t>
+          <t>Bu Sefer Lila Olsun Saçlarım</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>424</v>
+        <v>161</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786053260813</t>
+          <t>9786053264439</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Duvarsız Odalar</t>
+          <t>Geçti Dost Kervanı</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>248</v>
+        <v>222</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786053260738</t>
+          <t>9786053264286</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>1980 Türk Romanında Değerler Çözülmesi</t>
+          <t>Tay veya Hiç</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>484</v>
+        <v>133</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786053260769</t>
+          <t>9786053264279</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Eleştiri ve Göstergebilim</t>
+          <t>Eksile Eksile</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>367</v>
+        <v>154</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789753559607</t>
+          <t>9786053264361</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Seyir Balkonu</t>
+          <t>Bağlanma Kuramı İle Allah Tasavvuru (Ciltli)</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>202</v>
+        <v>539</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789753559720</t>
+          <t>9786053264156</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Hikayat</t>
+          <t>Türk Edebiyatında Kafka Etkisi</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>159</v>
+        <v>377</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789753559706</t>
+          <t>9786053264149</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Kavuğundan Öyküler</t>
+          <t>Hayallerin Ötesi</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>259</v>
+        <v>323</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789753559522</t>
+          <t>9786053264293</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Kışladan Medreseye</t>
+          <t>Sehergah</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>726</v>
+        <v>298</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789753555777</t>
+          <t>9786053264132</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Devlet Gücünün Sınırlanması</t>
+          <t>Hatırladığım Filmler</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>389</v>
+        <v>206</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789753559188</t>
+          <t>9786053264125</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Dervişan</t>
+          <t>Avrupa ve Kur'an</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>180</v>
+        <v>335</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789753554732</t>
+          <t>9786053264248</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Dert Söyletir</t>
+          <t>İmam Muhammed Masum, Mektubat-ı Masumiyye'si ve İrade Meselesine Yaklaşımı</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>248</v>
+        <v>326</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789753556668</t>
+          <t>9786053264255</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Derrida’dan Caputo’ya Dekonstrüksiyon ve Din</t>
+          <t>Mütekellim Usulcülere Göre İctihad</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>396</v>
+        <v>375</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789753551700</t>
+          <t>9786053264309</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Denize Açılan Kapı</t>
+          <t>Başka Biri Olmanın Romanı</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>162</v>
+        <v>306</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789753559386</t>
+          <t>9786053264224</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Açığını Kapatmak</t>
+          <t>Din Felsefesi Açısından Eş’ari Gelen-Ek-i Klasik ve Çağdaş Metinler Seçkisi 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>156</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789753552882</t>
+          <t>9786053264231</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Darülislam-Darülharb</t>
+          <t>Din Felsefesi Açısından Meşşai Gelen-Ek-i Klasik ve Çağdaş Metinler Seçkisi 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>335</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789753558440</t>
+          <t>9786053264194</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Darbe ve Muamma</t>
+          <t>Sus Yeri</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>176</v>
+        <v>169</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789753550529</t>
+          <t>9786053264217</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Çözülme</t>
+          <t>Gözümde Yaş Görseler</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789753553612</t>
+          <t>9786053264200</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Kozası ve Kültür ve Kitap ve Edebiyat</t>
+          <t>Sağanak</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>201</v>
+        <v>229</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789753552844</t>
+          <t>9786053264064</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yüzlü Yazılar</t>
+          <t>Deliliğin Evrensel Tarihi</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>193</v>
+        <v>169</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789753553575</t>
+          <t>9786053264040</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Çocuğa Adanmış Konuşmalar 1</t>
+          <t>Roman Ne Anlatır</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>298</v>
+        <v>340</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789753555821</t>
+          <t>9786053264071</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Çeribaşı Abdullah’la İdamlık İsmail</t>
+          <t>Bir Demet Öykü</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>180</v>
+        <v>349</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789753550536</t>
+          <t>9786053264026</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Çarpılmışlar</t>
+          <t>Rollo May Psikolojisinde Din ve Kişilik</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>238</v>
+        <v>226</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789753552707</t>
+          <t>9786053264033</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Çapraz İlişkiler Bütün Eserleri - 19</t>
+          <t>Mevlid-i Şerif</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>317</v>
+        <v>229</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789753559508</t>
+          <t>9786053263920</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Cephe</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>303</v>
+        <v>399</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789753559126</t>
+          <t>9786053263791</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Cemaleddin Efgani</t>
+          <t>Gecenin Gelişini Gördüm</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>364</v>
+        <v>239</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786053267799</t>
+          <t>9786053263784</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şifre</t>
+          <t>Yaşamak Sandığım</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>435</v>
+        <v>156</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789753555005</t>
+          <t>9786053263777</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Osmanlı Adab-ı Osmaniyye (Ciltli)</t>
+          <t>Devridaim Makinesi</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>1090</v>
+        <v>136</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789753556200</t>
+          <t>9786053264002</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Bir Varoluşçunun İman Savunusu</t>
+          <t>Türk Musikisi ve Armoni</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>234</v>
+        <v>171</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789753558457</t>
+          <t>9786053263975</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Berlin  Bağdat</t>
+          <t>99 Soruda Hz. Muhammed</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>257</v>
+        <v>245</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789753558853</t>
+          <t>9786053263913</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Benlik, Bilinç ve Vicdan</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>213</v>
+        <v>113</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789753553827</t>
+          <t>9786053263883</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Benim Şehirlerim</t>
+          <t>Ashab-ı Kehfimiz</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>268</v>
+        <v>113</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789753552417</t>
+          <t>9786053263937</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Hayat ve Ölüm</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>398</v>
+        <v>112</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789753559232</t>
+          <t>9786053263999</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Bay Öteki</t>
+          <t>Kur'an-ı Kerim'den Peygamber Kıssaları</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>320</v>
+        <v>529</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789753555548</t>
+          <t>9786053263081</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Barbar Denen Ötekiler</t>
+          <t>Sevgili'nin Yol Arkadaşı Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>145</v>
+        <v>458</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789753558792</t>
+          <t>9786053263982</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Bana Uzun Mektuplar Yaz</t>
+          <t>Kör Nokta</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>353</v>
+        <v>226</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789753559140</t>
+          <t>9786053263906</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi’ni Niçin Kaybettik?</t>
+          <t>Ceylan Uykusu</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>275</v>
+        <v>196</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789753559379</t>
+          <t>9786053263234</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Atropatena Destanı</t>
+          <t>Ramazan Kitabı</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>466</v>
+        <v>213</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789753554633</t>
+          <t>9786053263852</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Ateş Denizinde Yol Alan Gemi Siyaset ve Edebiyat Yazıları</t>
+          <t>Logostaki Mitos</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>412</v>
+        <v>250</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789753558310</t>
+          <t>9786053263968</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Atatürk</t>
+          <t>Uçuşta Namaz Vakitleri</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>125</v>
+        <v>352</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789753555067</t>
+          <t>9786053263814</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Diyalektiği</t>
+          <t>Nasihatname</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>349</v>
+        <v>226</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789753559133</t>
+          <t>9786053263760</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Assisili Francis ve Hıristiyan Mistisizmi</t>
+          <t>Sidre (Ciltli)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>388</v>
+        <v>298</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789753556798</t>
+          <t>9786053263685</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Asâ (Ciltli)</t>
+          <t>Türk Şiirinde Gelenek</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>297</v>
+        <v>459</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789753555746</t>
+          <t>9786053263838</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Arzuların Tercümanı</t>
+          <t>Kendi İmdadına Da Koşup Gelen Hızır</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>143</v>
+        <v>169</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789753554336</t>
+          <t>9786053263722</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Yola Çıkmak</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>155</v>
+        <v>192</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789753556156</t>
+          <t>9786053263678</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Amiri’ye Göre İslam ve Öteki Dinler</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>284</v>
+        <v>250</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789753557337</t>
+          <t>9786053263630</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Alman Oryantalizminde Kur’an’a Bakış</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>306</v>
+        <v>120</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789753558242</t>
+          <t>9786053263692</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Alevi-Bektaşi Geleneğinde Kur’an Anlayışı</t>
+          <t>Edebiyatın Doğası</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>300</v>
+        <v>268</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789753559355</t>
+          <t>9786053263708</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Acı Çekmiş Yüzünde</t>
+          <t>Edebiyat ve Delilik</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>254</v>
+        <v>407</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789753552905</t>
+          <t>9786053263647</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Acemi Yolcu</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>273</v>
+        <v>143</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789753558563</t>
+          <t>9786053263272</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>99 Soruda Osmanlı</t>
+          <t>Hikayeden Öyküye Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>284</v>
+        <v>313</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789753557290</t>
+          <t>9786053263654</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>11 Zabit 11 Subay</t>
+          <t>Karanlığın Yüreği</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>179</v>
+        <v>154</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789753557115</t>
+          <t>9786053263746</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Zılal (Ciltli)</t>
+          <t>Behçet Bey Neden Gülümsedi?</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>328</v>
+        <v>202</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789753551052</t>
+          <t>9786053263579</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Aşan Şehirler</t>
+          <t>Yahudulikte Tefsir Geleneği</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>280</v>
+        <v>459</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789753553919</t>
+          <t>9786053263326</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Yüzler</t>
+          <t>İskoç Aydınlanması</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>269</v>
+        <v>576</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789753551991</t>
+          <t>9786053263593</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Yumurtayı Hangi Ucundan Kırmalı Bütün Eserleri 5</t>
+          <t>Yüceliş - İnsanlığın Tekamülü</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>341</v>
+        <v>355</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789753552776</t>
+          <t>9786053263555</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Yolların Ayrılış Noktasında İslam</t>
+          <t>Erdemi Keşfetmek</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>202</v>
+        <v>353</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789753556477</t>
+          <t>9786053261421</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Yoita</t>
+          <t>Servetin Denetimine Yönelik Bir Uygulama Müsadere</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>169</v>
+        <v>303</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789753558488</t>
+          <t>9786053263487</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Yitirilmiş Hikmeti Ararken</t>
+          <t>Hadislerin Işığında Hz. Muhammed</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>574</v>
+        <v>344</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789753554725</t>
+          <t>9786053263371</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Yitik Yaşamın Güncesi</t>
+          <t>Acı Yok</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>374</v>
+        <v>242</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789753559409</t>
+          <t>9786053263395</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Sosyoloji</t>
+          <t>İçler Düşler Çarpımı</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>509</v>
+        <v>106</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789753551878</t>
+          <t>9786053262817</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeninin Sefaleti</t>
+          <t>Ağzı Var Dili Yok Şehrazat</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>318</v>
+        <v>239</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789753557375</t>
+          <t>9786053263494</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Peygamberimiz</t>
+          <t>Piyasa Aklı ve Yeni Muhafazakar Ahlak</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>218</v>
+        <v>300</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789753552004</t>
+          <t>9786053263388</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığımız Günler</t>
+          <t>Düş Düşe Uğultular</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>340</v>
+        <v>229</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789753557306</t>
+          <t>9786053263425</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan "Devrim"</t>
+          <t>Unutulmayan</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>268</v>
+        <v>308</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789753557412</t>
+          <t>9786053263418</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Yakın Yabancı</t>
+          <t>Suud Selefiliği</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>392</v>
+        <v>338</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789753558167</t>
+          <t>9786053263333</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Yahudiliğin Kısa Tarihi</t>
+          <t>Ansiklopedik Hinduizm Sözlüğü</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>277</v>
+        <v>835</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789753557825</t>
+          <t>9786053263319</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Dili</t>
+          <t>Ansiklopedik Edebiyat Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>372</v>
+        <v>435</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789753558914</t>
+          <t>9786053263463</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Rumeli’ye Vedası</t>
+          <t>Cumhuriyet'ten Sonra Türk Şiiri</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>323</v>
+        <v>256</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789753557887</t>
+          <t>9786053263227</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Otantik Felsefe Yapabilmenin İmkanı ve Din Felsefesi</t>
+          <t>Doğruya Doğru - İhtida Öyküleri 2</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>279</v>
+        <v>277</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789753558570</t>
+          <t>9786053263104</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Bir Felsefe Gelen-ek-i Kurmaya Çalışmak 2 (Ciltli)</t>
+          <t>Toplumsal Hafıza</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>1207</v>
+        <v>353</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789753558013</t>
+          <t>9786053263456</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Bir Felsefe Gelen-ek-i Kurmaya Çalışmak (Ciltli)</t>
+          <t>Edebiyat Bilimi</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>1186</v>
+        <v>325</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789753551953</t>
+          <t>9786053263401</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Türk Öykücülüğünde Rasim Özdenören</t>
+          <t>Osmanlı İktisat Tasavvuru ve Modernleşme</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>335</v>
+        <v>282</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789753555043</t>
+          <t>9786053263241</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Türk Halkının Gözüyle Diyanet</t>
+          <t>Yollarda - İhtida Öyküleri 1</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>78</v>
+        <v>302</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789753559027</t>
+          <t>9786053263364</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Türk Din Sosyolojisinde Mehmet Rami Ayas</t>
+          <t>Yakarım Gül Satanlar Bahçesini</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>384</v>
+        <v>224</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789753558785</t>
+          <t>9786053263210</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Tarihi</t>
+          <t>Korkudan Yontulmuş Bastonlar</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>467</v>
+        <v>194</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789753556606</t>
+          <t>9786053263142</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Tevhidin Esasları</t>
+          <t>Klasik Şerh Geleneğinde Üslup</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>226</v>
+        <v>530</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789753555876</t>
+          <t>9786053263289</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Risalesi</t>
+          <t>Muhteris</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>218</v>
+        <v>154</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789753552486</t>
+          <t>9786053263296</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Dönemi</t>
+          <t>Yerli Yerinde</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>176</v>
+        <v>358</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789753555555</t>
+          <t>9786053263265</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Menşei Problemi</t>
+          <t>Dil Şiir Hakikat</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>244</v>
+        <v>292</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789753552196</t>
+          <t>9786053262985</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf</t>
+          <t>Felsefe Vokabüleri</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>353</v>
+        <v>283</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789753555012</t>
+          <t>9786053261285</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf</t>
+          <t>Akif Duruşlu Asım</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>307</v>
+        <v>375</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789753557153</t>
+          <t>9786053262992</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Örtünmenin Anlamları</t>
+          <t>Hac Çağrısı</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>356</v>
+        <v>154</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789753557139</t>
+          <t>9786053262978</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’yı Bilmek</t>
+          <t>Evsizler Şarkı Söyler</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>391</v>
+        <v>217</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789753558389</t>
+          <t>9786053263203</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’ya Sığınmak</t>
+          <t>Soru ve Cevaplarla Aile Hayatı</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>226</v>
+        <v>285</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789753555739</t>
+          <t>9786053263197</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Şiirde Metafizik Gerçek</t>
+          <t>Zilha Günü</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>322</v>
+        <v>176</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789753558754</t>
+          <t>9786053263180</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Şia’nın Oluşumu</t>
+          <t>Kırmızı</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>263</v>
+        <v>169</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789753559119</t>
+          <t>9786053262909</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin</t>
+          <t>Kaf Dağı Caddesi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>402</v>
+        <v>227</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789753556125</t>
+          <t>9786053263166</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Süreç Teolojisi</t>
+          <t>Derin Siyah</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>290</v>
+        <v>96</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789753556446</t>
+          <t>9786053262039</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Sufi</t>
+          <t>Mürekkep</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789753559454</t>
+          <t>9786053261995</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Sudan Gelen Bir Hz. Musa Romanı</t>
+          <t>Türk Düşüncesinin Sosyolojisi</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>509</v>
+        <v>229</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789753556088</t>
+          <t>9786053262008</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Statükocu Dana</t>
+          <t>Yeni Din Sosyolojileri</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>306</v>
+        <v>280</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789753558990</t>
+          <t>9786053261803</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiden İdeolojiye</t>
+          <t>Şar</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>290</v>
+        <v>298</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789753553261</t>
+          <t>9786053263159</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Son Devrin İslam Akademisi Daru’l-Hikmeti’l-İslamiye</t>
+          <t>Düşünceyi Eylem İçin Bilmek</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>184</v>
+        <v>515</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789753558471</t>
+          <t>9786053262879</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Son Büyülü Günler</t>
+          <t>Berk</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>233</v>
+        <v>297</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789753558181</t>
+          <t>9786053263074</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Hukuk Arasında Anayasa Mahkemesi</t>
+          <t>Siyonizm Karşıtı Yahudiler</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>267</v>
+        <v>242</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789753554978</t>
+          <t>9786053262428</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud</t>
+          <t>Batı Şiiri ve Tevfik Fikret</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>274</v>
+        <v>388</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789753558969</t>
+          <t>9786053263111</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Sınıra Yakın</t>
+          <t>Düşünceler</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>539</v>
+        <v>259</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789753558273</t>
+          <t>9786053263128</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare</t>
+          <t>Gölgeler ve Işıklar</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>358</v>
+        <v>287</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786053264682</t>
+          <t>9786053262954</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Redifler</t>
+          <t>Bir Medeniyet Şairi Akif İnan</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>190</v>
+        <v>421</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789753556729</t>
+          <t>9786053262916</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Selvi</t>
+          <t>Adı Leyla Olsun</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789753557184</t>
+          <t>9786053262923</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Selçuklularda Egemenlik Sembolleri</t>
+          <t>Alesta Gönül</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>486</v>
+        <v>224</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789753550000</t>
+          <t>9786053262930</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Gerçek ve Büyü Arasında Sinema</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>1773</v>
+        <v>350</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789753553339</t>
+          <t>9786053263098</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Rüya Saati</t>
+          <t>Dilin Ötesi</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>137</v>
+        <v>191</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789753552400</t>
+          <t>9786053263012</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Malzemeleri Bütün Eserleri 12</t>
+          <t>Mum İle Pervane</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>429</v>
+        <v>265</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789753553421</t>
+          <t>9786053262961</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Bir Kadındır</t>
+          <t>Doğu Büyüsü - Ah Kudüs</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>313</v>
+        <v>352</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789753554916</t>
+          <t>9786053262640</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Rönesans</t>
+          <t>ABD'de Din-Devlet İlişkileri</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>308</v>
+        <v>421</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789753554503</t>
+          <t>9786053262695</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Romeo ile Juliet</t>
+          <t>Dördüncü Dilek</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>248</v>
+        <v>300</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789753555029</t>
+          <t>9786053262893</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Romalılar</t>
+          <t>Hemen Hemen Hiç</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>274</v>
+        <v>192</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789753559072</t>
+          <t>9786053262701</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Risaleler</t>
+          <t>Seni Ne İhtiyarlattı?</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>681</v>
+        <v>226</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789753552967</t>
+          <t>9786053262725</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Red Yazıları Bütün Eserleri - 16</t>
+          <t>Sevinebilirsin Suada İşte Yalnızız</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>308</v>
+        <v>169</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789753550048</t>
+          <t>9786053262664</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Peygamberi</t>
+          <t>İslam Hukukunda Cenin Ahkamı</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>572</v>
+        <v>358</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789753557061</t>
+          <t>9786053262756</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Pontus Meselesi</t>
+          <t>İnsan ve İslam</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>467</v>
+        <v>146</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789753558662</t>
+          <t>9786053262794</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Peygamberim Diyor ki</t>
+          <t>Şiirin Geçitleri</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>779</v>
+        <v>147</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789753559065</t>
+          <t>9786053262688</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Paranoyak Anne-Babalık</t>
+          <t>Dile Kolay</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>355</v>
+        <v>620</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789753555890</t>
+          <t>9786053262800</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük Düşüncesi</t>
+          <t>Azize'nin Son Günü</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>290</v>
+        <v>192</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789753555487</t>
+          <t>9786053262442</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme ve Öğretme Süreçlerinde Dini İletişim</t>
+          <t>Herhangi Birinin Notları</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>364</v>
+        <v>288</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789753558419</t>
+          <t>9786053262848</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Borç Batağı</t>
+          <t>Kılık Kıyafet ve İktidar</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>481</v>
+        <v>401</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789753553506</t>
+          <t>9786053262831</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şirket Kültürü 16. - 17. Yüzyıllarda Mudarebe Uygulaması</t>
+          <t>Türbanın Yeniden İcadı</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>376</v>
+        <v>414</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789753558174</t>
+          <t>9786053262398</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Müfessirleri</t>
+          <t>MSP Davası ve 12 Eylül</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>355</v>
+        <v>227</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789753556057</t>
+          <t>9786053262749</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Bilginleri</t>
+          <t>Geleceğin İnsanı</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>1228</v>
+        <v>318</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789753554183</t>
+          <t>9786053262732</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İslam Felsefesine Giriş</t>
+          <t>Açılı/Yorum</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>401</v>
+        <v>357</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789753555357</t>
+          <t>9786053262510</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>New York’tan Los Angeles’e Yeni Roma</t>
+          <t>İlmü'n Nefs Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>259</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789753557214</t>
+          <t>9786053262657</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Neden İslam’ı Seçiyorlar</t>
+          <t>İhtilaflı Hadisler</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>380</v>
+        <v>252</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789753559195</t>
+          <t>9786053262671</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’nın Biri Bir Gün</t>
+          <t>Aristoteles’ten Ernest Sosa’ya Erdem Epistemolojisi</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>206</v>
+        <v>313</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789753558327</t>
+          <t>9786053262619</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Mütarekeden Büyük Taarruza</t>
+          <t>Edebiyat ve Medeniyet Üzerine</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>328</v>
+        <v>154</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789753555975</t>
+          <t>9786053262602</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Müslüman - Hıristiyan Diyaloğu</t>
+          <t>Din ve Uygarlık</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>546</v>
+        <v>224</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789753558938</t>
+          <t>9786053262527</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Muttaki</t>
+          <t>Okuma Hikayeleri</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>356</v>
+        <v>599</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789753553568</t>
+          <t>9786053262534</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Milli Şef Dönemi Çok-Partili Hayata Geçişte Rol Oynayan İç ve Dış Tesirler 1938-1945</t>
+          <t>Ses ve Gölge</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>465</v>
+        <v>202</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789753555616</t>
+          <t>9786053262541</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Mehdilik Fenomeni</t>
+          <t>Yazma Hikayeleri</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>564</v>
+        <v>637</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789753556286</t>
+          <t>9786053262596</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Laik Düzende Dini Yaşamak Cilt: 4</t>
+          <t>Nativity'nin İzinde</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>654</v>
+        <v>369</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789753555364</t>
+          <t>9786053262589</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Sanayileşme</t>
+          <t>İç Bir Şey</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>226</v>
+        <v>219</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789753558594</t>
+          <t>9786053262572</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Din</t>
+          <t>Tasavvuf Şeriatsiz Olmaz</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>282</v>
+        <v>279</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789753553926</t>
+          <t>9786053262480</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Kuyu</t>
+          <t>Filim Adamlar</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>171</v>
+        <v>161</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789753554107</t>
+          <t>9786053262473</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kutü’l-Kulub Kalplerin Azığı (4 Cilt Takım) (Ciltli)</t>
+          <t>Ay Işığında Vav'ın Odası</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>3973</v>
+        <v>194</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789753554015</t>
+          <t>9786053262374</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılmış Çocukluğun Öyküsü</t>
+          <t>Yol Arkadaşım Olur musun?</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>226</v>
+        <v>169</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789753558402</t>
+          <t>9786053262350</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Atlar</t>
+          <t>Sonsuzluğun Işığı Seni Aydınlatsın</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>481</v>
+        <v>200</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789753558396</t>
+          <t>9786053262329</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın İlk Kadın Yorumcuları</t>
+          <t>O'nu Tanıdıkça Mutlu Olacaksın</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>303</v>
+        <v>193</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786053263135</t>
+          <t>9786053262367</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Anlamak (Tefsir İlminin Temel Meseleleri)</t>
+          <t>Mucize Avcısı</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>533</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789753550178</t>
+          <t>9786053262336</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Hz. Musa</t>
+          <t>Kalbini İyileştirmek İster misin?</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>424</v>
+        <v>259</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789753556842</t>
+          <t>9786053262381</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Mekke</t>
+          <t>Geldim Gördüm Sordum</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>322</v>
+        <v>193</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789753557481</t>
+          <t>9786053262626</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Üzerine İslam Sembolizmi</t>
+          <t>Felsefi Gök Kubbemiz</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789753556804</t>
+          <t>9786053262466</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Kulbar (Ciltli)</t>
+          <t>Amca Bey Öldü</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>328</v>
+        <v>154</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789753553933</t>
+          <t>9786053262299</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Köpekçe Düşünceler</t>
+          <t>Ateşte Yıkanmış Atlar</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>221</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789753550345</t>
+          <t>9786053262312</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’r Ruh (Ciltli)</t>
+          <t>Ölüm Kadar Güzel</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>677</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789753550499</t>
+          <t>9786053262305</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Kirlenmenin Boyutları</t>
+          <t>Romanın Krizi</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>226</v>
+        <v>161</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789753559270</t>
+          <t>9786053262282</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Kimin Tarihi, Hangi Hermenötik?</t>
+          <t>Şeker Kırığı</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>249</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789753559249</t>
+          <t>9786053262435</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Kefendeki Misket</t>
+          <t>Türklerin Balkan Hezimeti</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>184</v>
+        <v>259</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789753557450</t>
+          <t>9786053262411</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Hanzala</t>
+          <t>Nasıralı</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>446</v>
+        <v>496</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789753554466</t>
+          <t>9786053262558</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Kapıda Bir Çift Ayakkabı</t>
+          <t>İmam Matüridi ve Mezhep Eleştirileri</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>187</v>
+        <v>259</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789753550789</t>
+          <t>9786053262565</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Kafa Karıştıran Kelimeler</t>
+          <t>Hz. Peygamberin Şemail-i Şerifi</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>287</v>
+        <v>476</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789753558952</t>
+          <t>9786053262503</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>İş ve Ticaret İlmihali (Ciltli)</t>
+          <t>Görmek - Göstermek</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>690</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789753557603</t>
+          <t>9786053262497</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>İslami Hayatın Psikolojik Temelleri</t>
+          <t>Fotoğrafta Ayrı Duran</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>194</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789753552684</t>
+          <t>9786053260356</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareketler ve Modernlik</t>
+          <t>Düşünmenin Anlamı</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>298</v>
+        <v>324</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789753559171</t>
+          <t>9786053262459</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareket Öncüleri - 1</t>
+          <t>Adem'in Cevap Vermesi</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>545</v>
+        <v>193</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789753555609</t>
+          <t>9786053261810</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Sosyolojik Yorumu</t>
+          <t>Kudüs Ey Ey (Ciltli)</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>572</v>
+        <v>297</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789753555562</t>
+          <t>9786053262138</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>İslam Mezheplerinde Ruh</t>
+          <t>Modern Osmanlı Ordusunda Alaylılar ve Mektepliler</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>408</v>
+        <v>372</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789753551113</t>
+          <t>9786053262275</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıkhı ve Sünnet</t>
+          <t>Yeni Arayış ve İleri Demokrasi Fikrinin Doğuşu</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>358</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789753558235</t>
+          <t>9786053262268</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasının Çağdaşlaşma Serüveni</t>
+          <t>İnsan ve Gerçek</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>350</v>
+        <v>282</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789753551487</t>
+          <t>9786053262206</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Modernleşme ve Toplumbilim</t>
+          <t>Şefkat Yolu</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>468</v>
+        <v>323</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789753552912</t>
+          <t>9786053262022</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>İpin Ucu</t>
+          <t>Edebiyatın Sırça Kulesi</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>252</v>
+        <v>223</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789753558778</t>
+          <t>9786053262213</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar ve İnsancılar</t>
+          <t>Geleceğe Dönüş</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789753557122</t>
+          <t>9786053262176</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>İmam Matüridi’de Akıl-Vahiy İlişkisi</t>
+          <t>Büyük Buluşma</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>283</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786053264552</t>
+          <t>9786053262190</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>İlk Devir Hadis Edebiyatı ve Peygamberimiz’in Hadisleri’nin Tedvin Tarihi (H. 1-150 - M. 622-657)</t>
+          <t>Varolmanın Neşesi</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>492</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789753558648</t>
+          <t>9786053262220</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>İktidar Parantezi</t>
+          <t>Aşkın Yolcuları</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>460</v>
+        <v>356</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789753558426</t>
+          <t>9786053262244</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>İki Dünyanın Hesaplaşması</t>
+          <t>O Korkunç Maharet</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>295</v>
+        <v>77</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789753552691</t>
+          <t>9786053262053</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya</t>
+          <t>İmge, Gerçeklik ve Kültür</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>344</v>
+        <v>236</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789753558105</t>
+          <t>9786053262251</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>İki Din Mazlumu</t>
+          <t>Yol Hakkı</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>184</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789753553810</t>
+          <t>9786053262046</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>İçtihad, Taklid ve Telfik Üzerine Dört Risale</t>
+          <t>Yazının Gizledikleri</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>322</v>
+        <v>387</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789753556101</t>
+          <t>9786053262152</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd Psikolojisi Fizikten Metafiziğe İbn Rüşd’ün İnsan Tasavvuru</t>
+          <t>Şiirler 1979 -1992</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>435</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789753558020</t>
+          <t>9786053261544</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Ivan Agueli: Özgürlüğün Romanı</t>
+          <t>Gece Yürüyüşü</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>390</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789753559164</t>
+          <t>9786053261957</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Hayatı</t>
+          <t>Islak Kibritler</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>327</v>
+        <v>209</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789753554312</t>
+          <t>9786053261933</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Hışırtı</t>
+          <t>Bu Bir Aşk Hikayesi Değildir</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>241</v>
+        <v>178</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789753557399</t>
+          <t>9786053261971</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Dünyasında Kur’an Karşıtı Söylemin Tarihsel Kökleri</t>
+          <t>Ömürlük Yara</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>335</v>
+        <v>159</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789753554626</t>
+          <t>9786053261568</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen</t>
+          <t>Peygamberin Kardeşleri</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>509</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789753558099</t>
+          <t>9786053261704</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızdaki İslam 3</t>
+          <t>Din Felsefesi Açısından Maturidi Gelen-Ek-i 3</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>473</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789753556279</t>
+          <t>9786053262015</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızdaki İslam 2</t>
+          <t>Kur'an'la Yaşayanlar</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>605</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789753554756</t>
+          <t>9786053261926</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızdaki İslam 1</t>
+          <t>Alışmak Ölümüne Karşı</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>612</v>
+        <v>197</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789753551670</t>
+          <t>9786053261834</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Hastalar ve Işıklar</t>
+          <t>Osmanlı Aile Hukuku</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>188</v>
+        <v>303</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789753558358</t>
+          <t>9786053261728</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Hamza</t>
+          <t>Hz. Muhammed Hayatı ve Risaleti</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>252</v>
+        <v>607</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789753559362</t>
+          <t>9786053261964</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Halife</t>
+          <t>Birden Bine</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>301</v>
+        <v>197</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789753557405</t>
+          <t>9786053261919</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Müslümanlık 1: Namaz</t>
+          <t>Günbegün</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>176</v>
+        <v>202</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789753550222</t>
+          <t>9786053261827</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Hadis-i Şerifler Işığında İlahi Kelamın Müdafaası</t>
+          <t>Yerlere Göklere</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>275</v>
+        <v>193</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789753558686</t>
+          <t>9786053261759</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve Sünnette Oryantalist Yaklaşımlar</t>
+          <t>Yirmi Sekiz</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789753554794</t>
+          <t>9786053261742</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde İslam ve Hıristiyanlık</t>
+          <t>Deliler ve Flamingolar</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>286</v>
+        <v>226</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789753556712</t>
+          <t>9786053261698</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Altında Söyleşiler</t>
+          <t>Katılım Ekonomisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>138</v>
+        <v>396</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789753551663</t>
+          <t>9786053261155</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Gül Yetiştiren Adam</t>
+          <t>İslam Hukukunda Farklar</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>237</v>
+        <v>282</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789753556651</t>
+          <t>9786053261674</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Gözgü (Ciltli)</t>
+          <t>Kör Kuyu</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>298</v>
+        <v>283</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789753553582</t>
+          <t>9786053261681</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Gösteri Çağı Çocukları</t>
+          <t>Rasim Özdenören: Ruh Denizinden Öyküler</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>224</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789753552370</t>
+          <t>9786053261667</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Üniversite</t>
+          <t>Aradan Geçen Uzun Yıllar</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>239</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789753555241</t>
+          <t>9786053261650</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Gerçek İslam’da Birlik</t>
+          <t>Tek Parti Dönemi ve Batıcılık</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>576</v>
+        <v>156</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789753558921</t>
+          <t>9786053261575</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu’dan Bağdat’a</t>
+          <t>Zamanın Gözleri</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>322</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789753556828</t>
+          <t>9786053261612</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Gece Yürüyüşü (Ciltli)</t>
+          <t>Melek Kayıtları</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>299</v>
+        <v>229</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789753554565</t>
+          <t>9786053261629</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Gardiyan</t>
+          <t>Çifte Açmaz</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>182</v>
+        <v>92</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789753554152</t>
+          <t>9786053261582</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Freud ve Din</t>
+          <t>Şirin’in Düğünü</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>255</v>
+        <v>582</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789753558297</t>
+          <t>9786053261483</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Fetih</t>
+          <t>Şiirin Fiileri Hakkında</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789753558587</t>
+          <t>9786053261469</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Felaketi Gördüm</t>
+          <t>Hilye - Bürde Kasidesi</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>234</v>
+        <v>304</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789753557795</t>
+          <t>9786053261520</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin er-Razi’nın İbn Sina Yorumu ve Eleştirisi</t>
+          <t>Hasan Aycın'ın Çizgisi</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>616</v>
+        <v>204</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789753554329</t>
+          <t>9786053261452</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Eşikte Duran İnsan</t>
+          <t>Necip Fazıl Kısakürek: Büyük Doğu Irmağı</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>221</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789753556811</t>
+          <t>9786053261391</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Esrarname</t>
+          <t>Öykü Burcu</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>130</v>
+        <v>298</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789753558501</t>
+          <t>9786053261476</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Enteller Aleykümselam Der mi?</t>
+          <t>Hurüfilik ve Bektaşilik</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>358</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789753557955</t>
+          <t>9786053261384</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Empati ve Din</t>
+          <t>Ve Sonra</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>290</v>
+        <v>178</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786053264378</t>
+          <t>9786053261193</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>El-Muvafakat (4 Kitap Takım) (Ciltli)</t>
+          <t>Dini ve Felsefi Açıdan Anlamın Doğası</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>3930</v>
+        <v>356</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789753554572</t>
+          <t>9786053261414</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Elif Ana</t>
+          <t>Ohri Halveti Hayati Asitanesi</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>176</v>
+        <v>668</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789753555135</t>
+          <t>9786053261438</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri</t>
+          <t>Hayatımızdaki İslam - 4</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>196</v>
+        <v>581</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786053263449</t>
+          <t>9786053267867</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine</t>
+          <t>Oruç Mevsimi</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>139</v>
+        <v>244</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789753556040</t>
+          <t>9786053261162</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Efendimizin Dilinden İslam Ahkamı (Ciltli)</t>
+          <t>Helena Petrovna Blavatsky ve Modern Teosofi</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>691</v>
+        <v>553</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789753556934</t>
+          <t>9786053261292</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz’in Dilinden Hz. Ali'ye Öğütler</t>
+          <t>Camide Dans Var</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>98</v>
+        <v>302</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789753550925</t>
+          <t>9786053261360</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Efendimizin Dilinden Dualar ve Zikirler (Ciltli)</t>
+          <t>Ruh Bakımı</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>679</v>
+        <v>259</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789753555579</t>
+          <t>9786053261339</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Ebu Bekir Razi’nin Ahlak Felsefesi</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>257</v>
+        <v>283</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789753555753</t>
+          <t>9786053261377</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Dörtlükler</t>
+          <t>Sizin Yıldızınız Kim?</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>203</v>
+        <v>302</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789753558280</t>
+          <t>9786053261353</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Dörtbaşı Mamur Şahin Çakırpençe</t>
+          <t>Oyuncak Tamirhanesi</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>205</v>
+        <v>309</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789753559010</t>
+          <t>9786053261315</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Diyalog ve Korku</t>
+          <t>İlim Şehri</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>234</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789753556026</t>
+          <t>9786053261322</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Dinleri Tartışmak</t>
+          <t>Kalbimizin Baharı</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>473</v>
+        <v>299</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789753556590</t>
+          <t>9786053261131</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihinin Batılı Öncüleri</t>
+          <t>İftah</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>618</v>
+        <v>298</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789753556248</t>
+          <t>9786053261216</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Dini Çoğulculuk</t>
+          <t>Tehlikeli Denemeler</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>257</v>
+        <v>378</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789753555906</t>
+          <t>9786053260929</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Din Toplum ve Kültür</t>
+          <t>Yazı Bilinci</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>354</v>
+        <v>283</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789753557597</t>
+          <t>9786053261018</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisine Giriş</t>
+          <t>Yaprak Ahalisi</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>358</v>
+        <v>133</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789753553445</t>
+          <t>9786053260912</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Din Dili</t>
+          <t>Sonrası</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>358</v>
+        <v>169</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789753555166</t>
+          <t>9789753559911</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Dibbuk</t>
+          <t>Sesim Bana Yetmiyor</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>176</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789753557566</t>
+          <t>9786053260981</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Muhyiddin İbn Arabi’nin Gavsiyye Risalesi Şerhi</t>
+          <t>Felsefe Dili Olarak Türkçenin Gelişim Aşamaları ve Felsefe Sözlüklerimiz 2</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>146</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789753556576</t>
+          <t>9786053260943</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Mudejares &amp; Sefarades</t>
+          <t>Felsefe Dili Olarak Türkçenin Gelişim Aşamaları ve Sözlüklerimiz 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>476</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789753558303</t>
+          <t>9786053261001</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Moliere</t>
+          <t>Bulaşık Suyundaki Çay Kaşığı</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>408</v>
+        <v>251</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789753555920</t>
+          <t>9786053261049</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Moğol İstilası ve Abbasi Devleti’nin Yıkılışı</t>
+          <t>Alevilik Bektaşilik Geleneği ve İslam</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>400</v>
+        <v>188</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:3">
+      <c r="A1085" s="1" t="inlineStr">
+        <is>
+          <t>9786053260783</t>
+        </is>
+      </c>
+      <c r="B1085" s="1" t="inlineStr">
+        <is>
+          <t>Mısır'da Türkler, Araplar ve Yahudiler</t>
+        </is>
+      </c>
+      <c r="C1085" s="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:3">
+      <c r="A1086" s="1" t="inlineStr">
+        <is>
+          <t>9789753558228</t>
+        </is>
+      </c>
+      <c r="B1086" s="1" t="inlineStr">
+        <is>
+          <t>Sayha</t>
+        </is>
+      </c>
+      <c r="C1086" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:3">
+      <c r="A1087" s="1" t="inlineStr">
+        <is>
+          <t>9789753553551</t>
+        </is>
+      </c>
+      <c r="B1087" s="1" t="inlineStr">
+        <is>
+          <t>Kent İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1087" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:3">
+      <c r="A1088" s="1" t="inlineStr">
+        <is>
+          <t>9786053260936</t>
+        </is>
+      </c>
+      <c r="B1088" s="1" t="inlineStr">
+        <is>
+          <t>Uyumsuzlar</t>
+        </is>
+      </c>
+      <c r="C1088" s="1">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:3">
+      <c r="A1089" s="1" t="inlineStr">
+        <is>
+          <t>9789753559713</t>
+        </is>
+      </c>
+      <c r="B1089" s="1" t="inlineStr">
+        <is>
+          <t>Güneşe Koşan Adam</t>
+        </is>
+      </c>
+      <c r="C1089" s="1">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:3">
+      <c r="A1090" s="1" t="inlineStr">
+        <is>
+          <t>9786053260998</t>
+        </is>
+      </c>
+      <c r="B1090" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamberin Yasakları</t>
+        </is>
+      </c>
+      <c r="C1090" s="1">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:3">
+      <c r="A1091" s="1" t="inlineStr">
+        <is>
+          <t>9786053260967</t>
+        </is>
+      </c>
+      <c r="B1091" s="1" t="inlineStr">
+        <is>
+          <t>Felsefenin Sonu</t>
+        </is>
+      </c>
+      <c r="C1091" s="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:3">
+      <c r="A1092" s="1" t="inlineStr">
+        <is>
+          <t>9786053260745</t>
+        </is>
+      </c>
+      <c r="B1092" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Metin</t>
+        </is>
+      </c>
+      <c r="C1092" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:3">
+      <c r="A1093" s="1" t="inlineStr">
+        <is>
+          <t>9789753559102</t>
+        </is>
+      </c>
+      <c r="B1093" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihinde Depremler ve Algılanma Biçimleri</t>
+        </is>
+      </c>
+      <c r="C1093" s="1">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:3">
+      <c r="A1094" s="1" t="inlineStr">
+        <is>
+          <t>9786053260684</t>
+        </is>
+      </c>
+      <c r="B1094" s="1" t="inlineStr">
+        <is>
+          <t>Caetani'ye Reddiye (2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1094" s="1">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:3">
+      <c r="A1095" s="1" t="inlineStr">
+        <is>
+          <t>9786053260714</t>
+        </is>
+      </c>
+      <c r="B1095" s="1" t="inlineStr">
+        <is>
+          <t>Hep Aynı Hikaye</t>
+        </is>
+      </c>
+      <c r="C1095" s="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:3">
+      <c r="A1096" s="1" t="inlineStr">
+        <is>
+          <t>9789753555371</t>
+        </is>
+      </c>
+      <c r="B1096" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı’ya Dair</t>
+        </is>
+      </c>
+      <c r="C1096" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:3">
+      <c r="A1097" s="1" t="inlineStr">
+        <is>
+          <t>9786053260646</t>
+        </is>
+      </c>
+      <c r="B1097" s="1" t="inlineStr">
+        <is>
+          <t>Kureyş Kervanları</t>
+        </is>
+      </c>
+      <c r="C1097" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:3">
+      <c r="A1098" s="1" t="inlineStr">
+        <is>
+          <t>9786053260004</t>
+        </is>
+      </c>
+      <c r="B1098" s="1" t="inlineStr">
+        <is>
+          <t>Tuna Nehrinde Bir Yitik Vatan Adakale</t>
+        </is>
+      </c>
+      <c r="C1098" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:3">
+      <c r="A1099" s="1" t="inlineStr">
+        <is>
+          <t>9786053260721</t>
+        </is>
+      </c>
+      <c r="B1099" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Günümüze Ohri Gölü’nde Bir İnci : Struga</t>
+        </is>
+      </c>
+      <c r="C1099" s="1">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:3">
+      <c r="A1100" s="1" t="inlineStr">
+        <is>
+          <t>9786053260608</t>
+        </is>
+      </c>
+      <c r="B1100" s="1" t="inlineStr">
+        <is>
+          <t>Deli Dumrul</t>
+        </is>
+      </c>
+      <c r="C1100" s="1">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:3">
+      <c r="A1101" s="1" t="inlineStr">
+        <is>
+          <t>9786053260622</t>
+        </is>
+      </c>
+      <c r="B1101" s="1" t="inlineStr">
+        <is>
+          <t>Izdırap ve Merhamet</t>
+        </is>
+      </c>
+      <c r="C1101" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:3">
+      <c r="A1102" s="1" t="inlineStr">
+        <is>
+          <t>9786053260561</t>
+        </is>
+      </c>
+      <c r="B1102" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ın Selefi Yorumu</t>
+        </is>
+      </c>
+      <c r="C1102" s="1">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:3">
+      <c r="A1103" s="1" t="inlineStr">
+        <is>
+          <t>9786053260592</t>
+        </is>
+      </c>
+      <c r="B1103" s="1" t="inlineStr">
+        <is>
+          <t>Şiir ve Hayat</t>
+        </is>
+      </c>
+      <c r="C1103" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:3">
+      <c r="A1104" s="1" t="inlineStr">
+        <is>
+          <t>9789753559690</t>
+        </is>
+      </c>
+      <c r="B1104" s="1" t="inlineStr">
+        <is>
+          <t>Kız Kulesi’nden Galata’ya Mektuplar</t>
+        </is>
+      </c>
+      <c r="C1104" s="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:3">
+      <c r="A1105" s="1" t="inlineStr">
+        <is>
+          <t>9786053260035</t>
+        </is>
+      </c>
+      <c r="B1105" s="1" t="inlineStr">
+        <is>
+          <t>İmana Yer Açmak</t>
+        </is>
+      </c>
+      <c r="C1105" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:3">
+      <c r="A1106" s="1" t="inlineStr">
+        <is>
+          <t>9786053260295</t>
+        </is>
+      </c>
+      <c r="B1106" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Elçisi</t>
+        </is>
+      </c>
+      <c r="C1106" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:3">
+      <c r="A1107" s="1" t="inlineStr">
+        <is>
+          <t>9789753559829</t>
+        </is>
+      </c>
+      <c r="B1107" s="1" t="inlineStr">
+        <is>
+          <t>Gergin Bir Yay</t>
+        </is>
+      </c>
+      <c r="C1107" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:3">
+      <c r="A1108" s="1" t="inlineStr">
+        <is>
+          <t>9786053260400</t>
+        </is>
+      </c>
+      <c r="B1108" s="1" t="inlineStr">
+        <is>
+          <t>Belagat İncileri</t>
+        </is>
+      </c>
+      <c r="C1108" s="1">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:3">
+      <c r="A1109" s="1" t="inlineStr">
+        <is>
+          <t>9786053260134</t>
+        </is>
+      </c>
+      <c r="B1109" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Okumaları 3: Firavun'a Gideceksin</t>
+        </is>
+      </c>
+      <c r="C1109" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:3">
+      <c r="A1110" s="1" t="inlineStr">
+        <is>
+          <t>9786053260363</t>
+        </is>
+      </c>
+      <c r="B1110" s="1" t="inlineStr">
+        <is>
+          <t>Eyse</t>
+        </is>
+      </c>
+      <c r="C1110" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:3">
+      <c r="A1111" s="1" t="inlineStr">
+        <is>
+          <t>9786053260165</t>
+        </is>
+      </c>
+      <c r="B1111" s="1" t="inlineStr">
+        <is>
+          <t>Melekleri Ürkütmeden</t>
+        </is>
+      </c>
+      <c r="C1111" s="1">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:3">
+      <c r="A1112" s="1" t="inlineStr">
+        <is>
+          <t>9786053260547</t>
+        </is>
+      </c>
+      <c r="B1112" s="1" t="inlineStr">
+        <is>
+          <t>Sezai Karakoç : Eleğimsağmalarda Gökanıtı</t>
+        </is>
+      </c>
+      <c r="C1112" s="1">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:3">
+      <c r="A1113" s="1" t="inlineStr">
+        <is>
+          <t>9786053260301</t>
+        </is>
+      </c>
+      <c r="B1113" s="1" t="inlineStr">
+        <is>
+          <t>İslam Toplum Tasavvuru</t>
+        </is>
+      </c>
+      <c r="C1113" s="1">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:3">
+      <c r="A1114" s="1" t="inlineStr">
+        <is>
+          <t>9786053260486</t>
+        </is>
+      </c>
+      <c r="B1114" s="1" t="inlineStr">
+        <is>
+          <t>Sansürsüz Çanakkale</t>
+        </is>
+      </c>
+      <c r="C1114" s="1">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:3">
+      <c r="A1115" s="1" t="inlineStr">
+        <is>
+          <t>9789753558891</t>
+        </is>
+      </c>
+      <c r="B1115" s="1" t="inlineStr">
+        <is>
+          <t>Bin Hüseyin</t>
+        </is>
+      </c>
+      <c r="C1115" s="1">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:3">
+      <c r="A1116" s="1" t="inlineStr">
+        <is>
+          <t>9789753551601</t>
+        </is>
+      </c>
+      <c r="B1116" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi ve Kutsal</t>
+        </is>
+      </c>
+      <c r="C1116" s="1">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:3">
+      <c r="A1117" s="1" t="inlineStr">
+        <is>
+          <t>9789753557634</t>
+        </is>
+      </c>
+      <c r="B1117" s="1" t="inlineStr">
+        <is>
+          <t>Bilgelik Şiirleri</t>
+        </is>
+      </c>
+      <c r="C1117" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:3">
+      <c r="A1118" s="1" t="inlineStr">
+        <is>
+          <t>9789753556675</t>
+        </is>
+      </c>
+      <c r="B1118" s="1" t="inlineStr">
+        <is>
+          <t>Bocurgat</t>
+        </is>
+      </c>
+      <c r="C1118" s="1">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:3">
+      <c r="A1119" s="1" t="inlineStr">
+        <is>
+          <t>9789753555159</t>
+        </is>
+      </c>
+      <c r="B1119" s="1" t="inlineStr">
+        <is>
+          <t>Fatih ve Kısa Oyunlar</t>
+        </is>
+      </c>
+      <c r="C1119" s="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:3">
+      <c r="A1120" s="1" t="inlineStr">
+        <is>
+          <t>9789753556194</t>
+        </is>
+      </c>
+      <c r="B1120" s="1" t="inlineStr">
+        <is>
+          <t>Fatih</t>
+        </is>
+      </c>
+      <c r="C1120" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:3">
+      <c r="A1121" s="1" t="inlineStr">
+        <is>
+          <t>9789753557313</t>
+        </is>
+      </c>
+      <c r="B1121" s="1" t="inlineStr">
+        <is>
+          <t>Fark ve Yorum</t>
+        </is>
+      </c>
+      <c r="C1121" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:3">
+      <c r="A1122" s="1" t="inlineStr">
+        <is>
+          <t>9789753558884</t>
+        </is>
+      </c>
+      <c r="B1122" s="1" t="inlineStr">
+        <is>
+          <t>Üns (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1122" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:3">
+      <c r="A1123" s="1" t="inlineStr">
+        <is>
+          <t>9789753557351</t>
+        </is>
+      </c>
+      <c r="B1123" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Günlerde Oruç</t>
+        </is>
+      </c>
+      <c r="C1123" s="1">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:3">
+      <c r="A1124" s="1" t="inlineStr">
+        <is>
+          <t>9789753553728</t>
+        </is>
+      </c>
+      <c r="B1124" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmuşluklar</t>
+        </is>
+      </c>
+      <c r="C1124" s="1">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:3">
+      <c r="A1125" s="1" t="inlineStr">
+        <is>
+          <t>9789753559973</t>
+        </is>
+      </c>
+      <c r="B1125" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimat'tan Cumhuriyet'e Değişen Metafizik ve Edebiyat</t>
+        </is>
+      </c>
+      <c r="C1125" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:3">
+      <c r="A1126" s="1" t="inlineStr">
+        <is>
+          <t>9786053260394</t>
+        </is>
+      </c>
+      <c r="B1126" s="1" t="inlineStr">
+        <is>
+          <t>Ab-ı Hayat - 2</t>
+        </is>
+      </c>
+      <c r="C1126" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:3">
+      <c r="A1127" s="1" t="inlineStr">
+        <is>
+          <t>9789753557764</t>
+        </is>
+      </c>
+      <c r="B1127" s="1" t="inlineStr">
+        <is>
+          <t>Yavuz Selim</t>
+        </is>
+      </c>
+      <c r="C1127" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:3">
+      <c r="A1128" s="1" t="inlineStr">
+        <is>
+          <t>9786053261124</t>
+        </is>
+      </c>
+      <c r="B1128" s="1" t="inlineStr">
+        <is>
+          <t>Onarılmış Yas Bitiği</t>
+        </is>
+      </c>
+      <c r="C1128" s="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:3">
+      <c r="A1129" s="1" t="inlineStr">
+        <is>
+          <t>9786053261117</t>
+        </is>
+      </c>
+      <c r="B1129" s="1" t="inlineStr">
+        <is>
+          <t>Mu'Tezile ve Ahlak</t>
+        </is>
+      </c>
+      <c r="C1129" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:3">
+      <c r="A1130" s="1" t="inlineStr">
+        <is>
+          <t>9786053261100</t>
+        </is>
+      </c>
+      <c r="B1130" s="1" t="inlineStr">
+        <is>
+          <t>Kuğu Boynu</t>
+        </is>
+      </c>
+      <c r="C1130" s="1">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:3">
+      <c r="A1131" s="1" t="inlineStr">
+        <is>
+          <t>9786053261094</t>
+        </is>
+      </c>
+      <c r="B1131" s="1" t="inlineStr">
+        <is>
+          <t>Kara</t>
+        </is>
+      </c>
+      <c r="C1131" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:3">
+      <c r="A1132" s="1" t="inlineStr">
+        <is>
+          <t>9786053261148</t>
+        </is>
+      </c>
+      <c r="B1132" s="1" t="inlineStr">
+        <is>
+          <t>Kıta Avrupası Din Felsefesi ve Mistik Gelen-Ekler</t>
+        </is>
+      </c>
+      <c r="C1132" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:3">
+      <c r="A1133" s="1" t="inlineStr">
+        <is>
+          <t>9786053260974</t>
+        </is>
+      </c>
+      <c r="B1133" s="1" t="inlineStr">
+        <is>
+          <t>Emeviler Döneminde İslam Dünyasında Yahudiler</t>
+        </is>
+      </c>
+      <c r="C1133" s="1">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:3">
+      <c r="A1134" s="1" t="inlineStr">
+        <is>
+          <t>9786053261070</t>
+        </is>
+      </c>
+      <c r="B1134" s="1" t="inlineStr">
+        <is>
+          <t>Eş'ari Kelamı</t>
+        </is>
+      </c>
+      <c r="C1134" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:3">
+      <c r="A1135" s="1" t="inlineStr">
+        <is>
+          <t>9786053260417</t>
+        </is>
+      </c>
+      <c r="B1135" s="1" t="inlineStr">
+        <is>
+          <t>İnşallah</t>
+        </is>
+      </c>
+      <c r="C1135" s="1">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:3">
+      <c r="A1136" s="1" t="inlineStr">
+        <is>
+          <t>9789753556613</t>
+        </is>
+      </c>
+      <c r="B1136" s="1" t="inlineStr">
+        <is>
+          <t>Ruh, Ölüm ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C1136" s="1">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:3">
+      <c r="A1137" s="1" t="inlineStr">
+        <is>
+          <t>9786053260189</t>
+        </is>
+      </c>
+      <c r="B1137" s="1" t="inlineStr">
+        <is>
+          <t>Din Felsefesi Açısından Mutezile Gelen Ek-i 1</t>
+        </is>
+      </c>
+      <c r="C1137" s="1">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:3">
+      <c r="A1138" s="1" t="inlineStr">
+        <is>
+          <t>9789753556347</t>
+        </is>
+      </c>
+      <c r="B1138" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Hadis Külliyatı (7 Cilt) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1138" s="1">
+        <v>6505</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:3">
+      <c r="A1139" s="1" t="inlineStr">
+        <is>
+          <t>9789753555111</t>
+        </is>
+      </c>
+      <c r="B1139" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Alman Şairleri</t>
+        </is>
+      </c>
+      <c r="C1139" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:3">
+      <c r="A1140" s="1" t="inlineStr">
+        <is>
+          <t>9789753559300</t>
+        </is>
+      </c>
+      <c r="B1140" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre - Anadolu Edebiyatı Notları</t>
+        </is>
+      </c>
+      <c r="C1140" s="1">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:3">
+      <c r="A1141" s="1" t="inlineStr">
+        <is>
+          <t>9786053260233</t>
+        </is>
+      </c>
+      <c r="B1141" s="1" t="inlineStr">
+        <is>
+          <t>Halama Benzediğim İçin</t>
+        </is>
+      </c>
+      <c r="C1141" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:3">
+      <c r="A1142" s="1" t="inlineStr">
+        <is>
+          <t>9786053260226</t>
+        </is>
+      </c>
+      <c r="B1142" s="1" t="inlineStr">
+        <is>
+          <t>Bacıdan Bayana</t>
+        </is>
+      </c>
+      <c r="C1142" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:3">
+      <c r="A1143" s="1" t="inlineStr">
+        <is>
+          <t>9786053260196</t>
+        </is>
+      </c>
+      <c r="B1143" s="1" t="inlineStr">
+        <is>
+          <t>Din Felsefesi Açısından Mutezile Gelen-Ek-i  2</t>
+        </is>
+      </c>
+      <c r="C1143" s="1">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:3">
+      <c r="A1144" s="1" t="inlineStr">
+        <is>
+          <t>9786053260066</t>
+        </is>
+      </c>
+      <c r="B1144" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıçtan Günümüze Rusya'da Din - Devlet İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1144" s="1">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:3">
+      <c r="A1145" s="1" t="inlineStr">
+        <is>
+          <t>9786053260103</t>
+        </is>
+      </c>
+      <c r="B1145" s="1" t="inlineStr">
+        <is>
+          <t>Esenlik Zamanları</t>
+        </is>
+      </c>
+      <c r="C1145" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:3">
+      <c r="A1146" s="1" t="inlineStr">
+        <is>
+          <t>9786053260172</t>
+        </is>
+      </c>
+      <c r="B1146" s="1" t="inlineStr">
+        <is>
+          <t>İslami Hareket Öncüleri - 4</t>
+        </is>
+      </c>
+      <c r="C1146" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:3">
+      <c r="A1147" s="1" t="inlineStr">
+        <is>
+          <t>9789753559621</t>
+        </is>
+      </c>
+      <c r="B1147" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Bir Yazarın Anlattıkları</t>
+        </is>
+      </c>
+      <c r="C1147" s="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:3">
+      <c r="A1148" s="1" t="inlineStr">
+        <is>
+          <t>9789753559577</t>
+        </is>
+      </c>
+      <c r="B1148" s="1" t="inlineStr">
+        <is>
+          <t>İslami Hareket Öncüleri - 2</t>
+        </is>
+      </c>
+      <c r="C1148" s="1">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:3">
+      <c r="A1149" s="1" t="inlineStr">
+        <is>
+          <t>9789753559447</t>
+        </is>
+      </c>
+      <c r="B1149" s="1" t="inlineStr">
+        <is>
+          <t>Maktül Şeyhülislamlar</t>
+        </is>
+      </c>
+      <c r="C1149" s="1">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:3">
+      <c r="A1150" s="1" t="inlineStr">
+        <is>
+          <t>9786053260288</t>
+        </is>
+      </c>
+      <c r="B1150" s="1" t="inlineStr">
+        <is>
+          <t>Erdeme Dönüş</t>
+        </is>
+      </c>
+      <c r="C1150" s="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:3">
+      <c r="A1151" s="1" t="inlineStr">
+        <is>
+          <t>9786053260271</t>
+        </is>
+      </c>
+      <c r="B1151" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Ne Söyler</t>
+        </is>
+      </c>
+      <c r="C1151" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:3">
+      <c r="A1152" s="1" t="inlineStr">
+        <is>
+          <t>9789753559805</t>
+        </is>
+      </c>
+      <c r="B1152" s="1" t="inlineStr">
+        <is>
+          <t>Cinadem</t>
+        </is>
+      </c>
+      <c r="C1152" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:3">
+      <c r="A1153" s="1" t="inlineStr">
+        <is>
+          <t>9789753559478</t>
+        </is>
+      </c>
+      <c r="B1153" s="1" t="inlineStr">
+        <is>
+          <t>Ayak İzlerinde Uğultu</t>
+        </is>
+      </c>
+      <c r="C1153" s="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:3">
+      <c r="A1154" s="1" t="inlineStr">
+        <is>
+          <t>9789753559256</t>
+        </is>
+      </c>
+      <c r="B1154" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Sürecinde Türkiye’de Din Eğitimi Politikaları</t>
+        </is>
+      </c>
+      <c r="C1154" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:3">
+      <c r="A1155" s="1" t="inlineStr">
+        <is>
+          <t>9789753559980</t>
+        </is>
+      </c>
+      <c r="B1155" s="1" t="inlineStr">
+        <is>
+          <t>Ölmüş Oyuncaklar Müzesi</t>
+        </is>
+      </c>
+      <c r="C1155" s="1">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:3">
+      <c r="A1156" s="1" t="inlineStr">
+        <is>
+          <t>9789753559867</t>
+        </is>
+      </c>
+      <c r="B1156" s="1" t="inlineStr">
+        <is>
+          <t>Seyyidler ve Şerifler</t>
+        </is>
+      </c>
+      <c r="C1156" s="1">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:3">
+      <c r="A1157" s="1" t="inlineStr">
+        <is>
+          <t>9786053260141</t>
+        </is>
+      </c>
+      <c r="B1157" s="1" t="inlineStr">
+        <is>
+          <t>Hakikatin Dengesi</t>
+        </is>
+      </c>
+      <c r="C1157" s="1">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:3">
+      <c r="A1158" s="1" t="inlineStr">
+        <is>
+          <t>9786053260264</t>
+        </is>
+      </c>
+      <c r="B1158" s="1" t="inlineStr">
+        <is>
+          <t>Endülüs</t>
+        </is>
+      </c>
+      <c r="C1158" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:3">
+      <c r="A1159" s="1" t="inlineStr">
+        <is>
+          <t>9789753559775</t>
+        </is>
+      </c>
+      <c r="B1159" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Ağacı</t>
+        </is>
+      </c>
+      <c r="C1159" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:3">
+      <c r="A1160" s="1" t="inlineStr">
+        <is>
+          <t>9786053260509</t>
+        </is>
+      </c>
+      <c r="B1160" s="1" t="inlineStr">
+        <is>
+          <t>Ara Rejimin Adaleti</t>
+        </is>
+      </c>
+      <c r="C1160" s="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:3">
+      <c r="A1161" s="1" t="inlineStr">
+        <is>
+          <t>9786053260516</t>
+        </is>
+      </c>
+      <c r="B1161" s="1" t="inlineStr">
+        <is>
+          <t>Diyalog ve Kurtuluş Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C1161" s="1">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:3">
+      <c r="A1162" s="1" t="inlineStr">
+        <is>
+          <t>9786053260370</t>
+        </is>
+      </c>
+      <c r="B1162" s="1" t="inlineStr">
+        <is>
+          <t>Sular Tutuştuğunda</t>
+        </is>
+      </c>
+      <c r="C1162" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:3">
+      <c r="A1163" s="1" t="inlineStr">
+        <is>
+          <t>9786053260424</t>
+        </is>
+      </c>
+      <c r="B1163" s="1" t="inlineStr">
+        <is>
+          <t>Siyer Terimleri ve Deyimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1163" s="1">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:3">
+      <c r="A1164" s="1" t="inlineStr">
+        <is>
+          <t>9789753559560</t>
+        </is>
+      </c>
+      <c r="B1164" s="1" t="inlineStr">
+        <is>
+          <t>Hub (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1164" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:3">
+      <c r="A1165" s="1" t="inlineStr">
+        <is>
+          <t>9789753559997</t>
+        </is>
+      </c>
+      <c r="B1165" s="1" t="inlineStr">
+        <is>
+          <t>Rüya Rüya İçinde</t>
+        </is>
+      </c>
+      <c r="C1165" s="1">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:3">
+      <c r="A1166" s="1" t="inlineStr">
+        <is>
+          <t>9786053260493</t>
+        </is>
+      </c>
+      <c r="B1166" s="1" t="inlineStr">
+        <is>
+          <t>Tereddüt ve Tefekkür</t>
+        </is>
+      </c>
+      <c r="C1166" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:3">
+      <c r="A1167" s="1" t="inlineStr">
+        <is>
+          <t>9786053260523</t>
+        </is>
+      </c>
+      <c r="B1167" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye ve İslamiyet</t>
+        </is>
+      </c>
+      <c r="C1167" s="1">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:3">
+      <c r="A1168" s="1" t="inlineStr">
+        <is>
+          <t>9789753559850</t>
+        </is>
+      </c>
+      <c r="B1168" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı İslam Milletlerarası Özel Hukuku</t>
+        </is>
+      </c>
+      <c r="C1168" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:3">
+      <c r="A1169" s="1" t="inlineStr">
+        <is>
+          <t>9789753555531</t>
+        </is>
+      </c>
+      <c r="B1169" s="1" t="inlineStr">
+        <is>
+          <t>Akşamın Kaması</t>
+        </is>
+      </c>
+      <c r="C1169" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:3">
+      <c r="A1170" s="1" t="inlineStr">
+        <is>
+          <t>9789753557054</t>
+        </is>
+      </c>
+      <c r="B1170" s="1" t="inlineStr">
+        <is>
+          <t>Akıl ve Sezgi</t>
+        </is>
+      </c>
+      <c r="C1170" s="1">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:3">
+      <c r="A1171" s="1" t="inlineStr">
+        <is>
+          <t>9789753556989</t>
+        </is>
+      </c>
+      <c r="B1171" s="1" t="inlineStr">
+        <is>
+          <t>Ahzan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1171" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:3">
+      <c r="A1172" s="1" t="inlineStr">
+        <is>
+          <t>9789753557801</t>
+        </is>
+      </c>
+      <c r="B1172" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal İstiareler</t>
+        </is>
+      </c>
+      <c r="C1172" s="1">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:3">
+      <c r="A1173" s="1" t="inlineStr">
+        <is>
+          <t>9789753555937</t>
+        </is>
+      </c>
+      <c r="B1173" s="1" t="inlineStr">
+        <is>
+          <t>Sistematik Kelam</t>
+        </is>
+      </c>
+      <c r="C1173" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:3">
+      <c r="A1174" s="1" t="inlineStr">
+        <is>
+          <t>9789753559898</t>
+        </is>
+      </c>
+      <c r="B1174" s="1" t="inlineStr">
+        <is>
+          <t>Evdeki Yabancı</t>
+        </is>
+      </c>
+      <c r="C1174" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:3">
+      <c r="A1175" s="1" t="inlineStr">
+        <is>
+          <t>9789753557580</t>
+        </is>
+      </c>
+      <c r="B1175" s="1" t="inlineStr">
+        <is>
+          <t>Din Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1175" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:3">
+      <c r="A1176" s="1" t="inlineStr">
+        <is>
+          <t>9789753558709</t>
+        </is>
+      </c>
+      <c r="B1176" s="1" t="inlineStr">
+        <is>
+          <t>Din Felsefesine Dair Okumalar 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1176" s="1">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:3">
+      <c r="A1177" s="1" t="inlineStr">
+        <is>
+          <t>9789753558945</t>
+        </is>
+      </c>
+      <c r="B1177" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel ve Çağdaş Metinlerle Din Felsefesine Dair Okumalar  2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1177" s="1">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:3">
+      <c r="A1178" s="1" t="inlineStr">
+        <is>
+          <t>9786053260219</t>
+        </is>
+      </c>
+      <c r="B1178" s="1" t="inlineStr">
+        <is>
+          <t>Yol Düşleri</t>
+        </is>
+      </c>
+      <c r="C1178" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:3">
+      <c r="A1179" s="1" t="inlineStr">
+        <is>
+          <t>9786053260202</t>
+        </is>
+      </c>
+      <c r="B1179" s="1" t="inlineStr">
+        <is>
+          <t>Gidenler Gidenler</t>
+        </is>
+      </c>
+      <c r="C1179" s="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:3">
+      <c r="A1180" s="1" t="inlineStr">
+        <is>
+          <t>9789753559928</t>
+        </is>
+      </c>
+      <c r="B1180" s="1" t="inlineStr">
+        <is>
+          <t>Sarp Geçit</t>
+        </is>
+      </c>
+      <c r="C1180" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:3">
+      <c r="A1181" s="1" t="inlineStr">
+        <is>
+          <t>9786053260059</t>
+        </is>
+      </c>
+      <c r="B1181" s="1" t="inlineStr">
+        <is>
+          <t>Şiirin Saçağı Altında</t>
+        </is>
+      </c>
+      <c r="C1181" s="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:3">
+      <c r="A1182" s="1" t="inlineStr">
+        <is>
+          <t>9789753559959</t>
+        </is>
+      </c>
+      <c r="B1182" s="1" t="inlineStr">
+        <is>
+          <t>Kan Gibi Vakte Düşen</t>
+        </is>
+      </c>
+      <c r="C1182" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:3">
+      <c r="A1183" s="1" t="inlineStr">
+        <is>
+          <t>9786053260127</t>
+        </is>
+      </c>
+      <c r="B1183" s="1" t="inlineStr">
+        <is>
+          <t>Açık Medeniyet</t>
+        </is>
+      </c>
+      <c r="C1183" s="1">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:3">
+      <c r="A1184" s="1" t="inlineStr">
+        <is>
+          <t>9789753558211</t>
+        </is>
+      </c>
+      <c r="B1184" s="1" t="inlineStr">
+        <is>
+          <t>Erdem Bayazıt ve Şiiri</t>
+        </is>
+      </c>
+      <c r="C1184" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:3">
+      <c r="A1185" s="1" t="inlineStr">
+        <is>
+          <t>9786053264798</t>
+        </is>
+      </c>
+      <c r="B1185" s="1" t="inlineStr">
+        <is>
+          <t>Ölümü İnkar</t>
+        </is>
+      </c>
+      <c r="C1185" s="1">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:3">
+      <c r="A1186" s="1" t="inlineStr">
+        <is>
+          <t>9789753559836</t>
+        </is>
+      </c>
+      <c r="B1186" s="1" t="inlineStr">
+        <is>
+          <t>Hüzün</t>
+        </is>
+      </c>
+      <c r="C1186" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:3">
+      <c r="A1187" s="1" t="inlineStr">
+        <is>
+          <t>9786053260011</t>
+        </is>
+      </c>
+      <c r="B1187" s="1" t="inlineStr">
+        <is>
+          <t>İzlek</t>
+        </is>
+      </c>
+      <c r="C1187" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:3">
+      <c r="A1188" s="1" t="inlineStr">
+        <is>
+          <t>9789753559942</t>
+        </is>
+      </c>
+      <c r="B1188" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Batı ve İslam Düşüncesinde Dinsel Kapsayıcılık</t>
+        </is>
+      </c>
+      <c r="C1188" s="1">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:3">
+      <c r="A1189" s="1" t="inlineStr">
+        <is>
+          <t>9789753559904</t>
+        </is>
+      </c>
+      <c r="B1189" s="1" t="inlineStr">
+        <is>
+          <t>Kendilik ve Edebiyat</t>
+        </is>
+      </c>
+      <c r="C1189" s="1">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:3">
+      <c r="A1190" s="1" t="inlineStr">
+        <is>
+          <t>9789753559966</t>
+        </is>
+      </c>
+      <c r="B1190" s="1" t="inlineStr">
+        <is>
+          <t>Ab-ı Hayat 1</t>
+        </is>
+      </c>
+      <c r="C1190" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:3">
+      <c r="A1191" s="1" t="inlineStr">
+        <is>
+          <t>9789753559843</t>
+        </is>
+      </c>
+      <c r="B1191" s="1" t="inlineStr">
+        <is>
+          <t>İki Ateş Arasında</t>
+        </is>
+      </c>
+      <c r="C1191" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:3">
+      <c r="A1192" s="1" t="inlineStr">
+        <is>
+          <t>9789753559935</t>
+        </is>
+      </c>
+      <c r="B1192" s="1" t="inlineStr">
+        <is>
+          <t>İslamcılık</t>
+        </is>
+      </c>
+      <c r="C1192" s="1">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:3">
+      <c r="A1193" s="1" t="inlineStr">
+        <is>
+          <t>9789753556095</t>
+        </is>
+      </c>
+      <c r="B1193" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlının Balkanlardan Çekilişi</t>
+        </is>
+      </c>
+      <c r="C1193" s="1">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:3">
+      <c r="A1194" s="1" t="inlineStr">
+        <is>
+          <t>9789753557108</t>
+        </is>
+      </c>
+      <c r="B1194" s="1" t="inlineStr">
+        <is>
+          <t>Nun (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1194" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:3">
+      <c r="A1195" s="1" t="inlineStr">
+        <is>
+          <t>9789753557573</t>
+        </is>
+      </c>
+      <c r="B1195" s="1" t="inlineStr">
+        <is>
+          <t>Nokta ve Kalem</t>
+        </is>
+      </c>
+      <c r="C1195" s="1">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:3">
+      <c r="A1196" s="1" t="inlineStr">
+        <is>
+          <t>9789753554749</t>
+        </is>
+      </c>
+      <c r="B1196" s="1" t="inlineStr">
+        <is>
+          <t>Laik Düzende Dini Yaşamak Cilt: 3</t>
+        </is>
+      </c>
+      <c r="C1196" s="1">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:3">
+      <c r="A1197" s="1" t="inlineStr">
+        <is>
+          <t>9789753553483</t>
+        </is>
+      </c>
+      <c r="B1197" s="1" t="inlineStr">
+        <is>
+          <t>Laik Düzende Dini Yaşamak Cilt: 2</t>
+        </is>
+      </c>
+      <c r="C1197" s="1">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:3">
+      <c r="A1198" s="1" t="inlineStr">
+        <is>
+          <t>9789753552530</t>
+        </is>
+      </c>
+      <c r="B1198" s="1" t="inlineStr">
+        <is>
+          <t>Laik Düzende Dini Yaşamak Cilt: 1</t>
+        </is>
+      </c>
+      <c r="C1198" s="1">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:3">
+      <c r="A1199" s="1" t="inlineStr">
+        <is>
+          <t>9789753557009</t>
+        </is>
+      </c>
+      <c r="B1199" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varmış Bir Yokmuş Hayatım ve Hatıralar (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1199" s="1">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:3">
+      <c r="A1200" s="1" t="inlineStr">
+        <is>
+          <t>9789753557870</t>
+        </is>
+      </c>
+      <c r="B1200" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kitap Bir Balta</t>
+        </is>
+      </c>
+      <c r="C1200" s="1">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:3">
+      <c r="A1201" s="1" t="inlineStr">
+        <is>
+          <t>9789753559331</t>
+        </is>
+      </c>
+      <c r="B1201" s="1" t="inlineStr">
+        <is>
+          <t>Feryat ve Çağrı</t>
+        </is>
+      </c>
+      <c r="C1201" s="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:3">
+      <c r="A1202" s="1" t="inlineStr">
+        <is>
+          <t>9789753550628</t>
+        </is>
+      </c>
+      <c r="B1202" s="1" t="inlineStr">
+        <is>
+          <t>Felsefenin Arka Merdiveni</t>
+        </is>
+      </c>
+      <c r="C1202" s="1">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:3">
+      <c r="A1203" s="1" t="inlineStr">
+        <is>
+          <t>9789753554893</t>
+        </is>
+      </c>
+      <c r="B1203" s="1" t="inlineStr">
+        <is>
+          <t>İsa Tanrı mı? İnsan mı?</t>
+        </is>
+      </c>
+      <c r="C1203" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:3">
+      <c r="A1204" s="1" t="inlineStr">
+        <is>
+          <t>9789753554541</t>
+        </is>
+      </c>
+      <c r="B1204" s="1" t="inlineStr">
+        <is>
+          <t>Kış Masalı</t>
+        </is>
+      </c>
+      <c r="C1204" s="1">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:3">
+      <c r="A1205" s="1" t="inlineStr">
+        <is>
+          <t>9789753556033</t>
+        </is>
+      </c>
+      <c r="B1205" s="1" t="inlineStr">
+        <is>
+          <t>Kınalızade Ali Efendi ve Ahlak-ı Alai</t>
+        </is>
+      </c>
+      <c r="C1205" s="1">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:3">
+      <c r="A1206" s="1" t="inlineStr">
+        <is>
+          <t>9789753557443</t>
+        </is>
+      </c>
+      <c r="B1206" s="1" t="inlineStr">
+        <is>
+          <t>İmkansız Öyküler</t>
+        </is>
+      </c>
+      <c r="C1206" s="1">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:3">
+      <c r="A1207" s="1" t="inlineStr">
+        <is>
+          <t>9789753555234</t>
+        </is>
+      </c>
+      <c r="B1207" s="1" t="inlineStr">
+        <is>
+          <t>İmam’ı Rabbani ve İslam Tasavvufu</t>
+        </is>
+      </c>
+      <c r="C1207" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:3">
+      <c r="A1208" s="1" t="inlineStr">
+        <is>
+          <t>9789753559812</t>
+        </is>
+      </c>
+      <c r="B1208" s="1" t="inlineStr">
+        <is>
+          <t>Berkeley İdealizmi</t>
+        </is>
+      </c>
+      <c r="C1208" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:3">
+      <c r="A1209" s="1" t="inlineStr">
+        <is>
+          <t>9789753559546</t>
+        </is>
+      </c>
+      <c r="B1209" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman, Osmanlı ve Modern Ahmet Cevdet Paşa</t>
+        </is>
+      </c>
+      <c r="C1209" s="1">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:3">
+      <c r="A1210" s="1" t="inlineStr">
+        <is>
+          <t>9789753559881</t>
+        </is>
+      </c>
+      <c r="B1210" s="1" t="inlineStr">
+        <is>
+          <t>Portakal Bahçeleri</t>
+        </is>
+      </c>
+      <c r="C1210" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:3">
+      <c r="A1211" s="1" t="inlineStr">
+        <is>
+          <t>9789753559737</t>
+        </is>
+      </c>
+      <c r="B1211" s="1" t="inlineStr">
+        <is>
+          <t>İslami Hareket Öncüleri - 3</t>
+        </is>
+      </c>
+      <c r="C1211" s="1">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:3">
+      <c r="A1212" s="1" t="inlineStr">
+        <is>
+          <t>9789753559782</t>
+        </is>
+      </c>
+      <c r="B1212" s="1" t="inlineStr">
+        <is>
+          <t>Açık Mektuplar</t>
+        </is>
+      </c>
+      <c r="C1212" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:3">
+      <c r="A1213" s="1" t="inlineStr">
+        <is>
+          <t>9789753557528</t>
+        </is>
+      </c>
+      <c r="B1213" s="1" t="inlineStr">
+        <is>
+          <t>İbn Arabi’nin Menkıbeleri</t>
+        </is>
+      </c>
+      <c r="C1213" s="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:3">
+      <c r="A1214" s="1" t="inlineStr">
+        <is>
+          <t>9789753555999</t>
+        </is>
+      </c>
+      <c r="B1214" s="1" t="inlineStr">
+        <is>
+          <t>Hümanizm ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C1214" s="1">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:3">
+      <c r="A1215" s="1" t="inlineStr">
+        <is>
+          <t>9789753550918</t>
+        </is>
+      </c>
+      <c r="B1215" s="1" t="inlineStr">
+        <is>
+          <t>Hüccetullahi’l-Baliğa (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1215" s="1">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:3">
+      <c r="A1216" s="1" t="inlineStr">
+        <is>
+          <t>9789753550796</t>
+        </is>
+      </c>
+      <c r="B1216" s="1" t="inlineStr">
+        <is>
+          <t>Hicaz'dan Endülüs'e</t>
+        </is>
+      </c>
+      <c r="C1216" s="1">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:3">
+      <c r="A1217" s="1" t="inlineStr">
+        <is>
+          <t>9789753554961</t>
+        </is>
+      </c>
+      <c r="B1217" s="1" t="inlineStr">
+        <is>
+          <t>İslam’ın Işığında Günün Meseleleri (2 Cilt Tek Ciltte) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1217" s="1">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:3">
+      <c r="A1218" s="1" t="inlineStr">
+        <is>
+          <t>9789753559751</t>
+        </is>
+      </c>
+      <c r="B1218" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Işığındaİnsan, Akıl ve Toplum</t>
+        </is>
+      </c>
+      <c r="C1218" s="1">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:3">
+      <c r="A1219" s="1" t="inlineStr">
+        <is>
+          <t>9789753559744</t>
+        </is>
+      </c>
+      <c r="B1219" s="1" t="inlineStr">
+        <is>
+          <t>Kadın ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C1219" s="1">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:3">
+      <c r="A1220" s="1" t="inlineStr">
+        <is>
+          <t>9789753559874</t>
+        </is>
+      </c>
+      <c r="B1220" s="1" t="inlineStr">
+        <is>
+          <t>Pencere</t>
+        </is>
+      </c>
+      <c r="C1220" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:3">
+      <c r="A1221" s="1" t="inlineStr">
+        <is>
+          <t>9789753559676</t>
+        </is>
+      </c>
+      <c r="B1221" s="1" t="inlineStr">
+        <is>
+          <t>Beklerken</t>
+        </is>
+      </c>
+      <c r="C1221" s="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:3">
+      <c r="A1222" s="1" t="inlineStr">
+        <is>
+          <t>9786053260851</t>
+        </is>
+      </c>
+      <c r="B1222" s="1" t="inlineStr">
+        <is>
+          <t>Uzun ve Lacivert Günler</t>
+        </is>
+      </c>
+      <c r="C1222" s="1">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:3">
+      <c r="A1223" s="1" t="inlineStr">
+        <is>
+          <t>9786053260776</t>
+        </is>
+      </c>
+      <c r="B1223" s="1" t="inlineStr">
+        <is>
+          <t>Alaeddin Özdenören Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C1223" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:3">
+      <c r="A1224" s="1" t="inlineStr">
+        <is>
+          <t>9786053260806</t>
+        </is>
+      </c>
+      <c r="B1224" s="1" t="inlineStr">
+        <is>
+          <t>Bosna'da Hukuksal ve Toplumsal Hayat</t>
+        </is>
+      </c>
+      <c r="C1224" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:3">
+      <c r="A1225" s="1" t="inlineStr">
+        <is>
+          <t>9786053260844</t>
+        </is>
+      </c>
+      <c r="B1225" s="1" t="inlineStr">
+        <is>
+          <t>Ben Kaç Kişiyim</t>
+        </is>
+      </c>
+      <c r="C1225" s="1">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:3">
+      <c r="A1226" s="1" t="inlineStr">
+        <is>
+          <t>9786053260530</t>
+        </is>
+      </c>
+      <c r="B1226" s="1" t="inlineStr">
+        <is>
+          <t>Yazının Yükü</t>
+        </is>
+      </c>
+      <c r="C1226" s="1">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:3">
+      <c r="A1227" s="1" t="inlineStr">
+        <is>
+          <t>9786053260752</t>
+        </is>
+      </c>
+      <c r="B1227" s="1" t="inlineStr">
+        <is>
+          <t>Dilbilim Göstergebilim ve Edebiyat Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1227" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:3">
+      <c r="A1228" s="1" t="inlineStr">
+        <is>
+          <t>9786053260813</t>
+        </is>
+      </c>
+      <c r="B1228" s="1" t="inlineStr">
+        <is>
+          <t>Duvarsız Odalar</t>
+        </is>
+      </c>
+      <c r="C1228" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:3">
+      <c r="A1229" s="1" t="inlineStr">
+        <is>
+          <t>9786053260738</t>
+        </is>
+      </c>
+      <c r="B1229" s="1" t="inlineStr">
+        <is>
+          <t>1980 Türk Romanında Değerler Çözülmesi</t>
+        </is>
+      </c>
+      <c r="C1229" s="1">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:3">
+      <c r="A1230" s="1" t="inlineStr">
+        <is>
+          <t>9786053260769</t>
+        </is>
+      </c>
+      <c r="B1230" s="1" t="inlineStr">
+        <is>
+          <t>Yazınsal Eleştiri ve Göstergebilim</t>
+        </is>
+      </c>
+      <c r="C1230" s="1">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:3">
+      <c r="A1231" s="1" t="inlineStr">
+        <is>
+          <t>9789753559607</t>
+        </is>
+      </c>
+      <c r="B1231" s="1" t="inlineStr">
+        <is>
+          <t>Seyir Balkonu</t>
+        </is>
+      </c>
+      <c r="C1231" s="1">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:3">
+      <c r="A1232" s="1" t="inlineStr">
+        <is>
+          <t>9789753559720</t>
+        </is>
+      </c>
+      <c r="B1232" s="1" t="inlineStr">
+        <is>
+          <t>Hikayat</t>
+        </is>
+      </c>
+      <c r="C1232" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:3">
+      <c r="A1233" s="1" t="inlineStr">
+        <is>
+          <t>9789753559706</t>
+        </is>
+      </c>
+      <c r="B1233" s="1" t="inlineStr">
+        <is>
+          <t>Ağaç Kavuğundan Öyküler</t>
+        </is>
+      </c>
+      <c r="C1233" s="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:3">
+      <c r="A1234" s="1" t="inlineStr">
+        <is>
+          <t>9789753559522</t>
+        </is>
+      </c>
+      <c r="B1234" s="1" t="inlineStr">
+        <is>
+          <t>Kışladan Medreseye</t>
+        </is>
+      </c>
+      <c r="C1234" s="1">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:3">
+      <c r="A1235" s="1" t="inlineStr">
+        <is>
+          <t>9789753555777</t>
+        </is>
+      </c>
+      <c r="B1235" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Gücünün Sınırlanması</t>
+        </is>
+      </c>
+      <c r="C1235" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:3">
+      <c r="A1236" s="1" t="inlineStr">
+        <is>
+          <t>9789753559188</t>
+        </is>
+      </c>
+      <c r="B1236" s="1" t="inlineStr">
+        <is>
+          <t>Dervişan</t>
+        </is>
+      </c>
+      <c r="C1236" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:3">
+      <c r="A1237" s="1" t="inlineStr">
+        <is>
+          <t>9789753554732</t>
+        </is>
+      </c>
+      <c r="B1237" s="1" t="inlineStr">
+        <is>
+          <t>Dert Söyletir</t>
+        </is>
+      </c>
+      <c r="C1237" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:3">
+      <c r="A1238" s="1" t="inlineStr">
+        <is>
+          <t>9789753556668</t>
+        </is>
+      </c>
+      <c r="B1238" s="1" t="inlineStr">
+        <is>
+          <t>Derrida’dan Caputo’ya Dekonstrüksiyon ve Din</t>
+        </is>
+      </c>
+      <c r="C1238" s="1">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:3">
+      <c r="A1239" s="1" t="inlineStr">
+        <is>
+          <t>9789753551700</t>
+        </is>
+      </c>
+      <c r="B1239" s="1" t="inlineStr">
+        <is>
+          <t>Denize Açılan Kapı</t>
+        </is>
+      </c>
+      <c r="C1239" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:3">
+      <c r="A1240" s="1" t="inlineStr">
+        <is>
+          <t>9789753559386</t>
+        </is>
+      </c>
+      <c r="B1240" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi Açığını Kapatmak</t>
+        </is>
+      </c>
+      <c r="C1240" s="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:3">
+      <c r="A1241" s="1" t="inlineStr">
+        <is>
+          <t>9789753552882</t>
+        </is>
+      </c>
+      <c r="B1241" s="1" t="inlineStr">
+        <is>
+          <t>Darülislam-Darülharb</t>
+        </is>
+      </c>
+      <c r="C1241" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:3">
+      <c r="A1242" s="1" t="inlineStr">
+        <is>
+          <t>9789753558440</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>Darbe ve Muamma</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9789753550529</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>Çözülme</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9789753553612</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğun Kozası ve Kültür ve Kitap ve Edebiyat</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9789753552844</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Yüzlü Yazılar</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9789753553575</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğa Adanmış Konuşmalar 1</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9789753555821</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Çeribaşı Abdullah’la İdamlık İsmail</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9789753550536</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Çarpılmışlar</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9789753552707</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Çapraz İlişkiler Bütün Eserleri - 19</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9789753559508</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>Cephe</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
+          <t>9789753559126</t>
+        </is>
+      </c>
+      <c r="B1251" s="1" t="inlineStr">
+        <is>
+          <t>Cemaleddin Efgani</t>
+        </is>
+      </c>
+      <c r="C1251" s="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:3">
+      <c r="A1252" s="1" t="inlineStr">
+        <is>
+          <t>9786053267799</t>
+        </is>
+      </c>
+      <c r="B1252" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Şifre</t>
+        </is>
+      </c>
+      <c r="C1252" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:3">
+      <c r="A1253" s="1" t="inlineStr">
+        <is>
+          <t>9789753555005</t>
+        </is>
+      </c>
+      <c r="B1253" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Yönleriyle Osmanlı Adab-ı Osmaniyye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1253" s="1">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" s="1" t="inlineStr">
+        <is>
+          <t>9789753556200</t>
+        </is>
+      </c>
+      <c r="B1254" s="1" t="inlineStr">
+        <is>
+          <t>Bir Varoluşçunun İman Savunusu</t>
+        </is>
+      </c>
+      <c r="C1254" s="1">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" s="1" t="inlineStr">
+        <is>
+          <t>9789753558457</t>
+        </is>
+      </c>
+      <c r="B1255" s="1" t="inlineStr">
+        <is>
+          <t>Berlin  Bağdat</t>
+        </is>
+      </c>
+      <c r="C1255" s="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" s="1" t="inlineStr">
+        <is>
+          <t>9789753558853</t>
+        </is>
+      </c>
+      <c r="B1256" s="1" t="inlineStr">
+        <is>
+          <t>Benlik, Bilinç ve Vicdan</t>
+        </is>
+      </c>
+      <c r="C1256" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" s="1" t="inlineStr">
+        <is>
+          <t>9789753553827</t>
+        </is>
+      </c>
+      <c r="B1257" s="1" t="inlineStr">
+        <is>
+          <t>Benim Şehirlerim</t>
+        </is>
+      </c>
+      <c r="C1257" s="1">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" s="1" t="inlineStr">
+        <is>
+          <t>9789753552417</t>
+        </is>
+      </c>
+      <c r="B1258" s="1" t="inlineStr">
+        <is>
+          <t>Ben ve Hayat ve Ölüm</t>
+        </is>
+      </c>
+      <c r="C1258" s="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" s="1" t="inlineStr">
+        <is>
+          <t>9789753559232</t>
+        </is>
+      </c>
+      <c r="B1259" s="1" t="inlineStr">
+        <is>
+          <t>Bay Öteki</t>
+        </is>
+      </c>
+      <c r="C1259" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:3">
+      <c r="A1260" s="1" t="inlineStr">
+        <is>
+          <t>9789753555548</t>
+        </is>
+      </c>
+      <c r="B1260" s="1" t="inlineStr">
+        <is>
+          <t>Barbar Denen Ötekiler</t>
+        </is>
+      </c>
+      <c r="C1260" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:3">
+      <c r="A1261" s="1" t="inlineStr">
+        <is>
+          <t>9789753558792</t>
+        </is>
+      </c>
+      <c r="B1261" s="1" t="inlineStr">
+        <is>
+          <t>Bana Uzun Mektuplar Yaz</t>
+        </is>
+      </c>
+      <c r="C1261" s="1">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" s="1" t="inlineStr">
+        <is>
+          <t>9789753559140</t>
+        </is>
+      </c>
+      <c r="B1262" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Harbi’ni Niçin Kaybettik?</t>
+        </is>
+      </c>
+      <c r="C1262" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" s="1" t="inlineStr">
+        <is>
+          <t>9789753559379</t>
+        </is>
+      </c>
+      <c r="B1263" s="1" t="inlineStr">
+        <is>
+          <t>Atropatena Destanı</t>
+        </is>
+      </c>
+      <c r="C1263" s="1">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:3">
+      <c r="A1264" s="1" t="inlineStr">
+        <is>
+          <t>9789753554633</t>
+        </is>
+      </c>
+      <c r="B1264" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Denizinde Yol Alan Gemi Siyaset ve Edebiyat Yazıları</t>
+        </is>
+      </c>
+      <c r="C1264" s="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:3">
+      <c r="A1265" s="1" t="inlineStr">
+        <is>
+          <t>9789753558310</t>
+        </is>
+      </c>
+      <c r="B1265" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk</t>
+        </is>
+      </c>
+      <c r="C1265" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:3">
+      <c r="A1266" s="1" t="inlineStr">
+        <is>
+          <t>9789753555067</t>
+        </is>
+      </c>
+      <c r="B1266" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Diyalektiği</t>
+        </is>
+      </c>
+      <c r="C1266" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:3">
+      <c r="A1267" s="1" t="inlineStr">
+        <is>
+          <t>9789753559133</t>
+        </is>
+      </c>
+      <c r="B1267" s="1" t="inlineStr">
+        <is>
+          <t>Assisili Francis ve Hıristiyan Mistisizmi</t>
+        </is>
+      </c>
+      <c r="C1267" s="1">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:3">
+      <c r="A1268" s="1" t="inlineStr">
+        <is>
+          <t>9789753556798</t>
+        </is>
+      </c>
+      <c r="B1268" s="1" t="inlineStr">
+        <is>
+          <t>Asâ (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1268" s="1">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:3">
+      <c r="A1269" s="1" t="inlineStr">
+        <is>
+          <t>9789753555746</t>
+        </is>
+      </c>
+      <c r="B1269" s="1" t="inlineStr">
+        <is>
+          <t>Arzuların Tercümanı</t>
+        </is>
+      </c>
+      <c r="C1269" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:3">
+      <c r="A1270" s="1" t="inlineStr">
+        <is>
+          <t>9789753554336</t>
+        </is>
+      </c>
+      <c r="B1270" s="1" t="inlineStr">
+        <is>
+          <t>Ansızın Yola Çıkmak</t>
+        </is>
+      </c>
+      <c r="C1270" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:3">
+      <c r="A1271" s="1" t="inlineStr">
+        <is>
+          <t>9789753556156</t>
+        </is>
+      </c>
+      <c r="B1271" s="1" t="inlineStr">
+        <is>
+          <t>Amiri’ye Göre İslam ve Öteki Dinler</t>
+        </is>
+      </c>
+      <c r="C1271" s="1">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:3">
+      <c r="A1272" s="1" t="inlineStr">
+        <is>
+          <t>9789753557337</t>
+        </is>
+      </c>
+      <c r="B1272" s="1" t="inlineStr">
+        <is>
+          <t>Alman Oryantalizminde Kur’an’a Bakış</t>
+        </is>
+      </c>
+      <c r="C1272" s="1">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:3">
+      <c r="A1273" s="1" t="inlineStr">
+        <is>
+          <t>9789753558242</t>
+        </is>
+      </c>
+      <c r="B1273" s="1" t="inlineStr">
+        <is>
+          <t>Alevi-Bektaşi Geleneğinde Kur’an Anlayışı</t>
+        </is>
+      </c>
+      <c r="C1273" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:3">
+      <c r="A1274" s="1" t="inlineStr">
+        <is>
+          <t>9789753559355</t>
+        </is>
+      </c>
+      <c r="B1274" s="1" t="inlineStr">
+        <is>
+          <t>Acı Çekmiş Yüzünde</t>
+        </is>
+      </c>
+      <c r="C1274" s="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:3">
+      <c r="A1275" s="1" t="inlineStr">
+        <is>
+          <t>9789753552905</t>
+        </is>
+      </c>
+      <c r="B1275" s="1" t="inlineStr">
+        <is>
+          <t>Acemi Yolcu</t>
+        </is>
+      </c>
+      <c r="C1275" s="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:3">
+      <c r="A1276" s="1" t="inlineStr">
+        <is>
+          <t>9789753558563</t>
+        </is>
+      </c>
+      <c r="B1276" s="1" t="inlineStr">
+        <is>
+          <t>99 Soruda Osmanlı</t>
+        </is>
+      </c>
+      <c r="C1276" s="1">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:3">
+      <c r="A1277" s="1" t="inlineStr">
+        <is>
+          <t>9789753557290</t>
+        </is>
+      </c>
+      <c r="B1277" s="1" t="inlineStr">
+        <is>
+          <t>11 Zabit 11 Subay</t>
+        </is>
+      </c>
+      <c r="C1277" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:3">
+      <c r="A1278" s="1" t="inlineStr">
+        <is>
+          <t>9789753557115</t>
+        </is>
+      </c>
+      <c r="B1278" s="1" t="inlineStr">
+        <is>
+          <t>Zılal (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1278" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:3">
+      <c r="A1279" s="1" t="inlineStr">
+        <is>
+          <t>9789753551052</t>
+        </is>
+      </c>
+      <c r="B1279" s="1" t="inlineStr">
+        <is>
+          <t>Zamanı Aşan Şehirler</t>
+        </is>
+      </c>
+      <c r="C1279" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:3">
+      <c r="A1280" s="1" t="inlineStr">
+        <is>
+          <t>9789753553919</t>
+        </is>
+      </c>
+      <c r="B1280" s="1" t="inlineStr">
+        <is>
+          <t>Yüzler</t>
+        </is>
+      </c>
+      <c r="C1280" s="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:3">
+      <c r="A1281" s="1" t="inlineStr">
+        <is>
+          <t>9789753551991</t>
+        </is>
+      </c>
+      <c r="B1281" s="1" t="inlineStr">
+        <is>
+          <t>Yumurtayı Hangi Ucundan Kırmalı Bütün Eserleri 5</t>
+        </is>
+      </c>
+      <c r="C1281" s="1">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:3">
+      <c r="A1282" s="1" t="inlineStr">
+        <is>
+          <t>9789753552776</t>
+        </is>
+      </c>
+      <c r="B1282" s="1" t="inlineStr">
+        <is>
+          <t>Yolların Ayrılış Noktasında İslam</t>
+        </is>
+      </c>
+      <c r="C1282" s="1">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:3">
+      <c r="A1283" s="1" t="inlineStr">
+        <is>
+          <t>9789753558273</t>
+        </is>
+      </c>
+      <c r="B1283" s="1" t="inlineStr">
+        <is>
+          <t>Shakespeare</t>
+        </is>
+      </c>
+      <c r="C1283" s="1">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:3">
+      <c r="A1284" s="1" t="inlineStr">
+        <is>
+          <t>9789753559072</t>
+        </is>
+      </c>
+      <c r="B1284" s="1" t="inlineStr">
+        <is>
+          <t>Risaleler</t>
+        </is>
+      </c>
+      <c r="C1284" s="1">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:3">
+      <c r="A1285" s="1" t="inlineStr">
+        <is>
+          <t>9789753553568</t>
+        </is>
+      </c>
+      <c r="B1285" s="1" t="inlineStr">
+        <is>
+          <t>Milli Şef Dönemi Çok-Partili Hayata Geçişte Rol Oynayan İç ve Dış Tesirler 1938-1945</t>
+        </is>
+      </c>
+      <c r="C1285" s="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:3">
+      <c r="A1286" s="1" t="inlineStr">
+        <is>
+          <t>9789753554107</t>
+        </is>
+      </c>
+      <c r="B1286" s="1" t="inlineStr">
+        <is>
+          <t>Kutü’l-Kulub Kalplerin Azığı (4 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1286" s="1">
+        <v>3973</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>