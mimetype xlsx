--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,325 +85,1435 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057129352</t>
+          <t>9786057044624</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Uyanmak Bir İhtilaldir</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>130</v>
+        <v>48</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057129338</t>
+          <t>9786056557224</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Rahmetlinin Cyrano De Bergerac'tı Adı</t>
+          <t>Cezaevlerinde Güvenlik Denetimleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>70</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057129345</t>
+          <t>9786056845291</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ökse Otu</t>
+          <t>Bittersweet</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>90</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057044631</t>
+          <t>9786056800481</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bilmem Kaç Küfür Yıldır</t>
+          <t>Ergen Ruhlar İlmihali</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057129307</t>
+          <t>9786057497086</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aynanın U Dönüşü</t>
+          <t>Sezai Karakoç Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057497062</t>
+          <t>9786056800450</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yardan Önce Mektup Gelir</t>
+          <t>Oğuz Atay Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>35</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057497000</t>
+          <t>9786058266353</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Zamanın Rivayeti</t>
+          <t>Geç Kalmış Bir Şapka</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057497048</t>
+          <t>9786058266315</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Başına</t>
+          <t>Buhranname</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>75</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058066250</t>
+          <t>9786056557279</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sağcılık Şiirleri</t>
+          <t>Yoksulluk Şarkıları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057571014</t>
+          <t>9786054961054</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bana Karşı Ben</t>
+          <t>Kimsin Lan Ben</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058266339</t>
+          <t>9786058066274</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>I Harfinin Durumu</t>
+          <t>Kimsin Lan Ben 2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058266346</t>
+          <t>9786057571052</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Merdiven</t>
+          <t>Semai Kahvehaneleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>37</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058266322</t>
+          <t>9786057571076</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Flüt Çetesi Çocukları</t>
+          <t>Çünkü Hayat Bulaşıcıdır</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056845208</t>
+          <t>9786057571045</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Anladığım Kadarıyla</t>
+          <t>Köz Yanılması</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056845253</t>
+          <t>9786056845239</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Karinesi</t>
+          <t>Şairane Hayatlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056800474</t>
+          <t>9786057571021</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hepinizden Beriyim</t>
+          <t>Cahit Zarifoğlu Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>32</v>
+        <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058330825</t>
+          <t>9786056845222</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çok Aramızda</t>
+          <t>Parti Bitti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000071292</t>
+          <t>9786056845215</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızı Mahveden Kadınlar</t>
+          <t>Emil Michel Cioran Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
+          <t>9786056800467</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey İçin Çok Geç</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786056800429</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Taşı Kim Atacak</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786058266360</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Bülbülüm Bağ Gezerim</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786058266391</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Kentle Kavga</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786056800405</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Dil Sürçmesi</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786056516832</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Fena</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786056516849</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Kadraj Hataları</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786056516825</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sabahı Uyandırmak</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786056800412</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Azrail Harakirisi</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786057571038</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat ve İntihar</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786057571069</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Shakespeare Kitabı</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786057571007</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Dört Yıl</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786056845284</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Çağ Türküleri</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786056845246</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786056845277</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Sait Faik Kitabı</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786058266308</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Yara Yeri</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786058330887</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Minnet Eylemem</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786058330863</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Telaş Çoktu Ama Ben Az</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786056720918</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>İyiler Asla Özür Dilemez</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786058330856</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Huzursuzluğum</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786056557255</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Dağlım</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786056557248</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Saye Masalları</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786058266377</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Hesis</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786058330801</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Lügatlere Güncelleme</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786056516870</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Hata Günlüğü</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786056557231</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Perilerin Dili</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786056557217</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Yenildik Hace</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786058330870</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlığın İcadı</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786056557200</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Topla Yüzünü Palyaço</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>3990000031462</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Beyhude Zamanlar</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786054961016</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Şairi Öldürdüler</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786054961009</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Çingene Sabahı</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786056516887</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Kırılınca Klarnet</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786056516856</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Ricakeş</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786057497079</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Sonra Konuşuruz</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786057497031</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Matruşka Atölyesi</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786058004085</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Şiirden Şuura</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786058004078</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Batsın Bu Dünya</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786058066281</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Tanıyor Olabileceğin Kişiler</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786057044617</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Bize Bir Mağara Çizin</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786057497055</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Nakiye Sıkışanlar</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786058004047</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Kelimeler ve Hisler</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786058004092</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Vertigo Etkisi</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786057497017</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Rahime’nin Yüz Görümlüğüne Ağıt</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786058004061</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Kahveden Adam Toplayalım</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786058004016</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Kıyametin İzinde Kutsal Taç</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786058004023</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Başka Maarif Takvimi</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786057044600</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Pansuman Yaraya İhanettir</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786057044648</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Belki Sırdır</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786058004009</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Nesis</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786058004030</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Horus'un Gözü</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786058066212</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Neşeli Ölmek</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786058066243</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Sanatı</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786058066205</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Renklerden Ayrılık</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786058066229</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Kendime El Salladım</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786058066236</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Kebikeç</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786057129352</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Uyanmak Bir İhtilaldir</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786057129338</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Rahmetlinin Cyrano De Bergerac'tı Adı</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786057129345</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Ökse Otu</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786057044631</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Bilmem Kaç Küfür Yıldır</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786057129307</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Aynanın U Dönüşü</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786057497062</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Yardan Önce Mektup Gelir</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786057497000</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Şimdiki Zamanın Rivayeti</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786057497048</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Bir Başına</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786058066250</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Sağcılık Şiirleri</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786057571014</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Bana Karşı Ben</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786058266339</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>I Harfinin Durumu</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786058266346</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Yorgun Merdiven</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786058266322</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Flüt Çetesi Çocukları</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786056845208</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Anladığım Kadarıyla</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786056845253</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Masumiyet Karinesi</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786056800474</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Hepinizden Beriyim</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786058330825</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Çok Aramızda</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>3990000071292</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımızı Mahveden Kadınlar</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
           <t>3990000028177</t>
         </is>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Geçiciyiz Ama Kurtulacağız</t>
         </is>
       </c>
-      <c r="C20" s="1">
+      <c r="C94" s="1">
         <v>35</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>