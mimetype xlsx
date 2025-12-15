--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,3820 +85,3835 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256697454</t>
+          <t>9786255616128</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zar</t>
+          <t>Tanrının Bulmacasını Çözen Felsefe</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255616074</t>
+          <t>9786256697454</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kevala Şeve</t>
+          <t>Zar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255616036</t>
+          <t>9786255616074</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bulgur Tanesi</t>
+          <t>Kevala Şeve</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255616043</t>
+          <t>9786255616036</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Elîda’nın Yıldızları</t>
+          <t>Bulgur Tanesi</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255616029</t>
+          <t>9786255616043</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles’in Devlet Kuramında Toplumsal Cinsiyet İkiliği</t>
+          <t>Elîda’nın Yıldızları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256697928</t>
+          <t>9786255616029</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Kağıtlar</t>
+          <t>Aristoteles’in Devlet Kuramında Toplumsal Cinsiyet İkiliği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256697874</t>
+          <t>9786256697928</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İmralı’da Kim Şah Kim Mat?</t>
+          <t>Kimsesiz Kağıtlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256697829</t>
+          <t>9786256697874</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Quli - Binemal-Çand-Dirok-Serbori</t>
+          <t>İmralı’da Kim Şah Kim Mat?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255616067</t>
+          <t>9786256697829</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Yazdığı Yolculuklar</t>
+          <t>Quli - Binemal-Çand-Dirok-Serbori</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059302241</t>
+          <t>9786255616067</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Beso</t>
+          <t>Hayatın Yazdığı Yolculuklar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>13.89</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054852970</t>
+          <t>9786059302241</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Beso</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057957320</t>
+          <t>9786054852970</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kobane</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054852895</t>
+          <t>9786057957320</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İmajdan Kimliğe</t>
+          <t>Kobane</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>58</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057957405</t>
+          <t>9786054852895</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sıfır Noktası Kobane</t>
+          <t>İmajdan Kimliğe</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054852772</t>
+          <t>9786057957405</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İmajdan Kimliğe</t>
+          <t>Tarihin Sıfır Noktası Kobane</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258305678</t>
+          <t>9786054852772</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Cirm</t>
+          <t>İmajdan Kimliğe</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258305760</t>
+          <t>9786258305678</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ülkesini Yüreğinde Taşıyanlar</t>
+          <t>Cirm</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258305876</t>
+          <t>9786258305760</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Berxwedana Elektropola</t>
+          <t>Ülkesini Yüreğinde Taşıyanlar</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258305883</t>
+          <t>9786258305876</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sosinê</t>
+          <t>Berxwedana Elektropola</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258305753</t>
+          <t>9786258305883</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gerillası</t>
+          <t>Sosinê</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257559430</t>
+          <t>9786258305753</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sur'un Sırrı</t>
+          <t>Şiir Gerillası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258305906</t>
+          <t>9786257559430</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mobese</t>
+          <t>Sur'un Sırrı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256697102</t>
+          <t>9786258305906</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ciwan (Baki Eren)</t>
+          <t>Mobese</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258305364</t>
+          <t>9786256697102</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bîst û Yek Sal û Çar Meh</t>
+          <t>Bizim Ciwan (Baki Eren)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057341303</t>
+          <t>9786258305364</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hedokê</t>
+          <t>Bîst û Yek Sal û Çar Meh</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258305586</t>
+          <t>9786057341303</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kanatları Kalbim</t>
+          <t>Hedokê</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258305333</t>
+          <t>9786258305586</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şifaroloji - Enerjiyle Şifa Bilimi</t>
+          <t>Kanatları Kalbim</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258305289</t>
+          <t>9786258305333</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bîra Hêviyê</t>
+          <t>Şifaroloji - Enerjiyle Şifa Bilimi</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258305395</t>
+          <t>9786258305289</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Akşam Kızıllığında Aldılar Onu</t>
+          <t>Bîra Hêviyê</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258305111</t>
+          <t>9786258305395</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Heviya Seseron - Rocobiyn</t>
+          <t>Akşam Kızıllığında Aldılar Onu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057957993</t>
+          <t>9786258305111</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Rayere Vaceyişi Ye Miyone Roci</t>
+          <t>Heviya Seseron - Rocobiyn</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258305159</t>
+          <t>9786057957993</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ferhenge Qewl U Vateye Verinon Deyimler ve Atasözleri Sözlüğü</t>
+          <t>Rayere Vaceyişi Ye Miyone Roci</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258305166</t>
+          <t>9786258305159</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ferhengê Kurdî – Tirkî | Türkçe – Türkçe Sözlük (Ciltli)</t>
+          <t>Ferhenge Qewl U Vateye Verinon Deyimler ve Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>1400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258305135</t>
+          <t>9786258305166</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ferhengek Kirdkî-Kurmancî-Tirkî (Ciltli)</t>
+          <t>Ferhengê Kurdî – Tirkî | Türkçe – Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>420</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258305036</t>
+          <t>9786258305135</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Düş Şehrin Çocukları</t>
+          <t>Ferhengek Kirdkî-Kurmancî-Tirkî (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257559386</t>
+          <t>9786258305036</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Botan'da Her Mevsim İsyandır</t>
+          <t>Düş Şehrin Çocukları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258305081</t>
+          <t>9786257559386</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Meseleye Vereni Ü Estoneke</t>
+          <t>Botan'da Her Mevsim İsyandır</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257559270</t>
+          <t>9786258305081</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Netewe Ü Neteweperweri</t>
+          <t>Meseleye Vereni Ü Estoneke</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057341334</t>
+          <t>9786257559270</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ben Adalet</t>
+          <t>Netewe Ü Neteweperweri</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257559973</t>
+          <t>9786057341334</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Heval</t>
+          <t>Ben Adalet</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258305043</t>
+          <t>9786257559973</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zafer</t>
+          <t>Heval</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257559515</t>
+          <t>9786258305043</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cellada Mektup</t>
+          <t>Zafer</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257559362</t>
+          <t>9786257559515</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yüreği Çocuk Kokan</t>
+          <t>Cellada Mektup</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257559379</t>
+          <t>9786257559362</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çocukları</t>
+          <t>Yüreği Çocuk Kokan</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257978446</t>
+          <t>9786257559379</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kara Vadi</t>
+          <t>Güneşin Çocukları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257559393</t>
+          <t>9786257978446</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Not Düşmek</t>
+          <t>Kara Vadi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257559416</t>
+          <t>9786257559393</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Destana Ferhad Koçer</t>
+          <t>Tarihe Not Düşmek</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054852673</t>
+          <t>9786257559416</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Koçero</t>
+          <t>Destana Ferhad Koçer</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>64</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052356630</t>
+          <t>9786054852673</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kurdistan</t>
+          <t>Koçero</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>600</v>
+        <v>64</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052356906</t>
+          <t>9786052356630</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sofi Çeleka Muzisyen</t>
+          <t>Kurdistan</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059302043</t>
+          <t>9786052356906</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Stranen Evina Azad</t>
+          <t>Sofi Çeleka Muzisyen</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>18.52</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052356579</t>
+          <t>9786059302043</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha</t>
+          <t>Stranen Evina Azad</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052356968</t>
+          <t>9786052356579</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kürtler: Yeryüzünün Yalınayaklıları</t>
+          <t>Bir Daha</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052356951</t>
+          <t>9786052356968</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Umuda Kaçış</t>
+          <t>Kürtler: Yeryüzünün Yalınayaklıları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>48</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059302616</t>
+          <t>9786052356951</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Morfolojiya Kurmancı U Zımannası</t>
+          <t>Umuda Kaçış</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>48</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052356432</t>
+          <t>9786059302616</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Belgeyen Danışına Veşarı</t>
+          <t>Morfolojiya Kurmancı U Zımannası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>18</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052356920</t>
+          <t>9786052356432</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Biwejan Cild - 1</t>
+          <t>Belgeyen Danışına Veşarı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059302722</t>
+          <t>9786052356920</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Fırat'taki Yüzü Berhim</t>
+          <t>Çiroken Biwejan Cild - 1</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052356845</t>
+          <t>9786059302722</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sterken Azadiye</t>
+          <t>Allah'ın Fırat'taki Yüzü Berhim</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052356012</t>
+          <t>9786052356845</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Destana Cızıre</t>
+          <t>Sterken Azadiye</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>42</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059302258</t>
+          <t>9786052356012</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Keşiş'in Dansı</t>
+          <t>Destana Cızıre</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>42</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>3990052356760</t>
+          <t>9786059302258</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Pejna Barane</t>
+          <t>Keşiş'in Dansı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>20</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059302180</t>
+          <t>3990052356760</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Destana Çeme Çetele</t>
+          <t>Pejna Barane</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052356937</t>
+          <t>9786059302180</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Keviren Şewiti</t>
+          <t>Destana Çeme Çetele</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052356289</t>
+          <t>9786052356937</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Si'bera Zeyno</t>
+          <t>Keviren Şewiti</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000030393</t>
+          <t>9786052356289</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kamran Simo Hedili Hemu Helbest Seti (6 Kitap Takım)</t>
+          <t>Si'bera Zeyno</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>90</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052356647</t>
+          <t>3990000030393</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ronahi</t>
+          <t>Kamran Simo Hedili Hemu Helbest Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257559256</t>
+          <t>9786052356647</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Pim Kodu</t>
+          <t>Ronahi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257559232</t>
+          <t>9786257559256</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslam'ın Krizi</t>
+          <t>Pim Kodu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257559034</t>
+          <t>9786257559232</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Pelen Ahina Matmayi</t>
+          <t>Siyasal İslam'ın Krizi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257559065</t>
+          <t>9786257559034</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Navişken Evine</t>
+          <t>Pelen Ahina Matmayi</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257559072</t>
+          <t>9786257559065</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Keştiya Penaberan</t>
+          <t>Navişken Evine</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257559027</t>
+          <t>9786257559072</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Helara Evine</t>
+          <t>Keştiya Penaberan</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257559317</t>
+          <t>9786257559027</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Fırmesken Şeve</t>
+          <t>Helara Evine</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257978569</t>
+          <t>9786257559317</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tofana Baye Reş</t>
+          <t>Fırmesken Şeve</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257978293</t>
+          <t>9786257978569</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Biwejan Cild - 6</t>
+          <t>Tofana Baye Reş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257978521</t>
+          <t>9786257978293</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ji Xwe We De</t>
+          <t>Çiroken Biwejan Cild - 6</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257978460</t>
+          <t>9786257978521</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan'da Hizbullah'ın Anatomisi</t>
+          <t>Ji Xwe We De</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>3990000978507</t>
+          <t>9786257978460</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yarına Kalan Aşklar</t>
+          <t>Kürdistan'da Hizbullah'ın Anatomisi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257978156</t>
+          <t>3990000978507</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Biwejan Cild - 4</t>
+          <t>Yarına Kalan Aşklar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257978255</t>
+          <t>9786257978156</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dengbej Mıstefaye Boti</t>
+          <t>Çiroken Biwejan Cild - 4</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>20</v>
+        <v>260</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257978262</t>
+          <t>9786257978255</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Biwejan Cild - 5</t>
+          <t>Dengbej Mıstefaye Boti</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257978590</t>
+          <t>9786257978262</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Gule (20 Kitap Takım)</t>
+          <t>Çiroken Biwejan Cild - 5</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257978392</t>
+          <t>9786257978590</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Pela Evine</t>
+          <t>Çiroken Gule (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257978378</t>
+          <t>9786257978392</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Cizlavet</t>
+          <t>Pela Evine</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257978408</t>
+          <t>9786257978378</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Şıngal - Bira Helbeste 3</t>
+          <t>Cizlavet</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257978828</t>
+          <t>9786257978408</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Xeyalen Eşa Evine</t>
+          <t>Şıngal - Bira Helbeste 3</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052356005</t>
+          <t>9786257978828</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gramer U Raştnuştışe Kurdi/Kırdki</t>
+          <t>Xeyalen Eşa Evine</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>420</v>
+        <v>48</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057957740</t>
+          <t>9786052356005</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dılek U Dayikek</t>
+          <t>Gramer U Raştnuştışe Kurdi/Kırdki</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057957535</t>
+          <t>9786057957740</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Diroka Kurdıstane</t>
+          <t>Dılek U Dayikek</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>880</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257978453</t>
+          <t>9786057957535</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Piç</t>
+          <t>Diroka Kurdıstane</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>20</v>
+        <v>880</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257978361</t>
+          <t>9786257978453</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hesten Evine</t>
+          <t>Aşk ve Piç</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257978415</t>
+          <t>9786257978361</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Berfa Sor</t>
+          <t>Hesten Evine</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>78</v>
+        <v>42</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057957344</t>
+          <t>9786257978415</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ajero</t>
+          <t>Berfa Sor</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>14</v>
+        <v>78</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057957702</t>
+          <t>9786057957344</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Periya Geli</t>
+          <t>Ajero</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057957795</t>
+          <t>9786057957702</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Düşme Düşüme</t>
+          <t>Periya Geli</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057957658</t>
+          <t>9786057957795</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Razen Şin</t>
+          <t>Düşme Düşüme</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057957757</t>
+          <t>9786057957658</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Rodeng</t>
+          <t>Razen Şin</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052356210</t>
+          <t>9786057957757</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Pijahmo - Bağlar Güneşi Çocukları 1</t>
+          <t>Rodeng</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>28</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054852598</t>
+          <t>9786052356210</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Zarathuştra - Gathalar</t>
+          <t>Pijahmo - Bağlar Güneşi Çocukları 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>220</v>
+        <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054852581</t>
+          <t>9786054852598</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan Kürtler ve Tarihteki Yerleri - Toprağın Çığlığı</t>
+          <t>Zarathuştra - Gathalar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059302289</t>
+          <t>9786054852581</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Rengbej</t>
+          <t>Kürdistan Kürtler ve Tarihteki Yerleri - Toprağın Çığlığı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>14</v>
+        <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054852628</t>
+          <t>9786059302289</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bı Kurtayi Diroka Ezdıyen Ermenistane</t>
+          <t>Rengbej</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>240</v>
+        <v>14</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054852604</t>
+          <t>9786054852628</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Humata Huxta Huvarşta - Zarathuştra</t>
+          <t>Bı Kurtayi Diroka Ezdıyen Ermenistane</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054852048</t>
+          <t>9786054852604</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Xezal</t>
+          <t>Humata Huxta Huvarşta - Zarathuştra</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054852512</t>
+          <t>9786054852048</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dağı Aşan Deliler Govend</t>
+          <t>Xezal</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054852987</t>
+          <t>9786054852512</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zımane Kurdi</t>
+          <t>Dağı Aşan Deliler Govend</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057957870</t>
+          <t>9786054852987</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bılındahıyen Xwedawend</t>
+          <t>Zımane Kurdi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057957900</t>
+          <t>9786057957870</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mala Seydo - Destana Çeme Çetele 2</t>
+          <t>Bılındahıyen Xwedawend</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>20</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057957764</t>
+          <t>9786057957900</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Medesa</t>
+          <t>Mala Seydo - Destana Çeme Çetele 2</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057957894</t>
+          <t>9786057957764</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Banga Bedengiye</t>
+          <t>Medesa</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057957955</t>
+          <t>9786057957894</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Acı Bahar</t>
+          <t>Banga Bedengiye</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057957887</t>
+          <t>9786057957955</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Risteyen Gazincbar</t>
+          <t>Acı Bahar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057957979</t>
+          <t>9786057957887</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Leylan</t>
+          <t>Risteyen Gazincbar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>48</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257978040</t>
+          <t>9786057957979</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Alo Yüzoniki</t>
+          <t>Leylan</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>18</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057957917</t>
+          <t>9786257978040</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dılmayin</t>
+          <t>Alo Yüzoniki</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057957771</t>
+          <t>9786057957917</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Delal</t>
+          <t>Dılmayin</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052356838</t>
+          <t>9786057957771</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Roja Nu 1943 - 1946 - Hemu Hejmar 101 - 731</t>
+          <t>Delal</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786058020603</t>
+          <t>9786052356838</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Umut Karardır</t>
+          <t>Roja Nu 1943 - 1946 - Hemu Hejmar 101 - 731</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257978064</t>
+          <t>9786058020603</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Ayak Sesleri</t>
+          <t>Umut Karardır</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257978088</t>
+          <t>9786257978064</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Serhatiyek Li Gunde Midihe</t>
+          <t>Şafağın Ayak Sesleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052356388</t>
+          <t>9786257978088</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Qaqlibaz Jonathan Livigston</t>
+          <t>Serhatiyek Li Gunde Midihe</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>18</v>
+        <v>140</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257978224</t>
+          <t>9786052356388</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Helepçe</t>
+          <t>Qaqlibaz Jonathan Livigston</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052356913</t>
+          <t>9786257978224</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Bıwejan Cild 3</t>
+          <t>Helepçe</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257978026</t>
+          <t>9786052356913</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Baharda Hiç Gözüm Yok</t>
+          <t>Çiroken Bıwejan Cild 3</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257978248</t>
+          <t>9786257978026</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gotinen Peşiyan Ü Nifiren Kurdan</t>
+          <t>Baharda Hiç Gözüm Yok</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057957283</t>
+          <t>9786257978248</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Alim'e Yazıldı</t>
+          <t>Gotinen Peşiyan Ü Nifiren Kurdan</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057957191</t>
+          <t>9786057957283</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Xatirxwestin</t>
+          <t>Alim'e Yazıldı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257978347</t>
+          <t>9786057957191</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Botan'da Her Mevsim İsyandır 2</t>
+          <t>Xatirxwestin</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>28</v>
+        <v>120</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257978330</t>
+          <t>9786257978347</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Botan'da Her Mevsim İsyandır 1</t>
+          <t>Botan'da Her Mevsim İsyandır 2</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257978316</t>
+          <t>9786257978330</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İradenin Zaferi</t>
+          <t>Botan'da Her Mevsim İsyandır 1</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>340</v>
+        <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257978187</t>
+          <t>9786257978316</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt</t>
+          <t>İradenin Zaferi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059302081</t>
+          <t>9786257978187</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çaven Zeytüni</t>
+          <t>Zerdüşt</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057957986</t>
+          <t>9786059302081</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ferhenge Kurdi</t>
+          <t>Çaven Zeytüni</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057957528</t>
+          <t>9786057957986</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Eğitimli Psikopatlar</t>
+          <t>Ferhenge Kurdi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057957467</t>
+          <t>9786057957528</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ki - Şopa Jebıri</t>
+          <t>Eğitimli Psikopatlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057957498</t>
+          <t>9786057957467</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Neynika Ciwanan</t>
+          <t>Ki - Şopa Jebıri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257978149</t>
+          <t>9786057957498</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tırtılın Rüyası</t>
+          <t>Neynika Ciwanan</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057957276</t>
+          <t>9786257978149</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gerineka Hestan</t>
+          <t>Tırtılın Rüyası</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059302227</t>
+          <t>9786057957276</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Rengbej</t>
+          <t>Gerineka Hestan</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>14</v>
+        <v>240</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054852567</t>
+          <t>9786059302227</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>1925 Direnişi</t>
+          <t>Rengbej</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>14</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054852574</t>
+          <t>9786054852567</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Avesta - Vendidad</t>
+          <t>1925 Direnişi</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054852482</t>
+          <t>9786054852574</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Feryaden Burcan</t>
+          <t>Avesta - Vendidad</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054852956</t>
+          <t>9786054852482</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Rewşa Kurden Ezidi</t>
+          <t>Feryaden Burcan</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>20</v>
+        <v>240</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054852000</t>
+          <t>9786054852956</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Doxin 18+</t>
+          <t>Rewşa Kurden Ezidi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054852529</t>
+          <t>9786054852000</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik ve Tarihi Gerçeklerin Işığında Newroz</t>
+          <t>Doxin 18+</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057957351</t>
+          <t>9786054852529</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Diroka Rojnamegeriya Kurdi 1</t>
+          <t>Mitolojik ve Tarihi Gerçeklerin Işığında Newroz</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256697706</t>
+          <t>9786057957351</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Esmer Devrim</t>
+          <t>Diroka Rojnamegeriya Kurdi 1</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256697461</t>
+          <t>9786256697706</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Qereminço</t>
+          <t>Esmer Devrim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256697805</t>
+          <t>9786256697461</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sebra Gamasi</t>
+          <t>Qereminço</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256697669</t>
+          <t>9786256697805</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dergeh</t>
+          <t>Sebra Gamasi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256697683</t>
+          <t>9786256697669</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ningeh</t>
+          <t>Dergeh</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256697676</t>
+          <t>9786256697683</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Perestgeh</t>
+          <t>Ningeh</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256697638</t>
+          <t>9786256697676</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Su ve Gül</t>
+          <t>Perestgeh</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256697362</t>
+          <t>9786256697638</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Havin</t>
+          <t>Su ve Gül</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257978439</t>
+          <t>9786256697362</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hikayenin Estetik birliği</t>
+          <t>Havin</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256697409</t>
+          <t>9786257978439</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Herkes Öldürebilir Sevdiğini</t>
+          <t>Hikayenin Estetik birliği</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256697317</t>
+          <t>9786256697409</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ground Zero of History</t>
+          <t>Herkes Öldürebilir Sevdiğini</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256697515</t>
+          <t>9786256697317</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kent Düş'tü</t>
+          <t>Ground Zero of History</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256697386</t>
+          <t>9786256697515</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bager</t>
+          <t>Kent Düş'tü</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256697379</t>
+          <t>9786256697386</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Baye Kur-2 Veger</t>
+          <t>Bager</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256697751</t>
+          <t>9786256697379</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Mıntıqaya Piran U Geli De Arekerdışe Estanekan</t>
+          <t>Baye Kur-2 Veger</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256697195</t>
+          <t>9786256697751</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Berbang – I</t>
+          <t>Mıntıqaya Piran U Geli De Arekerdışe Estanekan</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256697799</t>
+          <t>9786256697195</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Nergizen Leborine</t>
+          <t>Berbang – I</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256697416</t>
+          <t>9786256697799</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Umuda Yolculuk</t>
+          <t>Nergizen Leborine</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256697720</t>
+          <t>9786256697416</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Babılisok</t>
+          <t>Umuda Yolculuk</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256697423</t>
+          <t>9786256697720</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sur'un Ateşinde Donmak</t>
+          <t>Babılisok</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256697775</t>
+          <t>9786256697423</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ervahi</t>
+          <t>Sur'un Ateşinde Donmak</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258305098</t>
+          <t>9786256697775</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dayika Şeri</t>
+          <t>Ervahi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052356142</t>
+          <t>9786258305098</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Toplumsal Cinsiyet</t>
+          <t>Dayika Şeri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258305852</t>
+          <t>9786052356142</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Diwana Miran</t>
+          <t>Edebiyatta Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256697041</t>
+          <t>9786258305852</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sonda Delalê</t>
+          <t>Diwana Miran</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>221</v>
+        <v>160</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258305241</t>
+          <t>9786256697041</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Reşkezî</t>
+          <t>Sonda Delalê</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120.55</v>
+        <v>221</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258305739</t>
+          <t>9786258305241</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>1984 - Hezar û Nehsed û Heştê û Çar (Ji Îngilîzî Wergerandin: M. Aydin Sogut)</t>
+          <t>Reşkezî</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>320</v>
+        <v>120.55</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052356791</t>
+          <t>9786258305739</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Madonnaya Mantokurk Lê</t>
+          <t>1984 - Hezar û Nehsed û Heştê û Çar (Ji Îngilîzî Wergerandin: M. Aydin Sogut)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>4444444443094</t>
+          <t>9786052356791</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Meneviş Dergisi Sayı: 1</t>
+          <t>Madonnaya Mantokurk Lê</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257559706</t>
+          <t>4444444443094</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bûka Çarkezî</t>
+          <t>Meneviş Dergisi Sayı: 1</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257559324</t>
+          <t>9786257559706</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Xem</t>
+          <t>Bûka Çarkezî</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258305968</t>
+          <t>9786257559324</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Berbang-1 - Xew</t>
+          <t>Xem</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258305937</t>
+          <t>9786258305968</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hêviyên Bakur – 1 - Kevirên Şewitî</t>
+          <t>Berbang-1 - Xew</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258305951</t>
+          <t>9786258305937</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hêviyên Bakur – 3 - Berfa Sor</t>
+          <t>Hêviyên Bakur – 1 - Kevirên Şewitî</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258305944</t>
+          <t>9786258305951</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hêviyên Bakur – 2 - Razên Şîn</t>
+          <t>Hêviyên Bakur – 3 - Berfa Sor</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057341396</t>
+          <t>9786258305944</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Xûşîl</t>
+          <t>Hêviyên Bakur – 2 - Razên Şîn</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257559591</t>
+          <t>9786057341396</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hêlîna Sar</t>
+          <t>Xûşîl</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258305807</t>
+          <t>9786257559591</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Etîmolojiya Azadiyê-4</t>
+          <t>Hêlîna Sar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258305890</t>
+          <t>9786258305807</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Etîmolojiya Azadiyê-1</t>
+          <t>Etîmolojiya Azadiyê-4</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258305838</t>
+          <t>9786258305890</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Stêrkên Demsalê</t>
+          <t>Etîmolojiya Azadiyê-1</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258305869</t>
+          <t>9786258305838</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çavhelbest</t>
+          <t>Stêrkên Demsalê</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256697324</t>
+          <t>9786258305869</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Cindoyê Gavan</t>
+          <t>Çavhelbest</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052356883</t>
+          <t>9786256697324</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Yargısından Yansımalar</t>
+          <t>Cindoyê Gavan</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258305845</t>
+          <t>9786052356883</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Awazên Hûnandî</t>
+          <t>12 Eylül Yargısından Yansımalar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258305005</t>
+          <t>9786258305845</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bêndera Bin Palasê</t>
+          <t>Awazên Hûnandî</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258305654</t>
+          <t>9786258305005</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bilûra Efsûnî</t>
+          <t>Bêndera Bin Palasê</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257978484</t>
+          <t>9786258305654</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Toyê Estonekî û Deyîrê Gêlî</t>
+          <t>Bilûra Efsûnî</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258305012</t>
+          <t>9786257978484</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Esmer Şiirler</t>
+          <t>Toyê Estonekî û Deyîrê Gêlî</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258305180</t>
+          <t>9786258305012</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dımdım Kalesinde İsyan ve Aşk</t>
+          <t>Esmer Şiirler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258305197</t>
+          <t>9786258305180</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Dımdım Kalesinde İsyan ve Aşk</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257559645</t>
+          <t>9786258305197</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Serpêhatiyên Wenda</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258305647</t>
+          <t>9786257559645</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Berf û Berf</t>
+          <t>Serpêhatiyên Wenda</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057957801</t>
+          <t>9786258305647</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Pirajmon</t>
+          <t>Berf û Berf</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057957214</t>
+          <t>9786057957801</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Dîwana Hafiz</t>
+          <t>Pirajmon</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256697232</t>
+          <t>9786057957214</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Torosa Spî</t>
+          <t>Dîwana Hafiz</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057341341</t>
+          <t>9786256697232</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Üç Rengi</t>
+          <t>Torosa Spî</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258305401</t>
+          <t>9786057341341</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ezidxan</t>
+          <t>Direnişin Üç Rengi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>1600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059302395</t>
+          <t>9786258305401</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Helbestên Gerok</t>
+          <t>Ezidxan</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>180</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258305142</t>
+          <t>9786059302395</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gramer u Raşnuştişe Kurdi</t>
+          <t>Helbestên Gerok</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256697126</t>
+          <t>9786258305142</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Dengbejan - Dengbej Antolojisi - The Antologie Of The Dengbej – I (Ciltli)</t>
+          <t>Gramer u Raşnuştişe Kurdi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>520</v>
+        <v>420</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256697133</t>
+          <t>9786256697126</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Dengbêjan - Dengbêj Antolojisi - The Antologie Of The Dengbêj –II (Ciltli)</t>
+          <t>Antolojiya Dengbejan - Dengbej Antolojisi - The Antologie Of The Dengbej – I (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256697140</t>
+          <t>9786256697133</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Dengbejan - Dengbej Antolojisi - The Antologie Of The Dengbej – III (Ciltli)</t>
+          <t>Antolojiya Dengbêjan - Dengbêj Antolojisi - The Antologie Of The Dengbêj –II (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258305067</t>
+          <t>9786256697140</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Pêkenok û Meselokên Gel</t>
+          <t>Antolojiya Dengbejan - Dengbej Antolojisi - The Antologie Of The Dengbej – III (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258305074</t>
+          <t>9786258305067</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çîrok û Meselokên Heywanan</t>
+          <t>Pêkenok û Meselokên Gel</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258305104</t>
+          <t>9786258305074</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Gulfiroş</t>
+          <t>Çîrok û Meselokên Heywanan</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258305432</t>
+          <t>9786258305104</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Helbestên Jinên Wêjekar</t>
+          <t>Gulfiroş</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258305449</t>
+          <t>9786258305432</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Çîrokên Jinên Wêjekar</t>
+          <t>Helbestên Jinên Wêjekar</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258305203</t>
+          <t>9786258305449</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Tarîtirs</t>
+          <t>Çîrokên Jinên Wêjekar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257559355</t>
+          <t>9786258305203</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ûsivê Kûyûcakî</t>
+          <t>Tarîtirs</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258305623</t>
+          <t>9786257559355</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kurdica (Kurdîka) - 1</t>
+          <t>Ûsivê Kûyûcakî</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257559652</t>
+          <t>9786258305623</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hestên Şid</t>
+          <t>Kurdica (Kurdîka) - 1</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258305814</t>
+          <t>9786257559652</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Newala Xeyalan</t>
+          <t>Hestên Şid</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257559553</t>
+          <t>9786258305814</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Metruk Adam ve Aynası</t>
+          <t>Newala Xeyalan</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258305661</t>
+          <t>9786257559553</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Zinarên Naletkirî - Lanetli Kayalar</t>
+          <t>Metruk Adam ve Aynası</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257978965</t>
+          <t>9786258305661</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Soza Min Bû</t>
+          <t>Zinarên Naletkirî - Lanetli Kayalar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257559690</t>
+          <t>9786257978965</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Evin Cezaevi Cehenneminde 6 Yıl</t>
+          <t>Soza Min Bû</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257559263</t>
+          <t>9786257559690</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Perîza</t>
+          <t>Evin Cezaevi Cehenneminde 6 Yıl</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258305487</t>
+          <t>9786257559263</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Şiirli Ojeli Desenler</t>
+          <t>Perîza</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257559768</t>
+          <t>9786258305487</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Özgür Paylaşımlar</t>
+          <t>Şiirli Ojeli Desenler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052356869</t>
+          <t>9786257559768</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hêvî</t>
+          <t>Özgür Paylaşımlar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256697171</t>
+          <t>9786052356869</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Hikayelerim</t>
+          <t>Hêvî</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258305456</t>
+          <t>9786256697171</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Romanı</t>
+          <t>Mutlu Hikayelerim</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258305746</t>
+          <t>9786258305456</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Memleketimiz Yas Evimiz</t>
+          <t>Yalanın Romanı</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258305388</t>
+          <t>9786258305746</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Umut - Barış ve Kardeşlik Şiirleri</t>
+          <t>Memleketimiz Yas Evimiz</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257559539</t>
+          <t>9786258305388</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Rondiken Veşarti</t>
+          <t>Umut - Barış ve Kardeşlik Şiirleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257978927</t>
+          <t>9786257559539</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Anılar - Fırtınalı Dönem 1991-1994</t>
+          <t>Rondiken Veşarti</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057957009</t>
+          <t>9786257978927</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Baye Cilo</t>
+          <t>Anılar - Fırtınalı Dönem 1991-1994</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052356739</t>
+          <t>9786057957009</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Darbeler - Türk Yargısı ve Kürtler</t>
+          <t>Baye Cilo</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257559348</t>
+          <t>9786052356739</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Xeleka Evine</t>
+          <t>Darbeler - Türk Yargısı ve Kürtler</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057957061</t>
+          <t>9786257559348</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Mesela</t>
+          <t>Xeleka Evine</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257978132</t>
+          <t>9786057957061</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kervankıran</t>
+          <t>Mesela</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057957733</t>
+          <t>9786257978132</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Keseren Dılmayi</t>
+          <t>Kervankıran</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786056225109</t>
+          <t>9786057957733</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ferheng</t>
+          <t>Keseren Dılmayi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054852819</t>
+          <t>9786056225109</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tufanlardan Artakalan</t>
+          <t>Ferheng</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057957832</t>
+          <t>9786054852819</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tıliya Qereqüçke</t>
+          <t>Tufanlardan Artakalan</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057957696</t>
+          <t>9786057957832</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Namdare Kurban</t>
+          <t>Tıliya Qereqüçke</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786058020627</t>
+          <t>9786057957696</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Mülteci</t>
+          <t>Namdare Kurban</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257978118</t>
+          <t>9786058020627</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Umuda Çağrı</t>
+          <t>Yüreğim Mülteci</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054852826</t>
+          <t>9786257978118</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Aktepe Medresesi</t>
+          <t>Umuda Çağrı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786058020658</t>
+          <t>9786054852826</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Pepuk</t>
+          <t>Aktepe Medresesi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057957863</t>
+          <t>9786058020658</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Guh Nede Loman</t>
+          <t>Pepuk</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057957573</t>
+          <t>9786057957863</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Demojin</t>
+          <t>Guh Nede Loman</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257978194</t>
+          <t>9786057957573</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Mire Evine</t>
+          <t>Demojin</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>4440000002535</t>
+          <t>9786257978194</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Levhalara Çarpan Çığlıklar</t>
+          <t>Mire Evine</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
+          <t>4440000002535</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Levhalara Çarpan Çığlıklar</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
           <t>9786257559249</t>
         </is>
       </c>
-      <c r="B253" s="1" t="inlineStr">
+      <c r="B254" s="1" t="inlineStr">
         <is>
           <t>Seyrüsefer</t>
         </is>
       </c>
-      <c r="C253" s="1">
+      <c r="C254" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>