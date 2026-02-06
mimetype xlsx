--- v1 (2025-12-15)
+++ v2 (2026-02-06)
@@ -85,3835 +85,4105 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255616128</t>
+          <t>9786257978606</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Bulmacasını Çözen Felsefe</t>
+          <t>Xuvana Awiran</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256697454</t>
+          <t>9786255616432</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zar</t>
+          <t>Dergûşa Şaristaniye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255616074</t>
+          <t>9786255616326</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kevala Şeve</t>
+          <t>Uygarlık Beşiği</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255616036</t>
+          <t>9786255616425</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bulgur Tanesi</t>
+          <t>134 Roj</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255616043</t>
+          <t>9786255616104</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Elîda’nın Yıldızları</t>
+          <t>Güzindi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255616029</t>
+          <t>9786255616258</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles’in Devlet Kuramında Toplumsal Cinsiyet İkiliği</t>
+          <t>Ewre Razdar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256697928</t>
+          <t>9786255616418</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Kağıtlar</t>
+          <t>Şop</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256697874</t>
+          <t>9786256697843</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İmralı’da Kim Şah Kim Mat?</t>
+          <t>Eynzel</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256697829</t>
+          <t>9786256697836</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Quli - Binemal-Çand-Dirok-Serbori</t>
+          <t>Heviyen Şikesti</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255616067</t>
+          <t>9786256697980</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Yazdığı Yolculuklar</t>
+          <t>Şadyan Köprüsü Cinayeti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059302241</t>
+          <t>9786255616005</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Beso</t>
+          <t>Papatyadan Korkulur Mu Hiç ?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>13.89</v>
+        <v>280</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054852970</t>
+          <t>9786256697997</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Dar Ağacına Astım Şiirlerimi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>20</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057957320</t>
+          <t>9786256697959</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kobane</t>
+          <t>Beyaz Tülbentliler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054852895</t>
+          <t>9786256697348</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İmajdan Kimliğe</t>
+          <t>Wesyeten Wenda</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>58</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057957405</t>
+          <t>9786256697935</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sıfır Noktası Kobane</t>
+          <t>Poto Siya</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054852772</t>
+          <t>9786256697867</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İmajdan Kimliğe</t>
+          <t>Dîwana Seydaye Kinik</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258305678</t>
+          <t>9786256697881</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Cirm</t>
+          <t>Hest û Helbesten Bedeng</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258305760</t>
+          <t>9786256697850</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ülkesini Yüreğinde Taşıyanlar</t>
+          <t>Kesintisiz Direniş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258305876</t>
+          <t>9786255616128</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Berxwedana Elektropola</t>
+          <t>Tanrının Bulmacasını Çözen Felsefe</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258305883</t>
+          <t>9786256697454</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sosinê</t>
+          <t>Zar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258305753</t>
+          <t>9786255616074</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gerillası</t>
+          <t>Kevala Şeve</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257559430</t>
+          <t>9786255616036</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sur'un Sırrı</t>
+          <t>Bulgur Tanesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258305906</t>
+          <t>9786255616043</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mobese</t>
+          <t>Elîda’nın Yıldızları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256697102</t>
+          <t>9786255616029</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ciwan (Baki Eren)</t>
+          <t>Aristoteles’in Devlet Kuramında Toplumsal Cinsiyet İkiliği</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258305364</t>
+          <t>9786256697928</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bîst û Yek Sal û Çar Meh</t>
+          <t>Kimsesiz Kağıtlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057341303</t>
+          <t>9786256697874</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hedokê</t>
+          <t>İmralı’da Kim Şah Kim Mat?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258305586</t>
+          <t>9786256697829</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kanatları Kalbim</t>
+          <t>Quli - Binemal-Çand-Dirok-Serbori</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258305333</t>
+          <t>9786255616067</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şifaroloji - Enerjiyle Şifa Bilimi</t>
+          <t>Hayatın Yazdığı Yolculuklar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258305289</t>
+          <t>9786059302241</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bîra Hêviyê</t>
+          <t>Beso</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258305395</t>
+          <t>9786054852970</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Akşam Kızıllığında Aldılar Onu</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258305111</t>
+          <t>9786057957320</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Heviya Seseron - Rocobiyn</t>
+          <t>Kobane</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057957993</t>
+          <t>9786054852895</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Rayere Vaceyişi Ye Miyone Roci</t>
+          <t>İmajdan Kimliğe</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>420</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258305159</t>
+          <t>9786057957405</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ferhenge Qewl U Vateye Verinon Deyimler ve Atasözleri Sözlüğü</t>
+          <t>Tarihin Sıfır Noktası Kobane</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258305166</t>
+          <t>9786054852772</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ferhengê Kurdî – Tirkî | Türkçe – Türkçe Sözlük (Ciltli)</t>
+          <t>İmajdan Kimliğe</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258305135</t>
+          <t>9786258305678</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ferhengek Kirdkî-Kurmancî-Tirkî (Ciltli)</t>
+          <t>Cirm</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258305036</t>
+          <t>9786258305760</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Düş Şehrin Çocukları</t>
+          <t>Ülkesini Yüreğinde Taşıyanlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257559386</t>
+          <t>9786258305876</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Botan'da Her Mevsim İsyandır</t>
+          <t>Berxwedana Elektropola</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258305081</t>
+          <t>9786258305883</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Meseleye Vereni Ü Estoneke</t>
+          <t>Sosinê</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257559270</t>
+          <t>9786258305753</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Netewe Ü Neteweperweri</t>
+          <t>Şiir Gerillası</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057341334</t>
+          <t>9786257559430</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ben Adalet</t>
+          <t>Sur'un Sırrı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257559973</t>
+          <t>9786258305906</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Heval</t>
+          <t>Mobese</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258305043</t>
+          <t>9786256697102</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zafer</t>
+          <t>Bizim Ciwan (Baki Eren)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257559515</t>
+          <t>9786258305364</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Cellada Mektup</t>
+          <t>Bîst û Yek Sal û Çar Meh</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257559362</t>
+          <t>9786057341303</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yüreği Çocuk Kokan</t>
+          <t>Hedokê</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257559379</t>
+          <t>9786258305586</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çocukları</t>
+          <t>Kanatları Kalbim</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257978446</t>
+          <t>9786258305333</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kara Vadi</t>
+          <t>Şifaroloji - Enerjiyle Şifa Bilimi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257559393</t>
+          <t>9786258305289</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Not Düşmek</t>
+          <t>Bîra Hêviyê</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257559416</t>
+          <t>9786258305395</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Destana Ferhad Koçer</t>
+          <t>Akşam Kızıllığında Aldılar Onu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054852673</t>
+          <t>9786258305111</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Koçero</t>
+          <t>Heviya Seseron - Rocobiyn</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>64</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052356630</t>
+          <t>9786057957993</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kurdistan</t>
+          <t>Rayere Vaceyişi Ye Miyone Roci</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052356906</t>
+          <t>9786258305159</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sofi Çeleka Muzisyen</t>
+          <t>Ferhenge Qewl U Vateye Verinon Deyimler ve Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059302043</t>
+          <t>9786258305166</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Stranen Evina Azad</t>
+          <t>Ferhengê Kurdî – Tirkî | Türkçe – Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>18.52</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052356579</t>
+          <t>9786258305135</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha</t>
+          <t>Ferhengek Kirdkî-Kurmancî-Tirkî (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>12.04</v>
+        <v>420</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052356968</t>
+          <t>9786258305036</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kürtler: Yeryüzünün Yalınayaklıları</t>
+          <t>Düş Şehrin Çocukları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052356951</t>
+          <t>9786257559386</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Umuda Kaçış</t>
+          <t>Botan'da Her Mevsim İsyandır</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>48</v>
+        <v>360</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059302616</t>
+          <t>9786258305081</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Morfolojiya Kurmancı U Zımannası</t>
+          <t>Meseleye Vereni Ü Estoneke</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052356432</t>
+          <t>9786257559270</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Belgeyen Danışına Veşarı</t>
+          <t>Netewe Ü Neteweperweri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>18</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052356920</t>
+          <t>9786057341334</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Biwejan Cild - 1</t>
+          <t>Ben Adalet</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059302722</t>
+          <t>9786257559973</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Fırat'taki Yüzü Berhim</t>
+          <t>Heval</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052356845</t>
+          <t>9786258305043</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sterken Azadiye</t>
+          <t>Zafer</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052356012</t>
+          <t>9786257559515</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Destana Cızıre</t>
+          <t>Cellada Mektup</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>42</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059302258</t>
+          <t>9786257559362</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Keşiş'in Dansı</t>
+          <t>Yüreği Çocuk Kokan</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990052356760</t>
+          <t>9786257559379</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Pejna Barane</t>
+          <t>Güneşin Çocukları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>20</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059302180</t>
+          <t>9786257978446</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Destana Çeme Çetele</t>
+          <t>Kara Vadi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052356937</t>
+          <t>9786257559393</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Keviren Şewiti</t>
+          <t>Tarihe Not Düşmek</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>20</v>
+        <v>340</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052356289</t>
+          <t>9786257559416</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Si'bera Zeyno</t>
+          <t>Destana Ferhad Koçer</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>13.89</v>
+        <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>3990000030393</t>
+          <t>9786054852673</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kamran Simo Hedili Hemu Helbest Seti (6 Kitap Takım)</t>
+          <t>Koçero</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>90</v>
+        <v>64</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052356647</t>
+          <t>9786052356630</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ronahi</t>
+          <t>Kurdistan</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257559256</t>
+          <t>9786052356906</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Pim Kodu</t>
+          <t>Sofi Çeleka Muzisyen</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257559232</t>
+          <t>9786059302043</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslam'ın Krizi</t>
+          <t>Stranen Evina Azad</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257559034</t>
+          <t>9786052356579</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Pelen Ahina Matmayi</t>
+          <t>Bir Daha</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257559065</t>
+          <t>9786052356968</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Navişken Evine</t>
+          <t>Kürtler: Yeryüzünün Yalınayaklıları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>26</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257559072</t>
+          <t>9786052356951</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Keştiya Penaberan</t>
+          <t>Umuda Kaçış</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257559027</t>
+          <t>9786059302616</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Helara Evine</t>
+          <t>Morfolojiya Kurmancı U Zımannası</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>24</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257559317</t>
+          <t>9786052356432</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Fırmesken Şeve</t>
+          <t>Belgeyen Danışına Veşarı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257978569</t>
+          <t>9786052356920</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tofana Baye Reş</t>
+          <t>Çiroken Biwejan Cild - 1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257978293</t>
+          <t>9786059302722</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Biwejan Cild - 6</t>
+          <t>Allah'ın Fırat'taki Yüzü Berhim</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257978521</t>
+          <t>9786052356845</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ji Xwe We De</t>
+          <t>Sterken Azadiye</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257978460</t>
+          <t>9786052356012</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan'da Hizbullah'ın Anatomisi</t>
+          <t>Destana Cızıre</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>42</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>3990000978507</t>
+          <t>9786059302258</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yarına Kalan Aşklar</t>
+          <t>Keşiş'in Dansı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257978156</t>
+          <t>3990052356760</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Biwejan Cild - 4</t>
+          <t>Pejna Barane</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257978255</t>
+          <t>9786059302180</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dengbej Mıstefaye Boti</t>
+          <t>Destana Çeme Çetele</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257978262</t>
+          <t>9786052356937</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Biwejan Cild - 5</t>
+          <t>Keviren Şewiti</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257978590</t>
+          <t>9786052356289</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Gule (20 Kitap Takım)</t>
+          <t>Si'bera Zeyno</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257978392</t>
+          <t>3990000030393</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Pela Evine</t>
+          <t>Kamran Simo Hedili Hemu Helbest Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257978378</t>
+          <t>9786052356647</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Cizlavet</t>
+          <t>Ronahi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>20</v>
+        <v>500</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257978408</t>
+          <t>9786257559256</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şıngal - Bira Helbeste 3</t>
+          <t>Pim Kodu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>20</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257978828</t>
+          <t>9786257559232</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Xeyalen Eşa Evine</t>
+          <t>Siyasal İslam'ın Krizi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>48</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052356005</t>
+          <t>9786257559034</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gramer U Raştnuştışe Kurdi/Kırdki</t>
+          <t>Pelen Ahina Matmayi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>420</v>
+        <v>26</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057957740</t>
+          <t>9786257559065</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dılek U Dayikek</t>
+          <t>Navişken Evine</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057957535</t>
+          <t>9786257559072</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Diroka Kurdıstane</t>
+          <t>Keştiya Penaberan</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>880</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257978453</t>
+          <t>9786257559027</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Piç</t>
+          <t>Helara Evine</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257978361</t>
+          <t>9786257559317</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hesten Evine</t>
+          <t>Fırmesken Şeve</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>42</v>
+        <v>140</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257978415</t>
+          <t>9786257978569</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Berfa Sor</t>
+          <t>Tofana Baye Reş</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>78</v>
+        <v>140</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057957344</t>
+          <t>9786257978293</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ajero</t>
+          <t>Çiroken Biwejan Cild - 6</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>14</v>
+        <v>260</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057957702</t>
+          <t>9786257978521</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Periya Geli</t>
+          <t>Ji Xwe We De</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057957795</t>
+          <t>9786257978460</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Düşme Düşüme</t>
+          <t>Kürdistan'da Hizbullah'ın Anatomisi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057957658</t>
+          <t>3990000978507</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Razen Şin</t>
+          <t>Yarına Kalan Aşklar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057957757</t>
+          <t>9786257978156</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Rodeng</t>
+          <t>Çiroken Biwejan Cild - 4</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052356210</t>
+          <t>9786257978255</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Pijahmo - Bağlar Güneşi Çocukları 1</t>
+          <t>Dengbej Mıstefaye Boti</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054852598</t>
+          <t>9786257978262</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Zarathuştra - Gathalar</t>
+          <t>Çiroken Biwejan Cild - 5</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054852581</t>
+          <t>9786257978590</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan Kürtler ve Tarihteki Yerleri - Toprağın Çığlığı</t>
+          <t>Çiroken Gule (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059302289</t>
+          <t>9786257978392</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Rengbej</t>
+          <t>Pela Evine</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>14</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054852628</t>
+          <t>9786257978378</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bı Kurtayi Diroka Ezdıyen Ermenistane</t>
+          <t>Cizlavet</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054852604</t>
+          <t>9786257978408</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Humata Huxta Huvarşta - Zarathuştra</t>
+          <t>Şıngal - Bira Helbeste 3</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>360</v>
+        <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054852048</t>
+          <t>9786257978828</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Xezal</t>
+          <t>Xeyalen Eşa Evine</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>340</v>
+        <v>48</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054852512</t>
+          <t>9786052356005</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dağı Aşan Deliler Govend</t>
+          <t>Gramer U Raştnuştışe Kurdi/Kırdki</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054852987</t>
+          <t>9786057957740</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Zımane Kurdi</t>
+          <t>Dılek U Dayikek</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057957870</t>
+          <t>9786057957535</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bılındahıyen Xwedawend</t>
+          <t>Diroka Kurdıstane</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>880</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057957900</t>
+          <t>9786257978453</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mala Seydo - Destana Çeme Çetele 2</t>
+          <t>Aşk ve Piç</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057957764</t>
+          <t>9786257978361</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Medesa</t>
+          <t>Hesten Evine</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>16</v>
+        <v>42</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057957894</t>
+          <t>9786257978415</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Banga Bedengiye</t>
+          <t>Berfa Sor</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>120</v>
+        <v>78</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057957955</t>
+          <t>9786057957344</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Acı Bahar</t>
+          <t>Ajero</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057957887</t>
+          <t>9786057957702</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Risteyen Gazincbar</t>
+          <t>Periya Geli</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>48</v>
+        <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057957979</t>
+          <t>9786057957795</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Leylan</t>
+          <t>Düşme Düşüme</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257978040</t>
+          <t>9786057957658</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Alo Yüzoniki</t>
+          <t>Razen Şin</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>18</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057957917</t>
+          <t>9786057957757</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dılmayin</t>
+          <t>Rodeng</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>16</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057957771</t>
+          <t>9786052356210</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Delal</t>
+          <t>Pijahmo - Bağlar Güneşi Çocukları 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>28</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052356838</t>
+          <t>9786054852598</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Roja Nu 1943 - 1946 - Hemu Hejmar 101 - 731</t>
+          <t>Zarathuştra - Gathalar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786058020603</t>
+          <t>9786054852581</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Umut Karardır</t>
+          <t>Kürdistan Kürtler ve Tarihteki Yerleri - Toprağın Çığlığı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257978064</t>
+          <t>9786059302289</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Ayak Sesleri</t>
+          <t>Rengbej</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257978088</t>
+          <t>9786054852628</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Serhatiyek Li Gunde Midihe</t>
+          <t>Bı Kurtayi Diroka Ezdıyen Ermenistane</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052356388</t>
+          <t>9786054852604</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Qaqlibaz Jonathan Livigston</t>
+          <t>Humata Huxta Huvarşta - Zarathuştra</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>18</v>
+        <v>360</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257978224</t>
+          <t>9786054852048</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Helepçe</t>
+          <t>Xezal</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>20</v>
+        <v>340</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052356913</t>
+          <t>9786054852512</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Bıwejan Cild 3</t>
+          <t>Dağı Aşan Deliler Govend</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257978026</t>
+          <t>9786054852987</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Baharda Hiç Gözüm Yok</t>
+          <t>Zımane Kurdi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257978248</t>
+          <t>9786057957870</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gotinen Peşiyan Ü Nifiren Kurdan</t>
+          <t>Bılındahıyen Xwedawend</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057957283</t>
+          <t>9786057957900</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Alim'e Yazıldı</t>
+          <t>Mala Seydo - Destana Çeme Çetele 2</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057957191</t>
+          <t>9786057957764</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Xatirxwestin</t>
+          <t>Medesa</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257978347</t>
+          <t>9786057957894</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Botan'da Her Mevsim İsyandır 2</t>
+          <t>Banga Bedengiye</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>28</v>
+        <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257978330</t>
+          <t>9786057957955</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Botan'da Her Mevsim İsyandır 1</t>
+          <t>Acı Bahar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257978316</t>
+          <t>9786057957887</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İradenin Zaferi</t>
+          <t>Risteyen Gazincbar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>340</v>
+        <v>48</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257978187</t>
+          <t>9786057957979</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt</t>
+          <t>Leylan</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059302081</t>
+          <t>9786257978040</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çaven Zeytüni</t>
+          <t>Alo Yüzoniki</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057957986</t>
+          <t>9786057957917</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ferhenge Kurdi</t>
+          <t>Dılmayin</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>60</v>
+        <v>16</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057957528</t>
+          <t>9786057957771</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Eğitimli Psikopatlar</t>
+          <t>Delal</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057957467</t>
+          <t>9786052356838</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ki - Şopa Jebıri</t>
+          <t>Roja Nu 1943 - 1946 - Hemu Hejmar 101 - 731</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057957498</t>
+          <t>9786058020603</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Neynika Ciwanan</t>
+          <t>Umut Karardır</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257978149</t>
+          <t>9786257978064</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tırtılın Rüyası</t>
+          <t>Şafağın Ayak Sesleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057957276</t>
+          <t>9786257978088</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gerineka Hestan</t>
+          <t>Serhatiyek Li Gunde Midihe</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059302227</t>
+          <t>9786052356388</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Rengbej</t>
+          <t>Qaqlibaz Jonathan Livigston</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054852567</t>
+          <t>9786257978224</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>1925 Direnişi</t>
+          <t>Helepçe</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054852574</t>
+          <t>9786052356913</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Avesta - Vendidad</t>
+          <t>Çiroken Bıwejan Cild 3</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054852482</t>
+          <t>9786257978026</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Feryaden Burcan</t>
+          <t>Baharda Hiç Gözüm Yok</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054852956</t>
+          <t>9786257978248</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Rewşa Kurden Ezidi</t>
+          <t>Gotinen Peşiyan Ü Nifiren Kurdan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>20</v>
+        <v>180</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054852000</t>
+          <t>9786057957283</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Doxin 18+</t>
+          <t>Alim'e Yazıldı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054852529</t>
+          <t>9786057957191</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik ve Tarihi Gerçeklerin Işığında Newroz</t>
+          <t>Xatirxwestin</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057957351</t>
+          <t>9786257978347</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Diroka Rojnamegeriya Kurdi 1</t>
+          <t>Botan'da Her Mevsim İsyandır 2</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>320</v>
+        <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256697706</t>
+          <t>9786257978330</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Esmer Devrim</t>
+          <t>Botan'da Her Mevsim İsyandır 1</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>340</v>
+        <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256697461</t>
+          <t>9786257978316</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Qereminço</t>
+          <t>İradenin Zaferi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256697805</t>
+          <t>9786257978187</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sebra Gamasi</t>
+          <t>Zerdüşt</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256697669</t>
+          <t>9786059302081</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dergeh</t>
+          <t>Çaven Zeytüni</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256697683</t>
+          <t>9786057957986</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ningeh</t>
+          <t>Ferhenge Kurdi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256697676</t>
+          <t>9786057957528</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Perestgeh</t>
+          <t>Eğitimli Psikopatlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256697638</t>
+          <t>9786057957467</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Su ve Gül</t>
+          <t>Ki - Şopa Jebıri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256697362</t>
+          <t>9786057957498</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Havin</t>
+          <t>Neynika Ciwanan</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257978439</t>
+          <t>9786257978149</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hikayenin Estetik birliği</t>
+          <t>Tırtılın Rüyası</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256697409</t>
+          <t>9786057957276</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Herkes Öldürebilir Sevdiğini</t>
+          <t>Gerineka Hestan</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256697317</t>
+          <t>9786059302227</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ground Zero of History</t>
+          <t>Rengbej</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>280</v>
+        <v>14</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256697515</t>
+          <t>9786054852567</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kent Düş'tü</t>
+          <t>1925 Direnişi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256697386</t>
+          <t>9786054852574</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bager</t>
+          <t>Avesta - Vendidad</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256697379</t>
+          <t>9786054852482</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Baye Kur-2 Veger</t>
+          <t>Feryaden Burcan</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256697751</t>
+          <t>9786054852956</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mıntıqaya Piran U Geli De Arekerdışe Estanekan</t>
+          <t>Rewşa Kurden Ezidi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256697195</t>
+          <t>9786054852000</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Berbang – I</t>
+          <t>Doxin 18+</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256697799</t>
+          <t>9786054852529</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Nergizen Leborine</t>
+          <t>Mitolojik ve Tarihi Gerçeklerin Işığında Newroz</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256697416</t>
+          <t>9786057957351</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Umuda Yolculuk</t>
+          <t>Diroka Rojnamegeriya Kurdi 1</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256697720</t>
+          <t>9786256697706</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Babılisok</t>
+          <t>Esmer Devrim</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256697423</t>
+          <t>9786256697461</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sur'un Ateşinde Donmak</t>
+          <t>Qereminço</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256697775</t>
+          <t>9786256697805</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ervahi</t>
+          <t>Sebra Gamasi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258305098</t>
+          <t>9786256697669</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Dayika Şeri</t>
+          <t>Dergeh</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052356142</t>
+          <t>9786256697683</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Toplumsal Cinsiyet</t>
+          <t>Ningeh</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258305852</t>
+          <t>9786256697676</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Diwana Miran</t>
+          <t>Perestgeh</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256697041</t>
+          <t>9786256697638</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sonda Delalê</t>
+          <t>Su ve Gül</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>221</v>
+        <v>140</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258305241</t>
+          <t>9786256697362</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Reşkezî</t>
+          <t>Havin</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120.55</v>
+        <v>220</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258305739</t>
+          <t>9786257978439</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>1984 - Hezar û Nehsed û Heştê û Çar (Ji Îngilîzî Wergerandin: M. Aydin Sogut)</t>
+          <t>Hikayenin Estetik birliği</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052356791</t>
+          <t>9786256697409</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Madonnaya Mantokurk Lê</t>
+          <t>Herkes Öldürebilir Sevdiğini</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>4444444443094</t>
+          <t>9786256697317</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Meneviş Dergisi Sayı: 1</t>
+          <t>Ground Zero of History</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257559706</t>
+          <t>9786256697515</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bûka Çarkezî</t>
+          <t>Kent Düş'tü</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257559324</t>
+          <t>9786256697386</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Xem</t>
+          <t>Bager</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258305968</t>
+          <t>9786256697379</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Berbang-1 - Xew</t>
+          <t>Baye Kur-2 Veger</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258305937</t>
+          <t>9786256697751</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hêviyên Bakur – 1 - Kevirên Şewitî</t>
+          <t>Mıntıqaya Piran U Geli De Arekerdışe Estanekan</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258305951</t>
+          <t>9786256697195</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hêviyên Bakur – 3 - Berfa Sor</t>
+          <t>Berbang – I</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258305944</t>
+          <t>9786256697799</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hêviyên Bakur – 2 - Razên Şîn</t>
+          <t>Nergizen Leborine</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057341396</t>
+          <t>9786256697416</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Xûşîl</t>
+          <t>Umuda Yolculuk</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257559591</t>
+          <t>9786256697720</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hêlîna Sar</t>
+          <t>Babılisok</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258305807</t>
+          <t>9786256697423</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Etîmolojiya Azadiyê-4</t>
+          <t>Sur'un Ateşinde Donmak</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258305890</t>
+          <t>9786256697775</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Etîmolojiya Azadiyê-1</t>
+          <t>Ervahi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258305838</t>
+          <t>9786258305098</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Stêrkên Demsalê</t>
+          <t>Dayika Şeri</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258305869</t>
+          <t>9786052356142</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çavhelbest</t>
+          <t>Edebiyatta Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256697324</t>
+          <t>9786258305852</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Cindoyê Gavan</t>
+          <t>Diwana Miran</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052356883</t>
+          <t>9786256697041</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Yargısından Yansımalar</t>
+          <t>Sonda Delalê</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>280</v>
+        <v>221</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258305845</t>
+          <t>9786258305241</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Awazên Hûnandî</t>
+          <t>Reşkezî</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>160</v>
+        <v>120.55</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258305005</t>
+          <t>9786258305739</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bêndera Bin Palasê</t>
+          <t>1984 - Hezar û Nehsed û Heştê û Çar (Ji Îngilîzî Wergerandin: M. Aydin Sogut)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258305654</t>
+          <t>9786052356791</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bilûra Efsûnî</t>
+          <t>Madonnaya Mantokurk Lê</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257978484</t>
+          <t>4444444443094</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Toyê Estonekî û Deyîrê Gêlî</t>
+          <t>Meneviş Dergisi Sayı: 1</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258305012</t>
+          <t>9786257559706</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Esmer Şiirler</t>
+          <t>Bûka Çarkezî</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258305180</t>
+          <t>9786257559324</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Dımdım Kalesinde İsyan ve Aşk</t>
+          <t>Xem</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258305197</t>
+          <t>9786258305968</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Berbang-1 - Xew</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257559645</t>
+          <t>9786258305937</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Serpêhatiyên Wenda</t>
+          <t>Hêviyên Bakur – 1 - Kevirên Şewitî</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258305647</t>
+          <t>9786258305951</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Berf û Berf</t>
+          <t>Hêviyên Bakur – 3 - Berfa Sor</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057957801</t>
+          <t>9786258305944</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Pirajmon</t>
+          <t>Hêviyên Bakur – 2 - Razên Şîn</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057957214</t>
+          <t>9786057341396</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Dîwana Hafiz</t>
+          <t>Xûşîl</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256697232</t>
+          <t>9786257559591</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Torosa Spî</t>
+          <t>Hêlîna Sar</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057341341</t>
+          <t>9786258305807</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Üç Rengi</t>
+          <t>Etîmolojiya Azadiyê-4</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258305401</t>
+          <t>9786258305890</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ezidxan</t>
+          <t>Etîmolojiya Azadiyê-1</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059302395</t>
+          <t>9786258305838</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Helbestên Gerok</t>
+          <t>Stêrkên Demsalê</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258305142</t>
+          <t>9786258305869</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gramer u Raşnuştişe Kurdi</t>
+          <t>Çavhelbest</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256697126</t>
+          <t>9786256697324</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Dengbejan - Dengbej Antolojisi - The Antologie Of The Dengbej – I (Ciltli)</t>
+          <t>Cindoyê Gavan</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>520</v>
+        <v>140</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256697133</t>
+          <t>9786052356883</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Dengbêjan - Dengbêj Antolojisi - The Antologie Of The Dengbêj –II (Ciltli)</t>
+          <t>12 Eylül Yargısından Yansımalar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256697140</t>
+          <t>9786258305845</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Dengbejan - Dengbej Antolojisi - The Antologie Of The Dengbej – III (Ciltli)</t>
+          <t>Awazên Hûnandî</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>520</v>
+        <v>160</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258305067</t>
+          <t>9786258305005</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Pêkenok û Meselokên Gel</t>
+          <t>Bêndera Bin Palasê</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258305074</t>
+          <t>9786258305654</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çîrok û Meselokên Heywanan</t>
+          <t>Bilûra Efsûnî</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258305104</t>
+          <t>9786257978484</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gulfiroş</t>
+          <t>Toyê Estonekî û Deyîrê Gêlî</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258305432</t>
+          <t>9786258305012</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Helbestên Jinên Wêjekar</t>
+          <t>Esmer Şiirler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258305449</t>
+          <t>9786258305180</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Çîrokên Jinên Wêjekar</t>
+          <t>Dımdım Kalesinde İsyan ve Aşk</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258305203</t>
+          <t>9786258305197</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Tarîtirs</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257559355</t>
+          <t>9786257559645</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ûsivê Kûyûcakî</t>
+          <t>Serpêhatiyên Wenda</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258305623</t>
+          <t>9786258305647</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kurdica (Kurdîka) - 1</t>
+          <t>Berf û Berf</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257559652</t>
+          <t>9786057957801</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hestên Şid</t>
+          <t>Pirajmon</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258305814</t>
+          <t>9786057957214</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Newala Xeyalan</t>
+          <t>Dîwana Hafiz</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257559553</t>
+          <t>9786256697232</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Metruk Adam ve Aynası</t>
+          <t>Torosa Spî</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258305661</t>
+          <t>9786057341341</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Zinarên Naletkirî - Lanetli Kayalar</t>
+          <t>Direnişin Üç Rengi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257978965</t>
+          <t>9786258305401</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Soza Min Bû</t>
+          <t>Ezidxan</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>180</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257559690</t>
+          <t>9786059302395</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Evin Cezaevi Cehenneminde 6 Yıl</t>
+          <t>Helbestên Gerok</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257559263</t>
+          <t>9786258305142</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Perîza</t>
+          <t>Gramer u Raşnuştişe Kurdi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258305487</t>
+          <t>9786256697126</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Şiirli Ojeli Desenler</t>
+          <t>Antolojiya Dengbejan - Dengbej Antolojisi - The Antologie Of The Dengbej – I (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257559768</t>
+          <t>9786256697133</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Özgür Paylaşımlar</t>
+          <t>Antolojiya Dengbêjan - Dengbêj Antolojisi - The Antologie Of The Dengbêj –II (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052356869</t>
+          <t>9786256697140</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hêvî</t>
+          <t>Antolojiya Dengbejan - Dengbej Antolojisi - The Antologie Of The Dengbej – III (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>120</v>
+        <v>520</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256697171</t>
+          <t>9786258305067</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Hikayelerim</t>
+          <t>Pêkenok û Meselokên Gel</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258305456</t>
+          <t>9786258305074</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Romanı</t>
+          <t>Çîrok û Meselokên Heywanan</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258305746</t>
+          <t>9786258305104</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Memleketimiz Yas Evimiz</t>
+          <t>Gulfiroş</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258305388</t>
+          <t>9786258305432</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Umut - Barış ve Kardeşlik Şiirleri</t>
+          <t>Helbestên Jinên Wêjekar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257559539</t>
+          <t>9786258305449</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Rondiken Veşarti</t>
+          <t>Çîrokên Jinên Wêjekar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257978927</t>
+          <t>9786258305203</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Anılar - Fırtınalı Dönem 1991-1994</t>
+          <t>Tarîtirs</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057957009</t>
+          <t>9786257559355</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Baye Cilo</t>
+          <t>Ûsivê Kûyûcakî</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052356739</t>
+          <t>9786258305623</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Darbeler - Türk Yargısı ve Kürtler</t>
+          <t>Kurdica (Kurdîka) - 1</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257559348</t>
+          <t>9786257559652</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Xeleka Evine</t>
+          <t>Hestên Şid</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057957061</t>
+          <t>9786258305814</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Mesela</t>
+          <t>Newala Xeyalan</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257978132</t>
+          <t>9786257559553</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kervankıran</t>
+          <t>Metruk Adam ve Aynası</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057957733</t>
+          <t>9786258305661</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Keseren Dılmayi</t>
+          <t>Zinarên Naletkirî - Lanetli Kayalar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786056225109</t>
+          <t>9786257978965</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ferheng</t>
+          <t>Soza Min Bû</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054852819</t>
+          <t>9786257559690</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tufanlardan Artakalan</t>
+          <t>Evin Cezaevi Cehenneminde 6 Yıl</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057957832</t>
+          <t>9786257559263</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tıliya Qereqüçke</t>
+          <t>Perîza</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057957696</t>
+          <t>9786258305487</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Namdare Kurban</t>
+          <t>Şiirli Ojeli Desenler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786058020627</t>
+          <t>9786257559768</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Mülteci</t>
+          <t>Özgür Paylaşımlar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257978118</t>
+          <t>9786052356869</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Umuda Çağrı</t>
+          <t>Hêvî</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054852826</t>
+          <t>9786256697171</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Aktepe Medresesi</t>
+          <t>Mutlu Hikayelerim</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786058020658</t>
+          <t>9786258305456</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Pepuk</t>
+          <t>Yalanın Romanı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057957863</t>
+          <t>9786258305746</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Guh Nede Loman</t>
+          <t>Memleketimiz Yas Evimiz</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057957573</t>
+          <t>9786258305388</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Demojin</t>
+          <t>Umut - Barış ve Kardeşlik Şiirleri</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257978194</t>
+          <t>9786257559539</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Mire Evine</t>
+          <t>Rondiken Veşarti</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>4440000002535</t>
+          <t>9786257978927</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Levhalara Çarpan Çığlıklar</t>
+          <t>Anılar - Fırtınalı Dönem 1991-1994</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
+          <t>9786057957009</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Baye Cilo</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786052356739</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Darbeler - Türk Yargısı ve Kürtler</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786257559348</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Xeleka Evine</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786057957061</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Mesela</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786257978132</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Kervankıran</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786057957733</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Keseren Dılmayi</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786056225109</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Ferheng</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786054852819</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Tufanlardan Artakalan</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786057957832</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Tıliya Qereqüçke</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786057957696</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Namdare Kurban</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786058020627</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğim Mülteci</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786257978118</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Umuda Çağrı</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786054852826</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Aktepe Medresesi</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786058020658</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Pepuk</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786057957863</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Guh Nede Loman</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786057957573</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Demojin</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786257978194</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Mire Evine</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>4440000002535</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Levhalara Çarpan Çığlıklar</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
           <t>9786257559249</t>
         </is>
       </c>
-      <c r="B254" s="1" t="inlineStr">
+      <c r="B272" s="1" t="inlineStr">
         <is>
           <t>Seyrüsefer</t>
         </is>
       </c>
-      <c r="C254" s="1">
+      <c r="C272" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>