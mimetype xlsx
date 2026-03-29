--- v2 (2026-02-06)
+++ v3 (2026-03-29)
@@ -85,4105 +85,6265 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257978606</t>
+          <t>9786256697508</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Xuvana Awiran</t>
+          <t>Çîroka Evînê</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255616432</t>
+          <t>9786256697485</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dergûşa Şaristaniye</t>
+          <t>Heyfa Nemir</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255616326</t>
+          <t>9786256697478</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Beşiği</t>
+          <t>Öncesi ve Sonrasıyla 1925 Kürt Direnişi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255616425</t>
+          <t>9786255616333</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>134 Roj</t>
+          <t>Zernîşan</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255616104</t>
+          <t>9786255616302</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Güzindi</t>
+          <t>Gerdena Bê Lîs</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255616258</t>
+          <t>9786255616135</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ewre Razdar</t>
+          <t>Mesken</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255616418</t>
+          <t>9786255616289</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şop</t>
+          <t>Asmin</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256697843</t>
+          <t>9786256697973</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Eynzel</t>
+          <t>Toprağın Onuru</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256697836</t>
+          <t>9786256697447</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Heviyen Şikesti</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256697980</t>
+          <t>9786255616401</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şadyan Köprüsü Cinayeti</t>
+          <t>Gîskên Pîrê</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255616005</t>
+          <t>9786255616111</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Papatyadan Korkulur Mu Hiç ?</t>
+          <t>Xwîn [Kan]</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256697997</t>
+          <t>9786255616340</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dar Ağacına Astım Şiirlerimi</t>
+          <t>Gece Kuşu</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256697959</t>
+          <t>9786255616395</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Tülbentliler</t>
+          <t>Hakkari’de Işıldayan Bir Yaşam</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256697348</t>
+          <t>9786256697713</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Wesyeten Wenda</t>
+          <t>Berxwedana Firuze</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256697935</t>
+          <t>9786255616449</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Poto Siya</t>
+          <t>Baye Evina Ronyaye</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256697867</t>
+          <t>9786255616319</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dîwana Seydaye Kinik</t>
+          <t>Kewar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256697881</t>
+          <t>9786258305593</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hest û Helbesten Bedeng</t>
+          <t>Postmodern Mektuplar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256697850</t>
+          <t>9786257559737</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kesintisiz Direniş</t>
+          <t>Li Vir Sar Ji Xwe Dibarim</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255616128</t>
+          <t>9786258305258</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Bulmacasını Çözen Felsefe</t>
+          <t>Siyaset ve Demokrasi Üzerine Aforizmalar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256697454</t>
+          <t>9786258305265</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zar</t>
+          <t>Aşk ve Yaşam Üzerine Aforizmalar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255616074</t>
+          <t>9786257559744</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kevala Şeve</t>
+          <t>Çengek Ax</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255616036</t>
+          <t>9786257559997</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bulgur Tanesi</t>
+          <t>Yitip Giden Aklım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255616043</t>
+          <t>9786257559980</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Elîda’nın Yıldızları</t>
+          <t>Bir Siyasi Mahkumun Zindan Günlükleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255616029</t>
+          <t>9786057341310</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles’in Devlet Kuramında Toplumsal Cinsiyet İkiliği</t>
+          <t>Welate Ma</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256697928</t>
+          <t>9786057341327</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Kağıtlar</t>
+          <t>Sonsuzluğa Şiirler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256697874</t>
+          <t>9786257559935</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İmralı’da Kim Şah Kim Mat?</t>
+          <t>Siwariyen Sersor</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256697829</t>
+          <t>9786258305050</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Quli - Binemal-Çand-Dirok-Serbori</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255616067</t>
+          <t>9786059302272</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Yazdığı Yolculuklar</t>
+          <t>Gotınen Peşıyan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059302241</t>
+          <t>9786257559607</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Beso</t>
+          <t>Çar Berhem Jı Raperinen Diroka Kurdan</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>13.89</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054852970</t>
+          <t>9786257559478</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Gotınen Peşıyan</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>20</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057957320</t>
+          <t>9786257559546</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kobane</t>
+          <t>Sevda Kadınlarına</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054852895</t>
+          <t>9786257559454</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İmajdan Kimliğe</t>
+          <t>Aram</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>58</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057957405</t>
+          <t>9786257559447</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sıfır Noktası Kobane</t>
+          <t>Bergidana Xewne</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054852772</t>
+          <t>9786257559423</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İmajdan Kimliğe</t>
+          <t>Berigeh</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258305678</t>
+          <t>9786257978200</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cirm</t>
+          <t>Ben Yaşadım</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258305760</t>
+          <t>9786057957404</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ülkesini Yüreğinde Taşıyanlar</t>
+          <t>Mavideki Hüzün</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258305876</t>
+          <t>9786059302531</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Berxwedana Elektropola</t>
+          <t>Eziditi: Dive Mirov Rastiya We Li Ku Bıgere</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258305883</t>
+          <t>9786052356456</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sosinê</t>
+          <t>Qurbaniyen Gunehkariye</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258305753</t>
+          <t>9786052356678</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gerillası</t>
+          <t>Xuyen Zordarıye</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257559430</t>
+          <t>9786059302357</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sur'un Sırrı</t>
+          <t>Çokeşli Evlilik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258305906</t>
+          <t>9786059302487</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mobese</t>
+          <t>Leylana Kesk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256697102</t>
+          <t>9786059302791</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ciwan (Baki Eren)</t>
+          <t>Xeyalbej</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258305364</t>
+          <t>3996056074523</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bîst û Yek Sal û Çar Meh</t>
+          <t>Çebuna Gerdune U Peydabuna Jiyane</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057341303</t>
+          <t>9786054852932</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hedokê</t>
+          <t>Teşi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258305586</t>
+          <t>9786054852857</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kanatları Kalbim</t>
+          <t>Rewi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258305333</t>
+          <t>9786052356494</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şifaroloji - Enerjiyle Şifa Bilimi</t>
+          <t>Filozof Peygamber Zerdeşt</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258305289</t>
+          <t>9786059302562</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bîra Hêviyê</t>
+          <t>Bir Meslek Odası Hikayesi - Diyarbakır Tabib Odası Tarihi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258305395</t>
+          <t>9786052356821</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Akşam Kızıllığında Aldılar Onu</t>
+          <t>Çiroka Emre Min</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258305111</t>
+          <t>9786052356975</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Heviya Seseron - Rocobiyn</t>
+          <t>78 Kuşağının Şen Çocukları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057957993</t>
+          <t>9786057957108</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Rayere Vaceyişi Ye Miyone Roci</t>
+          <t>Ölmeyi Beceremeyen Hiç</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258305159</t>
+          <t>9786052356685</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ferhenge Qewl U Vateye Verinon Deyimler ve Atasözleri Sözlüğü</t>
+          <t>Karanfilleri Taze Kaldı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258305166</t>
+          <t>9786052356111</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ferhengê Kurdî – Tirkî | Türkçe – Türkçe Sözlük (Ciltli)</t>
+          <t>Kızıl Bone</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258305135</t>
+          <t>9786052356753</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ferhengek Kirdkî-Kurmancî-Tirkî (Ciltli)</t>
+          <t>Demsalen Şikesti</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258305036</t>
+          <t>3990000025147</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Düş Şehrin Çocukları</t>
+          <t>Piya’nın Dünyası - World Of Piya 1</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257559386</t>
+          <t>9786257978866</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Botan'da Her Mevsim İsyandır</t>
+          <t>Dinyaya Piyayi - Dinyaya Piyaye 1</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258305081</t>
+          <t>9786257559287</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Meseleye Vereni Ü Estoneke</t>
+          <t>Kürdistan'da Din ve Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257559270</t>
+          <t>9786257559331</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Netewe Ü Neteweperweri</t>
+          <t>Eviçi Emek - Gaspedilen Emek</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057341334</t>
+          <t>9786057957375</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ben Adalet</t>
+          <t>Evin U Tolhildana Çoko</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257559973</t>
+          <t>9786257559300</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Heval</t>
+          <t>Ke Destane Sorkirine</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258305043</t>
+          <t>9786257559294</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Zafer</t>
+          <t>Kurdistan Helbesta Min E</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257559515</t>
+          <t>9786257978989</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Cellada Mektup</t>
+          <t>Xwediye Nergizan</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257559362</t>
+          <t>9786257978996</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yüreği Çocuk Kokan</t>
+          <t>Dino</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257559379</t>
+          <t>3990052356777</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çocukları</t>
+          <t>Helbest Çi Ye</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257978446</t>
+          <t>9786257978576</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kara Vadi</t>
+          <t>Açık Mavi Özgürlük</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257559393</t>
+          <t>9786257978385</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Not Düşmek</t>
+          <t>Nasin</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257559416</t>
+          <t>9786257978422</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Destana Ferhad Koçer</t>
+          <t>Efsüna Awaza Zilane</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054852673</t>
+          <t>9786257978538</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Koçero</t>
+          <t>Aşop</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>64</v>
+        <v>140</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052356630</t>
+          <t>9786257978545</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kurdistan</t>
+          <t>Sol Yanımda Bir Korku Var</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052356906</t>
+          <t>9786059302708</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sofi Çeleka Muzisyen</t>
+          <t>Diroka Sar Heviyen Germ</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059302043</t>
+          <t>9786257978767</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Stranen Evina Azad</t>
+          <t>Şeven Lal ü Sewi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>18.52</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052356579</t>
+          <t>9786257978668</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha</t>
+          <t>Hesten Şermok</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>12.04</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052356968</t>
+          <t>9786257978750</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kürtler: Yeryüzünün Yalınayaklıları</t>
+          <t>Gernejina Roke</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052356951</t>
+          <t>9786257978736</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Umuda Kaçış</t>
+          <t>Awazen Evine</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>48</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059302616</t>
+          <t>9786257978729</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Morfolojiya Kurmancı U Zımannası</t>
+          <t>Bızava Hozan ü Birlekırına Zıman</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052356432</t>
+          <t>9786257559010</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Belgeyen Danışına Veşarı</t>
+          <t>Trajedi U Komedi - Jiyana Min 1</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>18</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052356920</t>
+          <t>9786257559041</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Biwejan Cild - 1</t>
+          <t>Ölüm Esmer Olmazsa Yakışmaz</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059302722</t>
+          <t>9786257978972</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Fırat'taki Yüzü Berhim</t>
+          <t>Arinna</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052356845</t>
+          <t>9786257978859</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sterken Azadiye</t>
+          <t>Çocukluk Ülkesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052356012</t>
+          <t>9786257978286</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Destana Cızıre</t>
+          <t>Yasaklı Ülkem</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>42</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059302258</t>
+          <t>9786257978897</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Keşiş'in Dansı</t>
+          <t>Kezireşke</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>3990052356760</t>
+          <t>9786257978880</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Pejna Barane</t>
+          <t>Li Benda Te Me</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059302180</t>
+          <t>9786257978903</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Destana Çeme Çetele</t>
+          <t>Arinıstan</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052356937</t>
+          <t>9786057957252</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Keviren Şewiti</t>
+          <t>Gurzo</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>20</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052356289</t>
+          <t>9786257978910</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Si'bera Zeyno</t>
+          <t>Berzah</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>13.89</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>3990000030393</t>
+          <t>9786257978934</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kamran Simo Hedili Hemu Helbest Seti (6 Kitap Takım)</t>
+          <t>Sürgünistan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052356647</t>
+          <t>9786257978279</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ronahi</t>
+          <t>Axin</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257559256</t>
+          <t>9786257978873</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Pim Kodu</t>
+          <t>Rükenarin</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257559232</t>
+          <t>9786257978811</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslam'ın Krizi</t>
+          <t>Birina Qerejdaxe</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257559034</t>
+          <t>3994562013578</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Pelen Ahina Matmayi</t>
+          <t>Neynika Baweriye 3 Kitap</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257559065</t>
+          <t>3990057957931</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Navişken Evine</t>
+          <t>Çiroken Welet</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257559072</t>
+          <t>9786058020610</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Keştiya Penaberan</t>
+          <t>Yüreğimin Fısıltısı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>24</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257559027</t>
+          <t>9786257978491</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Helara Evine</t>
+          <t>Şırusa Penuse</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>24</v>
+        <v>260</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257559317</t>
+          <t>9789188331414</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Fırmesken Şeve</t>
+          <t>Rojnameya Kurdıstane</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257978569</t>
+          <t>9786057957825</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tofana Baye Reş</t>
+          <t>Yüreğinizin Kapılarını Kıracağım</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257978293</t>
+          <t>9786057957436</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Biwejan Cild - 6</t>
+          <t>Mahşer</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257978521</t>
+          <t>9786057957719</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ji Xwe We De</t>
+          <t>Empatiyle Vicdana Dokunabilmek</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257978460</t>
+          <t>9786057957627</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan'da Hizbullah'ın Anatomisi</t>
+          <t>Zemar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>3990000978507</t>
+          <t>9786057957610</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yarına Kalan Aşklar</t>
+          <t>Özgürlük Yıldızları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257978156</t>
+          <t>9786057957399</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Biwejan Cild - 4</t>
+          <t>Waneyen Rezımane Ya Pola Mamostetıye</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257978255</t>
+          <t>9786057957672</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dengbej Mıstefaye Boti</t>
+          <t>Firari Çığlıklar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>20</v>
+        <v>140</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257978262</t>
+          <t>9786057957689</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Biwejan Cild - 5</t>
+          <t>Cenneti Arayan Köleler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257978590</t>
+          <t>9786054852802</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Gule (20 Kitap Takım)</t>
+          <t>Toplu Şiirler - Ruhlar Mahşeri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257978392</t>
+          <t>9786052356999</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Pela Evine</t>
+          <t>Gazete ve Edebiyat Dergileri Yazıları 1994-2018 - Aşkı Olmayanın Şiiri Olmaz</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257978378</t>
+          <t>9786052356982</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Cizlavet</t>
+          <t>Amed'in Kelebeği</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>20</v>
+        <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257978408</t>
+          <t>9786054852444</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Şıngal - Bira Helbeste 3</t>
+          <t>Kaos-ı Key Aristo</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>20</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257978828</t>
+          <t>9786054852413</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Xeyalen Eşa Evine</t>
+          <t>Ayna</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>48</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052356005</t>
+          <t>9786059302685</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gramer U Raştnuştışe Kurdi/Kırdki</t>
+          <t>Kanatsız Ölümler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057957740</t>
+          <t>9786056225185</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dılek U Dayikek</t>
+          <t>Medya U Bernamevani</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057957535</t>
+          <t>9786054852338</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Diroka Kurdıstane</t>
+          <t>Pepula Azadiye Şirin Elem Huli</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>880</v>
+        <v>240</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257978453</t>
+          <t>9786058667167</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Piç</t>
+          <t>Peyven Wenda Ferhenga Botan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>20</v>
+        <v>240</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257978361</t>
+          <t>3990006074523</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hesten Evine</t>
+          <t>Bı  Zare Ezidıyan Çikoren Geleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>42</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257978415</t>
+          <t>9786056225147</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Berfa Sor</t>
+          <t>Fablen Manzum</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>78</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057957344</t>
+          <t>9786057957856</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ajero</t>
+          <t>Hevıyen Dılazad</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>14</v>
+        <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057957702</t>
+          <t>9786057957962</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Periya Geli</t>
+          <t>Mala Seydo - Çeme Çetele Destanı 2</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057957795</t>
+          <t>9786057957412</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Düşme Düşüme</t>
+          <t>Bêyî Te</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057957658</t>
+          <t>9786057957306</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Razen Şin</t>
+          <t>Fırat Kan Akıyor</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057957757</t>
+          <t>9786057957788</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Rodeng</t>
+          <t>Delal</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052356210</t>
+          <t>9786057957290</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Pijahmo - Bağlar Güneşi Çocukları 1</t>
+          <t>Bıçak Kanda Bilendi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>28</v>
+        <v>240</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054852598</t>
+          <t>9786257978101</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Zarathuştra - Gathalar</t>
+          <t>Robozık</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054852581</t>
+          <t>9786257978835</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kürdistan Kürtler ve Tarihteki Yerleri - Toprağın Çığlığı</t>
+          <t>Jinerji</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059302289</t>
+          <t>9786257978804</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Rengbej</t>
+          <t>Sözümüz Var</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>14</v>
+        <v>280</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054852628</t>
+          <t>9786257978095</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bı Kurtayi Diroka Ezdıyen Ermenistane</t>
+          <t>Xeribo</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054852604</t>
+          <t>9786257978057</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Humata Huxta Huvarşta - Zarathuştra</t>
+          <t>Keleha Babek</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054852048</t>
+          <t>9786257978842</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Xezal</t>
+          <t>Mavi Örgülü Şiirler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054852512</t>
+          <t>9786052356173</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dağı Aşan Deliler Govend</t>
+          <t>Esintiler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054852987</t>
+          <t>9786257978583</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Zımane Kurdi</t>
+          <t>Asi Kadınlar Bahçesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057957870</t>
+          <t>9786057957603</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bılındahıyen Xwedawend</t>
+          <t>Çiroken Biwejan Cild - 2</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057957900</t>
+          <t>9786058020634</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mala Seydo - Destana Çeme Çetele 2</t>
+          <t>Hayal ve Hayat</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>20</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057957764</t>
+          <t>3990058020641</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Medesa</t>
+          <t>Helina Evine</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>16</v>
+        <v>120</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057957894</t>
+          <t>9786057957313</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Banga Bedengiye</t>
+          <t>Annales ve Tarih</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057957955</t>
+          <t>9786057957849</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Acı Bahar</t>
+          <t>Sevdam Çarmıhta</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057957887</t>
+          <t>9786057957559</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Risteyen Gazincbar</t>
+          <t>Arin</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>48</v>
+        <v>120</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057957979</t>
+          <t>9786257978309</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Leylan</t>
+          <t>Ben Yaşadım Sen Oku</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257978040</t>
+          <t>9786057957337</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Alo Yüzoniki</t>
+          <t>Bir Sevda İki Yürek</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>18</v>
+        <v>120</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057957917</t>
+          <t>9786057957481</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dılmayin</t>
+          <t>Senfoniya Xewn u Xeyalan</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>16</v>
+        <v>160</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057957771</t>
+          <t>9786257978163</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Delal</t>
+          <t>Mamosteya Gunde Nu</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052356838</t>
+          <t>9786257978217</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Roja Nu 1943 - 1946 - Hemu Hejmar 101 - 731</t>
+          <t>Azadi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786058020603</t>
+          <t>9786057957443</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Umut Karardır</t>
+          <t>Mevsimleri Geç Kalbim</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257978064</t>
+          <t>9786057957474</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Ayak Sesleri</t>
+          <t>Kim</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257978088</t>
+          <t>9786057957207</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Serhatiyek Li Gunde Midihe</t>
+          <t>Taşlara Kazılı Yanık Aşklar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052356388</t>
+          <t>9786057957382</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Qaqlibaz Jonathan Livigston</t>
+          <t>Yıldızların Öyküsü</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>18</v>
+        <v>220</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257978224</t>
+          <t>9786057957245</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Helepçe</t>
+          <t>İmaj</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>20</v>
+        <v>240</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052356913</t>
+          <t>9786052356166</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çiroken Bıwejan Cild 3</t>
+          <t>Jiyana Fewzi Bege Dewe Kasan</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257978026</t>
+          <t>9786059302739</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Baharda Hiç Gözüm Yok</t>
+          <t>Ceribinek li Ser - Hevoksazıya Kurmanci</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257978248</t>
+          <t>9786257978606</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gotinen Peşiyan Ü Nifiren Kurdan</t>
+          <t>Xuvana Awiran</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057957283</t>
+          <t>9786255616432</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Alim'e Yazıldı</t>
+          <t>Dergûşa Şaristaniye</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057957191</t>
+          <t>9786255616326</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Xatirxwestin</t>
+          <t>Uygarlık Beşiği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257978347</t>
+          <t>9786255616425</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Botan'da Her Mevsim İsyandır 2</t>
+          <t>134 Roj</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>28</v>
+        <v>340</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257978330</t>
+          <t>9786255616104</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Botan'da Her Mevsim İsyandır 1</t>
+          <t>Güzindi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>28</v>
+        <v>280</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257978316</t>
+          <t>9786255616258</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İradenin Zaferi</t>
+          <t>Ewre Razdar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257978187</t>
+          <t>9786255616418</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt</t>
+          <t>Şop</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059302081</t>
+          <t>9786256697843</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çaven Zeytüni</t>
+          <t>Eynzel</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057957986</t>
+          <t>9786256697836</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ferhenge Kurdi</t>
+          <t>Heviyen Şikesti</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057957528</t>
+          <t>9786256697980</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Eğitimli Psikopatlar</t>
+          <t>Şadyan Köprüsü Cinayeti</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>20</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057957467</t>
+          <t>9786255616005</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ki - Şopa Jebıri</t>
+          <t>Papatyadan Korkulur Mu Hiç ?</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057957498</t>
+          <t>9786256697997</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Neynika Ciwanan</t>
+          <t>Dar Ağacına Astım Şiirlerimi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>20</v>
+        <v>240</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257978149</t>
+          <t>9786256697959</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Tırtılın Rüyası</t>
+          <t>Beyaz Tülbentliler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057957276</t>
+          <t>9786256697348</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Gerineka Hestan</t>
+          <t>Wesyeten Wenda</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059302227</t>
+          <t>9786256697935</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Rengbej</t>
+          <t>Poto Siya</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>14</v>
+        <v>260</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054852567</t>
+          <t>9786256697867</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>1925 Direnişi</t>
+          <t>Dîwana Seydaye Kinik</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054852574</t>
+          <t>9786256697881</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Avesta - Vendidad</t>
+          <t>Hest û Helbesten Bedeng</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054852482</t>
+          <t>9786256697850</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Feryaden Burcan</t>
+          <t>Kesintisiz Direniş</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054852956</t>
+          <t>9786255616128</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Rewşa Kurden Ezidi</t>
+          <t>Tanrının Bulmacasını Çözen Felsefe</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054852000</t>
+          <t>9786256697454</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Doxin 18+</t>
+          <t>Zar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054852529</t>
+          <t>9786255616074</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik ve Tarihi Gerçeklerin Işığında Newroz</t>
+          <t>Kevala Şeve</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057957351</t>
+          <t>9786255616036</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Diroka Rojnamegeriya Kurdi 1</t>
+          <t>Bulgur Tanesi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256697706</t>
+          <t>9786255616043</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Esmer Devrim</t>
+          <t>Elîda’nın Yıldızları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256697461</t>
+          <t>9786255616029</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Qereminço</t>
+          <t>Aristoteles’in Devlet Kuramında Toplumsal Cinsiyet İkiliği</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256697805</t>
+          <t>9786256697928</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sebra Gamasi</t>
+          <t>Kimsesiz Kağıtlar</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256697669</t>
+          <t>9786256697874</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Dergeh</t>
+          <t>İmralı’da Kim Şah Kim Mat?</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256697683</t>
+          <t>9786256697829</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ningeh</t>
+          <t>Quli - Binemal-Çand-Dirok-Serbori</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256697676</t>
+          <t>9786255616067</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Perestgeh</t>
+          <t>Hayatın Yazdığı Yolculuklar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256697638</t>
+          <t>9786059302241</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Su ve Gül</t>
+          <t>Beso</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>140</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256697362</t>
+          <t>9786054852970</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Havin</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257978439</t>
+          <t>9786057957320</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hikayenin Estetik birliği</t>
+          <t>Kobane</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>360</v>
+        <v>80</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256697409</t>
+          <t>9786054852895</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Herkes Öldürebilir Sevdiğini</t>
+          <t>İmajdan Kimliğe</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>220</v>
+        <v>58</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256697317</t>
+          <t>9786057957405</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ground Zero of History</t>
+          <t>Tarihin Sıfır Noktası Kobane</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256697515</t>
+          <t>9786054852772</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kent Düş'tü</t>
+          <t>İmajdan Kimliğe</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256697386</t>
+          <t>9786258305678</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bager</t>
+          <t>Cirm</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256697379</t>
+          <t>9786258305760</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Baye Kur-2 Veger</t>
+          <t>Ülkesini Yüreğinde Taşıyanlar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256697751</t>
+          <t>9786258305876</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Mıntıqaya Piran U Geli De Arekerdışe Estanekan</t>
+          <t>Berxwedana Elektropola</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256697195</t>
+          <t>9786258305883</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Berbang – I</t>
+          <t>Sosinê</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256697799</t>
+          <t>9786258305753</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Nergizen Leborine</t>
+          <t>Şiir Gerillası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256697416</t>
+          <t>9786257559430</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Umuda Yolculuk</t>
+          <t>Sur'un Sırrı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256697720</t>
+          <t>9786258305906</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Babılisok</t>
+          <t>Mobese</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256697423</t>
+          <t>9786256697102</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sur'un Ateşinde Donmak</t>
+          <t>Bizim Ciwan (Baki Eren)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256697775</t>
+          <t>9786258305364</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ervahi</t>
+          <t>Bîst û Yek Sal û Çar Meh</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258305098</t>
+          <t>9786057341303</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dayika Şeri</t>
+          <t>Hedokê</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052356142</t>
+          <t>9786258305586</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Toplumsal Cinsiyet</t>
+          <t>Kanatları Kalbim</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258305852</t>
+          <t>9786258305333</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Diwana Miran</t>
+          <t>Şifaroloji - Enerjiyle Şifa Bilimi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256697041</t>
+          <t>9786258305289</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sonda Delalê</t>
+          <t>Bîra Hêviyê</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258305241</t>
+          <t>9786258305395</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Reşkezî</t>
+          <t>Akşam Kızıllığında Aldılar Onu</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>120.55</v>
+        <v>120</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258305739</t>
+          <t>9786258305111</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>1984 - Hezar û Nehsed û Heştê û Çar (Ji Îngilîzî Wergerandin: M. Aydin Sogut)</t>
+          <t>Heviya Seseron - Rocobiyn</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052356791</t>
+          <t>9786057957993</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Madonnaya Mantokurk Lê</t>
+          <t>Rayere Vaceyişi Ye Miyone Roci</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>4444444443094</t>
+          <t>9786258305159</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Meneviş Dergisi Sayı: 1</t>
+          <t>Ferhenge Qewl U Vateye Verinon Deyimler ve Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257559706</t>
+          <t>9786258305166</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bûka Çarkezî</t>
+          <t>Ferhengê Kurdî – Tirkî | Türkçe – Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257559324</t>
+          <t>9786258305135</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Xem</t>
+          <t>Ferhengek Kirdkî-Kurmancî-Tirkî (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258305968</t>
+          <t>9786258305036</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Berbang-1 - Xew</t>
+          <t>Düş Şehrin Çocukları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258305937</t>
+          <t>9786257559386</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hêviyên Bakur – 1 - Kevirên Şewitî</t>
+          <t>Botan'da Her Mevsim İsyandır</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258305951</t>
+          <t>9786258305081</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hêviyên Bakur – 3 - Berfa Sor</t>
+          <t>Meseleye Vereni Ü Estoneke</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258305944</t>
+          <t>9786257559270</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hêviyên Bakur – 2 - Razên Şîn</t>
+          <t>Netewe Ü Neteweperweri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057341396</t>
+          <t>9786057341334</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Xûşîl</t>
+          <t>Ben Adalet</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257559591</t>
+          <t>9786257559973</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hêlîna Sar</t>
+          <t>Heval</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258305807</t>
+          <t>9786258305043</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Etîmolojiya Azadiyê-4</t>
+          <t>Zafer</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258305890</t>
+          <t>9786257559515</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Etîmolojiya Azadiyê-1</t>
+          <t>Cellada Mektup</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258305838</t>
+          <t>9786257559362</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Stêrkên Demsalê</t>
+          <t>Yüreği Çocuk Kokan</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258305869</t>
+          <t>9786257559379</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çavhelbest</t>
+          <t>Güneşin Çocukları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256697324</t>
+          <t>9786257978446</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Cindoyê Gavan</t>
+          <t>Kara Vadi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052356883</t>
+          <t>9786257559393</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Yargısından Yansımalar</t>
+          <t>Tarihe Not Düşmek</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258305845</t>
+          <t>9786257559416</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Awazên Hûnandî</t>
+          <t>Destana Ferhad Koçer</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258305005</t>
+          <t>9786054852673</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bêndera Bin Palasê</t>
+          <t>Koçero</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>140</v>
+        <v>64</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258305654</t>
+          <t>9786052356630</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bilûra Efsûnî</t>
+          <t>Kurdistan</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257978484</t>
+          <t>9786052356906</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Toyê Estonekî û Deyîrê Gêlî</t>
+          <t>Sofi Çeleka Muzisyen</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258305012</t>
+          <t>9786059302043</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Esmer Şiirler</t>
+          <t>Stranen Evina Azad</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>120</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258305180</t>
+          <t>9786052356579</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dımdım Kalesinde İsyan ve Aşk</t>
+          <t>Bir Daha</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258305197</t>
+          <t>9786052356968</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Kürtler: Yeryüzünün Yalınayaklıları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257559645</t>
+          <t>9786052356951</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Serpêhatiyên Wenda</t>
+          <t>Umuda Kaçış</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>48</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258305647</t>
+          <t>9786059302616</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Berf û Berf</t>
+          <t>Morfolojiya Kurmancı U Zımannası</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057957801</t>
+          <t>9786052356432</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Pirajmon</t>
+          <t>Belgeyen Danışına Veşarı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>320</v>
+        <v>18</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057957214</t>
+          <t>9786052356920</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dîwana Hafiz</t>
+          <t>Çiroken Biwejan Cild - 1</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256697232</t>
+          <t>9786059302722</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Torosa Spî</t>
+          <t>Allah'ın Fırat'taki Yüzü Berhim</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057341341</t>
+          <t>9786052356845</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Üç Rengi</t>
+          <t>Sterken Azadiye</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258305401</t>
+          <t>9786052356012</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ezidxan</t>
+          <t>Destana Cızıre</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>1600</v>
+        <v>42</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059302395</t>
+          <t>9786059302258</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Helbestên Gerok</t>
+          <t>Keşiş'in Dansı</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258305142</t>
+          <t>3990052356760</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gramer u Raşnuştişe Kurdi</t>
+          <t>Pejna Barane</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>420</v>
+        <v>20</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256697126</t>
+          <t>9786059302180</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Dengbejan - Dengbej Antolojisi - The Antologie Of The Dengbej – I (Ciltli)</t>
+          <t>Destana Çeme Çetele</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>520</v>
+        <v>150</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256697133</t>
+          <t>9786052356937</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Dengbêjan - Dengbêj Antolojisi - The Antologie Of The Dengbêj –II (Ciltli)</t>
+          <t>Keviren Şewiti</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>520</v>
+        <v>20</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256697140</t>
+          <t>9786052356289</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Antolojiya Dengbejan - Dengbej Antolojisi - The Antologie Of The Dengbej – III (Ciltli)</t>
+          <t>Si'bera Zeyno</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>520</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258305067</t>
+          <t>3990000030393</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Pêkenok û Meselokên Gel</t>
+          <t>Kamran Simo Hedili Hemu Helbest Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258305074</t>
+          <t>9786052356647</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Çîrok û Meselokên Heywanan</t>
+          <t>Ronahi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258305104</t>
+          <t>9786257559256</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Gulfiroş</t>
+          <t>Pim Kodu</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258305432</t>
+          <t>9786257559232</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Helbestên Jinên Wêjekar</t>
+          <t>Siyasal İslam'ın Krizi</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258305449</t>
+          <t>9786257559034</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Çîrokên Jinên Wêjekar</t>
+          <t>Pelen Ahina Matmayi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>240</v>
+        <v>26</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258305203</t>
+          <t>9786257559065</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Tarîtirs</t>
+          <t>Navişken Evine</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>120</v>
+        <v>26</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257559355</t>
+          <t>9786257559072</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ûsivê Kûyûcakî</t>
+          <t>Keştiya Penaberan</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>320</v>
+        <v>24</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258305623</t>
+          <t>9786257559027</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kurdica (Kurdîka) - 1</t>
+          <t>Helara Evine</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>340</v>
+        <v>24</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257559652</t>
+          <t>9786257559317</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hestên Şid</t>
+          <t>Fırmesken Şeve</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258305814</t>
+          <t>9786257978569</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Newala Xeyalan</t>
+          <t>Tofana Baye Reş</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257559553</t>
+          <t>9786257978293</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Metruk Adam ve Aynası</t>
+          <t>Çiroken Biwejan Cild - 6</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258305661</t>
+          <t>9786257978521</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Zinarên Naletkirî - Lanetli Kayalar</t>
+          <t>Ji Xwe We De</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257978965</t>
+          <t>9786257978460</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Soza Min Bû</t>
+          <t>Kürdistan'da Hizbullah'ın Anatomisi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257559690</t>
+          <t>3990000978507</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Evin Cezaevi Cehenneminde 6 Yıl</t>
+          <t>Yarına Kalan Aşklar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257559263</t>
+          <t>9786257978156</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Perîza</t>
+          <t>Çiroken Biwejan Cild - 4</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258305487</t>
+          <t>9786257978255</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Şiirli Ojeli Desenler</t>
+          <t>Dengbej Mıstefaye Boti</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257559768</t>
+          <t>9786257978262</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Özgür Paylaşımlar</t>
+          <t>Çiroken Biwejan Cild - 5</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052356869</t>
+          <t>9786257978590</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hêvî</t>
+          <t>Çiroken Gule (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256697171</t>
+          <t>9786257978392</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Hikayelerim</t>
+          <t>Pela Evine</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258305456</t>
+          <t>9786257978378</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Romanı</t>
+          <t>Cizlavet</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>360</v>
+        <v>20</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258305746</t>
+          <t>9786257978408</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Memleketimiz Yas Evimiz</t>
+          <t>Şıngal - Bira Helbeste 3</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>360</v>
+        <v>20</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258305388</t>
+          <t>9786257978828</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Umut - Barış ve Kardeşlik Şiirleri</t>
+          <t>Xeyalen Eşa Evine</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>120</v>
+        <v>48</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257559539</t>
+          <t>9786052356005</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Rondiken Veşarti</t>
+          <t>Gramer U Raştnuştışe Kurdi/Kırdki</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257978927</t>
+          <t>9786057957740</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Anılar - Fırtınalı Dönem 1991-1994</t>
+          <t>Dılek U Dayikek</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057957009</t>
+          <t>9786057957535</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Baye Cilo</t>
+          <t>Diroka Kurdıstane</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>180</v>
+        <v>880</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052356739</t>
+          <t>9786257978453</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Darbeler - Türk Yargısı ve Kürtler</t>
+          <t>Aşk ve Piç</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257559348</t>
+          <t>9786257978361</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Xeleka Evine</t>
+          <t>Hesten Evine</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>120</v>
+        <v>42</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057957061</t>
+          <t>9786257978415</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Mesela</t>
+          <t>Berfa Sor</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>120</v>
+        <v>78</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257978132</t>
+          <t>9786057957344</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kervankıran</t>
+          <t>Ajero</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>160</v>
+        <v>14</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057957733</t>
+          <t>9786057957702</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Keseren Dılmayi</t>
+          <t>Periya Geli</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786056225109</t>
+          <t>9786057957795</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ferheng</t>
+          <t>Düşme Düşüme</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054852819</t>
+          <t>9786057957658</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Tufanlardan Artakalan</t>
+          <t>Razen Şin</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057957832</t>
+          <t>9786057957757</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tıliya Qereqüçke</t>
+          <t>Rodeng</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057957696</t>
+          <t>9786052356210</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Namdare Kurban</t>
+          <t>Pijahmo - Bağlar Güneşi Çocukları 1</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>240</v>
+        <v>28</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786058020627</t>
+          <t>9786054852598</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Mülteci</t>
+          <t>Zarathuştra - Gathalar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257978118</t>
+          <t>9786054852581</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Umuda Çağrı</t>
+          <t>Kürdistan Kürtler ve Tarihteki Yerleri - Toprağın Çığlığı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054852826</t>
+          <t>9786059302289</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Aktepe Medresesi</t>
+          <t>Rengbej</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>220</v>
+        <v>14</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786058020658</t>
+          <t>9786054852628</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Pepuk</t>
+          <t>Bı Kurtayi Diroka Ezdıyen Ermenistane</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057957863</t>
+          <t>9786054852604</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Guh Nede Loman</t>
+          <t>Humata Huxta Huvarşta - Zarathuştra</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057957573</t>
+          <t>9786054852048</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Demojin</t>
+          <t>Xezal</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257978194</t>
+          <t>9786054852512</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Mire Evine</t>
+          <t>Dağı Aşan Deliler Govend</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>4440000002535</t>
+          <t>9786054852987</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Levhalara Çarpan Çığlıklar</t>
+          <t>Zımane Kurdi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
+          <t>9786057957870</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Bılındahıyen Xwedawend</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786057957900</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Mala Seydo - Destana Çeme Çetele 2</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786057957764</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Medesa</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786057957894</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Banga Bedengiye</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786057957955</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Acı Bahar</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786057957887</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Risteyen Gazincbar</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786057957979</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Leylan</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786257978040</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Alo Yüzoniki</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786057957917</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Dılmayin</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786057957771</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Delal</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786052356838</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Roja Nu 1943 - 1946 - Hemu Hejmar 101 - 731</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786058020603</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Umut Karardır</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786257978064</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Şafağın Ayak Sesleri</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786257978088</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Serhatiyek Li Gunde Midihe</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786052356388</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Qaqlibaz Jonathan Livigston</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786257978224</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Helepçe</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786052356913</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Çiroken Bıwejan Cild 3</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786257978026</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Baharda Hiç Gözüm Yok</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786257978248</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Gotinen Peşiyan Ü Nifiren Kurdan</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786057957283</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Alim'e Yazıldı</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786057957191</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Xatirxwestin</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786257978347</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Botan'da Her Mevsim İsyandır 2</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786257978330</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Botan'da Her Mevsim İsyandır 1</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786257978316</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>İradenin Zaferi</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786257978187</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Zerdüşt</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786059302081</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Çaven Zeytüni</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786057957986</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Ferhenge Kurdi</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786057957528</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Eğitimli Psikopatlar</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786057957467</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Ki - Şopa Jebıri</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786057957498</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Neynika Ciwanan</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786257978149</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Tırtılın Rüyası</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786057957276</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Gerineka Hestan</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786059302227</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Rengbej</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786054852567</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>1925 Direnişi</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786054852574</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Avesta - Vendidad</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786054852482</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Feryaden Burcan</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786054852956</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Rewşa Kurden Ezidi</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786054852000</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Doxin 18+</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786054852529</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojik ve Tarihi Gerçeklerin Işığında Newroz</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786057957351</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Diroka Rojnamegeriya Kurdi 1</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786256697706</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Esmer Devrim</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786256697461</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Qereminço</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786256697805</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Sebra Gamasi</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786256697669</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Dergeh</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786256697683</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Ningeh</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786256697676</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Perestgeh</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786256697638</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Su ve Gül</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786256697362</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Havin</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786257978439</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Hikayenin Estetik birliği</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786256697409</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Öldürebilir Sevdiğini</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786256697317</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Ground Zero of History</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786256697515</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Kent Düş'tü</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786256697386</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Bager</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786256697379</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Baye Kur-2 Veger</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786256697751</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Mıntıqaya Piran U Geli De Arekerdışe Estanekan</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786256697195</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Berbang – I</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786256697799</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Nergizen Leborine</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786256697416</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Umuda Yolculuk</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786256697720</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Babılisok</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786256697423</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Sur'un Ateşinde Donmak</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786256697775</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Ervahi</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786258305098</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Dayika Şeri</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786052356142</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatta Toplumsal Cinsiyet</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786258305852</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Diwana Miran</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786256697041</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Sonda Delalê</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786258305241</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Reşkezî</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>120.55</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786258305739</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>1984 - Hezar û Nehsed û Heştê û Çar (Ji Îngilîzî Wergerandin: M. Aydin Sogut)</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786052356791</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Madonnaya Mantokurk Lê</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>4444444443094</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Meneviş Dergisi Sayı: 1</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786257559706</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Bûka Çarkezî</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786257559324</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Xem</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786258305968</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Berbang-1 - Xew</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786258305937</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Hêviyên Bakur – 1 - Kevirên Şewitî</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786258305951</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Hêviyên Bakur – 3 - Berfa Sor</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786258305944</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Hêviyên Bakur – 2 - Razên Şîn</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786057341396</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Xûşîl</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786257559591</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Hêlîna Sar</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786258305807</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Etîmolojiya Azadiyê-4</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786258305890</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Etîmolojiya Azadiyê-1</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786258305838</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Stêrkên Demsalê</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786258305869</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Çavhelbest</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786256697324</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Cindoyê Gavan</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786052356883</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>12 Eylül Yargısından Yansımalar</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786258305845</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Awazên Hûnandî</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786258305005</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Bêndera Bin Palasê</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786258305654</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Bilûra Efsûnî</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786257978484</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Toyê Estonekî û Deyîrê Gêlî</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786258305012</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Esmer Şiirler</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786258305180</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Dımdım Kalesinde İsyan ve Aşk</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786258305197</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Sivil İtaatsizlik</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786257559645</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Serpêhatiyên Wenda</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786258305647</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Berf û Berf</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786057957801</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Pirajmon</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786057957214</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Dîwana Hafiz</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786256697232</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Torosa Spî</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786057341341</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Direnişin Üç Rengi</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786258305401</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Ezidxan</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786059302395</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Helbestên Gerok</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786258305142</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Gramer u Raşnuştişe Kurdi</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786256697126</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Antolojiya Dengbejan - Dengbej Antolojisi - The Antologie Of The Dengbej – I (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786256697133</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Antolojiya Dengbêjan - Dengbêj Antolojisi - The Antologie Of The Dengbêj –II (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786256697140</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Antolojiya Dengbejan - Dengbej Antolojisi - The Antologie Of The Dengbej – III (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786258305067</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Pêkenok û Meselokên Gel</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786258305074</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Çîrok û Meselokên Heywanan</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786258305104</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Gulfiroş</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786258305432</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Helbestên Jinên Wêjekar</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786258305449</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Çîrokên Jinên Wêjekar</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786258305203</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Tarîtirs</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786257559355</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Ûsivê Kûyûcakî</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786258305623</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Kurdica (Kurdîka) - 1</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786257559652</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Hestên Şid</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786258305814</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Newala Xeyalan</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786257559553</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Metruk Adam ve Aynası</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786258305661</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Zinarên Naletkirî - Lanetli Kayalar</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786257978965</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Soza Min Bû</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786257559690</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Evin Cezaevi Cehenneminde 6 Yıl</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786257559263</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Perîza</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786258305487</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Şiirli Ojeli Desenler</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786257559768</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Özgür Paylaşımlar</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786052356869</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Hêvî</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786256697171</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Hikayelerim</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786258305456</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Yalanın Romanı</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786258305746</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Memleketimiz Yas Evimiz</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786258305388</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Umut - Barış ve Kardeşlik Şiirleri</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786257559539</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Rondiken Veşarti</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786257978927</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Anılar - Fırtınalı Dönem 1991-1994</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786057957009</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Baye Cilo</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786052356739</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Darbeler - Türk Yargısı ve Kürtler</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786257559348</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Xeleka Evine</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786057957061</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Mesela</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786257978132</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Kervankıran</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786057957733</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Keseren Dılmayi</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786056225109</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Ferheng</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786054852819</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Tufanlardan Artakalan</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786057957832</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Tıliya Qereqüçke</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786057957696</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Namdare Kurban</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786058020627</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğim Mülteci</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786257978118</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Umuda Çağrı</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786054852826</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Aktepe Medresesi</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786058020658</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Pepuk</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786057957863</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Guh Nede Loman</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786057957573</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Demojin</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786257978194</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Mire Evine</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>4440000002535</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Levhalara Çarpan Çığlıklar</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
           <t>9786257559249</t>
         </is>
       </c>
-      <c r="B272" s="1" t="inlineStr">
+      <c r="B416" s="1" t="inlineStr">
         <is>
           <t>Seyrüsefer</t>
         </is>
       </c>
-      <c r="C272" s="1">
+      <c r="C416" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>