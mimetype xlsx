--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,1615 +85,1630 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257027625</t>
+          <t>9786257027632</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çocuk</t>
+          <t>Yalnızlığın Esirleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257027618</t>
+          <t>9786257027625</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kızlar</t>
+          <t>Çocuk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257027595</t>
+          <t>9786257027618</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Lucy</t>
+          <t>Ölü Kızlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257027601</t>
+          <t>9786257027595</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerin Günbatımı</t>
+          <t>Lucy</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056663765</t>
+          <t>9786257027601</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Salamina Askerleri</t>
+          <t>Düşüncelerin Günbatımı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>32</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056374371</t>
+          <t>9786056663765</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Günlük Değildir</t>
+          <t>Salamina Askerleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056501982</t>
+          <t>9786056374371</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ferdydurke</t>
+          <t>Bu Bir Günlük Değildir</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257027588</t>
+          <t>9786056501982</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Gün</t>
+          <t>Ferdydurke</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257027571</t>
+          <t>9786257027588</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Oyun, Bir Eğlence</t>
+          <t>Yedinci Gün</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056374357</t>
+          <t>9786257027571</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aşk Neden Acıtır</t>
+          <t>Bir Oyun, Bir Eğlence</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257027380</t>
+          <t>9786056374357</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Limon Ağacı</t>
+          <t>Aşk Neden Acıtır</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257027540</t>
+          <t>9786257027380</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tiksinti</t>
+          <t>Muhteşem Limon Ağacı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056587801</t>
+          <t>9786257027540</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yılanlarla Dans</t>
+          <t>Tiksinti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257027533</t>
+          <t>9786056587801</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Karaçamın Dirilişi</t>
+          <t>Yılanlarla Dans</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257027526</t>
+          <t>9786257027533</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ne Para Ne Saat Ne Kasket</t>
+          <t>Karaçamın Dirilişi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257027472</t>
+          <t>9786257027526</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kanada</t>
+          <t>Ne Para Ne Saat Ne Kasket</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257027502</t>
+          <t>9786257027472</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Roman Değildir ve Diğer Romanlar</t>
+          <t>Kanada</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257027519</t>
+          <t>9786257027502</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Semmelweis</t>
+          <t>Bu Bir Roman Değildir ve Diğer Romanlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056923951</t>
+          <t>9786257027519</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aeneis</t>
+          <t>Semmelweis</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056923968</t>
+          <t>9786056923951</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzluğun Doruklarında</t>
+          <t>Aeneis</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257027496</t>
+          <t>9786056923968</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kralın Laneti</t>
+          <t>Umutsuzluğun Doruklarında</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257027090</t>
+          <t>9786257027496</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yara İzleri</t>
+          <t>Kralın Laneti</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056840586</t>
+          <t>9786257027090</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gölgeye Övgü</t>
+          <t>Yara İzleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058259331</t>
+          <t>9786056840586</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi, Bir Adam, İki Kadın</t>
+          <t>Gölgeye Övgü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257027458</t>
+          <t>9786058259331</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bez Bebek</t>
+          <t>Bir Kedi, Bir Adam, İki Kadın</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257027434</t>
+          <t>9786257027458</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Annemin Otobiyografisi</t>
+          <t>Bez Bebek</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257027427</t>
+          <t>9786257027434</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kırık Nisan</t>
+          <t>Annemin Otobiyografisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257027397</t>
+          <t>9786257027427</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şeylerin Ağırlığı</t>
+          <t>Kırık Nisan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257027373</t>
+          <t>9786257027397</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıçlar Gibi Geldiler</t>
+          <t>Şeylerin Ağırlığı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257027366</t>
+          <t>9786257027373</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Güneş Çarpması</t>
+          <t>Kırlangıçlar Gibi Geldiler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257027359</t>
+          <t>9786257027366</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Bir Ev Bir Roman</t>
+          <t>Güneş Çarpması</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257027335</t>
+          <t>9786257027359</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zona</t>
+          <t>Bir Kadın Bir Ev Bir Roman</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257027328</t>
+          <t>9786257027335</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Böyle Küçük Şeyler</t>
+          <t>Zona</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257027311</t>
+          <t>9786257027328</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Armand V.</t>
+          <t>Böyle Küçük Şeyler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257027298</t>
+          <t>9786257027311</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Körler Kıssası</t>
+          <t>Armand V.</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257027281</t>
+          <t>9786257027298</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayat</t>
+          <t>Körler Kıssası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257027274</t>
+          <t>9786257027281</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Anız Ateşleri</t>
+          <t>Vahşi Hayat</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056587849</t>
+          <t>9786257027274</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>Anız Ateşleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257027267</t>
+          <t>9786056587849</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bavul</t>
+          <t>Hayatım</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257027250</t>
+          <t>9786257027267</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz</t>
+          <t>Bavul</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257027243</t>
+          <t>9786257027250</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Sarayı</t>
+          <t>Kimsesiz</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257027229</t>
+          <t>9786257027243</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çöl ve Tohumu</t>
+          <t>Rüyalar Sarayı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257027205</t>
+          <t>9786257027229</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bayan Unguentine'nin Seyir Defteri</t>
+          <t>Çöl ve Tohumu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257027175</t>
+          <t>9786257027205</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Semenderlerle Savaş</t>
+          <t>Bayan Unguentine'nin Seyir Defteri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257027151</t>
+          <t>9786257027175</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bahçe, Küller</t>
+          <t>Semenderlerle Savaş</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257027168</t>
+          <t>9786257027151</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Lekesi</t>
+          <t>Bahçe, Küller</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257027144</t>
+          <t>9786257027168</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Emanet Çocuk</t>
+          <t>Mürekkep Lekesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257027120</t>
+          <t>9786257027144</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Eumeswil</t>
+          <t>Emanet Çocuk</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257027137</t>
+          <t>9786257027120</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>T. Singer</t>
+          <t>Eumeswil</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257027113</t>
+          <t>9786257027137</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Taşrada Bir Ay</t>
+          <t>T. Singer</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257027106</t>
+          <t>9786257027113</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Böcü</t>
+          <t>Taşrada Bir Ay</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257027076</t>
+          <t>9786257027106</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Evler, Cinler, Perdeler</t>
+          <t>Böcü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257027069</t>
+          <t>9786257027076</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Jamaika’da Bir Fırtına</t>
+          <t>Evler, Cinler, Perdeler</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257027052</t>
+          <t>9786257027069</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>On Sözcükte Çin</t>
+          <t>Jamaika’da Bir Fırtına</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257027038</t>
+          <t>9786257027052</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Elden Düşme Dünya</t>
+          <t>On Sözcükte Çin</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257027021</t>
+          <t>9786257027038</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bayan Caliban</t>
+          <t>Elden Düşme Dünya</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257027014</t>
+          <t>9786257027021</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Günler Aylar Yıllar</t>
+          <t>Bayan Caliban</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257027007</t>
+          <t>9786257027014</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çelik Fırtınalarında</t>
+          <t>Günler Aylar Yıllar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056923999</t>
+          <t>9786257027007</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şanghay Büyüsü</t>
+          <t>Çelik Fırtınalarında</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056923982</t>
+          <t>9786056923999</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kolıma Öyküleri</t>
+          <t>Şanghay Büyüsü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056923937</t>
+          <t>9786056923982</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Kadın</t>
+          <t>Kolıma Öyküleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056923944</t>
+          <t>9786056923937</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Jakob von Gunten</t>
+          <t>Yabancı Kadın</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056923920</t>
+          <t>9786056923944</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Benim İki Dünyam</t>
+          <t>Jakob von Gunten</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056923913</t>
+          <t>9786056923920</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Nadja</t>
+          <t>Benim İki Dünyam</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056840593</t>
+          <t>9786056923913</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Boşluktakiler</t>
+          <t>Nadja</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056840579</t>
+          <t>9786056840593</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Cam Arılar</t>
+          <t>Boşluktakiler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786056840562</t>
+          <t>9786056840579</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Madenci</t>
+          <t>Cam Arılar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056840548</t>
+          <t>9786056840562</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Acil Gerçekdışılıkta Maceralar</t>
+          <t>Madenci</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786056840555</t>
+          <t>9786056840548</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Deri</t>
+          <t>Acil Gerçekdışılıkta Maceralar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056840531</t>
+          <t>9786056840555</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kanını Satan Adam</t>
+          <t>Soğuk Deri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056840524</t>
+          <t>9786056840531</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aşk Aptallığı</t>
+          <t>Kanını Satan Adam</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056840500</t>
+          <t>9786056840524</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sadık Ruslan</t>
+          <t>Aşk Aptallığı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058259393</t>
+          <t>9786056840500</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Mektupları / Epistulae Morales</t>
+          <t>Sadık Ruslan</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058259379</t>
+          <t>9786058259393</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Felaketzedeler Evi</t>
+          <t>Ahlak Mektupları / Epistulae Morales</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058259362</t>
+          <t>9786058259379</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tütüncü Çırağı</t>
+          <t>Felaketzedeler Evi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058259317</t>
+          <t>9786058259362</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Montano Hastalığı</t>
+          <t>Tütüncü Çırağı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786056663789</t>
+          <t>9786058259317</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mektupların Romanı</t>
+          <t>Montano Hastalığı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786056663758</t>
+          <t>9786056663789</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hadi, Yarın Görüşürüz</t>
+          <t>Mektupların Romanı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056663734</t>
+          <t>9786056663758</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Arı Kovanı</t>
+          <t>Hadi, Yarın Görüşürüz</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056663727</t>
+          <t>9786056663734</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Puşkin Tepeleri</t>
+          <t>Arı Kovanı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056663710</t>
+          <t>9786056663727</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız Gençlik</t>
+          <t>Puşkin Tepeleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056587894</t>
+          <t>9786056663710</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Neden Hiçbir Şey Yok da Bir Şey Var?</t>
+          <t>Tanrısız Gençlik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786056587887</t>
+          <t>9786056587894</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak</t>
+          <t>Neden Hiçbir Şey Yok da Bir Şey Var?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786056587870</t>
+          <t>9786056587887</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>Yaşamak</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056374326</t>
+          <t>9786056587870</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mezarımdan Yazıyorum</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786056587832</t>
+          <t>9786056374326</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kalan</t>
+          <t>Mezarımdan Yazıyorum</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056587825</t>
+          <t>9786056587832</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hawthorn ile Child</t>
+          <t>Kalan</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786056501975</t>
+          <t>9786056587825</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik ve Gürültü</t>
+          <t>Hawthorn ile Child</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786056587818</t>
+          <t>9786056501975</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Batır Gitsin Derin Sulara</t>
+          <t>Sessizlik ve Gürültü</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056374302</t>
+          <t>9786056587818</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Seraphita</t>
+          <t>Batır Gitsin Derin Sulara</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786056374319</t>
+          <t>9786056374302</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Naomi</t>
+          <t>Seraphita</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056501999</t>
+          <t>9786056374319</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşları ve Azizler</t>
+          <t>Naomi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056501944</t>
+          <t>9786056501999</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Ev</t>
+          <t>Gözyaşları ve Azizler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056501920</t>
+          <t>9786056501944</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yürüyüş’te Mao’nun Maceraları</t>
+          <t>Kağıt Ev</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056501951</t>
+          <t>9786056501920</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hadula</t>
+          <t>Uzun Yürüyüş’te Mao’nun Maceraları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056501913</t>
+          <t>9786056501951</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein'in Metresi</t>
+          <t>Hadula</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056501906</t>
+          <t>9786056501913</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Odysseia'nın Kayıp Bölümleri</t>
+          <t>Wittgenstein'in Metresi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056374388</t>
+          <t>9786056501906</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Doğa Araştırmaları</t>
+          <t>Odysseia'nın Kayıp Bölümleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056374364</t>
+          <t>9786056374388</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Atocha'dan Ayrılış</t>
+          <t>Doğa Araştırmaları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056587856</t>
+          <t>9786056374364</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Buzda Yürüyüş / Münih-Paris</t>
+          <t>Atocha'dan Ayrılış</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056501968</t>
+          <t>9786056587856</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Zihin ve Evren</t>
+          <t>Buzda Yürüyüş / Münih-Paris</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056374395</t>
+          <t>9786056501968</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>O Gün İçin Bir Şemsiye</t>
+          <t>Zihin ve Evren</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056374340</t>
+          <t>9786056374395</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>O Koku</t>
+          <t>O Gün İçin Bir Şemsiye</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056501937</t>
+          <t>9786056374340</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hızlandıkça Azalıyorum</t>
+          <t>O Koku</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
+          <t>9786056501937</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Hızlandıkça Azalıyorum</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
           <t>9786058663510</t>
         </is>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Cathay</t>
         </is>
       </c>
-      <c r="C106" s="1">
+      <c r="C107" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>