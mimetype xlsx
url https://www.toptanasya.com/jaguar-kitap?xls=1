--- v1 (2025-12-15)
+++ v2 (2026-02-06)
@@ -85,1630 +85,1645 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257027632</t>
+          <t>9786257027649</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Esirleri</t>
+          <t>Dağlarda Koşan Kadın</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257027625</t>
+          <t>9786257027632</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çocuk</t>
+          <t>Yalnızlığın Esirleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257027618</t>
+          <t>9786257027625</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kızlar</t>
+          <t>Çocuk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257027595</t>
+          <t>9786257027618</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Lucy</t>
+          <t>Ölü Kızlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257027601</t>
+          <t>9786257027595</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerin Günbatımı</t>
+          <t>Lucy</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056663765</t>
+          <t>9786257027601</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Salamina Askerleri</t>
+          <t>Düşüncelerin Günbatımı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>32</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056374371</t>
+          <t>9786056663765</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Günlük Değildir</t>
+          <t>Salamina Askerleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056501982</t>
+          <t>9786056374371</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ferdydurke</t>
+          <t>Bu Bir Günlük Değildir</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257027588</t>
+          <t>9786056501982</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Gün</t>
+          <t>Ferdydurke</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257027571</t>
+          <t>9786257027588</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Oyun, Bir Eğlence</t>
+          <t>Yedinci Gün</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056374357</t>
+          <t>9786257027571</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aşk Neden Acıtır</t>
+          <t>Bir Oyun, Bir Eğlence</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257027380</t>
+          <t>9786056374357</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Limon Ağacı</t>
+          <t>Aşk Neden Acıtır</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257027540</t>
+          <t>9786257027380</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tiksinti</t>
+          <t>Muhteşem Limon Ağacı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056587801</t>
+          <t>9786257027540</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yılanlarla Dans</t>
+          <t>Tiksinti</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257027533</t>
+          <t>9786056587801</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Karaçamın Dirilişi</t>
+          <t>Yılanlarla Dans</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257027526</t>
+          <t>9786257027533</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ne Para Ne Saat Ne Kasket</t>
+          <t>Karaçamın Dirilişi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257027472</t>
+          <t>9786257027526</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kanada</t>
+          <t>Ne Para Ne Saat Ne Kasket</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257027502</t>
+          <t>9786257027472</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Roman Değildir ve Diğer Romanlar</t>
+          <t>Kanada</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257027519</t>
+          <t>9786257027502</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Semmelweis</t>
+          <t>Bu Bir Roman Değildir ve Diğer Romanlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056923951</t>
+          <t>9786257027519</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aeneis</t>
+          <t>Semmelweis</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056923968</t>
+          <t>9786056923951</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzluğun Doruklarında</t>
+          <t>Aeneis</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257027496</t>
+          <t>9786056923968</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kralın Laneti</t>
+          <t>Umutsuzluğun Doruklarında</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257027090</t>
+          <t>9786257027496</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yara İzleri</t>
+          <t>Kralın Laneti</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056840586</t>
+          <t>9786257027090</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gölgeye Övgü</t>
+          <t>Yara İzleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058259331</t>
+          <t>9786056840586</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi, Bir Adam, İki Kadın</t>
+          <t>Gölgeye Övgü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257027458</t>
+          <t>9786058259331</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bez Bebek</t>
+          <t>Bir Kedi, Bir Adam, İki Kadın</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257027434</t>
+          <t>9786257027458</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Annemin Otobiyografisi</t>
+          <t>Bez Bebek</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257027427</t>
+          <t>9786257027434</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kırık Nisan</t>
+          <t>Annemin Otobiyografisi</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257027397</t>
+          <t>9786257027427</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şeylerin Ağırlığı</t>
+          <t>Kırık Nisan</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257027373</t>
+          <t>9786257027397</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıçlar Gibi Geldiler</t>
+          <t>Şeylerin Ağırlığı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257027366</t>
+          <t>9786257027373</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Güneş Çarpması</t>
+          <t>Kırlangıçlar Gibi Geldiler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257027359</t>
+          <t>9786257027366</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Bir Ev Bir Roman</t>
+          <t>Güneş Çarpması</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257027335</t>
+          <t>9786257027359</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zona</t>
+          <t>Bir Kadın Bir Ev Bir Roman</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257027328</t>
+          <t>9786257027335</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Böyle Küçük Şeyler</t>
+          <t>Zona</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257027311</t>
+          <t>9786257027328</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Armand V.</t>
+          <t>Böyle Küçük Şeyler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257027298</t>
+          <t>9786257027311</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Körler Kıssası</t>
+          <t>Armand V.</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257027281</t>
+          <t>9786257027298</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayat</t>
+          <t>Körler Kıssası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257027274</t>
+          <t>9786257027281</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Anız Ateşleri</t>
+          <t>Vahşi Hayat</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056587849</t>
+          <t>9786257027274</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>Anız Ateşleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257027267</t>
+          <t>9786056587849</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bavul</t>
+          <t>Hayatım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257027250</t>
+          <t>9786257027267</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz</t>
+          <t>Bavul</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257027243</t>
+          <t>9786257027250</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Sarayı</t>
+          <t>Kimsesiz</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257027229</t>
+          <t>9786257027243</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çöl ve Tohumu</t>
+          <t>Rüyalar Sarayı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257027205</t>
+          <t>9786257027229</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bayan Unguentine'nin Seyir Defteri</t>
+          <t>Çöl ve Tohumu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257027175</t>
+          <t>9786257027205</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Semenderlerle Savaş</t>
+          <t>Bayan Unguentine'nin Seyir Defteri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257027151</t>
+          <t>9786257027175</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bahçe, Küller</t>
+          <t>Semenderlerle Savaş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257027168</t>
+          <t>9786257027151</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Lekesi</t>
+          <t>Bahçe, Küller</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257027144</t>
+          <t>9786257027168</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Emanet Çocuk</t>
+          <t>Mürekkep Lekesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257027120</t>
+          <t>9786257027144</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Eumeswil</t>
+          <t>Emanet Çocuk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257027137</t>
+          <t>9786257027120</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>T. Singer</t>
+          <t>Eumeswil</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257027113</t>
+          <t>9786257027137</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Taşrada Bir Ay</t>
+          <t>T. Singer</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257027106</t>
+          <t>9786257027113</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Böcü</t>
+          <t>Taşrada Bir Ay</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257027076</t>
+          <t>9786257027106</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Evler, Cinler, Perdeler</t>
+          <t>Böcü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257027069</t>
+          <t>9786257027076</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Jamaika’da Bir Fırtına</t>
+          <t>Evler, Cinler, Perdeler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257027052</t>
+          <t>9786257027069</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>On Sözcükte Çin</t>
+          <t>Jamaika’da Bir Fırtına</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257027038</t>
+          <t>9786257027052</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Elden Düşme Dünya</t>
+          <t>On Sözcükte Çin</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257027021</t>
+          <t>9786257027038</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bayan Caliban</t>
+          <t>Elden Düşme Dünya</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257027014</t>
+          <t>9786257027021</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Günler Aylar Yıllar</t>
+          <t>Bayan Caliban</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257027007</t>
+          <t>9786257027014</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çelik Fırtınalarında</t>
+          <t>Günler Aylar Yıllar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056923999</t>
+          <t>9786257027007</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şanghay Büyüsü</t>
+          <t>Çelik Fırtınalarında</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056923982</t>
+          <t>9786056923999</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kolıma Öyküleri</t>
+          <t>Şanghay Büyüsü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056923937</t>
+          <t>9786056923982</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Kadın</t>
+          <t>Kolıma Öyküleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056923944</t>
+          <t>9786056923937</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Jakob von Gunten</t>
+          <t>Yabancı Kadın</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056923920</t>
+          <t>9786056923944</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Benim İki Dünyam</t>
+          <t>Jakob von Gunten</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056923913</t>
+          <t>9786056923920</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Nadja</t>
+          <t>Benim İki Dünyam</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056840593</t>
+          <t>9786056923913</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Boşluktakiler</t>
+          <t>Nadja</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786056840579</t>
+          <t>9786056840593</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Cam Arılar</t>
+          <t>Boşluktakiler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056840562</t>
+          <t>9786056840579</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Madenci</t>
+          <t>Cam Arılar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786056840548</t>
+          <t>9786056840562</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Acil Gerçekdışılıkta Maceralar</t>
+          <t>Madenci</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056840555</t>
+          <t>9786056840548</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Deri</t>
+          <t>Acil Gerçekdışılıkta Maceralar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056840531</t>
+          <t>9786056840555</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kanını Satan Adam</t>
+          <t>Soğuk Deri</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056840524</t>
+          <t>9786056840531</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Aşk Aptallığı</t>
+          <t>Kanını Satan Adam</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786056840500</t>
+          <t>9786056840524</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sadık Ruslan</t>
+          <t>Aşk Aptallığı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058259393</t>
+          <t>9786056840500</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Mektupları / Epistulae Morales</t>
+          <t>Sadık Ruslan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058259379</t>
+          <t>9786058259393</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Felaketzedeler Evi</t>
+          <t>Ahlak Mektupları / Epistulae Morales</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058259362</t>
+          <t>9786058259379</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tütüncü Çırağı</t>
+          <t>Felaketzedeler Evi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058259317</t>
+          <t>9786058259362</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Montano Hastalığı</t>
+          <t>Tütüncü Çırağı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786056663789</t>
+          <t>9786058259317</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Mektupların Romanı</t>
+          <t>Montano Hastalığı</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056663758</t>
+          <t>9786056663789</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hadi, Yarın Görüşürüz</t>
+          <t>Mektupların Romanı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056663734</t>
+          <t>9786056663758</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Arı Kovanı</t>
+          <t>Hadi, Yarın Görüşürüz</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056663727</t>
+          <t>9786056663734</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Puşkin Tepeleri</t>
+          <t>Arı Kovanı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056663710</t>
+          <t>9786056663727</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız Gençlik</t>
+          <t>Puşkin Tepeleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786056587894</t>
+          <t>9786056663710</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Neden Hiçbir Şey Yok da Bir Şey Var?</t>
+          <t>Tanrısız Gençlik</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786056587887</t>
+          <t>9786056587894</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak</t>
+          <t>Neden Hiçbir Şey Yok da Bir Şey Var?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056587870</t>
+          <t>9786056587887</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>Yaşamak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786056374326</t>
+          <t>9786056587870</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mezarımdan Yazıyorum</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056587832</t>
+          <t>9786056374326</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kalan</t>
+          <t>Mezarımdan Yazıyorum</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786056587825</t>
+          <t>9786056587832</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hawthorn ile Child</t>
+          <t>Kalan</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786056501975</t>
+          <t>9786056587825</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik ve Gürültü</t>
+          <t>Hawthorn ile Child</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056587818</t>
+          <t>9786056501975</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Batır Gitsin Derin Sulara</t>
+          <t>Sessizlik ve Gürültü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786056374302</t>
+          <t>9786056587818</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Seraphita</t>
+          <t>Batır Gitsin Derin Sulara</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056374319</t>
+          <t>9786056374302</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Naomi</t>
+          <t>Seraphita</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056501999</t>
+          <t>9786056374319</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşları ve Azizler</t>
+          <t>Naomi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056501944</t>
+          <t>9786056501999</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Ev</t>
+          <t>Gözyaşları ve Azizler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056501920</t>
+          <t>9786056501944</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yürüyüş’te Mao’nun Maceraları</t>
+          <t>Kağıt Ev</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056501951</t>
+          <t>9786056501920</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hadula</t>
+          <t>Uzun Yürüyüş’te Mao’nun Maceraları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056501913</t>
+          <t>9786056501951</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein'in Metresi</t>
+          <t>Hadula</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056501906</t>
+          <t>9786056501913</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Odysseia'nın Kayıp Bölümleri</t>
+          <t>Wittgenstein'in Metresi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056374388</t>
+          <t>9786056501906</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Doğa Araştırmaları</t>
+          <t>Odysseia'nın Kayıp Bölümleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056374364</t>
+          <t>9786056374388</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Atocha'dan Ayrılış</t>
+          <t>Doğa Araştırmaları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056587856</t>
+          <t>9786056374364</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Buzda Yürüyüş / Münih-Paris</t>
+          <t>Atocha'dan Ayrılış</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056501968</t>
+          <t>9786056587856</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zihin ve Evren</t>
+          <t>Buzda Yürüyüş / Münih-Paris</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056374395</t>
+          <t>9786056501968</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>O Gün İçin Bir Şemsiye</t>
+          <t>Zihin ve Evren</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056374340</t>
+          <t>9786056374395</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>O Koku</t>
+          <t>O Gün İçin Bir Şemsiye</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056501937</t>
+          <t>9786056374340</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hızlandıkça Azalıyorum</t>
+          <t>O Koku</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
+          <t>9786056501937</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Hızlandıkça Azalıyorum</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
           <t>9786058663510</t>
         </is>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Cathay</t>
         </is>
       </c>
-      <c r="C107" s="1">
+      <c r="C108" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>