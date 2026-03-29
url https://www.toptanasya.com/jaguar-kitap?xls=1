--- v2 (2026-02-06)
+++ v3 (2026-03-29)
@@ -85,1645 +85,1660 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257027649</t>
+          <t>9786257027663</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dağlarda Koşan Kadın</t>
+          <t>Antarktika</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257027632</t>
+          <t>9786257027649</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Esirleri</t>
+          <t>Dağlarda Koşan Kadın</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257027625</t>
+          <t>9786257027632</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çocuk</t>
+          <t>Yalnızlığın Esirleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257027618</t>
+          <t>9786257027625</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kızlar</t>
+          <t>Çocuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257027595</t>
+          <t>9786257027618</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Lucy</t>
+          <t>Ölü Kızlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257027601</t>
+          <t>9786257027595</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerin Günbatımı</t>
+          <t>Lucy</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056663765</t>
+          <t>9786257027601</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Salamina Askerleri</t>
+          <t>Düşüncelerin Günbatımı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>32</v>
+        <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056374371</t>
+          <t>9786056663765</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Günlük Değildir</t>
+          <t>Salamina Askerleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056501982</t>
+          <t>9786056374371</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ferdydurke</t>
+          <t>Bu Bir Günlük Değildir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257027588</t>
+          <t>9786056501982</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Gün</t>
+          <t>Ferdydurke</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>290</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257027571</t>
+          <t>9786257027588</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Oyun, Bir Eğlence</t>
+          <t>Yedinci Gün</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056374357</t>
+          <t>9786257027571</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aşk Neden Acıtır</t>
+          <t>Bir Oyun, Bir Eğlence</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257027380</t>
+          <t>9786056374357</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Limon Ağacı</t>
+          <t>Aşk Neden Acıtır</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257027540</t>
+          <t>9786257027380</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tiksinti</t>
+          <t>Muhteşem Limon Ağacı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056587801</t>
+          <t>9786257027540</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yılanlarla Dans</t>
+          <t>Tiksinti</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257027533</t>
+          <t>9786056587801</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Karaçamın Dirilişi</t>
+          <t>Yılanlarla Dans</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257027526</t>
+          <t>9786257027533</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ne Para Ne Saat Ne Kasket</t>
+          <t>Karaçamın Dirilişi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257027472</t>
+          <t>9786257027526</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kanada</t>
+          <t>Ne Para Ne Saat Ne Kasket</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257027502</t>
+          <t>9786257027472</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Roman Değildir ve Diğer Romanlar</t>
+          <t>Kanada</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257027519</t>
+          <t>9786257027502</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Semmelweis</t>
+          <t>Bu Bir Roman Değildir ve Diğer Romanlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056923951</t>
+          <t>9786257027519</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aeneis</t>
+          <t>Semmelweis</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056923968</t>
+          <t>9786056923951</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzluğun Doruklarında</t>
+          <t>Aeneis</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257027496</t>
+          <t>9786056923968</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kralın Laneti</t>
+          <t>Umutsuzluğun Doruklarında</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257027090</t>
+          <t>9786257027496</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yara İzleri</t>
+          <t>Kralın Laneti</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056840586</t>
+          <t>9786257027090</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gölgeye Övgü</t>
+          <t>Yara İzleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058259331</t>
+          <t>9786056840586</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi, Bir Adam, İki Kadın</t>
+          <t>Gölgeye Övgü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257027458</t>
+          <t>9786058259331</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bez Bebek</t>
+          <t>Bir Kedi, Bir Adam, İki Kadın</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257027434</t>
+          <t>9786257027458</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Annemin Otobiyografisi</t>
+          <t>Bez Bebek</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257027427</t>
+          <t>9786257027434</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kırık Nisan</t>
+          <t>Annemin Otobiyografisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257027397</t>
+          <t>9786257027427</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şeylerin Ağırlığı</t>
+          <t>Kırık Nisan</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257027373</t>
+          <t>9786257027397</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıçlar Gibi Geldiler</t>
+          <t>Şeylerin Ağırlığı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257027366</t>
+          <t>9786257027373</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Güneş Çarpması</t>
+          <t>Kırlangıçlar Gibi Geldiler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257027359</t>
+          <t>9786257027366</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Bir Ev Bir Roman</t>
+          <t>Güneş Çarpması</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257027335</t>
+          <t>9786257027359</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Zona</t>
+          <t>Bir Kadın Bir Ev Bir Roman</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257027328</t>
+          <t>9786257027335</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Böyle Küçük Şeyler</t>
+          <t>Zona</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257027311</t>
+          <t>9786257027328</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Armand V.</t>
+          <t>Böyle Küçük Şeyler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257027298</t>
+          <t>9786257027311</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Körler Kıssası</t>
+          <t>Armand V.</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257027281</t>
+          <t>9786257027298</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayat</t>
+          <t>Körler Kıssası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257027274</t>
+          <t>9786257027281</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Anız Ateşleri</t>
+          <t>Vahşi Hayat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056587849</t>
+          <t>9786257027274</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>Anız Ateşleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257027267</t>
+          <t>9786056587849</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bavul</t>
+          <t>Hayatım</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257027250</t>
+          <t>9786257027267</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz</t>
+          <t>Bavul</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257027243</t>
+          <t>9786257027250</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Sarayı</t>
+          <t>Kimsesiz</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257027229</t>
+          <t>9786257027243</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çöl ve Tohumu</t>
+          <t>Rüyalar Sarayı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257027205</t>
+          <t>9786257027229</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bayan Unguentine'nin Seyir Defteri</t>
+          <t>Çöl ve Tohumu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257027175</t>
+          <t>9786257027205</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Semenderlerle Savaş</t>
+          <t>Bayan Unguentine'nin Seyir Defteri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257027151</t>
+          <t>9786257027175</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bahçe, Küller</t>
+          <t>Semenderlerle Savaş</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257027168</t>
+          <t>9786257027151</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Lekesi</t>
+          <t>Bahçe, Küller</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257027144</t>
+          <t>9786257027168</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Emanet Çocuk</t>
+          <t>Mürekkep Lekesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257027120</t>
+          <t>9786257027144</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eumeswil</t>
+          <t>Emanet Çocuk</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257027137</t>
+          <t>9786257027120</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>T. Singer</t>
+          <t>Eumeswil</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257027113</t>
+          <t>9786257027137</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Taşrada Bir Ay</t>
+          <t>T. Singer</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257027106</t>
+          <t>9786257027113</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Böcü</t>
+          <t>Taşrada Bir Ay</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257027076</t>
+          <t>9786257027106</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Evler, Cinler, Perdeler</t>
+          <t>Böcü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257027069</t>
+          <t>9786257027076</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Jamaika’da Bir Fırtına</t>
+          <t>Evler, Cinler, Perdeler</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257027052</t>
+          <t>9786257027069</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>On Sözcükte Çin</t>
+          <t>Jamaika’da Bir Fırtına</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257027038</t>
+          <t>9786257027052</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Elden Düşme Dünya</t>
+          <t>On Sözcükte Çin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257027021</t>
+          <t>9786257027038</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bayan Caliban</t>
+          <t>Elden Düşme Dünya</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257027014</t>
+          <t>9786257027021</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Günler Aylar Yıllar</t>
+          <t>Bayan Caliban</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257027007</t>
+          <t>9786257027014</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çelik Fırtınalarında</t>
+          <t>Günler Aylar Yıllar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056923999</t>
+          <t>9786257027007</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şanghay Büyüsü</t>
+          <t>Çelik Fırtınalarında</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056923982</t>
+          <t>9786056923999</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kolıma Öyküleri</t>
+          <t>Şanghay Büyüsü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056923937</t>
+          <t>9786056923982</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Kadın</t>
+          <t>Kolıma Öyküleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056923944</t>
+          <t>9786056923937</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Jakob von Gunten</t>
+          <t>Yabancı Kadın</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056923920</t>
+          <t>9786056923944</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Benim İki Dünyam</t>
+          <t>Jakob von Gunten</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056923913</t>
+          <t>9786056923920</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Nadja</t>
+          <t>Benim İki Dünyam</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786056840593</t>
+          <t>9786056923913</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Boşluktakiler</t>
+          <t>Nadja</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056840579</t>
+          <t>9786056840593</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Cam Arılar</t>
+          <t>Boşluktakiler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786056840562</t>
+          <t>9786056840579</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Madenci</t>
+          <t>Cam Arılar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056840548</t>
+          <t>9786056840562</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Acil Gerçekdışılıkta Maceralar</t>
+          <t>Madenci</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056840555</t>
+          <t>9786056840548</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Deri</t>
+          <t>Acil Gerçekdışılıkta Maceralar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056840531</t>
+          <t>9786056840555</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kanını Satan Adam</t>
+          <t>Soğuk Deri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786056840524</t>
+          <t>9786056840531</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aşk Aptallığı</t>
+          <t>Kanını Satan Adam</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786056840500</t>
+          <t>9786056840524</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sadık Ruslan</t>
+          <t>Aşk Aptallığı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058259393</t>
+          <t>9786056840500</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Mektupları / Epistulae Morales</t>
+          <t>Sadık Ruslan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058259379</t>
+          <t>9786058259393</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Felaketzedeler Evi</t>
+          <t>Ahlak Mektupları / Epistulae Morales</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058259362</t>
+          <t>9786058259379</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tütüncü Çırağı</t>
+          <t>Felaketzedeler Evi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058259317</t>
+          <t>9786058259362</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Montano Hastalığı</t>
+          <t>Tütüncü Çırağı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056663789</t>
+          <t>9786058259317</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Mektupların Romanı</t>
+          <t>Montano Hastalığı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056663758</t>
+          <t>9786056663789</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hadi, Yarın Görüşürüz</t>
+          <t>Mektupların Romanı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056663734</t>
+          <t>9786056663758</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Arı Kovanı</t>
+          <t>Hadi, Yarın Görüşürüz</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056663727</t>
+          <t>9786056663734</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Puşkin Tepeleri</t>
+          <t>Arı Kovanı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786056663710</t>
+          <t>9786056663727</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız Gençlik</t>
+          <t>Puşkin Tepeleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786056587894</t>
+          <t>9786056663710</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Neden Hiçbir Şey Yok da Bir Şey Var?</t>
+          <t>Tanrısız Gençlik</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056587887</t>
+          <t>9786056587894</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak</t>
+          <t>Neden Hiçbir Şey Yok da Bir Şey Var?</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786056587870</t>
+          <t>9786056587887</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>Yaşamak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056374326</t>
+          <t>9786056587870</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mezarımdan Yazıyorum</t>
+          <t>33</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786056587832</t>
+          <t>9786056374326</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kalan</t>
+          <t>Mezarımdan Yazıyorum</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786056587825</t>
+          <t>9786056587832</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hawthorn ile Child</t>
+          <t>Kalan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056501975</t>
+          <t>9786056587825</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik ve Gürültü</t>
+          <t>Hawthorn ile Child</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786056587818</t>
+          <t>9786056501975</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Batır Gitsin Derin Sulara</t>
+          <t>Sessizlik ve Gürültü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056374302</t>
+          <t>9786056587818</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Seraphita</t>
+          <t>Batır Gitsin Derin Sulara</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056374319</t>
+          <t>9786056374302</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Naomi</t>
+          <t>Seraphita</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056501999</t>
+          <t>9786056374319</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşları ve Azizler</t>
+          <t>Naomi</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056501944</t>
+          <t>9786056501999</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Ev</t>
+          <t>Gözyaşları ve Azizler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056501920</t>
+          <t>9786056501944</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yürüyüş’te Mao’nun Maceraları</t>
+          <t>Kağıt Ev</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056501951</t>
+          <t>9786056501920</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hadula</t>
+          <t>Uzun Yürüyüş’te Mao’nun Maceraları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056501913</t>
+          <t>9786056501951</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein'in Metresi</t>
+          <t>Hadula</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056501906</t>
+          <t>9786056501913</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Odysseia'nın Kayıp Bölümleri</t>
+          <t>Wittgenstein'in Metresi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056374388</t>
+          <t>9786056501906</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Doğa Araştırmaları</t>
+          <t>Odysseia'nın Kayıp Bölümleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056374364</t>
+          <t>9786056374388</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Atocha'dan Ayrılış</t>
+          <t>Doğa Araştırmaları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056587856</t>
+          <t>9786056374364</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Buzda Yürüyüş / Münih-Paris</t>
+          <t>Atocha'dan Ayrılış</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056501968</t>
+          <t>9786056587856</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Zihin ve Evren</t>
+          <t>Buzda Yürüyüş / Münih-Paris</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056374395</t>
+          <t>9786056501968</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>O Gün İçin Bir Şemsiye</t>
+          <t>Zihin ve Evren</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056374340</t>
+          <t>9786056374395</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>O Koku</t>
+          <t>O Gün İçin Bir Şemsiye</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056501937</t>
+          <t>9786056374340</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hızlandıkça Azalıyorum</t>
+          <t>O Koku</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
+          <t>9786056501937</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Hızlandıkça Azalıyorum</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
           <t>9786058663510</t>
         </is>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Cathay</t>
         </is>
       </c>
-      <c r="C108" s="1">
+      <c r="C109" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>