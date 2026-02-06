--- v0 (2025-10-24)
+++ v1 (2026-02-06)
@@ -85,850 +85,865 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257035217</t>
+          <t>9786257035224</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık: Aklın Mekan Maceraları</t>
+          <t>Geometri İle Mimarlık Arasında</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>850</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257035200</t>
+          <t>9786257035217</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Mimarlık</t>
+          <t>Mimarlık: Aklın Mekan Maceraları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257035194</t>
+          <t>9786257035200</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bina Üslubunun Zaferi</t>
+          <t>Yeni Bir Mimarlık</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257035187</t>
+          <t>9786257035194</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Biçimler Bina Adasından Bina Bloğuna</t>
+          <t>Yeni Bina Üslubunun Zaferi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257035163</t>
+          <t>9786257035187</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Heidegger ve İkamet Etme Meselesi</t>
+          <t>Kentsel Biçimler Bina Adasından Bina Bloğuna</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257035156</t>
+          <t>9786257035163</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Resim Üzerine ve Heykel Üzerine</t>
+          <t>Heidegger ve İkamet Etme Meselesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257035149</t>
+          <t>9786257035156</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Ve Karmaşıklık - Üçüncü Labirent</t>
+          <t>Resim Üzerine ve Heykel Üzerine</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>850</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257035132</t>
+          <t>9786257035149</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Üslup ve Çağ: Çağdaş Mimarlığın Sorunları</t>
+          <t>Mimarlık Ve Karmaşıklık - Üçüncü Labirent</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257035125</t>
+          <t>9786257035132</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Ritm</t>
+          <t>Üslup ve Çağ: Çağdaş Mimarlığın Sorunları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257035118</t>
+          <t>9786257035125</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Eski Kentler ve Yeni İhtiyaçlar - Kent Büyüme Planı</t>
+          <t>Mimarlıkta Ritm</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257035101</t>
+          <t>9786257035118</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Restorasyon Kuramı</t>
+          <t>Eski Kentler ve Yeni İhtiyaçlar - Kent Büyüme Planı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257035095</t>
+          <t>9786257035101</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Orantı</t>
+          <t>Restorasyon Kuramı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257035071</t>
+          <t>9786257035095</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Tarihleri</t>
+          <t>Mimarlıkta Orantı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257035064</t>
+          <t>9786257035071</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Genel Plan</t>
+          <t>Mimarlık Tarihleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257035040</t>
+          <t>9786257035064</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Norcia’nın Öğrettikleri</t>
+          <t>Genel Plan</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257035033</t>
+          <t>9786257035040</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Harabe, Kapı ve Köprü, Kulp</t>
+          <t>Norcia’nın Öğrettikleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257035002</t>
+          <t>9786257035033</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık: Sanat Üzerine Deneme</t>
+          <t>Harabe, Kapı ve Köprü, Kulp</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056910395</t>
+          <t>9786257035002</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığı Gibi</t>
+          <t>Mimarlık: Sanat Üzerine Deneme</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056910388</t>
+          <t>9786056910395</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Antolojisi</t>
+          <t>Yaşadığı Gibi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056910371</t>
+          <t>9786056910388</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Maddiliği</t>
+          <t>Mimarlık Antolojisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056910364</t>
+          <t>9786056910371</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bilim Endüstri ve Sanat</t>
+          <t>Mimarlığın Maddiliği</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056910357</t>
+          <t>9786056910364</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Üslup Neden Durmadan Değişiyor?</t>
+          <t>Bilim Endüstri ve Sanat</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056910326</t>
+          <t>9786056910357</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Form ve Deformasyon</t>
+          <t>Mimarlıkta Üslup Neden Durmadan Değişiyor?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056910302</t>
+          <t>9786056910326</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Restorasyon Üzerine</t>
+          <t>Form ve Deformasyon</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056824159</t>
+          <t>9786056910302</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Louis 1. Kahn’da Beaux-Arts Etkisi</t>
+          <t>Restorasyon Üzerine</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056824142</t>
+          <t>9786056824159</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yaşamortamın Sosyolojisi</t>
+          <t>Louis 1. Kahn’da Beaux-Arts Etkisi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056824135</t>
+          <t>9786056824142</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mimar Üzerine Aykırı Düşünceler</t>
+          <t>Çağdaş Yaşamortamın Sosyolojisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056824128</t>
+          <t>9786056824135</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık ve Kopma</t>
+          <t>Mimar Üzerine Aykırı Düşünceler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056824111</t>
+          <t>9786056824128</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Üslup Üzerine Düşünceler</t>
+          <t>Mimarlık ve Kopma</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056717895</t>
+          <t>9786056824111</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Korumak mı, Restore Etmek mi?</t>
+          <t>Mimarlıkta Üslup Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056717888</t>
+          <t>9786056717895</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ölçmek Çizmek Bilmek</t>
+          <t>Korumak mı, Restore Etmek mi?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056717871</t>
+          <t>9786056717888</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Modern Mimarlık: 1930 Yılı Kahn Dersleri</t>
+          <t>Ölçmek Çizmek Bilmek</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056717840</t>
+          <t>9786056717871</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Ötesinde</t>
+          <t>Modern Mimarlık: 1930 Yılı Kahn Dersleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056717833</t>
+          <t>9786056717840</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bauhaus 1919 - 1933</t>
+          <t>Mimarlığın Ötesinde</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056910340</t>
+          <t>9786056717833</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Özü ve Mimari Yaratım</t>
+          <t>Bauhaus 1919 - 1933</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056717819</t>
+          <t>9786056910340</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Amaçları ve Araçları</t>
+          <t>Mimarlığın Özü ve Mimari Yaratım</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056717802</t>
+          <t>9786056717819</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Görsel Sanat Eserleri Konusunda Yargıda Bulunmak Üzerine</t>
+          <t>Mimarlığın Amaçları ve Araçları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058398795</t>
+          <t>9786056717802</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mimarlar ve İnşaat - Konuşmalar</t>
+          <t>Görsel Sanat Eserleri Konusunda Yargıda Bulunmak Üzerine</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058398788</t>
+          <t>9786058398795</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>2000 + Acil Mimarlık Teorisinin Sorunları</t>
+          <t>Mimarlar ve İnşaat - Konuşmalar</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058398764</t>
+          <t>9786058398788</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Resimde ve Heykelde Biçim Sorunu</t>
+          <t>2000 + Acil Mimarlık Teorisinin Sorunları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058398757</t>
+          <t>9786058398764</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Atölyede Söyledikleri Notlar ve Düşünceler</t>
+          <t>Resimde ve Heykelde Biçim Sorunu</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058398740</t>
+          <t>9786058398757</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Üzerine 17 Mektup</t>
+          <t>Atölyede Söyledikleri Notlar ve Düşünceler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056824104</t>
+          <t>9786058398740</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mimari Mekan Üzerine</t>
+          <t>Mimarlık Üzerine 17 Mektup</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056824180</t>
+          <t>9786056824104</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Psikolojisine Öndeyişler</t>
+          <t>Mimari Mekan Üzerine</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058495586</t>
+          <t>9786056824180</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Biçimlerin Yaşamı</t>
+          <t>Mimarlık Psikolojisine Öndeyişler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058495579</t>
+          <t>9786058495586</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Dört Öğesi Ve İki Konferans</t>
+          <t>Biçimlerin Yaşamı</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056824197</t>
+          <t>9786058495579</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mimarlar Neden Hala Çiziyor?</t>
+          <t>Mimarlığın Dört Öğesi Ve İki Konferans</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058495555</t>
+          <t>9786056824197</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın İçinde</t>
+          <t>Mimarlar Neden Hala Çiziyor?</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056824166</t>
+          <t>9786058495555</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Apaçıklığı İmgelemek</t>
+          <t>Mimarlığın İçinde</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058495548</t>
+          <t>9786056824166</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kolajlar</t>
+          <t>Apaçıklığı İmgelemek</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058495524</t>
+          <t>9786058495548</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Resmin İşlevleri</t>
+          <t>Kolajlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257035088</t>
+          <t>9786058495524</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Üzerine</t>
+          <t>Resmin İşlevleri</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058495517</t>
+          <t>9786257035088</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kübist Ressamlar</t>
+          <t>Mimarlık Üzerine</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
+          <t>9786058495517</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Kübist Ressamlar</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
           <t>9786058398733</t>
         </is>
       </c>
-      <c r="B55" s="1" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Plastik Sanatlar, Güzellik ve Doğa</t>
         </is>
       </c>
-      <c r="C55" s="1">
+      <c r="C56" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>