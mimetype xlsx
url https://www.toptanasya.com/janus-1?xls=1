--- v1 (2026-02-06)
+++ v2 (2026-03-29)
@@ -85,865 +85,1015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257035224</t>
+          <t>9786056717864</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Geometri İle Mimarlık Arasında</t>
+          <t>Strüktür Neden Gereklidir?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257035217</t>
+          <t>9786058398702</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık: Aklın Mekan Maceraları</t>
+          <t>Resim Üzerine ve Heykel Üzerine</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>850</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257035200</t>
+          <t>9786057035019</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Mimarlık</t>
+          <t>Sanat İlkelerine Göre Kent İnşa Etmek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257035194</t>
+          <t>9786056910333</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bina Üslubunun Zaferi</t>
+          <t>Mimarlığın Kehaneti</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257035187</t>
+          <t>9786056910319</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Biçimler Bina Adasından Bina Bloğuna</t>
+          <t>Bir Saat Mimarlık</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257035163</t>
+          <t>9786058398771</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Heidegger ve İkamet Etme Meselesi</t>
+          <t>Yaşadığımız Günün Tarihleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257035156</t>
+          <t>9786058495593</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Resim Üzerine ve Heykel Üzerine</t>
+          <t>19. Yüzyılda Gotik Üslup Üzerine</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257035149</t>
+          <t>9786257035026</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Ve Karmaşıklık - Üçüncü Labirent</t>
+          <t>Modern Mimarlık Büyük Kent ve Başka Yazılar (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>850</v>
+        <v>700</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257035132</t>
+          <t>9786257035057</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Üslup ve Çağ: Çağdaş Mimarlığın Sorunları</t>
+          <t>Güzelliğin Analizi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257035125</t>
+          <t>9786257035170</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Ritm</t>
+          <t>Rönesans ve Barok</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257035118</t>
+          <t>9786257035224</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Eski Kentler ve Yeni İhtiyaçlar - Kent Büyüme Planı</t>
+          <t>Geometri İle Mimarlık Arasında</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257035101</t>
+          <t>9786257035217</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Restorasyon Kuramı</t>
+          <t>Mimarlık: Aklın Mekan Maceraları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>700</v>
+        <v>850</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257035095</t>
+          <t>9786257035200</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Orantı</t>
+          <t>Yeni Bir Mimarlık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257035071</t>
+          <t>9786257035194</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Tarihleri</t>
+          <t>Yeni Bina Üslubunun Zaferi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257035064</t>
+          <t>9786257035187</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Genel Plan</t>
+          <t>Kentsel Biçimler Bina Adasından Bina Bloğuna</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257035040</t>
+          <t>9786257035163</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Norcia’nın Öğrettikleri</t>
+          <t>Heidegger ve İkamet Etme Meselesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257035033</t>
+          <t>9786257035156</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Harabe, Kapı ve Köprü, Kulp</t>
+          <t>Resim Üzerine ve Heykel Üzerine</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257035002</t>
+          <t>9786257035149</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık: Sanat Üzerine Deneme</t>
+          <t>Mimarlık Ve Karmaşıklık - Üçüncü Labirent</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>450</v>
+        <v>950</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056910395</t>
+          <t>9786257035132</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığı Gibi</t>
+          <t>Üslup ve Çağ: Çağdaş Mimarlığın Sorunları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056910388</t>
+          <t>9786257035125</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Antolojisi</t>
+          <t>Mimarlıkta Ritm</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056910371</t>
+          <t>9786257035118</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Maddiliği</t>
+          <t>Eski Kentler ve Yeni İhtiyaçlar - Kent Büyüme Planı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056910364</t>
+          <t>9786257035101</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bilim Endüstri ve Sanat</t>
+          <t>Restorasyon Kuramı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056910357</t>
+          <t>9786257035095</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Üslup Neden Durmadan Değişiyor?</t>
+          <t>Mimarlıkta Orantı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056910326</t>
+          <t>9786257035071</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Form ve Deformasyon</t>
+          <t>Mimarlık Tarihleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>750</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056910302</t>
+          <t>9786257035064</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Restorasyon Üzerine</t>
+          <t>Genel Plan</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056824159</t>
+          <t>9786257035040</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Louis 1. Kahn’da Beaux-Arts Etkisi</t>
+          <t>Norcia’nın Öğrettikleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056824142</t>
+          <t>9786257035033</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yaşamortamın Sosyolojisi</t>
+          <t>Harabe, Kapı ve Köprü, Kulp</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056824135</t>
+          <t>9786257035002</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mimar Üzerine Aykırı Düşünceler</t>
+          <t>Mimarlık: Sanat Üzerine Deneme</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056824128</t>
+          <t>9786056910395</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık ve Kopma</t>
+          <t>Yaşadığı Gibi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056824111</t>
+          <t>9786056910388</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Üslup Üzerine Düşünceler</t>
+          <t>Mimarlık Antolojisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056717895</t>
+          <t>9786056910371</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Korumak mı, Restore Etmek mi?</t>
+          <t>Mimarlığın Maddiliği</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056717888</t>
+          <t>9786056910364</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ölçmek Çizmek Bilmek</t>
+          <t>Bilim Endüstri ve Sanat</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056717871</t>
+          <t>9786056910357</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Modern Mimarlık: 1930 Yılı Kahn Dersleri</t>
+          <t>Mimarlıkta Üslup Neden Durmadan Değişiyor?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056717840</t>
+          <t>9786056910326</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Ötesinde</t>
+          <t>Form ve Deformasyon</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056717833</t>
+          <t>9786056910302</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bauhaus 1919 - 1933</t>
+          <t>Restorasyon Üzerine</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056910340</t>
+          <t>9786056824159</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Özü ve Mimari Yaratım</t>
+          <t>Louis 1. Kahn’da Beaux-Arts Etkisi</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056717819</t>
+          <t>9786056824142</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Amaçları ve Araçları</t>
+          <t>Çağdaş Yaşamortamın Sosyolojisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056717802</t>
+          <t>9786056824135</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Görsel Sanat Eserleri Konusunda Yargıda Bulunmak Üzerine</t>
+          <t>Mimar Üzerine Aykırı Düşünceler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058398795</t>
+          <t>9786056824128</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mimarlar ve İnşaat - Konuşmalar</t>
+          <t>Mimarlık ve Kopma</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058398788</t>
+          <t>9786056824111</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>2000 + Acil Mimarlık Teorisinin Sorunları</t>
+          <t>Mimarlıkta Üslup Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058398764</t>
+          <t>9786056717895</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Resimde ve Heykelde Biçim Sorunu</t>
+          <t>Korumak mı, Restore Etmek mi?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058398757</t>
+          <t>9786056717888</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Atölyede Söyledikleri Notlar ve Düşünceler</t>
+          <t>Ölçmek Çizmek Bilmek</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058398740</t>
+          <t>9786056717871</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Üzerine 17 Mektup</t>
+          <t>Modern Mimarlık: 1930 Yılı Kahn Dersleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056824104</t>
+          <t>9786056717840</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mimari Mekan Üzerine</t>
+          <t>Mimarlığın Ötesinde</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056824180</t>
+          <t>9786056717833</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Psikolojisine Öndeyişler</t>
+          <t>Bauhaus 1919 - 1933</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058495586</t>
+          <t>9786056910340</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Biçimlerin Yaşamı</t>
+          <t>Mimarlığın Özü ve Mimari Yaratım</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058495579</t>
+          <t>9786056717819</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Dört Öğesi Ve İki Konferans</t>
+          <t>Mimarlığın Amaçları ve Araçları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056824197</t>
+          <t>9786056717802</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mimarlar Neden Hala Çiziyor?</t>
+          <t>Görsel Sanat Eserleri Konusunda Yargıda Bulunmak Üzerine</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058495555</t>
+          <t>9786058398795</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın İçinde</t>
+          <t>Mimarlar ve İnşaat - Konuşmalar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056824166</t>
+          <t>9786058398788</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Apaçıklığı İmgelemek</t>
+          <t>2000 + Acil Mimarlık Teorisinin Sorunları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>650</v>
+        <v>800</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058495548</t>
+          <t>9786058398764</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kolajlar</t>
+          <t>Resimde ve Heykelde Biçim Sorunu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058495524</t>
+          <t>9786058398757</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Resmin İşlevleri</t>
+          <t>Atölyede Söyledikleri Notlar ve Düşünceler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257035088</t>
+          <t>9786058398740</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Üzerine</t>
+          <t>Mimarlık Üzerine 17 Mektup</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058495517</t>
+          <t>9786056824104</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kübist Ressamlar</t>
+          <t>Mimari Mekan Üzerine</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
+          <t>9786056824180</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlık Psikolojisine Öndeyişler</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786058495586</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Biçimlerin Yaşamı</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786058495579</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlığın Dört Öğesi Ve İki Konferans</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786056824197</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlar Neden Hala Çiziyor?</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786058495555</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlığın İçinde</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786056824166</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Apaçıklığı İmgelemek</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786058495548</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Kolajlar</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786058495524</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Resmin İşlevleri</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786257035088</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlık Üzerine</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786058495517</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Kübist Ressamlar</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
           <t>9786058398733</t>
         </is>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Plastik Sanatlar, Güzellik ve Doğa</t>
         </is>
       </c>
-      <c r="C56" s="1">
-        <v>350</v>
+      <c r="C66" s="1">
+        <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>