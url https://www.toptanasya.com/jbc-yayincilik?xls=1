--- v0 (2025-10-24)
+++ v1 (2026-03-29)
@@ -85,2740 +85,3130 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057712875</t>
+          <t>9786255638120</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kral Deadpool Cilt 1</t>
+          <t>Absolute Batman Cilt 1: Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>375</v>
+        <v>595</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255638021</t>
+          <t>9786255638083</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Batman: Bir Kötü Gün: Ra’s Al Ghul</t>
+          <t>The Witcher Cilt 5: Solup Giden Hatıralar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057712929</t>
+          <t>9786255638144</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Harley Quinn / Gossamer</t>
+          <t>Deadpool Samuray Cilt 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255638014</t>
+          <t>9786255638076</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Batman: Kazandıran Kart</t>
+          <t>Bebeğimin İlk Deadpool Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>325</v>
+        <v>155</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255638038</t>
+          <t>9786255638113</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Superman: Dünya</t>
+          <t>DC All In Özel Sayısı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>525</v>
+        <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057712936</t>
+          <t>9786255638106</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Deadpool: New Mutants Sayı 98</t>
+          <t>Absolute Power (Mutlak Güç)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>105</v>
+        <v>625</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057712981</t>
+          <t>9786057712691</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Batman: Detective Comics Sayı 1000</t>
+          <t>Batman: Ailede Bir Ölüm Özel Edisyon</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>275</v>
+        <v>800</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057712943</t>
+          <t>9786057712516</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Batman: Bir Kötü Gün: Penguin</t>
+          <t>Deadpool Marvel Evrenini Tekrar Öldürüyor</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057712967</t>
+          <t>9786255638045</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Batman Dylan Dog Cilt 1</t>
+          <t>Batman: Failsafe</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>255</v>
+        <v>575</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057712721</t>
+          <t>9786057712448</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Batman: Yeni Dünya Cilt 3</t>
+          <t>Joker: Kötülerin Yılı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>395</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057712585</t>
+          <t>9786057712394</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Batman - Fortnite: Sıfır Noktası</t>
+          <t>Batman: Kara Şövalye Dönüyor - Retro!</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057712561</t>
+          <t>9786056241789</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Deadpool X İhtiyar Logan</t>
+          <t>Batman : Kara Şövalye Dönüyor</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057712370</t>
+          <t>9786056241703</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Batman: Üç Joker</t>
+          <t>Şemsiye Akademisi Cilt 1: Kıyamet Senfonisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057712400</t>
+          <t>9789944073257</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Batman: Kara Prens</t>
+          <t>Star Wars Klon Savaşları Cilt: 4</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057712424</t>
+          <t>9789944073240</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Batman Yeni 52: Cilt 1 Baykuşlar Divanı - Retro!</t>
+          <t>Star Wars Klon Savaşları Cilt: 3</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059155564</t>
+          <t>9789944073226</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Batman - Bitmeyen Cadılar Bayramı</t>
+          <t>Star Wars Klon Savaşları Cilt: 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>825</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057712042</t>
+          <t>9789944073233</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>God of War Sayı 1</t>
+          <t>Star Wars Klon Savaşları Cilt: 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059155229</t>
+          <t>9789944073295</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hellboy: Maskeler ve Canavarlar (Ciltli)</t>
+          <t>Star Wars Klon Savaşları Cilt: 7</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059155106</t>
+          <t>9789944073288</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Batman - İlk Yıl</t>
+          <t>Star Wars Darth Vader</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>395</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059155403</t>
+          <t>9786056496707</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Deadpool x Thanos</t>
+          <t>Batman Kara Ayna</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059155748</t>
+          <t>9786059155045</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Super Sons Sayı 1 ( DC Rebirth )</t>
+          <t>Batman Dedektif Hikayeleri Cilt: 3 - İmparator Penguen</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059155595</t>
+          <t>9786056241710</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Batman Cilt 1: Ben, Gotham ( DC Rebirth )</t>
+          <t>Star Wars Klon Savaşları Cilt: 8</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059155359</t>
+          <t>9786056241727</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Deadpool - Dracula</t>
+          <t>Star Wars Klon Savaşları Cilt: 9</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059155137</t>
+          <t>9786056241741</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Batman / Süperman Cilt 1 : Dünyalar Arası</t>
+          <t>Şemsiye Akademisi - Dallas</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059155274</t>
+          <t>9786056241772</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>The Witcher Cilt 2 - Tilki Çocuklar</t>
+          <t>Batman - Dedektif Hikayeleri 1 - Ölümün Yüzler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059155342</t>
+          <t>9786056496745</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Batman - Gotham'ın Gaz Lambaları</t>
+          <t>Batman Dedektif Hikayeleri - Korkutma Taktikleri Cilt: 2</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059155243</t>
+          <t>9786057712875</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Deadpool - Yaşayan Ölülerin Dönüşü</t>
+          <t>Kral Deadpool Cilt 1</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059155175</t>
+          <t>9786255638021</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Batman-Gotham Kapıları</t>
+          <t>Batman: Bir Kötü Gün: Ra’s Al Ghul</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>245</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059155366</t>
+          <t>9786057712929</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Deadpool x X - Force</t>
+          <t>Harley Quinn / Gossamer</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059155069</t>
+          <t>9786255638014</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Deadpool - Deadpool'u Öldürüyor</t>
+          <t>Batman: Kazandıran Kart</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059155397</t>
+          <t>9786255638038</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Deadpool x Hawkeye</t>
+          <t>Superman: Dünya</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056496790</t>
+          <t>9786057712936</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>5 Ronin</t>
+          <t>Deadpool: New Mutants Sayı 98</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056241796</t>
+          <t>9786057712981</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Batman: Pelerinli Süvari'ye Ne Oldu?</t>
+          <t>Batman: Detective Comics Sayı 1000</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944073264</t>
+          <t>9786057712943</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Klon Savaşları Cilt: 5</t>
+          <t>Batman: Bir Kötü Gün: Penguin</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>245</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944073271</t>
+          <t>9786057712967</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Klon Savaşları Cilt: 6</t>
+          <t>Batman Dylan Dog Cilt 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056496776</t>
+          <t>9786057712721</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hellboy - Geceyarısı Sirki (Ciltli)</t>
+          <t>Batman: Yeni Dünya Cilt 3</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056241758</t>
+          <t>9786057712585</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Batman: Yeni Dünya</t>
+          <t>Batman - Fortnite: Sıfır Noktası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>375</v>
+        <v>750</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056241765</t>
+          <t>9786057712561</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Batman: Gülen Adam</t>
+          <t>Deadpool X İhtiyar Logan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059155212</t>
+          <t>9786057712370</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Batman - Arkham Tımarhanesi</t>
+          <t>Batman: Üç Joker</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>495</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059155120</t>
+          <t>9786057712400</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>V For Vendetta (Özel Edisyon)</t>
+          <t>Batman: Kara Prens</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059155519</t>
+          <t>9786057712424</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Batman: Harley Quinn</t>
+          <t>Batman Yeni 52: Cilt 1 Baykuşlar Divanı - Retro!</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>400</v>
+        <v>575</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056496721</t>
+          <t>9786059155564</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Deadpool - Wade Wilson'ın Savaşı</t>
+          <t>Batman - Bitmeyen Cadılar Bayramı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056496714</t>
+          <t>9786057712042</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Batman Cilt 1 - Baykuşlar Divanı</t>
+          <t>God of War Sayı 1</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>375</v>
+        <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059155878</t>
+          <t>9786059155229</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Batman Beyaz Şövalye Sayı 3</t>
+          <t>Hellboy: Maskeler ve Canavarlar (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059155809</t>
+          <t>9786059155106</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Batman: Elmer Fudd</t>
+          <t>Batman - İlk Yıl</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>125</v>
+        <v>425</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059155854</t>
+          <t>9786059155403</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Batman Beyaz Şövalye Sayı 1</t>
+          <t>Deadpool x Thanos</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059155861</t>
+          <t>9786059155748</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Batman Beyaz Şövalye Sayı 2</t>
+          <t>Super Sons Sayı 1 ( DC Rebirth )</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059155472</t>
+          <t>9786059155595</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Batman: Avrupa (Ciltli)</t>
+          <t>Batman Cilt 1: Ben, Gotham ( DC Rebirth )</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056241734</t>
+          <t>9786059155359</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Deadpool Marvel Evreni'ni Öldürüyor</t>
+          <t>Deadpool - Dracula</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059155335</t>
+          <t>9786059155137</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Batman/Süperman Cilt 3: İkinci Şans</t>
+          <t>Batman / Süperman Cilt 1 : Dünyalar Arası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059155052</t>
+          <t>9786059155274</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Batman: Ölümcül Tasarım</t>
+          <t>The Witcher Cilt 2 - Tilki Çocuklar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059155113</t>
+          <t>9786059155342</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Deadpool - Yaşayan Ölülerin Gecesi</t>
+          <t>Batman - Gotham'ın Gaz Lambaları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059155007</t>
+          <t>9786059155243</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Deadpool - Edebiyat Kahramanlarını Öldürüyor</t>
+          <t>Deadpool - Yaşayan Ölülerin Dönüşü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059155038</t>
+          <t>9786059155175</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>The Witcher Cilt 1 - Camlar Konağı</t>
+          <t>Batman-Gotham Kapıları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056496769</t>
+          <t>9786059155366</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hellboy - Yaşayan Ölüler Evi</t>
+          <t>Deadpool x X - Force</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059155199</t>
+          <t>9786059155069</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Batman - Hush</t>
+          <t>Deadpool - Deadpool'u Öldürüyor</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>825</v>
+        <v>325</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059155144</t>
+          <t>9786059155397</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Deadpool - İntikam Kralları</t>
+          <t>Deadpool x Hawkeye</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056496783</t>
+          <t>9786056496790</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Batman - Noel</t>
+          <t>5 Ronin</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056496738</t>
+          <t>9786056241796</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Batman - Baykuşlar Şehri Cilt: 2</t>
+          <t>Batman: Pelerinli Süvari'ye Ne Oldu?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056496752</t>
+          <t>9789944073264</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Batman 3: Ailenin Ölümü</t>
+          <t>Star Wars Klon Savaşları Cilt: 5</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057712271</t>
+          <t>9789944073271</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Harleen Üçüncü Kitap</t>
+          <t>Star Wars Klon Savaşları Cilt: 6</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057712288</t>
+          <t>9786056496776</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Harleen İkinci Kitap</t>
+          <t>Hellboy - Geceyarısı Sirki (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057712189</t>
+          <t>9786056241758</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Harleen Birinci Kitap</t>
+          <t>Batman: Yeni Dünya</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057712264</t>
+          <t>9786056241765</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Saati Sayı 2</t>
+          <t>Batman: Gülen Adam</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057712240</t>
+          <t>9786059155212</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Saati Sayı 4</t>
+          <t>Batman - Arkham Tımarhanesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057712318</t>
+          <t>9786059155120</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Saati Sayı 1</t>
+          <t>V For Vendetta (Özel Edisyon)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>125</v>
+        <v>975</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057712257</t>
+          <t>9786059155519</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Saati Sayı 3</t>
+          <t>Batman: Harley Quinn</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057712226</t>
+          <t>9786056496721</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Saati Sayı 6</t>
+          <t>Deadpool - Wade Wilson'ın Savaşı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057712233</t>
+          <t>9786056496714</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Saati Sayı 5</t>
+          <t>Batman Cilt 1 - Baykuşlar Divanı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>525</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057712110</t>
+          <t>9786059155878</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Batman Beyaz Şövalye</t>
+          <t>Batman Beyaz Şövalye Sayı 3</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>600</v>
+        <v>110</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059155533</t>
+          <t>9786059155809</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Harley Quinn Cilt 3: Öp Öp Vur Bıçakla</t>
+          <t>Batman: Elmer Fudd</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057712301</t>
+          <t>9786059155854</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Batman: Dünyadaki Son Şövalye - İkinci Kitap</t>
+          <t>Batman Beyaz Şövalye Sayı 1</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057712295</t>
+          <t>9786059155861</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Batman: Dünyadaki Son Şövalye - Üçüncü Kitap</t>
+          <t>Batman Beyaz Şövalye Sayı 2</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057712172</t>
+          <t>9786059155472</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>The Joker: Daffy Duck</t>
+          <t>Batman: Avrupa (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059155946</t>
+          <t>9786056241734</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kara Gece: Gerçek Bir Batman Hikayesi</t>
+          <t>Deadpool Marvel Evreni'ni Öldürüyor</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057712158</t>
+          <t>9786059155335</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>God of War Sayı 3</t>
+          <t>Batman/Süperman Cilt 3: İkinci Şans</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057712103</t>
+          <t>9786059155052</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Batman: Dünyadaki Son Şovalye</t>
+          <t>Batman: Ölümcül Tasarım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057712141</t>
+          <t>9786059155113</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>God Of War Sayı 2</t>
+          <t>Deadpool - Yaşayan Ölülerin Gecesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>80</v>
+        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057712349</t>
+          <t>9786059155007</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>The Witcher Cilt 4: Et ve Alev</t>
+          <t>Deadpool - Edebiyat Kahramanlarını Öldürüyor</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057712080</t>
+          <t>9786059155038</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>The Witcher Cilt 3 - Kargaların Laneti</t>
+          <t>The Witcher Cilt 1 - Camlar Konağı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059155489</t>
+          <t>9786056496769</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Batman - Ninja Kaplumbağalar</t>
+          <t>Hellboy - Yaşayan Ölüler Evi</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059155632</t>
+          <t>9786059155199</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nightwing Cilt 1 - Batman'den Daha İyi</t>
+          <t>Batman - Hush</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>975</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057712059</t>
+          <t>9786059155144</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Batman: Lanet (Üçüncü Kitap)</t>
+          <t>Deadpool - İntikam Kralları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057712028</t>
+          <t>9786056496783</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Batman: Lanet (Birinci Kitap)</t>
+          <t>Batman - Noel</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057712066</t>
+          <t>9786056496738</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Batman: Lanet (İkinci Kitap)</t>
+          <t>Batman - Baykuşlar Şehri Cilt: 2</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057712868</t>
+          <t>9786056496752</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Joker: Dünya</t>
+          <t>Batman 3: Ailenin Ölümü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057712912</t>
+          <t>9786057712271</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Batman: Bir Kötü Gün - Bane</t>
+          <t>Harleen Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057712615</t>
+          <t>9786057712288</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Batman: Bir Kötü Gün - Two Face</t>
+          <t>Harleen İkinci Kitap</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057712899</t>
+          <t>9786057712189</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Batman: Bir Kötü Gün - Mr. Freeze</t>
+          <t>Harleen Birinci Kitap</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057712608</t>
+          <t>9786057712264</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Batman: Bir Kötü Gün - The Riddler</t>
+          <t>Kıyamet Saati Sayı 2</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057712387</t>
+          <t>9786057712240</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Batman: Öldüren Şaka Özel Edisyon (Retro!)</t>
+          <t>Kıyamet Saati Sayı 4</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057712660</t>
+          <t>9786057712318</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Deadpool: Kötü Kan</t>
+          <t>Kıyamet Saati Sayı 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059155090</t>
+          <t>9786057712257</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Batman Yeni 52 Cilt 4: Yıl Sıfır - Gizli Şehir</t>
+          <t>Kıyamet Saati Sayı 3</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057712653</t>
+          <t>9786057712226</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Batman Yeni 52 Cilt 3: Ailenin Ölümü (Retro!)</t>
+          <t>Kıyamet Saati Sayı 6</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057712646</t>
+          <t>9786057712233</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Batman Yeni 52 Cilt 2: Baykuşlar Şehri (Retro!)</t>
+          <t>Kıyamet Saati Sayı 5</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059155168</t>
+          <t>9786057712110</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Deadpool X Carnage</t>
+          <t>Batman Beyaz Şövalye</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057712011</t>
+          <t>9786059155533</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Joker</t>
+          <t>Harley Quinn Cilt 3: Öp Öp Vur Bıçakla</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057712592</t>
+          <t>9786057712301</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Batman - Spawn</t>
+          <t>Batman: Dünyadaki Son Şövalye - İkinci Kitap</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059155380</t>
+          <t>9786057712295</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Deadpool: Savaş Sanatı</t>
+          <t>Batman: Dünyadaki Son Şövalye - Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057712622</t>
+          <t>9786057712172</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Elektra: Siyah, Beyaz &amp; Kan</t>
+          <t>The Joker: Daffy Duck</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057712639</t>
+          <t>9786059155946</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>BRZRKR Cilt 1</t>
+          <t>Kara Gece: Gerçek Bir Batman Hikayesi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057712509</t>
+          <t>9786057712158</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Saati Sayı 12</t>
+          <t>God of War Sayı 3</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057712486</t>
+          <t>9786057712103</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Saati Sayı 10</t>
+          <t>Batman: Dünyadaki Son Şovalye</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057712479</t>
+          <t>9786057712141</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Saati Sayı 9</t>
+          <t>God Of War Sayı 2</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057712462</t>
+          <t>9786057712349</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Saati 8</t>
+          <t>The Witcher Cilt 4: Et ve Alev</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>395</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057712455</t>
+          <t>9786057712080</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Saati Sayı 7</t>
+          <t>The Witcher Cilt 3 - Kargaların Laneti</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>425</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057712493</t>
+          <t>9786059155489</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Saati Sayı 11</t>
+          <t>Batman - Ninja Kaplumbağalar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944073202</t>
+          <t>9786059155632</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>30 Gün 30 Gece</t>
+          <t>Nightwing Cilt 1 - Batman'den Daha İyi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057712578</t>
+          <t>9786057712059</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Batman vs. Robin</t>
+          <t>Batman: Lanet (Üçüncü Kitap)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>550</v>
+        <v>195</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057712431</t>
+          <t>9786057712028</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Joker: 80. Yıl Özel</t>
+          <t>Batman: Lanet (Birinci Kitap)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057712554</t>
+          <t>9786057712066</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Wolverine: Siyah Beyaz ve Kan</t>
+          <t>Batman: Lanet (İkinci Kitap)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057712547</t>
+          <t>9786057712868</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>The Witcher: Ronin</t>
+          <t>Joker: Dünya</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057712530</t>
+          <t>9786057712912</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Batman ve Justice League - Cilt 2</t>
+          <t>Batman: Bir Kötü Gün - Bane</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057712219</t>
+          <t>9786057712615</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Locke - Key Cilt 2 Akıl Oyunları</t>
+          <t>Batman: Bir Kötü Gün - Two Face</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057712523</t>
+          <t>9786057712899</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Batman ve Justice League Cilt 1</t>
+          <t>Batman: Bir Kötü Gün - Mr. Freeze</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057712363</t>
+          <t>9786057712608</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Joker: Öldüren Gülümseme</t>
+          <t>Batman: Bir Kötü Gün - The Riddler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>450</v>
+        <v>245</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059155717</t>
+          <t>9786057712387</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Harley Quinn Cilt 4: Savaş Çağrısı</t>
+          <t>Batman: Öldüren Şaka Özel Edisyon (Retro!)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057712332</t>
+          <t>9786057712660</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hazel ve Cha Cha Yılbaşını Kurtarıyor</t>
+          <t>Deadpool: Kötü Kan</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057712325</t>
+          <t>9786059155090</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Batman/Superman Cilt 6 : Evrenin En İyileri</t>
+          <t>Batman Yeni 52 Cilt 4: Yıl Sıfır - Gizli Şehir</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057712196</t>
+          <t>9786057712653</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Super Sons Sayı 7( DC Rebirth )</t>
+          <t>Batman Yeni 52 Cilt 3: Ailenin Ölümü (Retro!)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>80</v>
+        <v>425</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057712202</t>
+          <t>9786057712646</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Super Sons Sayı 6 ( DC Rebirth )</t>
+          <t>Batman Yeni 52 Cilt 2: Baykuşlar Şehri (Retro!)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057712127</t>
+          <t>9786059155168</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>All Star Batman Sayı 6 - DC Rebirth</t>
+          <t>Deadpool X Carnage</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057712134</t>
+          <t>9786057712011</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>All Star Batman Sayı 7 - DC Rebirth</t>
+          <t>Joker</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057712165</t>
+          <t>9786057712592</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>God Of War Sayı: 4</t>
+          <t>Batman - Spawn</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059155502</t>
+          <t>9786059155380</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Batman Superman: Gerçekler Acıdır (Cilt 5)</t>
+          <t>Deadpool: Savaş Sanatı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057712073</t>
+          <t>9786057712622</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Lock &amp; Key Cilt 1: Lovercraft’a Hoşgeldiniz</t>
+          <t>Elektra: Siyah, Beyaz &amp; Kan</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059155496</t>
+          <t>9786057712639</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Batman/Superman Cilt 4 - Kuşatma</t>
+          <t>BRZRKR Cilt 1</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059155816</t>
+          <t>9786057712509</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>All-Star Batman Cilt 1: Can Düşmanım</t>
+          <t>Kıyamet Saati Sayı 12</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057712035</t>
+          <t>9786057712486</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hellboy Kış Özel Sayısı</t>
+          <t>Kıyamet Saati Sayı 10</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059155908</t>
+          <t>9786057712479</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Batman Beyaz Şövalye Sayı 6</t>
+          <t>Kıyamet Saati Sayı 9</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059155915</t>
+          <t>9786057712462</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Batman Beyaz Şövalye Sayı 7</t>
+          <t>Kıyamet Saati 8</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059155922</t>
+          <t>9786057712455</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Batman Beyaz Şövalye Sayı 8</t>
+          <t>Kıyamet Saati Sayı 7</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059155953</t>
+          <t>9786057712493</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Batman - Flash (Rozet Özel Editasyon)</t>
+          <t>Kıyamet Saati Sayı 11</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059155977</t>
+          <t>9789944073202</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Batman Cilt 3 - Ben Bane</t>
+          <t>30 Gün 30 Gece</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059155960</t>
+          <t>9786057712578</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Batman Cilt 2 - Ben İntihar</t>
+          <t>Batman vs. Robin</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>625</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059155830</t>
+          <t>9786057712431</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>All Star Batman Sayı 4 - DC Rebirth</t>
+          <t>Joker: 80. Yıl Özel</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059155885</t>
+          <t>9786057712554</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Batman Beyaz Şövalye 4</t>
+          <t>Wolverine: Siyah Beyaz ve Kan</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059155892</t>
+          <t>9786057712547</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Batman Beyaz Şövalye 5</t>
+          <t>The Witcher: Ronin</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>80</v>
+        <v>325</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059155847</t>
+          <t>9786057712530</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>All Star Batman Sayı 5 - DC Universe Rebirth</t>
+          <t>Batman ve Justice League - Cilt 2</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059155939</t>
+          <t>9786057712219</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Batman Rebirth - Canavar Adamların Gecesi</t>
+          <t>Locke - Key Cilt 2 Akıl Oyunları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059155793</t>
+          <t>9786057712523</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Süper Sons Sayı: 5</t>
+          <t>Batman ve Justice League Cilt 1</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059155786</t>
+          <t>9786057712363</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Süper Sons Sayı: 4</t>
+          <t>Joker: Öldüren Gülümseme</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>80</v>
+        <v>550</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059155779</t>
+          <t>9786059155717</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Super Sons Sayı 3 (DC Rebirth)</t>
+          <t>Harley Quinn Cilt 4: Savaş Çağrısı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>80</v>
+        <v>475</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059155823</t>
+          <t>9786057712332</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>All-Star Batman Sayı 3 (DC Rebirth)</t>
+          <t>Hazel ve Cha Cha Yılbaşını Kurtarıyor</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059155762</t>
+          <t>9786057712325</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hellboy - Krampusnacht</t>
+          <t>Batman/Superman Cilt 6 : Evrenin En İyileri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>100</v>
+        <v>575</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059155601</t>
+          <t>9786057712196</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Batman Dedektif Hikayeleri Cilt 1: Yarasa Adamların Yükselişi (Dc Rebirth)</t>
+          <t>Super Sons Sayı 7( DC Rebirth )</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059155700</t>
+          <t>9786057712202</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Batman - Detektif Hikayeleri Cilt 9: Gordon Savaşta</t>
+          <t>Super Sons Sayı 6 ( DC Rebirth )</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>375</v>
+        <v>110</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059155588</t>
+          <t>9786057712127</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>All-Star Batman Sayı 2 (DC Rebirth)</t>
+          <t>All Star Batman Sayı 6 - DC Rebirth</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059155755</t>
+          <t>9786057712134</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Super Sons Sayı 2 (DC Rebirth)</t>
+          <t>All Star Batman Sayı 7 - DC Rebirth</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059155694</t>
+          <t>9786057712165</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kahramanların Kanı - Batman Dedektif Hikayeleri Cilt 8</t>
+          <t>God Of War Sayı: 4</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059155557</t>
+          <t>9786059155502</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Suicide Squad Cilt 5: Dört Duvar Arasında</t>
+          <t>Batman Superman: Gerçekler Acıdır (Cilt 5)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059155649</t>
+          <t>9786057712073</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Suicide Squad Cilt 1: Kara Mahzen ( DC Rebirth )</t>
+          <t>Lock &amp; Key Cilt 1: Lovercraft’a Hoşgeldiniz</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059155663</t>
+          <t>9786059155496</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Batman Cilt 9: Bloom</t>
+          <t>Batman/Superman Cilt 4 - Kuşatma</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059155670</t>
+          <t>9786059155816</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Batman Cilt 10: Son Söz</t>
+          <t>All-Star Batman Cilt 1: Can Düşmanım</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059155571</t>
+          <t>9786057712035</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>All-Star Batman Sayı 1 ( DC Rebirth )</t>
+          <t>Hellboy Kış Özel Sayısı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059155656</t>
+          <t>9786059155908</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Batman Cilt 8: Ağır Sıklet</t>
+          <t>Batman Beyaz Şövalye Sayı 6</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>325</v>
+        <v>110</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059155618</t>
+          <t>9786059155915</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>DC Rebirth Özel Edisyon</t>
+          <t>Batman Beyaz Şövalye Sayı 7</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>325</v>
+        <v>110</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059155687</t>
+          <t>9786059155922</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Batman - Dedektif Hikayeleri Cilt 7: Anarky</t>
+          <t>Batman Beyaz Şövalye Sayı 8</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>425</v>
+        <v>110</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059155540</t>
+          <t>9786059155953</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Suicide Squad Yeni 52 Cilt 4 - Disiplin ve Ceza</t>
+          <t>Batman - Flash (Rozet Özel Editasyon)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059155458</t>
+          <t>9786059155977</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Batman - Dedektif Hikayeleri Cilt 6: İkarus</t>
+          <t>Batman Cilt 3 - Ben Bane</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059155526</t>
+          <t>9786059155960</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Batman Cilt 7: Son Oyun</t>
+          <t>Batman Cilt 2 - Ben İntihar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059155311</t>
+          <t>9786059155830</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Batman Cilt 5: Gothopya</t>
+          <t>All Star Batman Sayı 4 - DC Rebirth</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>425</v>
+        <v>125</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059155427</t>
+          <t>9786059155885</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İntikam Şövalyesi (Özel Cilt) (Ciltli)</t>
+          <t>Batman Beyaz Şövalye 4</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059155434</t>
+          <t>9786059155892</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Batman İntikam Şövalyesi Sayı 1 - Flashpoint</t>
+          <t>Batman Beyaz Şövalye 5</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059155465</t>
+          <t>9786059155847</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Batman İntikam Şövalyesi Sayı 3 - Flashpoint</t>
+          <t>All Star Batman Sayı 5 - DC Universe Rebirth</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059155441</t>
+          <t>9786059155939</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Batman İntikam Şövalyesi Sayı 2 - Flashpoint</t>
+          <t>Batman Rebirth - Canavar Adamların Gecesi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>80</v>
+        <v>375</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059155250</t>
+          <t>9786059155793</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Harley Quinn Cilt 2: Güç Kesintisi</t>
+          <t>Süper Sons Sayı: 5</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>425</v>
+        <v>110</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059155373</t>
+          <t>9786059155786</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Batman Cilt 6: Gece Vardiyası</t>
+          <t>Süper Sons Sayı: 4</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059155410</t>
+          <t>9786059155779</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Suicide Squad Yeni 52 Cilt 3 - Ölüm Enayiler İçindir</t>
+          <t>Super Sons Sayı 3 (DC Rebirth)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059155205</t>
+          <t>9786059155823</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Vampiri - Cilt 2</t>
+          <t>All-Star Batman Sayı 3 (DC Rebirth)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>325</v>
+        <v>125</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059155298</t>
+          <t>9786059155762</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Batman Dedektif Hikayeleri Cilt: 4 - Gazap</t>
+          <t>Hellboy - Krampusnacht</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>550</v>
+        <v>125</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059155281</t>
+          <t>9786059155601</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Batman Dedektif Hikayeleri Cilt 1: Yarasa Adamların Yükselişi (Dc Rebirth)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059155182</t>
+          <t>9786059155700</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Batman : Yeni Dünya Cilt 2</t>
+          <t>Batman - Detektif Hikayeleri Cilt 9: Gordon Savaşta</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059155304</t>
+          <t>9786059155588</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Batman Cilt 5 : Yıl Sıfır-Karanlık Şehir</t>
+          <t>All-Star Batman Sayı 2 (DC Rebirth)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>525</v>
+        <v>125</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059155236</t>
+          <t>9786059155755</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Batman - Süperman Cilt 2 - Oyun Bitti</t>
+          <t>Super Sons Sayı 2 (DC Rebirth)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059155267</t>
+          <t>9786059155694</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Suicide Squad Yeni 52 Cilt 2 - Basilisk Yükseliyor</t>
+          <t>Kahramanların Kanı - Batman Dedektif Hikayeleri Cilt 8</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059155076</t>
+          <t>9786059155557</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Harley Quinn Cilt 1 - Şehrin Ateşlisi</t>
+          <t>Suicide Squad Cilt 5: Dört Duvar Arasında</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059155083</t>
+          <t>9786059155649</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kingdom Come</t>
+          <t>Suicide Squad Cilt 1: Kara Mahzen ( DC Rebirth )</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059155021</t>
+          <t>9786059155663</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Vampiri - Cilt 1</t>
+          <t>Batman Cilt 9: Bloom</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
+          <t>9786059155670</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Batman Cilt 10: Son Söz</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786059155571</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>All-Star Batman Sayı 1 ( DC Rebirth )</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786059155656</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Batman Cilt 8: Ağır Sıklet</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786059155618</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>DC Rebirth Özel Edisyon</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786059155687</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Batman - Dedektif Hikayeleri Cilt 7: Anarky</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786059155540</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Suicide Squad Yeni 52 Cilt 4 - Disiplin ve Ceza</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786059155458</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Batman - Dedektif Hikayeleri Cilt 6: İkarus</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786059155526</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Batman Cilt 7: Son Oyun</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786059155311</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Batman Cilt 5: Gothopya</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786059155427</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>İntikam Şövalyesi (Özel Cilt) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786059155434</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Batman İntikam Şövalyesi Sayı 1 - Flashpoint</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786059155465</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Batman İntikam Şövalyesi Sayı 3 - Flashpoint</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786059155441</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Batman İntikam Şövalyesi Sayı 2 - Flashpoint</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786059155250</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Harley Quinn Cilt 2: Güç Kesintisi</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786059155373</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Batman Cilt 6: Gece Vardiyası</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786059155410</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Suicide Squad Yeni 52 Cilt 3 - Ölüm Enayiler İçindir</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786059155205</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Vampiri - Cilt 2</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786059155298</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Batman Dedektif Hikayeleri Cilt: 4 - Gazap</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786059155281</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Uyanış</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786059155182</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Batman : Yeni Dünya Cilt 2</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786059155304</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Batman Cilt 5 : Yıl Sıfır-Karanlık Şehir</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786059155236</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Batman - Süperman Cilt 2 - Oyun Bitti</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786059155267</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Suicide Squad Yeni 52 Cilt 2 - Basilisk Yükseliyor</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786059155076</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Harley Quinn Cilt 1 - Şehrin Ateşlisi</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786059155083</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Kingdom Come</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786059155021</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Vampiri - Cilt 1</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
           <t>9786059155151</t>
         </is>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Suicide Squad Yeni 52 Cilt 1 - Dost Kazığı</t>
         </is>
       </c>
-      <c r="C181" s="1">
-        <v>325</v>
+      <c r="C207" s="1">
+        <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>