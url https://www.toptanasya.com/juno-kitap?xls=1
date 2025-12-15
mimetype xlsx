--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,580 +85,595 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259637624</t>
+          <t>9786259637693</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Büyü Dükkanı (Ciltli)</t>
+          <t>Yılbaşı Ağacı Çiftliği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>490</v>
+        <v>328</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259637648</t>
+          <t>9786259637624</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Vera Wong'un İstenmeyen Cinayet Tavsiyeleri</t>
+          <t>Büyü Dükkanı (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>348</v>
+        <v>490</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259637631</t>
+          <t>9786259637648</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sen Ne Yaptın?</t>
+          <t>Vera Wong'un İstenmeyen Cinayet Tavsiyeleri</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259637655</t>
+          <t>9786259637631</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tarçınlı Rulo Kitabevi</t>
+          <t>Sen Ne Yaptın?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259637617</t>
+          <t>9786259637655</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nefret</t>
+          <t>Tarçınlı Rulo Kitabevi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>348</v>
+        <v>298</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259637600</t>
+          <t>9786259637617</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Herakles’in Kanı (Ciltli)</t>
+          <t>Nefret</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>498</v>
+        <v>348</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259706498</t>
+          <t>9786259637600</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Doğruluk Mu Sakal Mı?</t>
+          <t>Herakles’in Kanı (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>348</v>
+        <v>498</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259706474</t>
+          <t>9786259706498</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aurora Kralı’nın Hükümdarlığı</t>
+          <t>Doğruluk Mu Sakal Mı?</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259706481</t>
+          <t>9786259706474</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Düş Hırsızları</t>
+          <t>Aurora Kralı’nın Hükümdarlığı</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259706450</t>
+          <t>9786259706481</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hastanın Sırrı</t>
+          <t>Düş Hırsızları</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259706467</t>
+          <t>9786259706450</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Flört Koçu</t>
+          <t>Hastanın Sırrı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259706436</t>
+          <t>9786259706467</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tırpan Serisi - Kutulu Set</t>
+          <t>Flört Koçu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>984</v>
+        <v>348</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259706443</t>
+          <t>9786259706436</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mahveden Aşklar Üçlemesi - Kutulu Set</t>
+          <t>Tırpan Serisi - Kutulu Set</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>924</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259706412</t>
+          <t>9786259706443</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çan</t>
+          <t>Mahveden Aşklar Üçlemesi - Kutulu Set</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>388</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259706429</t>
+          <t>9786259706412</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tırpan &amp; Serçe</t>
+          <t>Çan</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>348</v>
+        <v>388</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259706405</t>
+          <t>9786259706429</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Düşen Ayın Uyanışı (Ciltli)</t>
+          <t>Tırpan &amp; Serçe</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>590</v>
+        <v>348</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259777481</t>
+          <t>9786259706405</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kitaplar Kütüphanesi</t>
+          <t>Düşen Ayın Uyanışı (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>328</v>
+        <v>590</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259777498</t>
+          <t>9786259777481</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Hikayesi Nasıl Biter?</t>
+          <t>Büyülü Kitaplar Kütüphanesi</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>328</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259777474</t>
+          <t>9786259777498</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Pumpkin Spice Kafe</t>
+          <t>Bir Aşk Hikayesi Nasıl Biter?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>278</v>
+        <v>328</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259777450</t>
+          <t>9786259777474</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Anna O.</t>
+          <t>Pumpkin Spice Kafe</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>298</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259777467</t>
+          <t>9786259777450</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Oğlanları</t>
+          <t>Anna O.</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259777443</t>
+          <t>9786259777467</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Bulutu</t>
+          <t>Kuzgun Oğlanları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259777436</t>
+          <t>9786259777443</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kraliçesi İmtihanı</t>
+          <t>Fırtına Bulutu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>298</v>
+        <v>388</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259777429</t>
+          <t>9786259777436</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kapılar Kitabı</t>
+          <t>Güneş Kraliçesi İmtihanı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259777405</t>
+          <t>9786259777429</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Buzdaki Tutku</t>
+          <t>Kapılar Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>278</v>
+        <v>348</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259777412</t>
+          <t>9786259777405</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Deri Ustası ve Çayır Kuşu</t>
+          <t>Buzdaki Tutku</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>278</v>
+        <v>348</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259442198</t>
+          <t>9786259777412</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Misafir Öğrenci</t>
+          <t>Deri Ustası ve Çayır Kuşu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>238</v>
+        <v>348</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259442181</t>
+          <t>9786259442198</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Bir His</t>
+          <t>Misafir Öğrenci</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>268</v>
+        <v>348</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259442167</t>
+          <t>9786259442181</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Laura Nowlin - Kutulu Özel Set (2 Kitap)</t>
+          <t>Bu Nasıl Bir His</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>598</v>
+        <v>348</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259442150</t>
+          <t>9786259442167</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Keşke Ona Söyleseydim</t>
+          <t>Laura Nowlin - Kutulu Özel Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>288</v>
+        <v>698</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259442174</t>
+          <t>9786259442150</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Seninle Bir Yolculuk</t>
+          <t>Keşke Ona Söyleseydim</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259442143</t>
+          <t>9786259442174</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçinin Günlüğü</t>
+          <t>Seninle Bir Yolculuk</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259442136</t>
+          <t>9786259442143</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tırpan</t>
+          <t>Hizmetçinin Günlüğü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259442129</t>
+          <t>9786259442136</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Filenin Ardında</t>
+          <t>Tırpan</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>298</v>
+        <v>388</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259442112</t>
+          <t>9786259442129</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cellat ve Karakuş</t>
+          <t>Filenin Ardında</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
+          <t>9786259442112</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Cellat ve Karakuş</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
           <t>9786259442105</t>
         </is>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Eğer Benimle Olsaydı</t>
         </is>
       </c>
-      <c r="C37" s="1">
-        <v>298</v>
+      <c r="C38" s="1">
+        <v>348</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>