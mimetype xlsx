--- v1 (2025-12-15)
+++ v2 (2026-02-06)
@@ -85,595 +85,655 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259637693</t>
+          <t>9786259342801</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yılbaşı Ağacı Çiftliği</t>
+          <t>Sevgiler, Annen</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>328</v>
+        <v>398</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259637624</t>
+          <t>9786259637662</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Büyü Dükkanı (Ciltli)</t>
+          <t>Mavi Zambak, Zambak Mavisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>490</v>
+        <v>398</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259637648</t>
+          <t>9786259637679</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Vera Wong'un İstenmeyen Cinayet Tavsiyeleri</t>
+          <t>Mektup Arkadaşım (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>348</v>
+        <v>540</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259637631</t>
+          <t>9786259637686</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sen Ne Yaptın?</t>
+          <t>Nocticadia (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>348</v>
+        <v>640</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259637655</t>
+          <t>9786259637693</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tarçınlı Rulo Kitabevi</t>
+          <t>Yılbaşı Ağacı Çiftliği</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259637617</t>
+          <t>9786259637624</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nefret</t>
+          <t>Büyü Dükkanı (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>348</v>
+        <v>590</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259637600</t>
+          <t>9786259637648</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Herakles’in Kanı (Ciltli)</t>
+          <t>Vera Wong'un İstenmeyen Cinayet Tavsiyeleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>498</v>
+        <v>348</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259706498</t>
+          <t>9786259637631</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Doğruluk Mu Sakal Mı?</t>
+          <t>Sen Ne Yaptın?</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259706474</t>
+          <t>9786259637655</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aurora Kralı’nın Hükümdarlığı</t>
+          <t>Tarçınlı Rulo Kitabevi</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259706481</t>
+          <t>9786259637617</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Düş Hırsızları</t>
+          <t>Nefret</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259706450</t>
+          <t>9786259637600</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hastanın Sırrı</t>
+          <t>Herakles’in Kanı (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>348</v>
+        <v>590</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259706467</t>
+          <t>9786259706498</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Flört Koçu</t>
+          <t>Doğruluk Mu Sakal Mı?</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259706436</t>
+          <t>9786259706474</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tırpan Serisi - Kutulu Set</t>
+          <t>Aurora Kralı’nın Hükümdarlığı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1164</v>
+        <v>348</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259706443</t>
+          <t>9786259706481</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mahveden Aşklar Üçlemesi - Kutulu Set</t>
+          <t>Düş Hırsızları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1044</v>
+        <v>348</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259706412</t>
+          <t>9786259706450</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çan</t>
+          <t>Hastanın Sırrı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>388</v>
+        <v>348</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259706429</t>
+          <t>9786259706467</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tırpan &amp; Serçe</t>
+          <t>Flört Koçu</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259706405</t>
+          <t>9786259706436</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Düşen Ayın Uyanışı (Ciltli)</t>
+          <t>Tırpan Serisi - Kutulu Set</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>590</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259777481</t>
+          <t>9786259706443</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kitaplar Kütüphanesi</t>
+          <t>Mahveden Aşklar Üçlemesi - Kutulu Set</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>328</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259777498</t>
+          <t>9786259706412</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Hikayesi Nasıl Biter?</t>
+          <t>Çan</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>328</v>
+        <v>488</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259777474</t>
+          <t>9786259706429</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Pumpkin Spice Kafe</t>
+          <t>Tırpan &amp; Serçe</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259777450</t>
+          <t>9786259706405</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Anna O.</t>
+          <t>Düşen Ayın Uyanışı (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>348</v>
+        <v>590</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259777467</t>
+          <t>9786259777481</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Oğlanları</t>
+          <t>Büyülü Kitaplar Kütüphanesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>348</v>
+        <v>328</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259777443</t>
+          <t>9786259777498</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Bulutu</t>
+          <t>Bir Aşk Hikayesi Nasıl Biter?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>388</v>
+        <v>328</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259777436</t>
+          <t>9786259777474</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kraliçesi İmtihanı</t>
+          <t>Pumpkin Spice Kafe</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259777429</t>
+          <t>9786259777450</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kapılar Kitabı</t>
+          <t>Anna O.</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259777405</t>
+          <t>9786259777467</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Buzdaki Tutku</t>
+          <t>Kuzgun Oğlanları</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259777412</t>
+          <t>9786259777443</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Deri Ustası ve Çayır Kuşu</t>
+          <t>Fırtına Bulutu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>348</v>
+        <v>448</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259442198</t>
+          <t>9786259777436</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Misafir Öğrenci</t>
+          <t>Güneş Kraliçesi İmtihanı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259442181</t>
+          <t>9786259777429</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Bir His</t>
+          <t>Kapılar Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259442167</t>
+          <t>9786259777405</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Laura Nowlin - Kutulu Özel Set (2 Kitap)</t>
+          <t>Buzdaki Tutku</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>698</v>
+        <v>348</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259442150</t>
+          <t>9786259777412</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Keşke Ona Söyleseydim</t>
+          <t>Deri Ustası ve Çayır Kuşu</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259442174</t>
+          <t>9786259442198</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Seninle Bir Yolculuk</t>
+          <t>Misafir Öğrenci</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259442143</t>
+          <t>9786259442181</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçinin Günlüğü</t>
+          <t>Bu Nasıl Bir His</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259442136</t>
+          <t>9786259442167</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tırpan</t>
+          <t>Laura Nowlin - Kutulu Özel Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>388</v>
+        <v>698</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259442129</t>
+          <t>9786259442150</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Filenin Ardında</t>
+          <t>Keşke Ona Söyleseydim</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259442112</t>
+          <t>9786259442174</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Cellat ve Karakuş</t>
+          <t>Seninle Bir Yolculuk</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
+          <t>9786259442143</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Hizmetçinin Günlüğü</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786259442136</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Tırpan</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786259442129</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Filenin Ardında</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786259442112</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Cellat ve Karakuş</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
           <t>9786259442105</t>
         </is>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Eğer Benimle Olsaydı</t>
         </is>
       </c>
-      <c r="C38" s="1">
+      <c r="C42" s="1">
         <v>348</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>