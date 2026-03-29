--- v2 (2026-02-06)
+++ v3 (2026-03-29)
@@ -85,655 +85,730 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259342801</t>
+          <t>9786259342856</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sevgiler, Annen</t>
+          <t>Turist Mevsimi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>398</v>
+        <v>448</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259637662</t>
+          <t>9786259342849</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zambak, Zambak Mavisi</t>
+          <t>Kayıp Kadın</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>398</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259637679</t>
+          <t>9786259342832</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mektup Arkadaşım (Ciltli)</t>
+          <t>Metal Bükücü (Yan Boyamalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>540</v>
+        <v>690</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259637686</t>
+          <t>9786259342818</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nocticadia (Ciltli)</t>
+          <t>Devşirmeler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>640</v>
+        <v>418</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259637693</t>
+          <t>9786259342825</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yılbaşı Ağacı Çiftliği</t>
+          <t>Ölüme Davetlisin</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>348</v>
+        <v>398</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259637624</t>
+          <t>9786259342801</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Büyü Dükkanı (Ciltli)</t>
+          <t>Sevgiler, Annen</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>590</v>
+        <v>398</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259637648</t>
+          <t>9786259637662</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Vera Wong'un İstenmeyen Cinayet Tavsiyeleri</t>
+          <t>Mavi Zambak, Zambak Mavisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>348</v>
+        <v>398</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259637631</t>
+          <t>9786259637679</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sen Ne Yaptın?</t>
+          <t>Mektup Arkadaşım (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>348</v>
+        <v>540</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259637655</t>
+          <t>9786259637686</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tarçınlı Rulo Kitabevi</t>
+          <t>Nocticadia (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>348</v>
+        <v>640</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259637617</t>
+          <t>9786259637693</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nefret</t>
+          <t>Yılbaşı Ağacı Çiftliği</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259637600</t>
+          <t>9786259637624</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Herakles’in Kanı (Ciltli)</t>
+          <t>Büyü Dükkanı (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>590</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259706498</t>
+          <t>9786259637648</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Doğruluk Mu Sakal Mı?</t>
+          <t>Vera Wong'un İstenmeyen Cinayet Tavsiyeleri</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259706474</t>
+          <t>9786259637631</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aurora Kralı’nın Hükümdarlığı</t>
+          <t>Sen Ne Yaptın?</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259706481</t>
+          <t>9786259637655</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Düş Hırsızları</t>
+          <t>Tarçınlı Rulo Kitabevi</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259706450</t>
+          <t>9786259637617</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hastanın Sırrı</t>
+          <t>Nefret</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259706467</t>
+          <t>9786259637600</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Flört Koçu</t>
+          <t>Herakles’in Kanı (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>348</v>
+        <v>590</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259706436</t>
+          <t>9786259706498</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tırpan Serisi - Kutulu Set</t>
+          <t>Doğruluk Mu Sakal Mı?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>1384</v>
+        <v>348</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259706443</t>
+          <t>9786259706474</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mahveden Aşklar Üçlemesi - Kutulu Set</t>
+          <t>Aurora Kralı’nın Hükümdarlığı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1044</v>
+        <v>348</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259706412</t>
+          <t>9786259706481</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çan</t>
+          <t>Düş Hırsızları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>488</v>
+        <v>348</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259706429</t>
+          <t>9786259706450</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tırpan &amp; Serçe</t>
+          <t>Hastanın Sırrı</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259706405</t>
+          <t>9786259706467</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Düşen Ayın Uyanışı (Ciltli)</t>
+          <t>Flört Koçu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>590</v>
+        <v>348</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259777481</t>
+          <t>9786259706436</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kitaplar Kütüphanesi</t>
+          <t>Tırpan Serisi - Kutulu Set</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>328</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259777498</t>
+          <t>9786259706443</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Hikayesi Nasıl Biter?</t>
+          <t>Mahveden Aşklar Üçlemesi - Kutulu Set</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>328</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259777474</t>
+          <t>9786259706412</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Pumpkin Spice Kafe</t>
+          <t>Çan</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>348</v>
+        <v>488</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259777450</t>
+          <t>9786259706429</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Anna O.</t>
+          <t>Tırpan &amp; Serçe</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259777467</t>
+          <t>9786259706405</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Oğlanları</t>
+          <t>Düşen Ayın Uyanışı (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>348</v>
+        <v>590</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259777443</t>
+          <t>9786259777481</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Bulutu</t>
+          <t>Büyülü Kitaplar Kütüphanesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>448</v>
+        <v>328</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259777436</t>
+          <t>9786259777498</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kraliçesi İmtihanı</t>
+          <t>Bir Aşk Hikayesi Nasıl Biter?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>348</v>
+        <v>328</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259777429</t>
+          <t>9786259777474</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kapılar Kitabı</t>
+          <t>Pumpkin Spice Kafe</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259777405</t>
+          <t>9786259777450</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Buzdaki Tutku</t>
+          <t>Anna O.</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259777412</t>
+          <t>9786259777467</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Deri Ustası ve Çayır Kuşu</t>
+          <t>Kuzgun Oğlanları</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259442198</t>
+          <t>9786259777443</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Misafir Öğrenci</t>
+          <t>Fırtına Bulutu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>348</v>
+        <v>448</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259442181</t>
+          <t>9786259777436</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Bir His</t>
+          <t>Güneş Kraliçesi İmtihanı</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259442167</t>
+          <t>9786259777429</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Laura Nowlin - Kutulu Özel Set (2 Kitap)</t>
+          <t>Kapılar Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>698</v>
+        <v>348</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259442150</t>
+          <t>9786259777405</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Keşke Ona Söyleseydim</t>
+          <t>Buzdaki Tutku</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259442174</t>
+          <t>9786259777412</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Seninle Bir Yolculuk</t>
+          <t>Deri Ustası ve Çayır Kuşu</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259442143</t>
+          <t>9786259442198</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçinin Günlüğü</t>
+          <t>Misafir Öğrenci</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259442136</t>
+          <t>9786259442181</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tırpan</t>
+          <t>Bu Nasıl Bir His</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>448</v>
+        <v>348</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259442129</t>
+          <t>9786259442167</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Filenin Ardında</t>
+          <t>Laura Nowlin - Kutulu Özel Set (2 Kitap)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>348</v>
+        <v>698</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259442112</t>
+          <t>9786259442150</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Cellat ve Karakuş</t>
+          <t>Keşke Ona Söyleseydim</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
+          <t>9786259442174</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Seninle Bir Yolculuk</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786259442143</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Hizmetçinin Günlüğü</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786259442136</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Tırpan</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786259442129</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Filenin Ardında</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786259442112</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Cellat ve Karakuş</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
           <t>9786259442105</t>
         </is>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Eğer Benimle Olsaydı</t>
         </is>
       </c>
-      <c r="C42" s="1">
+      <c r="C47" s="1">
         <v>348</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>