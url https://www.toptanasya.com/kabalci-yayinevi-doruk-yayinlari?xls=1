--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -85,3145 +85,3250 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055272821</t>
+          <t>9786255621221</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Akıl</t>
+          <t>Mevlana'da Uluhi̇yyet Anlayışı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>540</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255621184</t>
+          <t>9786255621177</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya Türklerinden Ömer Faik Numanzade Yaşamı ve Faaliyetleri</t>
+          <t>Semahlar - Alevi Dinsel Oyunları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255621023</t>
+          <t>9786255621160</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Asya Türkiye’sinin Paylaşımı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1100</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255621108</t>
+          <t>9786255621191</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Napoléon ve Dünyanın Fethi</t>
+          <t>İskandi̇navya’daki̇ Hunlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>770</v>
+        <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255621054</t>
+          <t>9786255621146</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan</t>
+          <t>Hattuşili</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>480</v>
+        <v>890</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255621061</t>
+          <t>9786255621207</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Boyutlarıyla Alevilik</t>
+          <t>Karaili̇k</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255621122</t>
+          <t>9786255621078</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Latin İmparatorluğu Kuruluş Devri (1204-1216)</t>
+          <t>Denemeler (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>520</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255621085</t>
+          <t>9786055272821</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Halkları Mitolojisi</t>
+          <t>Tarihte Akıl</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255621153</t>
+          <t>9786255621184</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Laodikeia Katakekaumene (Combusta) Cilt 1</t>
+          <t>Kafkasya Türklerinden Ömer Faik Numanzade Yaşamı ve Faaliyetleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>2000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255621092</t>
+          <t>9786255621023</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Adriyatik'e</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>840</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255621115</t>
+          <t>9786255621108</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hunların Dünyası</t>
+          <t>Napoléon ve Dünyanın Fethi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>620</v>
+        <v>770</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255621016</t>
+          <t>9786255621054</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mi̇marlığı Tari̇hi̇</t>
+          <t>Eski Yunan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>890</v>
+        <v>480</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255621047</t>
+          <t>9786255621061</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Bellek</t>
+          <t>Toplumsal Boyutlarıyla Alevilik</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258214048</t>
+          <t>9786255621122</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik, Kültür ve Mit</t>
+          <t>İstanbul Latin İmparatorluğu Kuruluş Devri (1204-1216)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>750</v>
+        <v>520</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059872072</t>
+          <t>9786255621085</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ'da Dinsel Sapkınlıklar</t>
+          <t>Ermeni Halkları Mitolojisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>690</v>
+        <v>440</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258214024</t>
+          <t>9786255621153</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Duyarlıklı Siyaset/Felsefe Yazıları</t>
+          <t>Laodikeia Katakekaumene (Combusta) Cilt 1</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>550</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059872256</t>
+          <t>9786255621092</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Doğu Rönesans Edebi̇yatı Tari̇hi̇</t>
+          <t>İstanbul’dan Adriyatik'e</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>740</v>
+        <v>840</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255621030</t>
+          <t>9786255621115</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Evrimin Türkiye’deki Öyküsü</t>
+          <t>Hunların Dünyası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>370</v>
+        <v>620</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059872232</t>
+          <t>9786255621016</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hamzavi'nin İskendername’si I (Ciltli)</t>
+          <t>Osmanlı Mi̇marlığı Tari̇hi̇</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>2450</v>
+        <v>890</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059872164</t>
+          <t>9786255621047</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hamzavi'nin İskendername’si II (Ciltli)</t>
+          <t>Zaman ve Bellek</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>2950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258214963</t>
+          <t>9786258214048</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nüzhetü'l-Uşşâk</t>
+          <t>Cinsellik, Kültür ve Mit</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>580</v>
+        <v>750</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255621009</t>
+          <t>9786059872072</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Tasviri Avrupa</t>
+          <t>Ortaçağ'da Dinsel Sapkınlıklar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>380</v>
+        <v>690</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059872737</t>
+          <t>9786258214024</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dili</t>
+          <t>Psikanalitik Duyarlıklı Siyaset/Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>890</v>
+        <v>550</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059872195</t>
+          <t>9786059872256</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya (Ciltli)</t>
+          <t>Orta Çağ Doğu Rönesans Edebi̇yatı Tari̇hi̇</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>2950</v>
+        <v>740</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059872522</t>
+          <t>9786255621030</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Duyarlıklı Felsefe/Siyaset Yazıları</t>
+          <t>Evrimin Türkiye’deki Öyküsü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>600</v>
+        <v>370</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059872263</t>
+          <t>9786059872232</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İklim Felsefesi</t>
+          <t>Hamzavi'nin İskendername’si I (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>480</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059872553</t>
+          <t>9786059872164</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Teslis Karşıtı Bir Hristiyan Emanuel Swedenborg</t>
+          <t>Hamzavi'nin İskendername’si II (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>390</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258214901</t>
+          <t>9786258214963</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dost Bağında Kızıl Elma/ Alevi Bektaşi Şiirinde Semboller</t>
+          <t>Nüzhetü'l-Uşşâk</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>370</v>
+        <v>580</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258214017</t>
+          <t>9786255621009</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Dönemi’nde Muhalif Düşünce</t>
+          <t>Yeryüzünün Tasviri Avrupa</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258214031</t>
+          <t>9786059872737</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Evlilik</t>
+          <t>Türklerin Dili</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>890</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059872171</t>
+          <t>9786059872195</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Politik Anlatı Sanatı</t>
+          <t>Küçük Asya (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>780</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059872157</t>
+          <t>9786059872522</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İhsan Oktay Anar’ın Romanları Kahramanın Sonsuz Yolculuğu ve Seyr ü Sülûk</t>
+          <t>Psikanalitik Duyarlıklı Felsefe/Siyaset Yazıları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>580</v>
+        <v>600</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258214956</t>
+          <t>9786059872263</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hitit Nehir Tanrı(ça)ları</t>
+          <t>İklim Felsefesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>750</v>
+        <v>480</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258214871</t>
+          <t>9786059872553</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kilisenin Muhafızı/ Başmelek Aziz Mikâil</t>
+          <t>Teslis Karşıtı Bir Hristiyan Emanuel Swedenborg</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055272616</t>
+          <t>9786258214901</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ziyai Yusuf (Yusuf Can'ın) Yusuf ile Züleyha Mesnevisi</t>
+          <t>Dost Bağında Kızıl Elma/ Alevi Bektaşi Şiirinde Semboller</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>790</v>
+        <v>370</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258214918</t>
+          <t>9786258214017</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kahinden Filozofa Herakleitos Düşüncesinde Logos Fragmanları</t>
+          <t>Osmanlılar Dönemi’nde Muhalif Düşünce</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258214949</t>
+          <t>9786258214031</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Şiirin İzdüşümünde Filistin</t>
+          <t>Dünden Bugüne Evlilik</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258214598</t>
+          <t>9786059872171</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dijital Beşeri Bilimlerin Öncüsü-Dijital Arkeoloji Stratejisi</t>
+          <t>Politik Anlatı Sanatı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>780</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258214994</t>
+          <t>9786059872157</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dini</t>
+          <t>İhsan Oktay Anar’ın Romanları Kahramanın Sonsuz Yolculuğu ve Seyr ü Sülûk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>550</v>
+        <v>580</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258214932</t>
+          <t>9786258214956</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ Tasvir Sanatında Müzik ve Müzik Aletleri</t>
+          <t>Hitit Nehir Tanrı(ça)ları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>460</v>
+        <v>750</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258214925</t>
+          <t>9786258214871</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türk içki Geleneği</t>
+          <t>Kilisenin Muhafızı/ Başmelek Aziz Mikâil</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>550</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258214314</t>
+          <t>9786055272616</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tevrat'ı Kim Yazdı?</t>
+          <t>Ziyai Yusuf (Yusuf Can'ın) Yusuf ile Züleyha Mesnevisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>560</v>
+        <v>790</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258214970</t>
+          <t>9786258214918</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi</t>
+          <t>Kahinden Filozofa Herakleitos Düşüncesinde Logos Fragmanları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>440</v>
+        <v>310</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258214987</t>
+          <t>9786258214949</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Tarih ve Şiirin İzdüşümünde Filistin</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258214888</t>
+          <t>9786258214598</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Gizemi</t>
+          <t>Dijital Beşeri Bilimlerin Öncüsü-Dijital Arkeoloji Stratejisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258214895</t>
+          <t>9786258214994</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Azize Thecla</t>
+          <t>Türklerin Dini</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>460</v>
+        <v>550</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258214673</t>
+          <t>9786258214932</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinema Tarihi (Ciltli)</t>
+          <t>Eski Çağ Tasvir Sanatında Müzik ve Müzik Aletleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>2750</v>
+        <v>460</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258214826</t>
+          <t>9786258214925</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Basınında Türkiye'de Tek Parti Dönemi</t>
+          <t>Türk içki Geleneği</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>680</v>
+        <v>550</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258214819</t>
+          <t>9786258214314</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türk İmgesi</t>
+          <t>Tevrat'ı Kim Yazdı?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>780</v>
+        <v>560</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258214802</t>
+          <t>9786258214970</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka</t>
+          <t>Bilim Tarihi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>780</v>
+        <v>440</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258214864</t>
+          <t>9786258214987</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Botların Gölgesinde Siyaset Bilişimsel Propaganda</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258214840</t>
+          <t>9786258214888</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Gizli Yaşamı</t>
+          <t>Türkçenin Gizemi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258214857</t>
+          <t>9786258214895</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Sineması ve Deleuze Felsefesi</t>
+          <t>Azize Thecla</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>650</v>
+        <v>460</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258214833</t>
+          <t>9786258214673</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Musika-i Hümayun</t>
+          <t>Dünya Sinema Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>750</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059872775</t>
+          <t>9786258214826</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Deniz Savaşları Hakkında Büyüklere Armağan Tuhfetü’l-Kibâr Fî Esfâri’l-Bihâr</t>
+          <t>Amerikan Basınında Türkiye'de Tek Parti Dönemi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>780</v>
+        <v>680</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055272982</t>
+          <t>9786258214819</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Türk İmgesi</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>780</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258214727</t>
+          <t>9786258214802</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hafıza ve İmgelem</t>
+          <t>Zümrüdüanka</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>490</v>
+        <v>780</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258214581</t>
+          <t>9786258214864</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi Yazıları</t>
+          <t>Botların Gölgesinde Siyaset Bilişimsel Propaganda</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258214789</t>
+          <t>9786258214840</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Türk Tançıra</t>
+          <t>Bitkilerin Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>370</v>
+        <v>580</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258214796</t>
+          <t>9786258214857</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mehter</t>
+          <t>Yeni Türk Sineması ve Deleuze Felsefesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>950</v>
+        <v>650</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258214758</t>
+          <t>9786258214833</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İran Yahudileri</t>
+          <t>Musika-i Hümayun</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>490</v>
+        <v>750</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258214741</t>
+          <t>9786059872775</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İpek Çağı Toplumlar, Ticaret ve Krizler</t>
+          <t>Deniz Savaşları Hakkında Büyüklere Armağan Tuhfetü’l-Kibâr Fî Esfâri’l-Bihâr</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>460</v>
+        <v>780</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258214765</t>
+          <t>9786055272982</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tac Mahal Aynadaki Aşk</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>560</v>
+        <v>780</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258214710</t>
+          <t>9786258214727</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Altay Destanlarında Kutsal Ekoloji</t>
+          <t>Hafıza ve İmgelem</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>460</v>
+        <v>490</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258214734</t>
+          <t>9786258214581</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Prehistoryası</t>
+          <t>Bilim Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059872393</t>
+          <t>9786258214789</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lugati't-Türk</t>
+          <t>Türk Tançıra</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>850</v>
+        <v>370</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055272173</t>
+          <t>9786258214796</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Menkıbeleri</t>
+          <t>Mehter</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>1100</v>
+        <v>950</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055272340</t>
+          <t>9786258214758</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anlığı Üzerine Bir Deneme</t>
+          <t>İran Yahudileri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>680</v>
+        <v>490</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258214697</t>
+          <t>9786258214741</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>The Greek and Latin Inscriptions In The Isparta Archaeological Museum (Ciltli)</t>
+          <t>İpek Çağı Toplumlar, Ticaret ve Krizler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>5000</v>
+        <v>460</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258214680</t>
+          <t>9786258214765</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hurri Kültürünün Tunçtan Tanrısal Heykelcikleri (Ciltli)</t>
+          <t>Tac Mahal Aynadaki Aşk</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>9900</v>
+        <v>560</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258214543</t>
+          <t>9786258214710</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Özbek Sözlü Geleneğinde Masallar</t>
+          <t>Altay Destanlarında Kutsal Ekoloji</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>900</v>
+        <v>460</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258214536</t>
+          <t>9786258214734</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Roma Egemenliğinde Bıthynia</t>
+          <t>Türklerin Prehistoryası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>680</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258214659</t>
+          <t>9786059872393</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Klimatoloji ve Çin Kaynaklarında Gök-Türk Çağında İklim Krizi</t>
+          <t>Divanü Lugati't-Türk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>360</v>
+        <v>850</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258214642</t>
+          <t>9786055272173</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Kamu</t>
+          <t>Ariflerin Menkıbeleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>330</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258214635</t>
+          <t>9786055272340</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Boşluğa Açılan Kapı</t>
+          <t>İnsan Anlığı Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>680</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258214666</t>
+          <t>9786258214697</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yüreklendiren Sözler Words of Encouragement - Kassia</t>
+          <t>The Greek and Latin Inscriptions In The Isparta Archaeological Museum (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>3000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258214475</t>
+          <t>9786258214680</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Britannicus</t>
+          <t>Hurri Kültürünün Tunçtan Tanrısal Heykelcikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>9900</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258214482</t>
+          <t>9786258214543</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bilinmesi Gerekenlere Dair El Kitabı</t>
+          <t>Özbek Sözlü Geleneğinde Masallar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059872379</t>
+          <t>9786258214536</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Oikonomika</t>
+          <t>Roma Egemenliğinde Bıthynia</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>780</v>
+        <v>680</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258214529</t>
+          <t>9786258214659</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorluğu'nda Maniheizm Hıristiyanlığa Rakip Konuma Yükselişi ve Düşüşü</t>
+          <t>Klimatoloji ve Çin Kaynaklarında Gök-Türk Çağında İklim Krizi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258214567</t>
+          <t>9786258214642</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Dini ve Rahiplik</t>
+          <t>Hayalet Kamu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>580</v>
+        <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>4440000000264</t>
+          <t>9786258214635</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 4 (Ciltli)</t>
+          <t>Boşluğa Açılan Kapı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>5000</v>
+        <v>680</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059872461</t>
+          <t>9786258214666</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarihi</t>
+          <t>Yüreklendiren Sözler Words of Encouragement - Kassia</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>440</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059872065</t>
+          <t>9786258214475</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kant Üzerine Dört Ders</t>
+          <t>Britannicus</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055272494</t>
+          <t>9786258214482</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Öyküsü</t>
+          <t>Bilinmesi Gerekenlere Dair El Kitabı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055272708</t>
+          <t>9786059872379</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mısır Bilime Giriş</t>
+          <t>Oikonomika</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>370</v>
+        <v>780</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059872645</t>
+          <t>9786258214529</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig (Ciltli)</t>
+          <t>Roma İmparatorluğu'nda Maniheizm Hıristiyanlığa Rakip Konuma Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>3300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055272258</t>
+          <t>9786258214567</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi</t>
+          <t>Mezopotamya Dini ve Rahiplik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>640</v>
+        <v>580</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055272845</t>
+          <t>4440000000264</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İslam Açısından Müzik ve Sema</t>
+          <t>Philia Volume 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>700</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056572043</t>
+          <t>9786059872461</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Evliya Tezkireleri (Ciltli)</t>
+          <t>Mısır Tarihi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1000</v>
+        <v>440</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789759971915</t>
+          <t>9786059872065</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İşte Böyle Dedi Zerdüşt</t>
+          <t>Kant Üzerine Dört Ders</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>540</v>
+        <v>340</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055272036</t>
+          <t>9786055272494</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Terimleri Sözlüğü</t>
+          <t>Mimarlığın Öyküsü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>780</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789759971441</t>
+          <t>9786055272708</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Şahname 1 (Ciltli)</t>
+          <t>Mısır Bilime Giriş</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>2500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059872249</t>
+          <t>9786059872645</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sümerlerin Kurnaz Tanrısı Enki</t>
+          <t>Kutadgu Bilig (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>590</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055272067</t>
+          <t>9786055272258</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Minyatür Sanatı</t>
+          <t>İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>700</v>
+        <v>640</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059872751</t>
+          <t>9786055272845</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bir Kültür Teorisi</t>
+          <t>İslam Açısından Müzik ve Sema</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>370</v>
+        <v>700</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055272012</t>
+          <t>9786056572043</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Arthur’un Ölümü</t>
+          <t>Evliya Tezkireleri (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>850</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059872799</t>
+          <t>9789759971915</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Soykütüğü</t>
+          <t>İşte Böyle Dedi Zerdüşt</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>390</v>
+        <v>540</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055272852</t>
+          <t>9786055272036</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles</t>
+          <t>Tasavvuf Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>590</v>
+        <v>780</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059872485</t>
+          <t>9789759971441</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Divanı Şerhi</t>
+          <t>Şahname 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>590</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059872362</t>
+          <t>9786059872249</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>L. Catilina Söylevi</t>
+          <t>Sümerlerin Kurnaz Tanrısı Enki</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>440</v>
+        <v>590</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059872706</t>
+          <t>9786055272067</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kefh Yedi Uyurlar</t>
+          <t>Osmanlı Minyatür Sanatı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>440</v>
+        <v>700</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258214611</t>
+          <t>9786059872751</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar</t>
+          <t>Bilimsel Bir Kültür Teorisi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>310</v>
+        <v>370</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258214574</t>
+          <t>9786055272012</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kök Mengü-il</t>
+          <t>Arthur’un Ölümü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>480</v>
+        <v>850</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258214550</t>
+          <t>9786059872799</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ontolojik Belirlenimler, Benzerlikler ve Mitolojik Kökenler</t>
+          <t>Ahlakın Soykütüğü</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055272814</t>
+          <t>9786055272852</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Anabasis - Onbinlerin Dönüşü</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>700</v>
+        <v>590</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258214451</t>
+          <t>9786059872485</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hegemonik Kültürleşme ve Reklam</t>
+          <t>Niyazi-i Mısri Divanı Şerhi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>580</v>
+        <v>590</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258214222</t>
+          <t>9786059872362</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojik İstihbarat ve Diplomasi</t>
+          <t>L. Catilina Söylevi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>460</v>
+        <v>440</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258214512</t>
+          <t>9786059872706</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun  İktidar  Paradigmaları</t>
+          <t>Ashab-ı Kefh Yedi Uyurlar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258214505</t>
+          <t>9786258214611</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sümerler</t>
+          <t>Kıssalar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258214499</t>
+          <t>9786258214574</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bir Vakitler Çin’de</t>
+          <t>Kök Mengü-il</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258214468</t>
+          <t>9786258214550</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Oyun Yazma Sanatı</t>
+          <t>Ontolojik Belirlenimler, Benzerlikler ve Mitolojik Kökenler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258214291</t>
+          <t>9786055272814</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Germanikopolis (Ermenek) Nekropolisi Dağlık Kilikia / Isauria</t>
+          <t>Anabasis - Onbinlerin Dönüşü</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258214376</t>
+          <t>9786258214451</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hayal (Ciltli)</t>
+          <t>Hegemonik Kültürleşme ve Reklam</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>2500</v>
+        <v>580</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258214338</t>
+          <t>9786258214222</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Türk-Altay Kuramı (Ciltli)</t>
+          <t>Arkeolojik İstihbarat ve Diplomasi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>2700</v>
+        <v>460</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258214437</t>
+          <t>9786258214512</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tarkovski Kitabı</t>
+          <t>Doğu’nun  İktidar  Paradigmaları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>580</v>
+        <v>360</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258214420</t>
+          <t>9786258214505</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Samuel Beckett’in Adlandırılamaz Tiyatrosu</t>
+          <t>Sümerler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>560</v>
+        <v>360</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258214444</t>
+          <t>9786258214499</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Polis Modern Devletin Siyasal Kökenleri</t>
+          <t>Bir Vakitler Çin’de</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>550</v>
+        <v>270</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258214345</t>
+          <t>9786258214468</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sami Halkların Mitolojisi</t>
+          <t>Oyun Yazma Sanatı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>680</v>
+        <v>550</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258214369</t>
+          <t>9786258214291</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazma Arasında İki Cenkname - Selasil Kalesi ve Tabut Cengi</t>
+          <t>Germanikopolis (Ermenek) Nekropolisi Dağlık Kilikia / Isauria</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258214352</t>
+          <t>9786258214376</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Halkların Evriminin Psikolojik Yasaları</t>
+          <t>Hayal (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258214321</t>
+          <t>9786258214338</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Apostolik Kriptografi ve Ritüel Mimarinin Oluşumu</t>
+          <t>Türk-Altay Kuramı (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>550</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258214307</t>
+          <t>9786258214437</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Moğollarda Psikolojik Harp ve İşkence Teknikleri</t>
+          <t>Tarkovski Kitabı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>560</v>
+        <v>580</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258214260</t>
+          <t>9786258214420</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Esiri Cervantes</t>
+          <t>Samuel Beckett’in Adlandırılamaz Tiyatrosu</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>550</v>
+        <v>560</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258214284</t>
+          <t>9786258214444</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Tasviri - Asya (Ciltli)</t>
+          <t>Polis Modern Devletin Siyasal Kökenleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>4440000003311</t>
+          <t>9786258214345</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 8 (Ciltli)</t>
+          <t>Sami Halkların Mitolojisi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>6000</v>
+        <v>680</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258214192</t>
+          <t>9786258214369</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname</t>
+          <t>Bir Yazma Arasında İki Cenkname - Selasil Kalesi ve Tabut Cengi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059872928</t>
+          <t>9786258214352</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Bilgisi</t>
+          <t>Halkların Evriminin Psikolojik Yasaları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>1800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059872942</t>
+          <t>9786258214321</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Sözlüğü</t>
+          <t>Apostolik Kriptografi ve Ritüel Mimarinin Oluşumu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059872225</t>
+          <t>9786258214307</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Trabzonlu İrene</t>
+          <t>Moğollarda Psikolojik Harp ve İşkence Teknikleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>800</v>
+        <v>560</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258214208</t>
+          <t>9786258214260</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Spiritizma 'Aleyhinde</t>
+          <t>Türklerin Esiri Cervantes</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>330</v>
+        <v>550</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258214185</t>
+          <t>9786258214284</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Germanikopolis Üzüm Presleri</t>
+          <t>Yeryüzünün Tasviri - Asya (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258214215</t>
+          <t>4440000003311</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Avrasya Kaya Resimlerinde Türk Kültür ve Mitolojisi</t>
+          <t>Philia Volume 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>370</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258214253</t>
+          <t>9786258214192</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Teslis Karşıtı Bir Hıristiyan Michael Servetus</t>
+          <t>Seyahatname</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>550</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258214246</t>
+          <t>9786059872928</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Eski İran'da Rahipler</t>
+          <t>Türk Dil Bilgisi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>680</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258214161</t>
+          <t>9786059872942</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sümer ve Akad Tarihi</t>
+          <t>Mitoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>590</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258214178</t>
+          <t>9786059872225</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sümer Sanatının Gelişimi</t>
+          <t>Trabzonlu İrene</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>380</v>
+        <v>800</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258214000</t>
+          <t>9786258214208</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Adorno’da Kitleselleşmiş Bilinç ve Kültür Endüstrisi</t>
+          <t>Spiritizma 'Aleyhinde</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258214130</t>
+          <t>9786258214185</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Marcus Gavius Apicius’un Mutfak Kültürü Hakkındaki 10 Kitabı</t>
+          <t>Germanikopolis Üzüm Presleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>460</v>
+        <v>800</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258214154</t>
+          <t>9786258214215</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer Felsefesi ve Sinema - Anti Varoluşçuluk: Zeki Demirkubuz Filmleri</t>
+          <t>Avrasya Kaya Resimlerinde Türk Kültür ve Mitolojisi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>580</v>
+        <v>370</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258214116</t>
+          <t>9786258214253</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mimari Buluntuların Korunması ve Onarılması - Malzeme, Sorunlar ve Temel Uygulamalar</t>
+          <t>Teslis Karşıtı Bir Hıristiyan Michael Servetus</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258214123</t>
+          <t>9786258214246</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya’da Ekmek - Üretim, Tüketim, Kültür ve İnanç</t>
+          <t>Eski İran'da Rahipler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>590</v>
+        <v>680</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059872997</t>
+          <t>9786258214161</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Doğu Dağlık Kilikia Kaya Anıtlarında Mimari Tasarımlar</t>
+          <t>Sümer ve Akad Tarihi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>590</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258214093</t>
+          <t>9786258214178</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sümerlerden Perslere Eski Çağda Diplomatik Elçilik</t>
+          <t>Sümer Sanatının Gelişimi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258214109</t>
+          <t>9786258214000</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Oluz Höyük Geç Demir Çağı Bulguları Işığında Zerdüştîliğin Anadolu’daki Yayılımı</t>
+          <t>Adorno’da Kitleselleşmiş Bilinç ve Kültür Endüstrisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258214079</t>
+          <t>9786258214130</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Eril Kültür</t>
+          <t>Marcus Gavius Apicius’un Mutfak Kültürü Hakkındaki 10 Kitabı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>390</v>
+        <v>460</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258214062</t>
+          <t>9786258214154</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Davranışçılık Üzerine Seçilmiş Eserler 1896-1929</t>
+          <t>Schopenhauer Felsefesi ve Sinema - Anti Varoluşçuluk: Zeki Demirkubuz Filmleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059872980</t>
+          <t>9786258214116</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Belirginleşen Kamuoyu</t>
+          <t>Mimari Buluntuların Korunması ve Onarılması - Malzeme, Sorunlar ve Temel Uygulamalar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258214086</t>
+          <t>9786258214123</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Genovefa Hikayesi</t>
+          <t>Mezopotamya’da Ekmek - Üretim, Tüketim, Kültür ve İnanç</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>380</v>
+        <v>590</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258214147</t>
+          <t>9786059872997</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Korsanlıktan Sultanlığa</t>
+          <t>Doğu Dağlık Kilikia Kaya Anıtlarında Mimari Tasarımlar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059872881</t>
+          <t>9786258214093</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunanca-Türkçe Sözlük (Ciltli)</t>
+          <t>Sümerlerden Perslere Eski Çağda Diplomatik Elçilik</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>1400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059872836</t>
+          <t>9786258214109</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hint Buddhizmi’nin Tarihi</t>
+          <t>Oluz Höyük Geç Demir Çağı Bulguları Işığında Zerdüştîliğin Anadolu’daki Yayılımı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059872973</t>
+          <t>9786258214079</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Doğu, Batı ve Türkiye Sinemasında Din</t>
+          <t>Eril Kültür</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>580</v>
+        <v>390</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059872959</t>
+          <t>9786258214062</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiirinde Hayvan İmgesi</t>
+          <t>Sosyal Davranışçılık Üzerine Seçilmiş Eserler 1896-1929</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059872591</t>
+          <t>9786059872980</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şahmaran</t>
+          <t>Belirginleşen Kamuoyu</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>680</v>
+        <v>420</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059872508</t>
+          <t>9786258214086</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kral Deiotaros Savunması</t>
+          <t>Genovefa Hikayesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059872911</t>
+          <t>9786258214147</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mitsel İmge</t>
+          <t>Korsanlıktan Sultanlığa</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>890</v>
+        <v>700</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059872904</t>
+          <t>9786059872881</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yeni Şiirler 1907 (Ciltli)</t>
+          <t>Eski Yunanca-Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>540</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059872935</t>
+          <t>9786059872836</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Öğrettikleri</t>
+          <t>Hint Buddhizmi’nin Tarihi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059872898</t>
+          <t>9786059872973</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Türk Dini Düşüncesinde Modern Siyasi Kavramların Dönüşümü</t>
+          <t>Doğu, Batı ve Türkiye Sinemasında Din</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>500</v>
+        <v>580</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059872676</t>
+          <t>9786059872959</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 1. Cilt</t>
+          <t>Modern Türk Şiirinde Hayvan İmgesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>750</v>
+        <v>800</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059872874</t>
+          <t>9786059872591</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Tutulmak</t>
+          <t>Şahmaran</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>460</v>
+        <v>680</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059872867</t>
+          <t>9786059872508</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 6. Cilt</t>
+          <t>Kral Deiotaros Savunması</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>750</v>
+        <v>330</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059872843</t>
+          <t>9786059872911</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 4. Cilt</t>
+          <t>Mitsel İmge</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>750</v>
+        <v>890</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059872584</t>
+          <t>9786059872904</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 3. Cilt</t>
+          <t>Yeni Şiirler 1907 (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>750</v>
+        <v>540</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059872850</t>
+          <t>9786059872935</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 5. Cilt</t>
+          <t>Yaşamın Öğrettikleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059872812</t>
+          <t>9786059872898</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Modern Mimarlık ve Şehircilik Tarihi</t>
+          <t>Türk Dini Düşüncesinde Modern Siyasi Kavramların Dönüşümü</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>1250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059872805</t>
+          <t>9786059872676</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Sabri</t>
+          <t>Yunan Felsefe Tarihi 1. Cilt</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>580</v>
+        <v>750</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059872577</t>
+          <t>9786059872874</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Koçi Bey Risaleleri</t>
+          <t>Ölüme Tutulmak</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>750</v>
+        <v>460</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059872744</t>
+          <t>9786059872867</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo - Kişi Kendi Nasıl Olur</t>
+          <t>Yunan Felsefe Tarihi 6. Cilt</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059872607</t>
+          <t>9786059872843</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Yunan Felsefe Tarihi 4. Cilt</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055272517</t>
+          <t>9786059872584</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Denizci: Kubilay Han Christabel</t>
+          <t>Yunan Felsefe Tarihi 3. Cilt</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059872683</t>
+          <t>9786059872850</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Liedler Kitabı</t>
+          <t>Yunan Felsefe Tarihi 5. Cilt</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>640</v>
+        <v>750</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059872768</t>
+          <t>9786059872812</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kamuoyu</t>
+          <t>Modern Mimarlık ve Şehircilik Tarihi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>580</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>4440000000263</t>
+          <t>9786059872805</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 7 (Ciltli)</t>
+          <t>İbrahim Sabri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>6000</v>
+        <v>580</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>4440000000266</t>
+          <t>9786059872577</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 6 (Ciltli)</t>
+          <t>Koçi Bey Risaleleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>5000</v>
+        <v>750</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>4440000000265</t>
+          <t>9786059872744</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 5 (Ciltli)</t>
+          <t>Ecce Homo - Kişi Kendi Nasıl Olur</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>6000</v>
+        <v>320</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059872638</t>
+          <t>9786059872607</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Philanthropia - Hellenistik Dönem</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059872560</t>
+          <t>9786055272517</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sokratesin Savunması</t>
+          <t>Yaşlı Denizci: Kubilay Han Christabel</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059872669</t>
+          <t>9786059872683</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 2. Cilt</t>
+          <t>Liedler Kitabı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>750</v>
+        <v>640</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059872713</t>
+          <t>9786059872768</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Kamuoyu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>550</v>
+        <v>580</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059872720</t>
+          <t>4440000000263</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Destan-ı Tevarih-i Al-i Osman</t>
+          <t>Philia Volume 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>600</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059872652</t>
+          <t>4440000000266</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Atilla</t>
+          <t>Philia Volume 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>780</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059872515</t>
+          <t>4440000000265</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Roma Takvimi</t>
+          <t>Philia Volume 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>560</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059872492</t>
+          <t>9786059872638</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Farsça Sözdizimi</t>
+          <t>Philanthropia - Hellenistik Dönem</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>700</v>
+        <v>340</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059872355</t>
+          <t>9786059872560</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Murena Savunması</t>
+          <t>Sokratesin Savunması</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059872331</t>
+          <t>9786059872669</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Şahname 2 (Ciltli)</t>
+          <t>Yunan Felsefe Tarihi 2. Cilt</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>2500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055272760</t>
+          <t>9786059872713</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Büyü, Bilim ve Din</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055272883</t>
+          <t>9786059872720</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Vahşilerin Cinsel Yaşamı Kuzeybatı Melanezya’da</t>
+          <t>Destan-ı Tevarih-i Al-i Osman</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>620</v>
+        <v>600</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059872690</t>
+          <t>9786059872652</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Atilla</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>780</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059872133</t>
+          <t>9786059872515</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Sembolleri</t>
+          <t>Roma Takvimi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>750</v>
+        <v>560</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059872102</t>
+          <t>9786059872492</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatlaşan Dünya</t>
+          <t>Farsça Sözdizimi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>460</v>
+        <v>700</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055272623</t>
+          <t>9786059872355</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Erken Devir Türk Sanatı</t>
+          <t>Murena Savunması</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>780</v>
+        <v>440</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059872003</t>
+          <t>9786059872331</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Şahname 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>440</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055272470</t>
+          <t>9786055272760</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Dram Sanatı</t>
+          <t>Büyü, Bilim ve Din</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055272548</t>
+          <t>9786055272883</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sahne Bilgisi</t>
+          <t>Vahşilerin Cinsel Yaşamı Kuzeybatı Melanezya’da</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>620</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055272654</t>
+          <t>9786059872690</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Gotik Mimarlık ve Skolastik Felsefe</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055272302</t>
+          <t>9786059872133</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Godot’yu Beklerken</t>
+          <t>İnsan ve Sembolleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055272289</t>
+          <t>9786059872102</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Edebiyatlaşan Dünya</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055272265</t>
+          <t>9786055272623</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Prens - De Principatibus</t>
+          <t>Erken Devir Türk Sanatı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>780</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055272999</t>
+          <t>9786059872003</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>1200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055272975</t>
+          <t>9786055272470</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ak Tanrıça</t>
+          <t>Dram Sanatı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055272159</t>
+          <t>9786055272548</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yasalar</t>
+          <t>Sahne Bilgisi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>680</v>
+        <v>620</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055272500</t>
+          <t>9786055272654</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Tarih Sümer’de Başlar</t>
+          <t>Gotik Mimarlık ve Skolastik Felsefe</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059872270</t>
+          <t>9786055272302</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tanrısal Öngörü</t>
+          <t>Godot’yu Beklerken</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055272807</t>
+          <t>9786055272289</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sümer Mitolojisi</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
+          <t>9786055272265</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Prens - De Principatibus</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786055272999</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Tarihi</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786055272975</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Ak Tanrıça</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786055272159</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Yasalar</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786055272500</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Sümer’de Başlar</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786059872270</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Tanrısal Öngörü</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786055272807</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Sümer Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
           <t>9786055272197</t>
         </is>
       </c>
-      <c r="B208" s="1" t="inlineStr">
+      <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Spinoza’nın Tao’su</t>
         </is>
       </c>
-      <c r="C208" s="1">
+      <c r="C215" s="1">
         <v>560</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>