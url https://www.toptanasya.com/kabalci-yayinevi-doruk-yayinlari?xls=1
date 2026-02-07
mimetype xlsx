--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,3250 +85,3190 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255621221</t>
+          <t>9786255621337</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'da Uluhi̇yyet Anlayışı</t>
+          <t>Maitreya</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>540</v>
+        <v>570</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255621177</t>
+          <t>9786255621221</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Semahlar - Alevi Dinsel Oyunları</t>
+          <t>Mevlana'da Uluhi̇yyet Anlayışı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>430</v>
+        <v>555</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255621160</t>
+          <t>9786255621177</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Asya Türkiye’sinin Paylaşımı</t>
+          <t>Semahlar - Alevi Dinsel Oyunları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1090</v>
+        <v>530</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255621191</t>
+          <t>9786255621160</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İskandi̇navya’daki̇ Hunlar</t>
+          <t>Asya Türkiye’sinin Paylaşımı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>390</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255621146</t>
+          <t>9786255621191</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hattuşili</t>
+          <t>İskandi̇navya’daki̇ Hunlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>890</v>
+        <v>470</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255621207</t>
+          <t>9786255621146</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Karaili̇k</t>
+          <t>Hattuşili</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>750</v>
+        <v>890</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255621078</t>
+          <t>9786255621207</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Denemeler (Ciltli)</t>
+          <t>Karaili̇k</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055272821</t>
+          <t>9786255621078</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Akıl</t>
+          <t>Denemeler (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255621184</t>
+          <t>9786055272821</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya Türklerinden Ömer Faik Numanzade Yaşamı ve Faaliyetleri</t>
+          <t>Tarihte Akıl</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>540</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255621023</t>
+          <t>9786255621184</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Kafkasya Türklerinden Ömer Faik Numanzade Yaşamı ve Faaliyetleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1100</v>
+        <v>770</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255621108</t>
+          <t>9786255621023</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Napoléon ve Dünyanın Fethi</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>770</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255621054</t>
+          <t>9786255621108</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan</t>
+          <t>Napoléon ve Dünyanın Fethi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>480</v>
+        <v>770</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255621061</t>
+          <t>9786255621054</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Boyutlarıyla Alevilik</t>
+          <t>Eski Yunan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>600</v>
+        <v>530</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255621122</t>
+          <t>9786255621061</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Latin İmparatorluğu Kuruluş Devri (1204-1216)</t>
+          <t>Toplumsal Boyutlarıyla Alevilik</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>520</v>
+        <v>630</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255621085</t>
+          <t>9786255621122</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Halkları Mitolojisi</t>
+          <t>İstanbul Latin İmparatorluğu Kuruluş Devri (1204-1216)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>440</v>
+        <v>600</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255621153</t>
+          <t>9786255621085</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Laodikeia Katakekaumene (Combusta) Cilt 1</t>
+          <t>Ermeni Halkları Mitolojisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>2000</v>
+        <v>470</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255621092</t>
+          <t>9786255621153</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Adriyatik'e</t>
+          <t>Laodikeia Katakekaumene (Combusta) Cilt 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>840</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255621115</t>
+          <t>9786255621092</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hunların Dünyası</t>
+          <t>İstanbul’dan Adriyatik'e</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>620</v>
+        <v>850</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255621016</t>
+          <t>9786255621115</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mi̇marlığı Tari̇hi̇</t>
+          <t>Hunların Dünyası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>890</v>
+        <v>695</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255621047</t>
+          <t>9786255621016</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Bellek</t>
+          <t>Osmanlı Mi̇marlığı Tari̇hi̇</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258214048</t>
+          <t>9786255621047</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik, Kültür ve Mit</t>
+          <t>Zaman ve Bellek</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059872072</t>
+          <t>9786258214048</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ'da Dinsel Sapkınlıklar</t>
+          <t>Cinsellik, Kültür ve Mit</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>690</v>
+        <v>850</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258214024</t>
+          <t>9786059872072</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Duyarlıklı Siyaset/Felsefe Yazıları</t>
+          <t>Ortaçağ'da Dinsel Sapkınlıklar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>550</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059872256</t>
+          <t>9786258214024</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Doğu Rönesans Edebi̇yatı Tari̇hi̇</t>
+          <t>Psikanalitik Duyarlıklı Siyaset/Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>740</v>
+        <v>690</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255621030</t>
+          <t>9786059872256</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Evrimin Türkiye’deki Öyküsü</t>
+          <t>Orta Çağ Doğu Rönesans Edebi̇yatı Tari̇hi̇</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>370</v>
+        <v>790</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059872232</t>
+          <t>9786255621030</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hamzavi'nin İskendername’si I (Ciltli)</t>
+          <t>Evrimin Türkiye’deki Öyküsü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>2450</v>
+        <v>555</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059872164</t>
+          <t>9786059872232</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hamzavi'nin İskendername’si II (Ciltli)</t>
+          <t>Hamzavi'nin İskendername’si I (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>2950</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258214963</t>
+          <t>9786059872164</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nüzhetü'l-Uşşâk</t>
+          <t>Hamzavi'nin İskendername’si II (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>580</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255621009</t>
+          <t>9786258214963</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Tasviri Avrupa</t>
+          <t>Nüzhetü'l-Uşşâk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>380</v>
+        <v>790</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059872737</t>
+          <t>9786255621009</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dili</t>
+          <t>Yeryüzünün Tasviri Avrupa</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>890</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059872195</t>
+          <t>9786059872737</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya (Ciltli)</t>
+          <t>Türklerin Dili</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>2950</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059872522</t>
+          <t>9786059872195</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Duyarlıklı Felsefe/Siyaset Yazıları</t>
+          <t>Küçük Asya (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>600</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059872263</t>
+          <t>9786059872522</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İklim Felsefesi</t>
+          <t>Psikanalitik Duyarlıklı Felsefe/Siyaset Yazıları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>480</v>
+        <v>690</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059872553</t>
+          <t>9786059872263</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Teslis Karşıtı Bir Hristiyan Emanuel Swedenborg</t>
+          <t>İklim Felsefesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>390</v>
+        <v>630</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258214901</t>
+          <t>9786059872553</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dost Bağında Kızıl Elma/ Alevi Bektaşi Şiirinde Semboller</t>
+          <t>Teslis Karşıtı Bir Hristiyan Emanuel Swedenborg</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>370</v>
+        <v>555</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258214017</t>
+          <t>9786258214901</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Dönemi’nde Muhalif Düşünce</t>
+          <t>Dost Bağında Kızıl Elma/ Alevi Bektaşi Şiirinde Semboller</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258214031</t>
+          <t>9786258214017</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Evlilik</t>
+          <t>Osmanlılar Dönemi’nde Muhalif Düşünce</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>555</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059872171</t>
+          <t>9786258214031</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Politik Anlatı Sanatı</t>
+          <t>Dünden Bugüne Evlilik</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>780</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059872157</t>
+          <t>9786059872171</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İhsan Oktay Anar’ın Romanları Kahramanın Sonsuz Yolculuğu ve Seyr ü Sülûk</t>
+          <t>Politik Anlatı Sanatı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>580</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258214956</t>
+          <t>9786059872157</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hitit Nehir Tanrı(ça)ları</t>
+          <t>İhsan Oktay Anar’ın Romanları Kahramanın Sonsuz Yolculuğu ve Seyr ü Sülûk</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258214871</t>
+          <t>9786258214956</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kilisenin Muhafızı/ Başmelek Aziz Mikâil</t>
+          <t>Hitit Nehir Tanrı(ça)ları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1250</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055272616</t>
+          <t>9786258214871</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ziyai Yusuf (Yusuf Can'ın) Yusuf ile Züleyha Mesnevisi</t>
+          <t>Kilisenin Muhafızı/ Başmelek Aziz Mikâil</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>790</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258214918</t>
+          <t>9786055272616</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kahinden Filozofa Herakleitos Düşüncesinde Logos Fragmanları</t>
+          <t>Ziyai Yusuf (Yusuf Can'ın) Yusuf ile Züleyha Mesnevisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>310</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258214949</t>
+          <t>9786258214918</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Şiirin İzdüşümünde Filistin</t>
+          <t>Kahinden Filozofa Herakleitos Düşüncesinde Logos Fragmanları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258214598</t>
+          <t>9786258214949</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dijital Beşeri Bilimlerin Öncüsü-Dijital Arkeoloji Stratejisi</t>
+          <t>Tarih ve Şiirin İzdüşümünde Filistin</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>470</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258214994</t>
+          <t>9786258214598</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dini</t>
+          <t>Dijital Beşeri Bilimlerin Öncüsü-Dijital Arkeoloji Stratejisi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>550</v>
+        <v>530</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258214932</t>
+          <t>9786258214994</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ Tasvir Sanatında Müzik ve Müzik Aletleri</t>
+          <t>Türklerin Dini</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>460</v>
+        <v>660</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258214925</t>
+          <t>9786258214932</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türk içki Geleneği</t>
+          <t>Eski Çağ Tasvir Sanatında Müzik ve Müzik Aletleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258214314</t>
+          <t>9786258214925</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tevrat'ı Kim Yazdı?</t>
+          <t>Türk içki Geleneği</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>560</v>
+        <v>650</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258214970</t>
+          <t>9786258214314</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi</t>
+          <t>Tevrat'ı Kim Yazdı?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>440</v>
+        <v>690</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258214987</t>
+          <t>9786258214970</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Bilim Tarihi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>440</v>
+        <v>570</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258214888</t>
+          <t>9786258214987</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Gizemi</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>555</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258214895</t>
+          <t>9786258214888</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Azize Thecla</t>
+          <t>Türkçenin Gizemi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>460</v>
+        <v>555</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258214673</t>
+          <t>9786258214895</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinema Tarihi (Ciltli)</t>
+          <t>Azize Thecla</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>2750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258214826</t>
+          <t>9786258214673</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Basınında Türkiye'de Tek Parti Dönemi</t>
+          <t>Dünya Sinema Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>680</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258214819</t>
+          <t>9786258214826</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türk İmgesi</t>
+          <t>Amerikan Basınında Türkiye'de Tek Parti Dönemi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>780</v>
+        <v>850</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258214802</t>
+          <t>9786258214819</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka</t>
+          <t>Türk İmgesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>780</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258214864</t>
+          <t>9786258214802</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Botların Gölgesinde Siyaset Bilişimsel Propaganda</t>
+          <t>Zümrüdüanka</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258214840</t>
+          <t>9786258214864</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Gizli Yaşamı</t>
+          <t>Botların Gölgesinde Siyaset Bilişimsel Propaganda</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>580</v>
+        <v>470</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258214857</t>
+          <t>9786258214840</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Sineması ve Deleuze Felsefesi</t>
+          <t>Bitkilerin Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258214833</t>
+          <t>9786258214857</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Musika-i Hümayun</t>
+          <t>Yeni Türk Sineması ve Deleuze Felsefesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>750</v>
+        <v>900</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059872775</t>
+          <t>9786258214833</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Deniz Savaşları Hakkında Büyüklere Armağan Tuhfetü’l-Kibâr Fî Esfâri’l-Bihâr</t>
+          <t>Musika-i Hümayun</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>780</v>
+        <v>990</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055272982</t>
+          <t>9786059872775</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Deniz Savaşları Hakkında Büyüklere Armağan Tuhfetü’l-Kibâr Fî Esfâri’l-Bihâr</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>780</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258214727</t>
+          <t>9786055272982</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hafıza ve İmgelem</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>490</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258214581</t>
+          <t>9786258214727</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi Yazıları</t>
+          <t>Hafıza ve İmgelem</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>630</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258214789</t>
+          <t>9786258214581</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türk Tançıra</t>
+          <t>Bilim Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>370</v>
+        <v>530</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258214796</t>
+          <t>9786258214789</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mehter</t>
+          <t>Türk Tançıra</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>950</v>
+        <v>550</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258214758</t>
+          <t>9786258214796</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İran Yahudileri</t>
+          <t>Mehter</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>490</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258214741</t>
+          <t>9786258214758</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İpek Çağı Toplumlar, Ticaret ve Krizler</t>
+          <t>İran Yahudileri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>460</v>
+        <v>630</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258214765</t>
+          <t>9786258214741</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tac Mahal Aynadaki Aşk</t>
+          <t>İpek Çağı Toplumlar, Ticaret ve Krizler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>560</v>
+        <v>600</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258214710</t>
+          <t>9786258214765</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Altay Destanlarında Kutsal Ekoloji</t>
+          <t>Tac Mahal Aynadaki Aşk</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>460</v>
+        <v>695</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258214734</t>
+          <t>9786258214710</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Prehistoryası</t>
+          <t>Altay Destanlarında Kutsal Ekoloji</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059872393</t>
+          <t>9786258214734</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lugati't-Türk</t>
+          <t>Türklerin Prehistoryası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>850</v>
+        <v>640</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055272173</t>
+          <t>9786059872393</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Menkıbeleri</t>
+          <t>Divanü Lugati't-Türk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1100</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055272340</t>
+          <t>9786055272173</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anlığı Üzerine Bir Deneme</t>
+          <t>Ariflerin Menkıbeleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>680</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258214697</t>
+          <t>9786055272340</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>The Greek and Latin Inscriptions In The Isparta Archaeological Museum (Ciltli)</t>
+          <t>İnsan Anlığı Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>5000</v>
+        <v>850</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258214680</t>
+          <t>9786258214697</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hurri Kültürünün Tunçtan Tanrısal Heykelcikleri (Ciltli)</t>
+          <t>The Greek and Latin Inscriptions In The Isparta Archaeological Museum (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>9900</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258214543</t>
+          <t>9786258214680</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Özbek Sözlü Geleneğinde Masallar</t>
+          <t>Hurri Kültürünün Tunçtan Tanrısal Heykelcikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>900</v>
+        <v>9900</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258214536</t>
+          <t>9786258214543</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Roma Egemenliğinde Bıthynia</t>
+          <t>Özbek Sözlü Geleneğinde Masallar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>680</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258214659</t>
+          <t>9786258214536</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Klimatoloji ve Çin Kaynaklarında Gök-Türk Çağında İklim Krizi</t>
+          <t>Roma Egemenliğinde Bıthynia</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>360</v>
+        <v>850</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258214642</t>
+          <t>9786258214659</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Kamu</t>
+          <t>Klimatoloji ve Çin Kaynaklarında Gök-Türk Çağında İklim Krizi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>330</v>
+        <v>530</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258214635</t>
+          <t>9786258214642</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Boşluğa Açılan Kapı</t>
+          <t>Hayalet Kamu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>680</v>
+        <v>430</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258214666</t>
+          <t>9786258214635</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yüreklendiren Sözler Words of Encouragement - Kassia</t>
+          <t>Boşluğa Açılan Kapı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>3000</v>
+        <v>850</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258214475</t>
+          <t>9786258214666</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Britannicus</t>
+          <t>Yüreklendiren Sözler Words of Encouragement - Kassia</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258214482</t>
+          <t>9786258214475</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bilinmesi Gerekenlere Dair El Kitabı</t>
+          <t>Britannicus</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059872379</t>
+          <t>9786258214482</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Oikonomika</t>
+          <t>Bilinmesi Gerekenlere Dair El Kitabı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>780</v>
+        <v>440</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258214529</t>
+          <t>9786059872379</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorluğu'nda Maniheizm Hıristiyanlığa Rakip Konuma Yükselişi ve Düşüşü</t>
+          <t>Oikonomika</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>550</v>
+        <v>900</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258214567</t>
+          <t>9786258214529</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Dini ve Rahiplik</t>
+          <t>Roma İmparatorluğu'nda Maniheizm Hıristiyanlığa Rakip Konuma Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>580</v>
+        <v>690</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>4440000000264</t>
+          <t>9786258214567</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 4 (Ciltli)</t>
+          <t>Mezopotamya Dini ve Rahiplik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>5000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059872461</t>
+          <t>4440000000264</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarihi</t>
+          <t>Philia Volume 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>440</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059872065</t>
+          <t>9786059872461</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kant Üzerine Dört Ders</t>
+          <t>Mısır Tarihi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>340</v>
+        <v>570</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055272494</t>
+          <t>9786059872065</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Öyküsü</t>
+          <t>Kant Üzerine Dört Ders</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1000</v>
+        <v>440</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055272708</t>
+          <t>9786055272494</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mısır Bilime Giriş</t>
+          <t>Mimarlığın Öyküsü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>370</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059872645</t>
+          <t>9786055272708</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig (Ciltli)</t>
+          <t>Mısır Bilime Giriş</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>3300</v>
+        <v>555</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055272258</t>
+          <t>9786059872645</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi</t>
+          <t>Kutadgu Bilig (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>640</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055272845</t>
+          <t>9786055272258</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İslam Açısından Müzik ve Sema</t>
+          <t>İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>700</v>
+        <v>850</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056572043</t>
+          <t>9786055272845</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Evliya Tezkireleri (Ciltli)</t>
+          <t>İslam Açısından Müzik ve Sema</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1000</v>
+        <v>990</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789759971915</t>
+          <t>9786056572043</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İşte Böyle Dedi Zerdüşt</t>
+          <t>Evliya Tezkireleri (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>540</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055272036</t>
+          <t>9789759971915</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Terimleri Sözlüğü</t>
+          <t>İşte Böyle Dedi Zerdüşt</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>780</v>
+        <v>695</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789759971441</t>
+          <t>9786055272036</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Şahname 1 (Ciltli)</t>
+          <t>Tasavvuf Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>2500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059872249</t>
+          <t>9789759971441</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sümerlerin Kurnaz Tanrısı Enki</t>
+          <t>Şahname 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>590</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055272067</t>
+          <t>9786059872249</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Minyatür Sanatı</t>
+          <t>Sümerlerin Kurnaz Tanrısı Enki</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>700</v>
+        <v>790</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059872751</t>
+          <t>9786055272067</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bir Kültür Teorisi</t>
+          <t>Osmanlı Minyatür Sanatı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>370</v>
+        <v>990</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055272012</t>
+          <t>9786059872751</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Arthur’un Ölümü</t>
+          <t>Bilimsel Bir Kültür Teorisi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>850</v>
+        <v>555</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059872799</t>
+          <t>9786055272012</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Soykütüğü</t>
+          <t>Arthur’un Ölümü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>390</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055272852</t>
+          <t>9786059872799</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles</t>
+          <t>Ahlakın Soykütüğü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>590</v>
+        <v>495</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059872485</t>
+          <t>9786055272852</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Divanı Şerhi</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>590</v>
+        <v>790</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059872362</t>
+          <t>9786059872485</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>L. Catilina Söylevi</t>
+          <t>Niyazi-i Mısri Divanı Şerhi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>440</v>
+        <v>790</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059872706</t>
+          <t>9786059872362</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kefh Yedi Uyurlar</t>
+          <t>L. Catilina Söylevi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258214611</t>
+          <t>9786059872706</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar</t>
+          <t>Ashab-ı Kefh Yedi Uyurlar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>310</v>
+        <v>570</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258214574</t>
+          <t>9786258214611</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kök Mengü-il</t>
+          <t>Kıssalar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258214550</t>
+          <t>9786258214574</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ontolojik Belirlenimler, Benzerlikler ve Mitolojik Kökenler</t>
+          <t>Kök Mengü-il</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>390</v>
+        <v>630</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055272814</t>
+          <t>9786258214550</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Anabasis - Onbinlerin Dönüşü</t>
+          <t>Ontolojik Belirlenimler, Benzerlikler ve Mitolojik Kökenler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>700</v>
+        <v>555</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258214451</t>
+          <t>9786055272814</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hegemonik Kültürleşme ve Reklam</t>
+          <t>Anabasis - Onbinlerin Dönüşü</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258214222</t>
+          <t>9786258214451</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojik İstihbarat ve Diplomasi</t>
+          <t>Hegemonik Kültürleşme ve Reklam</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>460</v>
+        <v>700</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258214512</t>
+          <t>9786258214222</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun  İktidar  Paradigmaları</t>
+          <t>Arkeolojik İstihbarat ve Diplomasi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258214505</t>
+          <t>9786258214512</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sümerler</t>
+          <t>Doğu’nun  İktidar  Paradigmaları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>360</v>
+        <v>530</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258214499</t>
+          <t>9786258214505</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bir Vakitler Çin’de</t>
+          <t>Sümerler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>270</v>
+        <v>530</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258214468</t>
+          <t>9786258214499</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Oyun Yazma Sanatı</t>
+          <t>Bir Vakitler Çin’de</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258214291</t>
+          <t>9786258214468</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Germanikopolis (Ermenek) Nekropolisi Dağlık Kilikia / Isauria</t>
+          <t>Oyun Yazma Sanatı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>700</v>
+        <v>680</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258214376</t>
+          <t>9786258214291</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hayal (Ciltli)</t>
+          <t>Germanikopolis (Ermenek) Nekropolisi Dağlık Kilikia / Isauria</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>2500</v>
+        <v>770</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258214338</t>
+          <t>9786258214376</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Türk-Altay Kuramı (Ciltli)</t>
+          <t>Hayal (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>2700</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258214437</t>
+          <t>9786258214338</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tarkovski Kitabı</t>
+          <t>Türk-Altay Kuramı (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>580</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258214420</t>
+          <t>9786258214437</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Samuel Beckett’in Adlandırılamaz Tiyatrosu</t>
+          <t>Tarkovski Kitabı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>560</v>
+        <v>700</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258214444</t>
+          <t>9786258214420</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Polis Modern Devletin Siyasal Kökenleri</t>
+          <t>Samuel Beckett’in Adlandırılamaz Tiyatrosu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>550</v>
+        <v>695</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258214345</t>
+          <t>9786258214444</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sami Halkların Mitolojisi</t>
+          <t>Polis Modern Devletin Siyasal Kökenleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>680</v>
+        <v>650</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258214369</t>
+          <t>9786258214345</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazma Arasında İki Cenkname - Selasil Kalesi ve Tabut Cengi</t>
+          <t>Sami Halkların Mitolojisi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>380</v>
+        <v>850</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258214352</t>
+          <t>9786258214369</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Halkların Evriminin Psikolojik Yasaları</t>
+          <t>Bir Yazma Arasında İki Cenkname - Selasil Kalesi ve Tabut Cengi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>470</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258214321</t>
+          <t>9786258214352</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Apostolik Kriptografi ve Ritüel Mimarinin Oluşumu</t>
+          <t>Halkların Evriminin Psikolojik Yasaları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>550</v>
+        <v>470</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258214307</t>
+          <t>9786258214321</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Moğollarda Psikolojik Harp ve İşkence Teknikleri</t>
+          <t>Apostolik Kriptografi ve Ritüel Mimarinin Oluşumu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>560</v>
+        <v>650</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258214260</t>
+          <t>9786258214307</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Esiri Cervantes</t>
+          <t>Moğollarda Psikolojik Harp ve İşkence Teknikleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>550</v>
+        <v>690</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258214284</t>
+          <t>9786258214260</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Tasviri - Asya (Ciltli)</t>
+          <t>Türklerin Esiri Cervantes</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>500</v>
+        <v>660</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>4440000003311</t>
+          <t>9786258214284</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 8 (Ciltli)</t>
+          <t>Yeryüzünün Tasviri - Asya (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>6000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258214192</t>
+          <t>4440000003311</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname</t>
+          <t>Philia Volume 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1100</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059872928</t>
+          <t>9786258214192</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Bilgisi</t>
+          <t>Seyahatname</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>1800</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059872942</t>
+          <t>9786059872928</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Sözlüğü</t>
+          <t>Türk Dil Bilgisi</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>1800</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059872225</t>
+          <t>9786059872942</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Trabzonlu İrene</t>
+          <t>Mitoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>800</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258214208</t>
+          <t>9786059872225</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Spiritizma 'Aleyhinde</t>
+          <t>Trabzonlu İrene</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>330</v>
+        <v>960</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258214185</t>
+          <t>9786258214208</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Germanikopolis Üzüm Presleri</t>
+          <t>Spiritizma 'Aleyhinde</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>800</v>
+        <v>430</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258214215</t>
+          <t>9786258214185</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Avrasya Kaya Resimlerinde Türk Kültür ve Mitolojisi</t>
+          <t>Germanikopolis Üzüm Presleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>370</v>
+        <v>800</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258214253</t>
+          <t>9786258214215</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Teslis Karşıtı Bir Hıristiyan Michael Servetus</t>
+          <t>Avrasya Kaya Resimlerinde Türk Kültür ve Mitolojisi</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258214246</t>
+          <t>9786258214253</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Eski İran'da Rahipler</t>
+          <t>Teslis Karşıtı Bir Hıristiyan Michael Servetus</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>680</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258214161</t>
+          <t>9786258214246</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sümer ve Akad Tarihi</t>
+          <t>Eski İran'da Rahipler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>590</v>
+        <v>850</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258214178</t>
+          <t>9786258214161</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sümer Sanatının Gelişimi</t>
+          <t>Sümer ve Akad Tarihi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>380</v>
+        <v>790</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258214000</t>
+          <t>9786258214178</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Adorno’da Kitleselleşmiş Bilinç ve Kültür Endüstrisi</t>
+          <t>Sümer Sanatının Gelişimi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>360</v>
+        <v>470</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258214130</t>
+          <t>9786258214000</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Marcus Gavius Apicius’un Mutfak Kültürü Hakkındaki 10 Kitabı</t>
+          <t>Adorno’da Kitleselleşmiş Bilinç ve Kültür Endüstrisi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>460</v>
+        <v>530</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258214154</t>
+          <t>9786258214130</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer Felsefesi ve Sinema - Anti Varoluşçuluk: Zeki Demirkubuz Filmleri</t>
+          <t>Marcus Gavius Apicius’un Mutfak Kültürü Hakkındaki 10 Kitabı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>580</v>
+        <v>600</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258214116</t>
+          <t>9786258214154</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mimari Buluntuların Korunması ve Onarılması - Malzeme, Sorunlar ve Temel Uygulamalar</t>
+          <t>Schopenhauer Felsefesi ve Sinema - Anti Varoluşçuluk: Zeki Demirkubuz Filmleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258214123</t>
+          <t>9786258214116</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya’da Ekmek - Üretim, Tüketim, Kültür ve İnanç</t>
+          <t>Mimari Buluntuların Korunması ve Onarılması - Malzeme, Sorunlar ve Temel Uygulamalar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>590</v>
+        <v>530</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059872997</t>
+          <t>9786258214123</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Doğu Dağlık Kilikia Kaya Anıtlarında Mimari Tasarımlar</t>
+          <t>Mezopotamya’da Ekmek - Üretim, Tüketim, Kültür ve İnanç</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>790</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258214093</t>
+          <t>9786059872997</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sümerlerden Perslere Eski Çağda Diplomatik Elçilik</t>
+          <t>Doğu Dağlık Kilikia Kaya Anıtlarında Mimari Tasarımlar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>460</v>
+        <v>470</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258214109</t>
+          <t>9786258214093</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Oluz Höyük Geç Demir Çağı Bulguları Işığında Zerdüştîliğin Anadolu’daki Yayılımı</t>
+          <t>Sümerlerden Perslere Eski Çağda Diplomatik Elçilik</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258214079</t>
+          <t>9786258214109</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Eril Kültür</t>
+          <t>Oluz Höyük Geç Demir Çağı Bulguları Işığında Zerdüştîliğin Anadolu’daki Yayılımı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258214062</t>
+          <t>9786258214079</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Davranışçılık Üzerine Seçilmiş Eserler 1896-1929</t>
+          <t>Eril Kültür</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>350</v>
+        <v>555</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059872980</t>
+          <t>9786258214062</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Belirginleşen Kamuoyu</t>
+          <t>Sosyal Davranışçılık Üzerine Seçilmiş Eserler 1896-1929</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258214086</t>
+          <t>9786059872980</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Genovefa Hikayesi</t>
+          <t>Belirginleşen Kamuoyu</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>380</v>
+        <v>470</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258214147</t>
+          <t>9786258214086</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Korsanlıktan Sultanlığa</t>
+          <t>Genovefa Hikayesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>700</v>
+        <v>470</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059872881</t>
+          <t>9786258214147</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunanca-Türkçe Sözlük (Ciltli)</t>
+          <t>Korsanlıktan Sultanlığa</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>1400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059872836</t>
+          <t>9786059872881</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hint Buddhizmi’nin Tarihi</t>
+          <t>Eski Yunanca-Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>340</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059872973</t>
+          <t>9786059872836</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Doğu, Batı ve Türkiye Sinemasında Din</t>
+          <t>Hint Buddhizmi’nin Tarihi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>580</v>
+        <v>440</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059872959</t>
+          <t>9786059872973</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiirinde Hayvan İmgesi</t>
+          <t>Doğu, Batı ve Türkiye Sinemasında Din</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>800</v>
+        <v>700</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059872591</t>
+          <t>9786059872959</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şahmaran</t>
+          <t>Modern Türk Şiirinde Hayvan İmgesi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>680</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059872508</t>
+          <t>9786059872591</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kral Deiotaros Savunması</t>
+          <t>Şahmaran</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>330</v>
+        <v>850</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059872911</t>
+          <t>9786059872508</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mitsel İmge</t>
+          <t>Kral Deiotaros Savunması</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>890</v>
+        <v>350</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059872904</t>
+          <t>9786059872911</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yeni Şiirler 1907 (Ciltli)</t>
+          <t>Mitsel İmge</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>540</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059872935</t>
+          <t>9786059872904</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Öğrettikleri</t>
+          <t>Yeni Şiirler 1907 (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059872898</t>
+          <t>9786059872935</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Türk Dini Düşüncesinde Modern Siyasi Kavramların Dönüşümü</t>
+          <t>Yaşamın Öğrettikleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059872676</t>
+          <t>9786059872898</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 1. Cilt</t>
+          <t>Türk Dini Düşüncesinde Modern Siyasi Kavramların Dönüşümü</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059872874</t>
+          <t>9786059872676</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Tutulmak</t>
+          <t>Yunan Felsefe Tarihi 1. Cilt</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>460</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059872867</t>
+          <t>9786059872874</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 6. Cilt</t>
+          <t>Ölüme Tutulmak</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059872843</t>
+          <t>9786059872867</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 4. Cilt</t>
+          <t>Yunan Felsefe Tarihi 6. Cilt</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>750</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059872584</t>
+          <t>9786059872843</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 3. Cilt</t>
+          <t>Yunan Felsefe Tarihi 4. Cilt</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>750</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059872850</t>
+          <t>9786059872584</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 5. Cilt</t>
+          <t>Yunan Felsefe Tarihi 3. Cilt</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>750</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059872812</t>
+          <t>9786059872850</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Modern Mimarlık ve Şehircilik Tarihi</t>
+          <t>Yunan Felsefe Tarihi 5. Cilt</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>1250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059872805</t>
+          <t>9786059872812</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Sabri</t>
+          <t>Modern Mimarlık ve Şehircilik Tarihi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>580</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059872577</t>
+          <t>9786059872805</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Koçi Bey Risaleleri</t>
+          <t>İbrahim Sabri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>750</v>
+        <v>700</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059872744</t>
+          <t>9786059872577</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo - Kişi Kendi Nasıl Olur</t>
+          <t>Koçi Bey Risaleleri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>320</v>
+        <v>990</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059872607</t>
+          <t>9786059872744</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Ecce Homo - Kişi Kendi Nasıl Olur</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055272517</t>
+          <t>9786059872607</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Denizci: Kubilay Han Christabel</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059872683</t>
+          <t>9786055272517</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Liedler Kitabı</t>
+          <t>Yaşlı Denizci: Kubilay Han Christabel</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>640</v>
+        <v>530</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059872768</t>
+          <t>9786059872683</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kamuoyu</t>
+          <t>Liedler Kitabı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>580</v>
+        <v>750</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>4440000000263</t>
+          <t>9786059872768</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 7 (Ciltli)</t>
+          <t>Kamuoyu</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>6000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>4440000000266</t>
+          <t>4440000000263</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 6 (Ciltli)</t>
+          <t>Philia Volume 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>5000</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>4440000000265</t>
+          <t>4440000000266</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 5 (Ciltli)</t>
+          <t>Philia Volume 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>6000</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059872638</t>
+          <t>4440000000265</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Philanthropia - Hellenistik Dönem</t>
+          <t>Philia Volume 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>340</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059872560</t>
+          <t>9786059872638</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sokratesin Savunması</t>
+          <t>Philanthropia - Hellenistik Dönem</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059872669</t>
+          <t>9786059872560</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 2. Cilt</t>
+          <t>Sokratesin Savunması</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059872713</t>
+          <t>9786059872669</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Yunan Felsefe Tarihi 2. Cilt</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>550</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059872720</t>
+          <t>9786059872713</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Destan-ı Tevarih-i Al-i Osman</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059872652</t>
+          <t>9786059872720</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Atilla</t>
+          <t>Destan-ı Tevarih-i Al-i Osman</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>780</v>
+        <v>650</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059872515</t>
+          <t>9786059872652</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Roma Takvimi</t>
+          <t>Atilla</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>560</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059872492</t>
+          <t>9786059872515</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Farsça Sözdizimi</t>
+          <t>Roma Takvimi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>700</v>
+        <v>620</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059872355</t>
+          <t>9786059872492</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Murena Savunması</t>
+          <t>Farsça Sözdizimi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>440</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059872331</t>
+          <t>9786059872355</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Şahname 2 (Ciltli)</t>
+          <t>Murena Savunması</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>2500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055272760</t>
+          <t>9786059872331</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Büyü, Bilim ve Din</t>
+          <t>Şahname 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>500</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055272883</t>
+          <t>9786055272760</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Vahşilerin Cinsel Yaşamı Kuzeybatı Melanezya’da</t>
+          <t>Büyü, Bilim ve Din</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>620</v>
+        <v>640</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059872690</t>
+          <t>9786055272883</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Vahşilerin Cinsel Yaşamı Kuzeybatı Melanezya’da</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>300</v>
+        <v>860</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059872133</t>
+          <t>9786059872690</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Sembolleri</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>750</v>
+        <v>430</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059872102</t>
+          <t>9786059872133</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatlaşan Dünya</t>
+          <t>İnsan ve Sembolleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>460</v>
+        <v>990</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055272623</t>
+          <t>9786059872102</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Erken Devir Türk Sanatı</t>
+          <t>Edebiyatlaşan Dünya</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>780</v>
+        <v>460</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059872003</t>
+          <t>9786055272623</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Erken Devir Türk Sanatı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>440</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055272470</t>
+          <t>9786059872003</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Dram Sanatı</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>480</v>
+        <v>570</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055272548</t>
+          <t>9786055272470</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sahne Bilgisi</t>
+          <t>Dram Sanatı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>620</v>
+        <v>630</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055272654</t>
+          <t>9786055272548</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gotik Mimarlık ve Skolastik Felsefe</t>
+          <t>Sahne Bilgisi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>320</v>
+        <v>900</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055272302</t>
+          <t>9786055272654</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Godot’yu Beklerken</t>
+          <t>Gotik Mimarlık ve Skolastik Felsefe</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055272289</t>
+          <t>9786055272302</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Godot’yu Beklerken</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055272265</t>
+          <t>9786055272289</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Prens - De Principatibus</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055272999</t>
+          <t>9786055272265</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi</t>
+          <t>Prens - De Principatibus</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1200</v>
+        <v>570</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055272975</t>
+          <t>9786055272999</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ak Tanrıça</t>
+          <t>Sanat Tarihi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>450</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055272159</t>
+          <t>9786055272975</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yasalar</t>
+          <t>Ak Tanrıça</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>680</v>
-[...59 lines deleted...]
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>