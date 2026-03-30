--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,3190 +85,3355 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255621337</t>
+          <t>9789759972035</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Maitreya</t>
+          <t>James Joyce (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>570</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255621221</t>
+          <t>9789759970826</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'da Uluhi̇yyet Anlayışı</t>
+          <t>Gramer Sanatı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>555</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255621177</t>
+          <t>9786055272371</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Semahlar - Alevi Dinsel Oyunları</t>
+          <t>Savaşçının Kamerası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>530</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255621160</t>
+          <t>9786059872324</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Asya Türkiye’sinin Paylaşımı</t>
+          <t>Oikonomika</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1090</v>
+        <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255621191</t>
+          <t>9786059872010</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İskandi̇navya’daki̇ Hunlar</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>470</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255621146</t>
+          <t>9786255621306</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hattuşili</t>
+          <t>Türk Kültürünün En Erken Tarihi Lena-Yenisey Neolitik Kültürleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>890</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255621207</t>
+          <t>9786255621542</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Karaili̇k</t>
+          <t>Türkiye’de Girişimcilik Tarihsel Sosyolojik Bir Analiz</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>750</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255621078</t>
+          <t>9786255621535</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Denemeler (Ciltli)</t>
+          <t>Çok Sesli Kriz İletişimi Retoriksel Arena</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>2500</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055272821</t>
+          <t>9786255621276</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Akıl</t>
+          <t>Orfeus İçin Soneler ve Duino Ağıtları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>540</v>
+        <v>640</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255621184</t>
+          <t>9786255621368</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya Türklerinden Ömer Faik Numanzade Yaşamı ve Faaliyetleri</t>
+          <t>Batıl İtikatlara Harp İlanı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>770</v>
+        <v>570</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255621023</t>
+          <t>9786255621528</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Roma Dönemi̇’nde Doğu Trakya ve Güney Marmara Köprüleri̇</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1690</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255621108</t>
+          <t>9786255621337</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Napoléon ve Dünyanın Fethi</t>
+          <t>Maitreya</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>770</v>
+        <v>570</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255621054</t>
+          <t>9786255621221</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan</t>
+          <t>Mevlana'da Uluhi̇yyet Anlayışı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>530</v>
+        <v>555</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255621061</t>
+          <t>9786255621177</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Boyutlarıyla Alevilik</t>
+          <t>Semahlar - Alevi Dinsel Oyunları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>630</v>
+        <v>530</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255621122</t>
+          <t>9786255621160</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Latin İmparatorluğu Kuruluş Devri (1204-1216)</t>
+          <t>Asya Türkiye’sinin Paylaşımı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>600</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255621085</t>
+          <t>9786255621191</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Halkları Mitolojisi</t>
+          <t>İskandi̇navya’daki̇ Hunlar</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255621153</t>
+          <t>9786255621146</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Laodikeia Katakekaumene (Combusta) Cilt 1</t>
+          <t>Hattuşili</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>2000</v>
+        <v>890</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255621092</t>
+          <t>9786255621207</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Adriyatik'e</t>
+          <t>Karaili̇k</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>850</v>
+        <v>750</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255621115</t>
+          <t>9786255621078</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hunların Dünyası</t>
+          <t>Denemeler (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>695</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255621016</t>
+          <t>9786055272821</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mi̇marlığı Tari̇hi̇</t>
+          <t>Tarihte Akıl</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1580</v>
+        <v>540</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255621047</t>
+          <t>9786255621184</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Bellek</t>
+          <t>Kafkasya Türklerinden Ömer Faik Numanzade Yaşamı ve Faaliyetleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>770</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258214048</t>
+          <t>9786255621023</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik, Kültür ve Mit</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>850</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059872072</t>
+          <t>9786255621108</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ'da Dinsel Sapkınlıklar</t>
+          <t>Napoléon ve Dünyanın Fethi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1300</v>
+        <v>770</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258214024</t>
+          <t>9786255621054</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Duyarlıklı Siyaset/Felsefe Yazıları</t>
+          <t>Eski Yunan</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>690</v>
+        <v>530</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059872256</t>
+          <t>9786255621061</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Doğu Rönesans Edebi̇yatı Tari̇hi̇</t>
+          <t>Toplumsal Boyutlarıyla Alevilik</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>790</v>
+        <v>630</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255621030</t>
+          <t>9786255621122</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Evrimin Türkiye’deki Öyküsü</t>
+          <t>İstanbul Latin İmparatorluğu Kuruluş Devri (1204-1216)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>555</v>
+        <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059872232</t>
+          <t>9786255621085</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hamzavi'nin İskendername’si I (Ciltli)</t>
+          <t>Ermeni Halkları Mitolojisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>2500</v>
+        <v>470</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059872164</t>
+          <t>9786255621153</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hamzavi'nin İskendername’si II (Ciltli)</t>
+          <t>Laodikeia Katakekaumene (Combusta) Cilt 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>3600</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258214963</t>
+          <t>9786255621092</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Nüzhetü'l-Uşşâk</t>
+          <t>İstanbul’dan Adriyatik'e</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>790</v>
+        <v>850</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255621009</t>
+          <t>9786255621115</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Tasviri Avrupa</t>
+          <t>Hunların Dünyası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>695</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059872737</t>
+          <t>9786255621016</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dili</t>
+          <t>Osmanlı Mi̇marlığı Tari̇hi̇</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1690</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059872195</t>
+          <t>9786255621047</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya (Ciltli)</t>
+          <t>Zaman ve Bellek</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>3500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059872522</t>
+          <t>9786258214048</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Duyarlıklı Felsefe/Siyaset Yazıları</t>
+          <t>Cinsellik, Kültür ve Mit</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>690</v>
+        <v>850</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059872263</t>
+          <t>9786059872072</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İklim Felsefesi</t>
+          <t>Ortaçağ'da Dinsel Sapkınlıklar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>630</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059872553</t>
+          <t>9786258214024</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Teslis Karşıtı Bir Hristiyan Emanuel Swedenborg</t>
+          <t>Psikanalitik Duyarlıklı Siyaset/Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>555</v>
+        <v>690</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258214901</t>
+          <t>9786059872256</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dost Bağında Kızıl Elma/ Alevi Bektaşi Şiirinde Semboller</t>
+          <t>Orta Çağ Doğu Rönesans Edebi̇yatı Tari̇hi̇</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>550</v>
+        <v>790</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258214017</t>
+          <t>9786255621030</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Dönemi’nde Muhalif Düşünce</t>
+          <t>Evrimin Türkiye’deki Öyküsü</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>555</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258214031</t>
+          <t>9786059872232</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Evlilik</t>
+          <t>Hamzavi'nin İskendername’si I (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059872171</t>
+          <t>9786059872164</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Politik Anlatı Sanatı</t>
+          <t>Hamzavi'nin İskendername’si II (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1250</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059872157</t>
+          <t>9786258214963</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İhsan Oktay Anar’ın Romanları Kahramanın Sonsuz Yolculuğu ve Seyr ü Sülûk</t>
+          <t>Nüzhetü'l-Uşşâk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>750</v>
+        <v>790</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258214956</t>
+          <t>9786255621009</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hitit Nehir Tanrı(ça)ları</t>
+          <t>Yeryüzünün Tasviri Avrupa</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258214871</t>
+          <t>9786059872737</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kilisenin Muhafızı/ Başmelek Aziz Mikâil</t>
+          <t>Türklerin Dili</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>1690</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055272616</t>
+          <t>9786059872195</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ziyai Yusuf (Yusuf Can'ın) Yusuf ile Züleyha Mesnevisi</t>
+          <t>Küçük Asya (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1100</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258214918</t>
+          <t>9786059872522</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kahinden Filozofa Herakleitos Düşüncesinde Logos Fragmanları</t>
+          <t>Psikanalitik Duyarlıklı Felsefe/Siyaset Yazıları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>430</v>
+        <v>690</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258214949</t>
+          <t>9786059872263</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Şiirin İzdüşümünde Filistin</t>
+          <t>İklim Felsefesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>470</v>
+        <v>630</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258214598</t>
+          <t>9786059872553</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dijital Beşeri Bilimlerin Öncüsü-Dijital Arkeoloji Stratejisi</t>
+          <t>Teslis Karşıtı Bir Hristiyan Emanuel Swedenborg</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>530</v>
+        <v>555</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258214994</t>
+          <t>9786258214901</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dini</t>
+          <t>Dost Bağında Kızıl Elma/ Alevi Bektaşi Şiirinde Semboller</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>660</v>
+        <v>550</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258214932</t>
+          <t>9786258214017</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağ Tasvir Sanatında Müzik ve Müzik Aletleri</t>
+          <t>Osmanlılar Dönemi’nde Muhalif Düşünce</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>600</v>
+        <v>555</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258214925</t>
+          <t>9786258214031</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türk içki Geleneği</t>
+          <t>Dünden Bugüne Evlilik</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258214314</t>
+          <t>9786059872171</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tevrat'ı Kim Yazdı?</t>
+          <t>Politik Anlatı Sanatı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>690</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258214970</t>
+          <t>9786059872157</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi</t>
+          <t>İhsan Oktay Anar’ın Romanları Kahramanın Sonsuz Yolculuğu ve Seyr ü Sülûk</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>570</v>
+        <v>750</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258214987</t>
+          <t>9786258214956</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Hitit Nehir Tanrı(ça)ları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>555</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258214888</t>
+          <t>9786258214871</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Gizemi</t>
+          <t>Kilisenin Muhafızı/ Başmelek Aziz Mikâil</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>555</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258214895</t>
+          <t>9786055272616</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Azize Thecla</t>
+          <t>Ziyai Yusuf (Yusuf Can'ın) Yusuf ile Züleyha Mesnevisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>600</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258214673</t>
+          <t>9786258214918</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinema Tarihi (Ciltli)</t>
+          <t>Kahinden Filozofa Herakleitos Düşüncesinde Logos Fragmanları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>3500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258214826</t>
+          <t>9786258214949</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Basınında Türkiye'de Tek Parti Dönemi</t>
+          <t>Tarih ve Şiirin İzdüşümünde Filistin</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>850</v>
+        <v>470</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258214819</t>
+          <t>9786258214598</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türk İmgesi</t>
+          <t>Dijital Beşeri Bilimlerin Öncüsü-Dijital Arkeoloji Stratejisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1250</v>
+        <v>530</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258214802</t>
+          <t>9786258214994</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka</t>
+          <t>Türklerin Dini</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1200</v>
+        <v>660</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258214864</t>
+          <t>9786258214932</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Botların Gölgesinde Siyaset Bilişimsel Propaganda</t>
+          <t>Eski Çağ Tasvir Sanatında Müzik ve Müzik Aletleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>470</v>
+        <v>600</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258214840</t>
+          <t>9786258214925</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Gizli Yaşamı</t>
+          <t>Türk içki Geleneği</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258214857</t>
+          <t>9786258214314</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Sineması ve Deleuze Felsefesi</t>
+          <t>Tevrat'ı Kim Yazdı?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>900</v>
+        <v>690</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258214833</t>
+          <t>9786258214970</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Musika-i Hümayun</t>
+          <t>Bilim Tarihi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>990</v>
+        <v>570</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059872775</t>
+          <t>9786258214987</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Deniz Savaşları Hakkında Büyüklere Armağan Tuhfetü’l-Kibâr Fî Esfâri’l-Bihâr</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1000</v>
+        <v>555</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055272982</t>
+          <t>9786258214888</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Türkçenin Gizemi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>1100</v>
+        <v>555</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258214727</t>
+          <t>9786258214895</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hafıza ve İmgelem</t>
+          <t>Azize Thecla</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>630</v>
+        <v>600</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258214581</t>
+          <t>9786258214673</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi Yazıları</t>
+          <t>Dünya Sinema Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>530</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258214789</t>
+          <t>9786258214826</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türk Tançıra</t>
+          <t>Amerikan Basınında Türkiye'de Tek Parti Dönemi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>550</v>
+        <v>850</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258214796</t>
+          <t>9786258214819</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mehter</t>
+          <t>Türk İmgesi</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>1250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258214758</t>
+          <t>9786258214802</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İran Yahudileri</t>
+          <t>Zümrüdüanka</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>630</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258214741</t>
+          <t>9786258214864</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İpek Çağı Toplumlar, Ticaret ve Krizler</t>
+          <t>Botların Gölgesinde Siyaset Bilişimsel Propaganda</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>600</v>
+        <v>470</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258214765</t>
+          <t>9786258214840</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tac Mahal Aynadaki Aşk</t>
+          <t>Bitkilerin Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>695</v>
+        <v>750</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258214710</t>
+          <t>9786258214857</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Altay Destanlarında Kutsal Ekoloji</t>
+          <t>Yeni Türk Sineması ve Deleuze Felsefesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258214734</t>
+          <t>9786258214833</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Prehistoryası</t>
+          <t>Musika-i Hümayun</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>640</v>
+        <v>990</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059872393</t>
+          <t>9786059872775</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lugati't-Türk</t>
+          <t>Deniz Savaşları Hakkında Büyüklere Armağan Tuhfetü’l-Kibâr Fî Esfâri’l-Bihâr</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055272173</t>
+          <t>9786055272982</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Menkıbeleri</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1690</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055272340</t>
+          <t>9786258214727</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İnsan Anlığı Üzerine Bir Deneme</t>
+          <t>Hafıza ve İmgelem</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>850</v>
+        <v>630</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258214697</t>
+          <t>9786258214581</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>The Greek and Latin Inscriptions In The Isparta Archaeological Museum (Ciltli)</t>
+          <t>Bilim Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>6000</v>
+        <v>530</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258214680</t>
+          <t>9786258214789</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hurri Kültürünün Tunçtan Tanrısal Heykelcikleri (Ciltli)</t>
+          <t>Türk Tançıra</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>9900</v>
+        <v>550</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258214543</t>
+          <t>9786258214796</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Özbek Sözlü Geleneğinde Masallar</t>
+          <t>Mehter</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1450</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258214536</t>
+          <t>9786258214758</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Roma Egemenliğinde Bıthynia</t>
+          <t>İran Yahudileri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>850</v>
+        <v>630</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258214659</t>
+          <t>9786258214741</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Klimatoloji ve Çin Kaynaklarında Gök-Türk Çağında İklim Krizi</t>
+          <t>İpek Çağı Toplumlar, Ticaret ve Krizler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>530</v>
+        <v>600</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258214642</t>
+          <t>9786258214765</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Kamu</t>
+          <t>Tac Mahal Aynadaki Aşk</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>430</v>
+        <v>695</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258214635</t>
+          <t>9786258214710</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Boşluğa Açılan Kapı</t>
+          <t>Altay Destanlarında Kutsal Ekoloji</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>850</v>
+        <v>600</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258214666</t>
+          <t>9786258214734</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yüreklendiren Sözler Words of Encouragement - Kassia</t>
+          <t>Türklerin Prehistoryası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>3000</v>
+        <v>640</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258214475</t>
+          <t>9786059872393</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Britannicus</t>
+          <t>Divanü Lugati't-Türk</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>430</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258214482</t>
+          <t>9786055272173</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bilinmesi Gerekenlere Dair El Kitabı</t>
+          <t>Ariflerin Menkıbeleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>440</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059872379</t>
+          <t>9786055272340</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Oikonomika</t>
+          <t>İnsan Anlığı Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>900</v>
+        <v>850</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258214529</t>
+          <t>9786258214697</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Roma İmparatorluğu'nda Maniheizm Hıristiyanlığa Rakip Konuma Yükselişi ve Düşüşü</t>
+          <t>The Greek and Latin Inscriptions In The Isparta Archaeological Museum (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>690</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258214567</t>
+          <t>9786258214680</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Dini ve Rahiplik</t>
+          <t>Hurri Kültürünün Tunçtan Tanrısal Heykelcikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>700</v>
+        <v>9900</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>4440000000264</t>
+          <t>9786258214543</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 4 (Ciltli)</t>
+          <t>Özbek Sözlü Geleneğinde Masallar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>5000</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059872461</t>
+          <t>9786258214536</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mısır Tarihi</t>
+          <t>Roma Egemenliğinde Bıthynia</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>570</v>
+        <v>850</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059872065</t>
+          <t>9786258214659</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kant Üzerine Dört Ders</t>
+          <t>Klimatoloji ve Çin Kaynaklarında Gök-Türk Çağında İklim Krizi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>440</v>
+        <v>530</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055272494</t>
+          <t>9786258214642</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Öyküsü</t>
+          <t>Hayalet Kamu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055272708</t>
+          <t>9786258214635</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mısır Bilime Giriş</t>
+          <t>Boşluğa Açılan Kapı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>555</v>
+        <v>850</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059872645</t>
+          <t>9786258214666</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig (Ciltli)</t>
+          <t>Yüreklendiren Sözler Words of Encouragement - Kassia</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>4000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055272258</t>
+          <t>9786258214475</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi</t>
+          <t>Britannicus</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>850</v>
+        <v>430</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055272845</t>
+          <t>9786258214482</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İslam Açısından Müzik ve Sema</t>
+          <t>Bilinmesi Gerekenlere Dair El Kitabı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>990</v>
+        <v>440</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056572043</t>
+          <t>9786059872379</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Evliya Tezkireleri (Ciltli)</t>
+          <t>Oikonomika</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>1690</v>
+        <v>900</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789759971915</t>
+          <t>9786258214529</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İşte Böyle Dedi Zerdüşt</t>
+          <t>Roma İmparatorluğu'nda Maniheizm Hıristiyanlığa Rakip Konuma Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>695</v>
+        <v>690</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055272036</t>
+          <t>9786258214567</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Terimleri Sözlüğü</t>
+          <t>Mezopotamya Dini ve Rahiplik</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789759971441</t>
+          <t>4440000000264</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Şahname 1 (Ciltli)</t>
+          <t>Philia Volume 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>2800</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059872249</t>
+          <t>9786059872461</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sümerlerin Kurnaz Tanrısı Enki</t>
+          <t>Mısır Tarihi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>790</v>
+        <v>570</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055272067</t>
+          <t>9786059872065</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Minyatür Sanatı</t>
+          <t>Kant Üzerine Dört Ders</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>990</v>
+        <v>440</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059872751</t>
+          <t>9786055272494</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bir Kültür Teorisi</t>
+          <t>Mimarlığın Öyküsü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>555</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055272012</t>
+          <t>9786055272708</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Arthur’un Ölümü</t>
+          <t>Mısır Bilime Giriş</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1450</v>
+        <v>555</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059872799</t>
+          <t>9786059872645</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Soykütüğü</t>
+          <t>Kutadgu Bilig (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>495</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055272852</t>
+          <t>9786055272258</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles</t>
+          <t>İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>790</v>
+        <v>850</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059872485</t>
+          <t>9786055272845</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Divanı Şerhi</t>
+          <t>İslam Açısından Müzik ve Sema</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>790</v>
+        <v>990</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059872362</t>
+          <t>9786056572043</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>L. Catilina Söylevi</t>
+          <t>Evliya Tezkireleri (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>480</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059872706</t>
+          <t>9789759971915</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kefh Yedi Uyurlar</t>
+          <t>İşte Böyle Dedi Zerdüşt</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>570</v>
+        <v>695</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258214611</t>
+          <t>9786055272036</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar</t>
+          <t>Tasavvuf Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>350</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258214574</t>
+          <t>9789759971441</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kök Mengü-il</t>
+          <t>Şahname 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>630</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258214550</t>
+          <t>9786059872249</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ontolojik Belirlenimler, Benzerlikler ve Mitolojik Kökenler</t>
+          <t>Sümerlerin Kurnaz Tanrısı Enki</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>555</v>
+        <v>790</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055272814</t>
+          <t>9786055272067</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Anabasis - Onbinlerin Dönüşü</t>
+          <t>Osmanlı Minyatür Sanatı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>850</v>
+        <v>990</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258214451</t>
+          <t>9786059872751</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hegemonik Kültürleşme ve Reklam</t>
+          <t>Bilimsel Bir Kültür Teorisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>700</v>
+        <v>555</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258214222</t>
+          <t>9786055272012</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojik İstihbarat ve Diplomasi</t>
+          <t>Arthur’un Ölümü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>600</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258214512</t>
+          <t>9786059872799</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun  İktidar  Paradigmaları</t>
+          <t>Ahlakın Soykütüğü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>530</v>
+        <v>495</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258214505</t>
+          <t>9786055272852</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sümerler</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>530</v>
+        <v>790</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258214499</t>
+          <t>9786059872485</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Vakitler Çin’de</t>
+          <t>Niyazi-i Mısri Divanı Şerhi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>790</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258214468</t>
+          <t>9786059872362</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Oyun Yazma Sanatı</t>
+          <t>L. Catilina Söylevi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>680</v>
+        <v>480</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258214291</t>
+          <t>9786059872706</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Germanikopolis (Ermenek) Nekropolisi Dağlık Kilikia / Isauria</t>
+          <t>Ashab-ı Kefh Yedi Uyurlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>770</v>
+        <v>570</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258214376</t>
+          <t>9786258214611</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hayal (Ciltli)</t>
+          <t>Kıssalar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>2500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258214338</t>
+          <t>9786258214574</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türk-Altay Kuramı (Ciltli)</t>
+          <t>Kök Mengü-il</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>3200</v>
+        <v>630</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258214437</t>
+          <t>9786258214550</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tarkovski Kitabı</t>
+          <t>Ontolojik Belirlenimler, Benzerlikler ve Mitolojik Kökenler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>700</v>
+        <v>555</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258214420</t>
+          <t>9786055272814</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Samuel Beckett’in Adlandırılamaz Tiyatrosu</t>
+          <t>Anabasis - Onbinlerin Dönüşü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>695</v>
+        <v>850</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258214444</t>
+          <t>9786258214451</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Polis Modern Devletin Siyasal Kökenleri</t>
+          <t>Hegemonik Kültürleşme ve Reklam</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258214345</t>
+          <t>9786258214222</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sami Halkların Mitolojisi</t>
+          <t>Arkeolojik İstihbarat ve Diplomasi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>850</v>
+        <v>600</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258214369</t>
+          <t>9786258214512</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazma Arasında İki Cenkname - Selasil Kalesi ve Tabut Cengi</t>
+          <t>Doğu’nun  İktidar  Paradigmaları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>470</v>
+        <v>530</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258214352</t>
+          <t>9786258214505</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Halkların Evriminin Psikolojik Yasaları</t>
+          <t>Sümerler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>470</v>
+        <v>530</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258214321</t>
+          <t>9786258214499</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Apostolik Kriptografi ve Ritüel Mimarinin Oluşumu</t>
+          <t>Bir Vakitler Çin’de</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258214307</t>
+          <t>9786258214468</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Moğollarda Psikolojik Harp ve İşkence Teknikleri</t>
+          <t>Oyun Yazma Sanatı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>690</v>
+        <v>680</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258214260</t>
+          <t>9786258214291</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Esiri Cervantes</t>
+          <t>Germanikopolis (Ermenek) Nekropolisi Dağlık Kilikia / Isauria</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>660</v>
+        <v>770</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258214284</t>
+          <t>9786258214376</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Tasviri - Asya (Ciltli)</t>
+          <t>Hayal (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>600</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>4440000003311</t>
+          <t>9786258214338</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 8 (Ciltli)</t>
+          <t>Türk-Altay Kuramı (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>6000</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258214192</t>
+          <t>9786258214437</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname</t>
+          <t>Tarkovski Kitabı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>1690</v>
+        <v>700</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059872928</t>
+          <t>9786258214420</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Bilgisi</t>
+          <t>Samuel Beckett’in Adlandırılamaz Tiyatrosu</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1800</v>
+        <v>695</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059872942</t>
+          <t>9786258214444</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Sözlüğü</t>
+          <t>Polis Modern Devletin Siyasal Kökenleri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>2400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059872225</t>
+          <t>9786258214345</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Trabzonlu İrene</t>
+          <t>Sami Halkların Mitolojisi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>960</v>
+        <v>850</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258214208</t>
+          <t>9786258214369</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Spiritizma 'Aleyhinde</t>
+          <t>Bir Yazma Arasında İki Cenkname - Selasil Kalesi ve Tabut Cengi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>430</v>
+        <v>470</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258214185</t>
+          <t>9786258214352</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Germanikopolis Üzüm Presleri</t>
+          <t>Halkların Evriminin Psikolojik Yasaları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>800</v>
+        <v>470</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258214215</t>
+          <t>9786258214321</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Avrasya Kaya Resimlerinde Türk Kültür ve Mitolojisi</t>
+          <t>Apostolik Kriptografi ve Ritüel Mimarinin Oluşumu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258214253</t>
+          <t>9786258214307</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Teslis Karşıtı Bir Hıristiyan Michael Servetus</t>
+          <t>Moğollarda Psikolojik Harp ve İşkence Teknikleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>680</v>
+        <v>690</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258214246</t>
+          <t>9786258214260</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Eski İran'da Rahipler</t>
+          <t>Türklerin Esiri Cervantes</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>850</v>
+        <v>660</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258214161</t>
+          <t>9786258214284</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sümer ve Akad Tarihi</t>
+          <t>Yeryüzünün Tasviri - Asya (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>790</v>
+        <v>600</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258214178</t>
+          <t>4440000003311</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sümer Sanatının Gelişimi</t>
+          <t>Philia Volume 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>470</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258214000</t>
+          <t>9786258214192</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Adorno’da Kitleselleşmiş Bilinç ve Kültür Endüstrisi</t>
+          <t>Seyahatname</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>530</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258214130</t>
+          <t>9786059872928</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Marcus Gavius Apicius’un Mutfak Kültürü Hakkındaki 10 Kitabı</t>
+          <t>Türk Dil Bilgisi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>600</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258214154</t>
+          <t>9786059872942</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer Felsefesi ve Sinema - Anti Varoluşçuluk: Zeki Demirkubuz Filmleri</t>
+          <t>Mitoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>750</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258214116</t>
+          <t>9786059872225</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Mimari Buluntuların Korunması ve Onarılması - Malzeme, Sorunlar ve Temel Uygulamalar</t>
+          <t>Trabzonlu İrene</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>530</v>
+        <v>960</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258214123</t>
+          <t>9786258214208</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya’da Ekmek - Üretim, Tüketim, Kültür ve İnanç</t>
+          <t>Spiritizma 'Aleyhinde</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>790</v>
+        <v>430</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059872997</t>
+          <t>9786258214185</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Doğu Dağlık Kilikia Kaya Anıtlarında Mimari Tasarımlar</t>
+          <t>Germanikopolis Üzüm Presleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>470</v>
+        <v>800</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258214093</t>
+          <t>9786258214215</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sümerlerden Perslere Eski Çağda Diplomatik Elçilik</t>
+          <t>Avrasya Kaya Resimlerinde Türk Kültür ve Mitolojisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258214109</t>
+          <t>9786258214253</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Oluz Höyük Geç Demir Çağı Bulguları Işığında Zerdüştîliğin Anadolu’daki Yayılımı</t>
+          <t>Teslis Karşıtı Bir Hıristiyan Michael Servetus</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>650</v>
+        <v>680</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258214079</t>
+          <t>9786258214246</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Eril Kültür</t>
+          <t>Eski İran'da Rahipler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>555</v>
+        <v>850</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258214062</t>
+          <t>9786258214161</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Davranışçılık Üzerine Seçilmiş Eserler 1896-1929</t>
+          <t>Sümer ve Akad Tarihi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>790</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059872980</t>
+          <t>9786258214178</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Belirginleşen Kamuoyu</t>
+          <t>Sümer Sanatının Gelişimi</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258214086</t>
+          <t>9786258214000</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Genovefa Hikayesi</t>
+          <t>Adorno’da Kitleselleşmiş Bilinç ve Kültür Endüstrisi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>470</v>
+        <v>530</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258214147</t>
+          <t>9786258214130</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Korsanlıktan Sultanlığa</t>
+          <t>Marcus Gavius Apicius’un Mutfak Kültürü Hakkındaki 10 Kitabı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>900</v>
+        <v>600</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059872881</t>
+          <t>9786258214154</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunanca-Türkçe Sözlük (Ciltli)</t>
+          <t>Schopenhauer Felsefesi ve Sinema - Anti Varoluşçuluk: Zeki Demirkubuz Filmleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>1600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059872836</t>
+          <t>9786258214116</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hint Buddhizmi’nin Tarihi</t>
+          <t>Mimari Buluntuların Korunması ve Onarılması - Malzeme, Sorunlar ve Temel Uygulamalar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>440</v>
+        <v>530</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059872973</t>
+          <t>9786258214123</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Doğu, Batı ve Türkiye Sinemasında Din</t>
+          <t>Mezopotamya’da Ekmek - Üretim, Tüketim, Kültür ve İnanç</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>700</v>
+        <v>790</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059872959</t>
+          <t>9786059872997</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiirinde Hayvan İmgesi</t>
+          <t>Doğu Dağlık Kilikia Kaya Anıtlarında Mimari Tasarımlar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>1350</v>
+        <v>470</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059872591</t>
+          <t>9786258214093</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Şahmaran</t>
+          <t>Sümerlerden Perslere Eski Çağda Diplomatik Elçilik</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>850</v>
+        <v>600</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059872508</t>
+          <t>9786258214109</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kral Deiotaros Savunması</t>
+          <t>Oluz Höyük Geç Demir Çağı Bulguları Işığında Zerdüştîliğin Anadolu’daki Yayılımı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059872911</t>
+          <t>9786258214079</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mitsel İmge</t>
+          <t>Eril Kültür</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>1350</v>
+        <v>555</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059872904</t>
+          <t>9786258214062</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yeni Şiirler 1907 (Ciltli)</t>
+          <t>Sosyal Davranışçılık Üzerine Seçilmiş Eserler 1896-1929</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059872935</t>
+          <t>9786059872980</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Öğrettikleri</t>
+          <t>Belirginleşen Kamuoyu</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>440</v>
+        <v>470</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059872898</t>
+          <t>9786258214086</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Türk Dini Düşüncesinde Modern Siyasi Kavramların Dönüşümü</t>
+          <t>Genovefa Hikayesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>650</v>
+        <v>470</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059872676</t>
+          <t>9786258214147</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 1. Cilt</t>
+          <t>Korsanlıktan Sultanlığa</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>1250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059872874</t>
+          <t>9786059872881</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Tutulmak</t>
+          <t>Eski Yunanca-Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>600</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059872867</t>
+          <t>9786059872836</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 6. Cilt</t>
+          <t>Hint Buddhizmi’nin Tarihi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>1100</v>
+        <v>440</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059872843</t>
+          <t>9786059872973</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 4. Cilt</t>
+          <t>Doğu, Batı ve Türkiye Sinemasında Din</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>1300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059872584</t>
+          <t>9786059872959</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 3. Cilt</t>
+          <t>Modern Türk Şiirinde Hayvan İmgesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>1250</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059872850</t>
+          <t>9786059872591</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 5. Cilt</t>
+          <t>Şahmaran</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>1250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059872812</t>
+          <t>9786059872508</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Modern Mimarlık ve Şehircilik Tarihi</t>
+          <t>Kral Deiotaros Savunması</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>1690</v>
+        <v>350</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059872805</t>
+          <t>9786059872911</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Sabri</t>
+          <t>Mitsel İmge</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>700</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059872577</t>
+          <t>9786059872904</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Koçi Bey Risaleleri</t>
+          <t>Yeni Şiirler 1907 (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>990</v>
+        <v>600</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059872744</t>
+          <t>9786059872935</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo - Kişi Kendi Nasıl Olur</t>
+          <t>Yaşamın Öğrettikleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>430</v>
+        <v>440</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059872607</t>
+          <t>9786059872898</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Türk Dini Düşüncesinde Modern Siyasi Kavramların Dönüşümü</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055272517</t>
+          <t>9786059872676</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Denizci: Kubilay Han Christabel</t>
+          <t>Yunan Felsefe Tarihi 1. Cilt</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>530</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059872683</t>
+          <t>9786059872874</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Liedler Kitabı</t>
+          <t>Ölüme Tutulmak</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059872768</t>
+          <t>9786059872867</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kamuoyu</t>
+          <t>Yunan Felsefe Tarihi 6. Cilt</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>700</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>4440000000263</t>
+          <t>9786059872843</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 7 (Ciltli)</t>
+          <t>Yunan Felsefe Tarihi 4. Cilt</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>6000</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>4440000000266</t>
+          <t>9786059872584</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 6 (Ciltli)</t>
+          <t>Yunan Felsefe Tarihi 3. Cilt</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>6000</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>4440000000265</t>
+          <t>9786059872850</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Philia Volume 5 (Ciltli)</t>
+          <t>Yunan Felsefe Tarihi 5. Cilt</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>6000</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059872638</t>
+          <t>9786059872812</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Philanthropia - Hellenistik Dönem</t>
+          <t>Modern Mimarlık ve Şehircilik Tarihi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>370</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059872560</t>
+          <t>9786059872805</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sokratesin Savunması</t>
+          <t>İbrahim Sabri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059872669</t>
+          <t>9786059872577</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yunan Felsefe Tarihi 2. Cilt</t>
+          <t>Koçi Bey Risaleleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>1250</v>
+        <v>990</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059872713</t>
+          <t>9786059872744</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Ecce Homo - Kişi Kendi Nasıl Olur</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>750</v>
+        <v>430</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059872720</t>
+          <t>9786059872607</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Destan-ı Tevarih-i Al-i Osman</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059872652</t>
+          <t>9786055272517</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Atilla</t>
+          <t>Yaşlı Denizci: Kubilay Han Christabel</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>1200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059872515</t>
+          <t>9786059872683</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Roma Takvimi</t>
+          <t>Liedler Kitabı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>620</v>
+        <v>750</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059872492</t>
+          <t>9786059872768</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Farsça Sözdizimi</t>
+          <t>Kamuoyu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>1000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059872355</t>
+          <t>4440000000263</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Murena Savunması</t>
+          <t>Philia Volume 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>480</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059872331</t>
+          <t>4440000000266</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Şahname 2 (Ciltli)</t>
+          <t>Philia Volume 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>3350</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055272760</t>
+          <t>4440000000265</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Büyü, Bilim ve Din</t>
+          <t>Philia Volume 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>640</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055272883</t>
+          <t>9786059872638</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Vahşilerin Cinsel Yaşamı Kuzeybatı Melanezya’da</t>
+          <t>Philanthropia - Hellenistik Dönem</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>860</v>
+        <v>370</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059872690</t>
+          <t>9786059872560</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Sokratesin Savunması</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059872133</t>
+          <t>9786059872669</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Sembolleri</t>
+          <t>Yunan Felsefe Tarihi 2. Cilt</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>990</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059872102</t>
+          <t>9786059872713</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatlaşan Dünya</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>460</v>
+        <v>750</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055272623</t>
+          <t>9786059872720</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Erken Devir Türk Sanatı</t>
+          <t>Destan-ı Tevarih-i Al-i Osman</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>1250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059872003</t>
+          <t>9786059872652</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Atilla</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>570</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055272470</t>
+          <t>9786059872515</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Dram Sanatı</t>
+          <t>Roma Takvimi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>630</v>
+        <v>620</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055272548</t>
+          <t>9786059872492</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sahne Bilgisi</t>
+          <t>Farsça Sözdizimi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055272654</t>
+          <t>9786059872355</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Gotik Mimarlık ve Skolastik Felsefe</t>
+          <t>Murena Savunması</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>430</v>
+        <v>480</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055272302</t>
+          <t>9786059872331</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Godot’yu Beklerken</t>
+          <t>Şahname 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>450</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055272289</t>
+          <t>9786055272760</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Büyü, Bilim ve Din</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>950</v>
+        <v>640</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055272265</t>
+          <t>9786055272883</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Prens - De Principatibus</t>
+          <t>Vahşilerin Cinsel Yaşamı Kuzeybatı Melanezya’da</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>570</v>
+        <v>860</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055272999</t>
+          <t>9786059872690</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>1400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
+          <t>9786059872133</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>İnsan ve Sembolleri</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786059872102</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatlaşan Dünya</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786055272623</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Erken Devir Türk Sanatı</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786059872003</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Totem ve Tabu</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786055272470</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Dram Sanatı</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786055272548</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Sahne Bilgisi</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786055272654</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Gotik Mimarlık ve Skolastik Felsefe</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786055272302</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Godot’yu Beklerken</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786055272289</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Suç ve Ceza</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786055272265</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Prens - De Principatibus</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786055272999</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Tarihi</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
           <t>9786055272975</t>
         </is>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Ak Tanrıça</t>
         </is>
       </c>
-      <c r="C211" s="1">
+      <c r="C222" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>