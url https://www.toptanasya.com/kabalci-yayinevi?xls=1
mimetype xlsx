--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,325 +85,430 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789759971755</t>
+          <t>9786255621375</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Anabasis - Onbinlerin Dönüşü</t>
+          <t>Antik Mezopotamya’nin Çi̇vi̇ Yazılı Meti̇nleri̇ İle Kuran’ın 100 Ortak Özelli̇ği̇</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>700</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757942566</t>
+          <t>9786255621269</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Kısırdöngü</t>
+          <t>Strateji̇k Göç İletişim Yöntemleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789759970017</t>
+          <t>9786255621252</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Seks ve Korku Sineması</t>
+          <t>Suri̇ye İç Savaşı Suriyeli Belgeselcilerin Kamerasından</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>330</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789759972110</t>
+          <t>9786255621344</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Zaman, Görünüş ve Kiplik</t>
+          <t>Osmanlı’da Köpekler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258214604</t>
+          <t>9786255621283</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aras Havzası II</t>
+          <t>Türk Ocakları 1949-1970</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>800</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258214413</t>
+          <t>9786255621320</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nikaia: emenlik Alanı Epigrafik-Tarihi, Coğrafya Araştırmaları II. Gölpazarı (Tattaios) (Bilecik)</t>
+          <t>Antropolojiye Giriş Dersleri Geleceğin Antropolojisi için On Bir Ders</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>2400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789759971281</t>
+          <t>9786255621290</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Surname (Ciltli)</t>
+          <t>Kudüs Haçlı Krallığı'nda Toplum 1099-1291</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1000</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059872201</t>
+          <t>9789759971755</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Güçler Rehberi</t>
+          <t>Anabasis - Onbinlerin Dönüşü</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059872287</t>
+          <t>9789757942566</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar</t>
+          <t>Nietzsche ve Kısırdöngü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>580</v>
+        <v>360</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789759972011</t>
+          <t>9789759970017</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Bilgisi</t>
+          <t>Avrupa Seks ve Korku Sineması</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1800</v>
+        <v>330</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059872430</t>
+          <t>9789759972110</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Camiu’D-Düvel Selçuklular Tarihi 2. Cilt</t>
+          <t>Türkçede Zaman, Görünüş ve Kiplik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>780</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059872423</t>
+          <t>9786258214604</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Camiu’D-Düvel Selçuklular Tarihi 1. Cilt</t>
+          <t>Aras Havzası II</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>780</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258214772</t>
+          <t>9786258214413</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Prolegomena Gelecekte bilim olarak ortaya çıkabilecek her metafiziğe dair Önsözler</t>
+          <t>Nikaia: emenlik Alanı Epigrafik-Tarihi, Coğrafya Araştırmaları II. Gölpazarı (Tattaios) (Bilecik)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>370</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055272906</t>
+          <t>9789759971281</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Gemi Tasvirleri</t>
+          <t>Surname (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059872621</t>
+          <t>9786059872201</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Goştaspname</t>
+          <t>Paranormal Güçler Rehberi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>40</v>
+        <v>700</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789759972103</t>
+          <t>9786059872287</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sylvie ve Bruno</t>
+          <t>Kıssalar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>35</v>
+        <v>700</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059872454</t>
+          <t>9789759972011</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Şehitlik</t>
+          <t>Türk Dil Bilgisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055272739</t>
+          <t>9786059872430</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Türk Ticaret Kanunu ve İcra ve İflas Kanunu’na Göre İflasın Ertelenmesi ve Hukuki Sonuçları (Ciltli)</t>
+          <t>Camiu’D-Düvel Selçuklular Tarihi 2. Cilt</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>50</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
+          <t>9786059872423</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Camiu’D-Düvel Selçuklular Tarihi 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786258214772</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Prolegomena Gelecekte bilim olarak ortaya çıkabilecek her metafiziğe dair Önsözler</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786055272906</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Gemi Tasvirleri</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786059872621</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Goştaspname</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9789759972103</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ve Bruno</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786059872454</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Şehitlik</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786055272739</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>6102 Sayılı Türk Ticaret Kanunu ve İcra ve İflas Kanunu’na Göre İflasın Ertelenmesi ve Hukuki Sonuçları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
           <t>9789759970789</t>
         </is>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Zeynep’in Tiyatro Kitabı</t>
         </is>
       </c>
-      <c r="C20" s="1">
+      <c r="C27" s="1">
         <v>25</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>