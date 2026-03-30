--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,430 +85,5605 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255621375</t>
+          <t>9786255621566</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Antik Mezopotamya’nin Çi̇vi̇ Yazılı Meti̇nleri̇ İle Kuran’ın 100 Ortak Özelli̇ği̇</t>
+          <t>Atlantik’e Bakan Gözler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1170</v>
+        <v>885</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255621269</t>
+          <t>9786059872966</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Strateji̇k Göç İletişim Yöntemleri</t>
+          <t>Roma Dini ve İnancı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1335</v>
+        <v>990</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255621252</t>
+          <t>9786255621603</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Suri̇ye İç Savaşı Suriyeli Belgeselcilerin Kamerasından</t>
+          <t>Göktürk Devleti</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1210</v>
+        <v>625</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255621344</t>
+          <t>9786255621573</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Köpekler</t>
+          <t>Aras - Türk ve  Kars Cumhuriyeti (1918-1921)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1300</v>
+        <v>980</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255621283</t>
+          <t>9786255621597</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türk Ocakları 1949-1970</t>
+          <t>Ellilütu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>2000</v>
+        <v>990</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255621320</t>
+          <t>9786258214277</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Antropolojiye Giriş Dersleri Geleceğin Antropolojisi için On Bir Ders</t>
+          <t>A Reflection of the Past and a Glimpse to the Future: Religion and Ritual in Anatolian Archaeology</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>850</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255621290</t>
+          <t>9789758240531</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Haçlı Krallığı'nda Toplum 1099-1291</t>
+          <t>Kısa Süreli Grup Terapileri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759971755</t>
+          <t>9786055272937</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Anabasis - Onbinlerin Dönüşü</t>
+          <t>Dinin Anlamı ve Sosyal Fonksiyonu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>700</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757942566</t>
+          <t>9786057425702</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Kısırdöngü</t>
+          <t>Spinoza Üzerine Onbir Ders</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>360</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789759970017</t>
+          <t>9786059872614</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Seks ve Korku Sineması</t>
+          <t>Asya Mitolojisi Sözlüğü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>330</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759972110</t>
+          <t>9789759971090</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Zaman, Görünüş ve Kiplik</t>
+          <t>Mimoslar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258214604</t>
+          <t>9789759971632</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aras Havzası II</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1600</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258214413</t>
+          <t>9789759970857</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nikaia: emenlik Alanı Epigrafik-Tarihi, Coğrafya Araştırmaları II. Gölpazarı (Tattaios) (Bilecik)</t>
+          <t>Lysis</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>2400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789759971281</t>
+          <t>9786055272029</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Surname (Ciltli)</t>
+          <t>Kudüs’teki Orta Asyalı ve Hintli Sufi Hacılar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1000</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059872201</t>
+          <t>9789759970840</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Paranormal Güçler Rehberi</t>
+          <t>Korkunç Kale Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>700</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059872287</t>
+          <t>9789759971854</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar</t>
+          <t>Heroides - Kadın Kahramanların Aşk Mektupları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>700</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789759972011</t>
+          <t>9789759971380</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Bilgisi</t>
+          <t>Heidegger : Bir Alman Üstat</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>2500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059872430</t>
+          <t>9786055272326</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Camiu’D-Düvel Selçuklular Tarihi 2. Cilt</t>
+          <t>Fususu’l Hikem (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1000</v>
+        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059872423</t>
+          <t>9789759970185</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Camiu’D-Düvel Selçuklular Tarihi 1. Cilt</t>
+          <t>Dune: Makinelerin Seferi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258214772</t>
+          <t>9789759971748</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Prolegomena Gelecekte bilim olarak ortaya çıkabilecek her metafiziğe dair Önsözler</t>
+          <t>Ion - Şiir Üzerine</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>550</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055272906</t>
+          <t>9789758240562</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Gemi Tasvirleri</t>
+          <t>Dune: Harkonen Hanedanı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>990</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059872621</t>
+          <t>9789759970116</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Goştaspname</t>
+          <t>Dune - Butleryan Cihadı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789759972103</t>
+          <t>9789759971991</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sylvie ve Bruno</t>
+          <t>Ve Başka Bir Şey Daha</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059872454</t>
+          <t>9789759971984</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Şehitlik</t>
+          <t>Paniğe Kapılma!</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055272739</t>
+          <t>9789758240814</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Türk Ticaret Kanunu ve İcra ve İflas Kanunu’na Göre İflasın Ertelenmesi ve Hukuki Sonuçları (Ciltli)</t>
+          <t>Dinsel İnançlar ve Düşünceler Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
+          <t>9789758240579</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Dune</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9789759972042</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Mitoloji Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9789758240913</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Mistik Hint Erotizmi</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9789687942346</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Milliyetçilik, Sömürgecilik ve Yazın</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9789759971786</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Michael Ende Bitmeyecek Öykü - Fantazya Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9789757942955</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Metrenin İcadı İki Bilim Adamının Yeni Bir Evrensel Ölçü Birimini Saptayışlarının Öyküsü</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786055272401</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Metafizik Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789758240319</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Mephistopheles Modern Dünyada Şeytan</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789759971526</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Memduh Ün Filmlerini Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789759970239</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Maurice Blanchot: Hayalimdeki Michel Foucault Michel Foucault: Dışarının Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9789757942580</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Martin Heidegger’le Aşk ve Suç Yaşamım</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789758240135</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Malula’dan Masallar</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786055272098</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Makamat</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9789759971397</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Magna Charta - Büyük Sözleşme</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789758240517</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Macellan - Dünyanın Çevresini Dolaşan İlk İnsan</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789758240302</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Lucifer Ortaçağda Şeytan</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789757942344</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Locarno’lu Eczacının Düşü</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789759970888</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Leibniz Üzerine Beş Ders</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789687942032</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Kül Altındaki Kor İki Perdelik Oyun</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789759972127</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Dedektiflik Bürosu</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789759970062</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Kurbağa ve Yabancı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789757942146</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Kuram-Eylem Birliği Olarak Sanat Schelling Felsefesinde Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789759970864</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Kriton</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789758240784</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Kral ve Hortlak: Ruhun Kötülüğü Mağlup Etmesine Dair Hikayeler</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789759971212</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Koçi Bey Risaleleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789759970192</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Kitabı Mukaddes’i Kim Yazdı?</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789687942056</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Kim Korkar Virginia Woolf’tan?</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789758240906</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Mars</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789759971052</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Khora</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789757942788</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Kepler</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789759971274</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Kanaldaki Ev</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786055272425</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanın Sonsuz Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789759970703</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Mısır Ötedünya Kitapları</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789757942504</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Filozoflar 1 Antikçağ’dan Aydınlanmaya Kadar</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789759970949</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Kabusname</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789759971496</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Kabalcı Şifalı Bitkiler Ansiklopedisi</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789757942689</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Japon Felsefesi Bir Giriş</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789759971663</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>İtiraflar (Latince / Türkçe)</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789759971670</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>İtiraflar</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789759971700</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>İsviçreli Robinsonlar</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789758240395</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>İslamın Mistik Boyutları</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789759971861</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>İslamda Sır ve Gizli Cemiyetler</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786055272234</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>İslam Metafiziğinde Tanrı ve İnsan</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786055272050</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>İslam - Türk İnançlarında Hızır Yahut Hızır - İlyas Kültü</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789759971045</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>İsim Hariç</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789757942719</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>İmkansız</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789687942124</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>İlkel Toplumlarda Cinsellik ve Baskı</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789759970215</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>İlk Dönem İslam Mezhepleri</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789758240340</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>İletişimsel Eylem Kuramı 1. Cilt: Eylem Rasyonelliği ve Toplumsal Rasyonelleşme 2. Cilt: İşlevselci Aklın Eleştirisi Üzerine</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789687942278</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>İhanet - Oyun</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789759970178</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>İbnü’l Arabi Sözlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789758240098</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>İblis Erken Dönem Hıristiyan Geleneği</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786055272081</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Hüsrev ile Şirin</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786055272838</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Hurufilik</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789759971373</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Hollanda’da Bir Cinayet</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789687942339</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Hegel’i Okumak</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789758240647</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Otostopçu 3.Kitap: Hayat, Evren ve Her Şey</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789757942399</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Hasta Gül</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789758240418</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Halit Refiğ Düşlerden Düşüncelere Söyleşiler</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789759970031</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Halifenin Rüyaları</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789757942832</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Güzelin Bedeli</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789759971236</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Ülkesi - Civitas Solis</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789758240692</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Hint Sanatı ve Uygarlığında Mitler ve Simgeler</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786055272005</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Gözyaşı Entelektüel Bir Şeydir</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789758240951</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Gödel: Mantığa Adanmış Bir Yaşam</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789758240388</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Gödel, Escher, Bach: Bir Ebedi Gökçe Belik Lewis Carroll’ın İzinde Zihinlere ve Makinelere Dair Metaforik Bir Füg</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789758240296</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Hinduizmin ABC’si</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789759972004</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Bahçe</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789759970833</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Germania Halklarının Kökeni ve Yerleşim Yeri</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789757942863</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Gece Masalcısı</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789757942795</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Gece ile Sabah Arasında Yolculuk</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789759971717</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Fuzuli’nin Şiiri Üzerine İncelemeler</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789758240791</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Freud Hayatı ve Eserleri</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789757942214</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Frankfurt Okulu Kökeni ve Önemi</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789759971359</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Flamanların Evinde</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789757942139</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Felsefeyi Anlamak Felsefe ile Anlamak</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789759970710</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Felsefenin Tesellisi</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789757942122</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Felsefenin ABC’si</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789757942078</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe ve Dil Wittgenstein Üstüne Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789757942061</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Sorunları</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789759971311</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Fars Mitolojisi Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789758240203</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Fantastik Türk Sineması</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789758240876</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Fantastik Filmler</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786055272135</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Eylül</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789758240630</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Otostopçu 2. Kitap: Evrenin Sonundaki Restoran</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789759970246</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Fragmanlar</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789759971762</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Euthyphron</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789759971793</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Ethica</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786055272357</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Ethica</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789758240005</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Estetiğin ABC’si</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789759971908</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunan’da Mit ve Tragedya</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789757942252</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Gnole İki Dünya Arasında Yeşil Bir Macera</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789759971779</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunanca - Türkçe Sözlük (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789757942573</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Erotizm ve Politika</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789758240548</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Erotik Türk Sineması</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789757942726</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Erken Devir Türk Sanatının ABC’si</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789757942894</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>En Acıklı Öykü İyi Asker</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786055272272</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>En - Necat</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789687942155</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat ve Devrim</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789757942443</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>E. H. Gombrich: Resimde Anlam Sorunu</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789757942931</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Düşünceler</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789758240166</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Dürüst Yalancı</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789757942368</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Kültürü Felsefe, Sanat, Edebiyat ve Kültür Tarihi Üzerine Yazılar 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789759971434</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Dune Tanrı İmparatoru</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789759971656</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Dune Sapkınları</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789759971298</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Dune Mesihi</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789759971342</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Dune Çocukları</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789758240555</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Dune Atreides Hanedanı</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789759971892</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Dune - Rahibeler Meclisi</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789759971175</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Dune</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789757942696</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Filozoflar 2 Romantizmden Modernizme Kadar</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789759971885</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Divan Şiiri ve Şairleri Üzerine İncelemeler</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789687942216</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Dionysos Dithyrambosları</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789759971144</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>İşte Böyle Dedi Zerdüşt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789757942672</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Hitler Arap mıydı ?</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789759971205</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Yüceler Yücesi</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786055272388</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789759971199</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Valesius Seçkileri</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789757942856</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sinema Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789758240869</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Tevhidin Sırları</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789759971731</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Tanrıların Doğası</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786055272104</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Rubailer</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786055272319</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Romantik</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789759971939</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Mimarlığı Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789758240234</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Nietzsche’nin Deniz Aşığı</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789758240968</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Hitchcock Sineması</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789758240838</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Dinsel İnançlar ve Düşünceler Tarihi Cilt:3</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789759972189</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Yalnızlık</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9789759971021</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Destursuz Bağa Girenler</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786055272227</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Dervişler</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789759971113</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Savaşları Hakkında Büyüklere Armağan</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789758240852</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Demirciler ve Simyacılar</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789759971458</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Deliliğe Övgü (Latince Aslı ve Türkçe Çevirisi ile Birlikte)</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786055272456</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789758240289</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Çin Simgeleri Sözlüğü Çin Hayatı ve Düşüncesinde Gizli Simgeler</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789759971038</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Çile</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9789757942917</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Avrupa Felsefesi</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789757942641</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Cinsiyet ve Akıl Cinsiyetlerarası Savaşımda Felsefe</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786055272128</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Cavidan-Name</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789758240487</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Catullus Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789757942962</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Yazım Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789759971366</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Moğolların Tarihi Babur</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9789759971809</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Bulfinch Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9789757942450</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Dış Dünya Üzerine Bilgimiz</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9789687942018</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Bölünmüş Benlik</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789758240425</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Bozgunda Fetih Rüyası Yahya Kemal’in Biyografik Romanı</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9789757942511</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Bizans’ta Sanat ve Ritüel Kariye Güney Şapelinin İkonografisi ve İşlevi</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789757942559</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Bisiklet, Otomobil, Televizyon Gündelik Eşyaların Kültür Tarihi</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9789758240081</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Birlikte ve Başka Toplum, Başkalık, Fenomenoloji</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789757942658</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Bir Erkekle Yatmasının 21 Nedeni</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789687942285</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Bir Erkeği Elde Tutmanın Yolları</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789757942542</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım Newton Amper’den Watt’a Ölçü Birimlerine Ad Verenler</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789759971922</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Basitlik İlkesi</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9789758240500</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Balzac İnsanlık Komedyası’nın Ölümsüz Yazarı</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786055272692</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Bağışlanan Terapi</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786055272166</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Bach Yaşamı ve Eserleri</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789758240494</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Babil Simyası ve Kozmolojisi</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789759970208</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Ayna İçinde Ayna Bir Labirent</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789759971267</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Bella’nın Ölümü</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789757942481</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanmanın Diyalektiği Felsefi Fragmanlar - 2</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789757942412</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanmanın Diyalektiği Felsefi Fragmanlar - 1</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786055272630</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanmanın Diyalektiği</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789757942191</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa: Roma Yolu</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789757942610</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Atletli Adam</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789758240272</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Üniversite Reformu</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789687942254</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>At Üç Perdelik Oyun</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789758240524</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Asya Simyası</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789757942351</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Aslında Bayan Blum Sütçüyü Tanımak İstiyordu</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789757942092</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Asal Gerilim</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789757942825</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Antik Mitolojide Kim Kimdir</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789758240463</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Antik Felsefe Gizem ve Büyü</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789757942528</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Anlam ve Nedensellik</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789758240173</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Altay Türklerinde Ölüm</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789759970796</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Algının Önceliği ve Onun Felsefi Sonuçları</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789757942597</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>1960 Sonrası Sanat Akımlar, Eğilimler, Gruplar, Sanatçılar</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789757942801</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>19. Yüzyıl Avrupasında Heykel ve Resim Sanatı</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789757942627</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>18. Yüzyıl Avrupa Resmi Anlatımı Biçimlendiren Etmenler</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789758240982</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>5555 Afişle Türk Sineması</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789759770662</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Başkalaşımlar</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789758240142</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Arkeolojinin ABC’si</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789757942337</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Afrika’da Felsefe - Afrika Felsefesi Kültürlerarası Bir Felsefe Kavramına Doğru</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789758240364</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Adını Unutan Adam</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786055272784</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Dinler Tarihine Giriş</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786055272968</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Deliliğe Övgü</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789759971069</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Dedem Korkudun Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789759970109</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Dune Corrin Savaşı</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789759971410</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Ankara Anıtı</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786055272746</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Sözden İmgeye Batı Sanatında İkonografi</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786055272661</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Latincede Fiiller</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786055272951</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Latin Dili</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786055093044</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Geç Antikçağ'da Düş Görme</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786055272944</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>İskendername</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786055272647</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Farsça Dilbilgisi</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786055093013</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Bizans 1</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786055093037</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Bizans 3</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>3990000030677</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Büyüyen Taş</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789759970741</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Baburname (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786059872478</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Şiirler ve Anılar</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786059872348</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Fragmanlar</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786059872096</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Doğuş ve Yeniden Doğuş</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786059872058</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Schopenhauer - Felsefenin Yaban Yılları</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786059872409</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Fars Mitolojisi Sözlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786055093020</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Bizans 2</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786055272678</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Saraydan Sokağa Oyun</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786059872089</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786055272913</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Dinlerin Çarpışması</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786055272890</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Dinler ve Mezhepler Tarihi</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786055272920</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Sosyolojik Düşünme ve Çözümleme</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789757942160</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlığın Ruhu</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789759970260</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Wittgenstein Dahinin Görevi</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>3990000074894</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Winnie The Pooh Biz Küçükken (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789759970680</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Winnie The Pooh Artık Altı Yaşındayız (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789687942148</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Yaşama Sanatı Günlüğü Değinmeler</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789687942384</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Yaşama Felsefesi</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789759970970</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Antigone'nin İddiası</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789757942177</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Zeman Öyküleri</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789759970277</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Zalmoksis’ten Cengiz Han’a</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789759971014</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Adalet Divanı Kararları</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9789687942186</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Yunanlıların Trajik Çağında Felsefe</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789759971823</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Yunan Felsefe Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786055272395</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Dissertatio De Methodo - Yöntem Üzerine Konuşma</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9789757942979</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Yöntem Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9789759972172</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Yoga</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9789687942087</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Doğan Sanat</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789687942315</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Fizik Kuvantumları</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9789759971182</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Atlantis</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789757942740</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Yasalar Cilt:2 (Yunanca Aslı İle)</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9789757942733</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Yasalar Cilt:1 (Yunanca Aslı İle)</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9789758240760</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Winnie The Pooh 2 Pooh Köşesindeki Ev (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789758240777</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Winnie The Pooh (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789759971847</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Ve Muhammed O’nun Elçisidir</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789759971472</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Ütopya (Humanitas)</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789687942308</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Üçüncü Dünya Ülkelerinde Çevre ve Kalkınma</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789758240708</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin ve Moğolların Eski Dini</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786059872447</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Tarihi</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789759970291</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Türklerde Maddi Kültürün Oluşumu</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9789759970048</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sinemasında Şener Şen</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786055272241</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Türk Mitolojisinin Ana Hatları</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789758240241</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Türk İslam Sanatının ABC’si</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789757942283</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Ekolojinin Felsefesi Diyalektik Doğalcılık Üzerine Denemeler</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789758240265</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Thespis - Eski Yakındoğu’da Ritüel, Mit ve Drama</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789757942535</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Temiz ve Kirli Ortaçağ’dan Günümüze Vücut Bakımının Tarihi</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789758240159</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Temel Yazım Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789759970222</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Tapınak Şövalyelerinin Tarihi Yeni Şövalyelik</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789758240999</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı’nın Yeryüzündeki İşaretleri</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786055272074</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Talmud ve Hadis</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789757942849</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Şeytanın Genel Tarihi</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789757942375</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan Antikiteden İlkel Hıristiyanlığa Kötülük</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789757942924</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Şeker ve Güç</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9789757942757</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Şair Archias Savunması</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789759970987</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Symposion</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789687942261</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Sürgünler</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786059872140</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Sümerler</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786055272210</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Suriye Tarihi</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9789759971151</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Spinoza Üzerine Onbir Ders</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9789759972059</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Spinoza Problemi</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789757942603</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerin Mantığı Üzerine</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789758240210</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Sonradan Sonsuz Yineleme</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789687942193</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Son Sömürge Çocuk Sosyo-Psikanaliz Açıdan Otorite</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789759971229</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Son İnsan</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789757942054</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Sokrates’ten Önce Felsefe 2 (Fragmanlar - Doksograflar)</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789757942047</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Sokrates’ten Önce Felsefe 1 (Fragmanlar - Doksograflar)</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9789759970765</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Sokrates’in Savunması</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9789758240258</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Sinema, Televizyon, Video, Bilgisayarlı Sinema Sözlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9789759970734</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Sinema ve Devrim</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9789757942498</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Sineksağan</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9789759971076</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Simgeler Kitabı</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789759971328</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Shakespeare Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786055272180</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Seyahatname</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9789757942474</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Sevişme</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789687942179</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Sevgiyi Yaşamak</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789759970154</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Gezegenin Dışında 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9789757942016</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Sayıların Gizemi</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9789757942634</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Sanatın Ortaçağı Türk, Bizans ve Batı Sanatı Üzerine Yazılar</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9789757942276</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Saklanmış Levha</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789759971878</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Sabetay Sevi - Mistik Mesih (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9789759972134</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Ruhun Uzun Karanlık Çay Saati</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789759970925</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Roma Tarihinin Özeti</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789757942108</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Rimbaud ya da Büyük İsyan</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789758240029</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Rahip C.</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9789758240920</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Proust ve Göstergeler</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9789757942245</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Prenses Ozor</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9789759971618</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9789687942070</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Pleksus</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789759971601</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786055272111</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Phaidon Ruh Üzerine</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9789757942184</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Peter S. Beagle’ın Düş Dünyaları</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786055272524</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük Hapishanesi</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9789757942887</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Öyküler</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789759971502</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Korkusunu Yenmek</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9789758240067</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Hükmü</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786055272432</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Otostopçunun Galaksi Rehberi - Beşibiryerde (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786059872034</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Otostopçunun Galaksi Rehberi (Otostopçu 1. Kitap)</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9789758240654</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Otostopçu 4. Kitap: Elveda ve Bütün O Balıklar İçin Teşekkürler</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9789759970284</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Perelandra Venüs’e Yolculuk</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9789758240678</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Otostopçu 6 - Kuşkucu Somon</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9789758240661</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Çoğunlukla Zararsız</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789757942085</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Ortaçağ’dan Yeniçağ’a Felsefe ve Sanat</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789758240197</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Ortaçağda Felsefe (Metinlerle)</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789759970901</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Ortaçağda Felsefe (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9789757942238</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Parfümün Erotizmi Güzel Kokuların Tarihi</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9789759949914</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Ortaçağ Yazıları</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789758240975</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Orta Asya’dan Osmanlıya  Türk Sanatında İkonografik Motifler</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9789759970123</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Orta Asya’da Kutsal Bitkiler ve Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9789758240357</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Orta Asya</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9789759971649</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Gencebay Filmlerini Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9789757942948</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Nietzsche Üzerine</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9789757942115</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Nermi Uygur’un Felsefe Dünyasından Kesitler</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9789687942063</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Neksus</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9789758240180</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Müziğin ABC’si</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9789759972028</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Toplum</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9789757942313</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Mutfak Kazaları</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9789687942247</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal’in Tufanı Üç Perdelik Oyun</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9789758240050</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Mozart</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9789759971816</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Moğolların Gizli Tarihçesi</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9789758240401</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Moğol İmparatorluğu Tarihi</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9789759971243</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Mizanü’l - Hakk Fi İhtiyari’l-Ehakk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9789757942306</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Tarihimizden Kültür Manzaraları</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9789687942421</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Saydam Şeyler</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9789757942702</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojinin ABC’si</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786255621375</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Antik Mezopotamya’nin Çi̇vi̇ Yazılı Meti̇nleri̇ İle Kuran’ın 100 Ortak Özelli̇ği̇</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786255621269</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Strateji̇k Göç İletişim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786255621252</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Suri̇ye İç Savaşı Suriyeli Belgeselcilerin Kamerasından</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786255621344</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’da Köpekler</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786255621283</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ocakları 1949-1970</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786255621320</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Antropolojiye Giriş Dersleri Geleceğin Antropolojisi için On Bir Ders</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786255621290</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Kudüs Haçlı Krallığı'nda Toplum 1099-1291</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9789759971755</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Anabasis - Onbinlerin Dönüşü</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9789757942566</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Nietzsche ve Kısırdöngü</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9789759970017</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Seks ve Korku Sineması</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9789759972110</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Türkçede Zaman, Görünüş ve Kiplik</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786258214604</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Aras Havzası II</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786258214413</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Nikaia: emenlik Alanı Epigrafik-Tarihi, Coğrafya Araştırmaları II. Gölpazarı (Tattaios) (Bilecik)</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9789759971281</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Surname (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786059872201</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Paranormal Güçler Rehberi</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786059872287</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Kıssalar</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9789759972011</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dil Bilgisi</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786059872430</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Camiu’D-Düvel Selçuklular Tarihi 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786059872423</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Camiu’D-Düvel Selçuklular Tarihi 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786258214772</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Prolegomena Gelecekte bilim olarak ortaya çıkabilecek her metafiziğe dair Önsözler</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786055272906</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Gemi Tasvirleri</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786059872621</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Goştaspname</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9789759972103</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie ve Bruno</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786059872454</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Şehitlik</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786055272739</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>6102 Sayılı Türk Ticaret Kanunu ve İcra ve İflas Kanunu’na Göre İflasın Ertelenmesi ve Hukuki Sonuçları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
           <t>9789759970789</t>
         </is>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B372" s="1" t="inlineStr">
         <is>
           <t>Zeynep’in Tiyatro Kitabı</t>
         </is>
       </c>
-      <c r="C27" s="1">
+      <c r="C372" s="1">
         <v>25</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>