--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,3100 +85,3370 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259259727</t>
+          <t>9786259360102</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İftira</t>
+          <t>Aileyi Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>480</v>
+        <v>620</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259259734</t>
+          <t>4444444444396</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Rektör Anlatıyor</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 69 Temmuz - Aralık 2025</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259683584</t>
+          <t>9786057629586</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazarlık ve Üslupbilimi</t>
+          <t>Siyasal Aklın Eleştirisi - Platon'dan Postmodernlere</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259683591</t>
+          <t>9786057629296</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Aile</t>
+          <t>Türk Toplum Sözleşmesi: Sosyal-Siyasal ve Ekonomik Kültür Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>620</v>
+        <v>530</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259259710</t>
+          <t>9789759000295</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekadan Dine Dijital Bakış</t>
+          <t>Fransa’da İslam Karşıtlığı ve Laisizm</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>102</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057629982</t>
+          <t>9789759000431</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ankara 801 Numaralı Kadı (Şer'iyye) Sicili</t>
+          <t>Devleti Görünür Kılmak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>700</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259683577</t>
+          <t>9789759000608</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Temel Konular ve Özgün Perspektifler</t>
+          <t>Kişisel Kolektif ve Evrensel Tanrı Kompleksi - 3 : Kutsalın Kurbanları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>4444444444156</t>
+          <t>9789759000387</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı : 67 Temmuz - Aralık 2024</t>
+          <t>Küresel Dünyada Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259683546</t>
+          <t>9789759000356</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Almanlar Buna Ne Der?</t>
+          <t>Kafkasya’da Siyaset</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259683553</t>
+          <t>9789759000820</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Sözlüğü (Ciltli)</t>
+          <t>Ezeli Siyasi Dinin Ebedi Edebi Dili - Büyülü Gerçekçilik (Cilt 2)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259683539</t>
+          <t>3990000009806</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir ve Polisiye</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 32 Yıl: 8 Nisan-Mayıs-Haziran 2012</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259683560</t>
+          <t>9786259259796</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Gelişmekte Olan Dünya</t>
+          <t>Aile ve Mekan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>680</v>
+        <v>800</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4444444444021</t>
+          <t>9786259259789</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı : 68 Ocak - Haziran 2025</t>
+          <t>Yapay Zeka Neler Yapabilir?</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259683515</t>
+          <t>9786259259772</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Darbe Direnişi: İnsanlar Askeri Darbelere Neden Direnir?</t>
+          <t>İran'ın Grand Stratejisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>384</v>
+        <v>750</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259683522</t>
+          <t>9786259257105</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Örgütten Darbeye FETÖ ve 15 Temmuz</t>
+          <t>Afrika'da Sivil Toplum</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>620</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259703893</t>
+          <t>9786259259765</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Göç, Kent ve Sosyal Uyum</t>
+          <t>Türkiye and Asia Pacific at New Crossroads</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000031385</t>
+          <t>9786259259741</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı 37 - 2013</t>
+          <t>Büyük Güç Diplomasisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>50</v>
+        <v>585</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000030563</t>
+          <t>9786259259758</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 54 Mayıs-Ağustos 2018</t>
+          <t>Büyük İhanet</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>50</v>
+        <v>585</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000029370</t>
+          <t>9786259259727</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Yıl 14 Sayı: 53 Ocak-Şubat-Mart-Nisan 2018</t>
+          <t>İslam ve İftira</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>50</v>
+        <v>480</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>3990000009816</t>
+          <t>9786259259734</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 8 Yıl: 2 Bahar 2006</t>
+          <t>Bir Rektör Anlatıyor</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3990000009817</t>
+          <t>9786259683584</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 6 Yıl: 2 Güz 2005</t>
+          <t>Yaratıcı Yazarlık ve Üslupbilimi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>50</v>
+        <v>440</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000008585</t>
+          <t>9786259683591</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 5 Yıl: 2 Güz 2005</t>
+          <t>Tüm Yönleriyle Aile</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>50</v>
+        <v>620</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990000009810</t>
+          <t>9786259259710</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 28 Yıl: 7 Nisan-Mayıs-Haziran 2011</t>
+          <t>Yapay Zekadan Dine Dijital Bakış</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000009807</t>
+          <t>9786057629982</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 25-26 Yıl: 7 Temmuz-Aralık 2010</t>
+          <t>Ankara 801 Numaralı Kadı (Şer'iyye) Sicili</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>50</v>
+        <v>700</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000009823</t>
+          <t>9786259683577</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 18 Güz 2008</t>
+          <t>Sosyoloji Temel Konular ve Özgün Perspektifler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>50</v>
+        <v>380</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>3990000009820</t>
+          <t>4444444444156</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 16-17 yıl: 4 Bahar-Yaz 2008</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı : 67 Temmuz - Aralık 2024</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000009811</t>
+          <t>9786259683546</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 15 Kış 2008</t>
+          <t>Almanlar Buna Ne Der?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>50</v>
+        <v>340</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000009809</t>
+          <t>9786259683553</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 13-14 Yıl: 4 Yaz-Güz 2007</t>
+          <t>Sosyal Bilimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>50</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000009814</t>
+          <t>9786259683539</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 12 Yıl: 3 Bahar 2007</t>
+          <t>Kemal Tahir ve Polisiye</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>50</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000009822</t>
+          <t>9786259683560</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 11 Kış 2007</t>
+          <t>Emperyalizm ve Gelişmekte Olan Dünya</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>50</v>
+        <v>680</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000009805</t>
+          <t>4444444444021</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 1 Yıl: 1 Yaz 2004</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı : 68 Ocak - Haziran 2025</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000028190</t>
+          <t>9786259683515</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 44 Yıl: 11 Nisan-Mayıs-Haziran 2015</t>
+          <t>Darbe Direnişi: İnsanlar Askeri Darbelere Neden Direnir?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>50</v>
+        <v>384</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>3990000029369</t>
+          <t>9786259683522</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 52 Eylül - Aralık 2017</t>
+          <t>Örgütten Darbeye FETÖ ve 15 Temmuz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>50</v>
+        <v>620</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000043992</t>
+          <t>9786259703893</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 48</t>
+          <t>Göç, Kent ve Sosyal Uyum</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000009819</t>
+          <t>3990000031385</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 23 Yıl: 6 Ocak-Şubat-Mart 2010</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı 37 - 2013</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>3990000009813</t>
+          <t>3990000030563</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 21-22 Yıl: 6 Yaz-Güz 2009</t>
+          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 54 Mayıs-Ağustos 2018</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000009812</t>
+          <t>3990000029370</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 2 Yıl:1 Güz 2004</t>
+          <t>Muhafazakar Düşünce Dergisi Yıl 14 Sayı: 53 Ocak-Şubat-Mart-Nisan 2018</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000009804</t>
+          <t>3990000009816</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 19-20 Kış-Bahar 2009</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 8 Yıl: 2 Bahar 2006</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000038190</t>
+          <t>3990000009817</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 3 Yıl: 1 Kış 2005</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 6 Yıl: 2 Güz 2005</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000009808</t>
+          <t>3990000008585</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 24 Yıl: 6 Nisan-Mayıs-Haziran 2010</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 5 Yıl: 2 Güz 2005</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057629839</t>
+          <t>3990000009810</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 28 Yıl: 7 Nisan-Mayıs-Haziran 2011</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057629968</t>
+          <t>3990000009807</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>21'İnci Yüzyılda Türkiye'nin Dış Politikası</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 25-26 Yıl: 7 Temmuz-Aralık 2010</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057629890</t>
+          <t>3990000009823</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı (3. Cilt)</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 18 Güz 2008</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057629814</t>
+          <t>3990000009820</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç'la İnci Dakikaları</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 16-17 yıl: 4 Bahar-Yaz 2008</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057629784</t>
+          <t>3990000009811</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İman, Duruş ve Diriliş: Sezai Karakoç</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 15 Kış 2008</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057629524</t>
+          <t>3990000009809</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Popülizm - İkinci Cilt</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 13-14 Yıl: 4 Yaz-Güz 2007</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789759000592</t>
+          <t>3990000009814</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kadın ve Siyaset</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 12 Yıl: 3 Bahar 2007</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057629234</t>
+          <t>3990000009822</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Modern Devlette Siyasal Temsilin Kökenleri</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 11 Kış 2007</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259703886</t>
+          <t>3990000009805</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Merkez Sağın Dönüşümü (1950-1995)</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 1 Yıl: 1 Yaz 2004</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>420</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057629128</t>
+          <t>3990000028190</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>ODTÜ Hocam</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 44 Yıl: 11 Nisan-Mayıs-Haziran 2015</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057629753</t>
+          <t>3990000029369</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İşgal Ve İnsan Hakları</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 52 Eylül - Aralık 2017</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057629388</t>
+          <t>3990000043992</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türkiye’de Siyaset Toplum ve Kültür</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 48</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057629210</t>
+          <t>3990000009819</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>CHP Genel Sekreterlik Büroları</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 23 Yıl: 6 Ocak-Şubat-Mart 2010</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259703879</t>
+          <t>3990000009813</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zenginlik Kültürü</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 21-22 Yıl: 6 Yaz-Güz 2009</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>440</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259703800</t>
+          <t>3990000009812</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Batı Dışı Dünya</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 2 Yıl:1 Güz 2004</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>414</v>
+        <v>50</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259556963</t>
+          <t>3990000009804</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İkna - Türkiye'nin Yumuşak Gücü</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 19-20 Kış-Bahar 2009</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259556994</t>
+          <t>3990000038190</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Seküler Dünyada Tasavvuf</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 3 Yıl: 1 Kış 2005</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>520</v>
+        <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259556987</t>
+          <t>3990000009808</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar ve Tasavvufi İzahlar Açısından Aleviliğin El Kitabı</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 24 Yıl: 6 Nisan-Mayıs-Haziran 2010</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259556918</t>
+          <t>9786057629839</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kurumu Niteliğindeki Meslek Kuruluşları</t>
+          <t>Afrika’da Sömürgecilik</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>600</v>
+        <v>290</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259556925</t>
+          <t>9786057629968</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ahilik Üzerine Yazılar</t>
+          <t>21'İnci Yüzyılda Türkiye'nin Dış Politikası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057629180</t>
+          <t>9786057629890</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık ve Bağımsızlık Arasında Suudi Arabistan</t>
+          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı (3. Cilt)</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057629852</t>
+          <t>9786057629814</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Demokrasi</t>
+          <t>Sezai Karakoç'la İnci Dakikaları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057629449</t>
+          <t>9786057629784</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Katar ve Birleşik Arap Emirlikleri Politikaları - Bölgesel Rekabet ve Statü Arayışı</t>
+          <t>İman, Duruş ve Diriliş: Sezai Karakoç</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>232</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259423029</t>
+          <t>9786057629524</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Muhafazakar Siyaset</t>
+          <t>Popülizm - İkinci Cilt</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>295</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259829920</t>
+          <t>9789759000592</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devlet Geleneğinde Denetim</t>
+          <t>Türkiye'de Kadın ve Siyaset</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259829999</t>
+          <t>9786057629234</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Islam and Peace</t>
+          <t>Modern Devlette Siyasal Temsilin Kökenleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259423012</t>
+          <t>9786259703886</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dünya Siyasetinde Kriz, Kaos ve Düzen</t>
+          <t>Türkiye’de Merkez Sağın Dönüşümü (1950-1995)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259829982</t>
+          <t>9786057629128</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerle İmtihanımız</t>
+          <t>ODTÜ Hocam</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259829951</t>
+          <t>9786057629753</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Modern ve Postmodern Feminizm</t>
+          <t>İşgal Ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259829975</t>
+          <t>9786057629388</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kriz Sosyolojisi</t>
+          <t>Osmanlı'dan Günümüze Türkiye’de Siyaset Toplum ve Kültür</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259829968</t>
+          <t>9786057629210</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Siyasi ve İdari Reformlar</t>
+          <t>CHP Genel Sekreterlik Büroları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259829944</t>
+          <t>9786259703879</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Islam And War</t>
+          <t>Zenginlik Kültürü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057629302</t>
+          <t>9786259703800</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 1. Cilt</t>
+          <t>Batı Dışı Dünya</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>414</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>4444444442990</t>
+          <t>9786259556963</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı : 66 Ocak - Haziran 2024 Türkiyenin Fikir Dergileri</t>
+          <t>Stratejik İkna - Türkiye'nin Yumuşak Gücü</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>4444444442792</t>
+          <t>9786259556994</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 36 Nisan-Mayıs-Haziran 2013</t>
+          <t>Seküler Dünyada Tasavvuf</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>50</v>
+        <v>550</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>4444444442791</t>
+          <t>9786259556987</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 40 Nisan-Mayıs-Haziran 2014</t>
+          <t>Kavramlar ve Tasavvufi İzahlar Açısından Aleviliğin El Kitabı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>4444444442789</t>
+          <t>9786259556918</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 43 Ocak-Şubat-Mart 2015</t>
+          <t>Kamu Kurumu Niteliğindeki Meslek Kuruluşları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259829937</t>
+          <t>9786259556925</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz’un Sosyolojisi ve Teopolitiği</t>
+          <t>Ahilik Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259445786</t>
+          <t>9786057629180</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 4. Cilt</t>
+          <t>Bağımlılık ve Bağımsızlık Arasında Suudi Arabistan</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>640</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259445755</t>
+          <t>9786057629852</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 1. Cilt</t>
+          <t>İslam ve Demokrasi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>685</v>
+        <v>290</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259445762</t>
+          <t>9786057629449</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 2. Cilt</t>
+          <t>Türkiye'nin Katar ve Birleşik Arap Emirlikleri Politikaları - Bölgesel Rekabet ve Statü Arayışı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>690</v>
+        <v>232</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259445779</t>
+          <t>9786259423029</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 3. Cilt</t>
+          <t>Türkiye'de Muhafazakar Siyaset</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>640</v>
+        <v>295</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259445793</t>
+          <t>9786259829920</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 5. Cilt</t>
+          <t>Osmanlı Devlet Geleneğinde Denetim</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>685</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057629876</t>
+          <t>9786259829999</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı</t>
+          <t>Islam and Peace</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057629371</t>
+          <t>9786259423012</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İdeolojiler ve Siyaset</t>
+          <t>Dünya Siyasetinde Kriz, Kaos ve Düzen</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>3990000028250</t>
+          <t>9786259829982</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 56 Ocak-Haziran 2019</t>
+          <t>Sosyal Bilimlerle İmtihanımız</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>50</v>
+        <v>280</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>3990000079738</t>
+          <t>9786259829951</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 50</t>
+          <t>Modern ve Postmodern Feminizm</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>50</v>
+        <v>280</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000038241</t>
+          <t>9786259829975</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 51</t>
+          <t>Kriz Sosyolojisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789759000226</t>
+          <t>9786259829968</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Olur Ki</t>
+          <t>Tanzimat Dönemi Siyasi ve İdari Reformlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>30</v>
+        <v>400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>3990000009803</t>
+          <t>9786259829944</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 9-10 Yıl: 2 Yaz-Güz 2006</t>
+          <t>Islam And War</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>3990000008587</t>
+          <t>9786057629302</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 29-30 Yıl: 8 Temmuz-Aralık 2011</t>
+          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 1. Cilt</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>3990000008586</t>
+          <t>4444444442990</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 27 Yıl: 7 Ocak-Şubat-Mart 2011</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı : 66 Ocak - Haziran 2024 Türkiyenin Fikir Dergileri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>3990000099371</t>
+          <t>4444444442792</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 55 Eylül-Aralık 2018</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 36 Nisan-Mayıs-Haziran 2013</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789759000509</t>
+          <t>4444444442791</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Fransa'daki Devrim Üzerine Düşünceler</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 40 Nisan-Mayıs-Haziran 2014</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>240</v>
+        <v>50</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000078889</t>
+          <t>4444444442789</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 49</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 43 Ocak-Şubat-Mart 2015</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000018032</t>
+          <t>9786259829937</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 41-42 Temmuz-Aralık 2014</t>
+          <t>15 Temmuz’un Sosyolojisi ve Teopolitiği</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3990000031511</t>
+          <t>9786259445786</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 45-46 Yıl: 12 Temmuz-Aralık 2015</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 4. Cilt</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>50</v>
+        <v>640</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>3990000051726</t>
+          <t>9786259445755</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 47 Ocak-Nisan 2016</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 1. Cilt</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>50</v>
+        <v>685</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>3990000009815</t>
+          <t>9786259445762</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 4 Yıl: 1 Bahar 2005</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 2. Cilt</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>50</v>
+        <v>690</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>3990000015467</t>
+          <t>9786259445779</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 35 Yıl: 9 Ocak-Şubat-Mart 2013</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 3. Cilt</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>50</v>
+        <v>640</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>3990000009821</t>
+          <t>9786259445793</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 33-34 Yıl: 9 Temmuz-Aralık 2012</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 5. Cilt</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>50</v>
+        <v>685</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>3990000009818</t>
+          <t>9786057629876</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 31 Yıl: 8 Ocak-Şubat-Mart 2012</t>
+          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>50</v>
+        <v>210</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>3990000034398</t>
+          <t>9786057629371</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 59 Temmuz-Aralık 2020</t>
+          <t>Türkiye’de İdeolojiler ve Siyaset</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>50</v>
+        <v>260</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>3990000034391</t>
+          <t>3990000028250</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 58 Ocak-Haziran 2020</t>
+          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 56 Ocak-Haziran 2019</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057629050</t>
+          <t>3990000079738</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Sivil Toplum</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 50</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>380</v>
+        <v>50</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>3990000002834</t>
+          <t>3990000038241</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 60 Ocak-Haziran 2021</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 51</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>3990000033970</t>
+          <t>9789759000226</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı 57 - 2019</t>
+          <t>Geçmiş Zaman Olur Ki</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789759000271</t>
+          <t>3990000009803</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 9-10 Yıl: 2 Yaz-Güz 2006</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>246</v>
+        <v>50</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057629920</t>
+          <t>3990000008587</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İlerleme ve İslam - İslam Dünyası İleri Gidebilir mi?</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 29-30 Yıl: 8 Temmuz-Aralık 2011</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>420</v>
+        <v>50</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259829906</t>
+          <t>3990000008586</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin Sonu 28 Şubat'tan 15 Temmuz'a - İki Konuşma</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 27 Yıl: 7 Ocak-Şubat-Mart 2011</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259829913</t>
+          <t>3990000099371</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukuku</t>
+          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 55 Eylül-Aralık 2018</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259445731</t>
+          <t>9789759000509</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Meşruiyeti: Batı Düşüncesinde Meşruiyet Sorunu</t>
+          <t>Fransa'daki Devrim Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259445724</t>
+          <t>3990000078889</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Halleri Kalenin Bedenleri</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 49</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>212</v>
+        <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256598584</t>
+          <t>3990000018032</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı ve Kaliteli Hayata Dair Bilgiler Cilt 1</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 41-42 Temmuz-Aralık 2014</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>298</v>
+        <v>50</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259445700</t>
+          <t>3990000031511</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Aksa Tufanı Günlüğü</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 45-46 Yıl: 12 Temmuz-Aralık 2015</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>286</v>
+        <v>50</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259445717</t>
+          <t>3990000051726</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklarda - 3 - Kabe-i Müşerrefe</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 47 Ocak-Nisan 2016</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057629821</t>
+          <t>3990000009815</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Siyaset Tarihi 2. Cilt 1923-2023 - 100 Yılın Siyaseti</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 4 Yıl: 1 Bahar 2005</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>336</v>
+        <v>50</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789759000257</t>
+          <t>3990000015467</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Mesnevinin Peşinde</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 35 Yıl: 9 Ocak-Şubat-Mart 2013</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789759000745</t>
+          <t>3990000009821</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türkiye'de Sol Siyaset</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 33-34 Yıl: 9 Temmuz-Aralık 2012</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>392</v>
+        <v>50</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057629227</t>
+          <t>3990000009818</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türkiye'de Siyasal Sistemin Sorunları</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 31 Yıl: 8 Ocak-Şubat-Mart 2012</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>236</v>
+        <v>50</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259423098</t>
+          <t>3990000034398</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Eğitim</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 59 Temmuz-Aralık 2020</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259423081</t>
+          <t>3990000034391</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet ve Cumhuriyet</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 58 Ocak-Haziran 2020</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259423005</t>
+          <t>9786057629050</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Her Dem Erdem- Kendime Sözler</t>
+          <t>Ortadoğu’da Sivil Toplum</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259423067</t>
+          <t>3990000002834</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Bahçesi - Sürdürülebilir Tarımsal Kalkınmaya Yeni Model Önerisi</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 60 Ocak-Haziran 2021</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786259423043</t>
+          <t>3990000033970</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>TEDX Sahnesinin Perde Arkası -Düş Peşine En Uzun On Sekiz Dakika</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı 57 - 2019</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786259423050</t>
+          <t>9789759000271</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Özelleştirme ve Medya Yansımaları</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>246</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057629975</t>
+          <t>9786057629920</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kültürel Mirasın Korunması</t>
+          <t>İlerleme ve İslam - İslam Dünyası İleri Gidebilir mi?</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786259423036</t>
+          <t>9786259829906</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tütün ve Kola</t>
+          <t>Bir Dönemin Sonu 28 Şubat'tan 15 Temmuz'a - İki Konuşma</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259423074</t>
+          <t>9786259829913</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Düzen ve Kurumsal Yapılar</t>
+          <t>Osmanlı Hukuku</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057629944</t>
+          <t>9786259445731</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Savaş</t>
+          <t>İktidarın Meşruiyeti: Batı Düşüncesinde Meşruiyet Sorunu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057629913</t>
+          <t>9786259445724</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Barış</t>
+          <t>Kurmacanın Halleri Kalenin Bedenleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>400</v>
+        <v>212</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>4440000004038</t>
+          <t>9786256598584</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 65</t>
+          <t>Sağlıklı ve Kaliteli Hayata Dair Bilgiler Cilt 1</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>195</v>
+        <v>298</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057629456</t>
+          <t>9786259445700</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Bir Aydın: Erol Güngör Cilt II</t>
+          <t>Aksa Tufanı Günlüğü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>260</v>
+        <v>286</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057629470</t>
+          <t>9786259445717</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Bir Aydın: Erol Güngör Cilt I</t>
+          <t>Kutsal Topraklarda - 3 - Kabe-i Müşerrefe</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>4440000003733</t>
+          <t>9786057629821</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 64 - Ocak Haziran 2023</t>
+          <t>Türkiye Siyaset Tarihi 2. Cilt 1923-2023 - 100 Yılın Siyaseti</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>336</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057629883</t>
+          <t>9789759000257</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı (2. Cilt)</t>
+          <t>Çağdaş Mesnevinin Peşinde</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057629906</t>
+          <t>9789759000745</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Cümle Nasıl Yazılır ve Nasıl Okunur?</t>
+          <t>Osmanlı'dan Günümüze Türkiye'de Sol Siyaset</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>392</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057629838</t>
+          <t>9786057629227</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik</t>
+          <t>Osmanlı'dan Günümüze Türkiye'de Siyasal Sistemin Sorunları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>290</v>
+        <v>236</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057629791</t>
+          <t>9786259423098</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç Siyasal Düşüncesinde Toplum, Devlet ve Siyaset</t>
+          <t>Türklerde Eğitim</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057629777</t>
+          <t>9786259423081</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç ve Diriliş Yazıları</t>
+          <t>Meşrutiyet ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>4440000002567</t>
+          <t>9786259423005</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 63 - Temmuz Aralık 2022</t>
+          <t>Her Dem Erdem- Kendime Sözler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057629739</t>
+          <t>9786259423067</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Siyaset Tarihi</t>
+          <t>Geleceğin Bahçesi - Sürdürülebilir Tarımsal Kalkınmaya Yeni Model Önerisi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057629722</t>
+          <t>9786259423043</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hicret Veda Haccı - Kutsal Topraklarda 2</t>
+          <t>TEDX Sahnesinin Perde Arkası -Düş Peşine En Uzun On Sekiz Dakika</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057629548</t>
+          <t>9786259423050</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Pragmata Siyaset Üçgeni Popülizm - İkinci Cilt Kitap</t>
+          <t>Türkiye’de Özelleştirme ve Medya Yansımaları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057629432</t>
+          <t>9786057629975</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Devletçilik</t>
+          <t>Türkiye’de Kültürel Mirasın Korunması</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057629609</t>
+          <t>9786259423036</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Erol Güngör</t>
+          <t>Tütün ve Kola</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057629562</t>
+          <t>9786259423074</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Zygmunt Bauman - Dördüncü Cilt</t>
+          <t>Toplumsal Düzen ve Kurumsal Yapılar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057629531</t>
+          <t>9786057629944</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm - Birinci Cilt</t>
+          <t>İslam ve Savaş</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057629593</t>
+          <t>9786057629913</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>İslam ve Barış</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057629555</t>
+          <t>4440000004038</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Konformizm - Pragmata Siyaset Üçgeni Üçüncü Cilt</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 65</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057629517</t>
+          <t>9786057629456</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Biliminin Temel Kavramları</t>
+          <t>Gelenekten Geleceğe Bir Aydın: Erol Güngör Cilt II</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057629494</t>
+          <t>9786057629470</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Buhranlarımız</t>
+          <t>Gelenekten Geleceğe Bir Aydın: Erol Güngör Cilt I</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057629500</t>
+          <t>4440000003733</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Geleneğin Muhafızı Değişimin Faili</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 64 - Ocak Haziran 2023</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057629487</t>
+          <t>9786057629883</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Meşrutiyet ve Cumhuriyet Arasındaki Son Halka</t>
+          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı (2. Cilt)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057629463</t>
+          <t>9786057629906</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yargı Sistemi ve Kazaskerlik (Ciltli)</t>
+          <t>Bir Cümle Nasıl Yazılır ve Nasıl Okunur?</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057629401</t>
+          <t>9786057629838</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından Kripto Paralar ve Blockchain Teknolojisi (Ciltli)</t>
+          <t>Afrika’da Sömürgecilik</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057629364</t>
+          <t>9786057629791</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Teorisine Giriş</t>
+          <t>Sezai Karakoç Siyasal Düşüncesinde Toplum, Devlet ve Siyaset</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057629418</t>
+          <t>9786057629777</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Modern Demokrasi Teorisi</t>
+          <t>Sezai Karakoç ve Diriliş Yazıları</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057629333</t>
+          <t>4440000002567</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi - İlerleme ve Gelenek</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 63 - Temmuz Aralık 2022</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057629425</t>
+          <t>9786057629739</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Egemenlik - Modern Devletin İnşası</t>
+          <t>Türkiye Siyaset Tarihi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057629340</t>
+          <t>9786057629722</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Maziden Gelen Armağan</t>
+          <t>Hicret Veda Haccı - Kutsal Topraklarda 2</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>92</v>
+        <v>220</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057629326</t>
+          <t>9786057629548</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 3. Cilt</t>
+          <t>Pragmata Siyaset Üçgeni Popülizm - İkinci Cilt Kitap</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057629319</t>
+          <t>9786057629432</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 2. Cilt</t>
+          <t>Tek Parti Döneminde Devletçilik</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057629289</t>
+          <t>9786057629609</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyadan Al Haberi</t>
+          <t>Erol Güngör</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>102</v>
+        <v>240</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057629272</t>
+          <t>9786057629562</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi - Temel Konular, Kurumlar ve Sorunlar</t>
+          <t>Zygmunt Bauman - Dördüncü Cilt</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057629265</t>
+          <t>9786057629531</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Pragmatizm - Birinci Cilt</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>118</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057629241</t>
+          <t>9786057629593</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>O Gece ÖSYM</t>
+          <t>Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057629197</t>
+          <t>9786057629555</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Doğu - Batı Ekseninde Kapitalizm</t>
+          <t>Konformizm - Pragmata Siyaset Üçgeni Üçüncü Cilt</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057629173</t>
+          <t>9786057629517</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Vatandaş Türküleri Söyleyen Şair Abdurrahim Karakoç</t>
+          <t>Siyaset Biliminin Temel Kavramları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057629166</t>
+          <t>9786057629494</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Mülkiyeti ve Mülkiyetin İktidarı Cilt 2</t>
+          <t>Said Halim Paşa - Buhranlarımız</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057629159</t>
+          <t>9786057629500</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Mülkiyeti ve Mülkiyetin İktidarı Cilt 1</t>
+          <t>Said Halim Paşa - Geleneğin Muhafızı Değişimin Faili</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057629111</t>
+          <t>9786057629487</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuad Başgil’e Armağan</t>
+          <t>Said Halim Paşa - Meşrutiyet ve Cumhuriyet Arasındaki Son Halka</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057629104</t>
+          <t>9786057629463</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekir 1915</t>
+          <t>Osmanlı Yargı Sistemi ve Kazaskerlik (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057629098</t>
+          <t>9786057629401</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Siyasi Düşüncesi</t>
+          <t>İslam Hukuku Açısından Kripto Paralar ve Blockchain Teknolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057629081</t>
+          <t>9786057629364</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakarlık Okumaları</t>
+          <t>Siyaset Teorisine Giriş</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057629074</t>
+          <t>9786057629418</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Türkiye’de Sağ Siyaset</t>
+          <t>Modern Demokrasi Teorisi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057629067</t>
+          <t>9786057629333</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz'de İki Süper Gücün Hakimiyet Mücadelesi</t>
+          <t>Fransız Devrimi - İlerleme ve Gelenek</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057629043</t>
+          <t>9786057629425</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>ABD ve Suriye Krizinin Dönüşümü</t>
+          <t>Egemenlik - Modern Devletin İnşası</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057629036</t>
+          <t>9786057629340</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ak Parti ve Yükselen Türkiye</t>
+          <t>Maziden Gelen Armağan</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>320</v>
+        <v>92</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057629029</t>
+          <t>9786057629326</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Anlayış</t>
+          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 3. Cilt</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057629005</t>
+          <t>9786057629319</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Savaş Kararı</t>
+          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 2. Cilt</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>108</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759000998</t>
+          <t>9786057629289</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Tunus’ta Din - Devlet İlişkilerinin Dönüşümü</t>
+          <t>Sosyal Medyadan Al Haberi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>102</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789759000981</t>
+          <t>9786057629272</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşme Tartışmaları</t>
+          <t>Siyaset Bilimi - Temel Konular, Kurumlar ve Sorunlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789759000967</t>
+          <t>9786057629265</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Erdem ve Ödev</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>300</v>
+        <v>118</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789759000950</t>
+          <t>9786057629241</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Siyasi Dinin Ebedi Edebi Dili - Büyülü Gerçekçilik (Cilt 1)</t>
+          <t>O Gece ÖSYM</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789759000912</t>
+          <t>9786057629197</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Muhafazakarlık</t>
+          <t>Doğu - Batı Ekseninde Kapitalizm</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789759000905</t>
+          <t>9786057629173</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Eleştirisinden Devrim Karşıtlığına Edmund Burke</t>
+          <t>Vatandaş Türküleri Söyleyen Şair Abdurrahim Karakoç</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789759000875</t>
+          <t>9786057629166</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Darbe Girişimi Batı Medyası Söylem Analizi</t>
+          <t>İktidarın Mülkiyeti ve Mülkiyetin İktidarı Cilt 2</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789759000851</t>
+          <t>9786057629159</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Akademinin Gözünden 15 Temmuz</t>
+          <t>İktidarın Mülkiyeti ve Mülkiyetin İktidarı Cilt 1</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789759000844</t>
+          <t>9786057629111</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kadın Gözüyle 15 Temmuz</t>
+          <t>Ali Fuad Başgil’e Armağan</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789759000394</t>
+          <t>9786057629104</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Darbe Girişimi Hatırladıklarımız ve Hatırlayacaklarımız</t>
+          <t>Diyarbekir 1915</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789759000837</t>
+          <t>9786057629098</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İdeolojier ve Devlet Algısı</t>
+          <t>Türk İslam Siyasi Düşüncesi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789759000233</t>
+          <t>9786057629081</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ağa Aşiret Siyaset</t>
+          <t>Muhafazakarlık Okumaları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789759000332</t>
+          <t>9786057629074</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Nasıl Yıkıldı?</t>
+          <t>Osmanlı’dan Günümüze Türkiye’de Sağ Siyaset</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789759000776</t>
+          <t>9786057629067</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ordu ve Jeopolitik Zihniyet</t>
+          <t>Akdeniz'de İki Süper Gücün Hakimiyet Mücadelesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789759000769</t>
+          <t>9786057629043</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Devrim ve Düzen</t>
+          <t>ABD ve Suriye Krizinin Dönüşümü</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789759000752</t>
+          <t>9786057629036</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Merkez ve Taşra</t>
+          <t>Ak Parti ve Yükselen Türkiye</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789759000455</t>
+          <t>9786057629029</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Düşüncesinin Sosyolojisi</t>
+          <t>Muhafazakar Anlayış</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789759000547</t>
+          <t>9786057629005</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kişisel, Kolektif ve Evrensel Tanrı Kompleksi 2 : Kutsala Karşı</t>
+          <t>İmparatorluğun Savaş Kararı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>400</v>
+        <v>108</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789759000240</t>
+          <t>9789759000998</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Militarist Devlet Söylemi</t>
+          <t>Türkiye ve Tunus’ta Din - Devlet İlişkilerinin Dönüşümü</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>112</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789759000530</t>
+          <t>9789759000981</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kişisel, Kolektif ve Evrensel Tanrı Kompleksi 1 : Kutsalın Gölgesinde</t>
+          <t>Sekülerleşme Tartışmaları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789759000516</t>
+          <t>9789759000967</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Türkçenin Geleceği</t>
+          <t>Erdem ve Ödev</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789759000523</t>
+          <t>9789759000950</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Müslümanlar</t>
+          <t>Ezeli Siyasi Dinin Ebedi Edebi Dili - Büyülü Gerçekçilik (Cilt 1)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
+          <t>9789759000912</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi ve Muhafazakarlık</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789759000905</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanma Eleştirisinden Devrim Karşıtlığına Edmund Burke</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789759000875</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>15 Temmuz Darbe Girişimi Batı Medyası Söylem Analizi</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789759000851</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Akademinin Gözünden 15 Temmuz</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789759000844</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Gözüyle 15 Temmuz</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789759000394</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>15 Temmuz Darbe Girişimi Hatırladıklarımız ve Hatırlayacaklarımız</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789759000837</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de İdeolojier ve Devlet Algısı</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789759000233</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Ağa Aşiret Siyaset</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789759000332</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluk Nasıl Yıkıldı?</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789759000776</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Ordu ve Jeopolitik Zihniyet</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789759000769</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Devrim ve Düzen</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789759000752</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Türk Şiirinde Merkez ve Taşra</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789759000455</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Modern Türk Düşüncesinin Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789759000547</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel, Kolektif ve Evrensel Tanrı Kompleksi 2 : Kutsala Karşı</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9789759000240</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Militarist Devlet Söylemi</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789759000530</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel, Kolektif ve Evrensel Tanrı Kompleksi 1 : Kutsalın Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789759000516</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa'da Türkçenin Geleceği</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789759000523</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Almanya'da Müslümanlar</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
           <t>9789759000486</t>
         </is>
       </c>
-      <c r="B205" s="1" t="inlineStr">
+      <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Pozitivizmin Türkiye'ye Girişi</t>
         </is>
       </c>
-      <c r="C205" s="1">
+      <c r="C223" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>