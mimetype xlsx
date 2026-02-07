--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,3370 +85,3415 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259360102</t>
+          <t>9786259360188</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aileyi Yeniden Düşünmek</t>
+          <t>Seçkinlik Paradoksu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>620</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4444444444396</t>
+          <t>9786259360171</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 69 Temmuz - Aralık 2025</t>
+          <t>Ben Görevdeyken</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>695</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057629586</t>
+          <t>9786259360119</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Aklın Eleştirisi - Platon'dan Postmodernlere</t>
+          <t>Enflasyon</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>566</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057629296</t>
+          <t>9786259360102</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sözleşmesi: Sosyal-Siyasal ve Ekonomik Kültür Seti - 3 Kitap Takım</t>
+          <t>Aileyi Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>530</v>
+        <v>620</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789759000295</t>
+          <t>4444444444396</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Fransa’da İslam Karşıtlığı ve Laisizm</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 69 Temmuz - Aralık 2025</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>102</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789759000431</t>
+          <t>9786057629586</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Devleti Görünür Kılmak</t>
+          <t>Siyasal Aklın Eleştirisi - Platon'dan Postmodernlere</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>15</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789759000608</t>
+          <t>9786057629296</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Kolektif ve Evrensel Tanrı Kompleksi - 3 : Kutsalın Kurbanları</t>
+          <t>Türk Toplum Sözleşmesi: Sosyal-Siyasal ve Ekonomik Kültür Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>500</v>
+        <v>530</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759000387</t>
+          <t>9789759000295</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dünyada Uluslararası İlişkiler</t>
+          <t>Fransa’da İslam Karşıtlığı ve Laisizm</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>102</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759000356</t>
+          <t>9789759000431</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya’da Siyaset</t>
+          <t>Devleti Görünür Kılmak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789759000820</t>
+          <t>9789759000608</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Siyasi Dinin Ebedi Edebi Dili - Büyülü Gerçekçilik (Cilt 2)</t>
+          <t>Kişisel Kolektif ve Evrensel Tanrı Kompleksi - 3 : Kutsalın Kurbanları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000009806</t>
+          <t>9789759000387</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 32 Yıl: 8 Nisan-Mayıs-Haziran 2012</t>
+          <t>Küresel Dünyada Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259259796</t>
+          <t>9789759000356</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Mekan</t>
+          <t>Kafkasya’da Siyaset</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259259789</t>
+          <t>9789759000820</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Neler Yapabilir?</t>
+          <t>Ezeli Siyasi Dinin Ebedi Edebi Dili - Büyülü Gerçekçilik (Cilt 2)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259259772</t>
+          <t>3990000009806</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İran'ın Grand Stratejisi</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 32 Yıl: 8 Nisan-Mayıs-Haziran 2012</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259257105</t>
+          <t>9786259259796</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Sivil Toplum</t>
+          <t>Aile ve Mekan</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>620</v>
+        <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259259765</t>
+          <t>9786259259789</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türkiye and Asia Pacific at New Crossroads</t>
+          <t>Yapay Zeka Neler Yapabilir?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259259741</t>
+          <t>9786259259772</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Büyük Güç Diplomasisi</t>
+          <t>İran'ın Grand Stratejisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>585</v>
+        <v>750</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259259758</t>
+          <t>9786259257105</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Büyük İhanet</t>
+          <t>Afrika'da Sivil Toplum</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>585</v>
+        <v>620</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259259727</t>
+          <t>9786259259765</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İftira</t>
+          <t>Türkiye and Asia Pacific at New Crossroads</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259259734</t>
+          <t>9786259259741</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Rektör Anlatıyor</t>
+          <t>Büyük Güç Diplomasisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>320</v>
+        <v>585</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259683584</t>
+          <t>9786259259758</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazarlık ve Üslupbilimi</t>
+          <t>Büyük İhanet</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>440</v>
+        <v>585</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259683591</t>
+          <t>9786259259727</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Aile</t>
+          <t>İslam ve İftira</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>620</v>
+        <v>480</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259259710</t>
+          <t>9786259259734</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekadan Dine Dijital Bakış</t>
+          <t>Bir Rektör Anlatıyor</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057629982</t>
+          <t>9786259683584</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ankara 801 Numaralı Kadı (Şer'iyye) Sicili</t>
+          <t>Yaratıcı Yazarlık ve Üslupbilimi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>700</v>
+        <v>440</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259683577</t>
+          <t>9786259683591</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Temel Konular ve Özgün Perspektifler</t>
+          <t>Tüm Yönleriyle Aile</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>380</v>
+        <v>620</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>4444444444156</t>
+          <t>9786259259710</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı : 67 Temmuz - Aralık 2024</t>
+          <t>Yapay Zekadan Dine Dijital Bakış</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259683546</t>
+          <t>9786057629982</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Almanlar Buna Ne Der?</t>
+          <t>Ankara 801 Numaralı Kadı (Şer'iyye) Sicili</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>340</v>
+        <v>700</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259683553</t>
+          <t>9786259683577</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Sözlüğü (Ciltli)</t>
+          <t>Sosyoloji Temel Konular ve Özgün Perspektifler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259683539</t>
+          <t>4444444444156</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir ve Polisiye</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı : 67 Temmuz - Aralık 2024</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259683560</t>
+          <t>9786259683546</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Gelişmekte Olan Dünya</t>
+          <t>Almanlar Buna Ne Der?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>680</v>
+        <v>340</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>4444444444021</t>
+          <t>9786259683553</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı : 68 Ocak - Haziran 2025</t>
+          <t>Sosyal Bilimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259683515</t>
+          <t>9786259683539</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Darbe Direnişi: İnsanlar Askeri Darbelere Neden Direnir?</t>
+          <t>Kemal Tahir ve Polisiye</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>384</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259683522</t>
+          <t>9786259683560</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Örgütten Darbeye FETÖ ve 15 Temmuz</t>
+          <t>Emperyalizm ve Gelişmekte Olan Dünya</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>620</v>
+        <v>680</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259703893</t>
+          <t>4444444444021</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Göç, Kent ve Sosyal Uyum</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı : 68 Ocak - Haziran 2025</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000031385</t>
+          <t>9786259683515</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı 37 - 2013</t>
+          <t>Darbe Direnişi: İnsanlar Askeri Darbelere Neden Direnir?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>384</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>3990000030563</t>
+          <t>9786259683522</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 54 Mayıs-Ağustos 2018</t>
+          <t>Örgütten Darbeye FETÖ ve 15 Temmuz</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>620</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000029370</t>
+          <t>9786259703893</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Yıl 14 Sayı: 53 Ocak-Şubat-Mart-Nisan 2018</t>
+          <t>Göç, Kent ve Sosyal Uyum</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000009816</t>
+          <t>3990000031385</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 8 Yıl: 2 Bahar 2006</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı 37 - 2013</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000009817</t>
+          <t>3990000030563</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 6 Yıl: 2 Güz 2005</t>
+          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 54 Mayıs-Ağustos 2018</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000008585</t>
+          <t>3990000029370</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 5 Yıl: 2 Güz 2005</t>
+          <t>Muhafazakar Düşünce Dergisi Yıl 14 Sayı: 53 Ocak-Şubat-Mart-Nisan 2018</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000009810</t>
+          <t>3990000009816</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 28 Yıl: 7 Nisan-Mayıs-Haziran 2011</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 8 Yıl: 2 Bahar 2006</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000009807</t>
+          <t>3990000009817</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 25-26 Yıl: 7 Temmuz-Aralık 2010</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 6 Yıl: 2 Güz 2005</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000009823</t>
+          <t>3990000008585</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 18 Güz 2008</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 5 Yıl: 2 Güz 2005</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000009820</t>
+          <t>3990000009810</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 16-17 yıl: 4 Bahar-Yaz 2008</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 28 Yıl: 7 Nisan-Mayıs-Haziran 2011</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000009811</t>
+          <t>3990000009807</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 15 Kış 2008</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 25-26 Yıl: 7 Temmuz-Aralık 2010</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000009809</t>
+          <t>3990000009823</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 13-14 Yıl: 4 Yaz-Güz 2007</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 18 Güz 2008</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>3990000009814</t>
+          <t>3990000009820</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 12 Yıl: 3 Bahar 2007</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 16-17 yıl: 4 Bahar-Yaz 2008</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>3990000009822</t>
+          <t>3990000009811</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 11 Kış 2007</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 15 Kış 2008</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>3990000009805</t>
+          <t>3990000009809</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 1 Yıl: 1 Yaz 2004</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 13-14 Yıl: 4 Yaz-Güz 2007</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>3990000028190</t>
+          <t>3990000009814</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 44 Yıl: 11 Nisan-Mayıs-Haziran 2015</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 12 Yıl: 3 Bahar 2007</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000029369</t>
+          <t>3990000009822</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 52 Eylül - Aralık 2017</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 11 Kış 2007</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>3990000043992</t>
+          <t>3990000009805</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 48</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 1 Yıl: 1 Yaz 2004</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>3990000009819</t>
+          <t>3990000028190</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 23 Yıl: 6 Ocak-Şubat-Mart 2010</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 44 Yıl: 11 Nisan-Mayıs-Haziran 2015</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000009813</t>
+          <t>3990000029369</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 21-22 Yıl: 6 Yaz-Güz 2009</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 52 Eylül - Aralık 2017</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>3990000009812</t>
+          <t>3990000043992</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 2 Yıl:1 Güz 2004</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 48</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000009804</t>
+          <t>3990000009819</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 19-20 Kış-Bahar 2009</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 23 Yıl: 6 Ocak-Şubat-Mart 2010</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>3990000038190</t>
+          <t>3990000009813</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 3 Yıl: 1 Kış 2005</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 21-22 Yıl: 6 Yaz-Güz 2009</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000009808</t>
+          <t>3990000009812</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 24 Yıl: 6 Nisan-Mayıs-Haziran 2010</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 2 Yıl:1 Güz 2004</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057629839</t>
+          <t>3990000009804</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 19-20 Kış-Bahar 2009</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057629968</t>
+          <t>3990000038190</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>21'İnci Yüzyılda Türkiye'nin Dış Politikası</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 3 Yıl: 1 Kış 2005</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057629890</t>
+          <t>3990000009808</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı (3. Cilt)</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 24 Yıl: 6 Nisan-Mayıs-Haziran 2010</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057629814</t>
+          <t>9786057629839</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç'la İnci Dakikaları</t>
+          <t>Afrika’da Sömürgecilik</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057629784</t>
+          <t>9786057629968</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İman, Duruş ve Diriliş: Sezai Karakoç</t>
+          <t>21'İnci Yüzyılda Türkiye'nin Dış Politikası</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057629524</t>
+          <t>9786057629890</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Popülizm - İkinci Cilt</t>
+          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı (3. Cilt)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789759000592</t>
+          <t>9786057629814</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kadın ve Siyaset</t>
+          <t>Sezai Karakoç'la İnci Dakikaları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057629234</t>
+          <t>9786057629784</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Modern Devlette Siyasal Temsilin Kökenleri</t>
+          <t>İman, Duruş ve Diriliş: Sezai Karakoç</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259703886</t>
+          <t>9786057629524</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Merkez Sağın Dönüşümü (1950-1995)</t>
+          <t>Popülizm - İkinci Cilt</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>420</v>
+        <v>50</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057629128</t>
+          <t>9789759000592</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>ODTÜ Hocam</t>
+          <t>Türkiye'de Kadın ve Siyaset</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057629753</t>
+          <t>9786057629234</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İşgal Ve İnsan Hakları</t>
+          <t>Modern Devlette Siyasal Temsilin Kökenleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057629388</t>
+          <t>9786259703886</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türkiye’de Siyaset Toplum ve Kültür</t>
+          <t>Türkiye’de Merkez Sağın Dönüşümü (1950-1995)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057629210</t>
+          <t>9786057629128</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>CHP Genel Sekreterlik Büroları</t>
+          <t>ODTÜ Hocam</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259703879</t>
+          <t>9786057629753</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Zenginlik Kültürü</t>
+          <t>İşgal Ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259703800</t>
+          <t>9786057629388</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Batı Dışı Dünya</t>
+          <t>Osmanlı'dan Günümüze Türkiye’de Siyaset Toplum ve Kültür</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>414</v>
+        <v>290</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259556963</t>
+          <t>9786057629210</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İkna - Türkiye'nin Yumuşak Gücü</t>
+          <t>CHP Genel Sekreterlik Büroları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259556994</t>
+          <t>9786259703879</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Seküler Dünyada Tasavvuf</t>
+          <t>Zenginlik Kültürü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259556987</t>
+          <t>9786259703800</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar ve Tasavvufi İzahlar Açısından Aleviliğin El Kitabı</t>
+          <t>Batı Dışı Dünya</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>414</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259556918</t>
+          <t>9786259556963</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kurumu Niteliğindeki Meslek Kuruluşları</t>
+          <t>Stratejik İkna - Türkiye'nin Yumuşak Gücü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259556925</t>
+          <t>9786259556994</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ahilik Üzerine Yazılar</t>
+          <t>Seküler Dünyada Tasavvuf</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057629180</t>
+          <t>9786259556987</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık ve Bağımsızlık Arasında Suudi Arabistan</t>
+          <t>Kavramlar ve Tasavvufi İzahlar Açısından Aleviliğin El Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057629852</t>
+          <t>9786259556918</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Demokrasi</t>
+          <t>Kamu Kurumu Niteliğindeki Meslek Kuruluşları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057629449</t>
+          <t>9786259556925</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Katar ve Birleşik Arap Emirlikleri Politikaları - Bölgesel Rekabet ve Statü Arayışı</t>
+          <t>Ahilik Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>232</v>
+        <v>220</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259423029</t>
+          <t>9786057629180</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Muhafazakar Siyaset</t>
+          <t>Bağımlılık ve Bağımsızlık Arasında Suudi Arabistan</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259829920</t>
+          <t>9786057629852</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devlet Geleneğinde Denetim</t>
+          <t>İslam ve Demokrasi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259829999</t>
+          <t>9786057629449</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Islam and Peace</t>
+          <t>Türkiye'nin Katar ve Birleşik Arap Emirlikleri Politikaları - Bölgesel Rekabet ve Statü Arayışı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>232</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259423012</t>
+          <t>9786259423029</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dünya Siyasetinde Kriz, Kaos ve Düzen</t>
+          <t>Türkiye'de Muhafazakar Siyaset</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259829982</t>
+          <t>9786259829920</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerle İmtihanımız</t>
+          <t>Osmanlı Devlet Geleneğinde Denetim</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259829951</t>
+          <t>9786259829999</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Modern ve Postmodern Feminizm</t>
+          <t>Islam and Peace</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259829975</t>
+          <t>9786259423012</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kriz Sosyolojisi</t>
+          <t>Dünya Siyasetinde Kriz, Kaos ve Düzen</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259829968</t>
+          <t>9786259829982</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Siyasi ve İdari Reformlar</t>
+          <t>Sosyal Bilimlerle İmtihanımız</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259829944</t>
+          <t>9786259829951</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Islam And War</t>
+          <t>Modern ve Postmodern Feminizm</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057629302</t>
+          <t>9786259829975</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 1. Cilt</t>
+          <t>Kriz Sosyolojisi</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>4444444442990</t>
+          <t>9786259829968</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı : 66 Ocak - Haziran 2024 Türkiyenin Fikir Dergileri</t>
+          <t>Tanzimat Dönemi Siyasi ve İdari Reformlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>4444444442792</t>
+          <t>9786259829944</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 36 Nisan-Mayıs-Haziran 2013</t>
+          <t>Islam And War</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>4444444442791</t>
+          <t>9786057629302</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 40 Nisan-Mayıs-Haziran 2014</t>
+          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 1. Cilt</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>4444444442789</t>
+          <t>4444444442990</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 43 Ocak-Şubat-Mart 2015</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı : 66 Ocak - Haziran 2024 Türkiyenin Fikir Dergileri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259829937</t>
+          <t>4444444442792</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz’un Sosyolojisi ve Teopolitiği</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 36 Nisan-Mayıs-Haziran 2013</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259445786</t>
+          <t>4444444442791</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 4. Cilt</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 40 Nisan-Mayıs-Haziran 2014</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>640</v>
+        <v>50</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259445755</t>
+          <t>4444444442789</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 1. Cilt</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 43 Ocak-Şubat-Mart 2015</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>685</v>
+        <v>50</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259445762</t>
+          <t>9786259829937</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 2. Cilt</t>
+          <t>15 Temmuz’un Sosyolojisi ve Teopolitiği</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>690</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259445779</t>
+          <t>9786259445786</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 3. Cilt</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 4. Cilt</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>640</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259445793</t>
+          <t>9786259445755</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 5. Cilt</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 1. Cilt</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>685</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057629876</t>
+          <t>9786259445762</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 2. Cilt</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>210</v>
+        <v>690</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057629371</t>
+          <t>9786259445779</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İdeolojiler ve Siyaset</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 3. Cilt</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>260</v>
+        <v>640</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>3990000028250</t>
+          <t>9786259445793</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 56 Ocak-Haziran 2019</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 5. Cilt</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>50</v>
+        <v>685</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>3990000079738</t>
+          <t>9786057629876</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 50</t>
+          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>50</v>
+        <v>210</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>3990000038241</t>
+          <t>9786057629371</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 51</t>
+          <t>Türkiye’de İdeolojiler ve Siyaset</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>50</v>
+        <v>260</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789759000226</t>
+          <t>3990000028250</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Olur Ki</t>
+          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 56 Ocak-Haziran 2019</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>3990000009803</t>
+          <t>3990000079738</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 9-10 Yıl: 2 Yaz-Güz 2006</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 50</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>3990000008587</t>
+          <t>3990000038241</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 29-30 Yıl: 8 Temmuz-Aralık 2011</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 51</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>3990000008586</t>
+          <t>9789759000226</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 27 Yıl: 7 Ocak-Şubat-Mart 2011</t>
+          <t>Geçmiş Zaman Olur Ki</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>3990000099371</t>
+          <t>3990000009803</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 55 Eylül-Aralık 2018</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 9-10 Yıl: 2 Yaz-Güz 2006</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789759000509</t>
+          <t>3990000008587</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Fransa'daki Devrim Üzerine Düşünceler</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 29-30 Yıl: 8 Temmuz-Aralık 2011</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>240</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>3990000078889</t>
+          <t>3990000008586</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 49</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 27 Yıl: 7 Ocak-Şubat-Mart 2011</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3990000018032</t>
+          <t>3990000099371</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 41-42 Temmuz-Aralık 2014</t>
+          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 55 Eylül-Aralık 2018</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>3990000031511</t>
+          <t>9789759000509</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 45-46 Yıl: 12 Temmuz-Aralık 2015</t>
+          <t>Fransa'daki Devrim Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000051726</t>
+          <t>3990000078889</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 47 Ocak-Nisan 2016</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 49</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000009815</t>
+          <t>3990000018032</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 4 Yıl: 1 Bahar 2005</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 41-42 Temmuz-Aralık 2014</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000015467</t>
+          <t>3990000031511</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 35 Yıl: 9 Ocak-Şubat-Mart 2013</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 45-46 Yıl: 12 Temmuz-Aralık 2015</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000009821</t>
+          <t>3990000051726</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 33-34 Yıl: 9 Temmuz-Aralık 2012</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 47 Ocak-Nisan 2016</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3990000009818</t>
+          <t>3990000009815</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 31 Yıl: 8 Ocak-Şubat-Mart 2012</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 4 Yıl: 1 Bahar 2005</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>3990000034398</t>
+          <t>3990000015467</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 59 Temmuz-Aralık 2020</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 35 Yıl: 9 Ocak-Şubat-Mart 2013</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990000034391</t>
+          <t>3990000009821</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 58 Ocak-Haziran 2020</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 33-34 Yıl: 9 Temmuz-Aralık 2012</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057629050</t>
+          <t>3990000009818</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Sivil Toplum</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 31 Yıl: 8 Ocak-Şubat-Mart 2012</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>380</v>
+        <v>50</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>3990000002834</t>
+          <t>3990000034398</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 60 Ocak-Haziran 2021</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 59 Temmuz-Aralık 2020</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3990000033970</t>
+          <t>3990000034391</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı 57 - 2019</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 58 Ocak-Haziran 2020</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789759000271</t>
+          <t>9786057629050</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Ortadoğu’da Sivil Toplum</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>246</v>
+        <v>380</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057629920</t>
+          <t>3990000002834</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İlerleme ve İslam - İslam Dünyası İleri Gidebilir mi?</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 60 Ocak-Haziran 2021</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>420</v>
+        <v>50</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786259829906</t>
+          <t>3990000033970</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin Sonu 28 Şubat'tan 15 Temmuz'a - İki Konuşma</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı 57 - 2019</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259829913</t>
+          <t>9789759000271</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukuku</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>246</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259445731</t>
+          <t>9786057629920</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Meşruiyeti: Batı Düşüncesinde Meşruiyet Sorunu</t>
+          <t>İlerleme ve İslam - İslam Dünyası İleri Gidebilir mi?</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259445724</t>
+          <t>9786259829906</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Halleri Kalenin Bedenleri</t>
+          <t>Bir Dönemin Sonu 28 Şubat'tan 15 Temmuz'a - İki Konuşma</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>212</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256598584</t>
+          <t>9786259829913</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı ve Kaliteli Hayata Dair Bilgiler Cilt 1</t>
+          <t>Osmanlı Hukuku</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786259445700</t>
+          <t>9786259445731</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Aksa Tufanı Günlüğü</t>
+          <t>İktidarın Meşruiyeti: Batı Düşüncesinde Meşruiyet Sorunu</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>286</v>
+        <v>360</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786259445717</t>
+          <t>9786259445724</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklarda - 3 - Kabe-i Müşerrefe</t>
+          <t>Kurmacanın Halleri Kalenin Bedenleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>212</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057629821</t>
+          <t>9786256598584</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Siyaset Tarihi 2. Cilt 1923-2023 - 100 Yılın Siyaseti</t>
+          <t>Sağlıklı ve Kaliteli Hayata Dair Bilgiler Cilt 1</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>336</v>
+        <v>298</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789759000257</t>
+          <t>9786259445700</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Mesnevinin Peşinde</t>
+          <t>Aksa Tufanı Günlüğü</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>286</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789759000745</t>
+          <t>9786259445717</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türkiye'de Sol Siyaset</t>
+          <t>Kutsal Topraklarda - 3 - Kabe-i Müşerrefe</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>392</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057629227</t>
+          <t>9786057629821</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türkiye'de Siyasal Sistemin Sorunları</t>
+          <t>Türkiye Siyaset Tarihi 2. Cilt 1923-2023 - 100 Yılın Siyaseti</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>236</v>
+        <v>336</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259423098</t>
+          <t>9789759000257</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Eğitim</t>
+          <t>Çağdaş Mesnevinin Peşinde</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786259423081</t>
+          <t>9789759000745</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet ve Cumhuriyet</t>
+          <t>Osmanlı'dan Günümüze Türkiye'de Sol Siyaset</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>160</v>
+        <v>392</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786259423005</t>
+          <t>9786057629227</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Her Dem Erdem- Kendime Sözler</t>
+          <t>Osmanlı'dan Günümüze Türkiye'de Siyasal Sistemin Sorunları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>500</v>
+        <v>236</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259423067</t>
+          <t>9786259423098</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Bahçesi - Sürdürülebilir Tarımsal Kalkınmaya Yeni Model Önerisi</t>
+          <t>Türklerde Eğitim</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259423043</t>
+          <t>9786259423081</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>TEDX Sahnesinin Perde Arkası -Düş Peşine En Uzun On Sekiz Dakika</t>
+          <t>Meşrutiyet ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786259423050</t>
+          <t>9786259423005</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Özelleştirme ve Medya Yansımaları</t>
+          <t>Her Dem Erdem- Kendime Sözler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057629975</t>
+          <t>9786259423067</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kültürel Mirasın Korunması</t>
+          <t>Geleceğin Bahçesi - Sürdürülebilir Tarımsal Kalkınmaya Yeni Model Önerisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259423036</t>
+          <t>9786259423043</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tütün ve Kola</t>
+          <t>TEDX Sahnesinin Perde Arkası -Düş Peşine En Uzun On Sekiz Dakika</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786259423074</t>
+          <t>9786259423050</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Düzen ve Kurumsal Yapılar</t>
+          <t>Türkiye’de Özelleştirme ve Medya Yansımaları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057629944</t>
+          <t>9786057629975</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Savaş</t>
+          <t>Türkiye’de Kültürel Mirasın Korunması</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057629913</t>
+          <t>9786259423036</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Barış</t>
+          <t>Tütün ve Kola</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>4440000004038</t>
+          <t>9786259423074</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 65</t>
+          <t>Toplumsal Düzen ve Kurumsal Yapılar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057629456</t>
+          <t>9786057629944</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Bir Aydın: Erol Güngör Cilt II</t>
+          <t>İslam ve Savaş</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057629470</t>
+          <t>9786057629913</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Bir Aydın: Erol Güngör Cilt I</t>
+          <t>İslam ve Barış</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>4440000003733</t>
+          <t>4440000004038</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 64 - Ocak Haziran 2023</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 65</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057629883</t>
+          <t>9786057629456</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı (2. Cilt)</t>
+          <t>Gelenekten Geleceğe Bir Aydın: Erol Güngör Cilt II</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057629906</t>
+          <t>9786057629470</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bir Cümle Nasıl Yazılır ve Nasıl Okunur?</t>
+          <t>Gelenekten Geleceğe Bir Aydın: Erol Güngör Cilt I</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057629838</t>
+          <t>4440000003733</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 64 - Ocak Haziran 2023</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057629791</t>
+          <t>9786057629883</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç Siyasal Düşüncesinde Toplum, Devlet ve Siyaset</t>
+          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı (2. Cilt)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057629777</t>
+          <t>9786057629906</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç ve Diriliş Yazıları</t>
+          <t>Bir Cümle Nasıl Yazılır ve Nasıl Okunur?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>4440000002567</t>
+          <t>9786057629838</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 63 - Temmuz Aralık 2022</t>
+          <t>Afrika’da Sömürgecilik</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057629739</t>
+          <t>9786057629791</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Siyaset Tarihi</t>
+          <t>Sezai Karakoç Siyasal Düşüncesinde Toplum, Devlet ve Siyaset</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057629722</t>
+          <t>9786057629777</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hicret Veda Haccı - Kutsal Topraklarda 2</t>
+          <t>Sezai Karakoç ve Diriliş Yazıları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057629548</t>
+          <t>4440000002567</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Pragmata Siyaset Üçgeni Popülizm - İkinci Cilt Kitap</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 63 - Temmuz Aralık 2022</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057629432</t>
+          <t>9786057629739</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Devletçilik</t>
+          <t>Türkiye Siyaset Tarihi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057629609</t>
+          <t>9786057629722</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Erol Güngör</t>
+          <t>Hicret Veda Haccı - Kutsal Topraklarda 2</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057629562</t>
+          <t>9786057629548</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Zygmunt Bauman - Dördüncü Cilt</t>
+          <t>Pragmata Siyaset Üçgeni Popülizm - İkinci Cilt Kitap</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>315</v>
+        <v>260</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057629531</t>
+          <t>9786057629432</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm - Birinci Cilt</t>
+          <t>Tek Parti Döneminde Devletçilik</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057629593</t>
+          <t>9786057629609</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>Erol Güngör</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057629555</t>
+          <t>9786057629562</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Konformizm - Pragmata Siyaset Üçgeni Üçüncü Cilt</t>
+          <t>Zygmunt Bauman - Dördüncü Cilt</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>260</v>
+        <v>315</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057629517</t>
+          <t>9786057629531</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Biliminin Temel Kavramları</t>
+          <t>Pragmatizm - Birinci Cilt</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057629494</t>
+          <t>9786057629593</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Buhranlarımız</t>
+          <t>Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057629500</t>
+          <t>9786057629555</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Geleneğin Muhafızı Değişimin Faili</t>
+          <t>Konformizm - Pragmata Siyaset Üçgeni Üçüncü Cilt</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057629487</t>
+          <t>9786057629517</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Meşrutiyet ve Cumhuriyet Arasındaki Son Halka</t>
+          <t>Siyaset Biliminin Temel Kavramları</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057629463</t>
+          <t>9786057629494</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yargı Sistemi ve Kazaskerlik (Ciltli)</t>
+          <t>Said Halim Paşa - Buhranlarımız</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057629401</t>
+          <t>9786057629500</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından Kripto Paralar ve Blockchain Teknolojisi (Ciltli)</t>
+          <t>Said Halim Paşa - Geleneğin Muhafızı Değişimin Faili</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057629364</t>
+          <t>9786057629487</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Teorisine Giriş</t>
+          <t>Said Halim Paşa - Meşrutiyet ve Cumhuriyet Arasındaki Son Halka</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057629418</t>
+          <t>9786057629463</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Modern Demokrasi Teorisi</t>
+          <t>Osmanlı Yargı Sistemi ve Kazaskerlik (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057629333</t>
+          <t>9786057629401</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi - İlerleme ve Gelenek</t>
+          <t>İslam Hukuku Açısından Kripto Paralar ve Blockchain Teknolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057629425</t>
+          <t>9786057629364</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Egemenlik - Modern Devletin İnşası</t>
+          <t>Siyaset Teorisine Giriş</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057629340</t>
+          <t>9786057629418</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Maziden Gelen Armağan</t>
+          <t>Modern Demokrasi Teorisi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>92</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057629326</t>
+          <t>9786057629333</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 3. Cilt</t>
+          <t>Fransız Devrimi - İlerleme ve Gelenek</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057629319</t>
+          <t>9786057629425</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 2. Cilt</t>
+          <t>Egemenlik - Modern Devletin İnşası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057629289</t>
+          <t>9786057629340</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyadan Al Haberi</t>
+          <t>Maziden Gelen Armağan</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>102</v>
+        <v>92</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057629272</t>
+          <t>9786057629326</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi - Temel Konular, Kurumlar ve Sorunlar</t>
+          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 3. Cilt</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057629265</t>
+          <t>9786057629319</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 2. Cilt</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>118</v>
+        <v>400</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057629241</t>
+          <t>9786057629289</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>O Gece ÖSYM</t>
+          <t>Sosyal Medyadan Al Haberi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>102</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057629197</t>
+          <t>9786057629272</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Doğu - Batı Ekseninde Kapitalizm</t>
+          <t>Siyaset Bilimi - Temel Konular, Kurumlar ve Sorunlar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057629173</t>
+          <t>9786057629265</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Vatandaş Türküleri Söyleyen Şair Abdurrahim Karakoç</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>118</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057629166</t>
+          <t>9786057629241</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Mülkiyeti ve Mülkiyetin İktidarı Cilt 2</t>
+          <t>O Gece ÖSYM</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057629159</t>
+          <t>9786057629197</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Mülkiyeti ve Mülkiyetin İktidarı Cilt 1</t>
+          <t>Doğu - Batı Ekseninde Kapitalizm</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057629111</t>
+          <t>9786057629173</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuad Başgil’e Armağan</t>
+          <t>Vatandaş Türküleri Söyleyen Şair Abdurrahim Karakoç</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057629104</t>
+          <t>9786057629166</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekir 1915</t>
+          <t>İktidarın Mülkiyeti ve Mülkiyetin İktidarı Cilt 2</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057629098</t>
+          <t>9786057629159</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Siyasi Düşüncesi</t>
+          <t>İktidarın Mülkiyeti ve Mülkiyetin İktidarı Cilt 1</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057629081</t>
+          <t>9786057629111</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakarlık Okumaları</t>
+          <t>Ali Fuad Başgil’e Armağan</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057629074</t>
+          <t>9786057629104</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Türkiye’de Sağ Siyaset</t>
+          <t>Diyarbekir 1915</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057629067</t>
+          <t>9786057629098</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz'de İki Süper Gücün Hakimiyet Mücadelesi</t>
+          <t>Türk İslam Siyasi Düşüncesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057629043</t>
+          <t>9786057629081</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>ABD ve Suriye Krizinin Dönüşümü</t>
+          <t>Muhafazakarlık Okumaları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057629036</t>
+          <t>9786057629074</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ak Parti ve Yükselen Türkiye</t>
+          <t>Osmanlı’dan Günümüze Türkiye’de Sağ Siyaset</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057629029</t>
+          <t>9786057629067</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Anlayış</t>
+          <t>Akdeniz'de İki Süper Gücün Hakimiyet Mücadelesi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057629005</t>
+          <t>9786057629043</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Savaş Kararı</t>
+          <t>ABD ve Suriye Krizinin Dönüşümü</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>108</v>
+        <v>400</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789759000998</t>
+          <t>9786057629036</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Tunus’ta Din - Devlet İlişkilerinin Dönüşümü</t>
+          <t>Ak Parti ve Yükselen Türkiye</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789759000981</t>
+          <t>9786057629029</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşme Tartışmaları</t>
+          <t>Muhafazakar Anlayış</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789759000967</t>
+          <t>9786057629005</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Erdem ve Ödev</t>
+          <t>İmparatorluğun Savaş Kararı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>108</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789759000950</t>
+          <t>9789759000998</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Siyasi Dinin Ebedi Edebi Dili - Büyülü Gerçekçilik (Cilt 1)</t>
+          <t>Türkiye ve Tunus’ta Din - Devlet İlişkilerinin Dönüşümü</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789759000912</t>
+          <t>9789759000981</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Muhafazakarlık</t>
+          <t>Sekülerleşme Tartışmaları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789759000905</t>
+          <t>9789759000967</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Eleştirisinden Devrim Karşıtlığına Edmund Burke</t>
+          <t>Erdem ve Ödev</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789759000875</t>
+          <t>9789759000950</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Darbe Girişimi Batı Medyası Söylem Analizi</t>
+          <t>Ezeli Siyasi Dinin Ebedi Edebi Dili - Büyülü Gerçekçilik (Cilt 1)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789759000851</t>
+          <t>9789759000912</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Akademinin Gözünden 15 Temmuz</t>
+          <t>Demokrasi ve Muhafazakarlık</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789759000844</t>
+          <t>9789759000905</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kadın Gözüyle 15 Temmuz</t>
+          <t>Aydınlanma Eleştirisinden Devrim Karşıtlığına Edmund Burke</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789759000394</t>
+          <t>9789759000875</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Darbe Girişimi Hatırladıklarımız ve Hatırlayacaklarımız</t>
+          <t>15 Temmuz Darbe Girişimi Batı Medyası Söylem Analizi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789759000837</t>
+          <t>9789759000851</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İdeolojier ve Devlet Algısı</t>
+          <t>Akademinin Gözünden 15 Temmuz</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789759000233</t>
+          <t>9789759000844</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ağa Aşiret Siyaset</t>
+          <t>Kadın Gözüyle 15 Temmuz</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789759000332</t>
+          <t>9789759000394</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Nasıl Yıkıldı?</t>
+          <t>15 Temmuz Darbe Girişimi Hatırladıklarımız ve Hatırlayacaklarımız</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789759000776</t>
+          <t>9789759000837</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ordu ve Jeopolitik Zihniyet</t>
+          <t>Türkiye'de İdeolojier ve Devlet Algısı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789759000769</t>
+          <t>9789759000233</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Devrim ve Düzen</t>
+          <t>Ağa Aşiret Siyaset</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789759000752</t>
+          <t>9789759000332</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Merkez ve Taşra</t>
+          <t>İmparatorluk Nasıl Yıkıldı?</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789759000455</t>
+          <t>9789759000776</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Düşüncesinin Sosyolojisi</t>
+          <t>Türkiye’de Ordu ve Jeopolitik Zihniyet</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789759000547</t>
+          <t>9789759000769</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kişisel, Kolektif ve Evrensel Tanrı Kompleksi 2 : Kutsala Karşı</t>
+          <t>Devrim ve Düzen</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789759000240</t>
+          <t>9789759000752</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Militarist Devlet Söylemi</t>
+          <t>Klasik Türk Şiirinde Merkez ve Taşra</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789759000530</t>
+          <t>9789759000455</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kişisel, Kolektif ve Evrensel Tanrı Kompleksi 1 : Kutsalın Gölgesinde</t>
+          <t>Modern Türk Düşüncesinin Sosyolojisi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789759000516</t>
+          <t>9789759000547</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Türkçenin Geleceği</t>
+          <t>Kişisel, Kolektif ve Evrensel Tanrı Kompleksi 2 : Kutsala Karşı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789759000523</t>
+          <t>9789759000240</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Müslümanlar</t>
+          <t>Türkiye’de Militarist Devlet Söylemi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
+          <t>9789759000530</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel, Kolektif ve Evrensel Tanrı Kompleksi 1 : Kutsalın Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789759000516</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa'da Türkçenin Geleceği</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789759000523</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Almanya'da Müslümanlar</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
           <t>9789759000486</t>
         </is>
       </c>
-      <c r="B223" s="1" t="inlineStr">
+      <c r="B226" s="1" t="inlineStr">
         <is>
           <t>Pozitivizmin Türkiye'ye Girişi</t>
         </is>
       </c>
-      <c r="C223" s="1">
+      <c r="C226" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>