--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,3415 +85,4585 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259360188</t>
+          <t>9786258651195</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Seçkinlik Paradoksu</t>
+          <t>Bir Aile Hikâyesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259360171</t>
+          <t>9786258651089</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ben Görevdeyken</t>
+          <t>Amerikan İdealizmi Yalanı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>695</v>
+        <v>680</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259360119</t>
+          <t>9786258651096</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon</t>
+          <t>Sosyal Medyada Gezi Eylemleri ve Tahrir Meydanı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>566</v>
+        <v>390</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259360102</t>
+          <t>9786258651133</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aileyi Yeniden Düşünmek</t>
+          <t>“Influence” Çağı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>620</v>
+        <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>4444444444396</t>
+          <t>9786258651119</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 69 Temmuz - Aralık 2025</t>
+          <t>20. Yüzyılda Muhafazakar Aklın Mimarı Russel Kirk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057629586</t>
+          <t>9786258651157</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Aklın Eleştirisi - Platon'dan Postmodernlere</t>
+          <t>Küresel İslamofobi ve Popülizmin Yükselişi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057629296</t>
+          <t>9786258651126</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sözleşmesi: Sosyal-Siyasal ve Ekonomik Kültür Seti - 3 Kitap Takım</t>
+          <t>Doğu Batı Bilgeliğinden Hikayelerin Hikayesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>530</v>
+        <v>360</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759000295</t>
+          <t>9786258651010</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Fransa’da İslam Karşıtlığı ve Laisizm</t>
+          <t>Dezenformasyon</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>102</v>
+        <v>460</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759000431</t>
+          <t>9786258651102</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Devleti Görünür Kılmak</t>
+          <t>Sosyal Politikalar Yerel Güç Küresel Refah</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>15</v>
+        <v>420</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789759000608</t>
+          <t>9786258651072</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Kolektif ve Evrensel Tanrı Kompleksi - 3 : Kutsalın Kurbanları</t>
+          <t>Kant: Düşüncenin Devrimi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>580</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759000387</t>
+          <t>9786259635040</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dünyada Uluslararası İlişkiler</t>
+          <t>Muhaberat: Devletin Gölgeleri</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789759000356</t>
+          <t>9786259360195</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya’da Siyaset</t>
+          <t>Post-Truth Çağında Uluslararası Sistemin Hakikat Krizi</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789759000820</t>
+          <t>9786259360164</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Siyasi Dinin Ebedi Edebi Dili - Büyülü Gerçekçilik (Cilt 2)</t>
+          <t>Millî Mücadele Döneminde Siyaset ve Savaş</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000009806</t>
+          <t>9786259360133</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 32 Yıl: 8 Nisan-Mayıs-Haziran 2012</t>
+          <t>İslam: Hz. Muhammed’den Günümüze Yeni Bir Tarih</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>585</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259259796</t>
+          <t>9786057629951</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Mekan</t>
+          <t>Kamu Yönetimi Terminolojisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259259789</t>
+          <t>9786057629999</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Neler Yapabilir?</t>
+          <t>Stratejik İstihbarat ve Ulusal Güvenlik</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259259772</t>
+          <t>9786057629715</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İran'ın Grand Stratejisi</t>
+          <t>Türkiye'de Siyaset ve Hayat</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259257105</t>
+          <t>9786057629746</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Sivil Toplum</t>
+          <t>21. Yüzyılda Ortadoğu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>620</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259259765</t>
+          <t>9786057629579</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Türkiye and Asia Pacific at New Crossroads</t>
+          <t>Cryptocurrencies and Blockchain Encryption Technology From The Perspective Of Islamic Law (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259259741</t>
+          <t>9786057629616</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Büyük Güç Diplomasisi</t>
+          <t>İslam Hukukunda Barış ve Antlaşma</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>585</v>
+        <v>212</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259259758</t>
+          <t>9789756124451</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Büyük İhanet</t>
+          <t>Milletine adanmış bir ömür Abdülkadir Aksu (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>585</v>
+        <v>425</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259259727</t>
+          <t>9789759000936</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İftira</t>
+          <t>Ortadoğu Yıllığı Sayı: 13 Yıl: 13 2017</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>480</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259259734</t>
+          <t>3990000074668</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Rektör Anlatıyor</t>
+          <t>Abdurrahim Karakoç - Bütün Eserleri (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>269</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259683584</t>
+          <t>9789759000318</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazarlık ve Üslupbilimi</t>
+          <t>Kutsallıkların Ölümcül Sıçrayışı: Yapay Kutsallıklar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>440</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259683591</t>
+          <t>9786056196409</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Aile</t>
+          <t>İki Devirde Bir Din Adamı - Mehmet Rifat Börekçi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>620</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259259710</t>
+          <t>3990000008584</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekadan Dine Dijital Bakış</t>
+          <t>Gelenekten Geleceğe Dergisi Sayı: 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057629982</t>
+          <t>9789759000059</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ankara 801 Numaralı Kadı (Şer'iyye) Sicili</t>
+          <t>Dünya İslamiyet Demokrasi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>700</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259683577</t>
+          <t>9789759000141</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Temel Konular ve Özgün Perspektifler</t>
+          <t>Türkiye’nin Anayasa Krizi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>380</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>4444444444156</t>
+          <t>9789759000158</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı : 67 Temmuz - Aralık 2024</t>
+          <t>Türkiye’de Liberal-Muhafazakar Siyaset ve Turgut Özal</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259683546</t>
+          <t>9789759000202</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Almanlar Buna Ne Der?</t>
+          <t>Türk Siyasal Muhafazakarlığın Kurumsallaşması ve Demokrat Parti</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>340</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259683553</t>
+          <t>9789759000165</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Sözlüğü (Ciltli)</t>
+          <t>Totaliter Soylu Gelenek</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1200</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259683539</t>
+          <t>3990000026755</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir ve Polisiye</t>
+          <t>Politik Romantizm ve Modernite Eleştirileri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>280</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259683560</t>
+          <t>9789759000127</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Gelişmekte Olan Dünya</t>
+          <t>Mülakatlar 1983 : İnanmış Aydının Problemleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>680</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>4444444444021</t>
+          <t>9789759000219</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı : 68 Ocak - Haziran 2025</t>
+          <t>Medeniyetler Çatışması Işığında İslam, Türkiye ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>112</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259683515</t>
+          <t>3990000027715</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Darbe Direnişi: İnsanlar Askeri Darbelere Neden Direnir?</t>
+          <t>Demokrasinin Gelişmesi ve Sürdürebilirlikte Sosyal Sermaye</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>384</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259683522</t>
+          <t>9789759000806</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Örgütten Darbeye FETÖ ve 15 Temmuz</t>
+          <t>Modernliğin Hikmetinden Sual</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>620</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259703893</t>
+          <t>9789759000707</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Göç, Kent ve Sosyal Uyum</t>
+          <t>Bütün Şiirleri 11: Parmak İzi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000031385</t>
+          <t>9789759000677</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı 37 - 2013</t>
+          <t>Bütün Şiirleri 10: Gerdanlık 2</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000030563</t>
+          <t>9789759000660</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 54 Mayıs-Ağustos 2018</t>
+          <t>Bütün Şiirleri 9: Gerdanlık 1</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000029370</t>
+          <t>9789759000721</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Yıl 14 Sayı: 53 Ocak-Şubat-Mart-Nisan 2018</t>
+          <t>Bütün Şiirleri 8: Yasaklı Rüyalar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000009816</t>
+          <t>9789759000639</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 8 Yıl: 2 Bahar 2006</t>
+          <t>Bütün Şiirleri 7: Akıl Karaya Vurdu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000009817</t>
+          <t>9789759000691</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 6 Yıl: 2 Güz 2005</t>
+          <t>Bütün Şiirleri 6: Gökçekimi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000008585</t>
+          <t>9789759000714</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 5 Yıl: 2 Güz 2005</t>
+          <t>Bütün Şiirleri 3 : Suları Islatamadım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000009810</t>
+          <t>9789759000622</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 28 Yıl: 7 Nisan-Mayıs-Haziran 2011</t>
+          <t>Bütün Şiirleri 1 : Vur Emri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000009807</t>
+          <t>9789759000646</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 25-26 Yıl: 7 Temmuz-Aralık 2010</t>
+          <t>Bütün Şiirleri 5: Beşinci Mevsim</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000009823</t>
+          <t>9789759000783</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 18 Güz 2008</t>
+          <t>Bir Tanpınar Fetişizmi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>3990000009820</t>
+          <t>9789759000882</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 16-17 yıl: 4 Bahar-Yaz 2008</t>
+          <t>Ortadoğu Yıllığı 2016</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>3990000009811</t>
+          <t>3990000030453</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 15 Kış 2008</t>
+          <t>Alman Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>3990000009809</t>
+          <t>9789759000424</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 13-14 Yıl: 4 Yaz-Güz 2007</t>
+          <t>Türkiye’de Siyasal Kültürü Anlamak</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>3990000009814</t>
+          <t>9789759000110</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 12 Yıl: 3 Bahar 2007</t>
+          <t>Muhafazakarlık: Düş ve Gerçek</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>50</v>
+        <v>102</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000009822</t>
+          <t>9789759000042</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 11 Kış 2007</t>
+          <t>Matematik Felsefesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>3990000009805</t>
+          <t>9789759000448</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 1 Yıl: 1 Yaz 2004</t>
+          <t>Liberalizm El Kitabı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>3990000028190</t>
+          <t>9789759000738</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 44 Yıl: 11 Nisan-Mayıs-Haziran 2015</t>
+          <t>The Sultans of Poetry - Şiirin Sultanları (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>296.3</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000029369</t>
+          <t>9789759000813</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 52 Eylül - Aralık 2017</t>
+          <t>Eine Kurze Geschichte Von Einer Langen Nacht</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>3990000043992</t>
+          <t>9789759000493</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 48</t>
+          <t>Modernite ve Kıyamet</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000009819</t>
+          <t>9789759000301</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 23 Yıl: 6 Ocak-Şubat-Mart 2010</t>
+          <t>Adalet Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>3990000009813</t>
+          <t>9789759000462</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 21-22 Yıl: 6 Yaz-Güz 2009</t>
+          <t>Tüketim Toplumu - Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000009812</t>
+          <t>9789759000684</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 2 Yıl:1 Güz 2004</t>
+          <t>Bütün Şiirleri 12: Gerdanlık 3</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>50</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>3990000009804</t>
+          <t>9786057629357</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 19-20 Kış-Bahar 2009</t>
+          <t>Pandemi Dünü, Bugünü Yarını (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>286</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>3990000038190</t>
+          <t>9786054023042</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 3 Yıl: 1 Kış 2005</t>
+          <t>Enine Boyuna Türkiye</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>3990000009808</t>
+          <t>9786057629012</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 24 Yıl: 6 Nisan-Mayıs-Haziran 2010</t>
+          <t>Mekke Medine - Kutsal Topraklarda 1</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057629839</t>
+          <t>9786057629258</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik</t>
+          <t>Türkiye'deki Suriyelilerin Entegrasyonunda Sivil Toplum Kuruluşlarının Rolü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>290</v>
+        <v>224</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057629968</t>
+          <t>9786258651041</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>21'İnci Yüzyılda Türkiye'nin Dış Politikası</t>
+          <t>Jeopolitiğin 100 Yeri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057629890</t>
+          <t>9786258651034</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı (3. Cilt)</t>
+          <t>100 Kavramla Jeopolitik</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057629814</t>
+          <t>9789759000134</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç'la İnci Dakikaları</t>
+          <t>Türkiye’de Devletin Kimlik Krizi ve Çeşitlilik</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057629784</t>
+          <t>9789759000790</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İman, Duruş ve Diriliş: Sezai Karakoç</t>
+          <t>Uzun Gecenin Kısa Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057629524</t>
+          <t>9789759000363</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Popülizm - İkinci Cilt</t>
+          <t>Bosna Yazıları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789759000592</t>
+          <t>9789759000400</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kadın ve Siyaset</t>
+          <t>Kandıralı Profesör Turan Güneş</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057629234</t>
+          <t>9789759000349</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Modern Devlette Siyasal Temsilin Kökenleri</t>
+          <t>Elem Çiçekleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259703886</t>
+          <t>9789759000196</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Merkez Sağın Dönüşümü (1950-1995)</t>
+          <t>Demokrasi ve Totalitarizm</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>420</v>
+        <v>40</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057629128</t>
+          <t>9789759000370</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>ODTÜ Hocam</t>
+          <t>Kemalist Modernleşme ve İslamcı Gelenek</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057629753</t>
+          <t>9789759000615</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İşgal Ve İnsan Hakları</t>
+          <t>Bütün Şiirleri 2: Kan Yazısı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>280</v>
+        <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057629388</t>
+          <t>9789759000653</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türkiye’de Siyaset Toplum ve Kültür</t>
+          <t>Bütün Şiirleri 4: Dosta Doğru</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>290</v>
+        <v>21</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057629210</t>
+          <t>9789759000172</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>CHP Genel Sekreterlik Büroları</t>
+          <t>Keşfini Bekleyen İnsan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259703879</t>
+          <t>4444444442790</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Zenginlik Kültürü</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 7 - 2006</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>440</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259703800</t>
+          <t>3990000015300</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Batı Dışı Dünya</t>
+          <t>Gelenekten Geleceğe Dergisi Sayı: 2 Medeniyetimiz</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>414</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259556963</t>
+          <t>9786259360140</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İkna - Türkiye'nin Yumuşak Gücü</t>
+          <t>Gerçek Muhafazakarlık</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259556994</t>
+          <t>9786259703817</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Seküler Dünyada Tasavvuf</t>
+          <t>Türkiye'nin Fikir Dergileri (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>550</v>
+        <v>800</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259556987</t>
+          <t>9786259360188</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar ve Tasavvufi İzahlar Açısından Aleviliğin El Kitabı</t>
+          <t>Seçkinlik Paradoksu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259556918</t>
+          <t>9786259360171</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kurumu Niteliğindeki Meslek Kuruluşları</t>
+          <t>Ben Görevdeyken</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>600</v>
+        <v>695</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259556925</t>
+          <t>9786259360119</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ahilik Üzerine Yazılar</t>
+          <t>Enflasyon</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>566</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057629180</t>
+          <t>9786259360102</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık ve Bağımsızlık Arasında Suudi Arabistan</t>
+          <t>Aileyi Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>620</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057629852</t>
+          <t>4444444444396</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Demokrasi</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 69 Temmuz - Aralık 2025</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057629449</t>
+          <t>9786057629586</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Katar ve Birleşik Arap Emirlikleri Politikaları - Bölgesel Rekabet ve Statü Arayışı</t>
+          <t>Siyasal Aklın Eleştirisi - Platon'dan Postmodernlere</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>232</v>
+        <v>400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259423029</t>
+          <t>9786057629296</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Muhafazakar Siyaset</t>
+          <t>Türk Toplum Sözleşmesi: Sosyal-Siyasal ve Ekonomik Kültür Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>295</v>
+        <v>530</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259829920</t>
+          <t>9789759000295</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devlet Geleneğinde Denetim</t>
+          <t>Fransa’da İslam Karşıtlığı ve Laisizm</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>400</v>
+        <v>102</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259829999</t>
+          <t>9789759000431</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Islam and Peace</t>
+          <t>Devleti Görünür Kılmak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259423012</t>
+          <t>9789759000608</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dünya Siyasetinde Kriz, Kaos ve Düzen</t>
+          <t>Kişisel Kolektif ve Evrensel Tanrı Kompleksi - 3 : Kutsalın Kurbanları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259829982</t>
+          <t>9789759000387</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerle İmtihanımız</t>
+          <t>Küresel Dünyada Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259829951</t>
+          <t>9789759000356</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Modern ve Postmodern Feminizm</t>
+          <t>Kafkasya’da Siyaset</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259829975</t>
+          <t>9789759000820</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kriz Sosyolojisi</t>
+          <t>Ezeli Siyasi Dinin Ebedi Edebi Dili - Büyülü Gerçekçilik (Cilt 2)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259829968</t>
+          <t>3990000009806</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Siyasi ve İdari Reformlar</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 32 Yıl: 8 Nisan-Mayıs-Haziran 2012</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259829944</t>
+          <t>9786259259796</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Islam And War</t>
+          <t>Aile ve Mekan</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057629302</t>
+          <t>9786259259789</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 1. Cilt</t>
+          <t>Yapay Zeka Neler Yapabilir?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>4444444442990</t>
+          <t>9786259259772</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı : 66 Ocak - Haziran 2024 Türkiyenin Fikir Dergileri</t>
+          <t>İran'ın Grand Stratejisi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>4444444442792</t>
+          <t>9786259257105</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 36 Nisan-Mayıs-Haziran 2013</t>
+          <t>Afrika'da Sivil Toplum</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>50</v>
+        <v>620</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>4444444442791</t>
+          <t>9786259259765</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 40 Nisan-Mayıs-Haziran 2014</t>
+          <t>Türkiye and Asia Pacific at New Crossroads</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>4444444442789</t>
+          <t>9786259259741</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 43 Ocak-Şubat-Mart 2015</t>
+          <t>Büyük Güç Diplomasisi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>50</v>
+        <v>585</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259829937</t>
+          <t>9786259259758</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz’un Sosyolojisi ve Teopolitiği</t>
+          <t>Büyük İhanet</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>585</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259445786</t>
+          <t>9786259259727</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 4. Cilt</t>
+          <t>İslam ve İftira</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>640</v>
+        <v>480</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259445755</t>
+          <t>9786259259734</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 1. Cilt</t>
+          <t>Bir Rektör Anlatıyor</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>685</v>
+        <v>480</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259445762</t>
+          <t>9786259683584</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 2. Cilt</t>
+          <t>Yaratıcı Yazarlık ve Üslupbilimi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>690</v>
+        <v>440</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259445779</t>
+          <t>9786259683591</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 3. Cilt</t>
+          <t>Tüm Yönleriyle Aile</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>640</v>
+        <v>620</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259445793</t>
+          <t>9786259259710</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye'nin Yüz Düşünürü 5. Cilt</t>
+          <t>Yapay Zekadan Dine Dijital Bakış</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>685</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057629876</t>
+          <t>9786057629982</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı</t>
+          <t>Ankara 801 Numaralı Kadı (Şer'iyye) Sicili</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>210</v>
+        <v>700</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057629371</t>
+          <t>9786259683577</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İdeolojiler ve Siyaset</t>
+          <t>Sosyoloji Temel Konular ve Özgün Perspektifler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>3990000028250</t>
+          <t>4444444444156</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 56 Ocak-Haziran 2019</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı : 67 Temmuz - Aralık 2024</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>3990000079738</t>
+          <t>9786259683546</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 50</t>
+          <t>Almanlar Buna Ne Der?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>50</v>
+        <v>340</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>3990000038241</t>
+          <t>9786259683553</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 51</t>
+          <t>Sosyal Bilimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>50</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789759000226</t>
+          <t>9786259683539</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Olur Ki</t>
+          <t>Kemal Tahir ve Polisiye</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>30</v>
+        <v>280</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>3990000009803</t>
+          <t>9786259683560</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 9-10 Yıl: 2 Yaz-Güz 2006</t>
+          <t>Emperyalizm ve Gelişmekte Olan Dünya</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>50</v>
+        <v>680</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>3990000008587</t>
+          <t>4444444444021</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 29-30 Yıl: 8 Temmuz-Aralık 2011</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı : 68 Ocak - Haziran 2025</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>3990000008586</t>
+          <t>9786259683515</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 27 Yıl: 7 Ocak-Şubat-Mart 2011</t>
+          <t>Darbe Direnişi: İnsanlar Askeri Darbelere Neden Direnir?</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>50</v>
+        <v>384</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3990000099371</t>
+          <t>9786259683522</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 55 Eylül-Aralık 2018</t>
+          <t>Örgütten Darbeye FETÖ ve 15 Temmuz</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>50</v>
+        <v>620</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789759000509</t>
+          <t>9786259703893</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Fransa'daki Devrim Üzerine Düşünceler</t>
+          <t>Göç, Kent ve Sosyal Uyum</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000078889</t>
+          <t>3990000031385</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 49</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı 37 - 2013</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000018032</t>
+          <t>3990000030563</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 41-42 Temmuz-Aralık 2014</t>
+          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 54 Mayıs-Ağustos 2018</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000031511</t>
+          <t>3990000029370</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 45-46 Yıl: 12 Temmuz-Aralık 2015</t>
+          <t>Muhafazakar Düşünce Dergisi Yıl 14 Sayı: 53 Ocak-Şubat-Mart-Nisan 2018</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000051726</t>
+          <t>3990000009816</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 47 Ocak-Nisan 2016</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 8 Yıl: 2 Bahar 2006</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3990000009815</t>
+          <t>3990000009817</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 4 Yıl: 1 Bahar 2005</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 6 Yıl: 2 Güz 2005</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>3990000015467</t>
+          <t>3990000008585</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 35 Yıl: 9 Ocak-Şubat-Mart 2013</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 5 Yıl: 2 Güz 2005</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990000009821</t>
+          <t>3990000009810</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 33-34 Yıl: 9 Temmuz-Aralık 2012</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 28 Yıl: 7 Nisan-Mayıs-Haziran 2011</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>3990000009818</t>
+          <t>3990000009807</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 31 Yıl: 8 Ocak-Şubat-Mart 2012</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 25-26 Yıl: 7 Temmuz-Aralık 2010</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>3990000034398</t>
+          <t>3990000009823</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 59 Temmuz-Aralık 2020</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 18 Güz 2008</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3990000034391</t>
+          <t>3990000009820</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 58 Ocak-Haziran 2020</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 16-17 yıl: 4 Bahar-Yaz 2008</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057629050</t>
+          <t>3990000009811</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Sivil Toplum</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 15 Kış 2008</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>380</v>
+        <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>3990000002834</t>
+          <t>3990000009809</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 60 Ocak-Haziran 2021</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 13-14 Yıl: 4 Yaz-Güz 2007</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>3990000033970</t>
+          <t>3990000009814</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı 57 - 2019</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 12 Yıl: 3 Bahar 2007</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789759000271</t>
+          <t>3990000009822</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 11 Kış 2007</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>246</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057629920</t>
+          <t>3990000009805</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İlerleme ve İslam - İslam Dünyası İleri Gidebilir mi?</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 1 Yıl: 1 Yaz 2004</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259829906</t>
+          <t>3990000028190</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin Sonu 28 Şubat'tan 15 Temmuz'a - İki Konuşma</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 44 Yıl: 11 Nisan-Mayıs-Haziran 2015</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259829913</t>
+          <t>3990000029369</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukuku</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 52 Eylül - Aralık 2017</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786259445731</t>
+          <t>3990000043992</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Meşruiyeti: Batı Düşüncesinde Meşruiyet Sorunu</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 48</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786259445724</t>
+          <t>3990000009819</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Halleri Kalenin Bedenleri</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 23 Yıl: 6 Ocak-Şubat-Mart 2010</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>212</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256598584</t>
+          <t>3990000009813</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı ve Kaliteli Hayata Dair Bilgiler Cilt 1</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 21-22 Yıl: 6 Yaz-Güz 2009</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>298</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786259445700</t>
+          <t>3990000009812</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aksa Tufanı Günlüğü</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 2 Yıl:1 Güz 2004</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>286</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786259445717</t>
+          <t>3990000009804</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklarda - 3 - Kabe-i Müşerrefe</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 19-20 Kış-Bahar 2009</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057629821</t>
+          <t>3990000038190</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Siyaset Tarihi 2. Cilt 1923-2023 - 100 Yılın Siyaseti</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 3 Yıl: 1 Kış 2005</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>336</v>
+        <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789759000257</t>
+          <t>3990000009808</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Mesnevinin Peşinde</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 24 Yıl: 6 Nisan-Mayıs-Haziran 2010</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789759000745</t>
+          <t>9786057629839</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türkiye'de Sol Siyaset</t>
+          <t>Afrika’da Sömürgecilik</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>392</v>
+        <v>290</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057629227</t>
+          <t>9786057629968</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Türkiye'de Siyasal Sistemin Sorunları</t>
+          <t>21'İnci Yüzyılda Türkiye'nin Dış Politikası</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>236</v>
+        <v>320</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259423098</t>
+          <t>9786057629890</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Eğitim</t>
+          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı (3. Cilt)</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259423081</t>
+          <t>9786057629814</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet ve Cumhuriyet</t>
+          <t>Sezai Karakoç'la İnci Dakikaları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786259423005</t>
+          <t>9786057629784</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Her Dem Erdem- Kendime Sözler</t>
+          <t>İman, Duruş ve Diriliş: Sezai Karakoç</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786259423067</t>
+          <t>9786057629524</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Bahçesi - Sürdürülebilir Tarımsal Kalkınmaya Yeni Model Önerisi</t>
+          <t>Popülizm - İkinci Cilt</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259423043</t>
+          <t>9789759000592</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>TEDX Sahnesinin Perde Arkası -Düş Peşine En Uzun On Sekiz Dakika</t>
+          <t>Türkiye'de Kadın ve Siyaset</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786259423050</t>
+          <t>9786057629234</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Özelleştirme ve Medya Yansımaları</t>
+          <t>Modern Devlette Siyasal Temsilin Kökenleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057629975</t>
+          <t>9786259703886</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kültürel Mirasın Korunması</t>
+          <t>Türkiye’de Merkez Sağın Dönüşümü (1950-1995)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786259423036</t>
+          <t>9786057629128</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tütün ve Kola</t>
+          <t>ODTÜ Hocam</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786259423074</t>
+          <t>9786057629753</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Düzen ve Kurumsal Yapılar</t>
+          <t>İşgal Ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057629944</t>
+          <t>9786057629388</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Savaş</t>
+          <t>Osmanlı'dan Günümüze Türkiye’de Siyaset Toplum ve Kültür</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057629913</t>
+          <t>9786057629210</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Barış</t>
+          <t>CHP Genel Sekreterlik Büroları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>4440000004038</t>
+          <t>9786259703879</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 65</t>
+          <t>Zenginlik Kültürü</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>195</v>
+        <v>440</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057629456</t>
+          <t>9786259703800</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Bir Aydın: Erol Güngör Cilt II</t>
+          <t>Batı Dışı Dünya</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>260</v>
+        <v>414</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057629470</t>
+          <t>9786259556963</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Bir Aydın: Erol Güngör Cilt I</t>
+          <t>Stratejik İkna - Türkiye'nin Yumuşak Gücü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>4440000003733</t>
+          <t>9786259556994</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 64 - Ocak Haziran 2023</t>
+          <t>Seküler Dünyada Tasavvuf</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057629883</t>
+          <t>9786259556987</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı (2. Cilt)</t>
+          <t>Kavramlar ve Tasavvufi İzahlar Açısından Aleviliğin El Kitabı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057629906</t>
+          <t>9786259556918</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bir Cümle Nasıl Yazılır ve Nasıl Okunur?</t>
+          <t>Kamu Kurumu Niteliğindeki Meslek Kuruluşları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057629838</t>
+          <t>9786259556925</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik</t>
+          <t>Ahilik Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057629791</t>
+          <t>9786057629180</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç Siyasal Düşüncesinde Toplum, Devlet ve Siyaset</t>
+          <t>Bağımlılık ve Bağımsızlık Arasında Suudi Arabistan</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057629777</t>
+          <t>9786057629852</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç ve Diriliş Yazıları</t>
+          <t>İslam ve Demokrasi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>4440000002567</t>
+          <t>9786057629449</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Düşünce Dergisi Sayı: 63 - Temmuz Aralık 2022</t>
+          <t>Türkiye'nin Katar ve Birleşik Arap Emirlikleri Politikaları - Bölgesel Rekabet ve Statü Arayışı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057629739</t>
+          <t>9786259423029</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Siyaset Tarihi</t>
+          <t>Türkiye'de Muhafazakar Siyaset</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057629722</t>
+          <t>9786259829920</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hicret Veda Haccı - Kutsal Topraklarda 2</t>
+          <t>Osmanlı Devlet Geleneğinde Denetim</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057629548</t>
+          <t>9786259829999</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Pragmata Siyaset Üçgeni Popülizm - İkinci Cilt Kitap</t>
+          <t>Islam and Peace</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057629432</t>
+          <t>9786259423012</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Devletçilik</t>
+          <t>Dünya Siyasetinde Kriz, Kaos ve Düzen</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057629609</t>
+          <t>9786259829982</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Erol Güngör</t>
+          <t>Sosyal Bilimlerle İmtihanımız</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057629562</t>
+          <t>9786259829951</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Zygmunt Bauman - Dördüncü Cilt</t>
+          <t>Modern ve Postmodern Feminizm</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>315</v>
+        <v>280</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057629531</t>
+          <t>9786259829975</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm - Birinci Cilt</t>
+          <t>Kriz Sosyolojisi</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057629593</t>
+          <t>9786259829968</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>Tanzimat Dönemi Siyasi ve İdari Reformlar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057629555</t>
+          <t>9786259829944</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Konformizm - Pragmata Siyaset Üçgeni Üçüncü Cilt</t>
+          <t>Islam And War</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057629517</t>
+          <t>9786057629302</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Biliminin Temel Kavramları</t>
+          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 1. Cilt</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057629494</t>
+          <t>4444444442990</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Buhranlarımız</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı : 66 Ocak - Haziran 2024 Türkiyenin Fikir Dergileri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057629500</t>
+          <t>4444444442792</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Geleneğin Muhafızı Değişimin Faili</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 36 Nisan-Mayıs-Haziran 2013</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057629487</t>
+          <t>4444444442791</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Said Halim Paşa - Meşrutiyet ve Cumhuriyet Arasındaki Son Halka</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 40 Nisan-Mayıs-Haziran 2014</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057629463</t>
+          <t>4444444442789</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yargı Sistemi ve Kazaskerlik (Ciltli)</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 43 Ocak-Şubat-Mart 2015</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057629401</t>
+          <t>9786259829937</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından Kripto Paralar ve Blockchain Teknolojisi (Ciltli)</t>
+          <t>15 Temmuz’un Sosyolojisi ve Teopolitiği</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057629364</t>
+          <t>9786259445786</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Teorisine Giriş</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 4. Cilt</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>640</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057629418</t>
+          <t>9786259445755</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Modern Demokrasi Teorisi</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 1. Cilt</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>685</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057629333</t>
+          <t>9786259445762</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi - İlerleme ve Gelenek</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 2. Cilt</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>690</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057629425</t>
+          <t>9786259445779</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Egemenlik - Modern Devletin İnşası</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 3. Cilt</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>300</v>
+        <v>640</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057629340</t>
+          <t>9786259445793</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Maziden Gelen Armağan</t>
+          <t>Modern Türkiye'nin Yüz Düşünürü 5. Cilt</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>92</v>
+        <v>685</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057629326</t>
+          <t>9786057629876</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 3. Cilt</t>
+          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057629319</t>
+          <t>9786057629371</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 2. Cilt</t>
+          <t>Türkiye’de İdeolojiler ve Siyaset</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057629289</t>
+          <t>3990000028250</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyadan Al Haberi</t>
+          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 56 Ocak-Haziran 2019</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057629272</t>
+          <t>3990000079738</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi - Temel Konular, Kurumlar ve Sorunlar</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 50</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057629265</t>
+          <t>3990000038241</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 51</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>118</v>
+        <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057629241</t>
+          <t>9789759000226</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>O Gece ÖSYM</t>
+          <t>Geçmiş Zaman Olur Ki</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057629197</t>
+          <t>3990000009803</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Doğu - Batı Ekseninde Kapitalizm</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 9-10 Yıl: 2 Yaz-Güz 2006</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057629173</t>
+          <t>3990000008587</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Vatandaş Türküleri Söyleyen Şair Abdurrahim Karakoç</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 29-30 Yıl: 8 Temmuz-Aralık 2011</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057629166</t>
+          <t>3990000008586</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Mülkiyeti ve Mülkiyetin İktidarı Cilt 2</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 27 Yıl: 7 Ocak-Şubat-Mart 2011</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057629159</t>
+          <t>3990000099371</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Mülkiyeti ve Mülkiyetin İktidarı Cilt 1</t>
+          <t>Muhafazakar Düşünce Dergisi Yıl 15 Sayı: 55 Eylül-Aralık 2018</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057629111</t>
+          <t>9789759000509</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuad Başgil’e Armağan</t>
+          <t>Fransa'daki Devrim Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057629104</t>
+          <t>3990000078889</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekir 1915</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 49</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057629098</t>
+          <t>3990000018032</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Siyasi Düşüncesi</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 41-42 Temmuz-Aralık 2014</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057629081</t>
+          <t>3990000031511</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakarlık Okumaları</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 45-46 Yıl: 12 Temmuz-Aralık 2015</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057629074</t>
+          <t>3990000051726</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Türkiye’de Sağ Siyaset</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 47 Ocak-Nisan 2016</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057629067</t>
+          <t>3990000009815</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz'de İki Süper Gücün Hakimiyet Mücadelesi</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 4 Yıl: 1 Bahar 2005</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057629043</t>
+          <t>3990000015467</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>ABD ve Suriye Krizinin Dönüşümü</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 35 Yıl: 9 Ocak-Şubat-Mart 2013</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057629036</t>
+          <t>3990000009821</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ak Parti ve Yükselen Türkiye</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 33-34 Yıl: 9 Temmuz-Aralık 2012</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057629029</t>
+          <t>3990000009818</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Anlayış</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 31 Yıl: 8 Ocak-Şubat-Mart 2012</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057629005</t>
+          <t>3990000034398</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Savaş Kararı</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 59 Temmuz-Aralık 2020</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>108</v>
+        <v>100</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789759000998</t>
+          <t>3990000034391</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Tunus’ta Din - Devlet İlişkilerinin Dönüşümü</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 58 Ocak-Haziran 2020</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789759000981</t>
+          <t>9786057629050</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşme Tartışmaları</t>
+          <t>Ortadoğu’da Sivil Toplum</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789759000967</t>
+          <t>3990000002834</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Erdem ve Ödev</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 60 Ocak-Haziran 2021</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789759000950</t>
+          <t>3990000033970</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Siyasi Dinin Ebedi Edebi Dili - Büyülü Gerçekçilik (Cilt 1)</t>
+          <t>Muhafazakar Düşünce Dergisi Sayı 57 - 2019</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>480</v>
+        <v>100</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789759000912</t>
+          <t>9789759000271</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Muhafazakarlık</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>260</v>
+        <v>246</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789759000905</t>
+          <t>9786057629920</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Eleştirisinden Devrim Karşıtlığına Edmund Burke</t>
+          <t>İlerleme ve İslam - İslam Dünyası İleri Gidebilir mi?</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789759000875</t>
+          <t>9786259829906</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Darbe Girişimi Batı Medyası Söylem Analizi</t>
+          <t>Bir Dönemin Sonu 28 Şubat'tan 15 Temmuz'a - İki Konuşma</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789759000851</t>
+          <t>9786259829913</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Akademinin Gözünden 15 Temmuz</t>
+          <t>Osmanlı Hukuku</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789759000844</t>
+          <t>9786259445731</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kadın Gözüyle 15 Temmuz</t>
+          <t>İktidarın Meşruiyeti: Batı Düşüncesinde Meşruiyet Sorunu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789759000394</t>
+          <t>9786259445724</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Darbe Girişimi Hatırladıklarımız ve Hatırlayacaklarımız</t>
+          <t>Kurmacanın Halleri Kalenin Bedenleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789759000837</t>
+          <t>9786256598584</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İdeolojier ve Devlet Algısı</t>
+          <t>Sağlıklı ve Kaliteli Hayata Dair Bilgiler Cilt 1</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>260</v>
+        <v>298</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789759000233</t>
+          <t>9786259445700</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ağa Aşiret Siyaset</t>
+          <t>Aksa Tufanı Günlüğü</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>300</v>
+        <v>286</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789759000332</t>
+          <t>9786259445717</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Nasıl Yıkıldı?</t>
+          <t>Kutsal Topraklarda - 3 - Kabe-i Müşerrefe</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789759000776</t>
+          <t>9786057629821</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ordu ve Jeopolitik Zihniyet</t>
+          <t>Türkiye Siyaset Tarihi 2. Cilt 1923-2023 - 100 Yılın Siyaseti</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789759000769</t>
+          <t>9789759000257</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Devrim ve Düzen</t>
+          <t>Çağdaş Mesnevinin Peşinde</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789759000752</t>
+          <t>9789759000745</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Merkez ve Taşra</t>
+          <t>Osmanlı'dan Günümüze Türkiye'de Sol Siyaset</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>240</v>
+        <v>392</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789759000455</t>
+          <t>9786057629227</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Düşüncesinin Sosyolojisi</t>
+          <t>Osmanlı'dan Günümüze Türkiye'de Siyasal Sistemin Sorunları</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789759000547</t>
+          <t>9786259423098</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kişisel, Kolektif ve Evrensel Tanrı Kompleksi 2 : Kutsala Karşı</t>
+          <t>Türklerde Eğitim</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789759000240</t>
+          <t>9786259423081</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Militarist Devlet Söylemi</t>
+          <t>Meşrutiyet ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789759000530</t>
+          <t>9786259423005</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kişisel, Kolektif ve Evrensel Tanrı Kompleksi 1 : Kutsalın Gölgesinde</t>
+          <t>Her Dem Erdem- Kendime Sözler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789759000516</t>
+          <t>9786259423067</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Türkçenin Geleceği</t>
+          <t>Geleceğin Bahçesi - Sürdürülebilir Tarımsal Kalkınmaya Yeni Model Önerisi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789759000523</t>
+          <t>9786259423043</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Müslümanlar</t>
+          <t>TEDX Sahnesinin Perde Arkası -Düş Peşine En Uzun On Sekiz Dakika</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
+          <t>9786259423050</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Özelleştirme ve Medya Yansımaları</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786057629975</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Kültürel Mirasın Korunması</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786259423036</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Tütün ve Kola</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786259423074</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Düzen ve Kurumsal Yapılar</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786057629944</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Savaş</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786057629913</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Barış</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>4440000004038</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 65</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786057629456</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Gelenekten Geleceğe Bir Aydın: Erol Güngör Cilt II</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786057629470</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Gelenekten Geleceğe Bir Aydın: Erol Güngör Cilt I</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>4440000003733</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 64 - Ocak Haziran 2023</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786057629883</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Aklı - Devlet Adamı ve Devlet Ahlakı (2. Cilt)</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786057629906</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Bir Cümle Nasıl Yazılır ve Nasıl Okunur?</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786057629838</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Afrika’da Sömürgecilik</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786057629791</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Sezai Karakoç Siyasal Düşüncesinde Toplum, Devlet ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786057629777</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Sezai Karakoç ve Diriliş Yazıları</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>4440000002567</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Muhafazakar Düşünce Dergisi Sayı: 63 - Temmuz Aralık 2022</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786057629739</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Siyaset Tarihi</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786057629722</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Hicret Veda Haccı - Kutsal Topraklarda 2</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786057629548</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Pragmata Siyaset Üçgeni Popülizm - İkinci Cilt Kitap</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786057629432</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Tek Parti Döneminde Devletçilik</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786057629609</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Erol Güngör</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786057629562</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Zygmunt Bauman - Dördüncü Cilt</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786057629531</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Pragmatizm - Birinci Cilt</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786057629593</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Aliya İzzetbegoviç</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786057629555</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Konformizm - Pragmata Siyaset Üçgeni Üçüncü Cilt</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786057629517</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Biliminin Temel Kavramları</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786057629494</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Said Halim Paşa - Buhranlarımız</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786057629500</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Said Halim Paşa - Geleneğin Muhafızı Değişimin Faili</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786057629487</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Said Halim Paşa - Meşrutiyet ve Cumhuriyet Arasındaki Son Halka</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786057629463</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Yargı Sistemi ve Kazaskerlik (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786057629401</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuku Açısından Kripto Paralar ve Blockchain Teknolojisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786057629364</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Teorisine Giriş</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786057629418</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Modern Demokrasi Teorisi</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786057629333</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Fransız Devrimi - İlerleme ve Gelenek</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786057629425</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Egemenlik - Modern Devletin İnşası</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786057629340</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Maziden Gelen Armağan</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786057629326</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 3. Cilt</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786057629319</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Türk Toplum Sözleşmesi Sosyal, Siyasal ve Ekonomik Kültür 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786057629289</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medyadan Al Haberi</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786057629272</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Bilimi - Temel Konular, Kurumlar ve Sorunlar</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786057629265</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Çiftliği</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786057629241</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>O Gece ÖSYM</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786057629197</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Doğu - Batı Ekseninde Kapitalizm</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786057629173</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Vatandaş Türküleri Söyleyen Şair Abdurrahim Karakoç</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786057629166</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>İktidarın Mülkiyeti ve Mülkiyetin İktidarı Cilt 2</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786057629159</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>İktidarın Mülkiyeti ve Mülkiyetin İktidarı Cilt 1</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786057629111</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Ali Fuad Başgil’e Armağan</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786057629104</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Diyarbekir 1915</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786057629098</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Türk İslam Siyasi Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786057629081</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Muhafazakarlık Okumaları</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786057629074</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Günümüze Türkiye’de Sağ Siyaset</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786057629067</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz'de İki Süper Gücün Hakimiyet Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786057629043</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>ABD ve Suriye Krizinin Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786057629036</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Ak Parti ve Yükselen Türkiye</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786057629029</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Muhafazakar Anlayış</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786057629005</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluğun Savaş Kararı</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9789759000998</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye ve Tunus’ta Din - Devlet İlişkilerinin Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789759000981</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Sekülerleşme Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789759000967</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Erdem ve Ödev</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789759000950</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Ezeli Siyasi Dinin Ebedi Edebi Dili - Büyülü Gerçekçilik (Cilt 1)</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789759000912</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi ve Muhafazakarlık</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789759000905</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanma Eleştirisinden Devrim Karşıtlığına Edmund Burke</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789759000875</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>15 Temmuz Darbe Girişimi Batı Medyası Söylem Analizi</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9789759000851</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Akademinin Gözünden 15 Temmuz</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9789759000844</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Gözüyle 15 Temmuz</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9789759000394</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>15 Temmuz Darbe Girişimi Hatırladıklarımız ve Hatırlayacaklarımız</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9789759000837</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de İdeolojier ve Devlet Algısı</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9789759000233</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Ağa Aşiret Siyaset</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789759000332</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluk Nasıl Yıkıldı?</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789759000776</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Ordu ve Jeopolitik Zihniyet</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9789759000769</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Devrim ve Düzen</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789759000752</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Türk Şiirinde Merkez ve Taşra</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789759000455</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Modern Türk Düşüncesinin Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9789759000547</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel, Kolektif ve Evrensel Tanrı Kompleksi 2 : Kutsala Karşı</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9789759000240</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Militarist Devlet Söylemi</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9789759000530</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel, Kolektif ve Evrensel Tanrı Kompleksi 1 : Kutsalın Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789759000516</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa'da Türkçenin Geleceği</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9789759000523</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Almanya'da Müslümanlar</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
           <t>9789759000486</t>
         </is>
       </c>
-      <c r="B226" s="1" t="inlineStr">
+      <c r="B304" s="1" t="inlineStr">
         <is>
           <t>Pozitivizmin Türkiye'ye Girişi</t>
         </is>
       </c>
-      <c r="C226" s="1">
+      <c r="C304" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>