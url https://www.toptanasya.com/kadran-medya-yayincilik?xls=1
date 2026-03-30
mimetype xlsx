--- v0 (2025-10-30)
+++ v1 (2026-03-30)
@@ -85,1600 +85,1855 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255557001</t>
+          <t>9786255557087</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İ-Bade</t>
+          <t>Dijital Enkaz</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259553573</t>
+          <t>9786255557391</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sükutun Ne Kadarı Altın</t>
+          <t>Ay Yıldızlı Kalpler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259553511</t>
+          <t>9786255557469</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>ORM-Fantastik Öykü ve Resim Seçkisi 2</t>
+          <t>Çılgın Proje</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259509853</t>
+          <t>9786255557445</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Fal Mısın? Falcı Mısın?</t>
+          <t>Sanal Tayfa</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259509860</t>
+          <t>9786255557346</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dokunma!!!</t>
+          <t>Bir Deli Bir Baykuş</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259553580</t>
+          <t>9786255557353</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Resmi Haikular</t>
+          <t>Ördekten Mektuplar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259492506</t>
+          <t>9786255557315</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>ORM-Fantastik Öykü ve Resim Seçkisi 2</t>
+          <t>Defterden</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259553542</t>
+          <t>9786255557339</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nal İle Mıh</t>
+          <t>ORM - Fantastik Resim ve Öykü Seçkisi 3</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259553504</t>
+          <t>9786257213219</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Araz</t>
+          <t>Kahta İmam Hatip'te İz Bırakanlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259509815</t>
+          <t>9786257213202</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Asla Düşünme!</t>
+          <t>Raif Amca Seni Sordu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259534800</t>
+          <t>9786056873102</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şşş Sessizlik!</t>
+          <t>Tek Dal Kadın</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259836584</t>
+          <t>9786257213127</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Rum</t>
+          <t>Evliliğin Puuff Noktaları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259836553</t>
+          <t>9786257213042</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Cenevist</t>
+          <t>Sevgi Kelebekleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257213998</t>
+          <t>9786058013377</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Umutla Bak</t>
+          <t>Dedemin Köstekli Saati</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990050608489</t>
+          <t>9786058013353</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Umudum Olur Musun?</t>
+          <t>Hadi Balkona Çıkalım Bi Nefes Alırız</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259426778</t>
+          <t>9786050608465</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlıklar</t>
+          <t>Sen Benim Kim Olduğumu Biliyon Mu?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056970412</t>
+          <t>9786255557476</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Kitap Kokulu Minibüs</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259896731</t>
+          <t>9786255557001</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayat, Cümleler Kurdurur</t>
+          <t>İ-Bade</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259930794</t>
+          <t>9786259553573</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Yaralar</t>
+          <t>Sükutun Ne Kadarı Altın</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257213356</t>
+          <t>9786259553511</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mâidemde Mâi Dem</t>
+          <t>ORM-Fantastik Öykü ve Resim Seçkisi 2</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257213332</t>
+          <t>9786259509853</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kuş Yokuşu</t>
+          <t>Fal Mısın? Falcı Mısın?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257213325</t>
+          <t>9786259509860</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kanatlanan Kalemler</t>
+          <t>Dokunma!!!</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257213318</t>
+          <t>9786259553580</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Doğuş Gerek Bana</t>
+          <t>Rüzgarın Resmi Haikular</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257213349</t>
+          <t>9786259492506</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Metruk Şehre Lanet Okuma Alfabesi</t>
+          <t>ORM-Fantastik Öykü ve Resim Seçkisi 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257213134</t>
+          <t>9786259553542</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İyi Sevmeler</t>
+          <t>Nal İle Mıh</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257213288</t>
+          <t>9786259553504</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İnsan mıyız? Noksan mı?</t>
+          <t>Araz</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257213295</t>
+          <t>9786259509815</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ninemin Öyküleri</t>
+          <t>Asla Düşünme!</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257213271</t>
+          <t>9786259534800</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Senden Yadigar Kaldı</t>
+          <t>Şşş Sessizlik!</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257213301</t>
+          <t>9786259836584</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Emanetim</t>
+          <t>Rum</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257213264</t>
+          <t>9786259836553</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mahallede Olay Var</t>
+          <t>Cenevist</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257213240</t>
+          <t>9786257213998</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>En İyi Manzara En Zor Tırmanışın Ardından Gelir</t>
+          <t>Umutla Bak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257213233</t>
+          <t>3990050608489</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Vakt-i Muhabbet</t>
+          <t>Umudum Olur Musun?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257213257</t>
+          <t>9786259426778</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sitare'den Mektup Var</t>
+          <t>Sessiz Çığlıklar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257213226</t>
+          <t>9786056970412</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Düşünmüyorum O Halde Aşığım</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257213165</t>
+          <t>9786259896731</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yüreği Kayıp Şehir</t>
+          <t>Hayat, Cümleler Kurdurur</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257213196</t>
+          <t>9786259930794</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Yeraltı Yaralar</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257213158</t>
+          <t>9786257213356</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kitap Yazma Kitabı</t>
+          <t>Mâidemde Mâi Dem</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257213035</t>
+          <t>9786257213332</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gönlümün Gör Dediği</t>
+          <t>Kuş Yokuşu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257213110</t>
+          <t>9786257213325</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çay İçtik De Ne Oldu?</t>
+          <t>Kanatlanan Kalemler</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257213141</t>
+          <t>9786257213318</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mucize Biziz</t>
+          <t>Bir Doğuş Gerek Bana</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257213066</t>
+          <t>9786257213349</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kabus Gibi</t>
+          <t>Metruk Şehre Lanet Okuma Alfabesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257213097</t>
+          <t>9786257213134</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Böyle Geçti</t>
+          <t>İyi Sevmeler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257213103</t>
+          <t>9786257213288</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Cesurların İşidir</t>
+          <t>İnsan mıyız? Noksan mı?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257213059</t>
+          <t>9786257213295</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Bir Gece</t>
+          <t>Kiraz Ninemin Öyküleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257213073</t>
+          <t>9786257213271</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dostum Az Bi' Yaklaş</t>
+          <t>Senden Yadigar Kaldı</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257213080</t>
+          <t>9786257213301</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Son Varis Bozkurt’un İzinde</t>
+          <t>Emanetim</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257213028</t>
+          <t>9786257213264</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tole ve Mole Maceracı Mandallar</t>
+          <t>Mahallede Olay Var</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257213011</t>
+          <t>9786257213240</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yediveren</t>
+          <t>En İyi Manzara En Zor Tırmanışın Ardından Gelir</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257213004</t>
+          <t>9786257213233</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Seyran</t>
+          <t>Vakt-i Muhabbet</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050608496</t>
+          <t>9786257213257</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Vekilharçtan Mektuplar</t>
+          <t>Sitare'den Mektup Var</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050608410</t>
+          <t>9786257213226</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'name</t>
+          <t>Düşünmüyorum O Halde Aşığım</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050608403</t>
+          <t>9786257213165</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gül'name</t>
+          <t>Yüreği Kayıp Şehir</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050608427</t>
+          <t>9786257213196</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kalem'ce Kelam</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050608472</t>
+          <t>9786257213158</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Kırmızı</t>
+          <t>Kitap Yazma Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050608441</t>
+          <t>9786257213035</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Can Ağrısı</t>
+          <t>Gönlümün Gör Dediği</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050608458</t>
+          <t>9786257213110</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Çay İçtik De Ne Oldu?</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050608434</t>
+          <t>9786257213141</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Seyahat'name</t>
+          <t>Mucize Biziz</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058013339</t>
+          <t>9786257213066</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ahval'name</t>
+          <t>Kabus Gibi</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058013391</t>
+          <t>9786257213097</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kendini Unutmaktır</t>
+          <t>Bir Ömür Böyle Geçti</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058013346</t>
+          <t>9786257213103</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Adın Kavuşmak Olsun</t>
+          <t>Sevmek Cesurların İşidir</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058013322</t>
+          <t>9786257213059</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>1915 Göç Günleri</t>
+          <t>Hayalet Bir Gece</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058013384</t>
+          <t>9786257213073</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Dostum Az Bi' Yaklaş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058013360</t>
+          <t>9786257213080</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Culfa</t>
+          <t>Son Varis Bozkurt’un İzinde</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058013315</t>
+          <t>9786257213028</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Masal Şehrinin Sır Yağmurları</t>
+          <t>Tole ve Mole Maceracı Mandallar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056970498</t>
+          <t>9786257213011</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dörtlükler Alemi</t>
+          <t>Yediveren</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056970474</t>
+          <t>9786257213004</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Acıyla Vals</t>
+          <t>Seyran</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058013308</t>
+          <t>9786050608496</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>T/aşkın Divanı</t>
+          <t>Vekilharçtan Mektuplar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056970481</t>
+          <t>9786050608410</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Günahkar</t>
+          <t>İstanbul'name</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058086494</t>
+          <t>9786050608403</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yitik Düşler Kitabı</t>
+          <t>Gül'name</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056970436</t>
+          <t>9786050608427</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şehbal</t>
+          <t>Kalem'ce Kelam</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056970443</t>
+          <t>9786050608472</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Bulmacaları 2</t>
+          <t>Şiirden Kırmızı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056970467</t>
+          <t>9786050608441</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Koleksiyonu</t>
+          <t>Can Ağrısı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786056970450</t>
+          <t>9786050608458</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fidan</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786056970405</t>
+          <t>9786050608434</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hayata Düşen Gölgeler</t>
+          <t>Seyahat'name</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786056970429</t>
+          <t>9786058013339</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kahve</t>
+          <t>Ahval'name</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058086412</t>
+          <t>9786058013391</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Aşk Kendini Unutmaktır</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058086487</t>
+          <t>9786058013346</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Daha</t>
+          <t>Adın Kavuşmak Olsun</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058086470</t>
+          <t>9786058013322</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ütopya ve Günahkar Filler</t>
+          <t>1915 Göç Günleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058086463</t>
+          <t>9786058013384</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Son Gül İçin Prelüt</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058086418</t>
+          <t>9786058013360</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Emanet</t>
+          <t>Culfa</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058086432</t>
+          <t>9786058013315</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Son Varis Ötüken’e Yolculuk</t>
+          <t>Masal Şehrinin Sır Yağmurları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058086456</t>
+          <t>9786056970498</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Gücüm Bitti Politikam Ters Tepki Adalet Elden Gitti</t>
+          <t>Dörtlükler Alemi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058046449</t>
+          <t>9786056970474</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hicran</t>
+          <t>Acıyla Vals</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786056873188</t>
+          <t>9786058013308</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Eda (CD Hediyeli)</t>
+          <t>T/aşkın Divanı</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058086401</t>
+          <t>9786056970481</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hecelemedenoku</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058086425</t>
+          <t>9786058086494</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kara Kuğu</t>
+          <t>Yitik Düşler Kitabı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056873195</t>
+          <t>9786056970436</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Şehbal</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786056873171</t>
+          <t>9786056970443</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Samiray</t>
+          <t>Cinayet Bulmacaları 2</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786056873157</t>
+          <t>9786056970467</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>K/adın Aşk Olsun</t>
+          <t>Ölüler Koleksiyonu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056873164</t>
+          <t>9786056970450</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Aruz Antolojisi</t>
+          <t>Küçük Fidan</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786056873140</t>
+          <t>9786056970405</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İşte Dünya Böyledir</t>
+          <t>Hayata Düşen Gölgeler</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056873133</t>
+          <t>9786056970429</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Durdurun Otobüsü! Bir Hikayem Var</t>
+          <t>Mavi Kahve</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056873126</t>
+          <t>9786058086412</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Vaziyetim Vasiyetimdir</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056873119</t>
+          <t>9786058086487</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Bulmacaları</t>
+          <t>Bir Adım Daha</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056821677</t>
+          <t>9786058086470</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ecnebi</t>
+          <t>Ütopya ve Günahkar Filler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056821691</t>
+          <t>9786058086463</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç</t>
+          <t>Son Gül İçin Prelüt</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056821684</t>
+          <t>9786058086418</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Düşlerde Yol</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056821660</t>
+          <t>9786058086432</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gülüm</t>
+          <t>Son Varis Ötüken’e Yolculuk</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056821653</t>
+          <t>9786058086456</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Vuslat Sanrısı</t>
+          <t>Eyvah! Gücüm Bitti Politikam Ters Tepki Adalet Elden Gitti</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056821646</t>
+          <t>9786058046449</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Medcezir Düşler</t>
+          <t>Hicran</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056821639</t>
+          <t>9786056873188</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kuşlara Da Anlat</t>
+          <t>Eda (CD Hediyeli)</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056821622</t>
+          <t>9786058086401</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Acizan</t>
+          <t>Hecelemedenoku</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056821608</t>
+          <t>9786058086425</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kifayets’iz Muhter’is</t>
+          <t>Kara Kuğu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
+          <t>9786056873195</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Yolcu</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786056873171</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Samiray</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786056873157</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>K/adın Aşk Olsun</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786056873164</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Aruz Antolojisi</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786056873140</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>İşte Dünya Böyledir</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786056873133</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Durdurun Otobüsü! Bir Hikayem Var</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786056873126</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Vaziyetim Vasiyetimdir</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786056873119</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Cinayet Bulmacaları</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786056821677</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Ecnebi</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786056821691</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Kıskaç</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786056821684</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerde Yol</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786056821660</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Gülüm</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786056821653</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Vuslat Sanrısı</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786056821646</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Medcezir Düşler</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786056821639</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Kuşlara Da Anlat</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786056821622</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Acizan</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786056821608</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Kifayets’iz Muhter’is</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
           <t>9786056821615</t>
         </is>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Sonrası</t>
         </is>
       </c>
-      <c r="C105" s="1">
+      <c r="C122" s="1">
         <v>75</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>