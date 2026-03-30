--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -85,235 +85,265 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259873145</t>
+          <t>9786259873190</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kimya-i Aşk</t>
+          <t>Bahçemde Açan Güller</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259873121</t>
+          <t>9786259873183</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Küçük Güneşler</t>
+          <t>Kimya-i Aşk - Sohbetler 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>760</v>
+        <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259873107</t>
+          <t>9786259873145</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hayata Yön Veren Notlar</t>
+          <t>Kimya-i Aşk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057392855</t>
+          <t>9786259873121</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sığıntı</t>
+          <t>Küçük Güneşler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>440</v>
+        <v>760</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057392848</t>
+          <t>9786259873107</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Notların Felsefesi</t>
+          <t>Hayata Yön Veren Notlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057392831</t>
+          <t>9786057392855</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Umuda Açılan Pencere</t>
+          <t>Sığıntı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057088055</t>
+          <t>9786057392848</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Oğul</t>
+          <t>Notların Felsefesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057088062</t>
+          <t>9786057392831</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Davud Orucu</t>
+          <t>Umuda Açılan Pencere</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057088031</t>
+          <t>9786057088055</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bahriye</t>
+          <t>Oğul</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>470</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057088017</t>
+          <t>9786057088062</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Lotus Çiçekleri</t>
+          <t>Davud Orucu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057088000</t>
+          <t>9786057088031</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dolandırıcılık Kursu</t>
+          <t>Bahriye</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057088048</t>
+          <t>9786057088017</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Süveyda</t>
+          <t>Lotus Çiçekleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
+          <t>9786057088000</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Dolandırıcılık Kursu</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786057088048</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Süveyda</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
           <t>9786057088024</t>
         </is>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Bavul</t>
         </is>
       </c>
-      <c r="C14" s="1">
+      <c r="C16" s="1">
         <v>140</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>