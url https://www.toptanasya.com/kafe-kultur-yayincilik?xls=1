--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,4390 +85,6700 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051435169</t>
+          <t>9786051435282</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Elveda Babaanne</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055229757</t>
+          <t>9786051431987</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Y Kuşağı</t>
+          <t>Salta Dur</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051435183</t>
+          <t>9786051435299</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Freud Sözlüğü</t>
+          <t>Bütün Şiirleri H. Zekai Yiğitler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4440000004136</t>
+          <t>9786051431529</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Titanik 6</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051434988</t>
+          <t>9786055249632</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sohbet Kıvamında</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051434995</t>
+          <t>9786055249649</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Süreç Denemeleri</t>
+          <t>Beyaz Sessizlik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051434926</t>
+          <t>9786051435251</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Büyürken</t>
+          <t>Görünmeyen Rota</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055229993</t>
+          <t>9786051431048</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tahta Kılıçlar</t>
+          <t>Roman Ajandası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051430843</t>
+          <t>9786051435244</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Bütün Eserleri 2</t>
+          <t>Şiirin İlkesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051431147</t>
+          <t>9786051435268</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Suçlusun!..</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000097421</t>
+          <t>9786051431598</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şairin Ölümü Hayatıdır</t>
+          <t>Bir Halk Düşmanı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051432199</t>
+          <t>4444444444494</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hayal</t>
+          <t>Dünyanın En Güzel 100 Şiiri ve Şiir Ajandası Seti</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051430874</t>
+          <t>9786051435190</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sevgi S.nin Gülüşü</t>
+          <t>Pakildas Bilim Kültür Sanat Dergisi Sayı: 1 - Güz 2025</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051430867</t>
+          <t>9786051455053</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik İtaatsizlik</t>
+          <t>Kulağımdaki Çınlamalar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000028011</t>
+          <t>9786051435084</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Söz Altındır</t>
+          <t>Naif</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055229351</t>
+          <t>9786051434957</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Pornografi</t>
+          <t>Gönül Bahçesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051434162</t>
+          <t>9786051434896</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Garip Kuşun Yuvası</t>
+          <t>Khora 2 - Tehlikeli Kaçış</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051430249</t>
+          <t>9786051434889</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar ve Sigmund Freud</t>
+          <t>Khora 1 - Otani Köyü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051434629</t>
+          <t>9786051434834</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Taş Kafa</t>
+          <t>Hayal Defterindeki Minik Kalemler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>225</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051435138</t>
+          <t>9786055233037</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Seza-Nur - Meçhule Giden Vapur</t>
+          <t>Toplu Şiirler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051430560</t>
+          <t>9786051434612</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı Bilgesi'nin Tarihi Gezileri 3 - Özbekistan</t>
+          <t>V Gecesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051434902</t>
+          <t>9786051434681</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı Bilgesi’nin Tarih Gezileri 1 - Moğolistan</t>
+          <t>Aşk Sesli Orkestra</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055249014</t>
+          <t>9786051434698</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yazıyorlar?</t>
+          <t>Ve Ay Donmuştu Tepede</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051432205</t>
+          <t>9786055249700</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dandy</t>
+          <t>Yetmişinde Bile Mesela Zeytin Dikeceksin</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055229184</t>
+          <t>9786051434636</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote ve Roman Sanatı</t>
+          <t>Vadi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051434506</t>
+          <t>9786051434575</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Öykü Var Okursan</t>
+          <t>Kahverengiyle Siyah</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>175</v>
+        <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051430454</t>
+          <t>9786051434414</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatından En İyi 50 Öykü</t>
+          <t>Dem</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051430256</t>
+          <t>9786051434421</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Perdesi</t>
+          <t>Telesezi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051431376</t>
+          <t>9786051434407</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Evler Zaman İçinde</t>
+          <t>Sıralı Zaman Öyküleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051432410</t>
+          <t>9786055233006</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Düzine Öykü</t>
+          <t>Kurtuluş Savaşı Kadınları Destanı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051431192</t>
+          <t>9786055233938</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yılan</t>
+          <t>Yaşayan Aşk Şiirleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051431765</t>
+          <t>9786055229078</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Vişneli Kek</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>225</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055249908</t>
+          <t>9786055233280</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Değiştiren 10 Şiir</t>
+          <t>Şarap Sözlüğü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055249922</t>
+          <t>9786055249175</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Değiştiren 10 Öykü</t>
+          <t>Sur - Beyaz Uyku</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051432502</t>
+          <t>3990000027841</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çağın Duygusu</t>
+          <t>2014 Roman Ajandası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>75</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9791834520063</t>
+          <t>9786055249045</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Alain Robbe - Grillet Seti (2 Kitap)</t>
+          <t>Nahide</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>205</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>4440000002644</t>
+          <t>9786055249533</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti</t>
+          <t>Kadınlar Aşkı Nasıl Yaşar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>4440000001178</t>
+          <t>3990000001578</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel 100 Şiiri ve Şairin Ölümü Seti 2 Kitap</t>
+          <t>İstanbul’un 72 Milleti</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>4440000001177</t>
+          <t>9786051430379</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>3 Kadın Şair (4 Kitap Takım) (Kadın Hakları Evrensel Bildirgesi Hediye)</t>
+          <t>İstanbul Yüzleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>225</v>
+        <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000001824</t>
+          <t>9786055249151</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dolu Ağız</t>
+          <t>İmkansız Aşk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>125</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055233372</t>
+          <t>9786055249359</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sözlüğü</t>
+          <t>Hep Oyunda Kalmak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051431802</t>
+          <t>9786055249229</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İyi Yazmak (5 Kitap Set)</t>
+          <t>Göz Müptelası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>345</v>
+        <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051431819</t>
+          <t>9786051430553</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ateizm Seti (4 Kitap Takım)</t>
+          <t>Düşen Son Melek</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055249298</t>
+          <t>9786051430812</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yatak Altındaki Koca</t>
+          <t>Denge</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051430201</t>
+          <t>9786051430386</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Vordonisi 2 - Mühür</t>
+          <t>Gölgesi İnce Kız</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051432175</t>
+          <t>9786055237776</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Vordonisi 1 - Terk-i Dünya</t>
+          <t>100 Liraya Kendi Filmini Çek</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051430515</t>
+          <t>9786055237424</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Biz Seninle Daha Dün</t>
+          <t>100 Kodla Kendi Web Siteni Yap</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051431697</t>
+          <t>9786055249069</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Apologia</t>
+          <t>100 Fırça Darbesiyle Kendi Resmini Yap</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051432540</t>
+          <t>9786055249021</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Vordonisi 1 - Terk-i Dünya</t>
+          <t>Dünya Futbol Kupasında 11 Yalnız Kadın</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>675</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051430287</t>
+          <t>9786051431109</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>36 Baharı</t>
+          <t>Kişisel Değil</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051430423</t>
+          <t>9786051431345</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kökler ve Kanatlar</t>
+          <t>En Güzel Aşk Öyküleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051434315</t>
+          <t>9786051432038</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik Yıkım ve İsyan Şiirleri</t>
+          <t>GG</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051455077</t>
+          <t>9786051432366</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Unutmuşsun Bende</t>
+          <t>Algılar ve Gerçek</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>75</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051455060</t>
+          <t>9786051432298</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Güvercinli Yara</t>
+          <t>Kadın Masalları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051434520</t>
+          <t>9786051432212</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Boşluklar Avundukça Büyür</t>
+          <t>Şifalı Yemek Reçeteleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051434377</t>
+          <t>9786051432021</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sarıkız Nasıl Kurtulur</t>
+          <t>Kadın Şiirleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055237066</t>
+          <t>9786051431758</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Volga Hüznü</t>
+          <t>Mini Cehennem</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051431864</t>
+          <t>9786051431949</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti</t>
+          <t>Son Harabati</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>4444444443456</t>
+          <t>3990000028009</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Marquis De Sade (6 Kitap)</t>
+          <t>İki Kaynar Bir Coşar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>4444444443455</t>
+          <t>9786051430911</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Titanik 8</t>
+          <t>Genel Hayat Öyküleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051434872</t>
+          <t>9786051430737</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>2014 Roman Yazan Ajanda</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>125</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051434841</t>
+          <t>3990000097544</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tahtacı Deresi</t>
+          <t>Öykü Defteri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051434445</t>
+          <t>9786051431956</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Şahane Cehalet</t>
+          <t>Gediz Kıyılarında Bir Zamanlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051434339</t>
+          <t>9786051431871</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı Olmak</t>
+          <t>Nasıl Düştüğümü Hatırlamıyorum</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055249113</t>
+          <t>9786051430713</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sevgili</t>
+          <t>Vincent Konağı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>175</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055249137</t>
+          <t>9786055233907</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yedinci</t>
+          <t>Tanrının Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055249465</t>
+          <t>9786051431079</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şarap ve Esrar</t>
+          <t>Uyuduğum Büyüdüğüm Masallar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055249168</t>
+          <t>9786051431574</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kader Şifresi</t>
+          <t>Roman Yazan Ajanda 2016</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051430775</t>
+          <t>9786051431253</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ensest</t>
+          <t>Ernesto Che Guevara</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055249076</t>
+          <t>9786051431406</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Öldü mü?</t>
+          <t>Mistik, Romantik, Ağır Mahkum ve Göçmen Şair : Nazım Hikmet</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051432069</t>
+          <t>9786051431673</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Einstein’a Mektup</t>
+          <t>Sesleniş</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055229023</t>
+          <t>3990000017284</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yeni Roman</t>
+          <t>Çanakkale Cehennemi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051431659</t>
+          <t>9786055237806</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Cep Felsefe Sözlüğü (Cep Boy)</t>
+          <t>100 Biyografide Dünya Ünlüleri</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055249472</t>
+          <t>9786051431437</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>George Sand Öldü mü?</t>
+          <t>Saatli Cumhuriyet Takvimi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055249854</t>
+          <t>9786051430959</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Korkulobin</t>
+          <t>Dilenci ile Milyarder</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055249724</t>
+          <t>9786055237479</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Edipler ve Ölüm</t>
+          <t>Kadınların En Çok Aldattığı Burçlar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051430751</t>
+          <t>3990000028012</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Garcia’ya Mektup</t>
+          <t>Bodrum'da Yemekler Tez Pişer</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055249052</t>
+          <t>9786055237103</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gaip Cennet 2</t>
+          <t>Devamı Hayat</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055249953</t>
+          <t>9786055237110</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Salkımları</t>
+          <t>Hakikatin Ölümü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051434742</t>
+          <t>9786055249991</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı Eteklerinde Sarıkız’ın Köyü Güre</t>
+          <t>Toplu Şiirleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055249656</t>
+          <t>9786051431055</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Karantinalı Despina</t>
+          <t>Dünya Savaşları: 1. Dünya Savaşı 1914-1918</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9876543210012</t>
+          <t>9786051431567</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Henry David Thoreau Seti - 4 Kitap Takım</t>
+          <t>Çatı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>245</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055249663</t>
+          <t>9786051430492</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı Bilgesi'nin Tarih Gezileri 2 - Kırgızistan</t>
+          <t>Küçük Felsefe Sözlüğü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055229986</t>
+          <t>9786055233167</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kukla</t>
+          <t>Roman Yazan Ajanda 2013</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051430522</t>
+          <t>9786051432571</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yürümenin İzinde Yürümek</t>
+          <t>XX Kuşağı Öyküleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055233068</t>
+          <t>9786051434186</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bilgiseven Akademisi Sunumları 2. Kitap</t>
+          <t>Kanatlanıyorum</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051434513</t>
+          <t>9786051434285</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Varşova'da Bir Yabancı</t>
+          <t>Mavi Su Samuru</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051432281</t>
+          <t>9786051432663</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Sanata</t>
+          <t>Mavi Bisiklet</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>400</v>
+        <v>40</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>4444444443205</t>
+          <t>9786051434209</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti - 3 Kitap Takım</t>
+          <t>Yaş 25</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051434780</t>
+          <t>9786051434261</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kazdağı - Kazdağları Fiziki Coğrafyası</t>
+          <t>Ufak Tefek Notlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>4440000002858</t>
+          <t>9786051432588</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Ve Doğu Öyküleri ( 4 Kitap)</t>
+          <t>Şiirin Anahtarı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>450</v>
+        <v>65</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051434391</t>
+          <t>9786051431468</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sekiz</t>
+          <t>Şeytan</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051431963</t>
+          <t>9786051432649</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gece Gülüşü</t>
+          <t>Göz Masalı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051430744</t>
+          <t>9786051434247</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Şiir Nedir</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055249083</t>
+          <t>9786055229894</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Karıma Mektuplar</t>
+          <t>Aleviliğin Kırılmayan Çarkı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>175</v>
+        <v>35</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055249007</t>
+          <t>9786055229122</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Haremde Carmen</t>
+          <t>Ribozom 2 - Gizemli Boşluk</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051431154</t>
+          <t>9786051432618</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kokain</t>
+          <t>Ribozom 3 - Karanlığın İçinden</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051431000</t>
+          <t>9786051432564</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Albert Camus: Özgürlük ve Devrim</t>
+          <t>Bedenimdeki Sen</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051431130</t>
+          <t>9786055229115</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Fiil Çekimleri</t>
+          <t>Ribozom 1 - Yaşam Sarmalı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051430263</t>
+          <t>9786051430348</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Hayatımın Bütün Kadınları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051434452</t>
+          <t>9786051434179</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Oteli</t>
+          <t>Güneş Gülüşleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>225</v>
+        <v>40</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055237417</t>
+          <t>9786051430232</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kırıklığı</t>
+          <t>Vordonosi 3 - Kaşık Adası</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051432946</t>
+          <t>9786051432557</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Şehrin Sakini</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051431314</t>
+          <t>3990000017283</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Ruhlar Aleminde Yaşam</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051434605</t>
+          <t>9786051430195</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Fakirce</t>
+          <t>Vordonisi 2 - Değirmenburnu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>450</v>
+        <v>55</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>4444444442946</t>
+          <t>9786051432519</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Titanik 7</t>
+          <t>Khora 6 - Kızgın Vaha</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051434704</t>
+          <t>9786051430058</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bilgiseven Akademisi Sunumları 1</t>
+          <t>Ömür Ağacı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051431857</t>
+          <t>9786051432458</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dünya Vatandaşı Olmak (7 Kitap Set)</t>
+          <t>Khora 4 - Kırık Dağ</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051431826</t>
+          <t>9786051432465</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Felsefesi / Saint-Exupery Toplu Eserleri 1 (2 Kitap Set)</t>
+          <t>Komşu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055249281</t>
+          <t>4440000004508</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Suç Ansiklopedisi</t>
+          <t>Döndü Polat Okuma Öğrenme Gelişim Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051430836</t>
+          <t>9791834520064</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Bütün Eserleri 1</t>
+          <t>Hayatınızı Değiştiren Kitaplar Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055249236</t>
+          <t>4440000001175</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Eugenie Grandet</t>
+          <t>Dünyadan 75 Öykü ve Yeni Öyküler Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051430669</t>
+          <t>4440000001174</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan 101 Bilgelik Öyküsü</t>
+          <t>3 Kadın Öykücü (4 Kitap Takım) (Kadın Hakları Evrensel Bildirgesi Hediye)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055229955</t>
+          <t>9786051435022</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dolandırıcılar</t>
+          <t>Köşegenler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055249243</t>
+          <t>9786051435039</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Düşünülmüş</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000027156</t>
+          <t>9786051434919</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Bütün Eserleri Cilt 1-2 Takım</t>
+          <t>Maniler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055249366</t>
+          <t>9786051430577</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Reşat Enis Tozlu Raflardaki Gölge</t>
+          <t>Evlilik Öyküleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051431246</t>
+          <t>9786055249373</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Karaktersiz</t>
+          <t>Kadınlar Yanlış Biliyor</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055249526</t>
+          <t>9786051430652</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Melekler Sözlüğü</t>
+          <t>Kadın Yazarlardan Kadın Öyküleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055229092</t>
+          <t>9786051430171</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kara Şiir Antolojisi</t>
+          <t>Cibran Neden Evine Gidemedi?</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051430430</t>
+          <t>9786055249144</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Obtüratör</t>
+          <t>Carmen</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051431536</t>
+          <t>9786055249458</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sesleri</t>
+          <t>Aşkın Bütün Harflerine</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051430034</t>
+          <t>9786055237769</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yüz İcat ve Olayda Dünya Tarihi</t>
+          <t>Arafor</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051431383</t>
+          <t>9786055233891</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Gerçek Doğasını İfşa Eden Deney</t>
+          <t>Anarşi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051432441</t>
+          <t>9786055249212</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Leopar Desenli Kadınlar</t>
+          <t>Anahtar Deliği</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051432601</t>
+          <t>9786051430768</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dünya Edebiyatında Türkler</t>
+          <t>101 Doğu Öyküsü</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055229108</t>
+          <t>9786055249090</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Adamlar Kadınlardan Daha Orospuydu</t>
+          <t>100 Türk Şey</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055237592</t>
+          <t>9786051431017</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>101 Sufi Öykü</t>
+          <t>İntikam</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051430539</t>
+          <t>9786051430973</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yazmak</t>
+          <t>Okul Mazeretleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055229061</t>
+          <t>9786051431161</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Khora 5 - Mutant Kavşağı</t>
+          <t>Kadın Yazarlardan Savaş Öyküleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051434728</t>
+          <t>9786051432083</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bedenden Uzağa Düştük</t>
+          <t>Çanakkale Hatıraları</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051430072</t>
+          <t>9786051432113</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken</t>
+          <t>Bu Kral Çok Kral</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051432267</t>
+          <t>9786055249328</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Apartmanı</t>
+          <t>Dr. Jekyll / Mr. Hyde</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051434735</t>
+          <t>9786051431680</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Milyar Yılda Devrialem</t>
+          <t>Mesih İsa ile Birlikte İncil’i Farklı Okumak</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055229207</t>
+          <t>9786051430041</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Deizm</t>
+          <t>Dünya Savaşları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055237141</t>
+          <t>9786051431024</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim</t>
+          <t>İstanbul Hikayeleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055249250</t>
+          <t>9786051431710</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Zambak</t>
+          <t>Gelsin Gece Çalsın Kapı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055249182</t>
+          <t>9786051431321</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Cecile</t>
+          <t>Futbol</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055233181</t>
+          <t>9786051434193</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Can Çekişen Ateist</t>
+          <t>Khora 2 - Yayılış</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051430805</t>
+          <t>9786055229870</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Aura Gizemleri</t>
+          <t>Fena</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055249038</t>
+          <t>9786051432656</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hulusi Efendi</t>
+          <t>Khora Başlangıç</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051430690</t>
+          <t>9786051432526</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>100 Terimde Felsefe</t>
+          <t>Mesih İsa ile Tanışmak</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055237011</t>
+          <t>9786051435015</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yüz Saatte Kendi Kitabını Yaz</t>
+          <t>Zaman Yolcusu Kalmasın</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055249502</t>
+          <t>9791834520065</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Melekler Okulu</t>
+          <t>Mektuplarınız Var Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>175</v>
+        <v>550</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055229948</t>
+          <t>9786051434230</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yaz Öyküleri</t>
+          <t>Okuyorum Öğreniyorum - Öyleyse Varım</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051430119</t>
+          <t>9786055237431</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cumba Kamp Öyküleri 1 - Bahara Yürüyenler</t>
+          <t>Arılar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051435107</t>
+          <t>9786051430393</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Şairin Düzyazısı Düzyazının Şairi Seti</t>
+          <t>Cennet 1. Cilt</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051435091</t>
+          <t>9786051432533</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Edremit Kaymakamı Köprülü Şehit Hamdi Bey</t>
+          <t>Kırkikindi Yağmurları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>4440000004186</t>
+          <t>9786051435213</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Din ve Ateizm Seti (5 Kitap Takım)</t>
+          <t>Poseidon Projesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051434964</t>
+          <t>9786051435152</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Kitabı</t>
+          <t>Kemene</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>225</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051433424</t>
+          <t>9786055233075</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Duyuyor Musun Kalbim</t>
+          <t>Zamanı Sınamak</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051435046</t>
+          <t>9786051434322</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Hologramı</t>
+          <t>Ejder Meyvesi Kadar Pembe</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051434933</t>
+          <t>9786055237363</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Khora 3 - Batak Deniz</t>
+          <t>101 Mesnevi Öyküsü</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051434940</t>
+          <t>9786051430829</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimizin 100. Yılında Kadının 100 Adı</t>
+          <t>Goglis Ne Demek?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051434827</t>
+          <t>9786051432076</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kristal 3. Cilt - Karlı Vadi</t>
+          <t>İnsan Galaksisi Tarihi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051434773</t>
+          <t>9786051430225</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mut Köprübaşı Köyünden Şair Hüseyin Cılız</t>
+          <t>Sartre Google’da Neden Bulunamadı?</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051434711</t>
+          <t>9786051435169</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Tahta Kılıç</t>
+          <t>Elveda Babaanne</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055229658</t>
+          <t>9786055229757</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bir Eski Zaman Düşünde Şimdi</t>
+          <t>Y Kuşağı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051433608</t>
+          <t>9786051435183</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Şaire Mektuplar</t>
+          <t>Freud Sözlüğü</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051431611</t>
+          <t>4440000004136</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Şiir Ajandası</t>
+          <t>Titanik 6</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051434766</t>
+          <t>9786051434988</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İşte Karşınızda</t>
+          <t>Sohbet Kıvamında</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051434759</t>
+          <t>9786051434995</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kristal 2. Cilt - Koloni</t>
+          <t>Süreç Denemeleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055249670</t>
+          <t>9786051434926</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Şairinin Gözünden Doğa ve Köy Hayatı - Şair Şener Bilen</t>
+          <t>Büyürken</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>4440000003004</t>
+          <t>9786055229993</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Titanik 5</t>
+          <t>Tahta Kılıçlar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>4440000003003</t>
+          <t>9786051430843</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Titanik 4</t>
+          <t>Halil Cibran Bütün Eserleri 2</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055249694</t>
+          <t>9786051431147</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Piyano Tarlası</t>
+          <t>Suçlusun!..</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051431420</t>
+          <t>3990000097421</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şu Tatmini İmkansız Teselli İhtiyacımız</t>
+          <t>Şairin Ölümü Hayatıdır</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055233051</t>
+          <t>9786051432199</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaz Dağı Ozanından Şiirler Türküler - Yellibel</t>
+          <t>Hayal</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055249687</t>
+          <t>9786051430874</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Doyran</t>
+          <t>Sevgi S.nin Gülüşü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786051434544</t>
+          <t>9786051430867</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Ekonomik İtaatsizlik</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051434643</t>
+          <t>3990000028011</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mari Foneçka</t>
+          <t>Söz Altındır</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786051434599</t>
+          <t>9786055229351</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sarıkız: Türk Kültür Tarihinin Bilinmeyen Kökleri</t>
+          <t>Pornografi</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051434674</t>
+          <t>9786051434162</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Kız</t>
+          <t>Garip Kuşun Yuvası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051434667</t>
+          <t>9786051430249</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ten Nedir Ki</t>
+          <t>Kadınlar ve Sigmund Freud</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9784820992195</t>
+          <t>9786051434629</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Titanik 3</t>
+          <t>Taş Kafa</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051434582</t>
+          <t>9786051435138</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Kalbinden Vurulduğu Yer</t>
+          <t>Seza-Nur - Meçhule Giden Vapur</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051434346</t>
+          <t>9786051430560</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı Eteklerinde Bir Köy Çamlıbel</t>
+          <t>Kaz Dağı Bilgesi'nin Tarih Gezileri 3 - Özbekistan</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055233044</t>
+          <t>9786051434902</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Ormanı</t>
+          <t>Kaz Dağı Bilgesi’nin Tarih Gezileri 1 - Moğolistan</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051434568</t>
+          <t>9786055249014</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mehmetalanlı Halk Ozanı Hasan Akburak</t>
+          <t>Nasıl Yazıyorlar?</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051434551</t>
+          <t>9786051432205</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Gardenia Çiçeği</t>
+          <t>Dandy</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051434537</t>
+          <t>9786055229184</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Titanik 2</t>
+          <t>Don Quijote ve Roman Sanatı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051434490</t>
+          <t>9786051434506</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Çember Çekmece</t>
+          <t>Öykü Var Okursan</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>4440000001176</t>
+          <t>9786051430454</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Kadın Seti (2 Kitap Takım)</t>
+          <t>Türk Edebiyatından En İyi 50 Öykü</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>4440000001173</t>
+          <t>9786051430256</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Yürümek Seti (2 Kitap Takım)</t>
+          <t>Zamanın Perdesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>145</v>
+        <v>750</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051434384</t>
+          <t>9786051431376</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kedibiyat</t>
+          <t>Evler Zaman İçinde</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055249335</t>
+          <t>9786051432410</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Ağda Gece Barda</t>
+          <t>Bir Düzine Öykü</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051432120</t>
+          <t>9786051431192</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Aşk</t>
+          <t>Yılan</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051430904</t>
+          <t>9786051431765</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ateizm</t>
+          <t>Yara</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055233020</t>
+          <t>9786055249908</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Deja-vous</t>
+          <t>Hayatınızı Değiştiren 10 Şiir</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051434476</t>
+          <t>9786055249922</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Termal Eşik</t>
+          <t>Hayatınızı Değiştiren 10 Öykü</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055233013</t>
+          <t>9786051432502</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Diyor ki Asıl Ben Sana Uydum</t>
+          <t>Çağın Duygusu</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051434438</t>
+          <t>9791834520063</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bak Hele</t>
+          <t>Alain Robbe - Grillet Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051434292</t>
+          <t>4440000002644</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>En İçten Devrimci Duygularımla</t>
+          <t>Sigmund Freud Seti</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051434278</t>
+          <t>4440000001178</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Reverdy</t>
+          <t>Dünyanın En Güzel 100 Şiiri ve Şairin Ölümü Seti 2 Kitap</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051434360</t>
+          <t>4440000001177</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Tahtakuşlar</t>
+          <t>3 Kadın Şair (4 Kitap Takım) (Kadın Hakları Evrensel Bildirgesi Hediye)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051434353</t>
+          <t>3990000001824</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>O Ağacın Altı</t>
+          <t>Dolu Ağız</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051434223</t>
+          <t>9786055233372</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ortada Henüz Yapılmış ve Bitmiş Bir Şey Yok</t>
+          <t>Felsefe Sözlüğü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051434216</t>
+          <t>9786051431802</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kıyıya Vuran</t>
+          <t>İyi Yazmak (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055229177</t>
+          <t>9786051431819</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Edremit Tarihi</t>
+          <t>Ateizm Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051434155</t>
+          <t>9786055249298</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Gandhi</t>
+          <t>Yatak Altındaki Koca</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051432625</t>
+          <t>9786051430201</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yaş</t>
+          <t>Vordonisi 2 - Mühür</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051434032</t>
+          <t>9786051432175</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Özlem</t>
+          <t>Vordonisi 1 - Terk-i Dünya</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051432632</t>
+          <t>9786051430515</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Lal</t>
+          <t>Biz Seninle Daha Dün</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055229146</t>
+          <t>9786051431697</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıl Yağan Yağmur Kadar</t>
+          <t>Apologia</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>125</v>
+        <v>750</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051432595</t>
+          <t>9786051432540</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Lacan</t>
+          <t>Vordonisi 1 - Terk-i Dünya</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>300</v>
+        <v>675</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055229139</t>
+          <t>9786051430287</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Suçları</t>
+          <t>36 Baharı</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051432342</t>
+          <t>9786051430423</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak</t>
+          <t>Kökler ve Kanatlar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051431451</t>
+          <t>9786051434315</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hakları Evrensel Bildirgesi</t>
+          <t>Hiçlik Yıkım ve İsyan Şiirleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051430591</t>
+          <t>9786051455077</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>Yüzünü Unutmuşsun Bende</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055249427</t>
+          <t>9786051455060</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gök Su</t>
+          <t>Güvercinli Yara</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>125</v>
+        <v>65</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051432304</t>
+          <t>9786051434520</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Usulca Isıt Kalbimi</t>
+          <t>Boşluklar Avundukça Büyür</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055229085</t>
+          <t>9786051434377</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kedi Kükredi</t>
+          <t>Sarıkız Nasıl Kurtulur</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051430683</t>
+          <t>9786055237066</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Urbaga</t>
+          <t>Volga Hüznü</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051432496</t>
+          <t>9786051431864</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>La</t>
+          <t>Sigmund Freud Seti</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051432472</t>
+          <t>4444444443456</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Başka Düşler Zamanı</t>
+          <t>Marquis De Sade (6 Kitap)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>125</v>
+        <v>700</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055229047</t>
+          <t>4444444443455</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Süper Kediler</t>
+          <t>Titanik 8</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051432359</t>
+          <t>9786051434872</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yaz</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051432434</t>
+          <t>9786051434841</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ruhdanlık</t>
+          <t>Tahtacı Deresi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055229030</t>
+          <t>9786051434445</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Alba</t>
+          <t>Şahane Cehalet</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051430096</t>
+          <t>9786051434339</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Devrim Gecesi Notları</t>
+          <t>Kaz Dağı Olmak</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051432335</t>
+          <t>9786055249113</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>La Frida</t>
+          <t>Yeni Sevgili</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051432380</t>
+          <t>9786055249137</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yazgım</t>
+          <t>Yedinci</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051432373</t>
+          <t>9786055249465</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Unutma Beni</t>
+          <t>Şarap ve Esrar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051432243</t>
+          <t>9786055249168</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Pandora İstanbul'da</t>
+          <t>Kader Şifresi</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051432328</t>
+          <t>9786051430775</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Grizu Postmodernizm, Epistemolojik Çöküş</t>
+          <t>Ensest</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051432311</t>
+          <t>9786055249076</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Nöbet Çiçeği</t>
+          <t>Demokrasi Öldü mü?</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051432236</t>
+          <t>9786051432069</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Senin Gözlerine Bakmak</t>
+          <t>Einstein’a Mektup</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051432168</t>
+          <t>9786055229023</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Tanrılar ve İnsanlar</t>
+          <t>Yeni Roman</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051432045</t>
+          <t>9786051431659</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Cep Felsefe Sözlüğü (Cep Boy)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051432229</t>
+          <t>9786055249472</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Babil</t>
+          <t>George Sand Öldü mü?</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786051430935</t>
+          <t>9786055249854</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Öyküler</t>
+          <t>Korkulobin</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051432106</t>
+          <t>9786055249724</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Aşık ile Maşuk</t>
+          <t>Edipler ve Ölüm</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051432151</t>
+          <t>9786051430751</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Naylon Sözler</t>
+          <t>Garcia’ya Mektup</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051432144</t>
+          <t>9786055249052</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey Var Unuttuğum Çocuğum</t>
+          <t>Gaip Cennet 2</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051432182</t>
+          <t>9786055249953</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve İnsan</t>
+          <t>Yağmur Salkımları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051432137</t>
+          <t>9786051434742</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Çaresizlik</t>
+          <t>Kaz Dağı Eteklerinde Sarıkız’ın Köyü Güre</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051430089</t>
+          <t>9786055249656</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Karantinalı Despina</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051431642</t>
+          <t>9876543210012</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Oysa Olgunlaşmamışım</t>
+          <t>Henry David Thoreau Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051432052</t>
+          <t>9786055249663</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Y Kuşağı'ndan Öyküler</t>
+          <t>Kaz Dağı Bilgesi'nin Tarih Gezileri 2 - Kırgızistan</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051430065</t>
+          <t>9786055229986</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yeni Öyküler</t>
+          <t>Kukla</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051431994</t>
+          <t>9786051430522</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Aşk: Giriş Gelişme ve Sonuç</t>
+          <t>Yürümenin İzinde Yürümek</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786051432007</t>
+          <t>9786055233068</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Karısı</t>
+          <t>Bilgiseven Akademisi Sunumları 2. Kitap</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051432014</t>
+          <t>9786051434513</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kürklü Gece</t>
+          <t>Varşova'da Bir Yabancı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051431789</t>
+          <t>9786051432281</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Cildin Parçalanışı</t>
+          <t>Yaşamdan Sanata</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051431970</t>
+          <t>4444444443205</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>KirliHanımlar</t>
+          <t>Sigmund Freud Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051431925</t>
+          <t>9786051434780</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Otomobil</t>
+          <t>Kazdağı - Kazdağları Fiziki Coğrafyası</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051430898</t>
+          <t>4440000002858</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Enstantaneler</t>
+          <t>Tasavvuf Ve Doğu Öyküleri ( 4 Kitap)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051431901</t>
+          <t>9786051434391</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Nerede ve Ne İçin Yaşadım</t>
+          <t>Sekiz</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051431932</t>
+          <t>9786051431963</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Şairler Yıllığı 2017</t>
+          <t>Gece Gülüşü</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051430027</t>
+          <t>9786051430744</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sen Sarıldın Kış Bitti</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051431727</t>
+          <t>9786055249083</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dolu Ağız Triloji</t>
+          <t>Karıma Mektuplar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051431086</t>
+          <t>9786055249007</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kesişen Yollar</t>
+          <t>Carmen Haremde</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051431369</t>
+          <t>9786051431154</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Inferno</t>
+          <t>Kokain</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051431741</t>
+          <t>9786051431000</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Dinlerin Sonu</t>
+          <t>Albert Camus: Özgürlük ve Devrim</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051430942</t>
+          <t>9786051431130</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>En Güzel 100 Aşk Şiiri</t>
+          <t>Fransızca Fiil Çekimleri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051431581</t>
+          <t>9786051430263</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Felsefe</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051430928</t>
+          <t>9786051434452</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Duran Ufo</t>
+          <t>İstanbul Oteli</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051430980</t>
+          <t>9786055237417</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Yazının Felsefesi</t>
+          <t>Hayal Kırıklığı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051432816</t>
+          <t>9786051432946</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051431475</t>
+          <t>9786051431314</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Din</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055229016</t>
+          <t>9786051434605</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Üzerime Gölgen Düşmüştü, Sen Güneştin</t>
+          <t>Fakirce</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051431260</t>
+          <t>4444444442946</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kadercilik</t>
+          <t>Titanik 7</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051431338</t>
+          <t>9786051434704</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel 100 Şiiri</t>
+          <t>Bilgiseven Akademisi Sunumları 1</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786055233198</t>
+          <t>9786051431857</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dünya Edebiyatından 75 Öykü</t>
+          <t>Dünya Vatandaşı Olmak (7 Kitap Set)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051431413</t>
+          <t>9786051431826</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Saint Exupery Toplu Eserleri</t>
+          <t>Küçük Prens ve Felsefesi / Saint-Exupery Toplu Eserleri 1 (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055249274</t>
+          <t>9786055249281</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Y Kuşağı İçin Sosyoloji Sözlüğü</t>
+          <t>Suç Ansiklopedisi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051431291</t>
+          <t>9786051430836</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Doğa</t>
+          <t>Halil Cibran Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051431284</t>
+          <t>9786055249236</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Direniş Che</t>
+          <t>Eugenie Grandet</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055229009</t>
+          <t>9786051430669</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Dersleri</t>
+          <t>Dünyadan 101 Bilgelik Öyküsü</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051430966</t>
+          <t>9786055229955</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dersleri</t>
+          <t>Dolandırıcılar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051431390</t>
+          <t>9786055249243</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Fagin</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051431703</t>
+          <t>3990000027156</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kentlerin Yazısı</t>
+          <t>Halil Cibran Bütün Eserleri Cilt 1-2 Takım</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051431208</t>
+          <t>9786055249366</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sivil ve İtaatsiz</t>
+          <t>Reşat Enis Tozlu Raflardaki Gölge</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051430003</t>
+          <t>9786051431246</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Melek Zamanı</t>
+          <t>Karaktersiz</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051431185</t>
+          <t>9786055249526</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Sözlüğü</t>
+          <t>Melekler Sözlüğü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055249489</t>
+          <t>9786055229092</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Kara Şiir Antolojisi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051431116</t>
+          <t>9786051430430</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud - Ruh ve Haz</t>
+          <t>Obtüratör</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051431123</t>
+          <t>9786051431536</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ernestine</t>
+          <t>Kadın Sesleri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055229931</t>
+          <t>9786051430034</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yazmak</t>
+          <t>Yüz İcat ve Olayda Dünya Tarihi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055237165</t>
+          <t>9786051431383</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yazının Hyper Derecesi</t>
+          <t>İnsanın Gerçek Doğasını İfşa Eden Deney</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055229054</t>
+          <t>9786051432441</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Mektupluk Roman</t>
+          <t>Leopar Desenli Kadınlar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051431239</t>
+          <t>9786051432601</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bütün Eserleri Halil Cibran</t>
+          <t>Dünya Edebiyatında Türkler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051431215</t>
+          <t>9786055229108</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kuşku Çağı</t>
+          <t>Adamlar Kadınlardan Daha Orospuydu</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051430997</t>
+          <t>9786055237592</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Genç Edebiyatçı Arkadaşlara Bazı Tavsiyeler</t>
+          <t>101 Sufi Öykü</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051430720</t>
+          <t>9786051430539</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Güneşin Sarhoş Kızı</t>
+          <t>Yazmak</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051431031</t>
+          <t>9786055229061</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Khora 5 - Mutant Kavşağı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055229962</t>
+          <t>9786051434728</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ateizm</t>
+          <t>Bedenden Uzağa Düştük</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051430881</t>
+          <t>9786051430072</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Halkın Afyonu</t>
+          <t>Yaşarken</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055249915</t>
+          <t>9786051432267</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Değiştiren 10 Kişi</t>
+          <t>Kadınlar Apartmanı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055237608</t>
+          <t>9786051434735</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>1968 Devrim Plajı</t>
+          <t>Milyar Yılda Devrialem</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>200</v>
+        <v>175</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786055229207</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Deizm</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786055237141</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenim</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786055249250</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Zambak</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786055249182</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Cecile</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786055233181</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Can Çekişen Ateist</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786051430805</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Aura Gizemleri</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786055249038</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Hulusi Efendi</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786051430690</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>100 Terimde Felsefe</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786055237011</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Yüz Saatte Kendi Kitabını Yaz</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786055249502</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Melekler Okulu</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786055229948</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Öyküleri</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786051430119</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Cumba Kamp Öyküleri 1 - Bahara Yürüyenler</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786051435107</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Şairin Düzyazısı Düzyazının Şairi Seti</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786051435091</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Edremit Kaymakamı Köprülü Şehit Hamdi Bey</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>4440000004186</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Ateizm Seti (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786051434964</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Hayaller Kitabı</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786051433424</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Duyuyor Musun Kalbim</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786051435046</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Çiçeklerin Hologramı</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786051434933</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Khora 3 - Batak Deniz</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786051434940</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetimizin 100. Yılında Kadının 100 Adı</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786051434827</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Kristal 3. Cilt - Karlı Vadi</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786051434773</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Mut Köprübaşı Köyünden Şair Hüseyin Cılız</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786051434711</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Tahta Kılıç</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786055229658</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Bir Eski Zaman Düşünde Şimdi</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786051433608</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Genç Bir Şaire Mektuplar</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786051431611</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Ajandası</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786051434766</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>İşte Karşınızda</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786051434759</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Kristal 2. Cilt - Koloni</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786055249670</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Bir Köy Şairinin Gözünden Doğa ve Köy Hayatı - Şair Şener Bilen</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>4440000003004</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Titanik 5</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>4440000003003</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Titanik 4</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786055249694</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Piyano Tarlası</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786051431420</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Şu Tatmini İmkansız Teselli İhtiyacımız</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786055233051</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kaz Dağı Ozanından Şiirler Türküler - Yellibel</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786055249687</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Doyran</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786051434544</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Yolculuk</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786051434643</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Mari Foneçka</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786051434599</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Sarıkız: Türk Kültür Tarihinin Bilinmeyen Kökleri</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786051434674</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Bir Deli Kız</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786051434667</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Ten Nedir Ki</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9784820992195</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Titanik 3</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786051434582</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin Kalbinden Vurulduğu Yer</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786051434346</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Kaz Dağı Eteklerinde Bir Köy Çamlıbel</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786055233044</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Hafıza Ormanı</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786051434568</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Mehmetalanlı Halk Ozanı Hasan Akburak</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786051434551</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Gardenia Çiçeği</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786051434537</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Titanik 2</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786051434490</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Çember Çekmece</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>4440000001176</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Kadın Seti (2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>4440000001173</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Doğa ve Yürümek Seti (2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786051434384</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Kedibiyat</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786055249335</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Gündüz Ağda Gece Barda</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786051432120</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Yanlış Aşk</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786051430904</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Ateizm</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786055233020</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Deja-vous</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786051434476</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Termal Eşik</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786055233013</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan Diyor ki Asıl Ben Sana Uydum</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786051434438</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Bak Hele</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786051434292</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>En İçten Devrimci Duygularımla</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786051434278</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Reverdy</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786051434360</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Tahtakuşlar</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786051434353</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>O Ağacın Altı</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786051434223</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Ortada Henüz Yapılmış ve Bitmiş Bir Şey Yok</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786051434216</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Kıyıya Vuran</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786055229177</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Edremit Tarihi</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786051434155</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Gandhi</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786051432625</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Tehlikeli Yaş</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786051434032</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Özlem</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786051432632</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Lal</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786055229146</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yıl Yağan Yağmur Kadar</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786051432595</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Lacan</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786055229139</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Suçları</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786051432342</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamak</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786051431451</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Hakları Evrensel Bildirgesi</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786051430591</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786055249427</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Gök Su</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786051432304</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Usulca Isıt Kalbimi</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786055229085</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Kedi Kükredi</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786051430683</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Urbaga</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786051432496</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>La</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786051432472</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Başka Düşler Zamanı</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786055229047</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Süper Kediler</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786051432359</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Yaz</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786051432434</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Ruhdanlık</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786055229030</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Alba</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786051430096</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Devrim Gecesi Notları</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786051432335</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>La Frida</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786051432380</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Yazgım</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786051432373</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Bir Daha Unutma Beni</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786051432243</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Pandora İstanbul'da</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786051432328</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Grizu Postmodernizm, Epistemolojik Çöküş</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786051432311</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Nöbet Çiçeği</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786051432236</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Senin Gözlerine Bakmak</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786051432168</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Filozoflar Tanrılar ve İnsanlar</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786051432045</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Devlet</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786051432229</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Babil</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786051430935</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi Öyküler</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786051432106</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Aşık ile Maşuk</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786051432151</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Naylon Sözler</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786051432144</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şey Var Unuttuğum Çocuğum</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786051432182</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana ve İnsan</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786051432137</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Çaresizlik</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786051430089</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Geceler</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786051431642</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Oysa Olgunlaşmamışım</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786051432052</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Y Kuşağı'ndan Öyküler</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786051430065</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Öyküler</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786051431994</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Aşk: Giriş Gelişme ve Sonuç</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786051432007</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Başkasının Karısı</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786051432014</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Kürklü Gece</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786051431789</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Mukaddes Cildin Parçalanışı</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786051431970</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>KirliHanımlar</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786051431925</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Otomobil</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786051430898</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Enstantaneler</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786051431901</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Nerede ve Ne İçin Yaşadım</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786051431932</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Şairler Yıllığı 2017</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786051430027</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Sen Sarıldın Kış Bitti</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786051431727</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Dolu Ağız Triloji</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786051431086</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Kesişen Yollar</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786051431369</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Inferno</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786051431741</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Dinlerin Sonu</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786051430942</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel 100 Aşk Şiiri</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786051431581</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens ve Felsefe</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786051430928</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Duran Ufo</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786051430980</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Yazının Felsefesi</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786051432816</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786051431475</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Din</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786055229016</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Üzerime Gölgen Düşmüştü, Sen Güneştin</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786051431260</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Kadercilik</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786051431338</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Güzel 100 Şiiri</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786055233198</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Edebiyatından 75 Öykü</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786051431413</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Saint Exupery Toplu Eserleri</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786055249274</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Y Kuşağı İçin Sosyoloji Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786051431291</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Doğa</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786051431284</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Direniş Che</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786055229009</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Oyunculuk Dersleri</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786051430966</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Dersleri</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786051431390</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Fagin</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786051431703</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Kentlerin Yazısı</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786051431208</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Sivil ve İtaatsiz</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786051430003</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Melek Zamanı</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786051431185</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Kütüphane Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786055249489</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Paris</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786051431116</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Sigmund Freud - Ruh ve Haz</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786051431123</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Ernestine</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786055229931</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Yazmak</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786055237165</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Yazının Hyper Derecesi</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786055229054</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Dokuz Mektupluk Roman</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786051431239</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Eserleri Halil Cibran</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786051431215</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Kuşku Çağı</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786051430997</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Genç Edebiyatçı Arkadaşlara Bazı Tavsiyeler</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786051430720</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Gümüş Güneşin Sarhoş Kızı</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786051431031</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Yürümek</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786055229962</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Ateizm</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786051430881</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Halkın Afyonu</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>