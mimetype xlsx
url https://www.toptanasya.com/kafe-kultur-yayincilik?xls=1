--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,6700 +85,6880 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051435282</t>
+          <t>9786051435220</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Işıkta Yol Alanlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051431987</t>
+          <t>9786055249625</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Salta Dur</t>
+          <t>Galaktik Miras</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051435299</t>
+          <t>9786051434469</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri H. Zekai Yiğitler</t>
+          <t>Pakildas Bilim Kültür Sanat Dergisi Sayı: 2 - Kış 2026</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051431529</t>
+          <t>9786051325305</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Kafka'yı Yakmak</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055249632</t>
+          <t>9786051435275</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Birçok Pembe</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055249649</t>
+          <t>9786055233082</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sessizlik</t>
+          <t>Tutulma</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051435251</t>
+          <t>9786051432090</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Rota</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051431048</t>
+          <t>9786051431604</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Roman Ajandası</t>
+          <t>Yaban Ördeği</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051435244</t>
+          <t>9786051431734</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şiirin İlkesi</t>
+          <t>Deli Bir Kocanın Savunması</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051435268</t>
+          <t>9786051434603</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Mani</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051431598</t>
+          <t>9786051430508</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Halk Düşmanı</t>
+          <t>Yazar Olmak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4444444444494</t>
+          <t>9786051435312</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel 100 Şiiri ve Şiir Ajandası Seti</t>
+          <t>Edebiyattan Yaşama</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051435190</t>
+          <t>9786051435282</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Pakildas Bilim Kültür Sanat Dergisi Sayı: 1 - Güz 2025</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051455053</t>
+          <t>9786051431987</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kulağımdaki Çınlamalar</t>
+          <t>Salta Dur</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>75</v>
+        <v>600</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051435084</t>
+          <t>9786051435299</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Naif</t>
+          <t>Bütün Şiirleri H. Zekai Yiğitler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051434957</t>
+          <t>9786051431529</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bahçesi</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051434896</t>
+          <t>9786055249632</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Khora 2 - Tehlikeli Kaçış</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051434889</t>
+          <t>9786055249649</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Khora 1 - Otani Köyü</t>
+          <t>Beyaz Sessizlik</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051434834</t>
+          <t>9786051435251</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayal Defterindeki Minik Kalemler</t>
+          <t>Görünmeyen Rota</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055233037</t>
+          <t>9786051431048</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Toplu Şiirler</t>
+          <t>Roman Ajandası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051434612</t>
+          <t>9786051435244</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>V Gecesi</t>
+          <t>Şiirin İlkesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051434681</t>
+          <t>9786051435268</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sesli Orkestra</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051434698</t>
+          <t>9786051431598</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ve Ay Donmuştu Tepede</t>
+          <t>Bir Halk Düşmanı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>35</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055249700</t>
+          <t>4444444444494</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yetmişinde Bile Mesela Zeytin Dikeceksin</t>
+          <t>Dünyanın En Güzel 100 Şiiri ve Şiir Ajandası Seti</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051434636</t>
+          <t>9786051435190</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Vadi</t>
+          <t>Pakildas Bilim Kültür Sanat Dergisi Sayı: 1 - Güz 2025</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051434575</t>
+          <t>9786051455053</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kahverengiyle Siyah</t>
+          <t>Kulağımdaki Çınlamalar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051434414</t>
+          <t>9786051435084</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dem</t>
+          <t>Naif</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>35</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051434421</t>
+          <t>9786051434957</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Telesezi</t>
+          <t>Gönül Bahçesi</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051434407</t>
+          <t>9786051434896</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sıralı Zaman Öyküleri</t>
+          <t>Khora 2 - Tehlikeli Kaçış</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055233006</t>
+          <t>9786051434889</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Kadınları Destanı</t>
+          <t>Khora 1 - Otani Köyü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055233938</t>
+          <t>9786051434834</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Aşk Şiirleri</t>
+          <t>Hayal Defterindeki Minik Kalemler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055229078</t>
+          <t>9786055233037</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Vişneli Kek</t>
+          <t>Toplu Şiirler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>13.89</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055233280</t>
+          <t>9786051434612</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Şarap Sözlüğü</t>
+          <t>V Gecesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>13.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055249175</t>
+          <t>9786051434681</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sur - Beyaz Uyku</t>
+          <t>Aşk Sesli Orkestra</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>23.15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000027841</t>
+          <t>9786051434698</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>2014 Roman Ajandası</t>
+          <t>Ve Ay Donmuştu Tepede</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>18.52</v>
+        <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055249045</t>
+          <t>9786055249700</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nahide</t>
+          <t>Yetmişinde Bile Mesela Zeytin Dikeceksin</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>18.52</v>
+        <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055249533</t>
+          <t>9786051434636</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Aşkı Nasıl Yaşar</t>
+          <t>Vadi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>45</v>
+        <v>125</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000001578</t>
+          <t>9786051434575</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un 72 Milleti</t>
+          <t>Kahverengiyle Siyah</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051430379</t>
+          <t>9786051434414</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Yüzleri</t>
+          <t>Dem</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055249151</t>
+          <t>9786051434421</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Aşk</t>
+          <t>Telesezi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>15.74</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055249359</t>
+          <t>9786051434407</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hep Oyunda Kalmak</t>
+          <t>Sıralı Zaman Öyküleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055249229</t>
+          <t>9786055233006</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Göz Müptelası</t>
+          <t>Kurtuluş Savaşı Kadınları Destanı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051430553</t>
+          <t>9786055233938</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Düşen Son Melek</t>
+          <t>Yaşayan Aşk Şiirleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051430812</t>
+          <t>9786055229078</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Denge</t>
+          <t>Vişneli Kek</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>75</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051430386</t>
+          <t>9786055233280</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gölgesi İnce Kız</t>
+          <t>Şarap Sözlüğü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>75</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055237776</t>
+          <t>9786055249175</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>100 Liraya Kendi Filmini Çek</t>
+          <t>Sur - Beyaz Uyku</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055237424</t>
+          <t>3990000027841</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>100 Kodla Kendi Web Siteni Yap</t>
+          <t>2014 Roman Ajandası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>125</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055249069</t>
+          <t>9786055249045</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>100 Fırça Darbesiyle Kendi Resmini Yap</t>
+          <t>Nahide</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>125</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055249021</t>
+          <t>9786055249533</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dünya Futbol Kupasında 11 Yalnız Kadın</t>
+          <t>Kadınlar Aşkı Nasıl Yaşar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051431109</t>
+          <t>3990000001578</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Değil</t>
+          <t>İstanbul’un 72 Milleti</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051431345</t>
+          <t>9786051430379</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Aşk Öyküleri</t>
+          <t>İstanbul Yüzleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051432038</t>
+          <t>9786055249151</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>GG</t>
+          <t>İmkansız Aşk</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>75</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051432366</t>
+          <t>9786055249359</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Algılar ve Gerçek</t>
+          <t>Hep Oyunda Kalmak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>23.15</v>
+        <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051432298</t>
+          <t>9786055249229</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kadın Masalları</t>
+          <t>Göz Müptelası</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051432212</t>
+          <t>9786051430553</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Yemek Reçeteleri</t>
+          <t>Düşen Son Melek</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051432021</t>
+          <t>9786051430812</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kadın Şiirleri</t>
+          <t>Denge</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051431758</t>
+          <t>9786051430386</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mini Cehennem</t>
+          <t>Gölgesi İnce Kız</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>18.52</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051431949</t>
+          <t>9786055237776</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Son Harabati</t>
+          <t>100 Liraya Kendi Filmini Çek</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>18.52</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>3990000028009</t>
+          <t>9786055237424</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İki Kaynar Bir Coşar</t>
+          <t>100 Kodla Kendi Web Siteni Yap</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051430911</t>
+          <t>9786055249069</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Genel Hayat Öyküleri</t>
+          <t>100 Fırça Darbesiyle Kendi Resmini Yap</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051430737</t>
+          <t>9786055249021</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>2014 Roman Yazan Ajanda</t>
+          <t>Dünya Futbol Kupasında 11 Yalnız Kadın</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>18.52</v>
+        <v>75</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>3990000097544</t>
+          <t>9786051431109</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Öykü Defteri</t>
+          <t>Kişisel Değil</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>45</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051431956</t>
+          <t>9786051431345</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gediz Kıyılarında Bir Zamanlar</t>
+          <t>En Güzel Aşk Öyküleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>13.5</v>
+        <v>55</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051431871</t>
+          <t>9786051432038</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Düştüğümü Hatırlamıyorum</t>
+          <t>GG</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>13.89</v>
+        <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051430713</t>
+          <t>9786051432366</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Vincent Konağı</t>
+          <t>Algılar ve Gerçek</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055233907</t>
+          <t>9786051432298</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Gözyaşları (Ciltli)</t>
+          <t>Kadın Masalları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051431079</t>
+          <t>9786051432212</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Uyuduğum Büyüdüğüm Masallar</t>
+          <t>Şifalı Yemek Reçeteleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>13.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051431574</t>
+          <t>9786051432021</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Roman Yazan Ajanda 2016</t>
+          <t>Kadın Şiirleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>13.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051431253</t>
+          <t>9786051431758</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ernesto Che Guevara</t>
+          <t>Mini Cehennem</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>23</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051431406</t>
+          <t>9786051431949</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mistik, Romantik, Ağır Mahkum ve Göçmen Şair : Nazım Hikmet</t>
+          <t>Son Harabati</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051431673</t>
+          <t>3990000028009</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sesleniş</t>
+          <t>İki Kaynar Bir Coşar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>18.52</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>3990000017284</t>
+          <t>9786051430911</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cehennemi</t>
+          <t>Genel Hayat Öyküleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055237806</t>
+          <t>9786051430737</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>100 Biyografide Dünya Ünlüleri</t>
+          <t>2014 Roman Yazan Ajanda</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051431437</t>
+          <t>3990000097544</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Saatli Cumhuriyet Takvimi</t>
+          <t>Öykü Defteri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>18.52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051430959</t>
+          <t>9786051431956</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dilenci ile Milyarder</t>
+          <t>Gediz Kıyılarında Bir Zamanlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>55</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055237479</t>
+          <t>9786051431871</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kadınların En Çok Aldattığı Burçlar</t>
+          <t>Nasıl Düştüğümü Hatırlamıyorum</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>75</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>3990000028012</t>
+          <t>9786051430713</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bodrum'da Yemekler Tez Pişer</t>
+          <t>Vincent Konağı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055237103</t>
+          <t>9786055233907</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Devamı Hayat</t>
+          <t>Tanrının Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>13.89</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055237110</t>
+          <t>9786051431079</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Ölümü</t>
+          <t>Uyuduğum Büyüdüğüm Masallar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>13.89</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055249991</t>
+          <t>9786051431574</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Toplu Şiirleri</t>
+          <t>Roman Yazan Ajanda 2016</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>11.11</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051431055</t>
+          <t>9786051431253</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaşları: 1. Dünya Savaşı 1914-1918</t>
+          <t>Ernesto Che Guevara</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051431567</t>
+          <t>9786051431406</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çatı</t>
+          <t>Mistik, Romantik, Ağır Mahkum ve Göçmen Şair : Nazım Hikmet</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051430492</t>
+          <t>9786051431673</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Küçük Felsefe Sözlüğü</t>
+          <t>Sesleniş</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055233167</t>
+          <t>3990000017284</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Roman Yazan Ajanda 2013</t>
+          <t>Çanakkale Cehennemi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>18.52</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051432571</t>
+          <t>9786055237806</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>XX Kuşağı Öyküleri</t>
+          <t>100 Biyografide Dünya Ünlüleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051434186</t>
+          <t>9786051431437</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kanatlanıyorum</t>
+          <t>Saatli Cumhuriyet Takvimi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>50</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051434285</t>
+          <t>9786051430959</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mavi Su Samuru</t>
+          <t>Dilenci ile Milyarder</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051432663</t>
+          <t>9786055237479</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bisiklet</t>
+          <t>Kadınların En Çok Aldattığı Burçlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051434209</t>
+          <t>3990000028012</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yaş 25</t>
+          <t>Bodrum'da Yemekler Tez Pişer</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051434261</t>
+          <t>9786055237103</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ufak Tefek Notlar</t>
+          <t>Devamı Hayat</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051432588</t>
+          <t>9786055237110</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Anahtarı</t>
+          <t>Hakikatin Ölümü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>65</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051431468</t>
+          <t>9786055249991</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Şeytan</t>
+          <t>Toplu Şiirleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051432649</t>
+          <t>9786051431055</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Göz Masalı</t>
+          <t>Dünya Savaşları: 1. Dünya Savaşı 1914-1918</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051434247</t>
+          <t>9786051431567</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Şiir Nedir</t>
+          <t>Çatı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055229894</t>
+          <t>9786051430492</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Kırılmayan Çarkı</t>
+          <t>Küçük Felsefe Sözlüğü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055229122</t>
+          <t>9786055233167</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ribozom 2 - Gizemli Boşluk</t>
+          <t>Roman Yazan Ajanda 2013</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051432618</t>
+          <t>9786051432571</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ribozom 3 - Karanlığın İçinden</t>
+          <t>XX Kuşağı Öyküleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051432564</t>
+          <t>9786051434186</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bedenimdeki Sen</t>
+          <t>Kanatlanıyorum</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055229115</t>
+          <t>9786051434285</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ribozom 1 - Yaşam Sarmalı</t>
+          <t>Mavi Su Samuru</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051430348</t>
+          <t>9786051432663</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Bütün Kadınları</t>
+          <t>Mavi Bisiklet</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051434179</t>
+          <t>9786051434209</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Güneş Gülüşleri</t>
+          <t>Yaş 25</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051430232</t>
+          <t>9786051434261</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Vordonosi 3 - Kaşık Adası</t>
+          <t>Ufak Tefek Notlar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051432557</t>
+          <t>9786051432588</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Sakini</t>
+          <t>Şiirin Anahtarı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>3990000017283</t>
+          <t>9786051431468</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Aleminde Yaşam</t>
+          <t>Şeytan</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051430195</t>
+          <t>9786051432649</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Vordonisi 2 - Değirmenburnu</t>
+          <t>Göz Masalı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051432519</t>
+          <t>9786051434247</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Khora 6 - Kızgın Vaha</t>
+          <t>Şiir Nedir</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051430058</t>
+          <t>9786055229894</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ömür Ağacı</t>
+          <t>Aleviliğin Kırılmayan Çarkı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051432458</t>
+          <t>9786055229122</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Khora 4 - Kırık Dağ</t>
+          <t>Ribozom 2 - Gizemli Boşluk</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051432465</t>
+          <t>9786051432618</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Komşu</t>
+          <t>Ribozom 3 - Karanlığın İçinden</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>45</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>4440000004508</t>
+          <t>9786051432564</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Döndü Polat Okuma Öğrenme Gelişim Seti 3 Kitap</t>
+          <t>Bedenimdeki Sen</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>600</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9791834520064</t>
+          <t>9786055229115</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Değiştiren Kitaplar Seti 3 Kitap</t>
+          <t>Ribozom 1 - Yaşam Sarmalı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>4440000001175</t>
+          <t>9786051430348</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan 75 Öykü ve Yeni Öyküler Seti (2 Kitap Takım)</t>
+          <t>Hayatımın Bütün Kadınları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>4440000001174</t>
+          <t>9786051434179</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>3 Kadın Öykücü (4 Kitap Takım) (Kadın Hakları Evrensel Bildirgesi Hediye)</t>
+          <t>Güneş Gülüşleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051435022</t>
+          <t>9786051430232</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Köşegenler</t>
+          <t>Vordonosi 3 - Kaşık Adası</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051435039</t>
+          <t>9786051432557</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Düşünülmüş</t>
+          <t>Şehrin Sakini</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051434919</t>
+          <t>3990000017283</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Maniler</t>
+          <t>Ruhlar Aleminde Yaşam</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051430577</t>
+          <t>9786051430195</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Öyküleri</t>
+          <t>Vordonisi 2 - Değirmenburnu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>55</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055249373</t>
+          <t>9786051432519</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Yanlış Biliyor</t>
+          <t>Khora 6 - Kızgın Vaha</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051430652</t>
+          <t>9786051430058</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kadın Yazarlardan Kadın Öyküleri</t>
+          <t>Ömür Ağacı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>600</v>
+        <v>30</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051430171</t>
+          <t>9786051432458</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Cibran Neden Evine Gidemedi?</t>
+          <t>Khora 4 - Kırık Dağ</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055249144</t>
+          <t>9786051432465</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Carmen</t>
+          <t>Komşu</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055249458</t>
+          <t>4440000004508</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bütün Harflerine</t>
+          <t>Döndü Polat Okuma Öğrenme Gelişim Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055237769</t>
+          <t>9791834520064</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Arafor</t>
+          <t>Hayatınızı Değiştiren Kitaplar Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055233891</t>
+          <t>4440000001175</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Anarşi</t>
+          <t>Dünyadan 75 Öykü ve Yeni Öyküler Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055249212</t>
+          <t>4440000001174</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Deliği</t>
+          <t>3 Kadın Öykücü (4 Kitap Takım) (Kadın Hakları Evrensel Bildirgesi Hediye)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051430768</t>
+          <t>9786051435022</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>101 Doğu Öyküsü</t>
+          <t>Köşegenler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055249090</t>
+          <t>9786051435039</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>100 Türk Şey</t>
+          <t>Düşünülmüş</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051431017</t>
+          <t>9786051434919</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İntikam</t>
+          <t>Maniler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051430973</t>
+          <t>9786051430577</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Okul Mazeretleri</t>
+          <t>Evlilik Öyküleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051431161</t>
+          <t>9786055249373</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kadın Yazarlardan Savaş Öyküleri</t>
+          <t>Kadınlar Yanlış Biliyor</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051432083</t>
+          <t>9786051430652</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Hatıraları</t>
+          <t>Kadın Yazarlardan Kadın Öyküleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051432113</t>
+          <t>9786051430171</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bu Kral Çok Kral</t>
+          <t>Cibran Neden Evine Gidemedi?</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055249328</t>
+          <t>9786055249144</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll / Mr. Hyde</t>
+          <t>Carmen</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051431680</t>
+          <t>9786055249458</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mesih İsa ile Birlikte İncil’i Farklı Okumak</t>
+          <t>Aşkın Bütün Harflerine</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051430041</t>
+          <t>9786055237769</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaşları</t>
+          <t>Arafor</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051431024</t>
+          <t>9786055233891</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hikayeleri</t>
+          <t>Anarşi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051431710</t>
+          <t>9786055249212</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gelsin Gece Çalsın Kapı</t>
+          <t>Anahtar Deliği</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051431321</t>
+          <t>9786051430768</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Futbol</t>
+          <t>101 Doğu Öyküsü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051434193</t>
+          <t>9786055249090</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Khora 2 - Yayılış</t>
+          <t>100 Türk Şey</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055229870</t>
+          <t>9786051431017</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Fena</t>
+          <t>İntikam</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051432656</t>
+          <t>9786051430973</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Khora Başlangıç</t>
+          <t>Okul Mazeretleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051432526</t>
+          <t>9786051431161</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mesih İsa ile Tanışmak</t>
+          <t>Kadın Yazarlardan Savaş Öyküleri</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051435015</t>
+          <t>9786051432083</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusu Kalmasın</t>
+          <t>Çanakkale Hatıraları</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9791834520065</t>
+          <t>9786051432113</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mektuplarınız Var Seti 5 Kitap</t>
+          <t>Bu Kral Çok Kral</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051434230</t>
+          <t>9786055249328</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Okuyorum Öğreniyorum - Öyleyse Varım</t>
+          <t>Dr. Jekyll / Mr. Hyde</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055237431</t>
+          <t>9786051431680</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Arılar</t>
+          <t>Mesih İsa ile Birlikte İncil’i Farklı Okumak</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051430393</t>
+          <t>9786051430041</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Cennet 1. Cilt</t>
+          <t>Dünya Savaşları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051432533</t>
+          <t>9786051431024</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kırkikindi Yağmurları</t>
+          <t>İstanbul Hikayeleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051435213</t>
+          <t>9786051431710</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Poseidon Projesi</t>
+          <t>Gelsin Gece Çalsın Kapı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051435152</t>
+          <t>9786051431321</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kemene</t>
+          <t>Futbol</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055233075</t>
+          <t>9786051434193</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Sınamak</t>
+          <t>Khora 2 - Yayılış</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051434322</t>
+          <t>9786055229870</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ejder Meyvesi Kadar Pembe</t>
+          <t>Fena</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055237363</t>
+          <t>9786051432656</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>101 Mesnevi Öyküsü</t>
+          <t>Khora Başlangıç</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051430829</t>
+          <t>9786051432526</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Goglis Ne Demek?</t>
+          <t>Mesih İsa ile Tanışmak</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051432076</t>
+          <t>9786051435015</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İnsan Galaksisi Tarihi</t>
+          <t>Zaman Yolcusu Kalmasın</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051430225</t>
+          <t>9791834520065</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sartre Google’da Neden Bulunamadı?</t>
+          <t>Mektuplarınız Var Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051435169</t>
+          <t>9786051434230</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Elveda Babaanne</t>
+          <t>Okuyorum Öğreniyorum - Öyleyse Varım</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055229757</t>
+          <t>9786055237431</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Y Kuşağı</t>
+          <t>Arılar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051435183</t>
+          <t>9786051430393</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Freud Sözlüğü</t>
+          <t>Cennet 1. Cilt</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>4440000004136</t>
+          <t>9786051432533</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Titanik 6</t>
+          <t>Kırkikindi Yağmurları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051434988</t>
+          <t>9786051435213</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sohbet Kıvamında</t>
+          <t>Poseidon Projesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051434995</t>
+          <t>9786051435152</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Süreç Denemeleri</t>
+          <t>Kemene</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>175</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051434926</t>
+          <t>9786055233075</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Büyürken</t>
+          <t>Zamanı Sınamak</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055229993</t>
+          <t>9786051434322</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Tahta Kılıçlar</t>
+          <t>Ejder Meyvesi Kadar Pembe</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051430843</t>
+          <t>9786055237363</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Bütün Eserleri 2</t>
+          <t>101 Mesnevi Öyküsü</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786051431147</t>
+          <t>9786051430829</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Suçlusun!..</t>
+          <t>Goglis Ne Demek?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>3990000097421</t>
+          <t>9786051432076</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şairin Ölümü Hayatıdır</t>
+          <t>İnsan Galaksisi Tarihi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051432199</t>
+          <t>9786051430225</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hayal</t>
+          <t>Sartre Google’da Neden Bulunamadı?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051430874</t>
+          <t>9786051435169</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sevgi S.nin Gülüşü</t>
+          <t>Elveda Babaanne</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786051430867</t>
+          <t>9786055229757</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik İtaatsizlik</t>
+          <t>Y Kuşağı</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>3990000028011</t>
+          <t>9786051435183</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Söz Altındır</t>
+          <t>Freud Sözlüğü</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055229351</t>
+          <t>4440000004136</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Pornografi</t>
+          <t>Titanik 6</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051434162</t>
+          <t>9786051434988</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Garip Kuşun Yuvası</t>
+          <t>Sohbet Kıvamında</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051430249</t>
+          <t>9786051434995</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar ve Sigmund Freud</t>
+          <t>Süreç Denemeleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051434629</t>
+          <t>9786051434926</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Taş Kafa</t>
+          <t>Büyürken</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051435138</t>
+          <t>9786055229993</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Seza-Nur - Meçhule Giden Vapur</t>
+          <t>Tahta Kılıçlar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051430560</t>
+          <t>9786051430843</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı Bilgesi'nin Tarih Gezileri 3 - Özbekistan</t>
+          <t>Halil Cibran Bütün Eserleri 2</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051434902</t>
+          <t>9786051431147</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı Bilgesi’nin Tarih Gezileri 1 - Moğolistan</t>
+          <t>Suçlusun!..</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055249014</t>
+          <t>3990000097421</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yazıyorlar?</t>
+          <t>Şairin Ölümü Hayatıdır</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051432205</t>
+          <t>9786051432199</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dandy</t>
+          <t>Hayal</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055229184</t>
+          <t>9786051430874</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote ve Roman Sanatı</t>
+          <t>Sevgi S.nin Gülüşü</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051434506</t>
+          <t>9786051430867</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Öykü Var Okursan</t>
+          <t>Ekonomik İtaatsizlik</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051430454</t>
+          <t>3990000028011</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatından En İyi 50 Öykü</t>
+          <t>Söz Altındır</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051430256</t>
+          <t>9786055229351</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Perdesi</t>
+          <t>Pornografi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051431376</t>
+          <t>9786051434162</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Evler Zaman İçinde</t>
+          <t>Garip Kuşun Yuvası</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051432410</t>
+          <t>9786051430249</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Düzine Öykü</t>
+          <t>Kadınlar ve Sigmund Freud</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051431192</t>
+          <t>9786051434629</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yılan</t>
+          <t>Taş Kafa</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051431765</t>
+          <t>9786051435138</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Seza-Nur - Meçhule Giden Vapur</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055249908</t>
+          <t>9786051430560</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Değiştiren 10 Şiir</t>
+          <t>Kaz Dağı Bilgesi'nin Tarih Gezileri 3 - Özbekistan</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055249922</t>
+          <t>9786051434902</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Değiştiren 10 Öykü</t>
+          <t>Kaz Dağı Bilgesi’nin Tarih Gezileri 1 - Moğolistan</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051432502</t>
+          <t>9786055249014</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çağın Duygusu</t>
+          <t>Nasıl Yazıyorlar?</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>75</v>
+        <v>500</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9791834520063</t>
+          <t>9786051432205</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Alain Robbe - Grillet Seti (2 Kitap)</t>
+          <t>Dandy</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>4440000002644</t>
+          <t>9786055229184</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti</t>
+          <t>Don Quijote ve Roman Sanatı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>4440000001178</t>
+          <t>9786051434506</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel 100 Şiiri ve Şairin Ölümü Seti 2 Kitap</t>
+          <t>Öykü Var Okursan</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>4440000001177</t>
+          <t>9786051430454</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>3 Kadın Şair (4 Kitap Takım) (Kadın Hakları Evrensel Bildirgesi Hediye)</t>
+          <t>Türk Edebiyatından En İyi 50 Öykü</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>3990000001824</t>
+          <t>9786051430256</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dolu Ağız</t>
+          <t>Zamanın Perdesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055233372</t>
+          <t>9786051431376</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sözlüğü</t>
+          <t>Evler Zaman İçinde</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051431802</t>
+          <t>9786051432410</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İyi Yazmak (5 Kitap Set)</t>
+          <t>Bir Düzine Öykü</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051431819</t>
+          <t>9786051431192</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ateizm Seti (4 Kitap Takım)</t>
+          <t>Yılan</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055249298</t>
+          <t>9786051431765</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yatak Altındaki Koca</t>
+          <t>Yara</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051430201</t>
+          <t>9786055249908</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Vordonisi 2 - Mühür</t>
+          <t>Hayatınızı Değiştiren 10 Şiir</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051432175</t>
+          <t>9786055249922</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Vordonisi 1 - Terk-i Dünya</t>
+          <t>Hayatınızı Değiştiren 10 Öykü</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051430515</t>
+          <t>9786051432502</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Biz Seninle Daha Dün</t>
+          <t>Çağın Duygusu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051431697</t>
+          <t>9791834520063</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Apologia</t>
+          <t>Alain Robbe - Grillet Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051432540</t>
+          <t>4440000002644</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Vordonisi 1 - Terk-i Dünya</t>
+          <t>Sigmund Freud Seti</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>675</v>
+        <v>400</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051430287</t>
+          <t>4440000001178</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>36 Baharı</t>
+          <t>Dünyanın En Güzel 100 Şiiri ve Şairin Ölümü Seti 2 Kitap</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051430423</t>
+          <t>4440000001177</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kökler ve Kanatlar</t>
+          <t>3 Kadın Şair (4 Kitap Takım) (Kadın Hakları Evrensel Bildirgesi Hediye)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051434315</t>
+          <t>3990000001824</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik Yıkım ve İsyan Şiirleri</t>
+          <t>Dolu Ağız</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051455077</t>
+          <t>9786055233372</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Unutmuşsun Bende</t>
+          <t>Felsefe Sözlüğü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051455060</t>
+          <t>9786051431802</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Güvercinli Yara</t>
+          <t>İyi Yazmak (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>65</v>
+        <v>950</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051434520</t>
+          <t>9786051431819</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Boşluklar Avundukça Büyür</t>
+          <t>Ateizm Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051434377</t>
+          <t>9786055249298</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sarıkız Nasıl Kurtulur</t>
+          <t>Yatak Altındaki Koca</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055237066</t>
+          <t>9786051430201</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Volga Hüznü</t>
+          <t>Vordonisi 2 - Mühür</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051431864</t>
+          <t>9786051432175</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti</t>
+          <t>Vordonisi 1 - Terk-i Dünya</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>4444444443456</t>
+          <t>9786051430515</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Marquis De Sade (6 Kitap)</t>
+          <t>Biz Seninle Daha Dün</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>4444444443455</t>
+          <t>9786051431697</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Titanik 8</t>
+          <t>Apologia</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051434872</t>
+          <t>9786051432540</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Vordonisi 1 - Terk-i Dünya</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>125</v>
+        <v>675</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051434841</t>
+          <t>9786051430287</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Tahtacı Deresi</t>
+          <t>36 Baharı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051434445</t>
+          <t>9786051430423</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Şahane Cehalet</t>
+          <t>Kökler ve Kanatlar</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051434339</t>
+          <t>9786051434315</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı Olmak</t>
+          <t>Hiçlik Yıkım ve İsyan Şiirleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055249113</t>
+          <t>9786051455077</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sevgili</t>
+          <t>Yüzünü Unutmuşsun Bende</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055249137</t>
+          <t>9786051455060</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yedinci</t>
+          <t>Güvercinli Yara</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>400</v>
+        <v>65</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055249465</t>
+          <t>9786051434520</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Şarap ve Esrar</t>
+          <t>Boşluklar Avundukça Büyür</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055249168</t>
+          <t>9786051434377</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kader Şifresi</t>
+          <t>Sarıkız Nasıl Kurtulur</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051430775</t>
+          <t>9786055237066</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ensest</t>
+          <t>Volga Hüznü</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055249076</t>
+          <t>9786051431864</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Öldü mü?</t>
+          <t>Sigmund Freud Seti</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051432069</t>
+          <t>4444444443456</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Einstein’a Mektup</t>
+          <t>Marquis De Sade (6 Kitap)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055229023</t>
+          <t>4444444443455</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yeni Roman</t>
+          <t>Titanik 8</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051431659</t>
+          <t>9786051434872</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Cep Felsefe Sözlüğü (Cep Boy)</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055249472</t>
+          <t>9786051434841</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>George Sand Öldü mü?</t>
+          <t>Tahtacı Deresi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055249854</t>
+          <t>9786051434445</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Korkulobin</t>
+          <t>Şahane Cehalet</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055249724</t>
+          <t>9786051434339</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Edipler ve Ölüm</t>
+          <t>Kaz Dağı Olmak</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051430751</t>
+          <t>9786055249113</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Garcia’ya Mektup</t>
+          <t>Yeni Sevgili</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055249052</t>
+          <t>9786055249137</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Gaip Cennet 2</t>
+          <t>Yedinci</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055249953</t>
+          <t>9786055249465</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Salkımları</t>
+          <t>Şarap ve Esrar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051434742</t>
+          <t>9786055249168</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı Eteklerinde Sarıkız’ın Köyü Güre</t>
+          <t>Kader Şifresi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055249656</t>
+          <t>9786051430775</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Karantinalı Despina</t>
+          <t>Ensest</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9876543210012</t>
+          <t>9786055249076</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Henry David Thoreau Seti - 4 Kitap Takım</t>
+          <t>Demokrasi Öldü mü?</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055249663</t>
+          <t>9786051432069</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı Bilgesi'nin Tarih Gezileri 2 - Kırgızistan</t>
+          <t>Einstein’a Mektup</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055229986</t>
+          <t>9786055229023</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kukla</t>
+          <t>Yeni Roman</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051430522</t>
+          <t>9786051431659</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yürümenin İzinde Yürümek</t>
+          <t>Cep Felsefe Sözlüğü (Cep Boy)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055233068</t>
+          <t>9786055249472</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bilgiseven Akademisi Sunumları 2. Kitap</t>
+          <t>George Sand Öldü mü?</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051434513</t>
+          <t>9786055249854</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Varşova'da Bir Yabancı</t>
+          <t>Korkulobin</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051432281</t>
+          <t>9786055249724</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Sanata</t>
+          <t>Edipler ve Ölüm</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>4444444443205</t>
+          <t>9786051430751</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti - 3 Kitap Takım</t>
+          <t>Garcia’ya Mektup</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051434780</t>
+          <t>9786055249052</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kazdağı - Kazdağları Fiziki Coğrafyası</t>
+          <t>Gaip Cennet 2</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>4440000002858</t>
+          <t>9786055249953</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Ve Doğu Öyküleri ( 4 Kitap)</t>
+          <t>Yağmur Salkımları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051434391</t>
+          <t>9786051434742</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sekiz</t>
+          <t>Kaz Dağı Eteklerinde Sarıkız’ın Köyü Güre</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051431963</t>
+          <t>9786055249656</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Gece Gülüşü</t>
+          <t>Karantinalı Despina</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051430744</t>
+          <t>9876543210012</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik</t>
+          <t>Henry David Thoreau Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055249083</t>
+          <t>9786055249663</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Karıma Mektuplar</t>
+          <t>Kaz Dağı Bilgesi'nin Tarih Gezileri 2 - Kırgızistan</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055249007</t>
+          <t>9786055229986</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Carmen Haremde</t>
+          <t>Kukla</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051431154</t>
+          <t>9786051430522</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kokain</t>
+          <t>Yürümenin İzinde Yürümek</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051431000</t>
+          <t>9786055233068</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Albert Camus: Özgürlük ve Devrim</t>
+          <t>Bilgiseven Akademisi Sunumları 2. Kitap</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051431130</t>
+          <t>9786051434513</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Fiil Çekimleri</t>
+          <t>Varşova'da Bir Yabancı</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051430263</t>
+          <t>9786051432281</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İnsan</t>
+          <t>Yaşamdan Sanata</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051434452</t>
+          <t>4444444443205</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Oteli</t>
+          <t>Sigmund Freud Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786055237417</t>
+          <t>9786051434780</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kırıklığı</t>
+          <t>Kazdağı - Kazdağları Fiziki Coğrafyası</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051432946</t>
+          <t>4440000002858</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Tasavvuf Ve Doğu Öyküleri ( 4 Kitap)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051431314</t>
+          <t>9786051434391</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Sekiz</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051434605</t>
+          <t>9786051431963</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Fakirce</t>
+          <t>Gece Gülüşü</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>4444444442946</t>
+          <t>9786051430744</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Titanik 7</t>
+          <t>Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051434704</t>
+          <t>9786055249083</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bilgiseven Akademisi Sunumları 1</t>
+          <t>Karıma Mektuplar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051431857</t>
+          <t>9786055249007</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dünya Vatandaşı Olmak (7 Kitap Set)</t>
+          <t>Carmen Haremde</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051431826</t>
+          <t>9786051431154</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Felsefesi / Saint-Exupery Toplu Eserleri 1 (2 Kitap Set)</t>
+          <t>Kokain</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055249281</t>
+          <t>9786051431000</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Suç Ansiklopedisi</t>
+          <t>Albert Camus: Özgürlük ve Devrim</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051430836</t>
+          <t>9786051431130</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Bütün Eserleri 1</t>
+          <t>Fransızca Fiil Çekimleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786055249236</t>
+          <t>9786051430263</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Eugenie Grandet</t>
+          <t>İnsan</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051430669</t>
+          <t>9786051434452</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan 101 Bilgelik Öyküsü</t>
+          <t>İstanbul Oteli</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055229955</t>
+          <t>9786055237417</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Dolandırıcılar</t>
+          <t>Hayal Kırıklığı</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055249243</t>
+          <t>9786051432946</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>3990000027156</t>
+          <t>9786051431314</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Bütün Eserleri Cilt 1-2 Takım</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055249366</t>
+          <t>9786051434605</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Reşat Enis Tozlu Raflardaki Gölge</t>
+          <t>Fakirce</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051431246</t>
+          <t>4444444442946</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Karaktersiz</t>
+          <t>Titanik 7</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055249526</t>
+          <t>9786051434704</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Melekler Sözlüğü</t>
+          <t>Bilgiseven Akademisi Sunumları 1</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055229092</t>
+          <t>9786051431857</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kara Şiir Antolojisi</t>
+          <t>Dünya Vatandaşı Olmak (7 Kitap Set)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051430430</t>
+          <t>9786051431826</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Obtüratör</t>
+          <t>Küçük Prens ve Felsefesi / Saint-Exupery Toplu Eserleri 1 (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051431536</t>
+          <t>9786055249281</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sesleri</t>
+          <t>Suç Ansiklopedisi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051430034</t>
+          <t>9786051430836</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yüz İcat ve Olayda Dünya Tarihi</t>
+          <t>Halil Cibran Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051431383</t>
+          <t>9786055249236</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Gerçek Doğasını İfşa Eden Deney</t>
+          <t>Eugenie Grandet</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051432441</t>
+          <t>9786051430669</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Leopar Desenli Kadınlar</t>
+          <t>Dünyadan 101 Bilgelik Öyküsü</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051432601</t>
+          <t>9786055229955</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Dünya Edebiyatında Türkler</t>
+          <t>Dolandırıcılar</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055229108</t>
+          <t>9786055249243</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Adamlar Kadınlardan Daha Orospuydu</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055237592</t>
+          <t>3990000027156</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>101 Sufi Öykü</t>
+          <t>Halil Cibran Bütün Eserleri Cilt 1-2 Takım</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051430539</t>
+          <t>9786055249366</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yazmak</t>
+          <t>Reşat Enis Tozlu Raflardaki Gölge</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055229061</t>
+          <t>9786051431246</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Khora 5 - Mutant Kavşağı</t>
+          <t>Karaktersiz</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051434728</t>
+          <t>9786055249526</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bedenden Uzağa Düştük</t>
+          <t>Melekler Sözlüğü</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051430072</t>
+          <t>9786055229092</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken</t>
+          <t>Kara Şiir Antolojisi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051432267</t>
+          <t>9786051430430</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Apartmanı</t>
+          <t>Obtüratör</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051434735</t>
+          <t>9786051431536</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Milyar Yılda Devrialem</t>
+          <t>Kadın Sesleri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055229207</t>
+          <t>9786051430034</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Deizm</t>
+          <t>Yüz İcat ve Olayda Dünya Tarihi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055237141</t>
+          <t>9786051431383</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim</t>
+          <t>İnsanın Gerçek Doğasını İfşa Eden Deney</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786055249250</t>
+          <t>9786051432441</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Zambak</t>
+          <t>Leopar Desenli Kadınlar</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055249182</t>
+          <t>9786051432601</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Cecile</t>
+          <t>Dünya Edebiyatında Türkler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055233181</t>
+          <t>9786055229108</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Can Çekişen Ateist</t>
+          <t>Adamlar Kadınlardan Daha Orospuydu</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051430805</t>
+          <t>9786055237592</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Aura Gizemleri</t>
+          <t>101 Sufi Öykü</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055249038</t>
+          <t>9786051430539</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hulusi Efendi</t>
+          <t>Yazmak</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051430690</t>
+          <t>9786055229061</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>100 Terimde Felsefe</t>
+          <t>Khora 5 - Mutant Kavşağı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786055237011</t>
+          <t>9786051434728</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yüz Saatte Kendi Kitabını Yaz</t>
+          <t>Bedenden Uzağa Düştük</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786055249502</t>
+          <t>9786051430072</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Melekler Okulu</t>
+          <t>Yaşarken</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055229948</t>
+          <t>9786051432267</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yaz Öyküleri</t>
+          <t>Kadınlar Apartmanı</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051430119</t>
+          <t>9786051434735</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Cumba Kamp Öyküleri 1 - Bahara Yürüyenler</t>
+          <t>Milyar Yılda Devrialem</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051435107</t>
+          <t>9786055229207</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Şairin Düzyazısı Düzyazının Şairi Seti</t>
+          <t>Deizm</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051435091</t>
+          <t>9786055237141</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Edremit Kaymakamı Köprülü Şehit Hamdi Bey</t>
+          <t>Öğretmenim</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>4440000004186</t>
+          <t>9786055249250</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Din ve Ateizm Seti (5 Kitap Takım)</t>
+          <t>Kırmızı Zambak</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051434964</t>
+          <t>9786055249182</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Kitabı</t>
+          <t>Cecile</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051433424</t>
+          <t>9786055233181</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Duyuyor Musun Kalbim</t>
+          <t>Can Çekişen Ateist</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051435046</t>
+          <t>9786051430805</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Hologramı</t>
+          <t>Aura Gizemleri</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051434933</t>
+          <t>9786055249038</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Khora 3 - Batak Deniz</t>
+          <t>Ahmet Hulusi Efendi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051434940</t>
+          <t>9786051430690</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimizin 100. Yılında Kadının 100 Adı</t>
+          <t>100 Terimde Felsefe</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051434827</t>
+          <t>9786055237011</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kristal 3. Cilt - Karlı Vadi</t>
+          <t>Yüz Saatte Kendi Kitabını Yaz</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051434773</t>
+          <t>9786055249502</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Mut Köprübaşı Köyünden Şair Hüseyin Cılız</t>
+          <t>Melekler Okulu</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051434711</t>
+          <t>9786055229948</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Tahta Kılıç</t>
+          <t>Yaz Öyküleri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786055229658</t>
+          <t>9786051430119</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bir Eski Zaman Düşünde Şimdi</t>
+          <t>Cumba Kamp Öyküleri 1 - Bahara Yürüyenler</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051433608</t>
+          <t>9786051435107</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Şaire Mektuplar</t>
+          <t>Şairin Düzyazısı Düzyazının Şairi Seti</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051431611</t>
+          <t>9786051435091</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Şiir Ajandası</t>
+          <t>Edremit Kaymakamı Köprülü Şehit Hamdi Bey</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051434766</t>
+          <t>4440000004186</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İşte Karşınızda</t>
+          <t>Din ve Ateizm Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>175</v>
+        <v>600</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051434759</t>
+          <t>9786051434964</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kristal 2. Cilt - Koloni</t>
+          <t>Hayaller Kitabı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786055249670</t>
+          <t>9786051433424</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Şairinin Gözünden Doğa ve Köy Hayatı - Şair Şener Bilen</t>
+          <t>Duyuyor Musun Kalbim</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>4440000003004</t>
+          <t>9786051435046</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Titanik 5</t>
+          <t>Çiçeklerin Hologramı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>4440000003003</t>
+          <t>9786051434933</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Titanik 4</t>
+          <t>Khora 3 - Batak Deniz</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786055249694</t>
+          <t>9786051434940</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Piyano Tarlası</t>
+          <t>Cumhuriyetimizin 100. Yılında Kadının 100 Adı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786051431420</t>
+          <t>9786051434827</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Şu Tatmini İmkansız Teselli İhtiyacımız</t>
+          <t>Kristal 3. Cilt - Karlı Vadi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786055233051</t>
+          <t>9786051434773</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaz Dağı Ozanından Şiirler Türküler - Yellibel</t>
+          <t>Mut Köprübaşı Köyünden Şair Hüseyin Cılız</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786055249687</t>
+          <t>9786051434711</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Doyran</t>
+          <t>Tahta Kılıç</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051434544</t>
+          <t>9786055229658</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Her Şey Bir Eski Zaman Düşünde Şimdi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786051434643</t>
+          <t>9786051433608</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Mari Foneçka</t>
+          <t>Genç Bir Şaire Mektuplar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051434599</t>
+          <t>9786051431611</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sarıkız: Türk Kültür Tarihinin Bilinmeyen Kökleri</t>
+          <t>Şiir Ajandası</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786051434674</t>
+          <t>9786051434766</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Kız</t>
+          <t>İşte Karşınızda</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786051434667</t>
+          <t>9786051434759</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ten Nedir Ki</t>
+          <t>Kristal 2. Cilt - Koloni</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9784820992195</t>
+          <t>9786055249670</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Titanik 3</t>
+          <t>Bir Köy Şairinin Gözünden Doğa ve Köy Hayatı - Şair Şener Bilen</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786051434582</t>
+          <t>4440000003004</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Kalbinden Vurulduğu Yer</t>
+          <t>Titanik 5</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786051434346</t>
+          <t>4440000003003</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı Eteklerinde Bir Köy Çamlıbel</t>
+          <t>Titanik 4</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786055233044</t>
+          <t>9786055249694</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Ormanı</t>
+          <t>Piyano Tarlası</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786051434568</t>
+          <t>9786051431420</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Mehmetalanlı Halk Ozanı Hasan Akburak</t>
+          <t>Şu Tatmini İmkansız Teselli İhtiyacımız</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786051434551</t>
+          <t>9786055233051</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Gardenia Çiçeği</t>
+          <t>Bir Kaz Dağı Ozanından Şiirler Türküler - Yellibel</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051434537</t>
+          <t>9786055249687</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Titanik 2</t>
+          <t>Doyran</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786051434490</t>
+          <t>9786051434544</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Çember Çekmece</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>4440000001176</t>
+          <t>9786051434643</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Kadın Seti (2 Kitap Takım)</t>
+          <t>Mari Foneçka</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>4440000001173</t>
+          <t>9786051434599</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Yürümek Seti (2 Kitap Takım)</t>
+          <t>Sarıkız: Türk Kültür Tarihinin Bilinmeyen Kökleri</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786051434384</t>
+          <t>9786051434674</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kedibiyat</t>
+          <t>Bir Deli Kız</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055249335</t>
+          <t>9786051434667</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Ağda Gece Barda</t>
+          <t>Ten Nedir Ki</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051432120</t>
+          <t>9784820992195</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Aşk</t>
+          <t>Titanik 3</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786051430904</t>
+          <t>9786051434582</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ateizm</t>
+          <t>Cumhuriyetin Kalbinden Vurulduğu Yer</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786055233020</t>
+          <t>9786051434346</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Deja-vous</t>
+          <t>Kaz Dağı Eteklerinde Bir Köy Çamlıbel</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051434476</t>
+          <t>9786055233044</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Termal Eşik</t>
+          <t>Hafıza Ormanı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786055233013</t>
+          <t>9786051434568</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Diyor ki Asıl Ben Sana Uydum</t>
+          <t>Mehmetalanlı Halk Ozanı Hasan Akburak</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051434438</t>
+          <t>9786051434551</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Bak Hele</t>
+          <t>Gardenia Çiçeği</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>600</v>
+        <v>75</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051434292</t>
+          <t>9786051434537</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>En İçten Devrimci Duygularımla</t>
+          <t>Titanik 2</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786051434278</t>
+          <t>9786051434490</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Reverdy</t>
+          <t>Çember Çekmece</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786051434360</t>
+          <t>4440000001176</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Tahtakuşlar</t>
+          <t>Aşk ve Kadın Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051434353</t>
+          <t>4440000001173</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>O Ağacın Altı</t>
+          <t>Doğa ve Yürümek Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051434223</t>
+          <t>9786051434384</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ortada Henüz Yapılmış ve Bitmiş Bir Şey Yok</t>
+          <t>Kedibiyat</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051434216</t>
+          <t>9786055249335</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kıyıya Vuran</t>
+          <t>Gündüz Ağda Gece Barda</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055229177</t>
+          <t>9786051432120</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Edremit Tarihi</t>
+          <t>Yanlış Aşk</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051434155</t>
+          <t>9786051430904</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Gandhi</t>
+          <t>Ateizm</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051432625</t>
+          <t>9786055233020</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Yaş</t>
+          <t>Deja-vous</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051434032</t>
+          <t>9786051434476</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Özlem</t>
+          <t>Termal Eşik</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051432632</t>
+          <t>9786055233013</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Lal</t>
+          <t>Şeytan Diyor ki Asıl Ben Sana Uydum</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055229146</t>
+          <t>9786051434438</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıl Yağan Yağmur Kadar</t>
+          <t>Bak Hele</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786051432595</t>
+          <t>9786051434292</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Lacan</t>
+          <t>En İçten Devrimci Duygularımla</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055229139</t>
+          <t>9786051434278</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Suçları</t>
+          <t>Reverdy</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051432342</t>
+          <t>9786051434360</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak</t>
+          <t>Tahtakuşlar</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786051431451</t>
+          <t>9786051434353</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hakları Evrensel Bildirgesi</t>
+          <t>O Ağacın Altı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051430591</t>
+          <t>9786051434223</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>Ortada Henüz Yapılmış ve Bitmiş Bir Şey Yok</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055249427</t>
+          <t>9786051434216</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Gök Su</t>
+          <t>Kıyıya Vuran</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786051432304</t>
+          <t>9786055229177</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Usulca Isıt Kalbimi</t>
+          <t>Edremit Tarihi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055229085</t>
+          <t>9786051434155</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kedi Kükredi</t>
+          <t>Gandhi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051430683</t>
+          <t>9786051432625</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Urbaga</t>
+          <t>Tehlikeli Yaş</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051432496</t>
+          <t>9786051434032</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>La</t>
+          <t>Özlem</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051432472</t>
+          <t>9786051432632</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Başka Düşler Zamanı</t>
+          <t>Lal</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055229047</t>
+          <t>9786055229146</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Süper Kediler</t>
+          <t>Bir Yıl Yağan Yağmur Kadar</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051432359</t>
+          <t>9786051432595</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yaz</t>
+          <t>Lacan</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051432434</t>
+          <t>9786055229139</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Ruhdanlık</t>
+          <t>Aşkın Suçları</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055229030</t>
+          <t>9786051432342</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Alba</t>
+          <t>Yaşamak</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051430096</t>
+          <t>9786051431451</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Devrim Gecesi Notları</t>
+          <t>Kadın Hakları Evrensel Bildirgesi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051432335</t>
+          <t>9786051430591</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>La Frida</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051432380</t>
+          <t>9786055249427</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Yazgım</t>
+          <t>Gök Su</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051432373</t>
+          <t>9786051432304</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Unutma Beni</t>
+          <t>Usulca Isıt Kalbimi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051432243</t>
+          <t>9786055229085</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Pandora İstanbul'da</t>
+          <t>Bizim Kedi Kükredi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051432328</t>
+          <t>9786051430683</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Grizu Postmodernizm, Epistemolojik Çöküş</t>
+          <t>Urbaga</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051432311</t>
+          <t>9786051432496</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Nöbet Çiçeği</t>
+          <t>La</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051432236</t>
+          <t>9786051432472</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Senin Gözlerine Bakmak</t>
+          <t>Başka Düşler Zamanı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051432168</t>
+          <t>9786055229047</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Tanrılar ve İnsanlar</t>
+          <t>Süper Kediler</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051432045</t>
+          <t>9786051432359</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Yaz</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051432229</t>
+          <t>9786051432434</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Babil</t>
+          <t>Ruhdanlık</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051430935</t>
+          <t>9786055229030</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Öyküler</t>
+          <t>Alba</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051432106</t>
+          <t>9786051430096</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Aşık ile Maşuk</t>
+          <t>Devrim Gecesi Notları</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051432151</t>
+          <t>9786051432335</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Naylon Sözler</t>
+          <t>La Frida</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051432144</t>
+          <t>9786051432380</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey Var Unuttuğum Çocuğum</t>
+          <t>Yazgım</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051432182</t>
+          <t>9786051432373</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve İnsan</t>
+          <t>Bir Daha Unutma Beni</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051432137</t>
+          <t>9786051432243</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Çaresizlik</t>
+          <t>Pandora İstanbul'da</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051430089</t>
+          <t>9786051432328</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Grizu Postmodernizm, Epistemolojik Çöküş</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051431642</t>
+          <t>9786051432311</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Oysa Olgunlaşmamışım</t>
+          <t>Nöbet Çiçeği</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051432052</t>
+          <t>9786051432236</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Y Kuşağı'ndan Öyküler</t>
+          <t>Senin Gözlerine Bakmak</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051430065</t>
+          <t>9786051432168</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yeni Öyküler</t>
+          <t>Filozoflar Tanrılar ve İnsanlar</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051431994</t>
+          <t>9786051432045</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Aşk: Giriş Gelişme ve Sonuç</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051432007</t>
+          <t>9786051432229</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Karısı</t>
+          <t>Babil</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051432014</t>
+          <t>9786051430935</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kürklü Gece</t>
+          <t>Felsefi Öyküler</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051431789</t>
+          <t>9786051432106</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Cildin Parçalanışı</t>
+          <t>Aşık ile Maşuk</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786051431970</t>
+          <t>9786051432151</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>KirliHanımlar</t>
+          <t>Naylon Sözler</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786051431925</t>
+          <t>9786051432144</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Otomobil</t>
+          <t>Bir Şey Var Unuttuğum Çocuğum</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786051430898</t>
+          <t>9786051432182</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Enstantaneler</t>
+          <t>Mevlana ve İnsan</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786051431901</t>
+          <t>9786051432137</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Nerede ve Ne İçin Yaşadım</t>
+          <t>Çaresizlik</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786051431932</t>
+          <t>9786051430089</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Şairler Yıllığı 2017</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786051430027</t>
+          <t>9786051431642</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Sen Sarıldın Kış Bitti</t>
+          <t>Oysa Olgunlaşmamışım</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051431727</t>
+          <t>9786051432052</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Dolu Ağız Triloji</t>
+          <t>Y Kuşağı'ndan Öyküler</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786051431086</t>
+          <t>9786051430065</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kesişen Yollar</t>
+          <t>Yeni Öyküler</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051431369</t>
+          <t>9786051431994</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Inferno</t>
+          <t>Aşk: Giriş Gelişme ve Sonuç</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786051431741</t>
+          <t>9786051432007</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Dinlerin Sonu</t>
+          <t>Başkasının Karısı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051430942</t>
+          <t>9786051432014</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>En Güzel 100 Aşk Şiiri</t>
+          <t>Kürklü Gece</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051431581</t>
+          <t>9786051431789</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Felsefe</t>
+          <t>Mukaddes Cildin Parçalanışı</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051430928</t>
+          <t>9786051431970</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Duran Ufo</t>
+          <t>KirliHanımlar</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051430980</t>
+          <t>9786051431925</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Yazının Felsefesi</t>
+          <t>Otomobil</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051432816</t>
+          <t>9786051430898</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Enstantaneler</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051431475</t>
+          <t>9786051431901</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Din</t>
+          <t>Nerede ve Ne İçin Yaşadım</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055229016</t>
+          <t>9786051431932</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Üzerime Gölgen Düşmüştü, Sen Güneştin</t>
+          <t>Çağdaş Şairler Yıllığı 2017</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786051431260</t>
+          <t>9786051430027</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kadercilik</t>
+          <t>Sen Sarıldın Kış Bitti</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786051431338</t>
+          <t>9786051431727</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel 100 Şiiri</t>
+          <t>Dolu Ağız Triloji</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055233198</t>
+          <t>9786051431086</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Dünya Edebiyatından 75 Öykü</t>
+          <t>Kesişen Yollar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>600</v>
+        <v>175</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786051431413</t>
+          <t>9786051431369</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Saint Exupery Toplu Eserleri</t>
+          <t>Inferno</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055249274</t>
+          <t>9786051431741</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Y Kuşağı İçin Sosyoloji Sözlüğü</t>
+          <t>Dinlerin Sonu</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786051431291</t>
+          <t>9786051430942</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Doğa</t>
+          <t>En Güzel 100 Aşk Şiiri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786051431284</t>
+          <t>9786051431581</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Direniş Che</t>
+          <t>Küçük Prens ve Felsefe</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055229009</t>
+          <t>9786051430928</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Dersleri</t>
+          <t>Duran Ufo</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786051430966</t>
+          <t>9786051430980</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dersleri</t>
+          <t>Yazının Felsefesi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786051431390</t>
+          <t>9786051432816</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Fagin</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051431703</t>
+          <t>9786051431475</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kentlerin Yazısı</t>
+          <t>Din</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786051431208</t>
+          <t>9786055229016</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sivil ve İtaatsiz</t>
+          <t>Üzerime Gölgen Düşmüştü, Sen Güneştin</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786051430003</t>
+          <t>9786051431260</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Melek Zamanı</t>
+          <t>Kadercilik</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786051431185</t>
+          <t>9786051431338</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Sözlüğü</t>
+          <t>Dünyanın En Güzel 100 Şiiri</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055249489</t>
+          <t>9786055233198</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Paris</t>
+          <t>Dünya Edebiyatından 75 Öykü</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786051431116</t>
+          <t>9786051431413</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud - Ruh ve Haz</t>
+          <t>Saint Exupery Toplu Eserleri</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786051431123</t>
+          <t>9786055249274</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Ernestine</t>
+          <t>Y Kuşağı İçin Sosyoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055229931</t>
+          <t>9786051431291</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Yazmak</t>
+          <t>Doğa</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055237165</t>
+          <t>9786051431284</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Yazının Hyper Derecesi</t>
+          <t>Direniş Che</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055229054</t>
+          <t>9786055229009</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Mektupluk Roman</t>
+          <t>Oyunculuk Dersleri</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786051431239</t>
+          <t>9786051430966</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Bütün Eserleri Halil Cibran</t>
+          <t>Edebiyat Dersleri</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051431215</t>
+          <t>9786051431390</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kuşku Çağı</t>
+          <t>Fagin</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786051430997</t>
+          <t>9786051431703</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Genç Edebiyatçı Arkadaşlara Bazı Tavsiyeler</t>
+          <t>Kentlerin Yazısı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786051430720</t>
+          <t>9786051431208</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Güneşin Sarhoş Kızı</t>
+          <t>Sivil ve İtaatsiz</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786051431031</t>
+          <t>9786051430003</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Melek Zamanı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055229962</t>
+          <t>9786051431185</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Ateizm</t>
+          <t>Kütüphane Sözlüğü</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
+          <t>9786055249489</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Paris</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786051431116</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Sigmund Freud - Ruh ve Haz</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786051431123</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Ernestine</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786055229931</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Yazmak</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786055237165</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Yazının Hyper Derecesi</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786055229054</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Dokuz Mektupluk Roman</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786051431239</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Eserleri Halil Cibran</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786051431215</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Kuşku Çağı</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786051430997</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Genç Edebiyatçı Arkadaşlara Bazı Tavsiyeler</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786051430720</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Gümüş Güneşin Sarhoş Kızı</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786051431031</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Yürümek</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786055229962</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Ateizm</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
           <t>9786051430881</t>
         </is>
       </c>
-      <c r="B445" s="1" t="inlineStr">
+      <c r="B457" s="1" t="inlineStr">
         <is>
           <t>Halkın Afyonu</t>
         </is>
       </c>
-      <c r="C445" s="1">
+      <c r="C457" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>