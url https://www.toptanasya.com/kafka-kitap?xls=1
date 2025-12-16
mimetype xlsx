--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -85,2215 +85,2485 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256256132</t>
+          <t>9786257994712</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Geyiği Vurmak</t>
+          <t>Şamanlar Tanrılar Ateistler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054820009</t>
+          <t>9786256256156</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tamirci</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257994835</t>
+          <t>9786256256149</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Toprak</t>
+          <t>Çivisi Çıkmış Dünyanın Sonu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>395</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257994521</t>
+          <t>9786257994866</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kadınlar</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>245</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054820672</t>
+          <t>9786257994507</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kafka'nın Kedileri</t>
+          <t>Bayan Prim’in Uyanışı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>395</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054820597</t>
+          <t>9786257994040</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyanın Kuşları</t>
+          <t>Comandante’nin Son Günleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>345</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054820023</t>
+          <t>9786054820269</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çocuklar</t>
+          <t>Bir Özgürlük Düşmanına Saldırı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>395</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054820573</t>
+          <t>9786054820108</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İçimde Büyüyen Dünya</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>225</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054820030</t>
+          <t>9786054820214</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ruh Seçen</t>
+          <t>İlk On Bölüm</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>545</v>
+        <v>108.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257994200</t>
+          <t>9786054820207</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Duygularını Pişiren Kadın: Man</t>
+          <t>Gece Yürüyüşü</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>178.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257994248</t>
+          <t>9786257994354</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Polisi</t>
+          <t>Doyma Anı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257994019</t>
+          <t>9786257994330</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Çekildiğinde</t>
+          <t>Ölüleri Defnetmek</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>295</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256256125</t>
+          <t>9786257994088</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gülün Adı ve Ortaçağ</t>
+          <t>Hattatın Sırrı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254147210</t>
+          <t>9786257994217</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Devrim Mutfağı</t>
+          <t>Fran-kiss-stein: Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256256118</t>
+          <t>9786257994194</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğun Sonu</t>
+          <t>Bıldırcın Karı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>145</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256256101</t>
+          <t>9786257994125</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Felsefe Sohbetleri</t>
+          <t>Fıçılarda Yaşamak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257994415</t>
+          <t>9786054820993</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Noel Günleri</t>
+          <t>Karaçam Ormanı'nda</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>245</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256256088</t>
+          <t>9786054820863</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayatı ve Eserleriyle Raffaello</t>
+          <t>Sihirli Fıçı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>445</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254146879</t>
+          <t>9786256256132</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Odanın Canavarları</t>
+          <t>Kutsal Geyiği Vurmak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256256064</t>
+          <t>9786054820009</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hindi’nin Ruhu</t>
+          <t>Tamirci</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256256071</t>
+          <t>9786257994835</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüyoruz</t>
+          <t>Mübarek Toprak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257994767</t>
+          <t>9786257994521</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gemi Arslanı</t>
+          <t>Konuşan Kadınlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257994514</t>
+          <t>9786054820672</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Asrîler</t>
+          <t>Kafka'nın Kedileri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256256057</t>
+          <t>9786054820597</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Güven Egzersizi</t>
+          <t>Başka Dünyanın Kuşları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257994095</t>
+          <t>9786054820023</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kısalığı Üzerine</t>
+          <t>Yaban Çocuklar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>138.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054820245</t>
+          <t>9786054820573</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Büyük Engizisyoncu</t>
+          <t>İçimde Büyüyen Dünya</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>148.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257994163</t>
+          <t>9786054820030</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aylaklar İçin Bir Savunu</t>
+          <t>Ruh Seçen</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>128.5</v>
+        <v>545</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054820344</t>
+          <t>9786257994200</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Duygularını Pişiren Kadın: Man</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>345</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789990220025</t>
+          <t>9786257994248</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler (5 Cilt Takım)</t>
+          <t>Hafıza Polisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>2875</v>
+        <v>345</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257994132</t>
+          <t>9786257994019</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Görünmez Yaşamı</t>
+          <t>Gölgeler Çekildiğinde</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256256019</t>
+          <t>9786256256125</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çifte Portre</t>
+          <t>Gülün Adı ve Ortaçağ</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>198.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256256040</t>
+          <t>9786254147210</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yerli Film</t>
+          <t>Devrim Mutfağı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>148.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256256033</t>
+          <t>9786256256118</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zafiyet Kuramı</t>
+          <t>Yolculuğun Sonu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256256026</t>
+          <t>9786256256101</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Anlamın İnşası</t>
+          <t>Gençlerle Felsefe Sohbetleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257994101</t>
+          <t>9786257994415</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sparta İlkçağ Ütopyaları</t>
+          <t>Noel Günleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256256002</t>
+          <t>9786256256088</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ufak Tefek Sıkıntılarım</t>
+          <t>Hayatı ve Eserleriyle Raffaello</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257994361</t>
+          <t>9786254146879</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Normal Olmak Varken Neden Mutlu Olasın?</t>
+          <t>Kuzey Odanın Canavarları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257994859</t>
+          <t>9786256256064</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Treni</t>
+          <t>Hindi’nin Ruhu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054820580</t>
+          <t>9786256256071</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Oğullar</t>
+          <t>Geri Dönüyoruz</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257994996</t>
+          <t>9786257994767</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yankesiciler Kraliçesi</t>
+          <t>Gemi Arslanı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257994989</t>
+          <t>9786257994514</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Köşk’ün Esrarı</t>
+          <t>Asrîler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259456584</t>
+          <t>9786256256057</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Acı Portakal</t>
+          <t>Güven Egzersizi</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257994972</t>
+          <t>9786257994095</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Yol</t>
+          <t>Yaşamın Kısalığı Üzerine</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>178.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257994965</t>
+          <t>9786054820245</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Emanet Ettiklerimiz</t>
+          <t>Büyük Engizisyoncu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>245</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257994958</t>
+          <t>9786257994163</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Arkeoloji</t>
+          <t>Aylaklar İçin Bir Savunu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>445</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257994941</t>
+          <t>9786054820344</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aptallık Üzerine</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>178.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257994927</t>
+          <t>9789990220025</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Babası</t>
+          <t>Dünyayı Değiştiren Düşünürler (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>345</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257994934</t>
+          <t>9786257994132</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Diğer Yerler</t>
+          <t>Bir Kadının Görünmez Yaşamı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257994897</t>
+          <t>9786256256019</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Buradaydı</t>
+          <t>Çifte Portre</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>295</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257994910</t>
+          <t>9786256256040</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gecede Bir Çığlık</t>
+          <t>Yerli Film</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>295</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257994903</t>
+          <t>9786256256033</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ofelya</t>
+          <t>Zafiyet Kuramı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>188.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257994873</t>
+          <t>9786256256026</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dildo</t>
+          <t>Sanat ve Anlamın İnşası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257994880</t>
+          <t>9786257994101</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Mutluluğu</t>
+          <t>Sparta İlkçağ Ütopyaları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257994842</t>
+          <t>9786256256002</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Yalanlar</t>
+          <t>Bütün Ufak Tefek Sıkıntılarım</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257994828</t>
+          <t>9786257994361</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Babil Kulesi Kitabı</t>
+          <t>Normal Olmak Varken Neden Mutlu Olasın?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257994811</t>
+          <t>9786257994859</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kiracı</t>
+          <t>Çocuklar Treni</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257994804</t>
+          <t>9786054820580</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ayı Dağı</t>
+          <t>Oğullar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>128.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257994774</t>
+          <t>9786257994996</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tek Meyve Portakal Değildir</t>
+          <t>Yankesiciler Kraliçesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>325</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257994798</t>
+          <t>9786257994989</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Uygarlıklar ve Diller</t>
+          <t>Kırmızı Köşk’ün Esrarı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257994750</t>
+          <t>9786259456584</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağacın Günlüğü</t>
+          <t>Acı Portakal</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>178.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257994743</t>
+          <t>9786257994972</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gece Bekçisi</t>
+          <t>En Uzun Yol</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>345</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257994736</t>
+          <t>9786257994965</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Adam</t>
+          <t>Rüzgara Emanet Ettiklerimiz</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257994729</t>
+          <t>9786257994958</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzler</t>
+          <t>Atatürk ve Arkeoloji</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>345</v>
+        <v>445</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257994682</t>
+          <t>9786257994941</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yıldız Taşı</t>
+          <t>Aptallık Üzerine</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>275</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257994705</t>
+          <t>9786257994927</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Muamma</t>
+          <t>Hitler’in Babası</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257994699</t>
+          <t>9786257994934</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Nefesinde Bir Tüy</t>
+          <t>Dünya ve Diğer Yerler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>198.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257994675</t>
+          <t>9786257994897</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türk Ütopyaları</t>
+          <t>İstanbul Buradaydı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>695</v>
+        <v>295</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257994651</t>
+          <t>9786257994910</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Mucize</t>
+          <t>Gecede Bir Çığlık</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257994644</t>
+          <t>9786257994903</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat'ın Son Sözleri</t>
+          <t>Ofelya</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>128.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257994583</t>
+          <t>9786257994873</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar</t>
+          <t>Dildo</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257994590</t>
+          <t>9786257994880</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gece Denizi</t>
+          <t>Kurdun Mutluluğu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257994460</t>
+          <t>9786257994842</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Bir Kuş’un Görüldüğü Gece</t>
+          <t>Sanat ve Yalanlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257994620</t>
+          <t>9786257994828</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Eflatun Koza</t>
+          <t>Babil Kulesi Kitabı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257994613</t>
+          <t>9786257994811</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Bir Nezaket</t>
+          <t>Kiracı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257994606</t>
+          <t>9786257994804</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ütopya ve Masalbilim - Binbir Gece Masalları</t>
+          <t>Ayı Dağı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>245</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257994576</t>
+          <t>9786257994774</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gayrimeşru Anlamlar Sözlüğü</t>
+          <t>Tek Meyve Portakal Değildir</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>148.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257994569</t>
+          <t>9786257994798</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Taş Tanrılar</t>
+          <t>Kayıp Uygarlıklar ve Diller</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257994552</t>
+          <t>9786257994750</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Okumanın Riski</t>
+          <t>Bir Ağacın Günlüğü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>198.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257994545</t>
+          <t>9786257994743</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Annem Gibi Olmadım</t>
+          <t>Gece Bekçisi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>148.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257994538</t>
+          <t>9786257994736</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dingin Liman</t>
+          <t>Ahtapot Adam</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257994408</t>
+          <t>9786257994729</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şüphenin Tarihi - Felsefeye Giriş</t>
+          <t>Ölümsüzler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>645</v>
+        <v>345</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257994378</t>
+          <t>9786257994682</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aşık Dante</t>
+          <t>Yedi Yıldız Taşı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>138.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257994187</t>
+          <t>9786257994705</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Vişnenin Cinsiyeti</t>
+          <t>Kanlı Muamma</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>325</v>
+        <v>345</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257994170</t>
+          <t>9786257994699</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Modern Meram</t>
+          <t>Tanrı'nın Nefesinde Bir Tüy</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>138.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257994156</t>
+          <t>9786257994675</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Daima Susan</t>
+          <t>Türk Ütopyaları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>108.5</v>
+        <v>695</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051738239</t>
+          <t>9786257994651</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ah Tutku Beni Öldürür Müsün</t>
+          <t>Ebedi Mucize</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257994149</t>
+          <t>9786257994644</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kış</t>
+          <t>Şehrazat'ın Son Sözleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>395</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257994071</t>
+          <t>9786257994583</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Geceye Uyananlar</t>
+          <t>İlkbahar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257994057</t>
+          <t>9786257994590</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bir İngiliz Afyonkeşin İtirafları</t>
+          <t>Gece Denizi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>138.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257994064</t>
+          <t>9786257994460</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Tuhaf Bir Kuş’un Görüldüğü Gece</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>178.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257994026</t>
+          <t>9786257994620</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 5</t>
+          <t>Eflatun Koza</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>695</v>
+        <v>295</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054820962</t>
+          <t>9786257994613</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Amerika (Ciltli)</t>
+          <t>Karmaşık Bir Nezaket</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257994002</t>
+          <t>9786257994606</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Ütopya ve Masalbilim - Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>148.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054820955</t>
+          <t>9786257994576</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Cömert Şarap</t>
+          <t>Gayrimeşru Anlamlar Sözlüğü</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>178.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054820948</t>
+          <t>9786257994569</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Dünyada</t>
+          <t>Taş Tanrılar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>168.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054820924</t>
+          <t>9786257994552</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Arasından</t>
+          <t>Okumanın Riski</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>178.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054820917</t>
+          <t>9786257994545</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ulysses</t>
+          <t>Annem Gibi Olmadım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>495</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054820894</t>
+          <t>9786257994538</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kadın Haklarının Gerekçelendirilmesi</t>
+          <t>Dingin Liman</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>148.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054820870</t>
+          <t>9786257994408</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Seferberliği</t>
+          <t>Şüphenin Tarihi - Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>215</v>
+        <v>645</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054820887</t>
+          <t>9786257994378</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Aşık Dante</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>128.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054820856</t>
+          <t>9786257994187</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yurttaş Gazetecilik</t>
+          <t>Vişnenin Cinsiyeti</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>188.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054820849</t>
+          <t>9786257994170</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ülke</t>
+          <t>Modern Meram</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>275</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054820825</t>
+          <t>9786257994156</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Cennetteki Yeryüzü</t>
+          <t>Daima Susan</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>138.5</v>
+        <v>108.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054820818</t>
+          <t>9786051738239</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Son Tanıklar</t>
+          <t>Ah Tutku Beni Öldürür Müsün</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054820771</t>
+          <t>9786257994149</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching</t>
+          <t>Kış</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>128.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054820801</t>
+          <t>9786257994071</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Senin Hiç Ailen Oldu Mu?</t>
+          <t>Geceye Uyananlar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>178.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054820788</t>
+          <t>9786257994057</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mülteciler</t>
+          <t>Bir İngiliz Afyonkeşin İtirafları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>225</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054820757</t>
+          <t>9786257994064</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sophia Veya Tüm Hikayelerin Başlangıcı</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>275</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054820740</t>
+          <t>9786257994026</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Dağ</t>
+          <t>Dünyayı Değiştiren Düşünürler 5</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>395</v>
+        <v>695</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054820733</t>
+          <t>9786054820962</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 4</t>
+          <t>Amerika (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>545</v>
+        <v>275</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054820726</t>
+          <t>9786257994002</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 3</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>545</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054820719</t>
+          <t>9786054820955</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>Cömert Şarap</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>138.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054820696</t>
+          <t>9786054820948</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Samarra’da Randevu</t>
+          <t>Bir Başka Dünyada</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>295</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054820689</t>
+          <t>9786054820924</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 1</t>
+          <t>Gölgelerin Arasından</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>545</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054820702</t>
+          <t>9786054820917</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 2</t>
+          <t>Ulysses</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>545</v>
+        <v>495</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054820665</t>
+          <t>9786054820894</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Maske ve Bayrak: Popülizm, Yurttaşçılık ve Küresel Protesto</t>
+          <t>Kadın Haklarının Gerekçelendirilmesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>395</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054820641</t>
+          <t>9786054820870</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çinko Çocuklar</t>
+          <t>Demokrasi Seferberliği</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>445</v>
+        <v>215</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054820627</t>
+          <t>9786054820887</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Panoptikon 2.0</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>245</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054820634</t>
+          <t>9786054820856</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Istırabı Üzerine</t>
+          <t>Yurttaş Gazetecilik</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>118.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054820610</t>
+          <t>9786054820849</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sular Çekilirken</t>
+          <t>Küçük Ülke</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054820603</t>
+          <t>9786054820825</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup (Ciltli)</t>
+          <t>Cennetteki Yeryüzü</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>168.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054820351</t>
+          <t>9786054820818</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sempatizan</t>
+          <t>Son Tanıklar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054820566</t>
+          <t>9786054820771</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Gettysburg Konuşması</t>
+          <t>Tao Te Ching</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>138.5</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054820559</t>
+          <t>9786054820801</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşüşün Güncesi</t>
+          <t>Senin Hiç Ailen Oldu Mu?</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>44.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054820535</t>
+          <t>9786054820788</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bombalar Cemiyeti</t>
+          <t>Mülteciler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>74.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054820528</t>
+          <t>9786054820757</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çernobil Duası</t>
+          <t>Sophia Veya Tüm Hikayelerin Başlangıcı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054820481</t>
+          <t>9786054820740</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Paris Komününün Sesleri</t>
+          <t>Sekiz Dağ</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>178.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054820450</t>
+          <t>9786054820733</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dava (Ciltli)</t>
+          <t>Dünyayı Değiştiren Düşünürler 4</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>198.5</v>
+        <v>545</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054820399</t>
+          <t>9786054820726</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kadın Yok Savaşın Yüzünde</t>
+          <t>Dünyayı Değiştiren Düşünürler 3</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>445</v>
+        <v>545</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054820436</t>
+          <t>9786054820719</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kendiyle Bir Başına İnsan</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>245</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054820405</t>
+          <t>9786054820696</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Alternatif ve Aktivist Yeni Medya</t>
+          <t>Samarra’da Randevu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054820382</t>
+          <t>9786054820689</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İkinci El Zaman</t>
+          <t>Dünyayı Değiştiren Düşünürler 1</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>645</v>
+        <v>545</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054820368</t>
+          <t>9786054820702</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kent Bizim</t>
+          <t>Dünyayı Değiştiren Düşünürler 2</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>395</v>
+        <v>545</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054820306</t>
+          <t>9786054820665</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Cennet ve Cehennem</t>
+          <t>Maske ve Bayrak: Popülizm, Yurttaşçılık ve Küresel Protesto</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054820337</t>
+          <t>9786054820641</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Çinko Çocuklar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>178.5</v>
+        <v>445</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054820283</t>
+          <t>9786054820627</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Medya ve Direniş Siyaseti</t>
+          <t>Panoptikon 2.0</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>198.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054820290</t>
+          <t>9786054820634</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Otonom Medya</t>
+          <t>Dünyanın Istırabı Üzerine</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>168.5</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054820252</t>
+          <t>9786054820610</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Medyayı Anlamak</t>
+          <t>Sular Çekilirken</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054820184</t>
+          <t>9786054820603</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Direniş Çağında Türkiye'de Alternatif Medya</t>
+          <t>Babaya Mektup (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>118.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054820061</t>
+          <t>9786054820351</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İnananlar</t>
+          <t>Sempatizan</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054820054</t>
+          <t>9786054820566</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İlk Kafkam</t>
+          <t>Gettysburg Konuşması</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>19.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054820092</t>
+          <t>9786054820559</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Walter Benjamin ve Medya</t>
+          <t>Bir Düşüşün Güncesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>345</v>
+        <v>44.5</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054820122</t>
+          <t>9786054820535</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bir Hava Taarruzu Sırasında Barış Üzerine Düşünceler</t>
+          <t>Küçük Bombalar Cemiyeti</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>178.5</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054820115</t>
+          <t>9786054820528</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Zen Ustaları</t>
+          <t>Çernobil Duası</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>148.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
+          <t>9786054820481</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Paris Komününün Sesleri</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>178.5</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786054820450</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Dava (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786054820399</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Yok Savaşın Yüzünde</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786054820436</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Kendiyle Bir Başına İnsan</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786054820405</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif ve Aktivist Yeni Medya</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786054820382</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>İkinci El Zaman</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786054820368</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Kent Bizim</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786054820306</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Cennet ve Cehennem</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786054820337</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Hükümdar</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>178.5</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786054820283</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Medya ve Direniş Siyaseti</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786054820290</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Otonom Medya</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>168.5</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786054820252</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Medyayı Anlamak</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786054820184</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Direniş Çağında Türkiye'de Alternatif Medya</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>118.5</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786054820061</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>İnananlar</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786054820054</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kafkam</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786054820092</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Walter Benjamin ve Medya</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786054820122</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hava Taarruzu Sırasında Barış Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>178.5</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786054820115</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Zen Ustaları</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>148.5</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
           <t>9786054820139</t>
         </is>
       </c>
-      <c r="B146" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Uygarlığa Dair Hoşnutsuzluğumuz</t>
         </is>
       </c>
-      <c r="C146" s="1">
+      <c r="C164" s="1">
         <v>178.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>