--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,2485 +85,2980 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257994712</t>
+          <t>9786257994392</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şamanlar Tanrılar Ateistler</t>
+          <t>Bekleyiş</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>495</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256256156</t>
+          <t>9786054820900</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Rousseau'dan Nietzsche'ye Avrupa Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>395</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256256149</t>
+          <t>9786054820658</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çivisi Çıkmış Dünyanın Sonu</t>
+          <t>Babam Giderken</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257994866</t>
+          <t>9786054820153</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Jakaranda Ağacının Çocukları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>188.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257994507</t>
+          <t>9786054820085</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bayan Prim’in Uyanışı</t>
+          <t>Ru</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>148.5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257994040</t>
+          <t>9786054820016</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Comandante’nin Son Günleri</t>
+          <t>Atlar Kadar Özgür</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>148.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054820269</t>
+          <t>9786054820191</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Özgürlük Düşmanına Saldırı</t>
+          <t>Albay</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>148.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054820108</t>
+          <t>9786054820047</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Uzak Diyarlarda</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>128.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054820214</t>
+          <t>9786054820313</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İlk On Bölüm</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>108.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054820207</t>
+          <t>9786054820511</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gece Yürüyüşü</t>
+          <t>İri Gözlü Kadınlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>178.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257994354</t>
+          <t>9786054820474</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Doyma Anı</t>
+          <t>Mutluluk Sanatı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>245</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257994330</t>
+          <t>9786054820542</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ölüleri Defnetmek</t>
+          <t>Herkese Söyle</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>168.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257994088</t>
+          <t>9786054820177</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hattatın Sırrı</t>
+          <t>Kan Kardeşler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>345</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257994217</t>
+          <t>9786054820078</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Fran-kiss-stein: Bir Aşk Hikayesi</t>
+          <t>Özel Bir Barış</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>395</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257994194</t>
+          <t>9786054820320</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bıldırcın Karı</t>
+          <t>Twitter ve Toplum</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>138.5</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257994125</t>
+          <t>9786054820498</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Fıçılarda Yaşamak</t>
+          <t>Çırak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054820993</t>
+          <t>9786054820238</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Karaçam Ormanı'nda</t>
+          <t>Sonsuz Sayılı Günlerimiz</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>128.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054820863</t>
+          <t>9786054820504</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fıçı</t>
+          <t>Bizsiz Dünya</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>198.5</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256256132</t>
+          <t>9786054820429</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Geyiği Vurmak</t>
+          <t>Nefretimi Alamayacaksınız</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054820009</t>
+          <t>9786054820276</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tamirci</t>
+          <t>Küçük Tanrıçalar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>395</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257994835</t>
+          <t>9786054820160</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Toprak</t>
+          <t>Sanat ve Hayat Üzerine</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>395</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257994521</t>
+          <t>9786054820443</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kadınlar</t>
+          <t>Bojangles’i Beklerken</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>245</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054820672</t>
+          <t>9786054820375</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kafka'nın Kedileri</t>
+          <t>Ağ Toplumu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>395</v>
+        <v>48.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054820597</t>
+          <t>9786054820221</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyanın Kuşları</t>
+          <t>Palma'nın Pirinci</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>345</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054820023</t>
+          <t>9786054820146</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çocuklar</t>
+          <t>Arızalar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>395</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054820573</t>
+          <t>9786257994347</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İçimde Büyüyen Dünya</t>
+          <t>Kuş Kadın Harpy</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>225</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054820030</t>
+          <t>9786257994231</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ruh Seçen</t>
+          <t>Toplu Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>545</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257994200</t>
+          <t>9786054820931</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Duygularını Pişiren Kadın: Man</t>
+          <t>Hayalet Duvar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>178.5</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257994248</t>
+          <t>9786054820986</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Polisi</t>
+          <t>Anayurt</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>345</v>
+        <v>235</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257994019</t>
+          <t>9786054820979</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Çekildiğinde</t>
+          <t>Dost</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>295</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256256125</t>
+          <t>9786054820832</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gülün Adı ve Ortaçağ</t>
+          <t>Yaşamak Tuhaf Şey</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>245</v>
+        <v>108.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254147210</t>
+          <t>9786256256187</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Devrim Mutfağı</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256256118</t>
+          <t>9786257994033</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğun Sonu</t>
+          <t>Sonbahar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256256101</t>
+          <t>9786257994712</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Felsefe Sohbetleri</t>
+          <t>Şamanlar Tanrılar Ateistler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257994415</t>
+          <t>9786256256156</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Noel Günleri</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256256088</t>
+          <t>9786256256149</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hayatı ve Eserleriyle Raffaello</t>
+          <t>Çivisi Çıkmış Dünyanın Sonu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>445</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254146879</t>
+          <t>9786257994866</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Odanın Canavarları</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>195</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256256064</t>
+          <t>9786257994507</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hindi’nin Ruhu</t>
+          <t>Bayan Prim’in Uyanışı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>225</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256256071</t>
+          <t>9786257994040</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüyoruz</t>
+          <t>Comandante’nin Son Günleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>275</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257994767</t>
+          <t>9786054820269</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gemi Arslanı</t>
+          <t>Bir Özgürlük Düşmanına Saldırı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>225</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257994514</t>
+          <t>9786054820108</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Asrîler</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>175</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256256057</t>
+          <t>9786054820214</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Güven Egzersizi</t>
+          <t>İlk On Bölüm</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>275</v>
+        <v>108.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257994095</t>
+          <t>9786054820207</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kısalığı Üzerine</t>
+          <t>Gece Yürüyüşü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>138.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054820245</t>
+          <t>9786257994354</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Büyük Engizisyoncu</t>
+          <t>Doyma Anı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>148.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257994163</t>
+          <t>9786257994330</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aylaklar İçin Bir Savunu</t>
+          <t>Ölüleri Defnetmek</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>128.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054820344</t>
+          <t>9786257994088</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Hattatın Sırrı</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789990220025</t>
+          <t>9786257994217</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler (5 Cilt Takım)</t>
+          <t>Fran-kiss-stein: Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>2875</v>
+        <v>450</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257994132</t>
+          <t>9786257994194</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Görünmez Yaşamı</t>
+          <t>Bıldırcın Karı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>275</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256256019</t>
+          <t>9786257994125</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çifte Portre</t>
+          <t>Fıçılarda Yaşamak</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>198.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256256040</t>
+          <t>9786054820993</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yerli Film</t>
+          <t>Karaçam Ormanı'nda</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>148.5</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256256033</t>
+          <t>9786054820863</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zafiyet Kuramı</t>
+          <t>Sihirli Fıçı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256256026</t>
+          <t>9786256256132</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Anlamın İnşası</t>
+          <t>Kutsal Geyiği Vurmak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257994101</t>
+          <t>9786054820009</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sparta İlkçağ Ütopyaları</t>
+          <t>Tamirci</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>345</v>
+        <v>450</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256256002</t>
+          <t>9786257994835</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ufak Tefek Sıkıntılarım</t>
+          <t>Mübarek Toprak</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257994361</t>
+          <t>9786257994521</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Normal Olmak Varken Neden Mutlu Olasın?</t>
+          <t>Konuşan Kadınlar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257994859</t>
+          <t>9786054820672</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Treni</t>
+          <t>Kafka'nın Kedileri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054820580</t>
+          <t>9786054820597</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Oğullar</t>
+          <t>Başka Dünyanın Kuşları</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257994996</t>
+          <t>9786054820023</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yankesiciler Kraliçesi</t>
+          <t>Yaban Çocuklar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>198.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257994989</t>
+          <t>9786054820573</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Köşk’ün Esrarı</t>
+          <t>İçimde Büyüyen Dünya</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259456584</t>
+          <t>9786054820030</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Acı Portakal</t>
+          <t>Ruh Seçen</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257994972</t>
+          <t>9786257994200</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Yol</t>
+          <t>Duygularını Pişiren Kadın: Man</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>178.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257994965</t>
+          <t>9786257994248</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Emanet Ettiklerimiz</t>
+          <t>Hafıza Polisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257994958</t>
+          <t>9786257994019</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Arkeoloji</t>
+          <t>Gölgeler Çekildiğinde</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257994941</t>
+          <t>9786256256125</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Aptallık Üzerine</t>
+          <t>Gülün Adı ve Ortaçağ</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>178.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257994927</t>
+          <t>9786254147210</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Babası</t>
+          <t>Devrim Mutfağı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257994934</t>
+          <t>9786256256118</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Diğer Yerler</t>
+          <t>Yolculuğun Sonu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>295</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257994897</t>
+          <t>9786256256101</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Buradaydı</t>
+          <t>Gençlerle Felsefe Sohbetleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257994910</t>
+          <t>9786257994415</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gecede Bir Çığlık</t>
+          <t>Noel Günleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257994903</t>
+          <t>9786256256088</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ofelya</t>
+          <t>Hayatı ve Eserleriyle Raffaello</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>188.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257994873</t>
+          <t>9786254146879</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dildo</t>
+          <t>Kuzey Odanın Canavarları</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257994880</t>
+          <t>9786256256064</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Mutluluğu</t>
+          <t>Hindi’nin Ruhu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257994842</t>
+          <t>9786256256071</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Yalanlar</t>
+          <t>Geri Dönüyoruz</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257994828</t>
+          <t>9786257994767</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Babil Kulesi Kitabı</t>
+          <t>Gemi Arslanı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257994811</t>
+          <t>9786257994514</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kiracı</t>
+          <t>Asrîler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257994804</t>
+          <t>9786256256057</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ayı Dağı</t>
+          <t>Güven Egzersizi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>128.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257994774</t>
+          <t>9786257994095</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tek Meyve Portakal Değildir</t>
+          <t>Yaşamın Kısalığı Üzerine</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>325</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257994798</t>
+          <t>9786054820245</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Uygarlıklar ve Diller</t>
+          <t>Büyük Engizisyoncu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>495</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257994750</t>
+          <t>9786257994163</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağacın Günlüğü</t>
+          <t>Aylaklar İçin Bir Savunu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>178.5</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257994743</t>
+          <t>9786054820344</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gece Bekçisi</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257994736</t>
+          <t>9789990220025</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Adam</t>
+          <t>Dünyayı Değiştiren Düşünürler (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>265</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257994729</t>
+          <t>9786257994132</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzler</t>
+          <t>Bir Kadının Görünmez Yaşamı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257994682</t>
+          <t>9786256256019</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yıldız Taşı</t>
+          <t>Çifte Portre</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257994705</t>
+          <t>9786256256040</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Muamma</t>
+          <t>Yerli Film</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>345</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257994699</t>
+          <t>9786256256033</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Nefesinde Bir Tüy</t>
+          <t>Zafiyet Kuramı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257994675</t>
+          <t>9786256256026</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Türk Ütopyaları</t>
+          <t>Sanat ve Anlamın İnşası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>695</v>
+        <v>295</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257994651</t>
+          <t>9786257994101</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Mucize</t>
+          <t>Sparta İlkçağ Ütopyaları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257994644</t>
+          <t>9786256256002</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat'ın Son Sözleri</t>
+          <t>Bütün Ufak Tefek Sıkıntılarım</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>128.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257994583</t>
+          <t>9786257994361</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar</t>
+          <t>Normal Olmak Varken Neden Mutlu Olasın?</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257994590</t>
+          <t>9786257994859</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gece Denizi</t>
+          <t>Çocuklar Treni</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257994460</t>
+          <t>9786054820580</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Bir Kuş’un Görüldüğü Gece</t>
+          <t>Oğullar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257994620</t>
+          <t>9786257994996</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eflatun Koza</t>
+          <t>Yankesiciler Kraliçesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257994613</t>
+          <t>9786257994989</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Bir Nezaket</t>
+          <t>Kırmızı Köşk’ün Esrarı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>198.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257994606</t>
+          <t>9786259456584</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ütopya ve Masalbilim - Binbir Gece Masalları</t>
+          <t>Acı Portakal</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257994576</t>
+          <t>9786257994972</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gayrimeşru Anlamlar Sözlüğü</t>
+          <t>En Uzun Yol</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>148.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257994569</t>
+          <t>9786257994965</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Taş Tanrılar</t>
+          <t>Rüzgara Emanet Ettiklerimiz</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257994552</t>
+          <t>9786257994958</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Okumanın Riski</t>
+          <t>Atatürk ve Arkeoloji</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>198.5</v>
+        <v>550</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257994545</t>
+          <t>9786257994941</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Annem Gibi Olmadım</t>
+          <t>Aptallık Üzerine</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>148.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257994538</t>
+          <t>9786257994927</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dingin Liman</t>
+          <t>Hitler’in Babası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257994408</t>
+          <t>9786257994934</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Şüphenin Tarihi - Felsefeye Giriş</t>
+          <t>Dünya ve Diğer Yerler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>645</v>
+        <v>325</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257994378</t>
+          <t>9786257994897</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Aşık Dante</t>
+          <t>İstanbul Buradaydı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>138.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257994187</t>
+          <t>9786257994910</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Vişnenin Cinsiyeti</t>
+          <t>Gecede Bir Çığlık</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257994170</t>
+          <t>9786257994903</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Modern Meram</t>
+          <t>Ofelya</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>138.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257994156</t>
+          <t>9786257994873</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Daima Susan</t>
+          <t>Dildo</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>108.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051738239</t>
+          <t>9786257994880</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ah Tutku Beni Öldürür Müsün</t>
+          <t>Kurdun Mutluluğu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257994149</t>
+          <t>9786257994842</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kış</t>
+          <t>Sanat ve Yalanlar</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257994071</t>
+          <t>9786257994828</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Geceye Uyananlar</t>
+          <t>Babil Kulesi Kitabı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257994057</t>
+          <t>9786257994811</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir İngiliz Afyonkeşin İtirafları</t>
+          <t>Kiracı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>138.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257994064</t>
+          <t>9786257994804</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Ayı Dağı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>178.5</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257994026</t>
+          <t>9786257994774</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 5</t>
+          <t>Tek Meyve Portakal Değildir</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>695</v>
+        <v>325</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054820962</t>
+          <t>9786257994798</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Amerika (Ciltli)</t>
+          <t>Kayıp Uygarlıklar ve Diller</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257994002</t>
+          <t>9786257994750</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Bir Ağacın Günlüğü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>148.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054820955</t>
+          <t>9786257994743</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Cömert Şarap</t>
+          <t>Gece Bekçisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>178.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054820948</t>
+          <t>9786257994736</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Dünyada</t>
+          <t>Ahtapot Adam</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>168.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054820924</t>
+          <t>9786257994729</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Arasından</t>
+          <t>Ölümsüzler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>178.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054820917</t>
+          <t>9786257994682</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ulysses</t>
+          <t>Yedi Yıldız Taşı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>495</v>
+        <v>325</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054820894</t>
+          <t>9786257994705</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kadın Haklarının Gerekçelendirilmesi</t>
+          <t>Kanlı Muamma</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>148.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054820870</t>
+          <t>9786257994699</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Seferberliği</t>
+          <t>Tanrı'nın Nefesinde Bir Tüy</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054820887</t>
+          <t>9786257994675</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Türk Ütopyaları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>128.5</v>
+        <v>795</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054820856</t>
+          <t>9786257994651</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yurttaş Gazetecilik</t>
+          <t>Ebedi Mucize</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>188.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054820849</t>
+          <t>9786257994644</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ülke</t>
+          <t>Şehrazat'ın Son Sözleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>275</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054820825</t>
+          <t>9786257994583</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cennetteki Yeryüzü</t>
+          <t>İlkbahar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>138.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054820818</t>
+          <t>9786257994590</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Son Tanıklar</t>
+          <t>Gece Denizi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054820771</t>
+          <t>9786257994460</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching</t>
+          <t>Tuhaf Bir Kuş’un Görüldüğü Gece</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>128.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054820801</t>
+          <t>9786257994620</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Senin Hiç Ailen Oldu Mu?</t>
+          <t>Eflatun Koza</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>178.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054820788</t>
+          <t>9786257994613</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mülteciler</t>
+          <t>Karmaşık Bir Nezaket</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054820757</t>
+          <t>9786257994606</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sophia Veya Tüm Hikayelerin Başlangıcı</t>
+          <t>Ütopya ve Masalbilim - Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054820740</t>
+          <t>9786257994576</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Dağ</t>
+          <t>Gayrimeşru Anlamlar Sözlüğü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>395</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054820733</t>
+          <t>9786257994569</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 4</t>
+          <t>Taş Tanrılar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>545</v>
+        <v>395</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054820726</t>
+          <t>9786257994552</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 3</t>
+          <t>Okumanın Riski</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>545</v>
+        <v>225</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054820719</t>
+          <t>9786257994545</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>Annem Gibi Olmadım</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>138.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054820696</t>
+          <t>9786257994538</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Samarra’da Randevu</t>
+          <t>Dingin Liman</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054820689</t>
+          <t>9786257994408</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 1</t>
+          <t>Şüphenin Tarihi - Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>545</v>
+        <v>695</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054820702</t>
+          <t>9786257994378</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 2</t>
+          <t>Aşık Dante</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>545</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054820665</t>
+          <t>9786257994187</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Maske ve Bayrak: Popülizm, Yurttaşçılık ve Küresel Protesto</t>
+          <t>Vişnenin Cinsiyeti</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054820641</t>
+          <t>9786257994170</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Çinko Çocuklar</t>
+          <t>Modern Meram</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>445</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054820627</t>
+          <t>9786257994156</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Panoptikon 2.0</t>
+          <t>Daima Susan</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>245</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054820634</t>
+          <t>9786051738239</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Istırabı Üzerine</t>
+          <t>Ah Tutku Beni Öldürür Müsün</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>118.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054820610</t>
+          <t>9786257994149</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sular Çekilirken</t>
+          <t>Kış</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054820603</t>
+          <t>9786257994071</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup (Ciltli)</t>
+          <t>Geceye Uyananlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>168.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054820351</t>
+          <t>9786257994057</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sempatizan</t>
+          <t>Bir İngiliz Afyonkeşin İtirafları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>295</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054820566</t>
+          <t>9786257994064</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Gettysburg Konuşması</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>138.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054820559</t>
+          <t>9786257994026</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşüşün Güncesi</t>
+          <t>Dünyayı Değiştiren Düşünürler 5</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>44.5</v>
+        <v>750</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054820535</t>
+          <t>9786054820962</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bombalar Cemiyeti</t>
+          <t>Amerika (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>74.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054820528</t>
+          <t>9786257994002</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çernobil Duası</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>495</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054820481</t>
+          <t>9786054820955</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Paris Komününün Sesleri</t>
+          <t>Cömert Şarap</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>178.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054820450</t>
+          <t>9786054820948</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dava (Ciltli)</t>
+          <t>Bir Başka Dünyada</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054820399</t>
+          <t>9786054820924</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kadın Yok Savaşın Yüzünde</t>
+          <t>Gölgelerin Arasından</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>445</v>
+        <v>225</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054820436</t>
+          <t>9786054820917</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kendiyle Bir Başına İnsan</t>
+          <t>Ulysses</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>245</v>
+        <v>550</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054820405</t>
+          <t>9786054820894</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Alternatif ve Aktivist Yeni Medya</t>
+          <t>Kadın Haklarının Gerekçelendirilmesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>345</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054820382</t>
+          <t>9786054820870</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İkinci El Zaman</t>
+          <t>Demokrasi Seferberliği</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>645</v>
+        <v>245</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054820368</t>
+          <t>9786054820887</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kent Bizim</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>395</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054820306</t>
+          <t>9786054820856</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Cennet ve Cehennem</t>
+          <t>Yurttaş Gazetecilik</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054820337</t>
+          <t>9786054820849</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Küçük Ülke</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>178.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054820283</t>
+          <t>9786054820825</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Medya ve Direniş Siyaseti</t>
+          <t>Cennetteki Yeryüzü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>198.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054820290</t>
+          <t>9786054820818</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Otonom Medya</t>
+          <t>Son Tanıklar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>168.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054820252</t>
+          <t>9786054820771</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Medyayı Anlamak</t>
+          <t>Tao Te Ching</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>395</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054820184</t>
+          <t>9786054820801</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Direniş Çağında Türkiye'de Alternatif Medya</t>
+          <t>Senin Hiç Ailen Oldu Mu?</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>118.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054820061</t>
+          <t>9786054820788</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İnananlar</t>
+          <t>Mülteciler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054820054</t>
+          <t>9786054820757</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İlk Kafkam</t>
+          <t>Sophia Veya Tüm Hikayelerin Başlangıcı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>19.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054820092</t>
+          <t>9786054820740</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Walter Benjamin ve Medya</t>
+          <t>Sekiz Dağ</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>345</v>
+        <v>450</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054820122</t>
+          <t>9786054820733</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bir Hava Taarruzu Sırasında Barış Üzerine Düşünceler</t>
+          <t>Dünyayı Değiştiren Düşünürler 4</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>178.5</v>
+        <v>595</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054820115</t>
+          <t>9786054820726</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Zen Ustaları</t>
+          <t>Dünyayı Değiştiren Düşünürler 3</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>148.5</v>
+        <v>595</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054820139</t>
+          <t>9786054820719</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığa Dair Hoşnutsuzluğumuz</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>178.5</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786054820696</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Samarra’da Randevu</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786054820689</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Değiştiren Düşünürler 1</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786054820702</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Değiştiren Düşünürler 2</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786054820665</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Maske ve Bayrak: Popülizm, Yurttaşçılık ve Küresel Protesto</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786054820641</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Çinko Çocuklar</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786054820627</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Panoptikon 2.0</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786054820634</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Istırabı Üzerine</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>118.5</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786054820610</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Sular Çekilirken</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786054820603</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Babaya Mektup (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>168.5</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786054820351</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Sempatizan</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786054820566</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Gettysburg Konuşması</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>178.5</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786054820559</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Bir Düşüşün Güncesi</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>44.5</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786054820535</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Bombalar Cemiyeti</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>74.5</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786054820528</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Çernobil Duası</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786054820481</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Paris Komününün Sesleri</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786054820450</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Dava (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786054820399</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Yok Savaşın Yüzünde</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786054820436</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Kendiyle Bir Başına İnsan</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786054820405</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif ve Aktivist Yeni Medya</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786054820382</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>İkinci El Zaman</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786054820368</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Kent Bizim</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786054820306</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Cennet ve Cehennem</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786054820337</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Hükümdar</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786054820283</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Medya ve Direniş Siyaseti</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786054820290</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Otonom Medya</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786054820252</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Medyayı Anlamak</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786054820184</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Direniş Çağında Türkiye'de Alternatif Medya</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>118.5</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786054820061</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>İnananlar</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786054820054</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kafkam</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786054820092</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Walter Benjamin ve Medya</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786054820122</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hava Taarruzu Sırasında Barış Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786054820115</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Zen Ustaları</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786054820139</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Uygarlığa Dair Hoşnutsuzluğumuz</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>225</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>