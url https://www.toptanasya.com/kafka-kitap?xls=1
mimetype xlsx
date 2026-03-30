--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,2980 +85,3010 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257994392</t>
+          <t>9786256256194</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bekleyiş</t>
+          <t>Almanya Masalımız</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>168.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054820900</t>
+          <t>9786256256163</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Rousseau'dan Nietzsche'ye Avrupa Düşünce Tarihi</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>58.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054820658</t>
+          <t>9786257994392</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Babam Giderken</t>
+          <t>Bekleyiş</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>148.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054820153</t>
+          <t>9786054820900</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Jakaranda Ağacının Çocukları</t>
+          <t>Rousseau'dan Nietzsche'ye Avrupa Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>32.5</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054820085</t>
+          <t>9786054820658</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ru</t>
+          <t>Babam Giderken</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>17</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054820016</t>
+          <t>9786054820153</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Atlar Kadar Özgür</t>
+          <t>Jakaranda Ağacının Çocukları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>22.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054820191</t>
+          <t>9786054820085</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Albay</t>
+          <t>Ru</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054820047</t>
+          <t>9786054820016</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Uzak Diyarlarda</t>
+          <t>Atlar Kadar Özgür</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>23.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054820313</t>
+          <t>9786054820191</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Albay</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054820511</t>
+          <t>9786054820047</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İri Gözlü Kadınlar</t>
+          <t>Uzak Diyarlarda</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>23.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054820474</t>
+          <t>9786054820313</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sanatı</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>88.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054820542</t>
+          <t>9786054820511</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Herkese Söyle</t>
+          <t>İri Gözlü Kadınlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>59.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054820177</t>
+          <t>9786054820474</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeşler</t>
+          <t>Mutluluk Sanatı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>19.5</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054820078</t>
+          <t>9786054820542</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Özel Bir Barış</t>
+          <t>Herkese Söyle</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>19.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054820320</t>
+          <t>9786054820177</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Twitter ve Toplum</t>
+          <t>Kan Kardeşler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>52.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054820498</t>
+          <t>9786054820078</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çırak</t>
+          <t>Özel Bir Barış</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>62.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054820238</t>
+          <t>9786054820320</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Sayılı Günlerimiz</t>
+          <t>Twitter ve Toplum</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>27.5</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054820504</t>
+          <t>9786054820498</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bizsiz Dünya</t>
+          <t>Çırak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>18.5</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054820429</t>
+          <t>9786054820238</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Nefretimi Alamayacaksınız</t>
+          <t>Sonsuz Sayılı Günlerimiz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>18.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054820276</t>
+          <t>9786054820504</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tanrıçalar</t>
+          <t>Bizsiz Dünya</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>27.5</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054820160</t>
+          <t>9786054820429</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Hayat Üzerine</t>
+          <t>Nefretimi Alamayacaksınız</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>19.5</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054820443</t>
+          <t>9786054820276</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bojangles’i Beklerken</t>
+          <t>Küçük Tanrıçalar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>18.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054820375</t>
+          <t>9786054820160</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ağ Toplumu</t>
+          <t>Sanat ve Hayat Üzerine</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>48.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054820221</t>
+          <t>9786054820443</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Palma'nın Pirinci</t>
+          <t>Bojangles’i Beklerken</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>49.5</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054820146</t>
+          <t>9786054820375</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Arızalar</t>
+          <t>Ağ Toplumu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>27.5</v>
+        <v>48.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257994347</t>
+          <t>9786054820221</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kadın Harpy</t>
+          <t>Palma'nın Pirinci</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>168.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257994231</t>
+          <t>9786054820146</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Toplu Öyküler (Ciltli)</t>
+          <t>Arızalar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>198.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054820931</t>
+          <t>9786257994347</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Duvar</t>
+          <t>Kuş Kadın Harpy</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>118.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054820986</t>
+          <t>9786257994231</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Anayurt</t>
+          <t>Toplu Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>235</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054820979</t>
+          <t>9786054820931</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dost</t>
+          <t>Hayalet Duvar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>168.5</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054820832</t>
+          <t>9786054820986</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Tuhaf Şey</t>
+          <t>Anayurt</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>108.5</v>
+        <v>235</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256256187</t>
+          <t>9786054820979</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Dost</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>275</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257994033</t>
+          <t>9786054820832</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar</t>
+          <t>Yaşamak Tuhaf Şey</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>108.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257994712</t>
+          <t>9786256256187</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şamanlar Tanrılar Ateistler</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256256156</t>
+          <t>9786257994033</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Sonbahar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256256149</t>
+          <t>9786257994712</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çivisi Çıkmış Dünyanın Sonu</t>
+          <t>Şamanlar Tanrılar Ateistler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257994866</t>
+          <t>9786256256156</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>188.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257994507</t>
+          <t>9786256256149</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bayan Prim’in Uyanışı</t>
+          <t>Çivisi Çıkmış Dünyanın Sonu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>148.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257994040</t>
+          <t>9786257994866</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Comandante’nin Son Günleri</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>148.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054820269</t>
+          <t>9786257994507</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Özgürlük Düşmanına Saldırı</t>
+          <t>Bayan Prim’in Uyanışı</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>148.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054820108</t>
+          <t>9786257994040</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Comandante’nin Son Günleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>178.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054820214</t>
+          <t>9786054820269</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İlk On Bölüm</t>
+          <t>Bir Özgürlük Düşmanına Saldırı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>108.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054820207</t>
+          <t>9786054820108</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gece Yürüyüşü</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>178.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257994354</t>
+          <t>9786054820214</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Doyma Anı</t>
+          <t>İlk On Bölüm</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>245</v>
+        <v>108.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257994330</t>
+          <t>9786054820207</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ölüleri Defnetmek</t>
+          <t>Gece Yürüyüşü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>198.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257994088</t>
+          <t>9786257994354</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hattatın Sırrı</t>
+          <t>Doyma Anı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257994217</t>
+          <t>9786257994330</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Fran-kiss-stein: Bir Aşk Hikayesi</t>
+          <t>Ölüleri Defnetmek</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257994194</t>
+          <t>9786257994088</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bıldırcın Karı</t>
+          <t>Hattatın Sırrı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>138.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257994125</t>
+          <t>9786257994217</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fıçılarda Yaşamak</t>
+          <t>Fran-kiss-stein: Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>495</v>
+        <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054820993</t>
+          <t>9786257994194</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Karaçam Ormanı'nda</t>
+          <t>Bıldırcın Karı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>128.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054820863</t>
+          <t>9786257994125</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fıçı</t>
+          <t>Fıçılarda Yaşamak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>198.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256256132</t>
+          <t>9786054820993</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Geyiği Vurmak</t>
+          <t>Karaçam Ormanı'nda</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>495</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054820009</t>
+          <t>9786054820863</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tamirci</t>
+          <t>Sihirli Fıçı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>450</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257994835</t>
+          <t>9786256256132</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Toprak</t>
+          <t>Kutsal Geyiği Vurmak</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257994521</t>
+          <t>9786054820009</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kadınlar</t>
+          <t>Tamirci</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054820672</t>
+          <t>9786257994835</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kafka'nın Kedileri</t>
+          <t>Mübarek Toprak</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054820597</t>
+          <t>9786257994521</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyanın Kuşları</t>
+          <t>Konuşan Kadınlar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054820023</t>
+          <t>9786054820672</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yaban Çocuklar</t>
+          <t>Kafka'nın Kedileri</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054820573</t>
+          <t>9786054820597</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İçimde Büyüyen Dünya</t>
+          <t>Başka Dünyanın Kuşları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054820030</t>
+          <t>9786054820023</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ruh Seçen</t>
+          <t>Yaban Çocuklar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257994200</t>
+          <t>9786054820573</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Duygularını Pişiren Kadın: Man</t>
+          <t>İçimde Büyüyen Dünya</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257994248</t>
+          <t>9786054820030</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Polisi</t>
+          <t>Ruh Seçen</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>395</v>
+        <v>650</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257994019</t>
+          <t>9786257994200</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Çekildiğinde</t>
+          <t>Duygularını Pişiren Kadın: Man</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256256125</t>
+          <t>9786257994248</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gülün Adı ve Ortaçağ</t>
+          <t>Hafıza Polisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254147210</t>
+          <t>9786257994019</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Devrim Mutfağı</t>
+          <t>Gölgeler Çekildiğinde</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256256118</t>
+          <t>9786256256125</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğun Sonu</t>
+          <t>Gülün Adı ve Ortaçağ</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>178.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256256101</t>
+          <t>9786254147210</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Felsefe Sohbetleri</t>
+          <t>Devrim Mutfağı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257994415</t>
+          <t>9786256256118</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Noel Günleri</t>
+          <t>Yolculuğun Sonu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>275</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256256088</t>
+          <t>9786256256101</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hayatı ve Eserleriyle Raffaello</t>
+          <t>Gençlerle Felsefe Sohbetleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>495</v>
+        <v>325</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254146879</t>
+          <t>9786257994415</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Odanın Canavarları</t>
+          <t>Noel Günleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256256064</t>
+          <t>9786256256088</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hindi’nin Ruhu</t>
+          <t>Hayatı ve Eserleriyle Raffaello</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256256071</t>
+          <t>9786254146879</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüyoruz</t>
+          <t>Kuzey Odanın Canavarları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257994767</t>
+          <t>9786256256064</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gemi Arslanı</t>
+          <t>Hindi’nin Ruhu</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257994514</t>
+          <t>9786256256071</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Asrîler</t>
+          <t>Geri Dönüyoruz</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256256057</t>
+          <t>9786257994767</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Güven Egzersizi</t>
+          <t>Gemi Arslanı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257994095</t>
+          <t>9786257994514</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kısalığı Üzerine</t>
+          <t>Asrîler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>138.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054820245</t>
+          <t>9786256256057</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Büyük Engizisyoncu</t>
+          <t>Güven Egzersizi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>148.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257994163</t>
+          <t>9786257994095</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aylaklar İçin Bir Savunu</t>
+          <t>Yaşamın Kısalığı Üzerine</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>128.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054820344</t>
+          <t>9786054820245</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Büyük Engizisyoncu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>395</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789990220025</t>
+          <t>9786257994163</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler (5 Cilt Takım)</t>
+          <t>Aylaklar İçin Bir Savunu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>3130</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257994132</t>
+          <t>9786054820344</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Görünmez Yaşamı</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256256019</t>
+          <t>9789990220025</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çifte Portre</t>
+          <t>Dünyayı Değiştiren Düşünürler (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>275</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256256040</t>
+          <t>9786257994132</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yerli Film</t>
+          <t>Bir Kadının Görünmez Yaşamı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>198.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256256033</t>
+          <t>9786256256019</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Zafiyet Kuramı</t>
+          <t>Çifte Portre</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256256026</t>
+          <t>9786256256040</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Anlamın İnşası</t>
+          <t>Yerli Film</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>295</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257994101</t>
+          <t>9786256256033</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sparta İlkçağ Ütopyaları</t>
+          <t>Zafiyet Kuramı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256256002</t>
+          <t>9786256256026</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ufak Tefek Sıkıntılarım</t>
+          <t>Sanat ve Anlamın İnşası</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257994361</t>
+          <t>9786257994101</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Normal Olmak Varken Neden Mutlu Olasın?</t>
+          <t>Sparta İlkçağ Ütopyaları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257994859</t>
+          <t>9786256256002</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Treni</t>
+          <t>Bütün Ufak Tefek Sıkıntılarım</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054820580</t>
+          <t>9786257994361</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Oğullar</t>
+          <t>Normal Olmak Varken Neden Mutlu Olasın?</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257994996</t>
+          <t>9786257994859</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yankesiciler Kraliçesi</t>
+          <t>Çocuklar Treni</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257994989</t>
+          <t>9786054820580</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Köşk’ün Esrarı</t>
+          <t>Oğullar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259456584</t>
+          <t>9786257994996</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Acı Portakal</t>
+          <t>Yankesiciler Kraliçesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257994972</t>
+          <t>9786257994989</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Yol</t>
+          <t>Kırmızı Köşk’ün Esrarı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257994965</t>
+          <t>9786259456584</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Emanet Ettiklerimiz</t>
+          <t>Acı Portakal</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257994958</t>
+          <t>9786257994972</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Arkeoloji</t>
+          <t>En Uzun Yol</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>550</v>
+        <v>225</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257994941</t>
+          <t>9786257994965</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Aptallık Üzerine</t>
+          <t>Rüzgara Emanet Ettiklerimiz</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257994927</t>
+          <t>9786257994958</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Babası</t>
+          <t>Atatürk ve Arkeoloji</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257994934</t>
+          <t>9786257994941</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Diğer Yerler</t>
+          <t>Aptallık Üzerine</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257994897</t>
+          <t>9786257994927</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Buradaydı</t>
+          <t>Hitler’in Babası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>345</v>
+        <v>450</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257994910</t>
+          <t>9786257994934</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gecede Bir Çığlık</t>
+          <t>Dünya ve Diğer Yerler</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257994903</t>
+          <t>9786257994897</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ofelya</t>
+          <t>İstanbul Buradaydı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257994873</t>
+          <t>9786257994910</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dildo</t>
+          <t>Gecede Bir Çığlık</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257994880</t>
+          <t>9786257994903</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Mutluluğu</t>
+          <t>Ofelya</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257994842</t>
+          <t>9786257994873</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Yalanlar</t>
+          <t>Dildo</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257994828</t>
+          <t>9786257994880</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Babil Kulesi Kitabı</t>
+          <t>Kurdun Mutluluğu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257994811</t>
+          <t>9786257994842</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kiracı</t>
+          <t>Sanat ve Yalanlar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257994804</t>
+          <t>9786257994828</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ayı Dağı</t>
+          <t>Babil Kulesi Kitabı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>128.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257994774</t>
+          <t>9786257994811</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tek Meyve Portakal Değildir</t>
+          <t>Kiracı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257994798</t>
+          <t>9786257994804</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Uygarlıklar ve Diller</t>
+          <t>Ayı Dağı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>550</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257994750</t>
+          <t>9786257994774</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağacın Günlüğü</t>
+          <t>Tek Meyve Portakal Değildir</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257994743</t>
+          <t>9786257994798</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gece Bekçisi</t>
+          <t>Kayıp Uygarlıklar ve Diller</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>395</v>
+        <v>550</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257994736</t>
+          <t>9786257994750</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Adam</t>
+          <t>Bir Ağacın Günlüğü</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257994729</t>
+          <t>9786257994743</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzler</t>
+          <t>Gece Bekçisi</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257994682</t>
+          <t>9786257994736</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yıldız Taşı</t>
+          <t>Ahtapot Adam</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257994705</t>
+          <t>9786257994729</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Muamma</t>
+          <t>Ölümsüzler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257994699</t>
+          <t>9786257994682</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Nefesinde Bir Tüy</t>
+          <t>Yedi Yıldız Taşı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257994675</t>
+          <t>9786257994705</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Türk Ütopyaları</t>
+          <t>Kanlı Muamma</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>795</v>
+        <v>345</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257994651</t>
+          <t>9786257994699</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Mucize</t>
+          <t>Tanrı'nın Nefesinde Bir Tüy</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257994644</t>
+          <t>9786257994675</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat'ın Son Sözleri</t>
+          <t>Türk Ütopyaları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>178.5</v>
+        <v>795</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257994583</t>
+          <t>9786257994651</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar</t>
+          <t>Ebedi Mucize</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>450</v>
+        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257994590</t>
+          <t>9786257994644</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gece Denizi</t>
+          <t>Şehrazat'ın Son Sözleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>325</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257994460</t>
+          <t>9786257994583</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Bir Kuş’un Görüldüğü Gece</t>
+          <t>İlkbahar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257994620</t>
+          <t>9786257994590</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Eflatun Koza</t>
+          <t>Gece Denizi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257994613</t>
+          <t>9786257994460</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Bir Nezaket</t>
+          <t>Tuhaf Bir Kuş’un Görüldüğü Gece</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257994606</t>
+          <t>9786257994620</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ütopya ve Masalbilim - Binbir Gece Masalları</t>
+          <t>Eflatun Koza</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257994576</t>
+          <t>9786257994613</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gayrimeşru Anlamlar Sözlüğü</t>
+          <t>Karmaşık Bir Nezaket</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>148.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257994569</t>
+          <t>9786257994606</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Taş Tanrılar</t>
+          <t>Ütopya ve Masalbilim - Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257994552</t>
+          <t>9786257994576</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Okumanın Riski</t>
+          <t>Gayrimeşru Anlamlar Sözlüğü</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>225</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257994545</t>
+          <t>9786257994569</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Annem Gibi Olmadım</t>
+          <t>Taş Tanrılar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>198.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257994538</t>
+          <t>9786257994552</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dingin Liman</t>
+          <t>Okumanın Riski</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257994408</t>
+          <t>9786257994545</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Şüphenin Tarihi - Felsefeye Giriş</t>
+          <t>Annem Gibi Olmadım</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>695</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257994378</t>
+          <t>9786257994538</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Aşık Dante</t>
+          <t>Dingin Liman</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>178.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257994187</t>
+          <t>9786257994408</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Vişnenin Cinsiyeti</t>
+          <t>Şüphenin Tarihi - Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>375</v>
+        <v>695</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257994170</t>
+          <t>9786257994378</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Modern Meram</t>
+          <t>Aşık Dante</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>178.5</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257994156</t>
+          <t>9786257994187</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Daima Susan</t>
+          <t>Vişnenin Cinsiyeti</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>148.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051738239</t>
+          <t>9786257994170</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ah Tutku Beni Öldürür Müsün</t>
+          <t>Modern Meram</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>375</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257994149</t>
+          <t>9786257994156</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kış</t>
+          <t>Daima Susan</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>450</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257994071</t>
+          <t>9786051738239</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Geceye Uyananlar</t>
+          <t>Ah Tutku Beni Öldürür Müsün</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257994057</t>
+          <t>9786257994149</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bir İngiliz Afyonkeşin İtirafları</t>
+          <t>Kış</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>178.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257994064</t>
+          <t>9786257994071</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Geceye Uyananlar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257994026</t>
+          <t>9786257994057</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 5</t>
+          <t>Bir İngiliz Afyonkeşin İtirafları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>750</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054820962</t>
+          <t>9786257994064</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Amerika (Ciltli)</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257994002</t>
+          <t>9786257994026</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Dünyayı Değiştiren Düşünürler 5</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>198.5</v>
+        <v>750</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054820955</t>
+          <t>9786054820962</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Cömert Şarap</t>
+          <t>Amerika (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054820948</t>
+          <t>9786257994002</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Dünyada</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054820924</t>
+          <t>9786054820955</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Arasından</t>
+          <t>Cömert Şarap</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054820917</t>
+          <t>9786054820948</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ulysses</t>
+          <t>Bir Başka Dünyada</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>550</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054820894</t>
+          <t>9786054820924</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kadın Haklarının Gerekçelendirilmesi</t>
+          <t>Gölgelerin Arasından</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054820870</t>
+          <t>9786054820917</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Seferberliği</t>
+          <t>Ulysses</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>245</v>
+        <v>550</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054820887</t>
+          <t>9786054820894</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Kadın Haklarının Gerekçelendirilmesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>128.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054820856</t>
+          <t>9786054820870</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yurttaş Gazetecilik</t>
+          <t>Demokrasi Seferberliği</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054820849</t>
+          <t>9786054820887</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ülke</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>325</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054820825</t>
+          <t>9786054820856</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cennetteki Yeryüzü</t>
+          <t>Yurttaş Gazetecilik</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>138.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054820818</t>
+          <t>9786054820849</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Son Tanıklar</t>
+          <t>Küçük Ülke</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054820771</t>
+          <t>9786054820825</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching</t>
+          <t>Cennetteki Yeryüzü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>128.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054820801</t>
+          <t>9786054820818</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Senin Hiç Ailen Oldu Mu?</t>
+          <t>Son Tanıklar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054820788</t>
+          <t>9786054820771</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Mülteciler</t>
+          <t>Tao Te Ching</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>275</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054820757</t>
+          <t>9786054820801</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sophia Veya Tüm Hikayelerin Başlangıcı</t>
+          <t>Senin Hiç Ailen Oldu Mu?</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054820740</t>
+          <t>9786054820788</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Dağ</t>
+          <t>Mülteciler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054820733</t>
+          <t>9786054820757</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 4</t>
+          <t>Sophia Veya Tüm Hikayelerin Başlangıcı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>595</v>
+        <v>325</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054820726</t>
+          <t>9786054820740</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 3</t>
+          <t>Sekiz Dağ</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>595</v>
+        <v>450</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054820719</t>
+          <t>9786054820733</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>Dünyayı Değiştiren Düşünürler 4</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>178.5</v>
+        <v>595</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054820696</t>
+          <t>9786054820726</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Samarra’da Randevu</t>
+          <t>Dünyayı Değiştiren Düşünürler 3</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054820689</t>
+          <t>9786054820719</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 1</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>595</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054820702</t>
+          <t>9786054820696</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Düşünürler 2</t>
+          <t>Samarra’da Randevu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054820665</t>
+          <t>9786054820689</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Maske ve Bayrak: Popülizm, Yurttaşçılık ve Küresel Protesto</t>
+          <t>Dünyayı Değiştiren Düşünürler 1</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>450</v>
+        <v>595</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054820641</t>
+          <t>9786054820702</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Çinko Çocuklar</t>
+          <t>Dünyayı Değiştiren Düşünürler 2</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054820627</t>
+          <t>9786054820665</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Panoptikon 2.0</t>
+          <t>Maske ve Bayrak: Popülizm, Yurttaşçılık ve Küresel Protesto</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054820634</t>
+          <t>9786054820641</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Istırabı Üzerine</t>
+          <t>Çinko Çocuklar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>118.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054820610</t>
+          <t>9786054820627</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sular Çekilirken</t>
+          <t>Panoptikon 2.0</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054820603</t>
+          <t>9786054820634</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup (Ciltli)</t>
+          <t>Dünyanın Istırabı Üzerine</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>168.5</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054820351</t>
+          <t>9786054820610</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sempatizan</t>
+          <t>Sular Çekilirken</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054820566</t>
+          <t>9786054820603</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Gettysburg Konuşması</t>
+          <t>Babaya Mektup (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>178.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054820559</t>
+          <t>9786054820351</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşüşün Güncesi</t>
+          <t>Sempatizan</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>44.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054820535</t>
+          <t>9786054820566</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bombalar Cemiyeti</t>
+          <t>Gettysburg Konuşması</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>74.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054820528</t>
+          <t>9786054820559</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çernobil Duası</t>
+          <t>Bir Düşüşün Güncesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>550</v>
+        <v>44.5</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054820481</t>
+          <t>9786054820535</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Paris Komününün Sesleri</t>
+          <t>Küçük Bombalar Cemiyeti</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>225</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054820450</t>
+          <t>9786054820528</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dava (Ciltli)</t>
+          <t>Çernobil Duası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>198.5</v>
+        <v>550</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054820399</t>
+          <t>9786054820481</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kadın Yok Savaşın Yüzünde</t>
+          <t>Paris Komününün Sesleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054820436</t>
+          <t>9786054820450</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kendiyle Bir Başına İnsan</t>
+          <t>Dava (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054820405</t>
+          <t>9786054820399</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Alternatif ve Aktivist Yeni Medya</t>
+          <t>Kadın Yok Savaşın Yüzünde</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054820382</t>
+          <t>9786054820436</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İkinci El Zaman</t>
+          <t>Kendiyle Bir Başına İnsan</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054820368</t>
+          <t>9786054820405</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kent Bizim</t>
+          <t>Alternatif ve Aktivist Yeni Medya</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054820306</t>
+          <t>9786054820382</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Cennet ve Cehennem</t>
+          <t>İkinci El Zaman</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>325</v>
+        <v>750</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054820337</t>
+          <t>9786054820368</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Kent Bizim</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054820283</t>
+          <t>9786054820306</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Medya ve Direniş Siyaseti</t>
+          <t>Cennet ve Cehennem</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054820290</t>
+          <t>9786054820337</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Otonom Medya</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054820252</t>
+          <t>9786054820283</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Medyayı Anlamak</t>
+          <t>Alternatif Medya ve Direniş Siyaseti</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054820184</t>
+          <t>9786054820290</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Direniş Çağında Türkiye'de Alternatif Medya</t>
+          <t>Otonom Medya</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>118.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054820061</t>
+          <t>9786054820252</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İnananlar</t>
+          <t>Alternatif Medyayı Anlamak</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054820054</t>
+          <t>9786054820184</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İlk Kafkam</t>
+          <t>Direniş Çağında Türkiye'de Alternatif Medya</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>19.5</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054820092</t>
+          <t>9786054820061</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Walter Benjamin ve Medya</t>
+          <t>İnananlar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054820122</t>
+          <t>9786054820054</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Hava Taarruzu Sırasında Barış Üzerine Düşünceler</t>
+          <t>İlk Kafkam</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>225</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054820115</t>
+          <t>9786054820092</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Zen Ustaları</t>
+          <t>Walter Benjamin ve Medya</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>198.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
+          <t>9786054820122</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hava Taarruzu Sırasında Barış Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786054820115</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Zen Ustaları</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
           <t>9786054820139</t>
         </is>
       </c>
-      <c r="B197" s="1" t="inlineStr">
+      <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Uygarlığa Dair Hoşnutsuzluğumuz</t>
         </is>
       </c>
-      <c r="C197" s="1">
+      <c r="C199" s="1">
         <v>225</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>