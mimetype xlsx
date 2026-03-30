--- v0 (2025-10-30)
+++ v1 (2026-03-30)
@@ -85,310 +85,490 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4440000001094</t>
+          <t>3990000040070</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Resimli Dini Hikayeler Seti (5 Kitap, Kutulu)</t>
+          <t>İlk Müslümanlar - Çocuklar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>550</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>3000905101929</t>
+          <t>3990000040069</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Örnek Halifelerin Hayatı (20'li Kitap Takım, 2. Hamur, Kuşe)</t>
+          <t>Yaşayan Peygamber - Çocuklar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3990000016750</t>
+          <t>3990000040071</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İslam Tarihi - Peygamberlerin Hayatı (20 Kitap)</t>
+          <t>Habeşistan'a Hicret - Çocuklar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789757624226</t>
+          <t>3995521441203</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinden Çocuklar İçin Resimli Seçkin Sahabilerin Hayatı</t>
+          <t>Hudeybiye Antlaşması - Çocuklar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757624103</t>
+          <t>3995521441202</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerimden Çocuklar İçin Resimli Dini Hikayeler</t>
+          <t>Uhud Savaşı - Çocuklar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>110</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757624165</t>
+          <t>3990000040068</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinden Çocuklar İçin Resimli Dört Halife'nin Hayatı</t>
+          <t>Tebuk Savaşı - Çocuklar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>110</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757624233</t>
+          <t>3990000040067</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinden Çocuklar İçin Resimli Hanım Sahabilerin Hayatı</t>
+          <t>Mekke'nin Fethi - Çocuklar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>110</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055284831</t>
+          <t>3990000040066</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İslam Tarihi - 100 Kitap (2. Hamur)</t>
+          <t>Medine'ye Hicret - Çocuklar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1600</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050650273</t>
+          <t>3990000040062</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İslam Tarihi Kısasul Enbiya (Arapça Çevirmeli 20 Kitap Takım)</t>
+          <t>Abdulmenafoğlu Haşim - Çocuklar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059589789</t>
+          <t>3990000040064</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İslam Tarihi Seti (100 Kitap Takım)</t>
+          <t>Sütannenin Yanında - Çocuklar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>2250</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059589420</t>
+          <t>3990000040063</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Sahabilerin Hayatı Seti (10 Kitap Takım)</t>
+          <t>Abdullah Amine - Çocuklar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059589529</t>
+          <t>3990000040065</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabilerin Hayatı (8 Kitap Set, 1. Hamur)</t>
+          <t>Hz. Hatice - Çocuklar İçin İslam Tarihi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>360</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757624158</t>
+          <t>4440000001094</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Resimli Peygamberimizin Hayatı</t>
+          <t>Çocuklar İçin Resimli Dini Hikayeler Seti (5 Kitap, Kutulu)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>110</v>
+        <v>550</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059589055</t>
+          <t>3000905101929</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Örnek Halifelerin Hayatı (20 Kitap Takım)</t>
+          <t>Örnek Halifelerin Hayatı (20'li Kitap Takım, 2. Hamur, Kuşe)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055284275</t>
+          <t>3990000016750</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Hayatı (20 Kitap Kutulu Yeni Set, Kuşe)</t>
+          <t>Çocuklar İçin İslam Tarihi - Peygamberlerin Hayatı (20 Kitap)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059589642</t>
+          <t>9789757624226</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı (Çevirmeli 24 Kitap Takım, 2. Hamur)</t>
+          <t>İslam Tarihinden Çocuklar İçin Resimli Seçkin Sahabilerin Hayatı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>384</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3000905100259</t>
+          <t>9789757624103</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabilerin Hayatı (16 Kitap Takım)</t>
+          <t>Kur’an-ı Kerimden Çocuklar İçin Resimli Dini Hikayeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>208</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
+          <t>9789757624165</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihinden Çocuklar İçin Resimli Dört Halife'nin Hayatı</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9789757624233</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihinden Çocuklar İçin Resimli Hanım Sahabilerin Hayatı</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786055284831</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin İslam Tarihi - 100 Kitap (2. Hamur)</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786050650273</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin İslam Tarihi Kısasul Enbiya (Arapça Çevirmeli 20 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786059589789</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin İslam Tarihi Seti (100 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786059589420</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Seçkin Sahabilerin Hayatı Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786059589529</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Hanım Sahabilerin Hayatı (8 Kitap Set, 1. Hamur)</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9789757624158</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Resimli Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786059589055</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Örnek Halifelerin Hayatı (20 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786055284275</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberlerin Hayatı (20 Kitap Kutulu Yeni Set, Kuşe)</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786059589642</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hayatı (Çevirmeli 24 Kitap Takım, 2. Hamur)</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>3000905100259</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Hanım Sahabilerin Hayatı (16 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
           <t>9786059589772</t>
         </is>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Seçkin Sahabilerin Hayatı (Çevirmeli 20 Kitap Takım, 2. Hamur)</t>
         </is>
       </c>
-      <c r="C19" s="1">
+      <c r="C31" s="1">
         <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>