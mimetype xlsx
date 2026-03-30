--- v0 (2025-10-30)
+++ v1 (2026-03-30)
@@ -85,1285 +85,1960 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4440000001057</t>
+          <t>3990000051762</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kitaplar (Cep Set Standlı)</t>
+          <t>İbn Kesir Büyük Kur'an Tefsiri Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>3600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4440000001060</t>
+          <t>3990000051761</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabilerin Hayatı</t>
+          <t>İbn Kesir Büyük Kur'an Tefsiri Cilt: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9280000011676</t>
+          <t>3990000051760</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İsimleri Ansiklopedisi (2. Hamur, Büyük Boy) (Ciltli)</t>
+          <t>İbn Kesir Büyük Kur'an Tefsiri Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4440000001055</t>
+          <t>3990000051759</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin Terüme ve Şerhi 6 Cilt (Ciltli)</t>
+          <t>İbn Kesir Büyük Kur'an Tefsiri Cilt: 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1800</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757624530</t>
+          <t>3990000051758</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Alfabetik Seçme İlahiler</t>
+          <t>İbn Kesir Büyük Kur'an Tefsiri Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055284039</t>
+          <t>3990000051757</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Şafii İlmihali - Minhac (Şamua) (Ciltli)</t>
+          <t>İbn Kesir Büyük Kur'an Tefsiri Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>700</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055284022</t>
+          <t>3990000051756</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Şafii İlmihali - Minhac (Ciltli, 2. Hamur)</t>
+          <t>İbn Kesir Büyük Kur'an Tefsiri Cilt: 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>550</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055284084</t>
+          <t>3990000051755</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tac Tercemesi ve Şerhi (5 Cilt Takım, Şamua) (Ciltli)</t>
+          <t>İbn Kesir Büyük Kur'an Tefsiri Cilt: 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>3750</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757954460</t>
+          <t>3990000051754</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslamda İnanç Sistemi</t>
+          <t>İbn Kesir Büyük Kur'an Tefsiri Cilt: 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757954583</t>
+          <t>3990000051959</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İbn Kesir Büyük Kur’an Tefsiri (Şamua - 10 Cilt Takım) (Ciltli)</t>
+          <t>Zadü'l-Mesir Fi ilmi't-Tefsir Cilt: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>7500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757954477</t>
+          <t>3990000051958</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İbn Kesir Büyük Kur’an Tefsiri (10 Cilt Takım) (Ciltli)</t>
+          <t>Zadü'l-Mesir Fi İlmi't-Tefsir Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>6500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757954590</t>
+          <t>3990000051944</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem'den Bugüne İslam Tarihi 8 Cilt Takım (Ciltli)</t>
+          <t>Riyazü's Salihin Cilt: 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>4500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757624141</t>
+          <t>3990000051656</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Tercüme ve Şerhi (Yeşil Kapak)</t>
+          <t>Beydavi Tefsiri Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789757624646</t>
+          <t>3990000051655</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis (Sarı Kapak)</t>
+          <t>Beydavi Tefsiri Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757954378</t>
+          <t>8690100627881</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kasasu’l-Kur’an Peygamberler Tarihi</t>
+          <t>Büyük İslam İlmihali (Küçük Boy - Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055284053</t>
+          <t>9786059589659</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Muhtaru’l Ehadisi’n Nebeviyye Ve’l Hikemil Muhammediyye (Şamua) (Ciltli)</t>
+          <t>Çilenin Hikmeti</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>550</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055284060</t>
+          <t>9786055284800</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Muhtaru’l Ehadisi’n Nebeviyye Ve’l Hikemil Muhammediyye (2. Hamur) (Ciltli)</t>
+          <t>Zer</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>480</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055284206</t>
+          <t>3990000039938</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Kelime Kelime Kur’an-ı Kerim Meali (2 Cilt Bir Arada - Orta Boy) (Ciltli)</t>
+          <t>Büyük İslam İlmihali (Orta Boy - Kırmızı Kapak)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1450</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055284190</t>
+          <t>2880000014331</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tıbbu’n Nebevi (Şamua) (Ciltli)</t>
+          <t>İslam Nizamı (Küçük Boy, 1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>550</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055284121</t>
+          <t>3990000016746</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tıbbu’n Nebevi (2. Hamur) (Ciltli)</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>450</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757954408</t>
+          <t>3990000011913</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zadü’l-Mesir Fi İlmi’t-Tefsir (6 Cilt Takım) Şamua (Ciltli)</t>
+          <t>Büyük İslam İlmihali (Küçük Boy - 2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>4500</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757624523</t>
+          <t>9789757624837</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Satır Arası Kelime Kelime Kur’an-ı Kerim Meali (2 Cilt Takım - Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757624516</t>
+          <t>3990000011914</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Vesiletü’n-Necat Mevlid-i Şerif</t>
+          <t>Büyük İslam İlmihali (Küçük Boy - 1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050650266</t>
+          <t>3990000052762</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Bebek Beslenmesi</t>
+          <t>İbn Kesir Büyük Kur'an Tefsiri Cilt: 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055284091</t>
+          <t>3990000052761</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tac Tercemesi ve Şerhi (5 Cilt) Tam Metin (Kitap Kağıdı) (Ciltli)</t>
+          <t>İbn Kesir Büyük Kur'an Tefsiri Cilt: 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>3000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754730869</t>
+          <t>9786050650242</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadette İslam (Küçük Boy, 5 Cilt) (Ciltli)</t>
+          <t>Resaili İbni Abidin Mecmuası 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757954316</t>
+          <t>3990000093313</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Kelime Kelime Kur’an-ı Kerim Meali (2 Cilt Takım) (Ciltli)</t>
+          <t>Muvatta Tercümesi 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1400</v>
+        <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050650235</t>
+          <t>3990000099946</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Resaili İbni Abidin Mecmuası ( 2 Kitap Takım ) (Ciltli)</t>
+          <t>Beydavi Tefsiri Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055284138</t>
+          <t>9789757954514</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kabir Alemi (Büyük Boy, Şamua) (Ciltli)</t>
+          <t>İbn Kesir Büyük Kur’an Tefsiri 4.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>700</v>
+        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055284008</t>
+          <t>3990000151900</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi (Cep Boy, Şamua)</t>
+          <t>Zadü'l-Mesir Fi İlmi't-Tefsir Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055284213</t>
+          <t>3990000051829</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Kelime Kelime Kur'an-ı Kerim Meali (İki Cilt Bir Arada Orta Boy) (Ciltli)</t>
+          <t>Sünen-i İbni Mace Tercemesi ve Şerhi Cilt: 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1600</v>
+        <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059589925</t>
+          <t>3990000051828</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Tarihi (Ciltli)</t>
+          <t>Sünen-i İbni Mace Tercemesi ve Şerhi Cilt: 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>460</v>
+        <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059589901</t>
+          <t>3990000051827</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sünen-i İbni Mace Tercemesi ve Şerhi (10 Cilt Takım, 1. Hamur) (Ciltli)</t>
+          <t>Sünen-i İbni Mace Tercemesi ve Şerhi Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>6500</v>
+        <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059589895</t>
+          <t>3990000051826</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hanefiler İçin İslam Fıkhı / El-Hidaye Tercemesi (4 Cilt Takım, 2. Hamur) (Ciltli)</t>
+          <t>Sünen-i İbni Mace Tercemesi ve Şerhi Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1800</v>
+        <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055284244</t>
+          <t>3990000051825</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Evlilik ve Aile Hayatı</t>
+          <t>Sünen-i İbni Mace Tercemesi ve Şerhi Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055284145</t>
+          <t>3990000051824</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Sireti İbn Hişam (4 Cilt, Şamua) (Ciltli)</t>
+          <t>Sünen-i İbni Mace Tercümesi ve Şerhi Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>2400</v>
+        <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055284152</t>
+          <t>3990000051831</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Sireti İbn Hişam (2 Cilt) (Ciltli)</t>
+          <t>Sünen-i İbni Mace Tercemesi ve Şerhi Cilt: 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>2000</v>
+        <v>65</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059589666</t>
+          <t>3990000051830</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İbn Kesir Büyük Kur’an Tefsiri (Küçük Boy - Şamua - 10 Cilt Takım) (Ciltli)</t>
+          <t>Sünen-i İbni Mace Tercemesi ve Şerhi Cilt: 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>7500</v>
+        <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059589314</t>
+          <t>3990000006530</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostları (Ciltli)</t>
+          <t>Siret-i İbn-i Hişam İslam Tarihi (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1100</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059589307</t>
+          <t>3990000013644</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostları (Şamua) (Ciltli)</t>
+          <t>Sıfatü´s-Safve - Resulullah’ın Ashabının ve Belde Belde Allah Dostlarının Hayatı ve Faziletleri (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1400</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055284848</t>
+          <t>3990000013643</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Riyazu's Salihin Tercemesi ve Şerhi (Ciltli)</t>
+          <t>Sıfatü´s-Safve - Resulullah’ın Ashabının ve Belde Belde Allah Dostlarının Hayatı ve Faziletleri (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1300</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055284657</t>
+          <t>3990000006951</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı (24 Kitap Takım, Kuşe)</t>
+          <t>Riyaz’üs-Salihin Tercüme ve Şerhi (6 Cilt Takım Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>540</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757624912</t>
+          <t>3990000010687</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatlı Kur’an-ı Kerim ve Türkçe Meali</t>
+          <t>Kur’an-ı Kerim Meal ve Kelime Meali (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757624905</t>
+          <t>9789757624240</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatlı Kur’an-ı Kerim ve Türkçe Meali (Büyük Boy) (Ciltli)</t>
+          <t>Şeytan’ın Hileleri - Telbis’u İblis</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>600</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000014346</t>
+          <t>3990000022192</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Beydavi Tefsiri - Envaru’t-Tenzil ve Esraru’t-Tevil (5 Cilt Takım) (Ciltli)</t>
+          <t>Beydavi Tefsiri Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>3750</v>
+        <v>60</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055284732</t>
+          <t>4440000001057</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Berika - Terikat-ı Muhammediyye Şerhi (5 Cilt Takım) (Ciltli)</t>
+          <t>En Güzel Kitaplar (Cep Set Standlı)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>3000</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789757954255</t>
+          <t>4440000001060</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Berika - Tarikat-ı Muhammediyye Şerhi (5 Cilt Takım) (Ciltli)</t>
+          <t>Hanım Sahabilerin Hayatı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>3750</v>
+        <v>40</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757624721</t>
+          <t>9280000011676</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife'nin Hayatı</t>
+          <t>Çocuk İsimleri Ansiklopedisi (2. Hamur, Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055284268</t>
+          <t>4440000001055</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Asrında Hz. İsa'nın Duası Biyolojik Savaşçı Olarak Dabbetü'l Arz ve Negaf</t>
+          <t>Riyazü's Salihin Terüme ve Şerhi 6 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055284220</t>
+          <t>9789757624530</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Arifibillah'ın Gönlünü Hoş Eden Kalplerin Tesellisi (Şamua) (Ciltli)</t>
+          <t>Alfabetik Seçme İlahiler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055284251</t>
+          <t>9786055284039</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hatim Tai Divanı (Ciltli)</t>
+          <t>Açıklamalı Şafii İlmihali - Minhac (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055284237</t>
+          <t>9786055284022</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Arifibillah'ın Gönlünü Hoş Eden Kalplerin Tesellisi (Ciltli)</t>
+          <t>Açıklamalı Şafii İlmihali - Minhac (Ciltli, 2. Hamur)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789757624981</t>
+          <t>9786055284084</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Riyazu's Salihin Şerhi (2 Cilt Takım, 2. Hamur)</t>
+          <t>Tac Tercemesi ve Şerhi (5 Cilt Takım, Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>600</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789757624782</t>
+          <t>9789757954460</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabilerin Hayatı</t>
+          <t>İslamda İnanç Sistemi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789757624998</t>
+          <t>9789757954583</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hanefiler İçin Kaynak İslam İlmihali (Ciltli)</t>
+          <t>İbn Kesir Büyük Kur’an Tefsiri (Şamua - 10 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>700</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789757954323</t>
+          <t>9789757954477</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hanefiler İçin İslam Fıkhı (2 Kitap Takım) (Ciltli)</t>
+          <t>İbn Kesir Büyük Kur’an Tefsiri (10 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>2000</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789757624400</t>
+          <t>9789757954590</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hacc ve Umre</t>
+          <t>Hz. Adem'den Bugüne İslam Tarihi 8 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789757624752</t>
+          <t>9789757624141</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>El-Ezkar’dan Resulullah(sav)’ın Dilinden Günlük Hayatta Dualar ve Zikirler</t>
+          <t>Kırk Hadis Tercüme ve Şerhi (Yeşil Kapak)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789757624769</t>
+          <t>9789757624646</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>El-Ezkar’dan Resulullah (sav)’ın Dilinden Günlük Hayatta Dualar</t>
+          <t>Kırk Hadis (Sarı Kapak)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789757624738</t>
+          <t>9789757954378</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>El-Ezkar Rasulullah(sav)’ın Dilinden Dualar ve Zikirler (Ciltli)</t>
+          <t>Kasasu’l-Kur’an Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055284046</t>
+          <t>9786055284053</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>El-Ezkar Rasulullah(sav)’ın Dilinden Dualar ve Zikirler (Ciltli)</t>
+          <t>Muhtaru’l Ehadisi’n Nebeviyye Ve’l Hikemil Muhammediyye (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789757954231</t>
+          <t>9786055284060</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hanefiler İçin İslam Fıkhı - El Hidaye Tercemesi (4 Cilt Takım) (Ciltli)</t>
+          <t>Muhtaru’l Ehadisi’n Nebeviyye Ve’l Hikemil Muhammediyye (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>2400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055284114</t>
+          <t>9786055284206</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Muvatta Tercümesi ( 2 Cilt Takım) (Ciltli)</t>
+          <t>Satır Arası Kelime Kelime Kur’an-ı Kerim Meali (2 Cilt Bir Arada - Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1400</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055284107</t>
+          <t>9786055284190</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sünen-i İbni Mace Tercemesi ve Şerhi (10 Cilt Takım) (Ciltli)</t>
+          <t>Tıbbu’n Nebevi (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>7500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059589291</t>
+          <t>9786055284121</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şafiiler İçin Sorulu Cevaplı İmam Nevevi'nin Fetvaları (Ciltli)</t>
+          <t>Tıbbu’n Nebevi (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789757954217</t>
+          <t>9789757954408</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sıfatü’s-Safve’den Resulullah (SAV) ve Aşere-i Mübeşşere</t>
+          <t>Zadü’l-Mesir Fi İlmi’t-Tefsir (6 Cilt Takım) Şamua (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789757624967</t>
+          <t>9789757624523</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Sahabilerin Hayatı</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789757624776</t>
+          <t>9789757624516</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Seçkin Sahabilerin Hayatı</t>
+          <t>Vesiletü’n-Necat Mevlid-i Şerif</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059589277</t>
+          <t>9786050650266</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Riyazu’s Salihin Tercemesi ve Şerhi Orta Boy (2 Cilt Bir Arada) (Ciltli)</t>
+          <t>Anne ve Bebek Beslenmesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757954262</t>
+          <t>9786055284091</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Riyazu’s Salihin Şerhi Nüzhetül-Muttakin (2 Cilt Takım, Büyük Boy, Şamua) (Ciltli)</t>
+          <t>Tac Tercemesi ve Şerhi (5 Cilt) Tam Metin (Kitap Kağıdı) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>1500</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059589253</t>
+          <t>9789754730869</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Riyazu’s Salihin Tercemesi ve Şerhi Orta Boy Şamua (2 Cilt Bir Arada) (Ciltli)</t>
+          <t>Asr-ı Saadette İslam (Küçük Boy, 5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>850</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789757624745</t>
+          <t>9789757954316</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Resullullah(sav)’ın Dilinden Dualar ve Zikirler</t>
+          <t>Satır Arası Kelime Kelime Kur’an-ı Kerim Meali (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789757624936</t>
+          <t>9786050650235</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Resaili İbni Abidin Mecmuası ( 2 Kitap Takım ) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>40</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789757624653</t>
+          <t>9786055284138</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Kabir Alemi (Büyük Boy, Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789757624295</t>
+          <t>9786055284008</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Kırk Hadis Şerhi (Cep Boy, Şamua)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789757954361</t>
+          <t>9786055284213</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Nuru'l-İzah ve Tercümesi (Ciltli)</t>
+          <t>Satır Arası Kelime Kelime Kur'an-ı Kerim Meali (İki Cilt Bir Arada Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>500</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789757624943</t>
+          <t>9786059589925</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Hayatı</t>
+          <t>İslam Hukuku Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>40</v>
+        <v>460</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789757624660</t>
+          <t>9786059589901</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve İslam Tarihinden Peygamberlerin Hayatı</t>
+          <t>Sünen-i İbni Mace Tercemesi ve Şerhi (10 Cilt Takım, 1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789757624813</t>
+          <t>9786059589895</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Türkçe Meali (2. Hamur)</t>
+          <t>Hanefiler İçin İslam Fıkhı / El-Hidaye Tercemesi (4 Cilt Takım, 2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789757624110</t>
+          <t>9786055284244</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kabir Alemi (Büyük Boy, İthal Kağıt) (Ciltli)</t>
+          <t>İslam'da Evlilik ve Aile Hayatı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789757624080</t>
+          <t>9786055284145</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kabir Alemi 2. Hamur (İthal Kağıt)</t>
+          <t>İslam Tarihi Sireti İbn Hişam (4 Cilt, Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789757624950</t>
+          <t>9786055284152</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife’nin Hayatı</t>
+          <t>İslam Tarihi Sireti İbn Hişam (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>40</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
+          <t>9786059589666</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>İbn Kesir Büyük Kur’an Tefsiri (Küçük Boy - Şamua - 10 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>7500</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786059589314</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Allah Dostları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786059589307</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Allah Dostları (Şamua) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786055284848</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Riyazu's Salihin Tercemesi ve Şerhi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786055284657</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hayatı (24 Kitap Takım, Kuşe)</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789757624912</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Hatlı Kur’an-ı Kerim ve Türkçe Meali</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789757624905</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Hatlı Kur’an-ı Kerim ve Türkçe Meali (Büyük Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>3990000014346</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Beydavi Tefsiri - Envaru’t-Tenzil ve Esraru’t-Tevil (5 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>3750</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786055284732</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Berika - Terikat-ı Muhammediyye Şerhi (5 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789757954255</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Berika - Tarikat-ı Muhammediyye Şerhi (5 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>3750</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789757624721</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Dört Halife'nin Hayatı</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786055284268</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamet Asrında Hz. İsa'nın Duası Biyolojik Savaşçı Olarak Dabbetü'l Arz ve Negaf</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786055284220</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Arifibillah'ın Gönlünü Hoş Eden Kalplerin Tesellisi (Şamua) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786055284251</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Hatim Tai Divanı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786055284237</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Arifibillah'ın Gönlünü Hoş Eden Kalplerin Tesellisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789757624981</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Riyazu's Salihin Şerhi (2 Cilt Takım, 2. Hamur)</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789757624782</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Hanım Sahabilerin Hayatı</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789757624998</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Hanefiler İçin Kaynak İslam İlmihali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789757954323</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Hanefiler İçin İslam Fıkhı (2 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789757624400</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Hacc ve Umre</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789757624752</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>El-Ezkar’dan Resulullah(sav)’ın Dilinden Günlük Hayatta Dualar ve Zikirler</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789757624769</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>El-Ezkar’dan Resulullah (sav)’ın Dilinden Günlük Hayatta Dualar</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789757624738</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>El-Ezkar Rasulullah(sav)’ın Dilinden Dualar ve Zikirler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786055284046</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>El-Ezkar Rasulullah(sav)’ın Dilinden Dualar ve Zikirler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789757954231</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Hanefiler İçin İslam Fıkhı - El Hidaye Tercemesi (4 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786055284114</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Muvatta Tercümesi ( 2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786055284107</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Sünen-i İbni Mace Tercemesi ve Şerhi (10 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>7500</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786059589291</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Şafiiler İçin Sorulu Cevaplı İmam Nevevi'nin Fetvaları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789757954217</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Sıfatü’s-Safve’den Resulullah (SAV) ve Aşere-i Mübeşşere</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789757624967</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Seçkin Sahabilerin Hayatı</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789757624776</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Seçkin Sahabilerin Hayatı</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786059589277</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Riyazu’s Salihin Tercemesi ve Şerhi Orta Boy (2 Cilt Bir Arada) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789757954262</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Riyazu’s Salihin Şerhi Nüzhetül-Muttakin (2 Cilt Takım, Büyük Boy, Şamua) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786059589253</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Riyazu’s Salihin Tercemesi ve Şerhi Orta Boy Şamua (2 Cilt Bir Arada) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789757624745</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Resullullah(sav)’ın Dilinden Dualar ve Zikirler</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789757624936</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789757624653</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789757624295</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789757954361</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Nuru'l-İzah ve Tercümesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789757624943</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberlerin Hayatı</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789757624660</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim ve İslam Tarihinden Peygamberlerin Hayatı</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789757624813</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim Türkçe Meali (2. Hamur)</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789757624110</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kabir Alemi (Büyük Boy, İthal Kağıt) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789757624080</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Kabir Alemi 2. Hamur (İthal Kağıt)</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789757624950</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Dört Halife’nin Hayatı</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
           <t>9789757954286</t>
         </is>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Dört Halife  Hz. Ebubekir, Hz. Ömer, Hz. Osman, Hz. Ali (2. Hamur)</t>
         </is>
       </c>
-      <c r="C84" s="1">
+      <c r="C129" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>