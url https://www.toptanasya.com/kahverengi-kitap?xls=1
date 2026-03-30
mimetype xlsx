--- v0 (2025-10-30)
+++ v1 (2026-03-30)
@@ -85,520 +85,550 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786058429123</t>
+          <t>9786259326270</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Mim Yeter</t>
+          <t>Dikkat Çeken Suçlular Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257945110</t>
+          <t>9786059810296</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bizimki Şairlik Değil Yürek Sancısı (Ciltli)</t>
+          <t>Aynadaki Sen</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>45</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059810111</t>
+          <t>9786058429123</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek - Dünya Tarihi</t>
+          <t>Bir Mim Yeter</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059810104</t>
+          <t>9786257945110</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek - Batı Tarihi</t>
+          <t>Bizimki Şairlik Değil Yürek Sancısı (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059810074</t>
+          <t>9786059810111</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Anamı Ağlattı</t>
+          <t>Garip Ama Gerçek - Dünya Tarihi</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059810036</t>
+          <t>9786059810104</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yokluğundan Öperim</t>
+          <t>Garip Ama Gerçek - Batı Tarihi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059810005</t>
+          <t>9786059810074</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Böyle Sevilir</t>
+          <t>Bu Kitap Anamı Ağlattı</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059810029</t>
+          <t>9786059810036</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmış Resimler</t>
+          <t>Yokluğundan Öperim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058429116</t>
+          <t>9786059810005</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Dert Bulmalıyım Kendime</t>
+          <t>Peygamber Böyle Sevilir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059810326</t>
+          <t>9786059810029</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gereksiz Strese Son</t>
+          <t>Yaşlanmış Resimler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>17</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059810234</t>
+          <t>9786058429116</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sürgündeki Palto</t>
+          <t>Bir Dert Bulmalıyım Kendime</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>18</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059810272</t>
+          <t>9786059810326</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nar Çiçeği</t>
+          <t>Gereksiz Strese Son</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059810166</t>
+          <t>9786059810234</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Cennette Bir Gün</t>
+          <t>Sürgündeki Palto</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059810197</t>
+          <t>9786059810272</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>7 Haziran 1 Kasım - Kederden Zafere</t>
+          <t>Nar Çiçeği</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>18</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059810098</t>
+          <t>9786059810166</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kahve Kokusu</t>
+          <t>Cennette Bir Gün</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059810081</t>
+          <t>9786059810197</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Yar Olmak</t>
+          <t>7 Haziran 1 Kasım - Kederden Zafere</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059810012</t>
+          <t>9786059810098</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Taş Kağıt Guantanamo</t>
+          <t>Kahve Kokusu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059810210</t>
+          <t>9786059810081</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bi Hisset Çok Seveceksin</t>
+          <t>Elif Gibi Yar Olmak</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059810289</t>
+          <t>9786059810012</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Devrim Günlüğü</t>
+          <t>Taş Kağıt Guantanamo</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>11</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059810173</t>
+          <t>9786059810210</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İşte Geldik Gidiyoruz</t>
+          <t>Bi Hisset Çok Seveceksin</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>10</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058429161</t>
+          <t>9786059810289</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Türkler Arasında Türkiye'deki Misyonerlik Faaliyetleri ve Robert Kolej</t>
+          <t>Devrim Günlüğü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058429147</t>
+          <t>9786059810173</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Helvadan Putlar</t>
+          <t>İşte Geldik Gidiyoruz</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059810241</t>
+          <t>9786058429161</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Annem Kaşıkta Babam Beşikte</t>
+          <t>Türkler Arasında Türkiye'deki Misyonerlik Faaliyetleri ve Robert Kolej</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059810159</t>
+          <t>9786058429147</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Bir Gün</t>
+          <t>Helvadan Putlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059810067</t>
+          <t>9786059810241</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Medeniyetin Tarihi Otağ-1 / Büyük Doğuş</t>
+          <t>Annem Kaşıkta Babam Beşikte</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>17</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059810258</t>
+          <t>9786059810159</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>4 Cesetle 7 Gün</t>
+          <t>Cehennemde Bir Gün</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059810135</t>
+          <t>9786059810067</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek - Osmanlı Tarihi</t>
+          <t>Bir Medeniyetin Tarihi Otağ-1 / Büyük Doğuş</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059810128</t>
+          <t>9786059810258</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek - İslam Tarihi</t>
+          <t>4 Cesetle 7 Gün</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058429130</t>
+          <t>9786059810135</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Meselesinin Sorumlusu Abdulhamit mi?</t>
+          <t>Garip Ama Gerçek - Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058429192</t>
+          <t>9786059810128</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>O Böyle Dua Ederdi</t>
+          <t>Garip Ama Gerçek - İslam Tarihi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058429109</t>
+          <t>9786058429130</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Azap Kuşları</t>
+          <t>Ermeni Meselesinin Sorumlusu Abdulhamit mi?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
+          <t>9786058429192</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>O Böyle Dua Ederdi</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786058429109</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Azap Kuşları</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
           <t>9786059810227</t>
         </is>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Kirli Hesaplar Çarşısı</t>
         </is>
       </c>
-      <c r="C33" s="1">
+      <c r="C35" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>