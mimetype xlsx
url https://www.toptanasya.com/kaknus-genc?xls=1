--- v0 (2025-10-29)
+++ v1 (2026-02-07)
@@ -94,1921 +94,1921 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9789752567078</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Define Adası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9789752567108</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Twenty Thousand Leagues Under The Sea</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9789752567115</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Kaçırılan Çocuk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789752567092</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789752567122</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Kinnapped</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789752567009</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>25 Mangır</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9789752567061</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Journey To The Centre Of The Earth</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9789752567054</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Treasure Island</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789752567085</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Arzın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9789752566415</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Kayıp İnci Kozalak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789752566170</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Sosyal Sorumluluk Rehberi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789752566354</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens'in Peşinde</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789752566279</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789752566286</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Little Prince</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9789752566101</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Otuz Dokuz Basamak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789752566095</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Odysseia</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9789752566156</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>İlahi Komedya: Cehennem</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9789752566149</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Guliver'in Seyahatleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789752566064</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Hakikat Tecrübelerim</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9789752566071</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Denizci Sinbad</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789752566118</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Batı Cephesinde Yeni Bir Şey Yok</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789752566132</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Antarktika'yı Aşmak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9789752565487</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Zor Zamanlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9789752565562</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Kasvetli Ev</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9789752565951</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>The Odyssey</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789752565975</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>The İliad</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789752566040</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Alaaddin'in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9789752566125</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9789752566057</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Ali Baba ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9789752565432</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Sefiller</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9789752566163</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Karamazov Kardeşler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9789752565852</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Hz. Muhammed (s.a.s)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9789752566088</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>İlyada</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9789752565449</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Seksen Günde Devri Alem</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9789752565708</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Dünya Klasiklerini Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9789752565753</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9789752565760</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Frankenstein</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9789752565814</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9789752565616</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Silas Marner</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9789752566033</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>The Brothers Karamazov</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9789752566019</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>İnferno</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9789752564817</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Hard Times</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9789752566026</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>South</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9789752565944</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Sindbad The Sailor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9789752565968</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>The Thirty - Nine Steps</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9789752565982</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>All Quiet On Tha Western Front</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9789752566002</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Gulliver's Travels</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9789752565937</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>My Experiments With Truth</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9789752564749</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Bleak House</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9789752565999</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9789752565913</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Ali Baba And The Forty Thieves</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9789752565906</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Aladdin And His Magic Lamp</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9789752564886</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>The Prophet Muhammad</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9789752565784</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Kuyu ve Sarkaç</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9789752565579</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Küçük Dorrit</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9789752565791</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Kızıl Dosya</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9789752565500</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9789752565661</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9789752565777</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Kayıp Dünya</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9789752565692</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Emma</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9789752565678</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9789752565456</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Antikacı Dükkanı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9789752565685</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Akıl ve Tutku</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9789752565463</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9789752565722</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Baskerville'in Köpeği</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9789752565494</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9789752565715</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>İkna</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9789752565418</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Moby Dick</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9789752565807</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Morgue Sokağı Cinayetleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9789752565654</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Notre Dame’ın Kamburu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9789752565470</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9789752565531</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Fırtına</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9789752565623</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9789752565630</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9789752565593</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>On İkinci Gece</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9789752565555</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9789752565425</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Huckleberry Finn</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789752565548</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Hamlet</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9789752565739</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Dr. Jekyll ve Bay Hyde</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9789752565746</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9789752565524</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>David Copperfield</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9789752565517</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9789752565647</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Bir Yaz Gecesi Rüyası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9789752565401</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9789752565586</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Macbeth</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9789752565609</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9789752564978</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>The Call Of The Wild</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9789752564732</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Around The World In Eighty Days</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9789752564800</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Hamlet (İngilizce)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9789752564985</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>The Great Gatsby</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9789752564787</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Frankenstein (İngilizce)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9789752564794</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Great Expectations</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9789752564695</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>A Christmas Carol</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9789752564756</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>David Copperfield</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9789752564763</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Dr. Jekyll and Mr. Hyde</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9789752564770</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Emma</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9789752564701</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>A Midsummer Night's Dream</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9789752565111</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Wuthering Heights</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9789752565081</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>The War of The Worlds</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9789752565104</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Twelfth Night</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9789752565098</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9789752565074</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>The Time Machine</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9789752564992</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>The Hound of The Baskervilles</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9789752565067</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>The Tempest</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9789752564725</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>A Tale of Two Cities</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9789752564718</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>A Study in Scarlet</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9789752564862</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Macbeth</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9789752565012</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>The Lost World</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9789752564855</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Little Dorrit</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9789752564848</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Les Miserables</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9789752564831</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9789752565005</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>The Hunchback of Notre Dame</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9789752565036</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>The Old Curiosity Shop</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9789752565029</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>The Murders in The Rue Morgue</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>9789752564879</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Moby Dick</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>9789752564824</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Huckleberry Finn</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>9789752564961</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Silas Marner</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>9789752565050</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>The Sign of The Four</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>9789752564954</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Sense and Sensibility</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>9789752564947</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Romeo and Juliet</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>9789752564930</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>9789752564923</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Reawakening Litarature</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>9789752564916</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Pride and Prejudice</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>9789752565043</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Tha Pit and The Pendulum</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>9789752564909</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Persuasion</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>9789752564893</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>