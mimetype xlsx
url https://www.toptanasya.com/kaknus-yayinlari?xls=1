--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -85,9490 +85,11455 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752567252</t>
+          <t>9789750029912</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Saadettin Ökten ile Sanat Üzerine Düşünceler 2: İki Cihan Aresinde Sanat</t>
+          <t>Dambur Tarihi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789756698129</t>
+          <t>9789752563582</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar Gençlik Notları</t>
+          <t>Nefs Psikolojisi ve Rüyaların Dili</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752564503</t>
+          <t>9789752563322</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Atakan Babasıyla Balık Tutmaya Gidiyor</t>
+          <t>Yoga Kartlarım</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752566217</t>
+          <t>9799752560641</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi ve Psikolojik Danışmada Maneviyat: Kuramlar ve Uygulamalar</t>
+          <t>Mehmet Akif’in Kur’an Tercümeleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>390</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752564145</t>
+          <t>9799756698395</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Atakan Televizyon Seyretmek İstiyor (Ciltli)</t>
+          <t>Martin Luther: Hitlerin Manevi Atası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752564053</t>
+          <t>9799756963684</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Atakan Hayaletlerden Korkmuyor (Ciltli)</t>
+          <t>Marco Polo Doğu ve Batı Kaynaklarında Çin Seyahati</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752564589</t>
+          <t>9799752560375</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Rusların Gözüyle Türkler</t>
+          <t>Kur’an’ı Çevirilerinin Dünyası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756698716</t>
+          <t>9799752560351</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yürek Safında Bir Şair</t>
+          <t>Kur’an’ı Anlama’nın Anlamı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756963005</t>
+          <t>9799752560566</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü (5 Ciltlik Takım)</t>
+          <t>Kur’an ve Dil’e Dair</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>2750</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9799756963967</t>
+          <t>9799756963813</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 5</t>
+          <t>Kötülük Problemi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9799756963943</t>
+          <t>9789752563476</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 4</t>
+          <t>Köpekler Akşamı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752562417</t>
+          <t>9799756698272</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tercümanü’l Eşvak</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752562905</t>
+          <t>9799752560030</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Düşüncede İnsan-ı Kamil</t>
+          <t>Kırda Bayırda Gezginin Cep Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>96</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9799752560474</t>
+          <t>9799756698302</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesine Giriş</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752564077</t>
+          <t>9799752560085</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Atakan Marangoz Ustası Oluyor (Ciltli)</t>
+          <t>Karpuz Kestim Yiyen Yok</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>3990000027194</t>
+          <t>9789757969228</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Atakan Serisi (16 Kitap Takım)</t>
+          <t>Kara Tahtayı Aşmak Öğrenci Merkezli Öğretmenlik</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1440</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9799756963592</t>
+          <t>9799756963585</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Estetik Üzerine</t>
+          <t>Jung</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789756963371</t>
+          <t>9799756698685</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Balıkçı</t>
+          <t>İslamiyet Öncesi Arap-İsrailoğulları İlişkileri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752560963</t>
+          <t>9799756963615</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Yüz Katlı İnsan</t>
+          <t>İslam ve Öteki</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>348</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752562295</t>
+          <t>9799756698166</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Yoga Hareketleri ve Sağlıklı Yaşam (Ciltli)</t>
+          <t>İslam Siyaset Felsefesinde Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752567238</t>
+          <t>9799756963974</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sanat Terapisinde Ebru</t>
+          <t>Dünya'nın En Güzel Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>270</v>
+        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756963593</t>
+          <t>9789752563223</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Estetik Üzerine Mektuplar</t>
+          <t>Yoga Kitaplarım 2 - Küçük Kelebek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752562011</t>
+          <t>9789752562851</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Manevi Rehberlik ve Benötesi Psikolojisi Üzerine Yaklaşımlar</t>
+          <t>Teknik Analizde</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>270</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757969167</t>
+          <t>9789752561953</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Atakan Serisi 18 Kitaplık Set</t>
+          <t>Yusuf u Zeliha</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>1620</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752567245</t>
+          <t>9799756698128</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Üzerine Müslümanca Düşünceler</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752567221</t>
+          <t>9799756698500</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kadınlarda Eşcinsel Çekim</t>
+          <t>Yasak Şiirler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>450</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752565258</t>
+          <t>9799756698593</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Testleri</t>
+          <t>Toma’ya Göre İncil ya da Hz. İsa’nın 114 Hadisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>215</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756698372</t>
+          <t>9799752560573</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Tarih ve Siyaset’e Dair</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752564046</t>
+          <t>9799756698531</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Atakan Geceyi Anneannesiyle Geçiriyor (Ciltli)</t>
+          <t>Türklere Karşı Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752567214</t>
+          <t>9799756698579</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Altı Neslin Portresi</t>
+          <t>Tanrının Umut Olduğunu Söyledi Bir Büyüğüm</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>700</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752567184</t>
+          <t>9799757969289</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Saadettin Ökten ile Sanat Üzerine Düşünceler: Sanat ve Sanatkar</t>
+          <t>Sözün Özü Kelam-ı İlahi’nin Tabiatına Dair</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>175</v>
+        <v>8</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752567177</t>
+          <t>9799757969272</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sınanma Psikolojisi Zor Dönemlerin ve Travmaların Manası</t>
+          <t>Sözlü Kültür’den Yazılı Kültür’e Anlam’ın Tarihi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>290</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752566859</t>
+          <t>9799752560191</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoterapi - Çalışma Kitabı</t>
+          <t>Sivil Toplum ve Demokrasi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>51</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752564343</t>
+          <t>9789752561540</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Nefs Psikolojisi ve Rüyaların Dili (Ciltli)</t>
+          <t>Silah (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9799756698081</t>
+          <t>9799756963011</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Turkey And The World / Türkiye ve Dünya (Ciltli)</t>
+          <t>Ruh Hastalığını Anlamak</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757969327</t>
+          <t>9799756698067</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik</t>
+          <t>Romancılar Konuşuyor</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9799752560696</t>
+          <t>9799756698869</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Benim Hayatım Dünya Çocukları Nasıl Yaşıyor? (Ciltli)</t>
+          <t>Putin’in Rusyası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>600</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752564152</t>
+          <t>9799756698487</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Atakan Çok Fazla Şeker Yiyor (Ciltli)</t>
+          <t>Pervaneler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752560345</t>
+          <t>9799756698296</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Gizli İnancı Nusayrilik</t>
+          <t>Özgürlüğün Baş Dönmesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>320</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9799752560482</t>
+          <t>9799756963707</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ekselansları Ağa Han İmam, Politikacı, Filozof, Dost</t>
+          <t>Osmanlı’da Gündelik Hayatın Değişimi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752566774</t>
+          <t>9799756963838</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Geleneğinde Dört Duygu</t>
+          <t>Osmanlı Seyyahlarının Gözüyle Avrupa</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>190</v>
+        <v>33</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756698600</t>
+          <t>9799756698210</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Ortaçağ’da İki Yahudi Seyyahın Avrupa, Asya ve Afrika Gözlemleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>260</v>
+        <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756963685</t>
+          <t>9799752560412</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Marco Polo</t>
+          <t>Ortaçağ Türk - İran Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752567191</t>
+          <t>9799756963752</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Nebevi Metot</t>
+          <t>Noli Me Tangere: Beden Yazısı 2</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>170</v>
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752567207</t>
+          <t>9789752561663</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve İyi Yaşam</t>
+          <t>Sevgili Çiftlik Dostlarım</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752567153</t>
+          <t>9779756698342</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi ve Psikolojik Danışma Kuramları</t>
+          <t>Muhammad Ali</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>700</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752566996</t>
+          <t>9799756698814</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eşcinseller İçin Değişim Terapisi</t>
+          <t>Moğolların Kafkasya Politikası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752566880</t>
+          <t>9799756963202</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Japon Psikoterapileri</t>
+          <t>Modern Batı Düşüncesinde Din ve Siyaset</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>380</v>
+        <v>184</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752566989</t>
+          <t>9799756698425</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Başörtüsünü Çıkaran Kadınlar; Fenomenolojik Bir Durum Çalışması</t>
+          <t>Misyonerlik Hıristiyan Misyonerler, Yöntemleri ve Türkiye’ye Yönelik Faaliyetleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>270</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752560277</t>
+          <t>9799756963646</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>365 Hikaye</t>
+          <t>Müzik Yazıları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752566903</t>
+          <t>9799756963035</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kalbi</t>
+          <t>Mızraksız İlmihal</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752566910</t>
+          <t>9789756963081</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Olmazsa Olmaz</t>
+          <t>Mevlana’dan Rubailer</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752567146</t>
+          <t>9799752560658</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Atakan Dinazor Macerası</t>
+          <t>Meşrutiyet’ten Cumhuriyet’e Din ve Siyaset</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>90</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752566941</t>
+          <t>9789752562806</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ben Korkak Mıyım?</t>
+          <t>Mesih Nefesli Ask</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752567016</t>
+          <t>9789756698655</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Beş Dakika</t>
+          <t>Seninle Evlendim Ey Özgürlük</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752566927</t>
+          <t>9789756698617</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Okumayı Seviyorum</t>
+          <t>Altın Ordu ve Kazan Hanları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>90</v>
+        <v>52</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752567030</t>
+          <t>9789752561038</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hamdi'nin Çizelgesi</t>
+          <t>Alman Belgelerinde Ermeni Meselesi ve 1915</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>42</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752567023</t>
+          <t>9799752560634</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nazik Sözler</t>
+          <t>Akif’e Dair</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>7</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752566958</t>
+          <t>9799756698227</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sakın Alay Etme</t>
+          <t>Ailede İyileştirici Sevgi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>90</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752566965</t>
+          <t>9789752561465</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Vurmak Yok</t>
+          <t>Ahlar Sokağı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>90</v>
+        <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752567139</t>
+          <t>9799756963882</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Atakan Sokak Kedilerine Yardım Ediyor</t>
+          <t>50 Soruda Türkiye’nin Nükleer Enerji Sorunu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>90</v>
+        <v>8</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752566934</t>
+          <t>9799752560276</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Farklılıklar Olmazsa Olmaz</t>
+          <t>365 Hikaye (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752566972</t>
+          <t>3990000015830</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Okulda Akran Zorbalığı İle Başa Çıkma Seti 5 Kitap</t>
+          <t>2. Üsküdar Sempozyumu Bildiriler 2. Cilt</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752567047</t>
+          <t>3990000034475</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Onlar Su Ektiler</t>
+          <t>2. Üsküdar Sempozyumu Bildiriler 1. Cilt</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752566866</t>
+          <t>9789752561328</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>1001 Doğal Reçete</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752566897</t>
+          <t>9789752560000</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşü Olmayan Hasar</t>
+          <t>Üsküdarlı Muhammed Nasuhi ve Divanı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752566835</t>
+          <t>9799756963400</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sadettin Ökten ile İnsan-Medeniyet-Şehir</t>
+          <t>Çağdaş İran Öyküleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>39</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752566873</t>
+          <t>9799752560719</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoterapi - El Kitabı</t>
+          <t>Cenab-ı Aşk’a Dair</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>480</v>
+        <v>7</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752566842</t>
+          <t>9789752562943</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İmaj Dönüşüm Terapisi</t>
+          <t>Cemile’nin Yapboz Kitabı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752566781</t>
+          <t>9789752561854</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Babür Şah - Büyük Türk Hükümdarı</t>
+          <t>Cemile ile Boyuyorum, Eğleniyorum</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>290</v>
+        <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752566828</t>
+          <t>9799756963936</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aile Kurumunun İfsadının Küresel ve Toplumsal Boyutta Bir Meta-Analizi</t>
+          <t>Bizans ve İlk İslam Fetihleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>189</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752566699</t>
+          <t>9799756963998</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Rehber Annelik</t>
+          <t>Bir Bilim Olarak Psikiyatri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752565883</t>
+          <t>9799752560122</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Montessori: Dehanın Ardındaki Bilim</t>
+          <t>Bir Bab-ı Ali Kahvesi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>550</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752565272</t>
+          <t>9799756963950</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Akıl Sağlığı</t>
+          <t>Bıldırcın ve Sonbahar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>780</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752565302</t>
+          <t>9789752562950</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun İlk Öğretmeni Sizsiniz</t>
+          <t>Cemile Elbise Giydirme Oyunu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752564657</t>
+          <t>9799752560283</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sabrın Keşfi</t>
+          <t>Benim Ailem Dünya Çocuklarının Gözünden Aileleri (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752564206</t>
+          <t>9789759201999</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim - Temel Kavramlar</t>
+          <t>Bir Ulu Rüyayı Görenler Şehri Üsküdar (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>260</v>
+        <v>900</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752563872</t>
+          <t>9799752560450</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aile Terapisi - Kavramlar ve Yöntemler</t>
+          <t>Bir İslambol Hayalhanesi Alaturka Öyküler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>550</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752566743</t>
+          <t>9799756698517</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Aşk Rüsvalıktır</t>
+          <t>Aydemir</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>33</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752566767</t>
+          <t>9789752561076</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>APA Yayım Kılavuzu</t>
+          <t>Avrasya Fatihi Tatarlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752566798</t>
+          <t>9789752564138</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Fuat Sezgin</t>
+          <t>Atakan Süpermarkete Gidiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752566750</t>
+          <t>9789752564091</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ekrana Maruz Kalan Çocuklar</t>
+          <t>Atakan Parka Gidiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752566804</t>
+          <t>9789752564084</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Generalin Oğlu</t>
+          <t>Atakan Okula Başlıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752566811</t>
+          <t>9789752561816</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Gençliğinin Karşı Karşıya Bulunduğu Büyük Tehlike: Farklı Cinsel Kimlik Yönelimleri</t>
+          <t>Atakan ile Beraber Lunaparka Gidiyorum</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752566729</t>
+          <t>9789752564039</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Kültürü</t>
+          <t>Atakan Dişlerini Fırçalamaya Alışıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>720</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752566675</t>
+          <t>9789752563001</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Rahatımızı Kaçıran Adam</t>
+          <t>Atakan’ın Yapboz Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>180</v>
+        <v>32</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752566439</t>
+          <t>9789752561526</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politikada Ücretler</t>
+          <t>Asitane Efsaneleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752566644</t>
+          <t>9799756963660</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Tarihinde On Bilge</t>
+          <t>Araftan Kurtuluş 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752566736</t>
+          <t>9799756698265</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Arnavut Kültürünün Renkleri</t>
+          <t>Antik Felsefenin İslam Dünyasına Girişi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752566576</t>
+          <t>9789752563490</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Blockchain Blok Zinciri - Gelecekteki Her Şey (Sert Kapak) (Ciltli)</t>
+          <t>Anneler ve Kızları İçin Portakal Ağacı’nın En Güzel Yemekleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>270</v>
+        <v>27</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789752564664</t>
+          <t>9789756698914</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinlik ve Yaşlanma Psikolojisi</t>
+          <t>Kurtlar Sofrasında - Araftan Kurtuluş 2</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>650</v>
+        <v>152</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789752566552</t>
+          <t>9799752560368</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Narrative Terapi Nedir?</t>
+          <t>Anlamın Buharlaşması ve Kur’an</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752566705</t>
+          <t>9789752565227</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Değişim Terapisi Vaka İncelemeleri</t>
+          <t>Manevi Yönelimli Psikoterapi ve Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9799756963905</t>
+          <t>9789752563247</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Doğuşundan Günümüze İslam Devletleri</t>
+          <t>Küçük Dinozor</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>650</v>
+        <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789759483210</t>
+          <t>9789752564633</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımlar Kitabı</t>
+          <t>Aslında Mimarlık</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752563216</t>
+          <t>9789752563421</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yılbaşı Partisi</t>
+          <t>Bereketli Hilal'in Kilit Taşı Şanlıurfa</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752561304</t>
+          <t>9789752566514</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Cami</t>
+          <t>Blockchain Blok Zinciri - Gelecekteki Her Şey</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>320</v>
+        <v>104</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789752565357</t>
+          <t>9789752564176</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Sizsiniz</t>
+          <t>Bisiklet</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756963548</t>
+          <t>9799752560399</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Zadig: Bir Şark Masalı</t>
+          <t>Selami Ali Efendi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>8</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752566422</t>
+          <t>9799756698432</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Evde ve Okulda Adım Adım Montessori Etkinlikleri</t>
+          <t>Üsküdar, Ah Üsküdar..!</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789752566712</t>
+          <t>9799756698005</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İnovasyon Yeni Ortak Akıl Girişimci Ruhu</t>
+          <t>Yaylaktan Kışlağa</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752566682</t>
+          <t>9789752563209</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Altı Dakika</t>
+          <t>Yoga Kitaplarım (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752566637</t>
+          <t>9789752563469</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Ekseninde Enine Boyuna Şehir</t>
+          <t>Feng Shui</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>450</v>
+        <v>27</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789752566651</t>
+          <t>9786056045004</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar</t>
+          <t>Soru Satan Adam</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789752566583</t>
+          <t>9789759483289</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsel Hayat Tarzının Sağlık Tehlikeleri</t>
+          <t>Evlilik ve Ahlak</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>650</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789752566590</t>
+          <t>9799756698111</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Mutlu Olmanın Yolu: Bilinçli Farkındalık</t>
+          <t>Zorlu Süvari</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752566569</t>
+          <t>9789752563407</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Online Kumar ve Cinsellik Bağımlılığı</t>
+          <t>İncil-i Şerif’in Yüce Anlamı (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752566491</t>
+          <t>9799756963677</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Şehir Üzerine Düşünceler 1</t>
+          <t>Hinduizm ve Budizm</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>7</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752566507</t>
+          <t>9789756963043</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şehir Üzerine Düşünceler 2</t>
+          <t>Hiçbir Şeye Katılmıyorum Hiçbir Şeye...</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>190</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752566521</t>
+          <t>9799756963349</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Has Hacib</t>
+          <t>Hazin Bir Evliliğin Romanı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>530</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752566538</t>
+          <t>9789756698648</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Narrative Terapide Temel Uygulamalar</t>
+          <t>Hayatı Sorgulamak</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752566545</t>
+          <t>9799759483233</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dalga Pozitif Psikoloji</t>
+          <t>Hayal Günlüğü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>13</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752566484</t>
+          <t>9786056049101</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Yaşayarak Öğrenmek Sadece Çocuk</t>
+          <t>Göstergeler ve Halimiz</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>400</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789752566477</t>
+          <t>9799756698180</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Utanç ve Bağlanma Yitimi</t>
+          <t>Göç Edebiyatı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>460</v>
+        <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789752566446</t>
+          <t>9799757969180</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Cihadla Terör Arasında</t>
+          <t>Ganiyy-i Muhtefi’nin Meratib-i Tevhid Risalesi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>96</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752566453</t>
+          <t>9789752560994</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Triyandafilya</t>
+          <t>Elveda Üsküdar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>320</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789752566460</t>
+          <t>9799756698142</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölüm Mesajı</t>
+          <t>Düşünceler ve Sözler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>320</v>
+        <v>35</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789752566385</t>
+          <t>9799752560597</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ekber Şah (1543-1605)</t>
+          <t>Düşünce Düşlenir</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>650</v>
+        <v>8</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752565472</t>
+          <t>9799756963973</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İran'da Bir Futbol Kulübü - Traktor Sazi ve İran'daki Türk Kimliği</t>
+          <t>Dünyanın En Güzel Masalları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752566255</t>
+          <t>9799756698234</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Temel Meseleler ve Tartışmalar</t>
+          <t>Dostoyevski</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>500</v>
+        <v>55</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789757770176</t>
+          <t>9789752562165</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Trabzon'da Türk-İslam Eserleri ve Kitabeler (5 Cilt Takım)</t>
+          <t>Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>2000</v>
+        <v>320</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752566330</t>
+          <t>9789756963906</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Efraim 2</t>
+          <t>Doğuşundan Günümüze İslam Devletleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>450</v>
+        <v>410</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752566361</t>
+          <t>9799756963189</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politikada Dezavantajlı Gruplar: Tarih, Yaklaşım ve Uygulama</t>
+          <t>Doğu’nun Yedinci Oğlu Sezai Karakoç</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752566378</t>
+          <t>9799756963509</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dizilerinin Keşfi: İçerik, Anlam, İşlev</t>
+          <t>Doğunun Altı Kapısı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>210</v>
+        <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752566347</t>
+          <t>9799756698753</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>i-Nesli</t>
+          <t>Divançe-i İlahiyat (Üsküdarlı Mustafa Ma’nevi)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>400</v>
+        <v>35</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752566323</t>
+          <t>9799752560306</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Psikoloji 2. Cilt</t>
+          <t>Dil Atlası</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>7</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752566316</t>
+          <t>9799756698982</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Psikoloji 1. Cilt</t>
+          <t>Dervişler Arasında İki Hafta</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752566309</t>
+          <t>9799752560726</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Mitoloji ve Din</t>
+          <t>Hakikat ve Hurafe</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752566293</t>
+          <t>9789752562899</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Manevi Danışmanlıkta İhsan Modeli</t>
+          <t>Çocuk ve Ergende Şiddet</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>260</v>
+        <v>42</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752566194</t>
+          <t>9789752561571</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Pozitif Psikoloji</t>
+          <t>Esnaf Haydar’ın Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>720</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752566262</t>
+          <t>9789757969150</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Bilimsel Temelleri</t>
+          <t>İslam Düşüncesinde Kötülük Problemi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>270</v>
+        <v>136</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752564015</t>
+          <t>9789752567252</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Albumi i Padishaheve Osmane(Arnavutca)</t>
+          <t>Saadettin Ökten ile Sanat Üzerine Düşünceler 2: İki Cihan Aresinde Sanat</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752562561</t>
+          <t>9789756698129</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Cemile Ji Hevale Xwe Ye Nü Geleki Hez Dike</t>
+          <t>Yansımalar Gençlik Notları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752562578</t>
+          <t>9789752564503</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Cemile Gizmeya Xwe ya nü Dixe Linge Xwe</t>
+          <t>Atakan Babasıyla Balık Tutmaya Gidiyor</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752562585</t>
+          <t>9789752566217</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Cemile Şeve li Cem Xaltika Xwe Dimine</t>
+          <t>Psikoterapi ve Psikolojik Danışmada Maneviyat: Kuramlar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752562592</t>
+          <t>9789752564145</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Cemile Li Midilliye Siwar Dibe</t>
+          <t>Atakan Televizyon Seyretmek İstiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752562608</t>
+          <t>9789752564053</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Cemile Arikariya Hevale Xwe Dike</t>
+          <t>Atakan Hayaletlerden Korkmuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752564404</t>
+          <t>9789752564589</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Albümü (Makedonca)</t>
+          <t>Rusların Gözüyle Türkler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752565166</t>
+          <t>9789756698716</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yaban da Solan Güller</t>
+          <t>Yürek Safında Bir Şair</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9783944666167</t>
+          <t>9789756963005</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gesichts Yoga</t>
+          <t>Yeni Türk Edebiyatında Öykü (5 Ciltlik Takım)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>450</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752562523</t>
+          <t>9799756963967</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Cemile Bi Xwe De Dimize</t>
+          <t>Yeni Türk Edebiyatında Öykü - 5</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752562530</t>
+          <t>9799756963943</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Cemile Gotina Nexweş Dibeje</t>
+          <t>Yeni Türk Edebiyatında Öykü - 4</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752562547</t>
+          <t>9789752562417</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Cemile Xetake Dike</t>
+          <t>Tercümanü’l Eşvak</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752562554</t>
+          <t>9789752562905</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Cemile Vedigere Mektebe</t>
+          <t>Tasavvufi Düşüncede İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>90</v>
+        <v>96</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752562448</t>
+          <t>9799752560474</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Cemile Naxwaze Rakeve</t>
+          <t>Siyaset Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752562455</t>
+          <t>9789752564077</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cemile Naxwaze Sere Xwe Bişo</t>
+          <t>Atakan Marangoz Ustası Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752562479</t>
+          <t>3990000027194</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Cemile Diçe Doxtor</t>
+          <t>Atakan Serisi (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>90</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752562486</t>
+          <t>9799756963592</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Cemile Diçe Parge</t>
+          <t>Estetik Üzerine</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752562493</t>
+          <t>9789756963371</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Cemile Naxwaze bi Tombiş re Hevaltiye Bike</t>
+          <t>İhtiyar Balıkçı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752562509</t>
+          <t>9789752560963</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Cemile Diya Min U Bave Min Nexeyidine</t>
+          <t>Dokuz Yüz Katlı İnsan</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>90</v>
+        <v>348</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752562516</t>
+          <t>9789752562295</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Cemile Naxwaze Listoken Xwe Parve Bike</t>
+          <t>Çocuklarla Yoga Hareketleri ve Sağlıklı Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752562615</t>
+          <t>9789752567238</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Cemile Li Nexweşxane Radize</t>
+          <t>Sanat Terapisinde Ebru</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>90</v>
+        <v>270</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752562622</t>
+          <t>9789756963593</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Cemile Hini Melevaniye Dibe</t>
+          <t>Estetik Üzerine Mektuplar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752562639</t>
+          <t>9789752562011</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cemile U Hevala Xwe Cile Prensesan Li Xwe Dikin</t>
+          <t>Manevi Rehberlik ve Benötesi Psikolojisi Üzerine Yaklaşımlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>90</v>
+        <v>270</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752562646</t>
+          <t>9789757969167</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Cemile Ji Hevalen Xwe Yen Welaten Cuda Pir Hez Dike</t>
+          <t>Atakan Serisi 18 Kitaplık Set</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>90</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752566248</t>
+          <t>9789752567245</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>M Nesli: Yeni Müslüman Gençlik</t>
+          <t>Siyaset Üzerine Müslümanca Düşünceler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752562653</t>
+          <t>9789752567221</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Biraye Cemile Çedibe</t>
+          <t>Kadınlarda Eşcinsel Çekim</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752562707</t>
+          <t>9789752565258</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Perwer Pir Zede Şekiran Dixwe</t>
+          <t>Kişilik Testleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>90</v>
+        <v>215</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752562714</t>
+          <t>9789756698372</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Perwer Dest Bi Mektebe Dike</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752562691</t>
+          <t>9789752564046</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Perwer Şeve Bi Dapira Xwe Re Derbas Dike</t>
+          <t>Atakan Geceyi Anneannesiyle Geçiriyor (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752562684</t>
+          <t>9789752567214</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Perwer Ji Xeyaletan Natirse</t>
+          <t>Altı Neslin Portresi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>90</v>
+        <v>700</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752562721</t>
+          <t>9789752567184</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Perwer Dibe Hostaye Avahiye</t>
+          <t>Saadettin Ökten ile Sanat Üzerine Düşünceler: Sanat ve Sanatkar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752562738</t>
+          <t>9789752567177</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Perwer Dibe Hostaye Marangoze</t>
+          <t>Sınanma Psikolojisi Zor Dönemlerin ve Travmaların Manası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752562677</t>
+          <t>9789752566859</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Perwer Li Parke Hevalen Nu Ji Xwe Re Çedike</t>
+          <t>Pozitif Psikoterapi - Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752562745</t>
+          <t>9789752564343</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Perwer Diçe Supermarkete</t>
+          <t>Nefs Psikolojisi ve Rüyaların Dili (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>90</v>
+        <v>950</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752562752</t>
+          <t>9799756698081</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Perwer Dixwaze Televizyone Temaşe Bike</t>
+          <t>Turkey And The World / Türkiye ve Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756698228</t>
+          <t>9789757969327</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gücü</t>
+          <t>Milliyetçilik</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752566200</t>
+          <t>9799752560696</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Cemile Uçağa Biniyor</t>
+          <t>Benim Hayatım Dünya Çocukları Nasıl Yaşıyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752566224</t>
+          <t>9789752564152</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ruhi Bunalımlar ve İslam Ruhiyatı</t>
+          <t>Atakan Çok Fazla Şeker Yiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752563254</t>
+          <t>9789752560345</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yoga Kitaplarım 5 - Kumsalda</t>
+          <t>Anadolu’nun Gizli İnancı Nusayrilik</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752566231</t>
+          <t>9799752560482</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltık - Ab-ı Hayat</t>
+          <t>Ekselansları Ağa Han İmam, Politikacı, Filozof, Dost</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752566187</t>
+          <t>9789752566774</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da İslam ve Sivil Toplum</t>
+          <t>Erken Dönem İslam Geleneğinde Dört Duygu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752564008</t>
+          <t>9789756698600</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Album Osmanskib Sultana (Boşnakça)</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752565197</t>
+          <t>9789756963685</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Album des Sultans Ottomans(İspanyolca)</t>
+          <t>Marco Polo</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752565838</t>
+          <t>9789752567191</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Dindar Burjuva ve Kadın</t>
+          <t>Çocuk Eğitiminde Nebevi Metot</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756698983</t>
+          <t>9789752567207</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Dervişler Arasında İki Hafta</t>
+          <t>Mutlu ve İyi Yaşam</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752565203</t>
+          <t>9789752567153</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika Ahlakı</t>
+          <t>Psikoterapi ve Psikolojik Danışma Kuramları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752565845</t>
+          <t>9789752566996</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Irak</t>
+          <t>Eşcinseller İçin Değişim Terapisi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752565920</t>
+          <t>9789752566880</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Efraim</t>
+          <t>Japon Psikoterapileri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752565821</t>
+          <t>9789752566989</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kadınlarımız</t>
+          <t>Türkiye’de Başörtüsünü Çıkaran Kadınlar; Fenomenolojik Bir Durum Çalışması</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752565395</t>
+          <t>9789752560277</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İnkılabının İç Yüzü</t>
+          <t>365 Hikaye</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752563483</t>
+          <t>9789752566903</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Maneviyat Yolcusunun El Kitabı (Mevaddu'l - Gaysiyye)</t>
+          <t>Annemin Kalbi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>520</v>
+        <v>90</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752561700</t>
+          <t>9789752566910</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Afacan Tavşan'la Ormanda Dört Mevsim (4 Kitap Set)</t>
+          <t>Arkadaşlık Olmazsa Olmaz</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752565388</t>
+          <t>9789752567146</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Mimarlık Sözlüğü - Istılahat-ı Mi'mariyye</t>
+          <t>Atakan Dinazor Macerası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752565333</t>
+          <t>9789752566941</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Millet</t>
+          <t>Ben Korkak Mıyım?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752565371</t>
+          <t>9789752567016</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Cemile Öfkeleniyor</t>
+          <t>Beş Dakika</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752565364</t>
+          <t>9789752566927</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Cemile Dedesinin Çiftliğinde</t>
+          <t>Birlikte Okumayı Seviyorum</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752565326</t>
+          <t>9789752567030</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Derin Devlet</t>
+          <t>Hamdi'nin Çizelgesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756698341</t>
+          <t>9789752567023</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Benim! Muhammed Ali</t>
+          <t>Nazik Sözler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>470</v>
+        <v>130</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752565340</t>
+          <t>9789752566958</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Türk’e Kefen Biçilmez</t>
+          <t>Sakın Alay Etme</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752565241</t>
+          <t>9789752566965</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Testleri</t>
+          <t>Vurmak Yok</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752565234</t>
+          <t>9789752567139</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Zeka Testleri</t>
+          <t>Atakan Sokak Kedilerine Yardım Ediyor</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752565296</t>
+          <t>9789752566934</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kenya’nın Müstemleke Tarihi</t>
+          <t>Farklılıklar Olmazsa Olmaz</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752565319</t>
+          <t>9789752566972</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Filozofların Yanılgıları</t>
+          <t>Okulda Akran Zorbalığı İle Başa Çıkma Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752564640</t>
+          <t>9789752567047</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji</t>
+          <t>Onlar Su Ektiler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752563230</t>
+          <t>9789752566866</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752565265</t>
+          <t>9789752566897</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Şımartılmış Çocuk Sendromu</t>
+          <t>Geri Dönüşü Olmayan Hasar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752562233</t>
+          <t>9789752566835</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hamdi Neden Gözlük Takıyor?</t>
+          <t>Sadettin Ökten ile İnsan-Medeniyet-Şehir</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752562257</t>
+          <t>9789752566873</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hamdi Neden Bu Kadar Dikkatsiz?</t>
+          <t>Pozitif Psikoterapi - El Kitabı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>90</v>
+        <v>480</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752562226</t>
+          <t>9789752566842</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hamdi Göbeğini Nasıl Eritiyor?</t>
+          <t>İmaj Dönüşüm Terapisi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789756698525</t>
+          <t>9789752566781</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Halvette 40 Gün</t>
+          <t>Babür Şah - Büyük Türk Hükümdarı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752565159</t>
+          <t>9789752566828</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Travmatik Yaşantılar</t>
+          <t>Aile Kurumunun İfsadının Küresel ve Toplumsal Boyutta Bir Meta-Analizi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752565210</t>
+          <t>9789752566699</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunda Adım Adım</t>
+          <t>Dijital Dünyada Rehber Annelik</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752565142</t>
+          <t>9789752565883</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Geldik</t>
+          <t>Montessori: Dehanın Ardındaki Bilim</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752565173</t>
+          <t>9789752565272</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mehlika Sultan</t>
+          <t>Sinema ve Akıl Sağlığı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>780</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752565135</t>
+          <t>9789752565302</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Gazeller</t>
+          <t>Çocuğunuzun İlk Öğretmeni Sizsiniz</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752565180</t>
+          <t>9789752564657</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Seni Söyler Dalgalar Seni</t>
+          <t>Sabrın Keşfi</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752564671</t>
+          <t>9789752564206</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Sırrı</t>
+          <t>Siyasal İletişim - Temel Kavramlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752564626</t>
+          <t>9789752563872</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuz Hakkında Bilmeniz Gerekenler</t>
+          <t>Aile Terapisi - Kavramlar ve Yöntemler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789752564688</t>
+          <t>9789752566743</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Keşfi</t>
+          <t>Aşk Rüsvalıktır</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752564398</t>
+          <t>9789752566767</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bana Kendi Kendime Yetmeyi Öğret</t>
+          <t>APA Yayım Kılavuzu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752561090</t>
+          <t>9789752566798</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Stalin ve Türk Dünyası</t>
+          <t>Fuat Sezgin</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9799756963097</t>
+          <t>9789752566750</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Sanatı</t>
+          <t>Ekrana Maruz Kalan Çocuklar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752562110</t>
+          <t>9789752566804</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Muhibbi Divanı</t>
+          <t>Generalin Oğlu</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9799752560092</t>
+          <t>9789752566811</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Muhammed İkbal’in Tasavvufi Düşüncesi</t>
+          <t>Günümüz Gençliğinin Karşı Karşıya Bulunduğu Büyük Tehlike: Farklı Cinsel Kimlik Yönelimleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752564596</t>
+          <t>9789752566729</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Doğumdan İtibaren Montessori</t>
+          <t>Eleştiri Kültürü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>250</v>
+        <v>720</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752563728</t>
+          <t>9789752566675</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Çin</t>
+          <t>Rahatımızı Kaçıran Adam</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752564619</t>
+          <t>9789752566439</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitimi</t>
+          <t>Sosyal Politikada Ücretler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752563940</t>
+          <t>9789752566644</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>İslam Düşünce Tarihinde On Bilge</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>1150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789756698402</t>
+          <t>9789752566736</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't- Tayr Kuşların Diliyle</t>
+          <t>Arnavut Kültürünün Renkleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789756698921</t>
+          <t>9789752566576</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Biri Beni Gözetliyor</t>
+          <t>Blockchain Blok Zinciri - Gelecekteki Her Şey (Sert Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>410</v>
+        <v>270</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752562820</t>
+          <t>9789752564664</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bir Vaizenin Günlüğü</t>
+          <t>Yetişkinlik ve Yaşlanma Psikolojisi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752564480</t>
+          <t>9789752566552</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Atakan Tutumlu Olmayı Öğreniyor</t>
+          <t>Narrative Terapi Nedir?</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752564497</t>
+          <t>9789752566705</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Atakan Bilgisayarda Çok Fazla Oyun Oynuyor</t>
+          <t>Değişim Terapisi Vaka İncelemeleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752564442</t>
+          <t>9799756963905</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kitap (Ciltli)</t>
+          <t>Doğuşundan Günümüze İslam Devletleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>850</v>
+        <v>650</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752564510</t>
+          <t>9789759483210</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Albümü (Farsça)</t>
+          <t>Kıvılcımlar Kitabı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752564527</t>
+          <t>9789752563216</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Meşruiyetin Sosyal Psikolojisi</t>
+          <t>Yılbaşı Partisi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752564473</t>
+          <t>9789752561304</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Emici Zihin</t>
+          <t>Cami</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752564435</t>
+          <t>9789752565357</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi Pratiği</t>
+          <t>Kimlik Sizsiniz</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789752564237</t>
+          <t>9789756963548</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Amak-ı Hayal (Özel Baskı) (Ciltli)</t>
+          <t>Zadig: Bir Şark Masalı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752564466</t>
+          <t>9789752566422</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Dürtüsellik</t>
+          <t>Evde ve Okulda Adım Adım Montessori Etkinlikleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752564459</t>
+          <t>9789752566712</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası 1918-1980</t>
+          <t>Sosyal İnovasyon Yeni Ortak Akıl Girişimci Ruhu</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9799752560115</t>
+          <t>9789752566682</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Melek</t>
+          <t>Altı Dakika</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789756698365</t>
+          <t>9789752566637</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kalk Son Gününe Veda Et</t>
+          <t>Düşünce Ekseninde Enine Boyuna Şehir</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9799752560245</t>
+          <t>9789752566651</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kalem ile Aşk ve Kavga</t>
+          <t>Aziz Sancar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789756963463</t>
+          <t>9789752566583</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kale</t>
+          <t>Eşcinsel Hayat Tarzının Sağlık Tehlikeleri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752564282</t>
+          <t>9789752566590</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Portraits der Osmanischen Sultane / Osmanlı Padişahları Albümü</t>
+          <t>Evlilikte Mutlu Olmanın Yolu: Bilinçli Farkındalık</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789752564305</t>
+          <t>9789752566569</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Un Album Portrait des Sultans Ottomans (Fransızca)</t>
+          <t>Online Kumar ve Cinsellik Bağımlılığı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752563964</t>
+          <t>9789752566491</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>19. YY.'den 20. YY.'ye Osmanlı Topraklarında Seyahat, Göç ve Asayiş Belgeleri</t>
+          <t>Şehir Üzerine Düşünceler 1</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789756698112</t>
+          <t>9789752566507</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Turgut</t>
+          <t>Şehir Üzerine Düşünceler 2</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789756963050</t>
+          <t>9789752566521</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal : Hayalin Derinliklerinde Yolculuk</t>
+          <t>Yusuf Has Hacib</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789752561236</t>
+          <t>9789752566538</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Atakan Çok Fazla Şeker Yiyor</t>
+          <t>Narrative Terapide Temel Uygulamalar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789752561298</t>
+          <t>9789752566545</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Atakan Süpermarkete Gidiyor</t>
+          <t>İkinci Dalga Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789752564121</t>
+          <t>9789752566484</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Atakan Süper Kahraman Oluyor (Ciltli)</t>
+          <t>Çocuklarla Yaşayarak Öğrenmek Sadece Çocuk</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752561762</t>
+          <t>9789752566477</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hattında - Beytüşşebap Kaymakamının PKK ile Mücadele Günlüğü</t>
+          <t>Utanç ve Bağlanma Yitimi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752561199</t>
+          <t>9789752566446</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Atakan Televizyon Seyretmek İstiyor</t>
+          <t>Cihadla Terör Arasında</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752563773</t>
+          <t>9789752566453</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Atakan Süper Kahraman Oluyor</t>
+          <t>Triyandafilya</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789752564114</t>
+          <t>9789752566460</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Atakan Sinemaya Gidiyor (Ciltli)</t>
+          <t>Bir Ölüm Mesajı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789752564107</t>
+          <t>9789752566385</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Atakan Sebze ve Meyvelerle Arkadaş Oluyor (Ciltli)</t>
+          <t>Ekber Şah (1543-1605)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752563780</t>
+          <t>9789752565472</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Atakan Sinemaya Gidiyor</t>
+          <t>İran'da Bir Futbol Kulübü - Traktor Sazi ve İran'daki Türk Kimliği</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752563629</t>
+          <t>9789752566255</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Atakan Sebze ve Meyvelerle Arkadaş Oluyor</t>
+          <t>Psikolojide Temel Meseleler ve Tartışmalar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789752561281</t>
+          <t>9789757770176</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Atakan Parka Gidiyor</t>
+          <t>Trabzon'da Türk-İslam Eserleri ve Kitabeler (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>90</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789752561595</t>
+          <t>9789752566330</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Atakan Okula Başlıyor</t>
+          <t>Efraim 2</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789752561274</t>
+          <t>9789752566361</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Atakan Marangoz Ustası Oluyor</t>
+          <t>Sosyal Politikada Dezavantajlı Gruplar: Tarih, Yaklaşım ve Uygulama</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789752561267</t>
+          <t>9789752566378</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Atakan İnşaat Ustası Oluyor</t>
+          <t>Televizyon Dizilerinin Keşfi: İçerik, Anlam, İşlev</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789752561823</t>
+          <t>9789752566347</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Atakan ile Beraber Yaz Okuluna Gidiyorum</t>
+          <t>i-Nesli</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789752561250</t>
+          <t>9789752566323</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Atakan Hayaletlerden Korkmuyor</t>
+          <t>Çocuklar İçin Psikoloji 2. Cilt</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752561243</t>
+          <t>9789752566316</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Atakan Geceyi Anneannesiyle Geçiriyor</t>
+          <t>Çocuklar İçin Psikoloji 1. Cilt</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752561830</t>
+          <t>9789752566309</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Atakan Boyama</t>
+          <t>Psikoloji Mitoloji ve Din</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789752563797</t>
+          <t>9789752566293</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Atakan Dişlerini Fırçalamaya Alışıyor</t>
+          <t>Manevi Danışmanlıkta İhsan Modeli</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752560604</t>
+          <t>9789752566194</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kişilik</t>
+          <t>Filmlerle Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>750</v>
+        <v>720</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789752563865</t>
+          <t>9789752566262</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Psikolojisi</t>
+          <t>Öğrenmenin Bilimsel Temelleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789752564428</t>
+          <t>9789752564015</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Büyük Oyun Kitabı - 2</t>
+          <t>Albumi i Padishaheve Osmane(Arnavutca)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789752564411</t>
+          <t>9789752562561</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Büyük Oyun Kitabı - 1</t>
+          <t>Cemile Ji Hevale Xwe Ye Nü Geleki Hez Dike</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789752561083</t>
+          <t>9789752562578</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dünya Masalları</t>
+          <t>Cemile Gizmeya Xwe ya nü Dixe Linge Xwe</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789752562035</t>
+          <t>9789752562585</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Vaka İncelemeleri</t>
+          <t>Cemile Şeve li Cem Xaltika Xwe Dimine</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789752563933</t>
+          <t>9789752562592</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Konstelasyon Çalışmaları</t>
+          <t>Cemile Li Midilliye Siwar Dibe</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789752562912</t>
+          <t>9789752562608</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Konstantinopol</t>
+          <t>Cemile Arikariya Hevale Xwe Dike</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752564381</t>
+          <t>9789752564404</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Cemile Okula Gitmek İstemiyor</t>
+          <t>Osmanlı Padişahları Albümü (Makedonca)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752564374</t>
+          <t>9789752565166</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Cemile Yemek Pişiriyor</t>
+          <t>Yaban da Solan Güller</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789756698037</t>
+          <t>9783944666167</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük Avare</t>
+          <t>Gesichts Yoga</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789752563643</t>
+          <t>9789752562523</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kritik Bir Bakış Açısıyla Kişisel Gelişim Kitapları</t>
+          <t>Cemile Bi Xwe De Dimize</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9799752560337</t>
+          <t>9789752562530</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kral Faruk’un Zirvede Geçen Yaşamı ve Trajik Sonu Mısır’ın Son Firavunu</t>
+          <t>Cemile Gotina Nexweş Dibeje</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>650</v>
+        <v>90</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752564350</t>
+          <t>9789752562547</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ruhtaki Bölünmeler</t>
+          <t>Cemile Xetake Dike</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789752564336</t>
+          <t>9789752562554</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Danışma Becerileri Üzerine Alıştırmalar</t>
+          <t>Cemile Vedigere Mektebe</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789756698242</t>
+          <t>9789752562448</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Cemile Naxwaze Rakeve</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789752561960</t>
+          <t>9789752562455</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Erkek Homoseksüeller İçin Onarım Terapisi</t>
+          <t>Cemile Naxwaze Sere Xwe Bişo</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789752562790</t>
+          <t>9789752562479</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Cemile Sağlıklı Yaşamayı Öğreniyor</t>
+          <t>Cemile Diçe Doxtor</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789752561427</t>
+          <t>9789752562486</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Cemile Plajda Oynuyor</t>
+          <t>Cemile Diçe Parge</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752560826</t>
+          <t>9789752562493</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Cemile Parka Gidiyor</t>
+          <t>Cemile Naxwaze bi Tombiş re Hevaltiye Bike</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789752560840</t>
+          <t>9789752562509</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Cemile Oyuncaklarını Paylaşmak İstemiyor</t>
+          <t>Cemile Diya Min U Bave Min Nexeyidine</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789752560888</t>
+          <t>9789752562516</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Cemile Okula Dönüyor</t>
+          <t>Cemile Naxwaze Listoken Xwe Parve Bike</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789752563292</t>
+          <t>9789752562615</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Cemile Müsamerede Rol Alıyor</t>
+          <t>Cemile Li Nexweşxane Radize</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752561779</t>
+          <t>9789752562622</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Cemile Midilliye Biniyor</t>
+          <t>Cemile Hini Melevaniye Dibe</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789752560864</t>
+          <t>9789752562639</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Cemile Kötü Söz Söylüyor</t>
+          <t>Cemile U Hevala Xwe Cile Prensesan Li Xwe Dikin</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789752563308</t>
+          <t>9789752562646</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Cemile Köpek Yavrusu Beslemek İstiyor</t>
+          <t>Cemile Ji Hevalen Xwe Yen Welaten Cuda Pir Hez Dike</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789752561397</t>
+          <t>9789752566248</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Cemile Kek Pişiriyor</t>
+          <t>M Nesli: Yeni Müslüman Gençlik</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789752563049</t>
+          <t>9789752562653</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Cemile Karanlıktan Korkmuyor</t>
+          <t>Biraye Cemile Çedibe</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752560796</t>
+          <t>9789752562707</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Cemile Kabus Görüyor</t>
+          <t>Perwer Pir Zede Şekiran Dixwe</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9799759403118</t>
+          <t>9789752562714</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Ayn'</t>
+          <t>Perwer Dest Bi Mektebe Dike</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9799752560290</t>
+          <t>9789752562691</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da Matbu Yayınların Tarihi 1802-1917 Arap Alfabeli Türkmen Kitapları Kataloğu</t>
+          <t>Perwer Şeve Bi Dapira Xwe Re Derbas Dike</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9799759403125</t>
+          <t>9789752562684</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Doğru Yazılar</t>
+          <t>Perwer Ji Xeyaletan Natirse</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9799756698050</t>
+          <t>9789752562721</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Doğaya Kaçış</t>
+          <t>Perwer Dibe Hostaye Avahiye</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789756698105</t>
+          <t>9789752562738</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Doğal Yaşam ve Başkaldırı</t>
+          <t>Perwer Dibe Hostaye Marangoze</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752561045</t>
+          <t>9789752562677</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi Hayatı ve Maceraları</t>
+          <t>Perwer Li Parke Hevalen Nu Ji Xwe Re Çedike</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789752563988</t>
+          <t>9789752562745</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Albümü (Rusça)</t>
+          <t>Perwer Diçe Supermarkete</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789752563414</t>
+          <t>9789752562752</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Albümü (Arapça)</t>
+          <t>Perwer Dixwaze Televizyone Temaşe Bike</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789752562400</t>
+          <t>9789756698228</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Albümü</t>
+          <t>Sevginin Gücü</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789752564213</t>
+          <t>9789752566200</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Montessori : Modern Bir Yaklaşım</t>
+          <t>Cemile Uçağa Biniyor</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789752564268</t>
+          <t>9789752566224</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Montessori</t>
+          <t>Ruhi Bunalımlar ve İslam Ruhiyatı</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752564251</t>
+          <t>9789752563254</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Ortaokulda Montessori Eğitimi</t>
+          <t>Yoga Kitaplarım 5 - Kumsalda</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789752564275</t>
+          <t>9789752566231</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Doktor Malezya Başbakanı Tun Dr. Mahathir Muhammed</t>
+          <t>Sarı Saltık - Ab-ı Hayat</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789752564244</t>
+          <t>9789752566187</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayat Tarzı Olarak Şehir, Mekan, Meydan</t>
+          <t>Avrupa’da İslam ve Sivil Toplum</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752563926</t>
+          <t>9789752564008</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Taş Yağan Gün</t>
+          <t>Album Osmanskib Sultana (Boşnakça)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789752564299</t>
+          <t>9789752565197</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Savaşta ve Barışta Lübnan  Marunileri</t>
+          <t>Album des Sultans Ottomans(İspanyolca)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789752563971</t>
+          <t>9789752565838</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Filistin Politikamız</t>
+          <t>Türkiye’de Dindar Burjuva ve Kadın</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9799752560917</t>
+          <t>9789756698983</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yalayıp Yutmak İçin Hikayeler (Ciltli)</t>
+          <t>Dervişler Arasında İki Hafta</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9799752560931</t>
+          <t>9789752565203</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Weber’de Kapitalizmin Ruhu ve İslam Üzerine Sosyo Psikolojik Bir Deneme</t>
+          <t>Sosyal Politika Ahlakı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9799759403101</t>
+          <t>9789752565845</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ars Moriendi</t>
+          <t>Irak</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9799759403132</t>
+          <t>9789752565920</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Şiir Henüz</t>
+          <t>Efraim</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789752563803</t>
+          <t>9789752565821</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ravza-i Aşk</t>
+          <t>Kadınlarımız</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789752563896</t>
+          <t>9789752565395</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bir Vaizenin Okumaları</t>
+          <t>Türkiye İnkılabının İç Yüzü</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9799756963738</t>
+          <t>9789752563483</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Oyun</t>
+          <t>Maneviyat Yolcusunun El Kitabı (Mevaddu'l - Gaysiyye)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789759483211</t>
+          <t>9789752561700</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözler</t>
+          <t>Afacan Tavşan'la Ormanda Dört Mevsim (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9799752560054</t>
+          <t>9789752565388</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İlginç Olaylar Sıradışı İnsanlar</t>
+          <t>Osmanlı Dönemi Mimarlık Sözlüğü - Istılahat-ı Mi'mariyye</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789759483241</t>
+          <t>9789752565333</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Aşk-ı Millet</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789759483296</t>
+          <t>9789752565371</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Arabi’nin Füsus’undaki Anahtar-Kavramlar</t>
+          <t>Cemile Öfkeleniyor</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789752560444</t>
+          <t>9789752565364</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ali ve Nino</t>
+          <t>Cemile Dedesinin Çiftliğinde</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>310</v>
+        <v>90</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752561441</t>
+          <t>9789752565326</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Aklın Ötesinde Şiirler</t>
+          <t>Devlet ve Derin Devlet</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789752561588</t>
+          <t>9789756698341</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Atakan Serisi (9 Kitap Takım)</t>
+          <t>En Büyük Benim! Muhammed Ali</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>810</v>
+        <v>470</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9799752560900</t>
+          <t>9789752565340</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Acil Servis Hayvan Hastanesi</t>
+          <t>Türk’e Kefen Biçilmez</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9799752560948</t>
+          <t>9789752565241</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Arabistan Kral’ının Yaşam Öyküsü: Abdülaziz Bin Suud</t>
+          <t>Gelişim Testleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9799752560511</t>
+          <t>9789752565234</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Belleğinde Yaşayan Beykoz</t>
+          <t>Zeka Testleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789752561175</t>
+          <t>9789752565296</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Modern Uluslararası Sistem</t>
+          <t>Kenya’nın Müstemleke Tarihi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752563315</t>
+          <t>9789752565319</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Modern Psikoterapiler</t>
+          <t>Filozofların Yanılgıları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789752563520</t>
+          <t>9789752564640</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji</t>
+          <t>Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>1000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9799756963554</t>
+          <t>9789752563230</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Günlüğü</t>
+          <t>Gökkuşağı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789756698204</t>
+          <t>9789752565265</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Cavidname</t>
+          <t>Şımartılmış Çocuk Sendromu</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789756698549</t>
+          <t>9789752562233</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Camtutan</t>
+          <t>Hamdi Neden Gözlük Takıyor?</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9799756963639</t>
+          <t>9789752562257</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın (1900 - 1999) Kültür ve Sanat Kronolojisi</t>
+          <t>Hamdi Neden Bu Kadar Dikkatsiz?</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789752563889</t>
+          <t>9789752562226</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Genç Duruş</t>
+          <t>Hamdi Göbeğini Nasıl Eritiyor?</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752561434</t>
+          <t>9789756698525</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ata Binmeyi Seviyorum (Ciltli)</t>
+          <t>Halvette 40 Gün</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789752561724</t>
+          <t>9789752565159</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Montessori Yöntemiyle Harika Çocuk Nasıl Yetiştirilir?</t>
+          <t>Travmatik Yaşantılar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752560857</t>
+          <t>9789752565210</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Cemile Uyumak İstemiyor</t>
+          <t>Aşk Yolunda Adım Adım</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789752560833</t>
+          <t>9789752565142</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Cemile Tombiş’le Arkadaşlık Etmek İstemiyor</t>
+          <t>Oyuna Geldik</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752561939</t>
+          <t>9789752565173</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Cemile Tombiş’e Zıt Kavramları Öğretiyor</t>
+          <t>Mehlika Sultan</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789752561946</t>
+          <t>9789752565135</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Cemile Tombiş’e Yeni Kelimeler Öğretiyor</t>
+          <t>Gönülden Gazeller</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789752561915</t>
+          <t>9789752565180</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Cemile Tombiş’e Şekilleri Öğretiyor</t>
+          <t>Dağlar Seni Söyler Dalgalar Seni</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789752561922</t>
+          <t>9789752564671</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Cemile Tombiş’e Renkleri Öğretiyor</t>
+          <t>Çocukluğun Sırrı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789752562974</t>
+          <t>9789752564626</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Cemile Teneffüste</t>
+          <t>Çocuğunuz Hakkında Bilmeniz Gerekenler</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789752563032</t>
+          <t>9789752564688</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Cemile Tatile Çıkıyor</t>
+          <t>Çocuğun Keşfi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789752562349</t>
+          <t>9789752564398</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Cemile Seti (22 Kitap Takım)</t>
+          <t>Bana Kendi Kendime Yetmeyi Öğret</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>1980</v>
+        <v>370</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789752564190</t>
+          <t>9789752561090</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Cemile Kardeşini Kıskanıyor</t>
+          <t>Stalin ve Türk Dünyası</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789752564183</t>
+          <t>9799756963097</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Cemile Dans Kursuna Gidiyor</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789752562837</t>
+          <t>9789752562110</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Asrın Vebası: Narsisizm İlleti</t>
+          <t>Muhibbi Divanı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789752560253</t>
+          <t>9799752560092</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Dost Görünen Düşman!</t>
+          <t>Muhammed İkbal’in Tasavvufi Düşüncesi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9799752560405</t>
+          <t>9789752564596</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Dolunay</t>
+          <t>Doğumdan İtibaren Montessori</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789750116513</t>
+          <t>9789752563728</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz Tarihi</t>
+          <t>Çin</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789752563834</t>
+          <t>9789752564619</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Cemile Her Şeyi Kendi Yapmak İstiyor</t>
+          <t>Yetişkin Eğitimi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>90</v>
+        <v>380</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789752564169</t>
+          <t>9789752563940</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Hamilelikten 3 Yaşa Kadar Bebeğimi Büyütüyorum (Ciltli)</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>1300</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789752563070</t>
+          <t>9789756698402</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Sureler ve Dualar (Ciltli)</t>
+          <t>Mantıku't- Tayr Kuşların Diliyle</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789752564022</t>
+          <t>9789756698921</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Moda (Ciltli)</t>
+          <t>Biri Beni Gözetliyor</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>1900</v>
+        <v>410</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789752563858</t>
+          <t>9789752562820</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Modern Psikoterapiler - Vaka Hikayeleri</t>
+          <t>Bir Vaizenin Günlüğü</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789752563957</t>
+          <t>9789752564480</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuz ve Sizin İçin Montessori Etkinlikleri</t>
+          <t>Atakan Tutumlu Olmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>380</v>
+        <v>90</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789756698358</t>
+          <t>9789752564497</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Antropoloji</t>
+          <t>Atakan Bilgisayarda Çok Fazla Oyun Oynuyor</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>900</v>
+        <v>90</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789752562370</t>
+          <t>9789752564442</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Kırmızı Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789752562073</t>
+          <t>9789752564510</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişim Psikolojisi</t>
+          <t>Osmanlı Padişahları Albümü (Farsça)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>900</v>
+        <v>260</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789752563766</t>
+          <t>9789752564527</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Psikoloji</t>
+          <t>Meşruiyetin Sosyal Psikolojisi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789752562387</t>
+          <t>9789752564473</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Baharat ve Otlarla Şifalı Yemek Tarifleri</t>
+          <t>Emici Zihin</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9799752560733</t>
+          <t>9789752564435</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türklerinin Milli Mücadele Tarihi 1920-1945</t>
+          <t>Psikoterapi Pratiği</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789752561984</t>
+          <t>9789752564237</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Ayna İçinde Ayna</t>
+          <t>Amak-ı Hayal (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9799756963790</t>
+          <t>9789752564466</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Üzerine Bir Derkenar</t>
+          <t>Dürtüsellik</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>260</v>
+        <v>750</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789752564060</t>
+          <t>9789752564459</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Atakan İnşaat Ustası Oluyor (Ciltli)</t>
+          <t>Türk Dış Politikası 1918-1980</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789752562288</t>
+          <t>9799752560115</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Atakan ile Okuma Yazma Öğreniyorum</t>
+          <t>Kanadı Kırık Melek</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789752561892</t>
+          <t>9789756698365</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ata Binmeyi Seviyorum</t>
+          <t>Kalk Son Gününe Veda Et</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9799756698177</t>
+          <t>9799752560245</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Aşkoloji 4. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
+          <t>Kalem ile Aşk ve Kavga</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9799756698176</t>
+          <t>9789756963463</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Aşkoloji 3. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
+          <t>Kale</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9799756698175</t>
+          <t>9789752564282</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Aşkoloji 2. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
+          <t>Portraits der Osmanischen Sultane / Osmanlı Padişahları Albümü</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>750</v>
+        <v>260</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9799756698174</t>
+          <t>9789752564305</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Aşkoloji 1. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
+          <t>Un Album Portrait des Sultans Ottomans (Fransızca)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>750</v>
+        <v>260</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9799756698043</t>
+          <t>9789752563964</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Aşkoğrafya</t>
+          <t>19. YY.'den 20. YY.'ye Osmanlı Topraklarında Seyahat, Göç ve Asayiş Belgeleri</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9799756963714</t>
+          <t>9789756698112</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ölümcül Etkileri</t>
+          <t>Öksüz Turgut</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789752562066</t>
+          <t>9789756963050</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Aşkoloji (4 Cilt Takım )</t>
+          <t>A'mak-ı Hayal : Hayalin Derinliklerinde Yolculuk</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>3000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789752563698</t>
+          <t>9789752561236</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Evlilik Terapisi</t>
+          <t>Atakan Çok Fazla Şeker Yiyor</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789752562813</t>
+          <t>9789752561298</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sarhoşluğunun Sabahı</t>
+          <t>Atakan Süpermarkete Gidiyor</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>440</v>
+        <v>90</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789756963661</t>
+          <t>9789752564121</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mektupları</t>
+          <t>Atakan Süper Kahraman Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789752561878</t>
+          <t>9789752561762</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile Hu: Rabia İlahi Aşkın Nefesi</t>
+          <t>Ateş Hattında - Beytüşşebap Kaymakamının PKK ile Mücadele Günlüğü</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789756698327</t>
+          <t>9789752561199</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar</t>
+          <t>Atakan Televizyon Seyretmek İstiyor</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9799756963561</t>
+          <t>9789752563773</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Arap Geceleri Binbir Gece Masalları Seçkisi</t>
+          <t>Atakan Süper Kahraman Oluyor</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789752561731</t>
+          <t>9789752564114</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Annemle Beraber Yemek Pişiriyoruz (Ciltli)</t>
+          <t>Atakan Sinemaya Gidiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789752563711</t>
+          <t>9789752564107</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Ötesinde</t>
+          <t>Atakan Sebze ve Meyvelerle Arkadaş Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789752563179</t>
+          <t>9789752563780</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Anne Babalar için Gençlerde Homoseksüelliği Önleme Rehberi</t>
+          <t>Atakan Sinemaya Gidiyor</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789756963272</t>
+          <t>9789752563629</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ankebut</t>
+          <t>Atakan Sebze ve Meyvelerle Arkadaş Oluyor</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9799756698197</t>
+          <t>9789752561281</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ankara İç Savaşında Üç Hainin Portresi</t>
+          <t>Atakan Parka Gidiyor</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789757969082</t>
+          <t>9789752561595</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Teşekkürün Bir İfadesi Namaz</t>
+          <t>Atakan Okula Başlıyor</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9799752560740</t>
+          <t>9789752561274</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Akıbet</t>
+          <t>Atakan Marangoz Ustası Oluyor</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9799756698760</t>
+          <t>9789752561267</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz’den Hindistan’a Türk-İran Esintileri</t>
+          <t>Atakan İnşaat Ustası Oluyor</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789752563377</t>
+          <t>9789752561823</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>A Portrait Album of the Ottoman Sultans</t>
+          <t>Atakan ile Beraber Yaz Okuluna Gidiyorum</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789752563018</t>
+          <t>9789752561250</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>22 Şubat - 21 Mayıs Geliyorum Diyen İhtilal</t>
+          <t>Atakan Hayaletlerden Korkmuyor</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752563919</t>
+          <t>9789752561243</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Ulus, Çokkültürlülük ve Etnisite</t>
+          <t>Atakan Geceyi Anneannesiyle Geçiriyor</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9799756698418</t>
+          <t>9789752561830</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>1914-1921 1. Cihan Harbi Sonrasında İslam Alemi</t>
+          <t>Atakan Boyama</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9799756698494</t>
+          <t>9789752563797</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>1868-1932 Mısır’da Türk Bir Şair Ahmet Şevki</t>
+          <t>Atakan Dişlerini Fırçalamaya Alışıyor</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9799756963158</t>
+          <t>9789752560604</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>16. yy. Osmanlı Toplumunda  Yönetim, Nüfus, İskan, Göç ve Sürgün</t>
+          <t>Kişilik</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789752563575</t>
+          <t>9789752563865</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Sanat Terapisiyle İyileşmek</t>
+          <t>Ergenlik Psikolojisi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789752560956</t>
+          <t>9789752564428</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiye Giriş</t>
+          <t>Cemile’nin Büyük Oyun Kitabı - 2</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>1100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789752563186</t>
+          <t>9789752564411</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışma Becerileri</t>
+          <t>Cemile’nin Büyük Oyun Kitabı - 1</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>530</v>
+        <v>180</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789756963852</t>
+          <t>9789752561083</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Modern Psikoloji Tarihi</t>
+          <t>Klasik Dünya Masalları</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>710</v>
+        <v>350</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9799752560108</t>
+          <t>9789752562035</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Zehir</t>
+          <t>Kişilik Vaka İncelemeleri</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789752561625</t>
+          <t>9789752563933</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Güzellik - Gençlik: Yüz Yogası</t>
+          <t>Konstelasyon Çalışmaları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752561632</t>
+          <t>9789752562912</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yumuşacık Kanatlı Dostlarım</t>
+          <t>Konstantinopol</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9799756698159</t>
+          <t>9789752564381</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yönetmen Tiyatrosu’na Karşı Bir Shakespeare ve Nazım Hikmet Savunması</t>
+          <t>Cemile Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9780897935265</t>
+          <t>9789752564374</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yoga For a Beautiful Face</t>
+          <t>Cemile Yemek Pişiriyor</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9799756963431</t>
+          <t>9789756698037</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 3</t>
+          <t>Kum ve Köpük Avare</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9799756963073</t>
+          <t>9789752563643</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 2</t>
+          <t>Kritik Bir Bakış Açısıyla Kişisel Gelişim Kitapları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789756963012</t>
+          <t>9799752560337</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 1</t>
+          <t>Kral Faruk’un Zirvede Geçen Yaşamı ve Trajik Sonu Mısır’ın Son Firavunu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789756963692</t>
+          <t>9789752564350</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sosyal Hareketler</t>
+          <t>Ruhtaki Bölünmeler</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789752561137</t>
+          <t>9789752564336</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Afacan Tavşanla Ormanda Dört Mevsim / Yaz Yağmuru</t>
+          <t>Danışma Becerileri Üzerine Alıştırmalar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9799752560924</t>
+          <t>9789756698242</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yatmadan Önce Kemirmek İçin Hikayeler (Ciltli)</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9799759483226</t>
+          <t>9789752561960</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Erkek Homoseksüeller İçin Onarım Terapisi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9799752560559</t>
+          <t>9789752562790</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yana Yana Döne Döne</t>
+          <t>Cemile Sağlıklı Yaşamayı Öğreniyor</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789752563117</t>
+          <t>9789752561427</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Waldorf Yöntemiyle Harika Çocuk Nasıl Yetiştirilir?  (2-4 Yaş )</t>
+          <t>Cemile Plajda Oynuyor</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789752563124</t>
+          <t>9789752560826</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Waldorf Yöntemiyle Harika Bebek Nasıl Yetiştirilir? (3 Ay- 2 Yaş)</t>
+          <t>Cemile Parka Gidiyor</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>370</v>
+        <v>90</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789752563162</t>
+          <t>9789752560840</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Waldorf Yöntemiyle Çocuğumu Büyütüyorum</t>
+          <t>Cemile Oyuncaklarını Paylaşmak İstemiyor</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789756698853</t>
+          <t>9789752560888</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Viyana Yazıları(1988 - 1998)</t>
+          <t>Cemile Okula Dönüyor</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789756963265</t>
+          <t>9789752563292</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ve: Blues</t>
+          <t>Cemile Müsamerede Rol Alıyor</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9799752560320</t>
+          <t>9789752561779</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Dil</t>
+          <t>Cemile Midilliye Biniyor</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789752563667</t>
+          <t>9789752560864</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Üsküp’ün İçinde Kumaş Biçerler</t>
+          <t>Cemile Kötü Söz Söylüyor</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789756698839</t>
+          <t>9789752563308</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Üsküdarlı Fenayi Cennet Mehmet Efendi ve Divanı</t>
+          <t>Cemile Köpek Yavrusu Beslemek İstiyor</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9799756698807</t>
+          <t>9789752561397</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar Zaman Aynasında</t>
+          <t>Cemile Kek Pişiriyor</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789752561908</t>
+          <t>9789752563049</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar Picturing an Exalted Reverie (Ciltli)</t>
+          <t>Cemile Karanlıktan Korkmuyor</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>1200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789752561021</t>
+          <t>9789752560796</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar Anıları (Ciltli)</t>
+          <t>Cemile Kabus Görüyor</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789756698907</t>
+          <t>9799759403118</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Dünyanın Meydan Okuyan İlerleyişi</t>
+          <t>Ayn'</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789756963760</t>
+          <t>9799752560290</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Mektup</t>
+          <t>Doğu’da Matbu Yayınların Tarihi 1802-1917 Arap Alfabeli Türkmen Kitapları Kataloğu</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789752561649</t>
+          <t>9799759403125</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ülkelerden Hayvan Dostlarım</t>
+          <t>Doğru Yazılar</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789752563704</t>
+          <t>9799756698050</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Uçuyorum Sanmıştım Düşüyormuşum</t>
+          <t>Doğaya Kaçış</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789752563650</t>
+          <t>9789756698105</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanı’nda 12 Eylül</t>
+          <t>Doğal Yaşam ve Başkaldırı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789752563100</t>
+          <t>9789752561045</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi ve 2. Abdülhamid’in Eğitim Hamlesi</t>
+          <t>Battal Gazi Hayatı ve Maceraları</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9799756963844</t>
+          <t>9789752563988</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkilabı</t>
+          <t>Osmanlı Padişahları Albümü (Rusça)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9799752560023</t>
+          <t>9789752563414</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Türk Ermeni İlişkileri</t>
+          <t>Osmanlı Padişahları Albümü (Arapça)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789752561885</t>
+          <t>9789752562400</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Türk Çayının Dünü Ve Bugünü</t>
+          <t>Osmanlı Padişahları Albümü</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789752563452</t>
+          <t>9789752564213</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Travma, Bağlanma ve Aile Konstelasyonları</t>
+          <t>Montessori : Modern Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789752563094</t>
+          <t>9789752564268</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Toplum Düşüncesinde Görecilik</t>
+          <t>Sınıfta Montessori</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9799756698463</t>
+          <t>9789752564251</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy</t>
+          <t>İlk ve Ortaokulda Montessori Eğitimi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>410</v>
+        <v>230</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9799756963530</t>
+          <t>9789752564275</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Tekerleklerin Şarkısı</t>
+          <t>Evdeki Doktor Malezya Başbakanı Tun Dr. Mahathir Muhammed</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789752561168</t>
+          <t>9789752564244</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Tassos Papadopulos Kıbrıs’ta Rumlar Vadisi</t>
+          <t>Bir Hayat Tarzı Olarak Şehir, Mekan, Meydan</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789752561472</t>
+          <t>9789752563926</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Tassos Papadopoulos Valley Of The Greek Cypriots İn Cyprus</t>
+          <t>Taş Yağan Gün</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789756963777</t>
+          <t>9789752564299</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Tao-Culuk’daki Anahtar-Kavramlar</t>
+          <t>Savaşta ve Barışta Lübnan  Marunileri</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789756963319</t>
+          <t>9789752563971</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Türkiye</t>
+          <t>Filistin Politikamız</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9799752560047</t>
+          <t>9799752560917</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Tagiyev</t>
+          <t>Yalayıp Yutmak İçin Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9799756963394</t>
+          <t>9799752560931</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Şubat Vişneleri</t>
+          <t>Weber’de Kapitalizmin Ruhu ve İslam Üzerine Sosyo Psikolojik Bir Deneme</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789756698877</t>
+          <t>9799759403101</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Şii Ulemanın Otoritesinin Temelleri</t>
+          <t>Ars Moriendi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789752563810</t>
+          <t>9799759403132</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Şifa Bu Değil</t>
+          <t>Şiir Henüz</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9799756963479</t>
+          <t>9789752563803</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Şairin Dini</t>
+          <t>Ravza-i Aşk</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789752560529</t>
+          <t>9789752563896</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail Hata’i Külliyatı</t>
+          <t>Bir Vaizenin Okumaları</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>600</v>
+        <v>310</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789756698693</t>
+          <t>9799756963738</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Süreyya - Sürgündeki Prenses</t>
+          <t>Çocuk ve Oyun</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789752561748</t>
+          <t>9789759483211</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid - İftiralara Cevaplar</t>
+          <t>İlk Sözler</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789752563513</t>
+          <t>9799752560054</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>SSCB Türkiye İlişkileri</t>
+          <t>İlginç Olaylar Sıradışı İnsanlar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789752563759</t>
+          <t>9789759483241</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Anormal Psikoloji</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>1100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789752564312</t>
+          <t>9789759483296</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>APA Publication Manual Yayım Kılavuzu</t>
+          <t>İbn-i Arabi’nin Füsus’undaki Anahtar-Kavramlar</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789756963296</t>
+          <t>9789752560444</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Metafizik Nedir?</t>
+          <t>Ali ve Nino</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9799756963653</t>
+          <t>9789752561441</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Memleket Meseleleri</t>
+          <t>Aklın Ötesinde Şiirler</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789752563551</t>
+          <t>9789752561588</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar 1925-1975</t>
+          <t>Atakan Serisi (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>420</v>
+        <v>810</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9799756963820</t>
+          <t>9799752560900</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Mavi Melekler</t>
+          <t>Acil Servis Hayvan Hastanesi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789752561007</t>
+          <t>9799752560948</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Masal Masal İçinde Hint Masalları</t>
+          <t>Arabistan Kral’ının Yaşam Öyküsü: Abdülaziz Bin Suud</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789756963227</t>
+          <t>9799752560511</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Marzubanname</t>
+          <t>Edebiyatın Belleğinde Yaşayan Beykoz</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789752563438</t>
+          <t>9789752561175</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Manevi Kriz</t>
+          <t>Modern Uluslararası Sistem</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789752561687</t>
+          <t>9789752563315</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Lubyanskaya Suç Örgütü</t>
+          <t>Modern Psikoterapiler</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789752563278</t>
+          <t>9789752563520</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Libya’nın Kaddafisi</t>
+          <t>Sosyal Psikoloji</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>320</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789752560987</t>
+          <t>9799756963554</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Lal</t>
+          <t>Cehennem Günlüğü</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9799752560702</t>
+          <t>9789756698204</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ahlak ya da Küresel Hegemonya?</t>
+          <t>Cavidname</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789752562882</t>
+          <t>9789756698549</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kuva-yi Milliye’nin Rizeli Emicesi: İpsiz Recep</t>
+          <t>Camtutan</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789756698730</t>
+          <t>9799756963639</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kopuzlar</t>
+          <t>Yüzyılın (1900 - 1999) Kültür ve Sanat Kronolojisi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789752561601</t>
+          <t>9789752563889</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dünya Masalları (Ciltli)</t>
+          <t>Genç Duruş</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789752562004</t>
+          <t>9789752561434</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kızım Süreyya</t>
+          <t>Ata Binmeyi Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789756963388</t>
+          <t>9789752561724</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar</t>
+          <t>Montessori Yöntemiyle Harika Çocuk Nasıl Yetiştirilir?</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789756963142</t>
+          <t>9789752560857</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Adam</t>
+          <t>Cemile Uyumak İstemiyor</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789752560468</t>
+          <t>9789752560833</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kaşgarlı Mahmut</t>
+          <t>Cemile Tombiş’le Arkadaşlık Etmek İstemiyor</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789752561120</t>
+          <t>9789752561939</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kar Tavukları</t>
+          <t>Cemile Tombiş’e Zıt Kavramları Öğretiyor</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9799756698456</t>
+          <t>9789752561946</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Cemile Tombiş’e Yeni Kelimeler Öğretiyor</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789752563537</t>
+          <t>9789752561915</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Gömlek</t>
+          <t>Cemile Tombiş’e Şekilleri Öğretiyor</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>410</v>
+        <v>150</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789756698709</t>
+          <t>9789752561922</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Yolculuk</t>
+          <t>Cemile Tombiş’e Renkleri Öğretiyor</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789752562424</t>
+          <t>9789752562974</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağı’nın Güney Yüzü Gürcistan</t>
+          <t>Cemile Teneffüste</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>330</v>
+        <v>90</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789752563568</t>
+          <t>9789752563032</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kadim İnsanın İzinde</t>
+          <t>Cemile Tatile Çıkıyor</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9799756963769</t>
+          <t>9789752562349</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Kadın Erkek Dedikoduları</t>
+          <t>Cemile Seti (22 Kitap Takım)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>300</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789756963067</t>
+          <t>9789752564190</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yolcu</t>
+          <t>Cemile Kardeşini Kıskanıyor</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789756963302</t>
+          <t>9789752564183</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Cemile Dans Kursuna Gidiyor</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789756963364</t>
+          <t>9789752562837</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İtiraflar Cilt: 2</t>
+          <t>Asrın Vebası: Narsisizm İlleti</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789759483272</t>
+          <t>9789752560253</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>İtiraflar Cilt: 1</t>
+          <t>Dost Görünen Düşman!</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789756963623</t>
+          <t>9799752560405</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İtiraflar</t>
+          <t>Dolunay</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789756698846</t>
+          <t>9789750116513</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi</t>
+          <t>Doğu Karadeniz Tarihi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789756698747</t>
+          <t>9789752563834</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Düştü - Ben Hala Hayatta Mıyım?</t>
+          <t>Cemile Her Şeyi Kendi Yapmak İstiyor</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>310</v>
+        <v>90</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789752561489</t>
+          <t>9789752564169</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İslamiyetin Geliştirdiği Tasavvuf</t>
+          <t>Hamilelikten 3 Yaşa Kadar Bebeğimi Büyütüyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>200</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789752561311</t>
+          <t>9789752563070</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu Masalları</t>
+          <t>Kur'an-ı Kerim'den Sureler ve Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9799752560665</t>
+          <t>9789752564022</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İnsanım Benim</t>
+          <t>Moda (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>150</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789752561182</t>
+          <t>9789752563858</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Işıyan Kelimeler Rasim Özdenören</t>
+          <t>Modern Psikoterapiler - Vaka Hikayeleri</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9799752560214</t>
+          <t>9789752563957</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Hugo Grotius’un Hukuk ve Siyaset Felsefesi</t>
+          <t>Çocuğunuz ve Sizin İçin Montessori Etkinlikleri</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9799756963196</t>
+          <t>9789756698358</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Horozlu Ayna ve Ölüm</t>
+          <t>Kültürel Antropoloji</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9799752560672</t>
+          <t>9789752562370</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Hilkatin İlk Günleri</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>170</v>
+        <v>850</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9799756698784</t>
+          <t>9789752562073</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Hekiminizi Nasıl Alırdınız?</t>
+          <t>Çocuk Gelişim Psikolojisi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>220</v>
+        <v>900</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789756698792</t>
+          <t>9789752563766</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Hazar Ötesi Türkmenleri</t>
+          <t>Bilişsel Psikoloji</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789752562042</t>
+          <t>9789752562387</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Kolaylaştır</t>
+          <t>Baharat ve Otlarla Şifalı Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789757969006</t>
+          <t>9799752560733</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Hayat Üzerine Düşünceler</t>
+          <t>Azerbaycan Türklerinin Milli Mücadele Tarihi 1920-1945</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9799756698555</t>
+          <t>9789752561984</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Hayal Şehir Şiirlerde Üsküdar</t>
+          <t>Ayna İçinde Ayna</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789756963722</t>
+          <t>9799756963790</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Hayal Alemleri</t>
+          <t>Aydınlanma Üzerine Bir Derkenar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789752563087</t>
+          <t>9789752564060</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah Cennet Fedaileri</t>
+          <t>Atakan İnşaat Ustası Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789752562868</t>
+          <t>9789752562288</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Hamse</t>
+          <t>Atakan ile Okuma Yazma Öğreniyorum</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789752562240</t>
+          <t>9789752561892</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Hamdi Üşengeçlikten Nasıl Vazgeçti?</t>
+          <t>Ata Binmeyi Seviyorum</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789752562264</t>
+          <t>9799756698177</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Hamdi Uzun Boylu Olmaktan Memnun mu?</t>
+          <t>Aşkoloji 4. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789752562219</t>
+          <t>9799756698176</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Hamdi Utangaçlığını Nasıl Yendi?</t>
+          <t>Aşkoloji 3. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789752562356</t>
+          <t>9799756698175</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Hamdi serisi (6 Kitap Takım)</t>
+          <t>Aşkoloji 2. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>540</v>
+        <v>750</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9799756698562</t>
+          <t>9799756698174</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran’la Anılarım</t>
+          <t>Aşkoloji 1. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789752563360</t>
+          <t>9799756698043</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Hakikati Arayan Kadın</t>
+          <t>Aşkoğrafya</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9799756963356</t>
+          <t>9799756963714</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Habeş Seyahatnamesi</t>
+          <t>Aşkın Ölümcül Etkileri</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789752562431</t>
+          <t>9789752562066</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Gürcü Dili ve Edebiyatı Üzerine Okumalar</t>
+          <t>Aşkoloji (4 Cilt Takım )</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>240</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789756963982</t>
+          <t>9789752563698</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Fısıltısı</t>
+          <t>Aşk ve Evlilik Terapisi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789752563599</t>
+          <t>9789752562813</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Gecikmiş Anne Adayı İçin Hamile Kalma Kılavuzu</t>
+          <t>Aşk Sarhoşluğunun Sabahı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789752562127</t>
+          <t>9789756963661</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Gazan Han ve Reformları (1295 - 1304)</t>
+          <t>Aşk Mektupları</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789752562844</t>
+          <t>9789752561878</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Gandi ve Mira</t>
+          <t>Aşk ile Hu: Rabia İlahi Aşkın Nefesi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789756698136</t>
+          <t>9789756698327</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Gandhi ve Şiddet Dışı Direniş</t>
+          <t>Asi Ruhlar</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789756963517</t>
+          <t>9799756963561</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Freudyen Psikolojiye Giriş</t>
+          <t>Arap Geceleri Binbir Gece Masalları Seçkisi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9799752560757</t>
+          <t>9789752561731</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Folklorumuzda ve Edebiyatımızda Göz</t>
+          <t>Annemle Beraber Yemek Pişiriyoruz (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789759483258</t>
+          <t>9789752563711</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar</t>
+          <t>Anneliğin Ötesinde</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789752561144</t>
+          <t>9789752563179</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Fındıkkıran Sincap</t>
+          <t>Anne Babalar için Gençlerde Homoseksüelliği Önleme Rehberi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9799752560429</t>
+          <t>9789756963272</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Fatima</t>
+          <t>Ankebut</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789752563384</t>
+          <t>9799756698197</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Eskizler</t>
+          <t>Ankara İç Savaşında Üç Hainin Portresi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789756698938</t>
+          <t>9789757969082</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Enneagram Kendini Bilme Sanatı</t>
+          <t>Allah’a Teşekkürün Bir İfadesi Namaz</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789752562103</t>
+          <t>9799752560740</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>El ve Ayak Masajı</t>
+          <t>Akıbet</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789756963487</t>
+          <t>9799756698760</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ekipsiz Asi</t>
+          <t>Akdeniz’den Hindistan’a Türk-İran Esintileri</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789752561670</t>
+          <t>9789752563377</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın İç Yapısı</t>
+          <t>A Portrait Album of the Ottoman Sultans</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789756963258</t>
+          <t>9789752563018</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler ve Sohbetler</t>
+          <t>22 Şubat - 21 Mayıs Geliyorum Diyen İhtilal</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789759483203</t>
+          <t>9789752563919</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler</t>
+          <t>21. Yüzyılda Ulus, Çokkültürlülük ve Etnisite</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789752562363</t>
+          <t>9799756698418</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Bilimi Öğreten İslam Alimleri</t>
+          <t>1914-1921 1. Cihan Harbi Sonrasında İslam Alemi</t>
         </is>
       </c>
       <c r="C522" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789752562929</t>
+          <t>9799756698494</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Doğum Gününde Cemile ile Saatleri Öğreniyorum (Ciltli)</t>
+          <t>1868-1932 Mısır’da Türk Bir Şair Ahmet Şevki</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9799752560627</t>
+          <t>9799756963158</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Dirilen Adam</t>
+          <t>16. yy. Osmanlı Toplumunda  Yönetim, Nüfus, İskan, Göç ve Sürgün</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789757969044</t>
+          <t>9789752563575</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Din Nedir?</t>
+          <t>Sanat Terapisiyle İyileşmek</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9799752560504</t>
+          <t>9789752560956</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Devletlu Eşkıyalar</t>
+          <t>Psikolojiye Giriş</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>350</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789756963289</t>
+          <t>9789752563186</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Değişimin Tanıkları</t>
+          <t>Psikolojik Danışma Becerileri</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>320</v>
+        <v>530</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789756963784</t>
+          <t>9789756963852</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Çin’e Yolculuk</t>
+          <t>Modern Psikoloji Tarihi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>130</v>
+        <v>710</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9799756963332</t>
+          <t>9799752560108</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Çıldırının Anaforunda Gog</t>
+          <t>Zehir</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789752561342</t>
+          <t>9789752561625</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okuyorum Eğleniyorum -Küçük Tay Şahlan</t>
+          <t>Güzellik - Gençlik: Yüz Yogası</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789752561335</t>
+          <t>9789752561632</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Kurt Yavrusu Sivrikulak</t>
+          <t>Yumuşacık Kanatlı Dostlarım</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789752561380</t>
+          <t>9799756698159</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Ceylan Yavrusu Nazlı</t>
+          <t>Yönetmen Tiyatrosu’na Karşı Bir Shakespeare ve Nazım Hikmet Savunması</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789752561359</t>
+          <t>9780897935265</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Ayı Yavrusu Tombiş</t>
+          <t>Yoga For a Beautiful Face</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789752561373</t>
+          <t>9799756963431</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okuyorum Eğleniyorum - Aslan Yavrusu Tortop</t>
+          <t>Yeni Türk Edebiyatında Öykü - 3</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789752561366</t>
+          <t>9799756963073</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okuyorum Eğleniyorum -  Kedi Yavrusu Minnoş</t>
+          <t>Yeni Türk Edebiyatında Öykü - 2</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9799756963165</t>
+          <t>9789756963012</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Arap Öyküleri Seçkiler</t>
+          <t>Yeni Türk Edebiyatında Öykü - 1</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9799756698999</t>
+          <t>9789756963692</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Cihan Sedat</t>
+          <t>Yeni Sosyal Hareketler</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789752562301</t>
+          <t>9789752561137</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Oyuncak Sandığı (Ciltli)</t>
+          <t>Afacan Tavşanla Ormanda Dört Mevsim / Yaz Yağmuru</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>460</v>
+        <v>100</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789752562196</t>
+          <t>9799752560924</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Kardeşi Oluyor</t>
+          <t>Yatmadan Önce Kemirmek İçin Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789752562981</t>
+          <t>9799759483226</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Çıkartmalı Aktivite Kitabı</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789752562998</t>
+          <t>9799752560559</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Çıkartmalı Aktivite Kitabı</t>
+          <t>Yana Yana Döne Döne</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789752563544</t>
+          <t>9789752563117</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Bugün Doğum Günü</t>
+          <t>Waldorf Yöntemiyle Harika Çocuk Nasıl Yetiştirilir?  (2-4 Yaş )</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>90</v>
+        <v>370</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789752561793</t>
+          <t>9789752563124</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Cemile Yüzmeyi Öğreniyor</t>
+          <t>Waldorf Yöntemiyle Harika Bebek Nasıl Yetiştirilir? (3 Ay- 2 Yaş)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>90</v>
+        <v>370</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789752561229</t>
+          <t>9789752563162</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Cemile Yeni Çizmelerini Giyiyor</t>
+          <t>Waldorf Yöntemiyle Çocuğumu Büyütüyorum</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789752561205</t>
+          <t>9789756698853</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Cemile Yeni Arkadaşını Çok Seviyor</t>
+          <t>Viyana Yazıları(1988 - 1998)</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789752562189</t>
+          <t>9789756963265</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Cemile ve Arkadaşı Prenses Elbisesi Giyiyor</t>
+          <t>Ve: Blues</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789752562271</t>
+          <t>9799752560320</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Cemile ile Okuma Yazma Öğreniyorum</t>
+          <t>Vahşi Dil</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789752561847</t>
+          <t>9789752563667</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Cemile ile Boyama Yapıyorum</t>
+          <t>Üsküp’ün İçinde Kumaş Biçerler</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789752563612</t>
+          <t>9789756698839</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Cemile Hayvanat Bahçesinde</t>
+          <t>Üsküdarlı Fenayi Cennet Mehmet Efendi ve Divanı</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789752563605</t>
+          <t>9799756698807</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Cemile Havuza Gidiyor</t>
+          <t>Üsküdar Zaman Aynasında</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789752561809</t>
+          <t>9789752561908</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Cemile Hastanede Yatıyor</t>
+          <t>Üsküdar Picturing an Exalted Reverie (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>90</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789752563674</t>
+          <t>9789752561021</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Cemile Hafta Sonunu Anneannesi ve Dedesiyle Geçiriyor</t>
+          <t>Üsküdar Anıları (Ciltli)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789752561212</t>
+          <t>9789756698907</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Cemile Geceyi Teyzesinde Geçiriyor</t>
+          <t>Üçüncü Dünyanın Meydan Okuyan İlerleyişi</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789752563056</t>
+          <t>9789756963760</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Cemile Geceyi Bakıcı Ablasıyla Geçiriyor</t>
+          <t>Uzun Bir Mektup</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789752562462</t>
+          <t>9789752561649</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Cemile Gabusan Dibine</t>
+          <t>Uzak Ülkelerden Hayvan Dostlarım</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789752560819</t>
+          <t>9789752563704</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Cemile Doktora Gidiyor</t>
+          <t>Uçuyorum Sanmıştım Düşüyormuşum</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789752562776</t>
+          <t>9789752563650</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Cemile Doğru Beslenmeyi Öğreniyor</t>
+          <t>Türk Romanı’nda 12 Eylül</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789752563841</t>
+          <t>9789752563100</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Cemile Çok Fazla Televizyon Seyrediyor</t>
+          <t>Türk Modernleşmesi ve 2. Abdülhamid’in Eğitim Hamlesi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789752560789</t>
+          <t>9799756963844</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Cemile Çişini Altına Yapıyor</t>
+          <t>Türk İnkilabı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789752562172</t>
+          <t>9799752560023</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Cemile Çinli ve Zenci Arkadaşlarını Çok Seviyor</t>
+          <t>Türk Ermeni İlişkileri</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789752561410</t>
+          <t>9789752561885</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Cemile Çiftliğe Gidiyor</t>
+          <t>Türk Çayının Dünü Ve Bugünü</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789752562783</t>
+          <t>9789752563452</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Cemile Boyu Uzasın İstiyor</t>
+          <t>Travma, Bağlanma ve Aile Konstelasyonları</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789752560871</t>
+          <t>9789752563094</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Cemile Bir Hata Yapıyor</t>
+          <t>Toplum Düşüncesinde Görecilik</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789752560802</t>
+          <t>9799756698463</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Cemile Banyo Yapmak İstemiyor</t>
+          <t>Tolstoy</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>90</v>
+        <v>410</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789752561403</t>
+          <t>9799756963530</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Cemile Bahçeyi Keşfediyor</t>
+          <t>Tekerleklerin Şarkısı</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789752562967</t>
+          <t>9789752561168</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Cemile Bahçede</t>
+          <t>Tassos Papadopulos Kıbrıs’ta Rumlar Vadisi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789752562936</t>
+          <t>9789752561472</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Cemile Ayakkabı Bağlamayı Öğreniyor</t>
+          <t>Tassos Papadopoulos Valley Of The Greek Cypriots İn Cyprus</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789752561786</t>
+          <t>9789756963777</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Cemile Arkadaşına Yardım Ediyor</t>
+          <t>Tao-Culuk’daki Anahtar-Kavramlar</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789752560895</t>
+          <t>9789756963319</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Cemile Annemle Babam Kızmamış</t>
+          <t>Tanzimat ve Türkiye</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>90</v>
+        <v>460</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789752562660</t>
+          <t>9799752560047</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Cemile (22 Kitap Takım Kürtçe)</t>
+          <t>Tagiyev</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>1980</v>
+        <v>150</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789752563155</t>
+          <t>9799756963394</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Cami (Ciltli)</t>
+          <t>Şubat Vişneleri</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789756963029</t>
+          <t>9789756698877</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Buradayız</t>
+          <t>Şii Ulemanın Otoritesinin Temelleri</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789752563445</t>
+          <t>9789752563810</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Budala - Nietzsche ve Dostoyevski Karşı Karşıya</t>
+          <t>Şifa Bu Değil</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789752562875</t>
+          <t>9799756963479</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Günyüzü</t>
+          <t>Şairin Dini</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789756698624</t>
+          <t>9789752560529</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Boyutlar</t>
+          <t>Şah İsmail Hata’i Külliyatı</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789757969075</t>
+          <t>9789756698693</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Bostan’ül Kuds</t>
+          <t>Süreyya - Sürgündeki Prenses</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789752561014</t>
+          <t>9789752561748</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Monografisi, Rize- Kalkandere Hüseyin Hoca Köyü</t>
+          <t>Sultan Abdülhamid - İftiralara Cevaplar</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9799756963424</t>
+          <t>9789752563513</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Bir Dolu Bakır Yaz</t>
+          <t>SSCB Türkiye İlişkileri</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9799756963448</t>
+          <t>9789752563759</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Bindörtyüzondokuz</t>
+          <t>Anormal Psikoloji</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>160</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789752561069</t>
+          <t>9789752564312</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>APA Publication Manual Yayım Kılavuzu</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789752561618</t>
+          <t>9789756963296</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları (Ciltli)</t>
+          <t>Metafizik Nedir?</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789756963241</t>
+          <t>9799756963653</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Öğretiler</t>
+          <t>Memleket Meseleleri</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789756698945</t>
+          <t>9789752563551</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Hikmet: Enformasyon Toplumu’nun Belleği</t>
+          <t>Mektuplar 1925-1975</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789756698075</t>
+          <t>9799756963820</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Takvimi</t>
+          <t>Mavi Melekler</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789756698952</t>
+          <t>9789752561007</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Bhagavad Gita</t>
+          <t>Masal Masal İçinde Hint Masalları</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789752561052</t>
+          <t>9789756963227</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Murad</t>
+          <t>Marzubanname</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9799752560535</t>
+          <t>9789752563438</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Benim Rençber Babam</t>
+          <t>Manevi Kriz</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789752561151</t>
+          <t>9789752561687</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Benim Okulum</t>
+          <t>Lubyanskaya Suç Örgütü</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9799752560689</t>
+          <t>9789752563278</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Benim İnancım (Ciltli)</t>
+          <t>Libya’nın Kaddafisi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789752562080</t>
+          <t>9789752560987</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Ben Nesli</t>
+          <t>Lal</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9799756963455</t>
+          <t>9799752560702</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Ben Cyrus, Zerdüşt’ün Torunu</t>
+          <t>Küresel Ahlak ya da Küresel Hegemonya?</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>650</v>
+        <v>170</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789752563285</t>
+          <t>9789752562882</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Başaçıkma Stratejileriyle Okul Zorbalığı ve Siber Zorbalık</t>
+          <t>Kuva-yi Milliye’nin Rizeli Emicesi: İpsiz Recep</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789752562158</t>
+          <t>9789756698730</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Balak Gazi</t>
+          <t>Kopuzlar</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789752561861</t>
+          <t>9789752561601</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Bak Anne Geliyor Bir Kara Tren</t>
+          <t>Klasik Dünya Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789756698778</t>
+          <t>9789752562004</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Düşünce Tarihimizde Şinasi</t>
+          <t>Kızım Süreyya</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>520</v>
+        <v>160</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9799756698258</t>
+          <t>9789756963388</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Siyabesta</t>
+          <t>Kırık Kanatlar</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9799752560207</t>
+          <t>9789756963142</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplumu Konuşmak</t>
+          <t>Kendini Arayan Adam</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9799752560177</t>
+          <t>9789752560468</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum: Farklı Bakışlar</t>
+          <t>Kaşgarlı Mahmut</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789752561557</t>
+          <t>9789752561120</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum ve Baskı Grupları</t>
+          <t>Kar Tavukları</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9799752560184</t>
+          <t>9799756698456</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Kuruluşları İçin Yönetim Rehberi</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789752561564</t>
+          <t>9789752563537</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Kavramı Tartışmaları</t>
+          <t>Kanlı Gömlek</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9799752560160</t>
+          <t>9789756698709</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Sivil Bir Kamusal Alan</t>
+          <t>Kalbe Yolculuk</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789756698662</t>
+          <t>9789752562424</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Sibernetik</t>
+          <t>Kaf Dağı’nın Güney Yüzü Gürcistan</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789752561656</t>
+          <t>9789752563568</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Orman Dostlarım</t>
+          <t>Kadim İnsanın İzinde</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789752563131</t>
+          <t>9799756963769</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle Yükselmek</t>
+          <t>Tarih Boyunca Kadın Erkek Dedikoduları</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789752561991</t>
+          <t>9789756963067</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Selçuk Saraylarında Ömer Hayyam’ın Hayat ve Maceraları</t>
+          <t>Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C606" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9799756963417</t>
+          <t>9789756963302</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Sanat Üzerine</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C607" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789756698891</t>
+          <t>9789756963364</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Sağduyu</t>
+          <t>İtiraflar Cilt: 2</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789752560611</t>
+          <t>9789759483272</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Aynası Enneagram’a Yansıyan İnsan Manzaraları</t>
+          <t>İtiraflar Cilt: 1</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789752563148</t>
+          <t>9789756963623</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Rize Hemşin İlçesi Tarihi Mezar Kitabeleri</t>
+          <t>İtiraflar</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789752563193</t>
+          <t>9789756698846</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Reggio Emilia Yaklaşımıyla Harika Çocuk Yetiştirmek</t>
+          <t>İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789752562769</t>
+          <t>9789756698747</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Perwer (9 Kitap Takım)</t>
+          <t>İstanbul Düştü - Ben Hala Hayatta Mıyım?</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>810</v>
+        <v>310</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789752561755</t>
+          <t>9789752561489</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Paşalar: Talat, Enver, Cemal</t>
+          <t>İslamiyetin Geliştirdiği Tasavvuf</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789756963869</t>
+          <t>9789752561311</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Pakistan - Hindistan Öykü Seçkisi</t>
+          <t>İpek Yolu Masalları</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789756698884</t>
+          <t>9799752560665</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin: İslamcı, Milliyetçi ve Modernist Bir Yazar</t>
+          <t>İnsanım Benim</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789756698471</t>
+          <t>9789752561182</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam</t>
+          <t>Işıyan Kelimeler Rasim Özdenören</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789759483265</t>
+          <t>9799752560214</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Manifestosu</t>
+          <t>Hugo Grotius’un Hukuk ve Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C617" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789756963135</t>
+          <t>9799756963196</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Öğretiler</t>
+          <t>Horozlu Ayna ve Ölüm</t>
         </is>
       </c>
       <c r="C618" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9799756698821</t>
+          <t>9799752560672</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Öbürgünkü Sibernetik</t>
+          <t>Hilkatin İlk Günleri</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789752562202</t>
+          <t>9799756698784</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Oyun Çocuğun Gıdasıdır</t>
+          <t>Hekiminizi Nasıl Alırdınız?</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789752562097</t>
+          <t>9789756698792</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Otojen Gevşeme Egzersizi</t>
+          <t>Hazar Ötesi Türkmenleri</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789752563391</t>
+          <t>9789752562042</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Ortodoks Arnavutlar</t>
+          <t>Hayatını Kolaylaştır</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789752561113</t>
+          <t>9789757969006</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Orman Canlanıyor</t>
+          <t>Hayat Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789752562141</t>
+          <t>9799756698555</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>One Minute / Bi Dakka</t>
+          <t>Hayal Şehir Şiirlerde Üsküdar</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9799752560221</t>
+          <t>9789756963722</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Oktav Timi</t>
+          <t>Hayal Alemleri</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9799756963837</t>
+          <t>9789752563087</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Felsefesi</t>
+          <t>Hasan Sabbah Cennet Fedaileri</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789752563261</t>
+          <t>9789752562868</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Moreviler</t>
+          <t>Hamse</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9799756963608</t>
+          <t>9789752562240</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Mithat Şen ve Beden Yazısı</t>
+          <t>Hamdi Üşengeçlikten Nasıl Vazgeçti?</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789756963524</t>
+          <t>9789752562264</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Mirdad Kundaktaki Ermiş</t>
+          <t>Hamdi Uzun Boylu Olmaktan Memnun mu?</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789752560239</t>
+          <t>9789752562219</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Hatıralarım</t>
+          <t>Hamdi Utangaçlığını Nasıl Yendi?</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
+          <t>9789752562356</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Hamdi serisi (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9799756698562</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Halil Cibran’la Anılarım</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9789752563360</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Hakikati Arayan Kadın</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9799756963356</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Habeş Seyahatnamesi</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9789752562431</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Gürcü Dili ve Edebiyatı Üzerine Okumalar</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9789756963982</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerin Fısıltısı</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9789752563599</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Gecikmiş Anne Adayı İçin Hamile Kalma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9789752562127</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Gazan Han ve Reformları (1295 - 1304)</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9789752562844</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Gandi ve Mira</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9789756698136</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Gandhi ve Şiddet Dışı Direniş</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9789756963517</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Freudyen Psikolojiye Giriş</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9799752560757</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Folklorumuzda ve Edebiyatımızda Göz</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9789759483258</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Fırtınalar</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9789752561144</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Fındıkkıran Sincap</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9799752560429</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Fatima</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9789752563384</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Eskizler</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9789756698938</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Enneagram Kendini Bilme Sanatı</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9789752562103</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>El ve Ayak Masajı</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9789756963487</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Ekipsiz Asi</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9789752561670</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatın İç Yapısı</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9789756963258</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Düşünceler ve Sohbetler</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9789759483203</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Düşünceler</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9789752562363</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Dünyaya Bilimi Öğreten İslam Alimleri</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9789752562929</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Doğum Gününde Cemile ile Saatleri Öğreniyorum (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9799752560627</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Dirilen Adam</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9789757969044</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Din Nedir?</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9799752560504</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Devletlu Eşkıyalar</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9789756963289</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Değişimin Tanıkları</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9789756963784</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Çin’e Yolculuk</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9799756963332</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Çıldırının Anaforunda Gog</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9789752561342</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalarla Okuyorum Eğleniyorum -Küçük Tay Şahlan</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9789752561335</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Kurt Yavrusu Sivrikulak</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9789752561380</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Ceylan Yavrusu Nazlı</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9789752561359</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Ayı Yavrusu Tombiş</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9789752561373</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalarla Okuyorum Eğleniyorum - Aslan Yavrusu Tortop</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9789752561366</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalarla Okuyorum Eğleniyorum -  Kedi Yavrusu Minnoş</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9799756963165</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Arap Öyküleri Seçkiler</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9799756698999</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Cihan Sedat</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9789752562301</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Cemile’nin Oyuncak Sandığı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9789752562196</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Cemile’nin Kardeşi Oluyor</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9789752562981</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Cemile’nin Çıkartmalı Aktivite Kitabı</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9789752562998</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Cemile’nin Çıkartmalı Aktivite Kitabı</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9789752563544</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Cemile’nin Bugün Doğum Günü</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9789752561793</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Yüzmeyi Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9789752561229</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Yeni Çizmelerini Giyiyor</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9789752561205</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Yeni Arkadaşını Çok Seviyor</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9789752562189</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Cemile ve Arkadaşı Prenses Elbisesi Giyiyor</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9789752562271</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Cemile ile Okuma Yazma Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9789752561847</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Cemile ile Boyama Yapıyorum</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9789752563612</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Hayvanat Bahçesinde</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9789752563605</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Havuza Gidiyor</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9789752561809</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Hastanede Yatıyor</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9789752563674</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Hafta Sonunu Anneannesi ve Dedesiyle Geçiriyor</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9789752561212</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Geceyi Teyzesinde Geçiriyor</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9789752563056</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Geceyi Bakıcı Ablasıyla Geçiriyor</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9789752562462</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Gabusan Dibine</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9789752560819</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Doktora Gidiyor</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9789752562776</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Doğru Beslenmeyi Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9789752563841</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Çok Fazla Televizyon Seyrediyor</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9789752560789</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Çişini Altına Yapıyor</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9789752562172</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Çinli ve Zenci Arkadaşlarını Çok Seviyor</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9789752561410</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Çiftliğe Gidiyor</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9789752562783</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Boyu Uzasın İstiyor</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9789752560871</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Bir Hata Yapıyor</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9789752560802</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Banyo Yapmak İstemiyor</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9789752561403</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Bahçeyi Keşfediyor</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9789752562967</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Bahçede</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9789752562936</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Ayakkabı Bağlamayı Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9789752561786</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Arkadaşına Yardım Ediyor</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9789752560895</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Cemile Annemle Babam Kızmamış</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9789752562660</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Cemile (22 Kitap Takım Kürtçe)</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9789752563155</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Cami (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9789756963029</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Buradayız</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9789752563445</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Budala - Nietzsche ve Dostoyevski Karşı Karşıya</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9789752562875</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Bozkırda Günyüzü</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9789756698624</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Boyutlar</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9789757969075</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Bostan’ül Kuds</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9789752561014</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Bir Köy Monografisi, Rize- Kalkandere Hüseyin Hoca Köyü</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9799756963424</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dolu Bakır Yaz</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9799756963448</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Bindörtyüzondokuz</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9789752561069</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Binbir Gece Masalları</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9789752561618</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Binbir Gece Masalları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9789756963241</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Öğretiler</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9789756698945</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi ve Hikmet: Enformasyon Toplumu’nun Belleği</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9789756698075</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Bilgelik Takvimi</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9789756698952</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Bhagavad Gita</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9789752561052</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Beşinci Murad</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9799752560535</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Benim Rençber Babam</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9789752561151</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Benim Okulum</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9799752560689</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Benim İnancım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9789752562080</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Ben Nesli</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9799756963455</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Ben Cyrus, Zerdüşt’ün Torunu</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9789752563285</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Başaçıkma Stratejileriyle Okul Zorbalığı ve Siber Zorbalık</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9789752562158</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Balak Gazi</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9789752561861</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Bak Anne Geliyor Bir Kara Tren</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9789756698778</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Düşünce Tarihimizde Şinasi</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9799756698258</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Siyabesta</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9799752560207</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplumu Konuşmak</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9799752560177</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplum: Farklı Bakışlar</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9789752561557</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplum ve Baskı Grupları</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9799752560184</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplum Kuruluşları İçin Yönetim Rehberi</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9789752561564</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplum Kavramı Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9799752560160</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Bir Kamusal Alan</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9789756698662</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Sibernetik</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9789752561656</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Orman Dostlarım</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9789752563131</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Sevgiyle Yükselmek</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9789752561991</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Selçuk Saraylarında Ömer Hayyam’ın Hayat ve Maceraları</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9799756963417</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Üzerine</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9789756698891</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Sağduyu</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9789752560611</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Ruhun Aynası Enneagram’a Yansıyan İnsan Manzaraları</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9789752563148</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Rize Hemşin İlçesi Tarihi Mezar Kitabeleri</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9789752563193</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Reggio Emilia Yaklaşımıyla Harika Çocuk Yetiştirmek</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9789752562769</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Perwer (9 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9789752561755</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Paşalar: Talat, Enver, Cemal</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9789756963869</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Pakistan - Hindistan Öykü Seçkisi</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9789756698884</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Seyfettin: İslamcı, Milliyetçi ve Modernist Bir Yazar</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9789756698471</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Hayyam</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9789759483265</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Manifestosu</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9789756963135</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Öğretiler</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9799756698821</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Öbürgünkü Sibernetik</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9789752562202</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Çocuğun Gıdasıdır</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9789752562097</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Otojen Gevşeme Egzersizi</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9789752563391</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Ortodoks Arnavutlar</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9789752561113</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Orman Canlanıyor</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9789752562141</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>One Minute / Bi Dakka</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9799752560221</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Oktav Timi</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9799756963837</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Nietzsche’nin Felsefesi</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9789752563261</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Moreviler</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9799756963608</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Mithat Şen ve Beden Yazısı</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9789756963524</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Mirdad Kundaktaki Ermiş</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9789752560239</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadele Hatıralarım</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
           <t>9799756963172</t>
         </is>
       </c>
-      <c r="B631" s="1" t="inlineStr">
+      <c r="B762" s="1" t="inlineStr">
         <is>
           <t>Milli Devlet Kültürü</t>
         </is>
       </c>
-      <c r="C631" s="1">
+      <c r="C762" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>