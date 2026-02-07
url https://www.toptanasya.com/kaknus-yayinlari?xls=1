--- v1 (2025-12-15)
+++ v2 (2026-02-07)
@@ -259,51 +259,51 @@
         <is>
           <t>9789752563476</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Köpekler Akşamı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9799756698272</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>25</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9799752560030</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Kırda Bayırda Gezginin Cep Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9799756698302</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
@@ -439,51 +439,51 @@
         <is>
           <t>9789752562851</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Teknik Analizde</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9789752561953</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Yusuf u Zeliha</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>20</v>
+        <v>850</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9799756698128</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Yansımalar</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9799756698500</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
@@ -1024,66 +1024,66 @@
         <is>
           <t>9799752560276</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>365 Hikaye (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>3990000015830</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>2. Üsküdar Sempozyumu Bildiriler 2. Cilt</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>700</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>3990000034475</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>2. Üsküdar Sempozyumu Bildiriler 1. Cilt</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9789752561328</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>1001 Doğal Reçete</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9789752560000</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
@@ -2089,51 +2089,51 @@
         <is>
           <t>9789756698129</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Yansımalar Gençlik Notları</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>9789752564503</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Atakan Babasıyla Balık Tutmaya Gidiyor</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>9789752566217</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Psikoterapi ve Psikolojik Danışmada Maneviyat: Kuramlar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>9789752564145</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
@@ -2284,51 +2284,51 @@
         <is>
           <t>9789752564077</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Atakan Marangoz Ustası Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>3990000027194</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Atakan Serisi (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>1440</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>9799756963592</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Estetik Üzerine</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>9789756963371</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
@@ -2389,51 +2389,51 @@
         <is>
           <t>9789756963593</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Estetik Üzerine Mektuplar</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>9789752562011</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Manevi Rehberlik ve Benötesi Psikolojisi Üzerine Yaklaşımlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t>9789757969167</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Atakan Serisi 18 Kitaplık Set</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>1620</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>9789752567245</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
@@ -2449,171 +2449,171 @@
         <is>
           <t>9789752567221</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Kadınlarda Eşcinsel Çekim</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>9789752565258</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Kişilik Testleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t>9789756698372</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Mektuplar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t>9789752564046</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Atakan Geceyi Anneannesiyle Geçiriyor (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
           <t>9789752567214</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Altı Neslin Portresi</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
           <t>9789752567184</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Saadettin Ökten ile Sanat Üzerine Düşünceler: Sanat ve Sanatkar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
           <t>9789752567177</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Sınanma Psikolojisi Zor Dönemlerin ve Travmaların Manası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t>9789752566859</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Pozitif Psikoterapi - Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>280</v>
+        <v>455</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t>9789752564343</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Nefs Psikolojisi ve Rüyaların Dili (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
           <t>9799756698081</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Turkey And The World / Türkiye ve Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
           <t>9789757969327</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Milliyetçilik</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
           <t>9799752560696</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
@@ -2629,8911 +2629,6391 @@
         <is>
           <t>9789752564152</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Atakan Çok Fazla Şeker Yiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t>9789752560345</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Anadolu’nun Gizli İnancı Nusayrilik</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
           <t>9799752560482</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Ekselansları Ağa Han İmam, Politikacı, Filozof, Dost</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t>9789752566774</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Erken Dönem İslam Geleneğinde Dört Duygu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t>9789756698600</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t>9789756963685</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Marco Polo</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t>9789752567191</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Çocuk Eğitiminde Nebevi Metot</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t>9789752567207</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Mutlu ve İyi Yaşam</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
           <t>9789752567153</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Psikoterapi ve Psikolojik Danışma Kuramları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>700</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
           <t>9789752566996</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Eşcinseller İçin Değişim Terapisi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t>9789752566880</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Japon Psikoterapileri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>380</v>
+        <v>590</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
           <t>9789752566989</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Türkiye’de Başörtüsünü Çıkaran Kadınlar; Fenomenolojik Bir Durum Çalışması</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
           <t>9789752560277</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
           <t>365 Hikaye</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
           <t>9789752566903</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Annemin Kalbi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
           <t>9789752566910</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Arkadaşlık Olmazsa Olmaz</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
           <t>9789752567146</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Atakan Dinazor Macerası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t>9789752566941</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Ben Korkak Mıyım?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t>9789752567016</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Beş Dakika</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t>9789752566927</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Birlikte Okumayı Seviyorum</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
           <t>9789752567030</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Hamdi'nin Çizelgesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t>9789752567023</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Nazik Sözler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
           <t>9789752566958</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Sakın Alay Etme</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
           <t>9789752566965</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Vurmak Yok</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
           <t>9789752567139</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Atakan Sokak Kedilerine Yardım Ediyor</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
           <t>9789752566934</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Farklılıklar Olmazsa Olmaz</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
           <t>9789752566972</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Okulda Akran Zorbalığı İle Başa Çıkma Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t>9789752567047</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Onlar Su Ektiler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
           <t>9789752566866</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Evrim</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>350</v>
+        <v>530</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
           <t>9789752566897</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Geri Dönüşü Olmayan Hasar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
           <t>9789752566835</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Sadettin Ökten ile İnsan-Medeniyet-Şehir</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
           <t>9789752566873</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
           <t>Pozitif Psikoterapi - El Kitabı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>480</v>
+        <v>790</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
           <t>9789752566842</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
           <t>İmaj Dönüşüm Terapisi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
           <t>9789752566781</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Babür Şah - Büyük Türk Hükümdarı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
           <t>9789752566828</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Aile Kurumunun İfsadının Küresel ve Toplumsal Boyutta Bir Meta-Analizi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
           <t>9789752566699</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Dijital Dünyada Rehber Annelik</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
           <t>9789752565883</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Montessori: Dehanın Ardındaki Bilim</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>550</v>
+        <v>840</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
           <t>9789752565272</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Sinema ve Akıl Sağlığı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>780</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
           <t>9789752565302</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Çocuğunuzun İlk Öğretmeni Sizsiniz</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>380</v>
+        <v>590</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
           <t>9789752564657</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Sabrın Keşfi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
           <t>9789752564206</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Siyasal İletişim - Temel Kavramlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>260</v>
+        <v>430</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
           <t>9789752563872</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Aile Terapisi - Kavramlar ve Yöntemler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>550</v>
+        <v>900</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
           <t>9789752566743</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Aşk Rüsvalıktır</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
           <t>9789752566767</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
           <t>APA Yayım Kılavuzu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
           <t>9789752566798</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Fuat Sezgin</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
           <t>9789752566750</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
           <t>Ekrana Maruz Kalan Çocuklar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
           <t>9789752566804</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Generalin Oğlu</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
           <t>9789752566811</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
           <t>Günümüz Gençliğinin Karşı Karşıya Bulunduğu Büyük Tehlike: Farklı Cinsel Kimlik Yönelimleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
           <t>9789752566729</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
           <t>Eleştiri Kültürü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>720</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
           <t>9789752566675</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Rahatımızı Kaçıran Adam</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
           <t>9789752566439</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Sosyal Politikada Ücretler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
           <t>9789752566644</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
           <t>İslam Düşünce Tarihinde On Bilge</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
           <t>9789752566736</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
           <t>Arnavut Kültürünün Renkleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
           <t>9789752566576</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Blockchain Blok Zinciri - Gelecekteki Her Şey (Sert Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
           <t>9789752564664</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Yetişkinlik ve Yaşlanma Psikolojisi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>650</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
           <t>9789752566552</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
           <t>Narrative Terapi Nedir?</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
           <t>9789752566705</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
           <t>Değişim Terapisi Vaka İncelemeleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
           <t>9799756963905</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
           <t>Doğuşundan Günümüze İslam Devletleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>650</v>
+        <v>850</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
           <t>9789759483210</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
           <t>Kıvılcımlar Kitabı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
           <t>9789752563216</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
           <t>Yılbaşı Partisi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
           <t>9789752561304</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
           <t>Cami</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
           <t>9789752565357</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
           <t>Kimlik Sizsiniz</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
           <t>9789756963548</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
           <t>Zadig: Bir Şark Masalı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
           <t>9789752566422</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
           <t>Evde ve Okulda Adım Adım Montessori Etkinlikleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
           <t>9789752566712</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
           <t>Sosyal İnovasyon Yeni Ortak Akıl Girişimci Ruhu</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
           <t>9789752566682</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
           <t>Altı Dakika</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
           <t>9789752566637</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
           <t>Düşünce Ekseninde Enine Boyuna Şehir</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
           <t>9789752566651</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
           <t>Aziz Sancar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
           <t>9789752566583</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
           <t>Eşcinsel Hayat Tarzının Sağlık Tehlikeleri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>650</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
           <t>9789752566590</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
           <t>Evlilikte Mutlu Olmanın Yolu: Bilinçli Farkındalık</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
           <t>9789752566569</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
           <t>Online Kumar ve Cinsellik Bağımlılığı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
           <t>9789752566491</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
           <t>Şehir Üzerine Düşünceler 1</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
           <t>9789752566507</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
           <t>Şehir Üzerine Düşünceler 2</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
           <t>9789752566521</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
           <t>Yusuf Has Hacib</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>530</v>
+        <v>800</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
           <t>9789752566538</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
           <t>Narrative Terapide Temel Uygulamalar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
           <t>9789752566545</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
           <t>İkinci Dalga Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
           <t>9789752566484</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
           <t>Çocuklarla Yaşayarak Öğrenmek Sadece Çocuk</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
           <t>9789752566477</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
           <t>Utanç ve Bağlanma Yitimi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>460</v>
+        <v>720</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
           <t>9789752566446</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
           <t>Cihadla Terör Arasında</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
           <t>9789752566453</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
           <t>Triyandafilya</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>320</v>
+        <v>530</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
           <t>9789752566460</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
           <t>Bir Ölüm Mesajı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
           <t>9789752566385</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
           <t>Ekber Şah (1543-1605)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>650</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
           <t>9789752565472</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
           <t>İran'da Bir Futbol Kulübü - Traktor Sazi ve İran'daki Türk Kimliği</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
           <t>9789752566255</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
           <t>Psikolojide Temel Meseleler ve Tartışmalar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>500</v>
+        <v>790</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
           <t>9789757770176</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
           <t>Trabzon'da Türk-İslam Eserleri ve Kitabeler (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>2000</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
           <t>9789752566330</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
           <t>Efraim 2</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>450</v>
+        <v>730</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
           <t>9789752566361</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
           <t>Sosyal Politikada Dezavantajlı Gruplar: Tarih, Yaklaşım ve Uygulama</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>250</v>
+        <v>335</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
           <t>9789752566378</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
           <t>Televizyon Dizilerinin Keşfi: İçerik, Anlam, İşlev</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
           <t>9789752566347</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
           <t>i-Nesli</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>400</v>
+        <v>620</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
           <t>9789752566323</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Psikoloji 2. Cilt</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
           <t>9789752566316</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Psikoloji 1. Cilt</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
           <t>9789752566309</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
           <t>Psikoloji Mitoloji ve Din</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>350</v>
+        <v>575</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
           <t>9789752566293</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
           <t>Manevi Danışmanlıkta İhsan Modeli</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>260</v>
+        <v>430</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
           <t>9789752566194</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
           <t>Filmlerle Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>720</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
           <t>9789752566262</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
           <t>Öğrenmenin Bilimsel Temelleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>270</v>
+        <v>455</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
           <t>9789752564015</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
           <t>Albumi i Padishaheve Osmane(Arnavutca)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
           <t>9789752562561</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
           <t>Cemile Ji Hevale Xwe Ye Nü Geleki Hez Dike</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
           <t>9789752562578</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
           <t>Cemile Gizmeya Xwe ya nü Dixe Linge Xwe</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
           <t>9789752562585</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
           <t>Cemile Şeve li Cem Xaltika Xwe Dimine</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
           <t>9789752562592</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
           <t>Cemile Li Midilliye Siwar Dibe</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
           <t>9789752562608</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
           <t>Cemile Arikariya Hevale Xwe Dike</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
           <t>9789752564404</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Padişahları Albümü (Makedonca)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
           <t>9789752565166</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
           <t>Yaban da Solan Güller</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
           <t>9783944666167</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
           <t>Gesichts Yoga</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
           <t>9789752562523</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
           <t>Cemile Bi Xwe De Dimize</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
           <t>9789752562530</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
           <t>Cemile Gotina Nexweş Dibeje</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
           <t>9789752562547</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
           <t>Cemile Xetake Dike</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
           <t>9789752562554</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
           <t>Cemile Vedigere Mektebe</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
           <t>9789752562448</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
           <t>Cemile Naxwaze Rakeve</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
           <t>9789752562455</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
           <t>Cemile Naxwaze Sere Xwe Bişo</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
           <t>9789752562479</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
           <t>Cemile Diçe Doxtor</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
           <t>9789752562486</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
           <t>Cemile Diçe Parge</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
           <t>9789752562493</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
           <t>Cemile Naxwaze bi Tombiş re Hevaltiye Bike</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
           <t>9789752562509</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
           <t>Cemile Diya Min U Bave Min Nexeyidine</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
           <t>9789752562516</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
           <t>Cemile Naxwaze Listoken Xwe Parve Bike</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
           <t>9789752562615</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
           <t>Cemile Li Nexweşxane Radize</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
           <t>9789752562622</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
           <t>Cemile Hini Melevaniye Dibe</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
           <t>9789752562639</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
           <t>Cemile U Hevala Xwe Cile Prensesan Li Xwe Dikin</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
           <t>9789752562646</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
           <t>Cemile Ji Hevalen Xwe Yen Welaten Cuda Pir Hez Dike</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
           <t>9789752566248</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
           <t>M Nesli: Yeni Müslüman Gençlik</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>370</v>
+        <v>570</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
           <t>9789752562653</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
           <t>Biraye Cemile Çedibe</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
           <t>9789752562707</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
           <t>Perwer Pir Zede Şekiran Dixwe</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
           <t>9789752562714</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
           <t>Perwer Dest Bi Mektebe Dike</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
           <t>9789752562691</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
           <t>Perwer Şeve Bi Dapira Xwe Re Derbas Dike</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
           <t>9789752562684</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
           <t>Perwer Ji Xeyaletan Natirse</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
           <t>9789752562721</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
           <t>Perwer Dibe Hostaye Avahiye</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
           <t>9789752562738</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
           <t>Perwer Dibe Hostaye Marangoze</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
           <t>9789752562677</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
           <t>Perwer Li Parke Hevalen Nu Ji Xwe Re Çedike</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
           <t>9789752562745</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
           <t>Perwer Diçe Supermarkete</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
           <t>9789752562752</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
           <t>Perwer Dixwaze Televizyone Temaşe Bike</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
           <t>9789756698228</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
           <t>Sevginin Gücü</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>360</v>
+        <v>540</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
           <t>9789752566200</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
           <t>Cemile Uçağa Biniyor</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
           <t>9789752566224</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
           <t>Ruhi Bunalımlar ve İslam Ruhiyatı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
           <t>9789752563254</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
           <t>Yoga Kitaplarım 5 - Kumsalda</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
           <t>9789752566231</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
           <t>Sarı Saltık - Ab-ı Hayat</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
           <t>9789752566187</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
           <t>Avrupa’da İslam ve Sivil Toplum</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
           <t>9789752564008</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
           <t>Album Osmanskib Sultana (Boşnakça)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
           <t>9789752565197</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
           <t>Album des Sultans Ottomans(İspanyolca)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
           <t>9789752565838</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
           <t>Türkiye’de Dindar Burjuva ve Kadın</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
           <t>9789756698983</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
           <t>Dervişler Arasında İki Hafta</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
           <t>9789752565203</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
           <t>Sosyal Politika Ahlakı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>320</v>
+        <v>525</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
           <t>9789752565845</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
           <t>Irak</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
           <t>9789752565920</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
           <t>Efraim</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>450</v>
+        <v>730</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
           <t>9789752565821</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
           <t>Kadınlarımız</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
           <t>9789752565395</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
           <t>Türkiye İnkılabının İç Yüzü</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
           <t>9789752563483</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
           <t>Maneviyat Yolcusunun El Kitabı (Mevaddu'l - Gaysiyye)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>520</v>
+        <v>830</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
           <t>9789752561700</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
           <t>Afacan Tavşan'la Ormanda Dört Mevsim (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
           <t>9789752565388</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Dönemi Mimarlık Sözlüğü - Istılahat-ı Mi'mariyye</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
           <t>9789752565333</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
           <t>Aşk-ı Millet</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
           <t>9789752565371</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
           <t>Cemile Öfkeleniyor</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
           <t>9789752565364</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
           <t>Cemile Dedesinin Çiftliğinde</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
           <t>9789752565326</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
           <t>Devlet ve Derin Devlet</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
           <t>9789756698341</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
           <t>En Büyük Benim! Muhammed Ali</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>470</v>
+        <v>780</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
           <t>9789752565340</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
           <t>Türk’e Kefen Biçilmez</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
           <t>9789752565241</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
           <t>Gelişim Testleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
           <t>9789752565234</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
           <t>Zeka Testleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
           <t>9789752565296</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
           <t>Kenya’nın Müstemleke Tarihi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
           <t>9789752565319</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
           <t>Filozofların Yanılgıları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
           <t>9789752564640</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
           <t>Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>450</v>
+        <v>720</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
           <t>9789752563230</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
           <t>Gökkuşağı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
           <t>9789752565265</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
           <t>Şımartılmış Çocuk Sendromu</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
           <t>9789752562233</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
           <t>Hamdi Neden Gözlük Takıyor?</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
           <t>9789752562257</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
           <t>Hamdi Neden Bu Kadar Dikkatsiz?</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
           <t>9789752562226</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
           <t>Hamdi Göbeğini Nasıl Eritiyor?</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
           <t>9789756698525</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
           <t>Halvette 40 Gün</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
           <t>9789752565159</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
           <t>Travmatik Yaşantılar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
           <t>9789752565210</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
           <t>Aşk Yolunda Adım Adım</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
           <t>9789752565142</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
           <t>Oyuna Geldik</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
           <t>9789752565173</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
           <t>Mehlika Sultan</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
           <t>9789752565135</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
           <t>Gönülden Gazeller</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
           <t>9789752565180</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
           <t>Dağlar Seni Söyler Dalgalar Seni</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
           <t>9789752564671</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
           <t>Çocukluğun Sırrı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
           <t>9789752564626</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
           <t>Çocuğunuz Hakkında Bilmeniz Gerekenler</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
           <t>9789752564688</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
           <t>Çocuğun Keşfi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>360</v>
+        <v>540</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
           <t>9789752564398</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
           <t>Bana Kendi Kendime Yetmeyi Öğret</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>370</v>
+        <v>480</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
           <t>9789752561090</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
           <t>Stalin ve Türk Dünyası</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
           <t>9799756963097</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
           <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
           <t>9789752562110</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
           <t>Muhibbi Divanı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
           <t>9799752560092</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
           <t>Muhammed İkbal’in Tasavvufi Düşüncesi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
           <t>9789752564596</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
           <t>Doğumdan İtibaren Montessori</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
           <t>9789752563728</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
           <t>Çin</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>600</v>
+        <v>930</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
           <t>9789752564619</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
           <t>Yetişkin Eğitimi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>380</v>
+        <v>600</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
           <t>9789752563940</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
           <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>1150</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
           <t>9789756698402</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
           <t>Mantıku't- Tayr Kuşların Diliyle</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
           <t>9789756698921</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
           <t>Biri Beni Gözetliyor</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>410</v>
+        <v>650</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
           <t>9789752562820</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
           <t>Bir Vaizenin Günlüğü</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
           <t>9789752564480</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
           <t>Atakan Tutumlu Olmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
           <t>9789752564497</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
           <t>Atakan Bilgisayarda Çok Fazla Oyun Oynuyor</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
           <t>9789752564442</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
           <t>Kırmızı Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>850</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
           <t>9789752564510</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Padişahları Albümü (Farsça)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
           <t>9789752564527</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
           <t>Meşruiyetin Sosyal Psikolojisi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
           <t>9789752564473</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
           <t>Emici Zihin</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
           <t>9789752564435</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
           <t>Psikoterapi Pratiği</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
           <t>9789752564237</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
           <t>Amak-ı Hayal (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>600</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
           <t>9789752564466</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
           <t>Dürtüsellik</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>750</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
           <t>9789752564459</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
           <t>Türk Dış Politikası 1918-1980</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
           <t>9799752560115</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
           <t>Kanadı Kırık Melek</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
           <t>9789756698365</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
           <t>Kalk Son Gününe Veda Et</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
           <t>9799752560245</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
           <t>Kalem ile Aşk ve Kavga</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>500</v>
+        <v>780</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
           <t>9789756963463</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
           <t>Kale</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
           <t>9789752564282</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
           <t>Portraits der Osmanischen Sultane / Osmanlı Padişahları Albümü</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
           <t>9789752564305</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
           <t>Un Album Portrait des Sultans Ottomans (Fransızca)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
           <t>9789752563964</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
           <t>19. YY.'den 20. YY.'ye Osmanlı Topraklarında Seyahat, Göç ve Asayiş Belgeleri</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
           <t>9789756698112</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
           <t>Öksüz Turgut</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
           <t>9789756963050</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
           <t>A'mak-ı Hayal : Hayalin Derinliklerinde Yolculuk</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
           <t>9789752561236</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
           <t>Atakan Çok Fazla Şeker Yiyor</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
           <t>9789752561298</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
           <t>Atakan Süpermarkete Gidiyor</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
           <t>9789752564121</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
           <t>Atakan Süper Kahraman Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
           <t>9789752561762</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
           <t>Ateş Hattında - Beytüşşebap Kaymakamının PKK ile Mücadele Günlüğü</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
           <t>9789752561199</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
           <t>Atakan Televizyon Seyretmek İstiyor</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
           <t>9789752563773</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
           <t>Atakan Süper Kahraman Oluyor</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
           <t>9789752564114</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
           <t>Atakan Sinemaya Gidiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
           <t>9789752564107</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
           <t>Atakan Sebze ve Meyvelerle Arkadaş Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
           <t>9789752563780</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
           <t>Atakan Sinemaya Gidiyor</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
           <t>9789752563629</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
           <t>Atakan Sebze ve Meyvelerle Arkadaş Oluyor</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
           <t>9789752561281</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
           <t>Atakan Parka Gidiyor</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
           <t>9789752561595</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
           <t>Atakan Okula Başlıyor</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
           <t>9789752561274</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
           <t>Atakan Marangoz Ustası Oluyor</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
           <t>9789752561267</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
           <t>Atakan İnşaat Ustası Oluyor</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
           <t>9789752561823</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
           <t>Atakan ile Beraber Yaz Okuluna Gidiyorum</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
           <t>9789752561250</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
           <t>Atakan Hayaletlerden Korkmuyor</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
           <t>9789752561243</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
           <t>Atakan Geceyi Anneannesiyle Geçiriyor</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
           <t>9789752561830</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
           <t>Atakan Boyama</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
           <t>9789752563797</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
           <t>Atakan Dişlerini Fırçalamaya Alışıyor</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
           <t>9789752560604</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
           <t>Kişilik</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>750</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
           <t>9789752563865</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
           <t>Ergenlik Psikolojisi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>850</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
           <t>9789752564428</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
           <t>Cemile’nin Büyük Oyun Kitabı - 2</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
           <t>9789752564411</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
           <t>Cemile’nin Büyük Oyun Kitabı - 1</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
           <t>9789752561083</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
           <t>Klasik Dünya Masalları</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
           <t>9789752562035</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
           <t>Kişilik Vaka İncelemeleri</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
           <t>9789752563933</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
           <t>Konstelasyon Çalışmaları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
           <t>9789752562912</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
           <t>Konstantinopol</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>400</v>
+        <v>635</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
           <t>9789752564381</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
           <t>Cemile Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
           <t>9789752564374</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
           <t>Cemile Yemek Pişiriyor</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
           <t>9789756698037</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
           <t>Kum ve Köpük Avare</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
           <t>9789752563643</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
           <t>Kritik Bir Bakış Açısıyla Kişisel Gelişim Kitapları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
           <t>9799752560337</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
           <t>Kral Faruk’un Zirvede Geçen Yaşamı ve Trajik Sonu Mısır’ın Son Firavunu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>650</v>
+        <v>860</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
           <t>9789752564350</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
           <t>Ruhtaki Bölünmeler</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
           <t>9789752564336</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
           <t>Danışma Becerileri Üzerine Alıştırmalar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
           <t>9789756698242</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
           <t>Ermiş</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
           <t>9789752561960</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
           <t>Erkek Homoseksüeller İçin Onarım Terapisi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
           <t>9789752562790</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
           <t>Cemile Sağlıklı Yaşamayı Öğreniyor</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
           <t>9789752561427</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
           <t>Cemile Plajda Oynuyor</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
           <t>9789752560826</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
           <t>Cemile Parka Gidiyor</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
           <t>9789752560840</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
           <t>Cemile Oyuncaklarını Paylaşmak İstemiyor</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
           <t>9789752560888</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
           <t>Cemile Okula Dönüyor</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
           <t>9789752563292</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
           <t>Cemile Müsamerede Rol Alıyor</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
           <t>9789752561779</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
           <t>Cemile Midilliye Biniyor</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
           <t>9789752560864</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
           <t>Cemile Kötü Söz Söylüyor</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
           <t>9789752563308</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
           <t>Cemile Köpek Yavrusu Beslemek İstiyor</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
           <t>9789752561397</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
           <t>Cemile Kek Pişiriyor</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
           <t>9789752563049</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
           <t>Cemile Karanlıktan Korkmuyor</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
           <t>9789752560796</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
           <t>Cemile Kabus Görüyor</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
           <t>9799759403118</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
           <t>Ayn'</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
           <t>9799752560290</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
           <t>Doğu’da Matbu Yayınların Tarihi 1802-1917 Arap Alfabeli Türkmen Kitapları Kataloğu</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
           <t>9799759403125</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
           <t>Doğru Yazılar</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
           <t>9799756698050</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
           <t>Doğaya Kaçış</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
           <t>9789756698105</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
           <t>Doğal Yaşam ve Başkaldırı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
           <t>9789752561045</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
           <t>Battal Gazi Hayatı ve Maceraları</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
           <t>9789752563988</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Padişahları Albümü (Rusça)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
           <t>9789752563414</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Padişahları Albümü (Arapça)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
           <t>9789752562400</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Padişahları Albümü</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
           <t>9789752564213</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
           <t>Montessori : Modern Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
           <t>9789752564268</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
           <t>Sınıfta Montessori</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
           <t>9789752564251</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
           <t>İlk ve Ortaokulda Montessori Eğitimi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
           <t>9789752564275</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
           <t>Evdeki Doktor Malezya Başbakanı Tun Dr. Mahathir Muhammed</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>900</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
           <t>9789752564244</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
           <t>Bir Hayat Tarzı Olarak Şehir, Mekan, Meydan</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
           <t>9789752563926</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
           <t>Taş Yağan Gün</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
           <t>9789752564299</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
           <t>Savaşta ve Barışta Lübnan  Marunileri</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>420</v>
+        <v>680</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
           <t>9789752563971</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
           <t>Filistin Politikamız</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
           <t>9799752560917</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
           <t>Yalayıp Yutmak İçin Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
           <t>9799752560931</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
           <t>Weber’de Kapitalizmin Ruhu ve İslam Üzerine Sosyo Psikolojik Bir Deneme</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
           <t>9799759403101</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
           <t>Ars Moriendi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
           <t>9799759403132</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
           <t>Şiir Henüz</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
           <t>9789752563803</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
           <t>Ravza-i Aşk</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
           <t>9789752563896</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
           <t>Bir Vaizenin Okumaları</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
           <t>9799756963738</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
           <t>Çocuk ve Oyun</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
           <t>9789759483211</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
           <t>İlk Sözler</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
           <t>9799752560054</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
           <t>İlginç Olaylar Sıradışı İnsanlar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
           <t>9789759483241</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
           <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
           <t>9789759483296</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
           <t>İbn-i Arabi’nin Füsus’undaki Anahtar-Kavramlar</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
           <t>9789752560444</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
           <t>Ali ve Nino</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
           <t>9789752561441</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
           <t>Aklın Ötesinde Şiirler</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
           <t>9789752561588</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
           <t>Atakan Serisi (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>810</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
           <t>9799752560900</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
           <t>Acil Servis Hayvan Hastanesi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
           <t>9799752560948</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
           <t>Arabistan Kral’ının Yaşam Öyküsü: Abdülaziz Bin Suud</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
           <t>9799752560511</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
           <t>Edebiyatın Belleğinde Yaşayan Beykoz</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
           <t>9789752561175</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
           <t>Modern Uluslararası Sistem</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>380</v>
+        <v>580</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
           <t>9789752563315</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
           <t>Modern Psikoterapiler</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>900</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
           <t>9789752563520</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
           <t>Sosyal Psikoloji</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>1000</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
           <t>9799756963554</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
           <t>Cehennem Günlüğü</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
           <t>9789756698204</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
           <t>Cavidname</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
           <t>9789756698549</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
           <t>Camtutan</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
           <t>9799756963639</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
           <t>Yüzyılın (1900 - 1999) Kültür ve Sanat Kronolojisi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
           <t>9789752563889</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
           <t>Genç Duruş</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
           <t>9789752561434</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
           <t>Ata Binmeyi Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
           <t>9789752561724</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
           <t>Montessori Yöntemiyle Harika Çocuk Nasıl Yetiştirilir?</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
           <t>9789752560857</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
           <t>Cemile Uyumak İstemiyor</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
           <t>9789752560833</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
           <t>Cemile Tombiş’le Arkadaşlık Etmek İstemiyor</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
           <t>9789752561939</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
           <t>Cemile Tombiş’e Zıt Kavramları Öğretiyor</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
           <t>9789752561946</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
           <t>Cemile Tombiş’e Yeni Kelimeler Öğretiyor</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
           <t>9789752561915</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
           <t>Cemile Tombiş’e Şekilleri Öğretiyor</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
           <t>9789752561922</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
           <t>Cemile Tombiş’e Renkleri Öğretiyor</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
           <t>9789752562974</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
           <t>Cemile Teneffüste</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
           <t>9789752563032</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
           <t>Cemile Tatile Çıkıyor</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
           <t>9789752562349</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
           <t>Cemile Seti (22 Kitap Takım)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>1980</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
           <t>9789752564190</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
           <t>Cemile Kardeşini Kıskanıyor</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
           <t>9789752564183</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
           <t>Cemile Dans Kursuna Gidiyor</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
           <t>9789752562837</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
           <t>Asrın Vebası: Narsisizm İlleti</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>400</v>
+        <v>620</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
           <t>9789752560253</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
           <t>Dost Görünen Düşman!</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
           <t>9799752560405</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
           <t>Dolunay</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
           <t>9789750116513</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
           <t>Doğu Karadeniz Tarihi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
           <t>9789752563834</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
           <t>Cemile Her Şeyi Kendi Yapmak İstiyor</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
           <t>9789752564169</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
           <t>Hamilelikten 3 Yaşa Kadar Bebeğimi Büyütüyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>1300</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
           <t>9789752563070</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
           <t>Kur'an-ı Kerim'den Sureler ve Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
           <t>9789752564022</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
           <t>Moda (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>1900</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
           <t>9789752563858</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
           <t>Modern Psikoterapiler - Vaka Hikayeleri</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
           <t>9789752563957</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
           <t>Çocuğunuz ve Sizin İçin Montessori Etkinlikleri</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
           <t>9789756698358</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
           <t>Kültürel Antropoloji</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>900</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
           <t>9789752562370</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
           <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>850</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
           <t>9789752562073</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
           <t>Çocuk Gelişim Psikolojisi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>900</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
           <t>9789752563766</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
           <t>Bilişsel Psikoloji</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>700</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
           <t>9789752562387</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
           <t>Baharat ve Otlarla Şifalı Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
           <t>9799752560733</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
           <t>Azerbaycan Türklerinin Milli Mücadele Tarihi 1920-1945</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>700</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
           <t>9789752561984</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
           <t>Ayna İçinde Ayna</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
           <t>9799756963790</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
           <t>Aydınlanma Üzerine Bir Derkenar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
           <t>9789752564060</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
           <t>Atakan İnşaat Ustası Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
           <t>9789752562288</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
           <t>Atakan ile Okuma Yazma Öğreniyorum</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
           <t>9789752561892</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
           <t>Ata Binmeyi Seviyorum</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
           <t>9799756698177</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
           <t>Aşkoloji 4. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>750</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
           <t>9799756698176</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
           <t>Aşkoloji 3. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>750</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
           <t>9799756698175</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
           <t>Aşkoloji 2. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>750</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
           <t>9799756698174</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
           <t>Aşkoloji 1. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>750</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
           <t>9799756698043</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
           <t>Aşkoğrafya</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>310</v>
+        <v>460</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
           <t>9799756963714</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
           <t>Aşkın Ölümcül Etkileri</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
           <t>9789752562066</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
           <t>Aşkoloji (4 Cilt Takım )</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>3000</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
           <t>9789752563698</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
           <t>Aşk ve Evlilik Terapisi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
           <t>9789752562813</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
           <t>Aşk Sarhoşluğunun Sabahı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>440</v>
+        <v>680</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
           <t>9789756963661</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
           <t>Aşk Mektupları</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
           <t>9789752561878</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
           <t>Aşk ile Hu: Rabia İlahi Aşkın Nefesi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
           <t>9789756698327</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
           <t>Asi Ruhlar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
           <t>9799756963561</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
           <t>Arap Geceleri Binbir Gece Masalları Seçkisi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
           <t>9789752561731</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
           <t>Annemle Beraber Yemek Pişiriyoruz (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
           <t>9789752563711</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
           <t>Anneliğin Ötesinde</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
           <t>9789752563179</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
           <t>Anne Babalar için Gençlerde Homoseksüelliği Önleme Rehberi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>350</v>
+        <v>510</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
           <t>9789756963272</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
           <t>Ankebut</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
           <t>9799756698197</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
           <t>Ankara İç Savaşında Üç Hainin Portresi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
           <t>9789757969082</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
           <t>Allah’a Teşekkürün Bir İfadesi Namaz</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
           <t>9799752560740</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
           <t>Akıbet</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
           <t>9799756698760</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
           <t>Akdeniz’den Hindistan’a Türk-İran Esintileri</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
           <t>9789752563377</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
           <t>A Portrait Album of the Ottoman Sultans</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
           <t>9789752563018</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
           <t>22 Şubat - 21 Mayıs Geliyorum Diyen İhtilal</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
           <t>9789752563919</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
           <t>21. Yüzyılda Ulus, Çokkültürlülük ve Etnisite</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
           <t>9799756698418</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
           <t>1914-1921 1. Cihan Harbi Sonrasında İslam Alemi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
           <t>9799756698494</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
           <t>1868-1932 Mısır’da Türk Bir Şair Ahmet Şevki</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
           <t>9799756963158</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
           <t>16. yy. Osmanlı Toplumunda  Yönetim, Nüfus, İskan, Göç ve Sürgün</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>390</v>
+        <v>470</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
           <t>9789752563575</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
           <t>Sanat Terapisiyle İyileşmek</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>240</v>
+        <v>385</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
           <t>9789752560956</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
           <t>Psikolojiye Giriş</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>1100</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
           <t>9789752563186</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
           <t>Psikolojik Danışma Becerileri</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>530</v>
+        <v>870</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
           <t>9789756963852</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
           <t>Modern Psikoloji Tarihi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>710</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9799752560108</t>
+          <t>9789752561632</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Zehir</t>
+          <t>Yumuşacık Kanatlı Dostlarım</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789752561625</t>
+          <t>9780897935265</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Güzellik - Gençlik: Yüz Yogası</t>
+          <t>Yoga For a Beautiful Face</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789752561632</t>
+          <t>9799756963431</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Yumuşacık Kanatlı Dostlarım</t>
+          <t>Yeni Türk Edebiyatında Öykü - 3</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9799756698159</t>
+          <t>9799756963073</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Yönetmen Tiyatrosu’na Karşı Bir Shakespeare ve Nazım Hikmet Savunması</t>
+          <t>Yeni Türk Edebiyatında Öykü - 2</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9780897935265</t>
+          <t>9789756963012</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Yoga For a Beautiful Face</t>
+          <t>Yeni Türk Edebiyatında Öykü - 1</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9799756963431</t>
+          <t>9789752561137</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 3</t>
+          <t>Afacan Tavşanla Ormanda Dört Mevsim / Yaz Yağmuru</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9799756963073</t>
+          <t>9789752561649</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 2</t>
+          <t>Uzak Ülkelerden Hayvan Dostlarım</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789756963012</t>
+          <t>9799756963844</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 1</t>
+          <t>Türk İnkilabı</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789756963692</t>
+          <t>9789752561168</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sosyal Hareketler</t>
+          <t>Tassos Papadopulos Kıbrıs’ta Rumlar Vadisi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789752561137</t>
+          <t>9799756963653</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Afacan Tavşanla Ormanda Dört Mevsim / Yaz Yağmuru</t>
+          <t>Memleket Meseleleri</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9799752560924</t>
+          <t>9789752561601</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yatmadan Önce Kemirmek İçin Hikayeler (Ciltli)</t>
+          <t>Klasik Dünya Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9799759483226</t>
+          <t>9789752561120</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Kar Tavukları</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9799752560559</t>
+          <t>9789756963067</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Yana Yana Döne Döne</t>
+          <t>Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789752563117</t>
+          <t>9799756963196</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Waldorf Yöntemiyle Harika Çocuk Nasıl Yetiştirilir?  (2-4 Yaş )</t>
+          <t>Horozlu Ayna ve Ölüm</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789752563124</t>
+          <t>9799752560672</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Waldorf Yöntemiyle Harika Bebek Nasıl Yetiştirilir? (3 Ay- 2 Yaş)</t>
+          <t>Hilkatin İlk Günleri</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789752563162</t>
+          <t>9789752562240</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Waldorf Yöntemiyle Çocuğumu Büyütüyorum</t>
+          <t>Hamdi Üşengeçlikten Nasıl Vazgeçti?</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789756698853</t>
+          <t>9789752562264</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Viyana Yazıları(1988 - 1998)</t>
+          <t>Hamdi Uzun Boylu Olmaktan Memnun mu?</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789756963265</t>
+          <t>9789752562356</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Ve: Blues</t>
+          <t>Hamdi serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>160</v>
+        <v>840</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9799752560320</t>
+          <t>9799756963356</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Dil</t>
+          <t>Habeş Seyahatnamesi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789752563667</t>
+          <t>9789752561144</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Üsküp’ün İçinde Kumaş Biçerler</t>
+          <t>Fındıkkıran Sincap</t>
         </is>
       </c>
       <c r="C548" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789756698839</t>
+          <t>9789752562929</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Üsküdarlı Fenayi Cennet Mehmet Efendi ve Divanı</t>
+          <t>Doğum Gününde Cemile ile Saatleri Öğreniyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9799756698807</t>
+          <t>9799756963332</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar Zaman Aynasında</t>
+          <t>Çıldırının Anaforunda Gog</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789752561908</t>
+          <t>9789752561342</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar Picturing an Exalted Reverie (Ciltli)</t>
+          <t>Çıkartmalarla Okuyorum Eğleniyorum -Küçük Tay Şahlan</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>1200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789752561021</t>
+          <t>9789752561335</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar Anıları (Ciltli)</t>
+          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Kurt Yavrusu Sivrikulak</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>600</v>
+        <v>210</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789756698907</t>
+          <t>9789752561380</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Dünyanın Meydan Okuyan İlerleyişi</t>
+          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Ceylan Yavrusu Nazlı</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789756963760</t>
+          <t>9789752561359</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Mektup</t>
+          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Ayı Yavrusu Tombiş</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789752561649</t>
+          <t>9789752561373</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ülkelerden Hayvan Dostlarım</t>
+          <t>Çıkartmalarla Okuyorum Eğleniyorum - Aslan Yavrusu Tortop</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789752563704</t>
+          <t>9789752561366</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Uçuyorum Sanmıştım Düşüyormuşum</t>
+          <t>Çıkartmalarla Okuyorum Eğleniyorum -  Kedi Yavrusu Minnoş</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789752563650</t>
+          <t>9789752562196</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanı’nda 12 Eylül</t>
+          <t>Cemile’nin Kardeşi Oluyor</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789752563100</t>
+          <t>9789752562981</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesi ve 2. Abdülhamid’in Eğitim Hamlesi</t>
+          <t>Cemile’nin Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9799756963844</t>
+          <t>9789752562998</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkilabı</t>
+          <t>Cemile’nin Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9799752560023</t>
+          <t>9789752563544</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Türk Ermeni İlişkileri</t>
+          <t>Cemile’nin Bugün Doğum Günü</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789752561885</t>
+          <t>9789752561793</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Türk Çayının Dünü Ve Bugünü</t>
+          <t>Cemile Yüzmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>410</v>
+        <v>140</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789752563452</t>
+          <t>9789752561229</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Travma, Bağlanma ve Aile Konstelasyonları</t>
+          <t>Cemile Yeni Çizmelerini Giyiyor</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>310</v>
+        <v>140</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789752563094</t>
+          <t>9789752561205</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Toplum Düşüncesinde Görecilik</t>
+          <t>Cemile Yeni Arkadaşını Çok Seviyor</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9799756698463</t>
+          <t>9789752562189</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy</t>
+          <t>Cemile ve Arkadaşı Prenses Elbisesi Giyiyor</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>410</v>
+        <v>140</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9799756963530</t>
+          <t>9789752562271</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Tekerleklerin Şarkısı</t>
+          <t>Cemile ile Okuma Yazma Öğreniyorum</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789752561168</t>
+          <t>9789752561847</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Tassos Papadopulos Kıbrıs’ta Rumlar Vadisi</t>
+          <t>Cemile ile Boyama Yapıyorum</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789752561472</t>
+          <t>9789752563612</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Tassos Papadopoulos Valley Of The Greek Cypriots İn Cyprus</t>
+          <t>Cemile Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789756963777</t>
+          <t>9789752563605</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Tao-Culuk’daki Anahtar-Kavramlar</t>
+          <t>Cemile Havuza Gidiyor</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789756963319</t>
+          <t>9789752561809</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Türkiye</t>
+          <t>Cemile Hastanede Yatıyor</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>460</v>
+        <v>140</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9799752560047</t>
+          <t>9789752563674</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Tagiyev</t>
+          <t>Cemile Hafta Sonunu Anneannesi ve Dedesiyle Geçiriyor</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9799756963394</t>
+          <t>9789752561212</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Şubat Vişneleri</t>
+          <t>Cemile Geceyi Teyzesinde Geçiriyor</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789756698877</t>
+          <t>9789752563056</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Şii Ulemanın Otoritesinin Temelleri</t>
+          <t>Cemile Geceyi Bakıcı Ablasıyla Geçiriyor</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789752563810</t>
+          <t>9789752560819</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Şifa Bu Değil</t>
+          <t>Cemile Doktora Gidiyor</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9799756963479</t>
+          <t>9789752562776</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Şairin Dini</t>
+          <t>Cemile Doğru Beslenmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789752560529</t>
+          <t>9789752563841</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail Hata’i Külliyatı</t>
+          <t>Cemile Çok Fazla Televizyon Seyrediyor</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789756698693</t>
+          <t>9789752560789</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Süreyya - Sürgündeki Prenses</t>
+          <t>Cemile Çişini Altına Yapıyor</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789752561748</t>
+          <t>9789752562172</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid - İftiralara Cevaplar</t>
+          <t>Cemile Çinli ve Zenci Arkadaşlarını Çok Seviyor</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789752563513</t>
+          <t>9789752561410</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>SSCB Türkiye İlişkileri</t>
+          <t>Cemile Çiftliğe Gidiyor</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789752563759</t>
+          <t>9789752562783</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Anormal Psikoloji</t>
+          <t>Cemile Boyu Uzasın İstiyor</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>1100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789752564312</t>
+          <t>9789752560871</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>APA Publication Manual Yayım Kılavuzu</t>
+          <t>Cemile Bir Hata Yapıyor</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789756963296</t>
+          <t>9789752560802</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Metafizik Nedir?</t>
+          <t>Cemile Banyo Yapmak İstemiyor</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9799756963653</t>
+          <t>9789752561403</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Memleket Meseleleri</t>
+          <t>Cemile Bahçeyi Keşfediyor</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789752563551</t>
+          <t>9789752562967</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar 1925-1975</t>
+          <t>Cemile Bahçede</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9799756963820</t>
+          <t>9789752562936</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Mavi Melekler</t>
+          <t>Cemile Ayakkabı Bağlamayı Öğreniyor</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789752561007</t>
+          <t>9789752561786</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Masal Masal İçinde Hint Masalları</t>
+          <t>Cemile Arkadaşına Yardım Ediyor</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789756963227</t>
+          <t>9789752560895</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Marzubanname</t>
+          <t>Cemile Annemle Babam Kızmamış</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789752563438</t>
+          <t>9789752562660</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Manevi Kriz</t>
+          <t>Cemile (22 Kitap Takım Kürtçe)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>260</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789752561687</t>
+          <t>9789752563155</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Lubyanskaya Suç Örgütü</t>
+          <t>Cami (Ciltli)</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789752563278</t>
+          <t>9789752561618</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Libya’nın Kaddafisi</t>
+          <t>Binbir Gece Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789752560987</t>
+          <t>9799756963455</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Lal</t>
+          <t>Ben Cyrus, Zerdüşt’ün Torunu</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>160</v>
+        <v>960</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9799752560702</t>
+          <t>9789752561656</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ahlak ya da Küresel Hegemonya?</t>
+          <t>Sevimli Orman Dostlarım</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789752562882</t>
+          <t>9789752562769</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kuva-yi Milliye’nin Rizeli Emicesi: İpsiz Recep</t>
+          <t>Perwer (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>240</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789756698730</t>
+          <t>9789759483265</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Kopuzlar</t>
+          <t>Ölüm Manifestosu</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789752561601</t>
+          <t>9789752561113</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dünya Masalları (Ciltli)</t>
+          <t>Orman Canlanıyor</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>450</v>
-[...28 lines deleted...]
-      <c r="C596" s="1">
         <v>150</v>
-      </c>
-[...2488 lines deleted...]
-        <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>