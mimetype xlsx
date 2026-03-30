--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,8935 +85,8995 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789750029912</t>
+          <t>9789752567283</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dambur Tarihi</t>
+          <t>Kur’an’da Geçen Dua Ayetleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752563582</t>
+          <t>9789752567276</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nefs Psikolojisi ve Rüyaların Dili</t>
+          <t>Kurumsal Yönetim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>460</v>
+        <v>480</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752563322</t>
+          <t>9789752567269</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yoga Kartlarım</t>
+          <t>Pembe Kapitalizm</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>12</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9799752560641</t>
+          <t>9789756963203</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’in Kur’an Tercümeleri</t>
+          <t>Modern Batı Düşüncesinde Din ve Siyaset</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>7</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9799756698395</t>
+          <t>9789750029912</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Martin Luther: Hitlerin Manevi Atası</t>
+          <t>Dambur Tarihi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9799756963684</t>
+          <t>9789752563582</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Marco Polo Doğu ve Batı Kaynaklarında Çin Seyahati</t>
+          <t>Nefs Psikolojisi ve Rüyaların Dili</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>15</v>
+        <v>460</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9799752560375</t>
+          <t>9789752563322</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Çevirilerinin Dünyası</t>
+          <t>Yoga Kartlarım</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9799752560351</t>
+          <t>9799752560641</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Anlama’nın Anlamı</t>
+          <t>Mehmet Akif’in Kur’an Tercümeleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>5.56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9799752560566</t>
+          <t>9799756698395</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Dil’e Dair</t>
+          <t>Martin Luther: Hitlerin Manevi Atası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>6.48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9799756963813</t>
+          <t>9799756963684</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Problemi</t>
+          <t>Marco Polo Doğu ve Batı Kaynaklarında Çin Seyahati</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752563476</t>
+          <t>9799752560375</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Akşamı</t>
+          <t>Kur’an’ı Çevirilerinin Dünyası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9799756698272</t>
+          <t>9799752560351</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>Kur’an’ı Anlama’nın Anlamı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9799752560030</t>
+          <t>9799752560566</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kırda Bayırda Gezginin Cep Kitabı</t>
+          <t>Kur’an ve Dil’e Dair</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>45</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9799756698302</t>
+          <t>9799756963813</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Kötülük Problemi</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9799752560085</t>
+          <t>9789752563476</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Kestim Yiyen Yok</t>
+          <t>Köpekler Akşamı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>8.5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757969228</t>
+          <t>9799756698272</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kara Tahtayı Aşmak Öğrenci Merkezli Öğretmenlik</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>10</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9799756963585</t>
+          <t>9799752560030</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Jung</t>
+          <t>Kırda Bayırda Gezginin Cep Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9799756698685</t>
+          <t>9799756698302</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet Öncesi Arap-İsrailoğulları İlişkileri</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>22</v>
+        <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9799756963615</t>
+          <t>9799752560085</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Öteki</t>
+          <t>Karpuz Kestim Yiyen Yok</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>17</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9799756698166</t>
+          <t>9789757969228</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Felsefesinde Sivil İtaatsizlik</t>
+          <t>Kara Tahtayı Aşmak Öğrenci Merkezli Öğretmenlik</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>6.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9799756963974</t>
+          <t>9799756963585</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın En Güzel Masalları (Ciltli)</t>
+          <t>Jung</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752563223</t>
+          <t>9799756698685</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yoga Kitaplarım 2 - Küçük Kelebek</t>
+          <t>İslamiyet Öncesi Arap-İsrailoğulları İlişkileri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752562851</t>
+          <t>9799756963615</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Teknik Analizde</t>
+          <t>İslam ve Öteki</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752561953</t>
+          <t>9799756698166</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yusuf u Zeliha</t>
+          <t>İslam Siyaset Felsefesinde Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>850</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9799756698128</t>
+          <t>9799756963974</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar</t>
+          <t>Dünya'nın En Güzel Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>17</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9799756698500</t>
+          <t>9789752563223</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yasak Şiirler</t>
+          <t>Yoga Kitaplarım 2 - Küçük Kelebek</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9799756698593</t>
+          <t>9789752562851</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Toma’ya Göre İncil ya da Hz. İsa’nın 114 Hadisi</t>
+          <t>Teknik Analizde</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9799752560573</t>
+          <t>9789752561953</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Siyaset’e Dair</t>
+          <t>Yusuf u Zeliha</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>7</v>
+        <v>850</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9799756698531</t>
+          <t>9799756698128</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Türklere Karşı Haçlı Seferleri</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9799756698579</t>
+          <t>9799756698500</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Umut Olduğunu Söyledi Bir Büyüğüm</t>
+          <t>Yasak Şiirler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9799757969289</t>
+          <t>9799756698593</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özü Kelam-ı İlahi’nin Tabiatına Dair</t>
+          <t>Toma’ya Göre İncil ya da Hz. İsa’nın 114 Hadisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>8</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9799757969272</t>
+          <t>9799752560573</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Kültür’den Yazılı Kültür’e Anlam’ın Tarihi</t>
+          <t>Tarih ve Siyaset’e Dair</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>11</v>
+        <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9799752560191</t>
+          <t>9799756698531</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum ve Demokrasi</t>
+          <t>Türklere Karşı Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>51</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752561540</t>
+          <t>9799756698579</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Silah (Ciltli)</t>
+          <t>Tanrının Umut Olduğunu Söyledi Bir Büyüğüm</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9799756963011</t>
+          <t>9799757969289</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hastalığını Anlamak</t>
+          <t>Sözün Özü Kelam-ı İlahi’nin Tabiatına Dair</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9799756698067</t>
+          <t>9799757969272</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Romancılar Konuşuyor</t>
+          <t>Sözlü Kültür’den Yazılı Kültür’e Anlam’ın Tarihi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9799756698869</t>
+          <t>9799752560191</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Putin’in Rusyası</t>
+          <t>Sivil Toplum ve Demokrasi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>12</v>
+        <v>51</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9799756698487</t>
+          <t>9789752561540</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Pervaneler</t>
+          <t>Silah (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>36</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9799756698296</t>
+          <t>9799756963011</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Baş Dönmesi</t>
+          <t>Ruh Hastalığını Anlamak</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9799756963707</t>
+          <t>9799756698067</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Gündelik Hayatın Değişimi</t>
+          <t>Romancılar Konuşuyor</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9799756963838</t>
+          <t>9799756698869</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Seyyahlarının Gözüyle Avrupa</t>
+          <t>Putin’in Rusyası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9799756698210</t>
+          <t>9799756698487</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’da İki Yahudi Seyyahın Avrupa, Asya ve Afrika Gözlemleri</t>
+          <t>Pervaneler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>7</v>
+        <v>36</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9799752560412</t>
+          <t>9799756698296</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Türk - İran Tarihi Araştırmaları</t>
+          <t>Özgürlüğün Baş Dönmesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9799756963752</t>
+          <t>9799756963707</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Noli Me Tangere: Beden Yazısı 2</t>
+          <t>Osmanlı’da Gündelik Hayatın Değişimi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752561663</t>
+          <t>9799756963838</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Çiftlik Dostlarım</t>
+          <t>Osmanlı Seyyahlarının Gözüyle Avrupa</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9779756698342</t>
+          <t>9799756698210</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Muhammad Ali</t>
+          <t>Ortaçağ’da İki Yahudi Seyyahın Avrupa, Asya ve Afrika Gözlemleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9799756698814</t>
+          <t>9799752560412</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Kafkasya Politikası</t>
+          <t>Ortaçağ Türk - İran Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9799756963202</t>
+          <t>9799756963752</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Modern Batı Düşüncesinde Din ve Siyaset</t>
+          <t>Noli Me Tangere: Beden Yazısı 2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>184</v>
+        <v>40</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9799756698425</t>
+          <t>9789752561663</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Misyonerlik Hıristiyan Misyonerler, Yöntemleri ve Türkiye’ye Yönelik Faaliyetleri</t>
+          <t>Sevgili Çiftlik Dostlarım</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>6.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9799756963646</t>
+          <t>9779756698342</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Müzik Yazıları</t>
+          <t>Muhammad Ali</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9799756963035</t>
+          <t>9799756698814</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mızraksız İlmihal</t>
+          <t>Moğolların Kafkasya Politikası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756963081</t>
+          <t>9799756963202</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Rubailer</t>
+          <t>Modern Batı Düşüncesinde Din ve Siyaset</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>25</v>
+        <v>184</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9799752560658</t>
+          <t>9799756698425</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet’ten Cumhuriyet’e Din ve Siyaset</t>
+          <t>Misyonerlik Hıristiyan Misyonerler, Yöntemleri ve Türkiye’ye Yönelik Faaliyetleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>9</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752562806</t>
+          <t>9799756963646</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mesih Nefesli Ask</t>
+          <t>Müzik Yazıları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756698655</t>
+          <t>9799756963035</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Seninle Evlendim Ey Özgürlük</t>
+          <t>Mızraksız İlmihal</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756698617</t>
+          <t>9789756963081</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Altın Ordu ve Kazan Hanları</t>
+          <t>Mevlana’dan Rubailer</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752561038</t>
+          <t>9799752560658</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Alman Belgelerinde Ermeni Meselesi ve 1915</t>
+          <t>Meşrutiyet’ten Cumhuriyet’e Din ve Siyaset</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>42</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9799752560634</t>
+          <t>9789752562806</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Akif’e Dair</t>
+          <t>Mesih Nefesli Ask</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9799756698227</t>
+          <t>9789756698655</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ailede İyileştirici Sevgi</t>
+          <t>Seninle Evlendim Ey Özgürlük</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>15.74</v>
+        <v>7</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752561465</t>
+          <t>9789756698617</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ahlar Sokağı</t>
+          <t>Altın Ordu ve Kazan Hanları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>5</v>
+        <v>52</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799756963882</t>
+          <t>9789752561038</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Türkiye’nin Nükleer Enerji Sorunu</t>
+          <t>Alman Belgelerinde Ermeni Meselesi ve 1915</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>8</v>
+        <v>42</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9799752560276</t>
+          <t>9799752560634</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>365 Hikaye (Ciltli)</t>
+          <t>Akif’e Dair</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>7</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000015830</t>
+          <t>9799756698227</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>2. Üsküdar Sempozyumu Bildiriler 2. Cilt</t>
+          <t>Ailede İyileştirici Sevgi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1200</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000034475</t>
+          <t>9789752561465</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>2. Üsküdar Sempozyumu Bildiriler 1. Cilt</t>
+          <t>Ahlar Sokağı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>900</v>
+        <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752561328</t>
+          <t>9799756963882</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>1001 Doğal Reçete</t>
+          <t>50 Soruda Türkiye’nin Nükleer Enerji Sorunu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>8</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752560000</t>
+          <t>9799752560276</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Üsküdarlı Muhammed Nasuhi ve Divanı</t>
+          <t>365 Hikaye (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9799756963400</t>
+          <t>3990000015830</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İran Öyküleri</t>
+          <t>2. Üsküdar Sempozyumu Bildiriler 2. Cilt</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>39</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9799752560719</t>
+          <t>3990000034475</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Cenab-ı Aşk’a Dair</t>
+          <t>2. Üsküdar Sempozyumu Bildiriler 1. Cilt</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>7</v>
+        <v>900</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752562943</t>
+          <t>9789752561328</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Yapboz Kitabı</t>
+          <t>1001 Doğal Reçete</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>30</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752561854</t>
+          <t>9789752560000</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Cemile ile Boyuyorum, Eğleniyorum</t>
+          <t>Üsküdarlı Muhammed Nasuhi ve Divanı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9799756963936</t>
+          <t>9799756963400</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bizans ve İlk İslam Fetihleri</t>
+          <t>Çağdaş İran Öyküleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>189</v>
+        <v>39</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9799756963998</t>
+          <t>9799752560719</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim Olarak Psikiyatri</t>
+          <t>Cenab-ı Aşk’a Dair</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9799752560122</t>
+          <t>9789752562943</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bir Bab-ı Ali Kahvesi</t>
+          <t>Cemile’nin Yapboz Kitabı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9799756963950</t>
+          <t>9789752561854</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bıldırcın ve Sonbahar</t>
+          <t>Cemile ile Boyuyorum, Eğleniyorum</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>6.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752562950</t>
+          <t>9799756963936</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cemile Elbise Giydirme Oyunu</t>
+          <t>Bizans ve İlk İslam Fetihleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>110</v>
+        <v>189</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9799752560283</t>
+          <t>9799756963998</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Benim Ailem Dünya Çocuklarının Gözünden Aileleri (Ciltli)</t>
+          <t>Bir Bilim Olarak Psikiyatri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789759201999</t>
+          <t>9799752560122</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Ulu Rüyayı Görenler Şehri Üsküdar (Ciltli)</t>
+          <t>Bir Bab-ı Ali Kahvesi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>900</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9799752560450</t>
+          <t>9799756963950</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir İslambol Hayalhanesi Alaturka Öyküler</t>
+          <t>Bıldırcın ve Sonbahar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>9</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9799756698517</t>
+          <t>9789752562950</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Aydemir</t>
+          <t>Cemile Elbise Giydirme Oyunu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>33</v>
+        <v>110</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752561076</t>
+          <t>9799752560283</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Avrasya Fatihi Tatarlar</t>
+          <t>Benim Ailem Dünya Çocuklarının Gözünden Aileleri (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752564138</t>
+          <t>9789759201999</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Atakan Süpermarkete Gidiyor (Ciltli)</t>
+          <t>Bir Ulu Rüyayı Görenler Şehri Üsküdar (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752564091</t>
+          <t>9799752560450</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Atakan Parka Gidiyor (Ciltli)</t>
+          <t>Bir İslambol Hayalhanesi Alaturka Öyküler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>100</v>
+        <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752564084</t>
+          <t>9799756698517</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Atakan Okula Başlıyor (Ciltli)</t>
+          <t>Aydemir</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>100</v>
+        <v>33</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752561816</t>
+          <t>9789752561076</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Atakan ile Beraber Lunaparka Gidiyorum</t>
+          <t>Avrasya Fatihi Tatarlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752564039</t>
+          <t>9789752564138</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Atakan Dişlerini Fırçalamaya Alışıyor (Ciltli)</t>
+          <t>Atakan Süpermarkete Gidiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752563001</t>
+          <t>9789752564091</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Atakan’ın Yapboz Kitabı (Ciltli)</t>
+          <t>Atakan Parka Gidiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>32</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752561526</t>
+          <t>9789752564084</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Asitane Efsaneleri</t>
+          <t>Atakan Okula Başlıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9799756963660</t>
+          <t>9789752561816</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Araftan Kurtuluş 1</t>
+          <t>Atakan ile Beraber Lunaparka Gidiyorum</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9799756698265</t>
+          <t>9789752564039</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Antik Felsefenin İslam Dünyasına Girişi</t>
+          <t>Atakan Dişlerini Fırçalamaya Alışıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752563490</t>
+          <t>9789752563001</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Anneler ve Kızları İçin Portakal Ağacı’nın En Güzel Yemekleri</t>
+          <t>Atakan’ın Yapboz Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756698914</t>
+          <t>9789752561526</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Sofrasında - Araftan Kurtuluş 2</t>
+          <t>Asitane Efsaneleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>152</v>
+        <v>60</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9799752560368</t>
+          <t>9799756963660</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Buharlaşması ve Kur’an</t>
+          <t>Araftan Kurtuluş 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752565227</t>
+          <t>9799756698265</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Manevi Yönelimli Psikoterapi ve Psikolojik Danışma</t>
+          <t>Antik Felsefenin İslam Dünyasına Girişi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>270</v>
+        <v>10</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752563247</t>
+          <t>9789752563490</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dinozor</t>
+          <t>Anneler ve Kızları İçin Portakal Ağacı’nın En Güzel Yemekleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752564633</t>
+          <t>9789756698914</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Aslında Mimarlık</t>
+          <t>Kurtlar Sofrasında - Araftan Kurtuluş 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>30</v>
+        <v>152</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752563421</t>
+          <t>9799752560368</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bereketli Hilal'in Kilit Taşı Şanlıurfa</t>
+          <t>Anlamın Buharlaşması ve Kur’an</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752566514</t>
+          <t>9789752565227</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Blockchain Blok Zinciri - Gelecekteki Her Şey</t>
+          <t>Manevi Yönelimli Psikoterapi ve Psikolojik Danışma</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>104</v>
+        <v>460</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789752564176</t>
+          <t>9789752563247</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet</t>
+          <t>Küçük Dinozor</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9799752560399</t>
+          <t>9789752564633</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Selami Ali Efendi</t>
+          <t>Aslında Mimarlık</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9799756698432</t>
+          <t>9789752563421</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar, Ah Üsküdar..!</t>
+          <t>Bereketli Hilal'in Kilit Taşı Şanlıurfa</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9799756698005</t>
+          <t>9789752566514</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yaylaktan Kışlağa</t>
+          <t>Blockchain Blok Zinciri - Gelecekteki Her Şey</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>30</v>
+        <v>104</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752563209</t>
+          <t>9789752564176</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yoga Kitaplarım (5 Kitap Takım)</t>
+          <t>Bisiklet</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752563469</t>
+          <t>9799752560399</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui</t>
+          <t>Selami Ali Efendi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>27</v>
+        <v>8</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056045004</t>
+          <t>9799756698432</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Soru Satan Adam</t>
+          <t>Üsküdar, Ah Üsküdar..!</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789759483289</t>
+          <t>9799756698005</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Ahlak</t>
+          <t>Yaylaktan Kışlağa</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>7.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9799756698111</t>
+          <t>9789752563209</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Süvari</t>
+          <t>Yoga Kitaplarım (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>12</v>
+        <v>450</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752563407</t>
+          <t>9789752563469</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İncil-i Şerif’in Yüce Anlamı (Ciltli)</t>
+          <t>Feng Shui</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>280</v>
+        <v>27</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9799756963677</t>
+          <t>9786056045004</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hinduizm ve Budizm</t>
+          <t>Soru Satan Adam</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756963043</t>
+          <t>9789759483289</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şeye Katılmıyorum Hiçbir Şeye...</t>
+          <t>Evlilik ve Ahlak</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9799756963349</t>
+          <t>9799756698111</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hazin Bir Evliliğin Romanı</t>
+          <t>Zorlu Süvari</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756698648</t>
+          <t>9789752563407</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Sorgulamak</t>
+          <t>İncil-i Şerif’in Yüce Anlamı (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9799759483233</t>
+          <t>9799756963677</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hayal Günlüğü</t>
+          <t>Hinduizm ve Budizm</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>13</v>
+        <v>7</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786056049101</t>
+          <t>9789756963043</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Göstergeler ve Halimiz</t>
+          <t>Hiçbir Şeye Katılmıyorum Hiçbir Şeye...</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9799756698180</t>
+          <t>9799756963349</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Göç Edebiyatı</t>
+          <t>Hazin Bir Evliliğin Romanı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9799757969180</t>
+          <t>9789756698648</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ganiyy-i Muhtefi’nin Meratib-i Tevhid Risalesi</t>
+          <t>Hayatı Sorgulamak</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752560994</t>
+          <t>9799759483233</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Elveda Üsküdar</t>
+          <t>Hayal Günlüğü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>7.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9799756698142</t>
+          <t>9786056049101</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler ve Sözler</t>
+          <t>Göstergeler ve Halimiz</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9799752560597</t>
+          <t>9799756698180</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Düşlenir</t>
+          <t>Göç Edebiyatı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9799756963973</t>
+          <t>9799757969180</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Masalları</t>
+          <t>Ganiyy-i Muhtefi’nin Meratib-i Tevhid Risalesi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>96</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9799756698234</t>
+          <t>9789752560994</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski</t>
+          <t>Elveda Üsküdar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>55</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752562165</t>
+          <t>9799756698142</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalma Rehberi</t>
+          <t>Düşünceler ve Sözler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>320</v>
+        <v>35</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756963906</t>
+          <t>9799752560597</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Doğuşundan Günümüze İslam Devletleri</t>
+          <t>Düşünce Düşlenir</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>410</v>
+        <v>8</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9799756963189</t>
+          <t>9799756963973</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Yedinci Oğlu Sezai Karakoç</t>
+          <t>Dünyanın En Güzel Masalları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>23</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9799756963509</t>
+          <t>9799756698234</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Altı Kapısı</t>
+          <t>Dostoyevski</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>9</v>
+        <v>55</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9799756698753</t>
+          <t>9789752562165</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Divançe-i İlahiyat (Üsküdarlı Mustafa Ma’nevi)</t>
+          <t>Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>35</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9799752560306</t>
+          <t>9789756963906</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dil Atlası</t>
+          <t>Doğuşundan Günümüze İslam Devletleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>7</v>
+        <v>850</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9799756698982</t>
+          <t>9799756963189</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Dervişler Arasında İki Hafta</t>
+          <t>Doğu’nun Yedinci Oğlu Sezai Karakoç</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9799752560726</t>
+          <t>9799756963509</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Hurafe</t>
+          <t>Doğunun Altı Kapısı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752562899</t>
+          <t>9799756698753</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergende Şiddet</t>
+          <t>Divançe-i İlahiyat (Üsküdarlı Mustafa Ma’nevi)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>42</v>
+        <v>35</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752561571</t>
+          <t>9799752560306</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Esnaf Haydar’ın Hikayesi (Ciltli)</t>
+          <t>Dil Atlası</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>7</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789757969150</t>
+          <t>9799756698982</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Kötülük Problemi</t>
+          <t>Dervişler Arasında İki Hafta</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>136</v>
+        <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752567252</t>
+          <t>9799752560726</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Saadettin Ökten ile Sanat Üzerine Düşünceler 2: İki Cihan Aresinde Sanat</t>
+          <t>Hakikat ve Hurafe</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>290</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756698129</t>
+          <t>9789752562899</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar Gençlik Notları</t>
+          <t>Çocuk ve Ergende Şiddet</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>160</v>
+        <v>42</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752564503</t>
+          <t>9789752561571</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Atakan Babasıyla Balık Tutmaya Gidiyor</t>
+          <t>Esnaf Haydar’ın Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752566217</t>
+          <t>9789757969150</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi ve Psikolojik Danışmada Maneviyat: Kuramlar ve Uygulamalar</t>
+          <t>İslam Düşüncesinde Kötülük Problemi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>390</v>
+        <v>136</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752564145</t>
+          <t>9789752567252</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Atakan Televizyon Seyretmek İstiyor (Ciltli)</t>
+          <t>Saadettin Ökten ile Sanat Üzerine Düşünceler 2: İki Cihan Aresinde Sanat</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752564053</t>
+          <t>9789756698129</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Atakan Hayaletlerden Korkmuyor (Ciltli)</t>
+          <t>Yansımalar Gençlik Notları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752564589</t>
+          <t>9789752564503</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Rusların Gözüyle Türkler</t>
+          <t>Atakan Babasıyla Balık Tutmaya Gidiyor</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756698716</t>
+          <t>9789752566217</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yürek Safında Bir Şair</t>
+          <t>Psikoterapi ve Psikolojik Danışmada Maneviyat: Kuramlar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756963005</t>
+          <t>9789752564145</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü (5 Ciltlik Takım)</t>
+          <t>Atakan Televizyon Seyretmek İstiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>2750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9799756963967</t>
+          <t>9789752564053</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 5</t>
+          <t>Atakan Hayaletlerden Korkmuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9799756963943</t>
+          <t>9789752564589</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 4</t>
+          <t>Rusların Gözüyle Türkler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752562417</t>
+          <t>9789756698716</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tercümanü’l Eşvak</t>
+          <t>Yürek Safında Bir Şair</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752562905</t>
+          <t>9789756963005</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Düşüncede İnsan-ı Kamil</t>
+          <t>Yeni Türk Edebiyatında Öykü (5 Ciltlik Takım)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>96</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9799752560474</t>
+          <t>9799756963967</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesine Giriş</t>
+          <t>Yeni Türk Edebiyatında Öykü - 5</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752564077</t>
+          <t>9799756963943</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Atakan Marangoz Ustası Oluyor (Ciltli)</t>
+          <t>Yeni Türk Edebiyatında Öykü - 4</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>3990000027194</t>
+          <t>9789752562417</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Atakan Serisi (16 Kitap Takım)</t>
+          <t>Tercümanü’l Eşvak</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>2240</v>
+        <v>85</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9799756963592</t>
+          <t>9789752562905</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Estetik Üzerine</t>
+          <t>Tasavvufi Düşüncede İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>30</v>
+        <v>96</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756963371</t>
+          <t>9799752560474</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Balıkçı</t>
+          <t>Siyaset Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752560963</t>
+          <t>9789752564077</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Yüz Katlı İnsan</t>
+          <t>Atakan Marangoz Ustası Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>348</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752562295</t>
+          <t>3990000027194</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Yoga Hareketleri ve Sağlıklı Yaşam (Ciltli)</t>
+          <t>Atakan Serisi (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>350</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752567238</t>
+          <t>9799756963592</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sanat Terapisinde Ebru</t>
+          <t>Estetik Üzerine</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>270</v>
+        <v>30</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756963593</t>
+          <t>9789756963371</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Estetik Üzerine Mektuplar</t>
+          <t>İhtiyar Balıkçı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752562011</t>
+          <t>9789752560963</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Manevi Rehberlik ve Benötesi Psikolojisi Üzerine Yaklaşımlar</t>
+          <t>Dokuz Yüz Katlı İnsan</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>290</v>
+        <v>348</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789757969167</t>
+          <t>9789752562295</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Atakan Serisi 18 Kitaplık Set</t>
+          <t>Çocuklarla Yoga Hareketleri ve Sağlıklı Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>1620</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752567245</t>
+          <t>9789752567238</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Üzerine Müslümanca Düşünceler</t>
+          <t>Sanat Terapisinde Ebru</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752567221</t>
+          <t>9789756963593</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kadınlarda Eşcinsel Çekim</t>
+          <t>Estetik Üzerine Mektuplar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752565258</t>
+          <t>9789752562011</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Testleri</t>
+          <t>Manevi Rehberlik ve Benötesi Psikolojisi Üzerine Yaklaşımlar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756698372</t>
+          <t>9789757969167</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Atakan Serisi 18 Kitaplık Set</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>240</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752564046</t>
+          <t>9789752567245</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Atakan Geceyi Anneannesiyle Geçiriyor (Ciltli)</t>
+          <t>Siyaset Üzerine Müslümanca Düşünceler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752567214</t>
+          <t>9789752567221</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Altı Neslin Portresi</t>
+          <t>Kadınlarda Eşcinsel Çekim</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>700</v>
+        <v>490</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752567184</t>
+          <t>9789752565258</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Saadettin Ökten ile Sanat Üzerine Düşünceler: Sanat ve Sanatkar</t>
+          <t>Kişilik Testleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752567177</t>
+          <t>9789756698372</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sınanma Psikolojisi Zor Dönemlerin ve Travmaların Manası</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752566859</t>
+          <t>9789752564046</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoterapi - Çalışma Kitabı</t>
+          <t>Atakan Geceyi Anneannesiyle Geçiriyor (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>455</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752564343</t>
+          <t>9789752567214</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Nefs Psikolojisi ve Rüyaların Dili (Ciltli)</t>
+          <t>Altı Neslin Portresi</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9799756698081</t>
+          <t>9789752567184</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Turkey And The World / Türkiye ve Dünya (Ciltli)</t>
+          <t>Saadettin Ökten ile Sanat Üzerine Düşünceler: Sanat ve Sanatkar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789757969327</t>
+          <t>9789752567177</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik</t>
+          <t>Sınanma Psikolojisi Zor Dönemlerin ve Travmaların Manası</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9799752560696</t>
+          <t>9789752566859</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Benim Hayatım Dünya Çocukları Nasıl Yaşıyor? (Ciltli)</t>
+          <t>Pozitif Psikoterapi - Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>600</v>
+        <v>455</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752564152</t>
+          <t>9789752564343</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Atakan Çok Fazla Şeker Yiyor (Ciltli)</t>
+          <t>Nefs Psikolojisi ve Rüyaların Dili (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752560345</t>
+          <t>9799756698081</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Gizli İnancı Nusayrilik</t>
+          <t>Turkey And The World / Türkiye ve Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>440</v>
+        <v>700</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9799752560482</t>
+          <t>9789757969327</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ekselansları Ağa Han İmam, Politikacı, Filozof, Dost</t>
+          <t>Milliyetçilik</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752566774</t>
+          <t>9799752560696</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem İslam Geleneğinde Dört Duygu</t>
+          <t>Benim Hayatım Dünya Çocukları Nasıl Yaşıyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756698600</t>
+          <t>9789752564152</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Atakan Çok Fazla Şeker Yiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756963685</t>
+          <t>9789752560345</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Marco Polo</t>
+          <t>Anadolu’nun Gizli İnancı Nusayrilik</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752567191</t>
+          <t>9799752560482</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Nebevi Metot</t>
+          <t>Ekselansları Ağa Han İmam, Politikacı, Filozof, Dost</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752567207</t>
+          <t>9789752566774</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve İyi Yaşam</t>
+          <t>Erken Dönem İslam Geleneğinde Dört Duygu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752567153</t>
+          <t>9789756698600</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi ve Psikolojik Danışma Kuramları</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>1150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752566996</t>
+          <t>9789756963685</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Eşcinseller İçin Değişim Terapisi</t>
+          <t>Marco Polo</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752566880</t>
+          <t>9789752567191</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Japon Psikoterapileri</t>
+          <t>Çocuk Eğitiminde Nebevi Metot</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>590</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752566989</t>
+          <t>9789752567207</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Başörtüsünü Çıkaran Kadınlar; Fenomenolojik Bir Durum Çalışması</t>
+          <t>Mutlu ve İyi Yaşam</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752560277</t>
+          <t>9789752567153</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>365 Hikaye</t>
+          <t>Psikoterapi ve Psikolojik Danışma Kuramları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>550</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752566903</t>
+          <t>9789752566996</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kalbi</t>
+          <t>Eşcinseller İçin Değişim Terapisi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>140</v>
+        <v>310</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752566910</t>
+          <t>9789752566880</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Olmazsa Olmaz</t>
+          <t>Japon Psikoterapileri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>140</v>
+        <v>590</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752567146</t>
+          <t>9789752566989</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Atakan Dinazor Macerası</t>
+          <t>Türkiye’de Başörtüsünü Çıkaran Kadınlar; Fenomenolojik Bir Durum Çalışması</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752566941</t>
+          <t>9789752560277</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ben Korkak Mıyım?</t>
+          <t>365 Hikaye</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752567016</t>
+          <t>9789752566903</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Beş Dakika</t>
+          <t>Annemin Kalbi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752566927</t>
+          <t>9789752566910</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Okumayı Seviyorum</t>
+          <t>Arkadaşlık Olmazsa Olmaz</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752567030</t>
+          <t>9789752567146</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hamdi'nin Çizelgesi</t>
+          <t>Atakan Dinazor Macerası</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752567023</t>
+          <t>9789752566941</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Nazik Sözler</t>
+          <t>Ben Korkak Mıyım?</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752566958</t>
+          <t>9789752567016</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Sakın Alay Etme</t>
+          <t>Beş Dakika</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752566965</t>
+          <t>9789752566927</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Vurmak Yok</t>
+          <t>Birlikte Okumayı Seviyorum</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752567139</t>
+          <t>9789752567030</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Atakan Sokak Kedilerine Yardım Ediyor</t>
+          <t>Hamdi'nin Çizelgesi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752566934</t>
+          <t>9789752567023</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Farklılıklar Olmazsa Olmaz</t>
+          <t>Nazik Sözler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752566972</t>
+          <t>9789752566958</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Okulda Akran Zorbalığı İle Başa Çıkma Seti 5 Kitap</t>
+          <t>Sakın Alay Etme</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752567047</t>
+          <t>9789752566965</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Onlar Su Ektiler</t>
+          <t>Vurmak Yok</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752566866</t>
+          <t>9789752567139</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>Atakan Sokak Kedilerine Yardım Ediyor</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>530</v>
+        <v>140</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752566897</t>
+          <t>9789752566934</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşü Olmayan Hasar</t>
+          <t>Farklılıklar Olmazsa Olmaz</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752566835</t>
+          <t>9789752566972</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sadettin Ökten ile İnsan-Medeniyet-Şehir</t>
+          <t>Okulda Akran Zorbalığı İle Başa Çıkma Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752566873</t>
+          <t>9789752567047</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoterapi - El Kitabı</t>
+          <t>Onlar Su Ektiler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>790</v>
+        <v>230</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752566842</t>
+          <t>9789752566866</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İmaj Dönüşüm Terapisi</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>540</v>
+        <v>530</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752566781</t>
+          <t>9789752566897</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Babür Şah - Büyük Türk Hükümdarı</t>
+          <t>Geri Dönüşü Olmayan Hasar</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752566828</t>
+          <t>9789752566835</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Aile Kurumunun İfsadının Küresel ve Toplumsal Boyutta Bir Meta-Analizi</t>
+          <t>Sadettin Ökten ile İnsan-Medeniyet-Şehir</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752566699</t>
+          <t>9789752566873</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Rehber Annelik</t>
+          <t>Pozitif Psikoterapi - El Kitabı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>220</v>
+        <v>790</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752565883</t>
+          <t>9789752566842</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Montessori: Dehanın Ardındaki Bilim</t>
+          <t>İmaj Dönüşüm Terapisi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>840</v>
+        <v>540</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752565272</t>
+          <t>9789752566781</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Akıl Sağlığı</t>
+          <t>Babür Şah - Büyük Türk Hükümdarı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752565302</t>
+          <t>9789752566828</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun İlk Öğretmeni Sizsiniz</t>
+          <t>Aile Kurumunun İfsadının Küresel ve Toplumsal Boyutta Bir Meta-Analizi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>590</v>
+        <v>190</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752564657</t>
+          <t>9789752566699</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sabrın Keşfi</t>
+          <t>Dijital Dünyada Rehber Annelik</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752564206</t>
+          <t>9789752565883</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim - Temel Kavramlar</t>
+          <t>Montessori: Dehanın Ardındaki Bilim</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>430</v>
+        <v>840</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752563872</t>
+          <t>9789752565272</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Aile Terapisi - Kavramlar ve Yöntemler</t>
+          <t>Sinema ve Akıl Sağlığı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>900</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789752566743</t>
+          <t>9789752565302</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Aşk Rüsvalıktır</t>
+          <t>Çocuğunuzun İlk Öğretmeni Sizsiniz</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>460</v>
+        <v>590</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752566767</t>
+          <t>9789752564657</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>APA Yayım Kılavuzu</t>
+          <t>Sabrın Keşfi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752566798</t>
+          <t>9789752564206</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Fuat Sezgin</t>
+          <t>Siyasal İletişim - Temel Kavramlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789752566750</t>
+          <t>9789752563872</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ekrana Maruz Kalan Çocuklar</t>
+          <t>Aile Terapisi - Kavramlar ve Yöntemler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>280</v>
+        <v>900</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752566804</t>
+          <t>9789752566743</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Generalin Oğlu</t>
+          <t>Aşk Rüsvalıktır</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752566811</t>
+          <t>9789752566767</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Gençliğinin Karşı Karşıya Bulunduğu Büyük Tehlike: Farklı Cinsel Kimlik Yönelimleri</t>
+          <t>APA Yayım Kılavuzu</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752566729</t>
+          <t>9789752566798</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Kültürü</t>
+          <t>Fuat Sezgin</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752566675</t>
+          <t>9789752566750</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Rahatımızı Kaçıran Adam</t>
+          <t>Ekrana Maruz Kalan Çocuklar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752566439</t>
+          <t>9789752566804</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politikada Ücretler</t>
+          <t>Generalin Oğlu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752566644</t>
+          <t>9789752566811</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Tarihinde On Bilge</t>
+          <t>Günümüz Gençliğinin Karşı Karşıya Bulunduğu Büyük Tehlike: Farklı Cinsel Kimlik Yönelimleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752566736</t>
+          <t>9789752566729</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Arnavut Kültürünün Renkleri</t>
+          <t>Eleştiri Kültürü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>350</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752566576</t>
+          <t>9789752566675</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Blockchain Blok Zinciri - Gelecekteki Her Şey (Sert Kapak) (Ciltli)</t>
+          <t>Rahatımızı Kaçıran Adam</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752564664</t>
+          <t>9789752566439</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinlik ve Yaşlanma Psikolojisi</t>
+          <t>Sosyal Politikada Ücretler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>1030</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752566552</t>
+          <t>9789752566644</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Narrative Terapi Nedir?</t>
+          <t>İslam Düşünce Tarihinde On Bilge</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752566705</t>
+          <t>9789752566736</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Değişim Terapisi Vaka İncelemeleri</t>
+          <t>Arnavut Kültürünün Renkleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9799756963905</t>
+          <t>9789752566576</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Doğuşundan Günümüze İslam Devletleri</t>
+          <t>Blockchain Blok Zinciri - Gelecekteki Her Şey (Sert Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>850</v>
+        <v>400</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789759483210</t>
+          <t>9789752564664</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcımlar Kitabı</t>
+          <t>Yetişkinlik ve Yaşlanma Psikolojisi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>220</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752563216</t>
+          <t>9789752566552</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yılbaşı Partisi</t>
+          <t>Narrative Terapi Nedir?</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752561304</t>
+          <t>9789752566705</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Cami</t>
+          <t>Değişim Terapisi Vaka İncelemeleri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752565357</t>
+          <t>9799756963905</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Sizsiniz</t>
+          <t>Doğuşundan Günümüze İslam Devletleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>220</v>
+        <v>850</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789756963548</t>
+          <t>9789759483210</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Zadig: Bir Şark Masalı</t>
+          <t>Kıvılcımlar Kitabı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752566422</t>
+          <t>9789752563216</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Evde ve Okulda Adım Adım Montessori Etkinlikleri</t>
+          <t>Yılbaşı Partisi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752566712</t>
+          <t>9789752561304</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İnovasyon Yeni Ortak Akıl Girişimci Ruhu</t>
+          <t>Cami</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789752566682</t>
+          <t>9789752565357</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Altı Dakika</t>
+          <t>Kimlik Sizsiniz</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789752566637</t>
+          <t>9789756963548</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Ekseninde Enine Boyuna Şehir</t>
+          <t>Zadig: Bir Şark Masalı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789752566651</t>
+          <t>9789752566422</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar</t>
+          <t>Evde ve Okulda Adım Adım Montessori Etkinlikleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752566583</t>
+          <t>9789752566712</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsel Hayat Tarzının Sağlık Tehlikeleri</t>
+          <t>Sosyal İnovasyon Yeni Ortak Akıl Girişimci Ruhu</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>1000</v>
+        <v>290</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752566590</t>
+          <t>9789752566682</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Mutlu Olmanın Yolu: Bilinçli Farkındalık</t>
+          <t>Altı Dakika</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789752566569</t>
+          <t>9789752566637</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Online Kumar ve Cinsellik Bağımlılığı</t>
+          <t>Düşünce Ekseninde Enine Boyuna Şehir</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752566491</t>
+          <t>9789752566651</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Şehir Üzerine Düşünceler 1</t>
+          <t>Aziz Sancar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789752566507</t>
+          <t>9789752566583</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Şehir Üzerine Düşünceler 2</t>
+          <t>Eşcinsel Hayat Tarzının Sağlık Tehlikeleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>280</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789752566521</t>
+          <t>9789752566590</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Has Hacib</t>
+          <t>Evlilikte Mutlu Olmanın Yolu: Bilinçli Farkındalık</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>800</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789752566538</t>
+          <t>9789752566569</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Narrative Terapide Temel Uygulamalar</t>
+          <t>Online Kumar ve Cinsellik Bağımlılığı</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789752566545</t>
+          <t>9789752566491</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dalga Pozitif Psikoloji</t>
+          <t>Şehir Üzerine Düşünceler 1</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789752566484</t>
+          <t>9789752566507</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Yaşayarak Öğrenmek Sadece Çocuk</t>
+          <t>Şehir Üzerine Düşünceler 2</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752566477</t>
+          <t>9789752566521</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Utanç ve Bağlanma Yitimi</t>
+          <t>Yusuf Has Hacib</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>720</v>
+        <v>800</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752566446</t>
+          <t>9789752566538</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Cihadla Terör Arasında</t>
+          <t>Narrative Terapide Temel Uygulamalar</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752566453</t>
+          <t>9789752566545</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Triyandafilya</t>
+          <t>İkinci Dalga Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>530</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789752566460</t>
+          <t>9789752566484</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölüm Mesajı</t>
+          <t>Çocuklarla Yaşayarak Öğrenmek Sadece Çocuk</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789752566385</t>
+          <t>9789752566477</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ekber Şah (1543-1605)</t>
+          <t>Utanç ve Bağlanma Yitimi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1000</v>
+        <v>720</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752565472</t>
+          <t>9789752566446</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İran'da Bir Futbol Kulübü - Traktor Sazi ve İran'daki Türk Kimliği</t>
+          <t>Cihadla Terör Arasında</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752566255</t>
+          <t>9789752566453</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Temel Meseleler ve Tartışmalar</t>
+          <t>Triyandafilya</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>790</v>
+        <v>530</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789757770176</t>
+          <t>9789752566460</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Trabzon'da Türk-İslam Eserleri ve Kitabeler (5 Cilt Takım)</t>
+          <t>Bir Ölüm Mesajı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>2600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789752566330</t>
+          <t>9789752566385</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Efraim 2</t>
+          <t>Ekber Şah (1543-1605)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>730</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789752566361</t>
+          <t>9789752565472</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politikada Dezavantajlı Gruplar: Tarih, Yaklaşım ve Uygulama</t>
+          <t>İran'da Bir Futbol Kulübü - Traktor Sazi ve İran'daki Türk Kimliği</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>335</v>
+        <v>350</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789752566378</t>
+          <t>9789752566255</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Dizilerinin Keşfi: İçerik, Anlam, İşlev</t>
+          <t>Psikolojide Temel Meseleler ve Tartışmalar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>310</v>
+        <v>790</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789752566347</t>
+          <t>9789757770176</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>i-Nesli</t>
+          <t>Trabzon'da Türk-İslam Eserleri ve Kitabeler (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>620</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789752566323</t>
+          <t>9789752566330</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Psikoloji 2. Cilt</t>
+          <t>Efraim 2</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>370</v>
+        <v>730</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752566316</t>
+          <t>9789752566361</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Psikoloji 1. Cilt</t>
+          <t>Sosyal Politikada Dezavantajlı Gruplar: Tarih, Yaklaşım ve Uygulama</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>370</v>
+        <v>335</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752566309</t>
+          <t>9789752566378</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Mitoloji ve Din</t>
+          <t>Televizyon Dizilerinin Keşfi: İçerik, Anlam, İşlev</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>575</v>
+        <v>310</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789752566293</t>
+          <t>9789752566347</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Manevi Danışmanlıkta İhsan Modeli</t>
+          <t>i-Nesli</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>430</v>
+        <v>620</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752566194</t>
+          <t>9789752566323</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Pozitif Psikoloji</t>
+          <t>Çocuklar İçin Psikoloji 2. Cilt</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>1150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789752566262</t>
+          <t>9789752566316</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Bilimsel Temelleri</t>
+          <t>Çocuklar İçin Psikoloji 1. Cilt</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>455</v>
+        <v>370</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789752564015</t>
+          <t>9789752566309</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Albumi i Padishaheve Osmane(Arnavutca)</t>
+          <t>Psikoloji Mitoloji ve Din</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>320</v>
+        <v>575</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789752562561</t>
+          <t>9789752566293</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Cemile Ji Hevale Xwe Ye Nü Geleki Hez Dike</t>
+          <t>Manevi Danışmanlıkta İhsan Modeli</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789752562578</t>
+          <t>9789752566194</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Cemile Gizmeya Xwe ya nü Dixe Linge Xwe</t>
+          <t>Filmlerle Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>140</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789752562585</t>
+          <t>9789752566262</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Cemile Şeve li Cem Xaltika Xwe Dimine</t>
+          <t>Öğrenmenin Bilimsel Temelleri</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>140</v>
+        <v>455</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789752562592</t>
+          <t>9789752564015</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Cemile Li Midilliye Siwar Dibe</t>
+          <t>Albumi i Padishaheve Osmane(Arnavutca)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789752562608</t>
+          <t>9789752562561</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Cemile Arikariya Hevale Xwe Dike</t>
+          <t>Cemile Ji Hevale Xwe Ye Nü Geleki Hez Dike</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752564404</t>
+          <t>9789752562578</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Albümü (Makedonca)</t>
+          <t>Cemile Gizmeya Xwe ya nü Dixe Linge Xwe</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752565166</t>
+          <t>9789752562585</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yaban da Solan Güller</t>
+          <t>Cemile Şeve li Cem Xaltika Xwe Dimine</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9783944666167</t>
+          <t>9789752562592</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Gesichts Yoga</t>
+          <t>Cemile Li Midilliye Siwar Dibe</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789752562523</t>
+          <t>9789752562608</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Cemile Bi Xwe De Dimize</t>
+          <t>Cemile Arikariya Hevale Xwe Dike</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789752562530</t>
+          <t>9789752564404</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Cemile Gotina Nexweş Dibeje</t>
+          <t>Osmanlı Padişahları Albümü (Makedonca)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752562547</t>
+          <t>9789752565166</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Cemile Xetake Dike</t>
+          <t>Yaban da Solan Güller</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789752562554</t>
+          <t>9783944666167</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Cemile Vedigere Mektebe</t>
+          <t>Gesichts Yoga</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789752562448</t>
+          <t>9789752562523</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Cemile Naxwaze Rakeve</t>
+          <t>Cemile Bi Xwe De Dimize</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789752562455</t>
+          <t>9789752562530</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Cemile Naxwaze Sere Xwe Bişo</t>
+          <t>Cemile Gotina Nexweş Dibeje</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789752562479</t>
+          <t>9789752562547</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Cemile Diçe Doxtor</t>
+          <t>Cemile Xetake Dike</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789752562486</t>
+          <t>9789752562554</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Cemile Diçe Parge</t>
+          <t>Cemile Vedigere Mektebe</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752562493</t>
+          <t>9789752562448</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Cemile Naxwaze bi Tombiş re Hevaltiye Bike</t>
+          <t>Cemile Naxwaze Rakeve</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789752562509</t>
+          <t>9789752562455</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Cemile Diya Min U Bave Min Nexeyidine</t>
+          <t>Cemile Naxwaze Sere Xwe Bişo</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789752562516</t>
+          <t>9789752562479</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Cemile Naxwaze Listoken Xwe Parve Bike</t>
+          <t>Cemile Diçe Doxtor</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789752562615</t>
+          <t>9789752562486</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Cemile Li Nexweşxane Radize</t>
+          <t>Cemile Diçe Parge</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752562622</t>
+          <t>9789752562493</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Cemile Hini Melevaniye Dibe</t>
+          <t>Cemile Naxwaze bi Tombiş re Hevaltiye Bike</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789752562639</t>
+          <t>9789752562509</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Cemile U Hevala Xwe Cile Prensesan Li Xwe Dikin</t>
+          <t>Cemile Diya Min U Bave Min Nexeyidine</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789752562646</t>
+          <t>9789752562516</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Cemile Ji Hevalen Xwe Yen Welaten Cuda Pir Hez Dike</t>
+          <t>Cemile Naxwaze Listoken Xwe Parve Bike</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789752566248</t>
+          <t>9789752562615</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>M Nesli: Yeni Müslüman Gençlik</t>
+          <t>Cemile Li Nexweşxane Radize</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>570</v>
+        <v>140</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789752562653</t>
+          <t>9789752562622</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Biraye Cemile Çedibe</t>
+          <t>Cemile Hini Melevaniye Dibe</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752562707</t>
+          <t>9789752562639</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Perwer Pir Zede Şekiran Dixwe</t>
+          <t>Cemile U Hevala Xwe Cile Prensesan Li Xwe Dikin</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789752562714</t>
+          <t>9789752562646</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Perwer Dest Bi Mektebe Dike</t>
+          <t>Cemile Ji Hevalen Xwe Yen Welaten Cuda Pir Hez Dike</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789752562691</t>
+          <t>9789752566248</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Perwer Şeve Bi Dapira Xwe Re Derbas Dike</t>
+          <t>M Nesli: Yeni Müslüman Gençlik</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>140</v>
+        <v>570</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789752562684</t>
+          <t>9789752562653</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Perwer Ji Xeyaletan Natirse</t>
+          <t>Biraye Cemile Çedibe</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789752562721</t>
+          <t>9789752562707</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Perwer Dibe Hostaye Avahiye</t>
+          <t>Perwer Pir Zede Şekiran Dixwe</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789752562738</t>
+          <t>9789752562714</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Perwer Dibe Hostaye Marangoze</t>
+          <t>Perwer Dest Bi Mektebe Dike</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752562677</t>
+          <t>9789752562691</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Perwer Li Parke Hevalen Nu Ji Xwe Re Çedike</t>
+          <t>Perwer Şeve Bi Dapira Xwe Re Derbas Dike</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789752562745</t>
+          <t>9789752562684</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Perwer Diçe Supermarkete</t>
+          <t>Perwer Ji Xeyaletan Natirse</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789752562752</t>
+          <t>9789752562721</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Perwer Dixwaze Televizyone Temaşe Bike</t>
+          <t>Perwer Dibe Hostaye Avahiye</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789756698228</t>
+          <t>9789752562738</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Gücü</t>
+          <t>Perwer Dibe Hostaye Marangoze</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>540</v>
+        <v>140</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789752566200</t>
+          <t>9789752562677</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Cemile Uçağa Biniyor</t>
+          <t>Perwer Li Parke Hevalen Nu Ji Xwe Re Çedike</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789752566224</t>
+          <t>9789752562745</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ruhi Bunalımlar ve İslam Ruhiyatı</t>
+          <t>Perwer Diçe Supermarkete</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752563254</t>
+          <t>9789752562752</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yoga Kitaplarım 5 - Kumsalda</t>
+          <t>Perwer Dixwaze Televizyone Temaşe Bike</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789752566231</t>
+          <t>9789756698228</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltık - Ab-ı Hayat</t>
+          <t>Sevginin Gücü</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>270</v>
+        <v>540</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789752566187</t>
+          <t>9789752566200</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da İslam ve Sivil Toplum</t>
+          <t>Cemile Uçağa Biniyor</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752564008</t>
+          <t>9789752566224</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Album Osmanskib Sultana (Boşnakça)</t>
+          <t>Ruhi Bunalımlar ve İslam Ruhiyatı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789752565197</t>
+          <t>9789752563254</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Album des Sultans Ottomans(İspanyolca)</t>
+          <t>Yoga Kitaplarım 5 - Kumsalda</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789752565838</t>
+          <t>9789752566231</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Dindar Burjuva ve Kadın</t>
+          <t>Sarı Saltık - Ab-ı Hayat</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789756698983</t>
+          <t>9789752566187</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Dervişler Arasında İki Hafta</t>
+          <t>Avrupa’da İslam ve Sivil Toplum</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789752565203</t>
+          <t>9789752564008</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika Ahlakı</t>
+          <t>Album Osmanskib Sultana (Boşnakça)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>525</v>
+        <v>320</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789752565845</t>
+          <t>9789752565197</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Irak</t>
+          <t>Album des Sultans Ottomans(İspanyolca)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789752565920</t>
+          <t>9789752565838</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Efraim</t>
+          <t>Türkiye’de Dindar Burjuva ve Kadın</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>730</v>
+        <v>600</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789752565821</t>
+          <t>9789756698983</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kadınlarımız</t>
+          <t>Dervişler Arasında İki Hafta</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789752565395</t>
+          <t>9789752565203</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İnkılabının İç Yüzü</t>
+          <t>Sosyal Politika Ahlakı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>470</v>
+        <v>525</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789752563483</t>
+          <t>9789752565845</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Maneviyat Yolcusunun El Kitabı (Mevaddu'l - Gaysiyye)</t>
+          <t>Irak</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>830</v>
+        <v>420</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752561700</t>
+          <t>9789752565920</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Afacan Tavşan'la Ormanda Dört Mevsim (4 Kitap Set)</t>
+          <t>Efraim</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>600</v>
+        <v>730</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789752565388</t>
+          <t>9789752565821</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Mimarlık Sözlüğü - Istılahat-ı Mi'mariyye</t>
+          <t>Kadınlarımız</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789752565333</t>
+          <t>9789752565395</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Millet</t>
+          <t>Türkiye İnkılabının İç Yüzü</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>230</v>
+        <v>470</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752565371</t>
+          <t>9789752563483</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Cemile Öfkeleniyor</t>
+          <t>Maneviyat Yolcusunun El Kitabı (Mevaddu'l - Gaysiyye)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>140</v>
+        <v>830</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789752565364</t>
+          <t>9789752561700</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Cemile Dedesinin Çiftliğinde</t>
+          <t>Afacan Tavşan'la Ormanda Dört Mevsim (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752565326</t>
+          <t>9789752565388</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Derin Devlet</t>
+          <t>Osmanlı Dönemi Mimarlık Sözlüğü - Istılahat-ı Mi'mariyye</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789756698341</t>
+          <t>9789752565333</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Benim! Muhammed Ali</t>
+          <t>Aşk-ı Millet</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>780</v>
+        <v>230</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752565340</t>
+          <t>9789752565371</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Türk’e Kefen Biçilmez</t>
+          <t>Cemile Öfkeleniyor</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789752565241</t>
+          <t>9789752565364</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Testleri</t>
+          <t>Cemile Dedesinin Çiftliğinde</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789752565234</t>
+          <t>9789752565326</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Zeka Testleri</t>
+          <t>Devlet ve Derin Devlet</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789752565296</t>
+          <t>9789756698341</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kenya’nın Müstemleke Tarihi</t>
+          <t>En Büyük Benim! Muhammed Ali</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>780</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752565319</t>
+          <t>9789752565340</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Filozofların Yanılgıları</t>
+          <t>Türk’e Kefen Biçilmez</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789752564640</t>
+          <t>9789752565241</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji</t>
+          <t>Gelişim Testleri</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>720</v>
+        <v>350</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752563230</t>
+          <t>9789752565234</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı</t>
+          <t>Zeka Testleri</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789752565265</t>
+          <t>9789752565296</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Şımartılmış Çocuk Sendromu</t>
+          <t>Kenya’nın Müstemleke Tarihi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752562233</t>
+          <t>9789752565319</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Hamdi Neden Gözlük Takıyor?</t>
+          <t>Filozofların Yanılgıları</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752562257</t>
+          <t>9789752564640</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Hamdi Neden Bu Kadar Dikkatsiz?</t>
+          <t>Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>140</v>
+        <v>720</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789752562226</t>
+          <t>9789752563230</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hamdi Göbeğini Nasıl Eritiyor?</t>
+          <t>Gökkuşağı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789756698525</t>
+          <t>9789752565265</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Halvette 40 Gün</t>
+          <t>Şımartılmış Çocuk Sendromu</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789752565159</t>
+          <t>9789752562233</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Travmatik Yaşantılar</t>
+          <t>Hamdi Neden Gözlük Takıyor?</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752565210</t>
+          <t>9789752562257</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunda Adım Adım</t>
+          <t>Hamdi Neden Bu Kadar Dikkatsiz?</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789752565142</t>
+          <t>9789752562226</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Geldik</t>
+          <t>Hamdi Göbeğini Nasıl Eritiyor?</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752565173</t>
+          <t>9789756698525</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Mehlika Sultan</t>
+          <t>Halvette 40 Gün</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789752565135</t>
+          <t>9789752565159</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Gazeller</t>
+          <t>Travmatik Yaşantılar</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789752565180</t>
+          <t>9789752565210</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Seni Söyler Dalgalar Seni</t>
+          <t>Aşk Yolunda Adım Adım</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789752564671</t>
+          <t>9789752565142</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Sırrı</t>
+          <t>Oyuna Geldik</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789752564626</t>
+          <t>9789752565173</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuz Hakkında Bilmeniz Gerekenler</t>
+          <t>Mehlika Sultan</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789752564688</t>
+          <t>9789752565135</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Keşfi</t>
+          <t>Gönülden Gazeller</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>540</v>
+        <v>240</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789752564398</t>
+          <t>9789752565180</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Bana Kendi Kendime Yetmeyi Öğret</t>
+          <t>Dağlar Seni Söyler Dalgalar Seni</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789752561090</t>
+          <t>9789752564671</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Stalin ve Türk Dünyası</t>
+          <t>Çocukluğun Sırrı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>490</v>
+        <v>325</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9799756963097</t>
+          <t>9789752564626</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olma Sanatı</t>
+          <t>Çocuğunuz Hakkında Bilmeniz Gerekenler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789752562110</t>
+          <t>9789752564688</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Muhibbi Divanı</t>
+          <t>Çocuğun Keşfi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>270</v>
+        <v>540</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9799752560092</t>
+          <t>9789752564398</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Muhammed İkbal’in Tasavvufi Düşüncesi</t>
+          <t>Bana Kendi Kendime Yetmeyi Öğret</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>650</v>
+        <v>480</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789752564596</t>
+          <t>9789752561090</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Doğumdan İtibaren Montessori</t>
+          <t>Stalin ve Türk Dünyası</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>385</v>
+        <v>490</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789752563728</t>
+          <t>9799756963097</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Çin</t>
+          <t>Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>930</v>
+        <v>220</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789752564619</t>
+          <t>9789752562110</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitimi</t>
+          <t>Muhibbi Divanı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789752563940</t>
+          <t>9799752560092</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>Muhammed İkbal’in Tasavvufi Düşüncesi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>1900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789756698402</t>
+          <t>9789752564596</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't- Tayr Kuşların Diliyle</t>
+          <t>Doğumdan İtibaren Montessori</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>550</v>
+        <v>385</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789756698921</t>
+          <t>9789752563728</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Biri Beni Gözetliyor</t>
+          <t>Çin</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>650</v>
+        <v>930</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789752562820</t>
+          <t>9789752564619</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bir Vaizenin Günlüğü</t>
+          <t>Yetişkin Eğitimi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789752564480</t>
+          <t>9789752563940</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Atakan Tutumlu Olmayı Öğreniyor</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>140</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789752564497</t>
+          <t>9789756698402</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Atakan Bilgisayarda Çok Fazla Oyun Oynuyor</t>
+          <t>Mantıku't- Tayr Kuşların Diliyle</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789752564442</t>
+          <t>9789756698921</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kitap (Ciltli)</t>
+          <t>Biri Beni Gözetliyor</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>1100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789752564510</t>
+          <t>9789752562820</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Albümü (Farsça)</t>
+          <t>Bir Vaizenin Günlüğü</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789752564527</t>
+          <t>9789752564480</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Meşruiyetin Sosyal Psikolojisi</t>
+          <t>Atakan Tutumlu Olmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789752564473</t>
+          <t>9789752564497</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Emici Zihin</t>
+          <t>Atakan Bilgisayarda Çok Fazla Oyun Oynuyor</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789752564435</t>
+          <t>9789752564442</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi Pratiği</t>
+          <t>Kırmızı Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>540</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789752564237</t>
+          <t>9789752564510</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Amak-ı Hayal (Özel Baskı) (Ciltli)</t>
+          <t>Osmanlı Padişahları Albümü (Farsça)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>1000</v>
+        <v>320</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789752564466</t>
+          <t>9789752564527</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Dürtüsellik</t>
+          <t>Meşruiyetin Sosyal Psikolojisi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>1250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789752564459</t>
+          <t>9789752564473</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası 1918-1980</t>
+          <t>Emici Zihin</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9799752560115</t>
+          <t>9789752564435</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Melek</t>
+          <t>Psikoterapi Pratiği</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789756698365</t>
+          <t>9789752564237</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kalk Son Gününe Veda Et</t>
+          <t>Amak-ı Hayal (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>260</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9799752560245</t>
+          <t>9789752564466</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kalem ile Aşk ve Kavga</t>
+          <t>Dürtüsellik</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>780</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789756963463</t>
+          <t>9789752564459</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kale</t>
+          <t>Türk Dış Politikası 1918-1980</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789752564282</t>
+          <t>9799752560115</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Portraits der Osmanischen Sultane / Osmanlı Padişahları Albümü</t>
+          <t>Kanadı Kırık Melek</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789752564305</t>
+          <t>9789756698365</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Un Album Portrait des Sultans Ottomans (Fransızca)</t>
+          <t>Kalk Son Gününe Veda Et</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789752563964</t>
+          <t>9799752560245</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>19. YY.'den 20. YY.'ye Osmanlı Topraklarında Seyahat, Göç ve Asayiş Belgeleri</t>
+          <t>Kalem ile Aşk ve Kavga</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>350</v>
+        <v>780</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789756698112</t>
+          <t>9789756963463</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Turgut</t>
+          <t>Kale</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789756963050</t>
+          <t>9789752564282</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal : Hayalin Derinliklerinde Yolculuk</t>
+          <t>Portraits der Osmanischen Sultane / Osmanlı Padişahları Albümü</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789752561236</t>
+          <t>9789752564305</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Atakan Çok Fazla Şeker Yiyor</t>
+          <t>Un Album Portrait des Sultans Ottomans (Fransızca)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789752561298</t>
+          <t>9789752563964</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Atakan Süpermarkete Gidiyor</t>
+          <t>19. YY.'den 20. YY.'ye Osmanlı Topraklarında Seyahat, Göç ve Asayiş Belgeleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789752564121</t>
+          <t>9789756698112</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Atakan Süper Kahraman Oluyor (Ciltli)</t>
+          <t>Öksüz Turgut</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789752561762</t>
+          <t>9789756963050</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hattında - Beytüşşebap Kaymakamının PKK ile Mücadele Günlüğü</t>
+          <t>A'mak-ı Hayal : Hayalin Derinliklerinde Yolculuk</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789752561199</t>
+          <t>9789752561236</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Atakan Televizyon Seyretmek İstiyor</t>
+          <t>Atakan Çok Fazla Şeker Yiyor</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789752563773</t>
+          <t>9789752561298</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Atakan Süper Kahraman Oluyor</t>
+          <t>Atakan Süpermarkete Gidiyor</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789752564114</t>
+          <t>9789752564121</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Atakan Sinemaya Gidiyor (Ciltli)</t>
+          <t>Atakan Süper Kahraman Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789752564107</t>
+          <t>9789752561762</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Atakan Sebze ve Meyvelerle Arkadaş Oluyor (Ciltli)</t>
+          <t>Ateş Hattında - Beytüşşebap Kaymakamının PKK ile Mücadele Günlüğü</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789752563780</t>
+          <t>9789752561199</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Atakan Sinemaya Gidiyor</t>
+          <t>Atakan Televizyon Seyretmek İstiyor</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789752563629</t>
+          <t>9789752563773</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Atakan Sebze ve Meyvelerle Arkadaş Oluyor</t>
+          <t>Atakan Süper Kahraman Oluyor</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789752561281</t>
+          <t>9789752564114</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Atakan Parka Gidiyor</t>
+          <t>Atakan Sinemaya Gidiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789752561595</t>
+          <t>9789752564107</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Atakan Okula Başlıyor</t>
+          <t>Atakan Sebze ve Meyvelerle Arkadaş Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789752561274</t>
+          <t>9789752563780</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Atakan Marangoz Ustası Oluyor</t>
+          <t>Atakan Sinemaya Gidiyor</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789752561267</t>
+          <t>9789752563629</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Atakan İnşaat Ustası Oluyor</t>
+          <t>Atakan Sebze ve Meyvelerle Arkadaş Oluyor</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789752561823</t>
+          <t>9789752561281</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Atakan ile Beraber Yaz Okuluna Gidiyorum</t>
+          <t>Atakan Parka Gidiyor</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789752561250</t>
+          <t>9789752561595</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Atakan Hayaletlerden Korkmuyor</t>
+          <t>Atakan Okula Başlıyor</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752561243</t>
+          <t>9789752561274</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Atakan Geceyi Anneannesiyle Geçiriyor</t>
+          <t>Atakan Marangoz Ustası Oluyor</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789752561830</t>
+          <t>9789752561267</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Atakan Boyama</t>
+          <t>Atakan İnşaat Ustası Oluyor</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789752563797</t>
+          <t>9789752561823</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Atakan Dişlerini Fırçalamaya Alışıyor</t>
+          <t>Atakan ile Beraber Yaz Okuluna Gidiyorum</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789752560604</t>
+          <t>9789752561250</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kişilik</t>
+          <t>Atakan Hayaletlerden Korkmuyor</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>1200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789752563865</t>
+          <t>9789752561243</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Psikolojisi</t>
+          <t>Atakan Geceyi Anneannesiyle Geçiriyor</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>1400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789752564428</t>
+          <t>9789752561830</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Büyük Oyun Kitabı - 2</t>
+          <t>Atakan Boyama</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789752564411</t>
+          <t>9789752563797</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Büyük Oyun Kitabı - 1</t>
+          <t>Atakan Dişlerini Fırçalamaya Alışıyor</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789752561083</t>
+          <t>9789752560604</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dünya Masalları</t>
+          <t>Kişilik</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>450</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789752562035</t>
+          <t>9789752563865</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Vaka İncelemeleri</t>
+          <t>Ergenlik Psikolojisi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>260</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789752563933</t>
+          <t>9789752564428</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Konstelasyon Çalışmaları</t>
+          <t>Cemile’nin Büyük Oyun Kitabı - 2</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752562912</t>
+          <t>9789752564411</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Konstantinopol</t>
+          <t>Cemile’nin Büyük Oyun Kitabı - 1</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>635</v>
+        <v>270</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789752564381</t>
+          <t>9789752561083</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Cemile Okula Gitmek İstemiyor</t>
+          <t>Klasik Dünya Masalları</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789752564374</t>
+          <t>9789752562035</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Cemile Yemek Pişiriyor</t>
+          <t>Kişilik Vaka İncelemeleri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789756698037</t>
+          <t>9789752563933</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük Avare</t>
+          <t>Konstelasyon Çalışmaları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789752563643</t>
+          <t>9789752562912</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kritik Bir Bakış Açısıyla Kişisel Gelişim Kitapları</t>
+          <t>Konstantinopol</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>350</v>
+        <v>635</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9799752560337</t>
+          <t>9789752564381</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kral Faruk’un Zirvede Geçen Yaşamı ve Trajik Sonu Mısır’ın Son Firavunu</t>
+          <t>Cemile Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>860</v>
+        <v>140</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789752564350</t>
+          <t>9789752564374</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Ruhtaki Bölünmeler</t>
+          <t>Cemile Yemek Pişiriyor</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789752564336</t>
+          <t>9789756698037</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Danışma Becerileri Üzerine Alıştırmalar</t>
+          <t>Kum ve Köpük Avare</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789756698242</t>
+          <t>9789752563643</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Kritik Bir Bakış Açısıyla Kişisel Gelişim Kitapları</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789752561960</t>
+          <t>9799752560337</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Erkek Homoseksüeller İçin Onarım Terapisi</t>
+          <t>Kral Faruk’un Zirvede Geçen Yaşamı ve Trajik Sonu Mısır’ın Son Firavunu</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>540</v>
+        <v>860</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752562790</t>
+          <t>9789752564350</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Cemile Sağlıklı Yaşamayı Öğreniyor</t>
+          <t>Ruhtaki Bölünmeler</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789752561427</t>
+          <t>9789752564336</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Cemile Plajda Oynuyor</t>
+          <t>Danışma Becerileri Üzerine Alıştırmalar</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789752560826</t>
+          <t>9789756698242</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Cemile Parka Gidiyor</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789752560840</t>
+          <t>9789752561960</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Cemile Oyuncaklarını Paylaşmak İstemiyor</t>
+          <t>Erkek Homoseksüeller İçin Onarım Terapisi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>140</v>
+        <v>540</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789752560888</t>
+          <t>9789752562790</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Cemile Okula Dönüyor</t>
+          <t>Cemile Sağlıklı Yaşamayı Öğreniyor</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789752563292</t>
+          <t>9789752561427</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Cemile Müsamerede Rol Alıyor</t>
+          <t>Cemile Plajda Oynuyor</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789752561779</t>
+          <t>9789752560826</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Cemile Midilliye Biniyor</t>
+          <t>Cemile Parka Gidiyor</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789752560864</t>
+          <t>9789752560840</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Cemile Kötü Söz Söylüyor</t>
+          <t>Cemile Oyuncaklarını Paylaşmak İstemiyor</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789752563308</t>
+          <t>9789752560888</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Cemile Köpek Yavrusu Beslemek İstiyor</t>
+          <t>Cemile Okula Dönüyor</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789752561397</t>
+          <t>9789752563292</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Cemile Kek Pişiriyor</t>
+          <t>Cemile Müsamerede Rol Alıyor</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789752563049</t>
+          <t>9789752561779</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Cemile Karanlıktan Korkmuyor</t>
+          <t>Cemile Midilliye Biniyor</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789752560796</t>
+          <t>9789752560864</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Cemile Kabus Görüyor</t>
+          <t>Cemile Kötü Söz Söylüyor</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9799759403118</t>
+          <t>9789752563308</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ayn'</t>
+          <t>Cemile Köpek Yavrusu Beslemek İstiyor</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9799752560290</t>
+          <t>9789752561397</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da Matbu Yayınların Tarihi 1802-1917 Arap Alfabeli Türkmen Kitapları Kataloğu</t>
+          <t>Cemile Kek Pişiriyor</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9799759403125</t>
+          <t>9789752563049</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Doğru Yazılar</t>
+          <t>Cemile Karanlıktan Korkmuyor</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9799756698050</t>
+          <t>9789752560796</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Doğaya Kaçış</t>
+          <t>Cemile Kabus Görüyor</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789756698105</t>
+          <t>9799759403118</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Doğal Yaşam ve Başkaldırı</t>
+          <t>Ayn'</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>540</v>
+        <v>220</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789752561045</t>
+          <t>9799752560290</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi Hayatı ve Maceraları</t>
+          <t>Doğu’da Matbu Yayınların Tarihi 1802-1917 Arap Alfabeli Türkmen Kitapları Kataloğu</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789752563988</t>
+          <t>9799759403125</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Albümü (Rusça)</t>
+          <t>Doğru Yazılar</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789752563414</t>
+          <t>9799756698050</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Albümü (Arapça)</t>
+          <t>Doğaya Kaçış</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789752562400</t>
+          <t>9789756698105</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları Albümü</t>
+          <t>Doğal Yaşam ve Başkaldırı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>270</v>
+        <v>540</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789752564213</t>
+          <t>9789752561045</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Montessori : Modern Bir Yaklaşım</t>
+          <t>Battal Gazi Hayatı ve Maceraları</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>325</v>
+        <v>440</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789752564268</t>
+          <t>9789752563988</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Montessori</t>
+          <t>Osmanlı Padişahları Albümü (Rusça)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789752564251</t>
+          <t>9789752563414</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Ortaokulda Montessori Eğitimi</t>
+          <t>Osmanlı Padişahları Albümü (Arapça)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789752564275</t>
+          <t>9789752562400</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Doktor Malezya Başbakanı Tun Dr. Mahathir Muhammed</t>
+          <t>Osmanlı Padişahları Albümü</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>1450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789752564244</t>
+          <t>9789752564213</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayat Tarzı Olarak Şehir, Mekan, Meydan</t>
+          <t>Montessori : Modern Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789752563926</t>
+          <t>9789752564268</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Taş Yağan Gün</t>
+          <t>Sınıfta Montessori</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789752564299</t>
+          <t>9789752564251</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Savaşta ve Barışta Lübnan  Marunileri</t>
+          <t>İlk ve Ortaokulda Montessori Eğitimi</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>680</v>
+        <v>350</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789752563971</t>
+          <t>9789752564275</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Filistin Politikamız</t>
+          <t>Evdeki Doktor Malezya Başbakanı Tun Dr. Mahathir Muhammed</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>490</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9799752560917</t>
+          <t>9789752564244</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yalayıp Yutmak İçin Hikayeler (Ciltli)</t>
+          <t>Bir Hayat Tarzı Olarak Şehir, Mekan, Meydan</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>550</v>
+        <v>325</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9799752560931</t>
+          <t>9789752563926</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Weber’de Kapitalizmin Ruhu ve İslam Üzerine Sosyo Psikolojik Bir Deneme</t>
+          <t>Taş Yağan Gün</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9799759403101</t>
+          <t>9789752564299</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ars Moriendi</t>
+          <t>Savaşta ve Barışta Lübnan  Marunileri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>200</v>
+        <v>680</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9799759403132</t>
+          <t>9789752563971</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Şiir Henüz</t>
+          <t>Filistin Politikamız</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789752563803</t>
+          <t>9799752560917</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ravza-i Aşk</t>
+          <t>Yalayıp Yutmak İçin Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789752563896</t>
+          <t>9799752560931</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Bir Vaizenin Okumaları</t>
+          <t>Weber’de Kapitalizmin Ruhu ve İslam Üzerine Sosyo Psikolojik Bir Deneme</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9799756963738</t>
+          <t>9799759403101</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Oyun</t>
+          <t>Ars Moriendi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789759483211</t>
+          <t>9799759403132</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözler</t>
+          <t>Şiir Henüz</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9799752560054</t>
+          <t>9789752563803</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>İlginç Olaylar Sıradışı İnsanlar</t>
+          <t>Ravza-i Aşk</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789759483241</t>
+          <t>9789752563896</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Bir Vaizenin Okumaları</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>480</v>
+        <v>490</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789759483296</t>
+          <t>9799756963738</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Arabi’nin Füsus’undaki Anahtar-Kavramlar</t>
+          <t>Çocuk ve Oyun</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789752560444</t>
+          <t>9789759483211</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ali ve Nino</t>
+          <t>İlk Sözler</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789752561441</t>
+          <t>9799752560054</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Aklın Ötesinde Şiirler</t>
+          <t>İlginç Olaylar Sıradışı İnsanlar</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789752561588</t>
+          <t>9789759483241</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Atakan Serisi (9 Kitap Takım)</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>1260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9799752560900</t>
+          <t>9789759483296</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Acil Servis Hayvan Hastanesi</t>
+          <t>İbn-i Arabi’nin Füsus’undaki Anahtar-Kavramlar</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>550</v>
+        <v>520</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9799752560948</t>
+          <t>9789752560444</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Arabistan Kral’ının Yaşam Öyküsü: Abdülaziz Bin Suud</t>
+          <t>Ali ve Nino</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9799752560511</t>
+          <t>9789752561441</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Belleğinde Yaşayan Beykoz</t>
+          <t>Aklın Ötesinde Şiirler</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789752561175</t>
+          <t>9789752561588</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Modern Uluslararası Sistem</t>
+          <t>Atakan Serisi (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>580</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789752563315</t>
+          <t>9799752560900</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Modern Psikoterapiler</t>
+          <t>Acil Servis Hayvan Hastanesi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>1550</v>
+        <v>550</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789752563520</t>
+          <t>9799752560948</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji</t>
+          <t>Arabistan Kral’ının Yaşam Öyküsü: Abdülaziz Bin Suud</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>1650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9799756963554</t>
+          <t>9799752560511</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Günlüğü</t>
+          <t>Edebiyatın Belleğinde Yaşayan Beykoz</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789756698204</t>
+          <t>9789752561175</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Cavidname</t>
+          <t>Modern Uluslararası Sistem</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789756698549</t>
+          <t>9789752563315</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Camtutan</t>
+          <t>Modern Psikoterapiler</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>240</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9799756963639</t>
+          <t>9789752563520</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın (1900 - 1999) Kültür ve Sanat Kronolojisi</t>
+          <t>Sosyal Psikoloji</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>400</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789752563889</t>
+          <t>9799756963554</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Genç Duruş</t>
+          <t>Cehennem Günlüğü</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789752561434</t>
+          <t>9789756698204</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Ata Binmeyi Seviyorum (Ciltli)</t>
+          <t>Cavidname</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789752561724</t>
+          <t>9789756698549</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Montessori Yöntemiyle Harika Çocuk Nasıl Yetiştirilir?</t>
+          <t>Camtutan</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789752560857</t>
+          <t>9799756963639</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Cemile Uyumak İstemiyor</t>
+          <t>Yüzyılın (1900 - 1999) Kültür ve Sanat Kronolojisi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789752560833</t>
+          <t>9789752563889</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Cemile Tombiş’le Arkadaşlık Etmek İstemiyor</t>
+          <t>Genç Duruş</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789752561939</t>
+          <t>9789752561434</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Cemile Tombiş’e Zıt Kavramları Öğretiyor</t>
+          <t>Ata Binmeyi Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789752561946</t>
+          <t>9789752561724</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Cemile Tombiş’e Yeni Kelimeler Öğretiyor</t>
+          <t>Montessori Yöntemiyle Harika Çocuk Nasıl Yetiştirilir?</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789752561915</t>
+          <t>9789752560857</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Cemile Tombiş’e Şekilleri Öğretiyor</t>
+          <t>Cemile Uyumak İstemiyor</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789752561922</t>
+          <t>9789752560833</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Cemile Tombiş’e Renkleri Öğretiyor</t>
+          <t>Cemile Tombiş’le Arkadaşlık Etmek İstemiyor</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789752562974</t>
+          <t>9789752561939</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Cemile Teneffüste</t>
+          <t>Cemile Tombiş’e Zıt Kavramları Öğretiyor</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789752563032</t>
+          <t>9789752561946</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Cemile Tatile Çıkıyor</t>
+          <t>Cemile Tombiş’e Yeni Kelimeler Öğretiyor</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789752562349</t>
+          <t>9789752561915</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Cemile Seti (22 Kitap Takım)</t>
+          <t>Cemile Tombiş’e Şekilleri Öğretiyor</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>3080</v>
+        <v>250</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789752564190</t>
+          <t>9789752561922</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Cemile Kardeşini Kıskanıyor</t>
+          <t>Cemile Tombiş’e Renkleri Öğretiyor</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789752564183</t>
+          <t>9789752562974</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Cemile Dans Kursuna Gidiyor</t>
+          <t>Cemile Teneffüste</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789752562837</t>
+          <t>9789752563032</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Asrın Vebası: Narsisizm İlleti</t>
+          <t>Cemile Tatile Çıkıyor</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>620</v>
+        <v>140</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789752560253</t>
+          <t>9789752562349</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Dost Görünen Düşman!</t>
+          <t>Cemile Seti (22 Kitap Takım)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>220</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9799752560405</t>
+          <t>9789752564190</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Dolunay</t>
+          <t>Cemile Kardeşini Kıskanıyor</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789750116513</t>
+          <t>9789752564183</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz Tarihi</t>
+          <t>Cemile Dans Kursuna Gidiyor</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>650</v>
+        <v>140</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789752563834</t>
+          <t>9789752562837</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Cemile Her Şeyi Kendi Yapmak İstiyor</t>
+          <t>Asrın Vebası: Narsisizm İlleti</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>140</v>
+        <v>620</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789752564169</t>
+          <t>9789752560253</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Hamilelikten 3 Yaşa Kadar Bebeğimi Büyütüyorum (Ciltli)</t>
+          <t>Dost Görünen Düşman!</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>1700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789752563070</t>
+          <t>9799752560405</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Sureler ve Dualar (Ciltli)</t>
+          <t>Dolunay</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789752564022</t>
+          <t>9789750116513</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Moda (Ciltli)</t>
+          <t>Doğu Karadeniz Tarihi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>2300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789752563858</t>
+          <t>9789752563834</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Modern Psikoterapiler - Vaka Hikayeleri</t>
+          <t>Cemile Her Şeyi Kendi Yapmak İstiyor</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>490</v>
+        <v>140</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789752563957</t>
+          <t>9789752564169</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuz ve Sizin İçin Montessori Etkinlikleri</t>
+          <t>Hamilelikten 3 Yaşa Kadar Bebeğimi Büyütüyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>550</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789756698358</t>
+          <t>9789752563070</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Antropoloji</t>
+          <t>Kur'an-ı Kerim'den Sureler ve Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>1420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789752562370</t>
+          <t>9789752564022</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Moda (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>1400</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789752562073</t>
+          <t>9789752563858</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişim Psikolojisi</t>
+          <t>Modern Psikoterapiler - Vaka Hikayeleri</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>1500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789752563766</t>
+          <t>9789752563957</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Psikoloji</t>
+          <t>Çocuğunuz ve Sizin İçin Montessori Etkinlikleri</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>1125</v>
+        <v>550</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789752562387</t>
+          <t>9789756698358</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Baharat ve Otlarla Şifalı Yemek Tarifleri</t>
+          <t>Kültürel Antropoloji</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>480</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9799752560733</t>
+          <t>9789752562370</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türklerinin Milli Mücadele Tarihi 1920-1945</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>1050</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789752561984</t>
+          <t>9789752562073</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Ayna İçinde Ayna</t>
+          <t>Çocuk Gelişim Psikolojisi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>330</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9799756963790</t>
+          <t>9789752563766</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Üzerine Bir Derkenar</t>
+          <t>Bilişsel Psikoloji</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>350</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789752564060</t>
+          <t>9789752562387</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Atakan İnşaat Ustası Oluyor (Ciltli)</t>
+          <t>Baharat ve Otlarla Şifalı Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789752562288</t>
+          <t>9799752560733</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Atakan ile Okuma Yazma Öğreniyorum</t>
+          <t>Azerbaycan Türklerinin Milli Mücadele Tarihi 1920-1945</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>220</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789752561892</t>
+          <t>9789752561984</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Ata Binmeyi Seviyorum</t>
+          <t>Ayna İçinde Ayna</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9799756698177</t>
+          <t>9799756963790</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Aşkoloji 4. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
+          <t>Aydınlanma Üzerine Bir Derkenar</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>1300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9799756698176</t>
+          <t>9789752564060</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Aşkoloji 3. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
+          <t>Atakan İnşaat Ustası Oluyor (Ciltli)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>1300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9799756698175</t>
+          <t>9789752562288</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Aşkoloji 2. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
+          <t>Atakan ile Okuma Yazma Öğreniyorum</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>1300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9799756698174</t>
+          <t>9789752561892</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Aşkoloji 1. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
+          <t>Ata Binmeyi Seviyorum</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>1300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9799756698043</t>
+          <t>9799756698177</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Aşkoğrafya</t>
+          <t>Aşkoloji 4. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>460</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9799756963714</t>
+          <t>9799756698176</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ölümcül Etkileri</t>
+          <t>Aşkoloji 3. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>250</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789752562066</t>
+          <t>9799756698175</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Aşkoloji (4 Cilt Takım )</t>
+          <t>Aşkoloji 2. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>5200</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789752563698</t>
+          <t>9799756698174</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Evlilik Terapisi</t>
+          <t>Aşkoloji 1. Cilt Doğu ve Batı Edebiyatından Aşk ve Tutku Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>440</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789752562813</t>
+          <t>9799756698043</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sarhoşluğunun Sabahı</t>
+          <t>Aşkoğrafya</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>680</v>
+        <v>460</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789756963661</t>
+          <t>9799756963714</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mektupları</t>
+          <t>Aşkın Ölümcül Etkileri</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789752561878</t>
+          <t>9789752562066</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile Hu: Rabia İlahi Aşkın Nefesi</t>
+          <t>Aşkoloji (4 Cilt Takım )</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>230</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789756698327</t>
+          <t>9789752563698</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar</t>
+          <t>Aşk ve Evlilik Terapisi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9799756963561</t>
+          <t>9789752562813</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Arap Geceleri Binbir Gece Masalları Seçkisi</t>
+          <t>Aşk Sarhoşluğunun Sabahı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>420</v>
+        <v>680</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789752561731</t>
+          <t>9789756963661</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Annemle Beraber Yemek Pişiriyoruz (Ciltli)</t>
+          <t>Aşk Mektupları</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789752563711</t>
+          <t>9789752561878</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Ötesinde</t>
+          <t>Aşk ile Hu: Rabia İlahi Aşkın Nefesi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789752563179</t>
+          <t>9789756698327</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Anne Babalar için Gençlerde Homoseksüelliği Önleme Rehberi</t>
+          <t>Asi Ruhlar</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>510</v>
+        <v>220</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789756963272</t>
+          <t>9799756963561</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Ankebut</t>
+          <t>Arap Geceleri Binbir Gece Masalları Seçkisi</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9799756698197</t>
+          <t>9789752561731</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Ankara İç Savaşında Üç Hainin Portresi</t>
+          <t>Annemle Beraber Yemek Pişiriyoruz (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789757969082</t>
+          <t>9789752563711</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Teşekkürün Bir İfadesi Namaz</t>
+          <t>Anneliğin Ötesinde</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9799752560740</t>
+          <t>9789752563179</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Akıbet</t>
+          <t>Anne Babalar için Gençlerde Homoseksüelliği Önleme Rehberi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>350</v>
+        <v>510</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9799756698760</t>
+          <t>9789756963272</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz’den Hindistan’a Türk-İran Esintileri</t>
+          <t>Ankebut</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789752563377</t>
+          <t>9799756698197</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>A Portrait Album of the Ottoman Sultans</t>
+          <t>Ankara İç Savaşında Üç Hainin Portresi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789752563018</t>
+          <t>9789757969082</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>22 Şubat - 21 Mayıs Geliyorum Diyen İhtilal</t>
+          <t>Allah’a Teşekkürün Bir İfadesi Namaz</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789752563919</t>
+          <t>9799752560740</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Ulus, Çokkültürlülük ve Etnisite</t>
+          <t>Akıbet</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9799756698418</t>
+          <t>9799756698760</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>1914-1921 1. Cihan Harbi Sonrasında İslam Alemi</t>
+          <t>Akdeniz’den Hindistan’a Türk-İran Esintileri</t>
         </is>
       </c>
       <c r="C522" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9799756698494</t>
+          <t>9789752563377</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>1868-1932 Mısır’da Türk Bir Şair Ahmet Şevki</t>
+          <t>A Portrait Album of the Ottoman Sultans</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9799756963158</t>
+          <t>9789752563018</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>16. yy. Osmanlı Toplumunda  Yönetim, Nüfus, İskan, Göç ve Sürgün</t>
+          <t>22 Şubat - 21 Mayıs Geliyorum Diyen İhtilal</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>470</v>
+        <v>600</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789752563575</t>
+          <t>9789752563919</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Sanat Terapisiyle İyileşmek</t>
+          <t>21. Yüzyılda Ulus, Çokkültürlülük ve Etnisite</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>385</v>
+        <v>300</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789752560956</t>
+          <t>9799756698418</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiye Giriş</t>
+          <t>1914-1921 1. Cihan Harbi Sonrasında İslam Alemi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>1800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789752563186</t>
+          <t>9799756698494</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Danışma Becerileri</t>
+          <t>1868-1932 Mısır’da Türk Bir Şair Ahmet Şevki</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>870</v>
+        <v>250</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789756963852</t>
+          <t>9799756963158</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Modern Psikoloji Tarihi</t>
+          <t>16. yy. Osmanlı Toplumunda  Yönetim, Nüfus, İskan, Göç ve Sürgün</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>1150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789752561632</t>
+          <t>9789752563575</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Yumuşacık Kanatlı Dostlarım</t>
+          <t>Sanat Terapisiyle İyileşmek</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9780897935265</t>
+          <t>9789752560956</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Yoga For a Beautiful Face</t>
+          <t>Psikolojiye Giriş</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>550</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9799756963431</t>
+          <t>9789752563186</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 3</t>
+          <t>Psikolojik Danışma Becerileri</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>700</v>
+        <v>870</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9799756963073</t>
+          <t>9789756963852</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 2</t>
+          <t>Modern Psikoloji Tarihi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>700</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789756963012</t>
+          <t>9789752561632</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü - 1</t>
+          <t>Yumuşacık Kanatlı Dostlarım</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789752561137</t>
+          <t>9780897935265</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Afacan Tavşanla Ormanda Dört Mevsim / Yaz Yağmuru</t>
+          <t>Yoga For a Beautiful Face</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789752561649</t>
+          <t>9799756963431</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ülkelerden Hayvan Dostlarım</t>
+          <t>Yeni Türk Edebiyatında Öykü - 3</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9799756963844</t>
+          <t>9799756963073</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkilabı</t>
+          <t>Yeni Türk Edebiyatında Öykü - 2</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789752561168</t>
+          <t>9789756963012</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Tassos Papadopulos Kıbrıs’ta Rumlar Vadisi</t>
+          <t>Yeni Türk Edebiyatında Öykü - 1</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>280</v>
+        <v>700</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9799756963653</t>
+          <t>9789752561137</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Memleket Meseleleri</t>
+          <t>Afacan Tavşanla Ormanda Dört Mevsim / Yaz Yağmuru</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789752561601</t>
+          <t>9789752561649</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dünya Masalları (Ciltli)</t>
+          <t>Uzak Ülkelerden Hayvan Dostlarım</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789752561120</t>
+          <t>9799756963844</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kar Tavukları</t>
+          <t>Türk İnkilabı</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789756963067</t>
+          <t>9789752561168</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yolcu</t>
+          <t>Tassos Papadopulos Kıbrıs’ta Rumlar Vadisi</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9799756963196</t>
+          <t>9799756963653</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Horozlu Ayna ve Ölüm</t>
+          <t>Memleket Meseleleri</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9799752560672</t>
+          <t>9789752561601</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Hilkatin İlk Günleri</t>
+          <t>Klasik Dünya Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789752562240</t>
+          <t>9789752561120</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Hamdi Üşengeçlikten Nasıl Vazgeçti?</t>
+          <t>Kar Tavukları</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789752562264</t>
+          <t>9789756963067</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Hamdi Uzun Boylu Olmaktan Memnun mu?</t>
+          <t>Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789752562356</t>
+          <t>9799756963196</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Hamdi serisi (6 Kitap Takım)</t>
+          <t>Horozlu Ayna ve Ölüm</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>840</v>
+        <v>220</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9799756963356</t>
+          <t>9799752560672</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Habeş Seyahatnamesi</t>
+          <t>Hilkatin İlk Günleri</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789752561144</t>
+          <t>9789752562240</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Fındıkkıran Sincap</t>
+          <t>Hamdi Üşengeçlikten Nasıl Vazgeçti?</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789752562929</t>
+          <t>9789752562264</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Doğum Gününde Cemile ile Saatleri Öğreniyorum (Ciltli)</t>
+          <t>Hamdi Uzun Boylu Olmaktan Memnun mu?</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9799756963332</t>
+          <t>9789752562356</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Çıldırının Anaforunda Gog</t>
+          <t>Hamdi serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>750</v>
+        <v>840</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789752561342</t>
+          <t>9799756963356</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okuyorum Eğleniyorum -Küçük Tay Şahlan</t>
+          <t>Habeş Seyahatnamesi</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789752561335</t>
+          <t>9789752561144</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Kurt Yavrusu Sivrikulak</t>
+          <t>Fındıkkıran Sincap</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789752561380</t>
+          <t>9789752562929</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Ceylan Yavrusu Nazlı</t>
+          <t>Doğum Gününde Cemile ile Saatleri Öğreniyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789752561359</t>
+          <t>9799756963332</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Ayı Yavrusu Tombiş</t>
+          <t>Çıldırının Anaforunda Gog</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>210</v>
+        <v>750</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789752561373</t>
+          <t>9789752561342</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okuyorum Eğleniyorum - Aslan Yavrusu Tortop</t>
+          <t>Çıkartmalarla Okuyorum Eğleniyorum -Küçük Tay Şahlan</t>
         </is>
       </c>
       <c r="C555" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789752561366</t>
+          <t>9789752561335</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalarla Okuyorum Eğleniyorum -  Kedi Yavrusu Minnoş</t>
+          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Kurt Yavrusu Sivrikulak</t>
         </is>
       </c>
       <c r="C556" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789752562196</t>
+          <t>9789752561380</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Kardeşi Oluyor</t>
+          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Ceylan Yavrusu Nazlı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789752562981</t>
+          <t>9789752561359</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Çıkartmalı Aktivite Kitabı</t>
+          <t>Çıkartmalarla Okuyorum-Eğleniyorum: Ayı Yavrusu Tombiş</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789752562998</t>
+          <t>9789752561373</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Çıkartmalı Aktivite Kitabı</t>
+          <t>Çıkartmalarla Okuyorum Eğleniyorum - Aslan Yavrusu Tortop</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789752563544</t>
+          <t>9789752561366</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Cemile’nin Bugün Doğum Günü</t>
+          <t>Çıkartmalarla Okuyorum Eğleniyorum -  Kedi Yavrusu Minnoş</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789752561793</t>
+          <t>9789752562196</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Cemile Yüzmeyi Öğreniyor</t>
+          <t>Cemile’nin Kardeşi Oluyor</t>
         </is>
       </c>
       <c r="C561" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789752561229</t>
+          <t>9789752562981</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Cemile Yeni Çizmelerini Giyiyor</t>
+          <t>Cemile’nin Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789752561205</t>
+          <t>9789752562998</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Cemile Yeni Arkadaşını Çok Seviyor</t>
+          <t>Cemile’nin Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789752562189</t>
+          <t>9789752563544</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Cemile ve Arkadaşı Prenses Elbisesi Giyiyor</t>
+          <t>Cemile’nin Bugün Doğum Günü</t>
         </is>
       </c>
       <c r="C564" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789752562271</t>
+          <t>9789752561793</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Cemile ile Okuma Yazma Öğreniyorum</t>
+          <t>Cemile Yüzmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789752561847</t>
+          <t>9789752561229</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Cemile ile Boyama Yapıyorum</t>
+          <t>Cemile Yeni Çizmelerini Giyiyor</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789752563612</t>
+          <t>9789752561205</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Cemile Hayvanat Bahçesinde</t>
+          <t>Cemile Yeni Arkadaşını Çok Seviyor</t>
         </is>
       </c>
       <c r="C567" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789752563605</t>
+          <t>9789752562189</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Cemile Havuza Gidiyor</t>
+          <t>Cemile ve Arkadaşı Prenses Elbisesi Giyiyor</t>
         </is>
       </c>
       <c r="C568" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789752561809</t>
+          <t>9789752562271</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Cemile Hastanede Yatıyor</t>
+          <t>Cemile ile Okuma Yazma Öğreniyorum</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789752563674</t>
+          <t>9789752561847</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Cemile Hafta Sonunu Anneannesi ve Dedesiyle Geçiriyor</t>
+          <t>Cemile ile Boyama Yapıyorum</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789752561212</t>
+          <t>9789752563612</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Cemile Geceyi Teyzesinde Geçiriyor</t>
+          <t>Cemile Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789752563056</t>
+          <t>9789752563605</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Cemile Geceyi Bakıcı Ablasıyla Geçiriyor</t>
+          <t>Cemile Havuza Gidiyor</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789752560819</t>
+          <t>9789752561809</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Cemile Doktora Gidiyor</t>
+          <t>Cemile Hastanede Yatıyor</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789752562776</t>
+          <t>9789752563674</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Cemile Doğru Beslenmeyi Öğreniyor</t>
+          <t>Cemile Hafta Sonunu Anneannesi ve Dedesiyle Geçiriyor</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789752563841</t>
+          <t>9789752561212</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Cemile Çok Fazla Televizyon Seyrediyor</t>
+          <t>Cemile Geceyi Teyzesinde Geçiriyor</t>
         </is>
       </c>
       <c r="C575" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789752560789</t>
+          <t>9789752563056</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Cemile Çişini Altına Yapıyor</t>
+          <t>Cemile Geceyi Bakıcı Ablasıyla Geçiriyor</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789752562172</t>
+          <t>9789752560819</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Cemile Çinli ve Zenci Arkadaşlarını Çok Seviyor</t>
+          <t>Cemile Doktora Gidiyor</t>
         </is>
       </c>
       <c r="C577" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789752561410</t>
+          <t>9789752562776</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Cemile Çiftliğe Gidiyor</t>
+          <t>Cemile Doğru Beslenmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789752562783</t>
+          <t>9789752563841</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Cemile Boyu Uzasın İstiyor</t>
+          <t>Cemile Çok Fazla Televizyon Seyrediyor</t>
         </is>
       </c>
       <c r="C579" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789752560871</t>
+          <t>9789752560789</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Cemile Bir Hata Yapıyor</t>
+          <t>Cemile Çişini Altına Yapıyor</t>
         </is>
       </c>
       <c r="C580" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789752560802</t>
+          <t>9789752562172</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Cemile Banyo Yapmak İstemiyor</t>
+          <t>Cemile Çinli ve Zenci Arkadaşlarını Çok Seviyor</t>
         </is>
       </c>
       <c r="C581" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789752561403</t>
+          <t>9789752561410</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Cemile Bahçeyi Keşfediyor</t>
+          <t>Cemile Çiftliğe Gidiyor</t>
         </is>
       </c>
       <c r="C582" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789752562967</t>
+          <t>9789752562783</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Cemile Bahçede</t>
+          <t>Cemile Boyu Uzasın İstiyor</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789752562936</t>
+          <t>9789752560871</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Cemile Ayakkabı Bağlamayı Öğreniyor</t>
+          <t>Cemile Bir Hata Yapıyor</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789752561786</t>
+          <t>9789752560802</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Cemile Arkadaşına Yardım Ediyor</t>
+          <t>Cemile Banyo Yapmak İstemiyor</t>
         </is>
       </c>
       <c r="C585" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789752560895</t>
+          <t>9789752561403</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Cemile Annemle Babam Kızmamış</t>
+          <t>Cemile Bahçeyi Keşfediyor</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789752562660</t>
+          <t>9789752562967</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Cemile (22 Kitap Takım Kürtçe)</t>
+          <t>Cemile Bahçede</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>3080</v>
+        <v>140</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789752563155</t>
+          <t>9789752562936</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Cami (Ciltli)</t>
+          <t>Cemile Ayakkabı Bağlamayı Öğreniyor</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789752561618</t>
+          <t>9789752561786</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları (Ciltli)</t>
+          <t>Cemile Arkadaşına Yardım Ediyor</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9799756963455</t>
+          <t>9789752560895</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Ben Cyrus, Zerdüşt’ün Torunu</t>
+          <t>Cemile Annemle Babam Kızmamış</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>960</v>
+        <v>140</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789752561656</t>
+          <t>9789752562660</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Orman Dostlarım</t>
+          <t>Cemile (22 Kitap Takım Kürtçe)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>170</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789752562769</t>
+          <t>9789752563155</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Perwer (9 Kitap Takım)</t>
+          <t>Cami (Ciltli)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>1260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789759483265</t>
+          <t>9789752561618</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Manifestosu</t>
+          <t>Binbir Gece Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
+          <t>9799756963455</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Ben Cyrus, Zerdüşt’ün Torunu</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9789752561656</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Orman Dostlarım</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9789752562769</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Perwer (9 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9789759483265</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Manifestosu</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
           <t>9789752561113</t>
         </is>
       </c>
-      <c r="B594" s="1" t="inlineStr">
+      <c r="B598" s="1" t="inlineStr">
         <is>
           <t>Orman Canlanıyor</t>
         </is>
       </c>
-      <c r="C594" s="1">
+      <c r="C598" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>