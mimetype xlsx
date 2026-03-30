--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -85,1030 +85,1135 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255755131</t>
+          <t>9786255755308</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Pastacıdan Masallar</t>
+          <t>Gece Yarısı Sessizliği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255755094</t>
+          <t>9786255755292</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Küller ve İzler</t>
+          <t>Routhelia’nın Kalbi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255755100</t>
+          <t>9786255755186</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yaz</t>
+          <t>Alametsiz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255755117</t>
+          <t>9786255755193</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Finrol - Elfler ve Entrikalar</t>
+          <t>O3.03 Geçidi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255755087</t>
+          <t>9786255755155</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Terazi Denge Bulmaya Hep Şaşırıyor</t>
+          <t>Alabora: Şah Mat</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259650975</t>
+          <t>9786255755162</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Luna Adası</t>
+          <t>Kızıl Şafak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259390734</t>
+          <t>9786255755179</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çilekeş Kardeşler</t>
+          <t>Aşk mı? Bu Dünyada?</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259390758</t>
+          <t>9786255755131</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Astena’nın Kurtuluşu</t>
+          <t>Pastacıdan Masallar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259390741</t>
+          <t>9786255755094</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Dehlizi</t>
+          <t>Küller ve İzler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259390765</t>
+          <t>9786255755100</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Kasaba</t>
+          <t>İçimdeki Yaz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259390789</t>
+          <t>9786255755117</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Berrak Solak ile Müzik Bulmaca</t>
+          <t>Finrol - Elfler ve Entrikalar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259390772</t>
+          <t>9786255755087</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kırıklığı Plağın A Yüzünde</t>
+          <t>Terazi Denge Bulmaya Hep Şaşırıyor</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259650999</t>
+          <t>9786259650975</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dilek Çemberi</t>
+          <t>Luna Adası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259390710</t>
+          <t>9786259390734</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>En Çok Sevenler Yanar</t>
+          <t>Çilekeş Kardeşler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259650951</t>
+          <t>9786259390758</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dünya İçin Son Çağrı</t>
+          <t>Astena’nın Kurtuluşu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259390727</t>
+          <t>9786259390741</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Saçımı Boyadım Ama Travmalarım Koyu Kaldı</t>
+          <t>Zamanın Dehlizi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259650944</t>
+          <t>9786259390765</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aslanlar Çıkmazı</t>
+          <t>Karanlık Kasaba</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259650968</t>
+          <t>9786259390789</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Noktalı Virgül</t>
+          <t>Berrak Solak ile Müzik Bulmaca</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>385</v>
+        <v>210</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259650982</t>
+          <t>9786259390772</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Seni İstedim</t>
+          <t>Hayal Kırıklığı Plağın A Yüzünde</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259627243</t>
+          <t>9786259650999</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kayıpların Nidası</t>
+          <t>Dilek Çemberi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>570</v>
+        <v>370</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259627250</t>
+          <t>9786259390710</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Esaret</t>
+          <t>En Çok Sevenler Yanar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259627281</t>
+          <t>9786259650951</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Daha</t>
+          <t>Dünya İçin Son Çağrı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259627236</t>
+          <t>9786259390727</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Külden Kar Tanesi</t>
+          <t>Saçımı Boyadım Ama Travmalarım Koyu Kaldı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259627267</t>
+          <t>9786259650944</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Cüretkar Teklif</t>
+          <t>Aslanlar Çıkmazı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>310</v>
+        <v>370</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259627274</t>
+          <t>9786259650968</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Güz</t>
+          <t>Noktalı Virgül</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>385</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259627229</t>
+          <t>9786259650982</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Doyumsuzluk</t>
+          <t>Yalnız Seni İstedim</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259627212</t>
+          <t>9786259627243</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ters Masal</t>
+          <t>Kayıpların Nidası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>410</v>
+        <v>570</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259627205</t>
+          <t>9786259627250</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Uyumadan Önce Tuttuğum Dilek 3</t>
+          <t>Tatlı Esaret</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>530</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259602592</t>
+          <t>9786259627281</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Dokunmak</t>
+          <t>Bir Adım Daha</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259688374</t>
+          <t>9786259627236</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İris</t>
+          <t>Külden Kar Tanesi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259602585</t>
+          <t>9786259627267</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Geçmişle Dans</t>
+          <t>Cüretkar Teklif</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259688398</t>
+          <t>9786259627274</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Önyargı</t>
+          <t>Kızıl Güz</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259688381</t>
+          <t>9786259627229</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Kaygı</t>
+          <t>Doyumsuzluk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259688329</t>
+          <t>9786259627212</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Aşk</t>
+          <t>Ters Masal</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>370</v>
+        <v>410</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259688350</t>
+          <t>9786259627205</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Mum</t>
+          <t>Uyumadan Önce Tuttuğum Dilek 3</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>210</v>
+        <v>530</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259688336</t>
+          <t>9786259602592</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Mum</t>
+          <t>Ateşe Dokunmak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259688305</t>
+          <t>9786259688374</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel: Cinayet İstifçisi</t>
+          <t>İris</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259602578</t>
+          <t>9786259602585</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Zehir Zemberek</t>
+          <t>Geçmişle Dans</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259688343</t>
+          <t>9786259688398</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Mum</t>
+          <t>100 Soruda Önyargı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259688312</t>
+          <t>9786259688381</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tenimin Altında</t>
+          <t>100 Soruda Kaygı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259688367</t>
+          <t>9786259688329</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Mum</t>
+          <t>100 Soruda Aşk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259602561</t>
+          <t>9786259688350</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kör Köstü</t>
+          <t>Beşinci Mum</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259602547</t>
+          <t>9786259688336</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aykırı</t>
+          <t>Yedinci Mum</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259602554</t>
+          <t>9786259688305</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Melodisi</t>
+          <t>Profesyonel: Cinayet İstifçisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259704111</t>
+          <t>9786259602578</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Bağ</t>
+          <t>Zehir Zemberek</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259752617</t>
+          <t>9786259688343</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Efsunkar</t>
+          <t>Altıncı Mum</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259752648</t>
+          <t>9786259688312</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yaz Gecesi</t>
+          <t>Tenimin Altında</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259704128</t>
+          <t>9786259688367</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yeis</t>
+          <t>Dördüncü Mum</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259602530</t>
+          <t>9786259602561</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yad</t>
+          <t>Kör Köstü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259704166</t>
+          <t>9786259602547</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sen Koleksiyonu</t>
+          <t>Aykırı</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259724799</t>
+          <t>9786259602554</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Şahit</t>
+          <t>Zamanın Melodisi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259704104</t>
+          <t>9786259704111</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ruh Çöreği</t>
+          <t>Karanlık Bağ</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259704142</t>
+          <t>9786259752617</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Alabora: İlk Hamle</t>
+          <t>Efsunkar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259704135</t>
+          <t>9786259752648</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mahzen - Başkaldırı</t>
+          <t>Yaz Gecesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>470</v>
+        <v>310</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259650920</t>
+          <t>9786259704128</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Uyumadan Önce Tuttuğum Dilek 1</t>
+          <t>Yeis</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259650937</t>
+          <t>9786259602530</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Uyumadan Önce Tuttuğum Dilek 2</t>
+          <t>Yad</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>530</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259752693</t>
+          <t>9786259704166</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bal Bela</t>
+          <t>Sen Koleksiyonu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259752662</t>
+          <t>9786259724799</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yasak Saatler</t>
+          <t>Yer Gök Şahit</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259752679</t>
+          <t>9786259704104</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutu Kadın</t>
+          <t>Ruh Çöreği</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259724720</t>
+          <t>9786259704142</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Camelot Prensi</t>
+          <t>Alabora: İlk Hamle</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259752686</t>
+          <t>9786259704135</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kara Gözlü Mektuplar</t>
+          <t>Mahzen - Başkaldırı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259752655</t>
+          <t>9786259650920</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Günün Sonunda</t>
+          <t>Uyumadan Önce Tuttuğum Dilek 1</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259752624</t>
+          <t>9786259650937</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Karadüzen Öyküler</t>
+          <t>Uyumadan Önce Tuttuğum Dilek 2</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>530</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259752631</t>
+          <t>9786259752693</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Siyahın Kelebeği</t>
+          <t>Bal Bela</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259752600</t>
+          <t>9786259752662</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Senin Pencerenden &amp; Tanışma</t>
+          <t>Yasak Saatler</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
+          <t>9786259752679</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kutu Kadın</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786259724720</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Camelot Prensi</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786259752686</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Kara Gözlü Mektuplar</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786259752655</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Günün Sonunda</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786259752624</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Karadüzen Öyküler</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786259752631</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Siyahın Kelebeği</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786259752600</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Senin Pencerenden &amp; Tanışma</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
           <t>9786255755148</t>
         </is>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Son Cadı</t>
         </is>
       </c>
-      <c r="C67" s="1">
+      <c r="C74" s="1">
         <v>525</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>