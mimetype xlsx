--- v0 (2025-10-29)
+++ v1 (2026-03-30)
@@ -85,670 +85,1375 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>3990000017032</t>
+          <t>9786055172220</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Herkese Kafa Lazım 1</t>
+          <t>Ekonomi-Politik Ders Notları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055172244</t>
+          <t>9786055172107</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Savaşımı, Sosyalist Devrim ve İşçi Sınıfının Öncü Rölü</t>
+          <t>1917 Büyük Ekim Sosyalist Devrimi Tarihi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055172237</t>
+          <t>3990000051999</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve İşçi Sınıfı</t>
+          <t>Kaldıraç Dergisi Sayı: 215 Haziran 2019</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058899469</t>
+          <t>3990000051936</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Herkese Kafa Lazım 1</t>
+          <t>Kaldıraç Dergisi Sayı: 214 Mayıs 2019</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>210</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789750180651</t>
+          <t>3990000030211</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Söyleşiler: Vir-gül-üne Dokunmadan</t>
+          <t>Kaldıraç Dergisi Sayı: 205 Ağustos 2018</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058899407</t>
+          <t>3990000029790</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Eylem Adamları</t>
+          <t>Kaldıraç Dergisi Sayı: 201 Nisan 2018</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058785601</t>
+          <t>3990000057265</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Saat Onüçte Sayın Generalim</t>
+          <t>Kaldıraç Dergisi Sayı: 196 Kasım 2017</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058785656</t>
+          <t>3990000030774</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Barbiana Öğrencilerinden Mektup</t>
+          <t>Kaldıraç Dergisi Sayı: 212 Mart 2019</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055172060</t>
+          <t>3990000021888</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Moskova’dan Anadolu’ya Maksut ve Mustafa Suphi</t>
+          <t>Kaldıraç Dergisi Sayı: 211 Şubat 2019</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055172046</t>
+          <t>3990000029653</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmden Komünizme Geçiş</t>
+          <t>Kaldıraç Dergisi Sayı: 200 Mart 2018</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789750180682</t>
+          <t>3990000089290</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Diyalektik Materyalizm Tarihsel Materyalizm</t>
+          <t>Kaldıraç Dergisi Sayı: 195 Ekim 2017</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055172206</t>
+          <t>3990000084013</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Eğitim Devrimci Ahlak</t>
+          <t>Kaldıraç Dergisi Sayı: 191 Haziran 2017</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055172190</t>
+          <t>3990000029457</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Lenin ve Eğitim</t>
+          <t>Kaldıraç Dergisi Sayı: 197 Aralık 2017</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055172213</t>
+          <t>3990000048615</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Devrim Zorunludur ve Olanaklıdır</t>
+          <t>Kaldıraç Dergisi Sayı: 198 Ocak 2018</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789750180637</t>
+          <t>3990000089289</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Savaşçının Türküsü</t>
+          <t>Kaldıraç Dergisi Sayı: 194 Eylül 2017</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058899414</t>
+          <t>3990000021887</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika: İsyan Hep Vardı!</t>
+          <t>Kaldıraç Dergisi Sayı: 208 Kasım 2018</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055172008</t>
+          <t>3990000046466</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Ekolojik Sorunları</t>
+          <t>Kaldıraç Dergisi Sayı: 182 Eylül 2016</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058785632</t>
+          <t>3990000029433</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Herkese Kafa Lazım 2</t>
+          <t>Kaldıraç Dergisi Sayı: 204 Temmuz 2018</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>210</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000027378</t>
+          <t>3990000029584</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Beş Kızkardeş</t>
+          <t>Kaldıraç Dergisi Sayı: 199 Şubat 2018</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058899438</t>
+          <t>3990000050049</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aslolan Devrimin Gündemidir 3</t>
+          <t>Kaldıraç Dergisi Sayı: 192 Temmuz 2017</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058899421</t>
+          <t>3990000034912</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aslolan Devrimin Gündemidir 2</t>
+          <t>Kaldıraç Dergisi Sayı: 177 Nisan 2016</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055172183</t>
+          <t>3990000058791</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aslolan Devrimin Gündemidir VIII</t>
+          <t>Kaldıraç Dergisi Sayı: 181 Ağustos 2016</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055172176</t>
+          <t>3990000057031</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar: Yetti Artık... Edi Bese... Ya Basta!</t>
+          <t>Kaldıraç Dergisi Sayı: 193 Ağustos 2017</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055172152</t>
+          <t>9786058899490</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Dayanışması</t>
+          <t>Türkiye’de Kapitalizmin Gelişimi / Sınıflar ve Sınıf Mücadelesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055172145</t>
+          <t>3990000071273</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Ordusu</t>
+          <t>Me-ti</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055172138</t>
+          <t>9789750180668</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm, Paylaşım Savaşımı ve Devrim</t>
+          <t>Liberalizm / Muhafazakarlık Kıskacında Kadın</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055172121</t>
+          <t>9789750180675</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Saray Rejimi</t>
+          <t>Kuşatmayı Yarmak: Eğitim, Bilim ve Aydınlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055172114</t>
+          <t>9789750180699</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm İnsan Bilinç ve Eylem</t>
+          <t>Kamo</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055172091</t>
+          <t>9786058899476</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Birleşik İşçi Kurultayı</t>
+          <t>Düzene Uygun Kafalar Nasıl Oluşturulur?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000071274</t>
+          <t>3990000043581</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Herkese Kafa Lazım 2</t>
+          <t>Kaldıraç Dergisi Sayı: 183 Ekim 2016</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>210</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055172084</t>
+          <t>9786055172053</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Öncü İşcinin Eğitim Notları</t>
+          <t>İnsan Kirlenmesine Yanıt</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055172077</t>
+          <t>3990000033999</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyadan Masallar Venezuela</t>
+          <t>Kaldıraç Dergisi Sayı: 185 Aralık 2016</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055172015</t>
+          <t>3990000054912</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Yaşam</t>
+          <t>Kaldıraç Dergisi Sayı: 178 Mayıs 2016</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055172022</t>
+          <t>3990000033963</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Devrim Taksim'de Göz Kırptı</t>
+          <t>Kaldıraç Dergisi Sayı: 184 Kasım 2016</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058785670</t>
+          <t>3990000048789</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Teslim Olmayanlar Ölmez</t>
+          <t>Kaldıraç Dergisi Sayı: 179 Haziran 2016</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058785663</t>
+          <t>3999022020150</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Guroni Ar Lazi Oxorca Yürekli Bir Laz Kadını Bedia Xala</t>
+          <t>Kaldıraç Dergisi Sayı: 227 Haziran 2020</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789750180620</t>
+          <t>3990000059456</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tekelci Polis Devleti</t>
+          <t>Kaldıraç Dergisi Sayı: 222 Ocak 2020</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058899445</t>
+          <t>3990000099214</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tekel Direnişi Dersleri 2010</t>
+          <t>Kaldıraç Dergisi Sayı: 224 Mart 2020</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058785618</t>
+          <t>3990000022869</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Atlı Arabaları</t>
+          <t>Kaldıraç Dergisi Sayı: 221 Aralık 2019</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789750180606</t>
+          <t>3990000054075</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Dün, Bugün, Yarın Tarih ve Devrim</t>
+          <t>Kaldıraç Dergisi Sayı: 216 Temmuz 2019</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789750180644</t>
+          <t>3990000022653</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Devriminin Yolu</t>
+          <t>Kaldıraç Dergisi Sayı: 219 Ekim 2019</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
+          <t>3999988870246</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Kaldıraç Dergisi Sayı: 228 Temmuz 2020</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>3990000022404</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Kaldıraç Dergisi Sayı: 217 Ağustos 2019</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>3990000022800</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Kaldıraç Dergisi Sayı: 220 Kasım 2019</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>3990000030347</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Kaldıraç Dergisi Sayı: 207 Ekim 2018</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>3990000059457</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Kaldıraç Dergisi Sayı: 223 Şubat 2020</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>3990000022478</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Kaldıraç Dergisi Sayı: 218 Eylül 2019</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>3990000017032</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Herkese Kafa Lazım 1</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786055172244</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Savaşımı, Sosyalist Devrim ve İşçi Sınıfının Öncü Rölü</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786055172237</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Sanat ve İşçi Sınıfı</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786058899469</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Herkese Kafa Lazım 1</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789750180651</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Söyleşiler: Vir-gül-üne Dokunmadan</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786058899407</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Eylem Adamları</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786058785601</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Saat Onüçte Sayın Generalim</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786058785656</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Barbiana Öğrencilerinden Mektup</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786055172060</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Moskova’dan Anadolu’ya Maksut ve Mustafa Suphi</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786055172046</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizmden Komünizme Geçiş</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789750180682</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Diyalektik Materyalizm Tarihsel Materyalizm</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786055172206</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Devrimci Eğitim Devrimci Ahlak</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786055172190</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Lenin ve Eğitim</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786055172213</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Sosyalist Devrim Zorunludur ve Olanaklıdır</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789750180637</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Savaşçının Türküsü</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786058899414</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Latin Amerika: İsyan Hep Vardı!</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786055172008</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizmin Ekolojik Sorunları</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786058785632</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Herkese Kafa Lazım 2</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>3990000027378</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Beş Kızkardeş</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786058899438</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Aslolan Devrimin Gündemidir 3</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786058899421</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Aslolan Devrimin Gündemidir 2</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786055172183</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Aslolan Devrimin Gündemidir VIII</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786055172176</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar: Yetti Artık... Edi Bese... Ya Basta!</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786055172152</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Pandemi Dayanışması</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786055172145</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Gölgeler Ordusu</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786055172138</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Emperyalizm, Paylaşım Savaşımı ve Devrim</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786055172121</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Saray Rejimi</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786055172114</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizm İnsan Bilinç ve Eylem</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786055172091</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Birleşik İşçi Kurultayı</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>3990000071274</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Herkese Kafa Lazım 2</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786055172084</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Öncü İşcinin Eğitim Notları</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786055172077</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünyadan Masallar Venezuela</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786055172015</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Devrimci Yaşam</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786055172022</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Devrim Taksim'de Göz Kırptı</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786058785670</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Teslim Olmayanlar Ölmez</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786058785663</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Guroni Ar Lazi Oxorca Yürekli Bir Laz Kadını Bedia Xala</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789750180620</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Tekelci Polis Devleti</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786058899445</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Tekel Direnişi Dersleri 2010</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786058785618</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Anlamın Atlı Arabaları</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789750180606</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Dün, Bugün, Yarın Tarih ve Devrim</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789750180644</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Devriminin Yolu</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
           <t>9789750180613</t>
         </is>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>21. Yüzyıl ve Kapitalist Emperyalizm</t>
         </is>
       </c>
-      <c r="C43" s="1">
-        <v>300</v>
+      <c r="C90" s="1">
+        <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>