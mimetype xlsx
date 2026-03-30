--- v0 (2025-10-29)
+++ v1 (2026-03-30)
@@ -85,985 +85,1720 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052032299</t>
+          <t>9786054467655</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zaman Akıp Giderken</t>
+          <t>Karanlık Yolculuk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>461</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054467181</t>
+          <t>9786052032107</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevdim Roza</t>
+          <t>Yer Altından Notlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>119</v>
+        <v>80</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054467143</t>
+          <t>9786052032077</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Saraylar İçindeki Beni Bulduran Saray</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>69</v>
+        <v>110</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054467174</t>
+          <t>9786052032237</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Platonik Aşk Güncesi</t>
+          <t>Deli Profesör</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054467020</t>
+          <t>9786054467662</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman ve Muhteşem Devri</t>
+          <t>Sen Aşksın Ben Aşık</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>95</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054467037</t>
+          <t>9786054467549</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kanuni’den Hürrem’e</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>95</v>
+        <v>135</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054467167</t>
+          <t>9786054467600</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hüzünbaz Sevgili</t>
+          <t>Başarmak İstiyorum</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>109</v>
+        <v>95</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054467099</t>
+          <t>9786054467211</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Bütün Sınavlarında Başarılı Olmak İçin</t>
+          <t>Ya Da Şiir</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>80</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054467136</t>
+          <t>9786054467075</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ben Aslen Yalnızım</t>
+          <t>Nasıl Fatih Oldu?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>99</v>
+        <v>11.2</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054467150</t>
+          <t>9786054467044</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün</t>
+          <t>Minik Dahiler Kılavuzu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>99</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054467303</t>
+          <t>3990000037842</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bana Felsefe Yapma</t>
+          <t>İşkencede Doğmak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>110</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054467501</t>
+          <t>9786054467051</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Irmağın Öte Yakası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>18.52</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052032220</t>
+          <t>9786054467105</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Define ve Kan Damlası</t>
+          <t>Hürriyet Meşalesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>27</v>
+        <v>15.8</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052032282</t>
+          <t>9786054467068</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Pencerelerden Karanlığa Sızan Işıklar</t>
+          <t>Gavur Mahallesinde Aşk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052032244</t>
+          <t>9786054467198</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Elveda Kosova</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>169</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054467969</t>
+          <t>9786054646890</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Unutulmaz Kadınları</t>
+          <t>Topal Adalet</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052032268</t>
+          <t>9786054467327</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İslami Bilmeceler</t>
+          <t>Diren Demokrasi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>105</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052032046</t>
+          <t>9786054467341</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ruhsuz Aşklar</t>
+          <t>Diren Sosyoloji</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>17.8</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052032213</t>
+          <t>9786052032121</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Umut Dolu Yalnızlıklar</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052032206</t>
+          <t>9786052032114</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Düğümlenen Sevdalar</t>
+          <t>Bilinmeyen Bir Kadının Mektupları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>80</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052032190</t>
+          <t>9786052032145</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>110</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052032091</t>
+          <t>9786052032176</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>70</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054467945</t>
+          <t>9786052032169</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç'in Ölümü</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052032053</t>
+          <t>9786054467921</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Amak-ı Hayal</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>110</v>
+        <v>159</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052032084</t>
+          <t>9786054467884</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054467006</t>
+          <t>9786054467877</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çok Pardon</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>110</v>
+        <v>169</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054467624</t>
+          <t>9786052032008</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Kamelyalı Kadın</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>99</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052032022</t>
+          <t>9786052032039</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>169</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054467952</t>
+          <t>9786054467914</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Unutulmaz Liderleri</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054467907</t>
+          <t>9786054467334</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Diren Diplomasi - Gezi Olayları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>80</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054467860</t>
+          <t>9786054467891</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>198</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054467839</t>
+          <t>9786054467853</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>139</v>
+        <v>109</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054467822</t>
+          <t>9786054467938</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>139</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054467815</t>
+          <t>9786054467846</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hayat Tortusu</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054467754</t>
+          <t>9786054467631</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Asyalı Hüzün</t>
+          <t>Sende Tanrıyı Gördüm</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>99</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054467679</t>
+          <t>9786054467983</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Odam Aşk Mezarlığı</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054467525</t>
+          <t>9786054467976</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bette Abla</t>
+          <t>Avcı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>149</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054467556</t>
+          <t>9786054467990</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ve Rakım Efendi</t>
+          <t>Aşkın Kusursuz Hamlesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>109</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054467563</t>
+          <t>9786054467228</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Yazarlık Okulu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>139</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054467464</t>
+          <t>9786054467471</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>80</v>
+        <v>159</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054467570</t>
+          <t>9786054467778</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>119</v>
+        <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054467587</t>
+          <t>9786054467785</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>Zeka Geliştirici Manzum Bilmeceler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>145</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054467488</t>
+          <t>9786054467709</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>80</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054467440</t>
+          <t>9786054467686</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Son Kurtarıcı</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>95</v>
+        <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054467433</t>
+          <t>9786054467792</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Savaşçısı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054467594</t>
+          <t>9786054467730</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Osmanlı - Selçuklu Mimari ve Çinileri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>199</v>
+        <v>115</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054467426</t>
+          <t>9786054467761</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gönülsüz Muhafız</t>
+          <t>Rumi - Hatai - Penç  Motifleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>95</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054467419</t>
+          <t>9786054467372</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Amarant</t>
+          <t>Kürdüm Doğruyum Çalışkanım</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>90</v>
+        <v>18.6</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054467457</t>
+          <t>9786054467389</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Osmanlı Sultanlarının Gelecek Korkusu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>99</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054467648</t>
+          <t>9786052032299</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Derviş Çile ve Sır</t>
+          <t>Zaman Akıp Giderken</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>85</v>
+        <v>461</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054467617</t>
+          <t>9786054467181</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Sohbet</t>
+          <t>Seni Sevdim Roza</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>50</v>
+        <v>119</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054467808</t>
+          <t>9786054467143</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çok Sevgili Sevgilim</t>
+          <t>Saraylar İçindeki Beni Bulduran Saray</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>65</v>
+        <v>69</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054467365</t>
+          <t>9786054467174</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ailede Mutluluk Sanatı</t>
+          <t>Platonik Aşk Güncesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>89</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054467358</t>
+          <t>9786054467020</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aile Yönetim Sanatı</t>
+          <t>Muhteşem Süleyman ve Muhteşem Devri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054467716</t>
+          <t>9786054467037</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Kanuni’den Hürrem’e</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>95</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054467747</t>
+          <t>9786054467167</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Minyatürler</t>
+          <t>Hüzünbaz Sevgili</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>115</v>
+        <v>109</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054467297</t>
+          <t>9786054467099</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kuyu</t>
+          <t>Hayatın Bütün Sınavlarında Başarılı Olmak İçin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054467259</t>
+          <t>9786054467136</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yakut - Sherlock Holmes</t>
+          <t>Ben Aslen Yalnızım</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054467242</t>
+          <t>9786054467150</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Belki Bir Gün</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054467273</t>
+          <t>9786054467303</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gloria Scott Gemisi - Sherlock Holmes</t>
+          <t>Bana Felsefe Yapma</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054467266</t>
+          <t>9786054467501</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Roman - Sherlock Holmes</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054467280</t>
+          <t>9786052032220</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Halka - Sherlock Holmes</t>
+          <t>Define ve Kan Damlası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>27</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
+          <t>9786052032282</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Pencerelerden Karanlığa Sızan Işıklar</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786052032244</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Canlar</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786054467969</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Unutulmaz Kadınları</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786052032268</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>İslami Bilmeceler</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786052032046</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Ruhsuz Aşklar</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786052032213</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Umut Dolu Yalnızlıklar</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786052032206</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Düğümlenen Sevdalar</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786052032190</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Yolculuk</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786052032091</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>İtiraflarım</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786054467945</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>İvan İlyiç'in Ölümü</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786052032053</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Amak-ı Hayal</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786052032084</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Bir Delinin Hatıra Defteri</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786054467006</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Çok Pardon</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786054467624</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ne İle Yaşar</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786052032022</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Şato</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786054467952</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Unutulmaz Liderleri</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786054467907</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Genç Werther'in Acıları</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786054467860</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Şıpsevdi</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786054467839</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Memnu</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786054467822</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Mai ve Siyah</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786054467815</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Tortusu</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786054467754</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Asyalı Hüzün</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786054467679</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Odam Aşk Mezarlığı</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786054467525</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Bette Abla</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786054467556</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey ve Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786054467563</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>İki Şehrin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786054467464</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>İntibah</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786054467570</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Kumarbaz</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786054467587</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Madam Bovary</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786054467488</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Sergüzeşt</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786054467440</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Son Kurtarıcı</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786054467433</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgar Savaşçısı</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786054467594</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Suç ve Ceza</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786054467426</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Gönülsüz Muhafız</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786054467419</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Amarant</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786054467457</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Uyanış</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786054467648</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Derviş Çile ve Sır</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786054467617</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Mevsimsiz Sohbet</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786054467808</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Çok Sevgili Sevgilim</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786054467365</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Ailede Mutluluk Sanatı</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786054467358</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Aile Yönetim Sanatı</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786054467716</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Yahut Silistre</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786054467747</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Minyatürler</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786054467297</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Kuyu</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786054467259</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Yakut - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786054467242</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Korku Vadisi - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786054467273</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Gloria Scott Gemisi - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786054467266</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Yarım Kalan Roman - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786054467280</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Halka - Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
           <t>9786054467235</t>
         </is>
       </c>
-      <c r="B64" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Baskerville’nin Laneti - Sherlock Holmes</t>
         </is>
       </c>
-      <c r="C64" s="1">
+      <c r="C113" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>