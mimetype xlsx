--- v0 (2026-02-07)
+++ v1 (2026-03-30)
@@ -85,1435 +85,1930 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259289007</t>
+          <t>9786259338026</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığa Doğru</t>
+          <t>Z Kuşağı ve Ev Genci</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259278469</t>
+          <t>9786259289083</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kendine Dön</t>
+          <t>Hayat Kurtaran Bilinç</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259278407</t>
+          <t>9786259289090</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gençlikten Diriliş Gençliğine</t>
+          <t>Terörsüz Türkiye Birliği</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>385</v>
+        <v>420</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259278414</t>
+          <t>9786259382432</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Siyaset</t>
+          <t>Kod Adı 'E' Gıda Ajanları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>410</v>
+        <v>360</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259278421</t>
+          <t>9786259289069</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ada Fatma'ya Bir Hatıra</t>
+          <t>Ruhun Pusulası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259251615</t>
+          <t>9786259278452</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Devletler ve Güç</t>
+          <t>Kan ve Kül</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259382487</t>
+          <t>9786250035696</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Nesil mi, Diriliş Nesli mi?</t>
+          <t>Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259251691</t>
+          <t>9786259289021</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Siyaset</t>
+          <t>Kayıp Değerler ve Aile</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259251684</t>
+          <t>9786259289038</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türk İnsanı ve Siyaset</t>
+          <t>Minik Kalplerin Büyük Dünyası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259251660</t>
+          <t>9786259251646</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Keçinin İzinde – Türklerin Anadolu’ya Gelişi</t>
+          <t>Kavimlerin Çöküş Nedeni</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259719184</t>
+          <t>9786259251653</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Trolleri</t>
+          <t>Karar Ver</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>520</v>
+        <v>360</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259604152</t>
+          <t>9786259719191</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hakk’a Adanmış Kalem</t>
+          <t>İnsanlığa Yolculuk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786250070901</t>
+          <t>9786259604176</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz Haykırış</t>
+          <t>Küresel Pazara Açılan Kapı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786250071816</t>
+          <t>9786259604169</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Gizemli Dostlar 1</t>
+          <t>Güney Azerbaycan Direnişi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786250028193</t>
+          <t>9786259604190</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Gizemli Dostlar 2</t>
+          <t>Tarihten Günümüze Liderlik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259604145</t>
+          <t>9786259251608</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Son Nefesin Ardında</t>
+          <t>Türkiye’nin Terörsüz Yüzyıla Yolculuğu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259719467</t>
+          <t>9786259251639</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyaya Giriş Matematik Coğrafya</t>
+          <t>Ajanda 2050</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259719153</t>
+          <t>9786259251622</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Demirhanın Hediyesi</t>
+          <t>Halkın Sessiz Çığlığı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259719122</t>
+          <t>9786259604114</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sürmeli Kedi Kaplan</t>
+          <t>Yenilenmenin Eşiğinde Türkiye ve Biz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>195</v>
+        <v>340</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259719399</t>
+          <t>9786259604138</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hektor’un Hikayesi</t>
+          <t>Kalpten Zihne - Tasavvufun Bilimsel İnşası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259572284</t>
+          <t>9786259719177</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Myanmar'da Arakanlı Müslümanların Sessiz Çığlıkları</t>
+          <t>Doğanın Kahramanları 2</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>310</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259557823</t>
+          <t>9786250070178</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Huzurla Gel</t>
+          <t>Hak Yolunda Birlik</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259748764</t>
+          <t>9786259604107</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tahtın Efendileri Osmanlı Padişahları</t>
+          <t>Doğruya Yolculuk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259719108</t>
+          <t>9786259604121</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İslam’ı Nasıl Anlamalıyız?</t>
+          <t>Ses Ol Umut Ol</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259572291</t>
+          <t>9786259719160</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Kalan Akıl Cahiliyenin İzleri</t>
+          <t>Doğanın kahramanları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259572277</t>
+          <t>9786259604183</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Güç ve İhtirasın Bedeli</t>
+          <t>Orta Doğu’da Türk Diplomasisi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>310</v>
+        <v>305</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259572260</t>
+          <t>9786259719535</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Şekillendiren Padişahlar Osmanlı İmparatorluğu</t>
+          <t>Türkiye Coğrafyası ve Jeopolitiği Fiziki</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>395</v>
+        <v>230</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259557847</t>
+          <t>9786259557861</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İnanlığın Önemi</t>
+          <t>Yükselişin Sırları Osmanlı Misyonu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>315</v>
+        <v>310</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259572253</t>
+          <t>9786250024041</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Duru Gerçeği</t>
+          <t>Düşlerimdeki Sen</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>499</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259572246</t>
+          <t>9786259278438</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve İman Allah İçin Bir Yaşam</t>
+          <t>Türkiye’nin Siyasal Hayatı 1946-2025</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>365</v>
+        <v>385</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259557830</t>
+          <t>9786259289045</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet’in Önemi</t>
+          <t>Sisli Kentin Ardında</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>365</v>
+        <v>390</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259572239</t>
+          <t>9786259289052</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Unutulmuş Yıkımları Kavimlerin Çöküşü</t>
+          <t>Yalnızlığın Sessiz Öğretmeni Hikmet</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259572215</t>
+          <t>9786259338057</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Karakterlerinin Anatomisi</t>
+          <t>Duvarın Ardı Görmediğimiz Filistin</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>315</v>
+        <v>380</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259572208</t>
+          <t>9786259289007</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Izinde Hikmet Yolculuğu</t>
+          <t>İnsanlığa Doğru</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>385</v>
+        <v>360</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259557885</t>
+          <t>9786259278469</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Kendine Dön</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259557892</t>
+          <t>9786259278407</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Kuralları</t>
+          <t>Kayıp Gençlikten Diriliş Gençliğine</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>260</v>
+        <v>385</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786250026922</t>
+          <t>9786259278414</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Ramazan</t>
+          <t>İnsan ve Siyaset</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>360</v>
+        <v>410</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786250026847</t>
+          <t>9786259278421</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Merhamet</t>
+          <t>Ada Fatma'ya Bir Hatıra</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259557878</t>
+          <t>9786259251615</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Ramazan</t>
+          <t>Devletler ve Güç</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259557809</t>
+          <t>9786259382487</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Vuslat</t>
+          <t>Kayıp Nesil mi, Diriliş Nesli mi?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259748726</t>
+          <t>9786259251691</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Benimle Kal</t>
+          <t>İslamiyet ve Siyaset</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259748788</t>
+          <t>9786259251684</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Asımın Nesli</t>
+          <t>Türk İnsanı ve Siyaset</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259548463</t>
+          <t>9786259251660</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Arapça Türkçe Gramer</t>
+          <t>Bir Keçinin İzinde – Türklerin Anadolu’ya Gelişi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259748757</t>
+          <t>9786259719184</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen Sahabe: Zübeyr B. Avvam</t>
+          <t>Şeytanın Trolleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259748795</t>
+          <t>9786259604152</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Vizyonu</t>
+          <t>Hakk’a Adanmış Kalem</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259748740</t>
+          <t>9786250070901</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>O’na Ulaşmak</t>
+          <t>Çaresiz Haykırış</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259748733</t>
+          <t>9786250071816</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Gençlik</t>
+          <t>Ormandaki Gizemli Dostlar 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055346252</t>
+          <t>9786250028193</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Fahri Kainatın İnsanlığa Mirası</t>
+          <t>Ormandaki Gizemli Dostlar 2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>430</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259548425</t>
+          <t>9786259604145</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İlim</t>
+          <t>Son Nefesin Ardında</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259548470</t>
+          <t>9786259719467</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyde Hayır Görmek</t>
+          <t>Coğrafyaya Giriş Matematik Coğrafya</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259548494</t>
+          <t>9786259719153</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlara Atılan İftiralar</t>
+          <t>Demirhanın Hediyesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259748702</t>
+          <t>9786259719122</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet</t>
+          <t>Sürmeli Kedi Kaplan</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259548487</t>
+          <t>9786259719399</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dava Erleri</t>
+          <t>Hektor’un Hikayesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259548456</t>
+          <t>9786259572284</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Müslümanlara Atılan İftiralar</t>
+          <t>Myanmar'da Arakanlı Müslümanların Sessiz Çığlıkları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786250074534</t>
+          <t>9786259557823</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Engelli El Kitabı</t>
+          <t>Huzurla Gel</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259786025</t>
+          <t>9786259748764</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Abideleri &amp; Dayikên Îslamê</t>
+          <t>Tahtın Efendileri Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>430</v>
+        <v>310</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259511078</t>
+          <t>9786259719108</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Güçlü ve Vasıflı Müslüman</t>
+          <t>İslam’ı Nasıl Anlamalıyız?</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259786032</t>
+          <t>9786259572291</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Örnek Müslüman Kadın Hz. Meryem</t>
+          <t>Karanlıkta Kalan Akıl Cahiliyenin İzleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>355</v>
+        <v>320</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259786094</t>
+          <t>9786259572277</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Gençlik</t>
+          <t>Güç ve İhtirasın Bedeli</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>295</v>
+        <v>310</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058846401</t>
+          <t>9786259572260</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Soy Seyyidler</t>
+          <t>Tarihi Şekillendiren Padişahlar Osmanlı İmparatorluğu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>235</v>
+        <v>395</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058846418</t>
+          <t>9786259557847</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Ehli Beyti</t>
+          <t>İnanlığın Önemi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>315</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259786087</t>
+          <t>9786259572253</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>O’nun Adıyla</t>
+          <t>İslam’ın Duru Gerçeği</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>320</v>
+        <v>499</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259786070</t>
+          <t>9786259572246</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Resullerimiz Diyor Ki</t>
+          <t>Akıl ve İman Allah İçin Bir Yaşam</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>290</v>
+        <v>365</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259786063</t>
+          <t>9786259557830</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İslam Birliğine Çağrı</t>
+          <t>Ehl-i Sünnet’in Önemi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>315</v>
+        <v>365</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259786049</t>
+          <t>9786259572239</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gelin Birlik Olalım</t>
+          <t>Tarihin Unutulmuş Yıkımları Kavimlerin Çöküşü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>295</v>
+        <v>310</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259786056</t>
+          <t>9786259572215</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dünya’da Dış Politika</t>
+          <t>Cahiliye Karakterlerinin Anatomisi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>297</v>
+        <v>315</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259511085</t>
+          <t>9786259572208</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Cihan Saadeti</t>
+          <t>Yusuf’un Izinde Hikmet Yolculuğu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259786018</t>
+          <t>9786259557885</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Sorunlar</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>290</v>
+        <v>395</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259511009</t>
+          <t>9786259557892</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yitirilen Nimetler</t>
+          <t>Ahlak Kuralları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259786001</t>
+          <t>9786250026922</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi’nde Cemel ve Sıffîn</t>
+          <t>Geçmişten Günümüze Ramazan</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259511092</t>
+          <t>9786250026847</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken Cennetle Müjdelenenler</t>
+          <t>Gençlik ve Merhamet</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259511047</t>
+          <t>9786259557878</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim (as) Hz. Lut (as)</t>
+          <t>Geçmişten Günümüze Ramazan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259511054</t>
+          <t>9786259557809</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dinde Çıkar Sağlamak</t>
+          <t>Özlenen Vuslat</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259511061</t>
+          <t>9786259748726</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İnfak Paylaşmakta Huzur Var</t>
+          <t>Benimle Kal</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259511030</t>
+          <t>9786259748788</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hasret Kokan Gençlik</t>
+          <t>Özlenen Asımın Nesli</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259511023</t>
+          <t>9786259548463</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İlk Kıblemiz</t>
+          <t>Arapça Türkçe Gramer</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058846487</t>
+          <t>9786259748757</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Gerçeği</t>
+          <t>Cennetle Müjdelenen Sahabe: Zübeyr B. Avvam</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>298</v>
+        <v>360</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058846494</t>
+          <t>9786259748795</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’yu Bölme İhtirası</t>
+          <t>Osmanlı Vizyonu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058846470</t>
+          <t>9786259748740</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Değerler</t>
+          <t>O’na Ulaşmak</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>305</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058846456</t>
+          <t>9786259748733</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın İnşası</t>
+          <t>İslam ve Gençlik</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058846463</t>
+          <t>9786055346252</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sudan Gelen Hikmet Hz. Musa (AS)</t>
+          <t>Fahri Kainatın İnsanlığa Mirası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259511016</t>
+          <t>9786259548425</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçeğim</t>
+          <t>İslam ve İlim</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786250075944</t>
+          <t>9786259548470</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ezgi’nin Günlüğü</t>
+          <t>Her Şeyde Hayır Görmek</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259548432</t>
+          <t>9786259548494</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüşün Siyasi Kimliği</t>
+          <t>Müslümanlara Atılan İftiralar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058846425</t>
+          <t>9786259748702</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Alın Yazısı</t>
+          <t>Atatürk ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058846432</t>
+          <t>9786259548487</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir Umuttur Yaşamak</t>
+          <t>Dava Erleri</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058846449</t>
+          <t>9786259548456</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gurbetteki Kuşlar</t>
+          <t>Tarih Boyunca Müslümanlara Atılan İftiralar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057092427</t>
+          <t>9786250074534</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Aile</t>
+          <t>Engelli El Kitabı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055346249</t>
+          <t>9786259786025</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çizgi</t>
+          <t>İslam’ın Abideleri &amp; Dayikên Îslamê</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057056542</t>
+          <t>9786259511078</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Çiçek &amp; Kulilka Ku Şikest</t>
+          <t>Güçlü ve Vasıflı Müslüman</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259338002</t>
+          <t>9786259786032</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yüzyıla Girerken Türkiye</t>
+          <t>Örnek Müslüman Kadın Hz. Meryem</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>380</v>
+        <v>355</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259338040</t>
+          <t>9786259786094</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Fetih Ruhu</t>
+          <t>Atatürk ve Gençlik</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>390</v>
+        <v>295</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
+          <t>9786058846401</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Kutlu Soy Seyyidler</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786058846418</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Muhammed’in Ehli Beyti</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786259786087</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>O’nun Adıyla</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786259786070</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Resullerimiz Diyor Ki</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786259786063</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>İslam Birliğine Çağrı</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786259786049</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Gelin Birlik Olalım</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786259786056</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Dünya’da Dış Politika</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786259511085</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Cihan Saadeti</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786259786018</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Temel Dini Sorunlar</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786259511009</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Yitirilen Nimetler</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786259786001</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi’nde Cemel ve Sıffîn</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786259511092</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Yaşarken Cennetle Müjdelenenler</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786259511047</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Hz. İbrahim (as) Hz. Lut (as)</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786259511054</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Dinde Çıkar Sağlamak</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786259511061</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>İnfak Paylaşmakta Huzur Var</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786259511030</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Hasret Kokan Gençlik</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786259511023</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kıblemiz</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786058846487</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Gerçeği</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786058846494</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu’yu Bölme İhtirası</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786058846470</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Ahlaki Değerler</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786058846456</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlığın İnşası</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786058846463</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Sudan Gelen Hikmet Hz. Musa (AS)</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786259511016</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Kır Çiçeğim</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786250075944</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Ezgi’nin Günlüğü</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786259548432</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Milli Görüşün Siyasi Kimliği</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786058846425</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Alın Yazısı</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786058846432</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Bir Umuttur Yaşamak</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786058846449</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Gurbetteki Kuşlar</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786057092427</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Aile</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786055346249</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Çizgi</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786057056542</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Kırılan Çiçek &amp; Kulilka Ku Şikest</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786259338002</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Yüzyıla Girerken Türkiye</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786259338040</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Fetih Ruhu</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
           <t>9786259338019</t>
         </is>
       </c>
-      <c r="B94" s="1" t="inlineStr">
+      <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Bir Dur</t>
         </is>
       </c>
-      <c r="C94" s="1">
+      <c r="C127" s="1">
         <v>380</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>