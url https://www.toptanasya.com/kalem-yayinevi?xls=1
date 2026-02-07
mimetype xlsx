--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -85,520 +85,580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789758907632</t>
+          <t>9789758907366</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Manzum Fıkıh Usulü</t>
+          <t>Endülüs ve Afrika'da Tasavvuf Kültürü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789758907519</t>
+          <t>9789758907335</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Felsefetü 'ilmi'l-kelam: Dirasetun nakdiyye fi'l-mukaddimat ve'l-mebadi' ve'l-makasıt ve'l-menahici'l-kelamiyye</t>
+          <t>Afrika Tasavvuf Araştırmaları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789758907571</t>
+          <t>9789758907274</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Ziyaiyye</t>
+          <t>Siyer Ders Notları - Hazreti Muhammed'in Hayatı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789758907427</t>
+          <t>9789758907465</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>El-Müntehap mine’l-Kuduri ve’l-Lübab</t>
+          <t>İlahi Kelamın Müstesna Grameri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758907267</t>
+          <t>9789758907632</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatü'l Ahzab (3 Kitap Takım) (Ciltli)</t>
+          <t>Manzum Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>3000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789758907564</t>
+          <t>9789758907519</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Camiul Mütün (Arapça)</t>
+          <t>Felsefetü 'ilmi'l-kelam: Dirasetun nakdiyye fi'l-mukaddimat ve'l-mebadi' ve'l-makasıt ve'l-menahici'l-kelamiyye</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758907441</t>
+          <t>9789758907571</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Muhadarat Fi’l-Fıkhi’l-Mukaran</t>
+          <t>Menakıb-ı Ziyaiyye</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758907434</t>
+          <t>9789758907427</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Muhadarat Fi Fıkhı’l-İbadat min Kitab-i Nuri’l-İzah</t>
+          <t>El-Müntehap mine’l-Kuduri ve’l-Lübab</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789758907601</t>
+          <t>9789758907267</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İlim Nuruyla Kemale Ermek</t>
+          <t>Mecmuatü'l Ahzab (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758907588</t>
+          <t>9789758907564</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gariplerin Kitabı (Ciltli)</t>
+          <t>Camiul Mütün (Arapça)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758907410</t>
+          <t>9789758907441</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>El-Muhadaratü’s-Seniyye Fi’l-Hukuki Ve’l-Vacibati’l-Üsriyye Fi Dav-i İctihadati’s-Sadeti’l-Hanefiyye</t>
+          <t>Muhadarat Fi’l-Fıkhi’l-Mukaran</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755980027</t>
+          <t>9789758907434</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Doğam Samed Allah</t>
+          <t>Muhadarat Fi Fıkhı’l-İbadat min Kitab-i Nuri’l-İzah</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758907595</t>
+          <t>9789758907601</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre İnkar</t>
+          <t>İlim Nuruyla Kemale Ermek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758907533</t>
+          <t>9789758907588</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gariplerin Kitabı</t>
+          <t>Gariplerin Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758907496</t>
+          <t>9789758907410</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Reyhan Der ki...</t>
+          <t>El-Muhadaratü’s-Seniyye Fi’l-Hukuki Ve’l-Vacibati’l-Üsriyye Fi Dav-i İctihadati’s-Sadeti’l-Hanefiyye</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758907458</t>
+          <t>9789755980027</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Sanatı</t>
+          <t>Doğam Samed Allah</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758907373</t>
+          <t>9789758907595</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Fas'ta Tasavvufi Hayat</t>
+          <t>Kur'an'a Göre İnkar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758907342</t>
+          <t>9789758907533</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ebu Medyen Şuayb El-Ensari</t>
+          <t>Gariplerin Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758907380</t>
+          <t>9789758907496</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Lidya'da Tasavvufi Hayat</t>
+          <t>Reyhan Der ki...</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758907397</t>
+          <t>9789758907458</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nijarya'da Tasavvuf</t>
+          <t>Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758907229</t>
+          <t>9789758907373</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Banka Darbe Tekniği</t>
+          <t>Fas'ta Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758907304</t>
+          <t>9789758907342</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Önce La Diyelim</t>
+          <t>Ebu Medyen Şuayb El-Ensari</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758907281</t>
+          <t>9789758907380</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Aydınlanma Yolu</t>
+          <t>Lidya'da Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789758907243</t>
+          <t>9789758907397</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Deryasında Saklı İnciler (Ciltli)</t>
+          <t>Nijarya'da Tasavvuf</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758907250</t>
+          <t>9789758907229</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tarikat-ı Muhammediyye (Ciltli)</t>
+          <t>Banka Darbe Tekniği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758907205</t>
+          <t>9789758907304</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ölümde Gömülü Hayat (Ciltli)</t>
+          <t>Önce La Diyelim</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>550</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758907328</t>
+          <t>9789758907281</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Ahlaki İlkeleri (Ciltli)</t>
+          <t>Tasavvufta Aydınlanma Yolu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789758907120</t>
+          <t>9789758907243</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hulasatü'l Abidin (Ciltli)</t>
+          <t>Hadisler Deryasında Saklı İnciler (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789758907083</t>
+          <t>9789758907250</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Fatih Minberinden Müminlere Hutbeler (2 Cilt Takım) (Ciltli)</t>
+          <t>Tarikat-ı Muhammediyye (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758907144</t>
+          <t>9789758907205</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Akaid Sohbetleri</t>
+          <t>Ölümde Gömülü Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789758907199</t>
+          <t>9789758907328</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İctihadda Hata-İsabet Tartışması</t>
+          <t>İslam'ın Ahlaki İlkeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
+          <t>9789758907120</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Hulasatü'l Abidin (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789758907083</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Fatih Minberinden Müminlere Hutbeler (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789758907144</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Akaid Sohbetleri</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789758907199</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>İctihadda Hata-İsabet Tartışması</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
           <t>9789758907212</t>
         </is>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Mağripli Sufi</t>
         </is>
       </c>
-      <c r="C33" s="1">
+      <c r="C37" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>