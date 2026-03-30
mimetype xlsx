--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,580 +85,670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789758907366</t>
+          <t>9789758907182</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Endülüs ve Afrika'da Tasavvuf Kültürü</t>
+          <t>İlim Nuruyla Kemale Ermek (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>325</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789758907335</t>
+          <t>9789758907069</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Afrika Tasavvuf Araştırmaları</t>
+          <t>Metinlerle Tasavvuf Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789758907274</t>
+          <t>9789758907106</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Siyer Ders Notları - Hazreti Muhammed'in Hayatı</t>
+          <t>Hadis Metodolojisi Üzerine Düşünmek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789758907465</t>
+          <t>9789758907021</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kelamın Müstesna Grameri</t>
+          <t>Kaside-i Bürde Tercüme ve Şerhi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>50</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758907632</t>
+          <t>9789758907359</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Manzum Fıkıh Usulü</t>
+          <t>Efdalü’s-Salavat (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789758907519</t>
+          <t>9789758907175</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Felsefetü 'ilmi'l-kelam: Dirasetun nakdiyye fi'l-mukaddimat ve'l-mebadi' ve'l-makasıt ve'l-menahici'l-kelamiyye</t>
+          <t>Akaid Sohbetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758907571</t>
+          <t>9789758907366</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Ziyaiyye</t>
+          <t>Endülüs ve Afrika'da Tasavvuf Kültürü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758907427</t>
+          <t>9789758907335</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>El-Müntehap mine’l-Kuduri ve’l-Lübab</t>
+          <t>Afrika Tasavvuf Araştırmaları</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789758907267</t>
+          <t>9789758907274</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatü'l Ahzab (3 Kitap Takım) (Ciltli)</t>
+          <t>Siyer Ders Notları - Hazreti Muhammed'in Hayatı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>3000</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758907564</t>
+          <t>9789758907465</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Camiul Mütün (Arapça)</t>
+          <t>İlahi Kelamın Müstesna Grameri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758907441</t>
+          <t>9789758907632</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Muhadarat Fi’l-Fıkhi’l-Mukaran</t>
+          <t>Manzum Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758907434</t>
+          <t>9789758907519</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Muhadarat Fi Fıkhı’l-İbadat min Kitab-i Nuri’l-İzah</t>
+          <t>Felsefetü 'ilmi'l-kelam: Dirasetun nakdiyye fi'l-mukaddimat ve'l-mebadi' ve'l-makasıt ve'l-menahici'l-kelamiyye</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758907601</t>
+          <t>9789758907571</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İlim Nuruyla Kemale Ermek</t>
+          <t>Menakıb-ı Ziyaiyye</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758907588</t>
+          <t>9789758907427</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gariplerin Kitabı (Ciltli)</t>
+          <t>El-Müntehap mine’l-Kuduri ve’l-Lübab</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758907410</t>
+          <t>9789758907267</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>El-Muhadaratü’s-Seniyye Fi’l-Hukuki Ve’l-Vacibati’l-Üsriyye Fi Dav-i İctihadati’s-Sadeti’l-Hanefiyye</t>
+          <t>Mecmuatü'l Ahzab (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789755980027</t>
+          <t>9789758907564</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Doğam Samed Allah</t>
+          <t>Camiul Mütün (Arapça)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758907595</t>
+          <t>9789758907441</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre İnkar</t>
+          <t>Muhadarat Fi’l-Fıkhi’l-Mukaran</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758907533</t>
+          <t>9789758907434</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gariplerin Kitabı</t>
+          <t>Muhadarat Fi Fıkhı’l-İbadat min Kitab-i Nuri’l-İzah</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758907496</t>
+          <t>9789758907601</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Reyhan Der ki...</t>
+          <t>İlim Nuruyla Kemale Ermek</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758907458</t>
+          <t>9789758907588</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Sanatı</t>
+          <t>Gariplerin Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758907373</t>
+          <t>9789758907410</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Fas'ta Tasavvufi Hayat</t>
+          <t>El-Muhadaratü’s-Seniyye Fi’l-Hukuki Ve’l-Vacibati’l-Üsriyye Fi Dav-i İctihadati’s-Sadeti’l-Hanefiyye</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758907342</t>
+          <t>9789755980027</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ebu Medyen Şuayb El-Ensari</t>
+          <t>Doğam Samed Allah</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758907380</t>
+          <t>9789758907595</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Lidya'da Tasavvufi Hayat</t>
+          <t>Kur'an'a Göre İnkar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789758907397</t>
+          <t>9789758907533</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nijarya'da Tasavvuf</t>
+          <t>Gariplerin Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758907229</t>
+          <t>9789758907496</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Banka Darbe Tekniği</t>
+          <t>Reyhan Der ki...</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758907304</t>
+          <t>9789758907458</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Önce La Diyelim</t>
+          <t>Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758907281</t>
+          <t>9789758907373</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Aydınlanma Yolu</t>
+          <t>Fas'ta Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789758907243</t>
+          <t>9789758907342</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Deryasında Saklı İnciler (Ciltli)</t>
+          <t>Ebu Medyen Şuayb El-Ensari</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789758907250</t>
+          <t>9789758907380</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tarikat-ı Muhammediyye (Ciltli)</t>
+          <t>Lidya'da Tasavvufi Hayat</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1000</v>
+        <v>325</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758907205</t>
+          <t>9789758907397</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ölümde Gömülü Hayat (Ciltli)</t>
+          <t>Nijarya'da Tasavvuf</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789758907328</t>
+          <t>9789758907229</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Ahlaki İlkeleri (Ciltli)</t>
+          <t>Banka Darbe Tekniği</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758907120</t>
+          <t>9789758907304</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hulasatü'l Abidin (Ciltli)</t>
+          <t>Önce La Diyelim</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758907083</t>
+          <t>9789758907281</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Fatih Minberinden Müminlere Hutbeler (2 Cilt Takım) (Ciltli)</t>
+          <t>Tasavvufta Aydınlanma Yolu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758907144</t>
+          <t>9789758907243</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Akaid Sohbetleri</t>
+          <t>Hadisler Deryasında Saklı İnciler (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758907199</t>
+          <t>9789758907250</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İctihadda Hata-İsabet Tartışması</t>
+          <t>Tarikat-ı Muhammediyye (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
+          <t>9789758907205</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Ölümde Gömülü Hayat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789758907328</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>İslam'ın Ahlaki İlkeleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789758907120</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Hulasatü'l Abidin (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9789758907083</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Fatih Minberinden Müminlere Hutbeler (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789758907144</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Akaid Sohbetleri</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789758907199</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>İctihadda Hata-İsabet Tartışması</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
           <t>9789758907212</t>
         </is>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Mağripli Sufi</t>
         </is>
       </c>
-      <c r="C37" s="1">
+      <c r="C43" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>