--- v0 (2025-10-30)
+++ v1 (2026-03-30)
@@ -85,250 +85,415 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9280000006191</t>
+          <t>9280000006474</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlık ve Yahudilik</t>
+          <t>Müslümanın İnanç Esasları (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9280000007020</t>
+          <t>9280000006993</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hesap ve Hesaba Çekilme</t>
+          <t>Sevgi, İtaat ve İsyan</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9280000007013</t>
+          <t>9280000006214</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ecel ve Ölüm</t>
+          <t>Cahiliyye</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9280000006559</t>
+          <t>9280000006986</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Bilinciyle Canlanmak</t>
+          <t>Bel’am</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9280000006610</t>
+          <t>9280000006085</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nifak ve Münafık</t>
+          <t>Davet</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9280000017531</t>
+          <t>9280000006573</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Rollerin ve Sembollerin Kazandırdığı İbrahimi Şuur: Hac</t>
+          <t>İnsanın Dünya ve Ahiretini Mahveden Virüs: Şirk</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9280000006221</t>
+          <t>9280000006580</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zulüm ve İstikbar</t>
+          <t>Put ve Puta Tapma</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9280000007006</t>
+          <t>9280000006511</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Melek, Cin ve Şeytan</t>
+          <t>Müslümanın Müslümanlaşması</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9280000006207</t>
+          <t>9280000006603</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Atalar Yolu</t>
+          <t>Küfür, Kafir ve Tekfir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9280000006566</t>
+          <t>9280000006542</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Evliliği ve Aile Hayatı</t>
+          <t>Kur’an’ın Kör Dediği Kur’an’ın Gör Dediği</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9280000006498</t>
+          <t>9786059705091</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Daru’l Harp mı Daru’l Harap mı?</t>
+          <t>Gençler İçin Akaid</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9280000006467</t>
+          <t>9280000006191</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Kur’an Kavramları ve Güncel Yansımaları (10 Cilt Takım) (Ciltli)</t>
+          <t>Hıristiyanlık ve Yahudilik</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>17000</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9280000006481</t>
+          <t>9280000007020</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler ve Tevhid Mücadelesi (Ciltli)</t>
+          <t>Hesap ve Hesaba Çekilme</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>850</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
+          <t>9280000007013</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Ecel ve Ölüm</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9280000006559</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Tevhid Bilinciyle Canlanmak</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9280000006610</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Nifak ve Münafık</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9280000017531</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Rollerin ve Sembollerin Kazandırdığı İbrahimi Şuur: Hac</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9280000006221</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Zulüm ve İstikbar</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9280000007006</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Melek, Cin ve Şeytan</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9280000006207</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Atalar Yolu</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9280000006566</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Müslümanın Evliliği ve Aile Hayatı</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9280000006498</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Daru’l Harp mı Daru’l Harap mı?</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9280000006467</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Ansiklopedik Kur’an Kavramları ve Güncel Yansımaları (10 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>17000</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9280000006481</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberler ve Tevhid Mücadelesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
           <t>9280000006528</t>
         </is>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Müslümanın Güzelleşmesi</t>
         </is>
       </c>
-      <c r="C15" s="1">
+      <c r="C26" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>