--- v0 (2025-10-30)
+++ v1 (2026-02-07)
@@ -94,1071 +94,1071 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786059080743</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Ateizm ve Bilim Arasında Din</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786059080736</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>İnsanlığın Adalet Sesi İmam Ali 5. Cilt</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786059080729</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>İnsanlığın Adalet Sesi İmam Ali 4. Cilt</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786059080613</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Gurerü'l Hikem</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>800</v>
+        <v>850</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786059080712</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>İnsanlığın Adalet Sesi İmam Ali 3. Cilt</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786059080705</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>İslam’da Kur’an</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786059080408</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Kitab-ı İhlilece</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786059080316</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Horasandan Balkanlara Seyyid Şücaaddin Veli Ocağı ve Erkanı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786059080699</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>İnsanlığın Adalet Sesi İmam Ali 2. Cilt</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786059080682</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Ehli Sünnet Kaynaklarında Ehlibeyt'in Fazilet ve Hakkaniyeti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786059080675</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Hz. Ali Kimdir?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786059080637</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Hazret-i Fatıma'nın Faziletleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786059080668</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Nasihatname</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786059080620</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Hz. Ali Üstünlükleri veya Hz. Peygamberin Vasisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786059080644</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Hz. Masume ve Kum Şehri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786059080651</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Alevi Devletinin Anlatılmayan Yılları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786058538177</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Ehl-i Beyt Bayramı (Gadir Hum)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786059080583</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Hz. Muhammed'in (s.a.a.) Hayatı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786059080590</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Kaygusuz Abdal - Bir Dervişin Düşleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786059080576</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Alevi Bakışı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786059080552</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>İnsanlığın Adalet Sesi İmam Ali</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786059080545</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Alevilikte Temel İnançlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786059080538</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Hz. Ali'ye Göre Devlet Yönetimi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786059080521</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Yemen</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786059080507</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Ammar B. Yasir</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786059080484</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Kerbela Kıyamının Hüseyni Öğretileri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786059080491</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>İmam Cafer Sadık Üniversitesi</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786059080514</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Al-i Muhammed Emevi İmparatorluğunu Yıkan Örgüt</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786059080477</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Kerbela Yolunda İmam Hüseyin (a.s)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786059080460</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Anadolu’da Alevilik Ruhu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786059080446</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Konuşan Kur’an 1-2</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786059080422</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Hz. Ali ve Cemel Vakası Tarihçe, Metin ve Sadeleştirme</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786059080415</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Direniş ve Diriliş</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786059080392</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Huzeyfe Bin Yeman Sırların Sahibi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786059080385</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Alevilik Kuralları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786059080378</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Mevlid-i İmam Ali</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786059080361</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Hadise-i Kerbela</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786059080354</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Kerbela - Hadikatu's Sueda</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786059080323</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Seyyid Şücaaddin Veli Ocağı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786059080309</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Başkomutan Mustafa Kemal Atatürk'ün Kurtuluş Savaşı Zafer Konuşması</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786059080101</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Rebeze’de Aşk Sancısı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786059080286</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Hayat Boşluk Sevmez</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786059080293</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Bektaşi İlmihali</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786059629126</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786059080279</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Pir Sultan Abdal ve Açıklamalı Bibliyografyası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786059080262</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Kar Kırmızı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786059080217</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Aşk Meydanı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786059080231</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Kalemden Kaleme</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786059080248</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Osman Batur</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786059080194</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Anadolu'dan Anayurda Maneviyat Önderi Halife Altay</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786059629010</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786059629003</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786059629034</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Kabe'nin Oğlu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786059080200</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Beng ü Bade</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786059080187</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Hazin Göç</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786059080170</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Deniz’de Bir Damlaydı Aşk</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786059080163</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Hukuk Risalesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786059629027</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Yüksek Bulutlar Altında</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786059080149</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Demirden Adamlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786059080132</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Asrin</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786059080125</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Luhuf</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786058538160</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Ehl-i Beyt'in Sırları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786059080118</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Rahmet Yağmuru</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786059080453</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Hüsniye Risalesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786059080019</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Ehl-i Beyt’in Bilgini İmam Rıza</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786059080026</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Alevi Devletleri (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786059080002</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Çölün Feryadı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786058538184</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Ceylanların Sığınağı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786058602670</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Tevhid-i Mufazzal</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786058538122</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Melekten Ordular</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786058602649</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
@@ -1174,46 +1174,46 @@
         <is>
           <t>9786058602663</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Cennet Gençlerinin Efendisi İmam Hasan</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786059080224</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Kerbela Kadınları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>