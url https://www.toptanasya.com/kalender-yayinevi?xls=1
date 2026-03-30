--- v1 (2026-02-07)
+++ v2 (2026-03-30)
@@ -85,1135 +85,1495 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059080743</t>
+          <t>9786059080330</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ateizm ve Bilim Arasında Din</t>
+          <t>Arman (Ukde)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059080736</t>
+          <t>9786059629065</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Adalet Sesi İmam Ali 5. Cilt</t>
+          <t>Yıldız ve Konuşan Bebek</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059080729</t>
+          <t>9786059080255</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Adalet Sesi İmam Ali 4. Cilt</t>
+          <t>Zülfü Siyahım</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059080613</t>
+          <t>9786059629041</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gurerü'l Hikem</t>
+          <t>Sevgi Efsanesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>850</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059080712</t>
+          <t>9786058538146</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Adalet Sesi İmam Ali 3. Cilt</t>
+          <t>İmam Muhammed Taki</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059080705</t>
+          <t>9786059080347</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kur’an</t>
+          <t>Semerkant ve Buhara'da Kanlı Günler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059080408</t>
+          <t>9786059629119</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı İhlilece</t>
+          <t>Haydi Çocuklar! Resimleri Boyayalım 5 - Besinler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059080316</t>
+          <t>9786059629102</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Horasandan Balkanlara Seyyid Şücaaddin Veli Ocağı ve Erkanı</t>
+          <t>Haydi Çocuklar! Resimleri Boyayalım 4 - Vahşi Hayvanlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059080699</t>
+          <t>9786059629096</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Adalet Sesi İmam Ali 2. Cilt</t>
+          <t>Haydi Çocuklar! Resimleri Boyayalım 3 - Taşıtlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059080682</t>
+          <t>9786059629089</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ehli Sünnet Kaynaklarında Ehlibeyt'in Fazilet ve Hakkaniyeti</t>
+          <t>Haydi Çocuklar! Resimleri Boyayalım 2 - Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059080675</t>
+          <t>9786059629072</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Kimdir?</t>
+          <t>Haydi Çocuklar! Resimleri Boyayalım 1 - Eşyalarım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059080637</t>
+          <t>9786059629058</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Fatıma'nın Faziletleri</t>
+          <t>Yıldız ve Kargalar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059080668</t>
+          <t>9786059080095</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nasihatname</t>
+          <t>Gözyaşlarının Şehidi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059080620</t>
+          <t>9786058538108</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Üstünlükleri veya Hz. Peygamberin Vasisi</t>
+          <t>Kadınlar Şahı Hz. Fatıma</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059080644</t>
+          <t>9786058602632</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hz. Masume ve Kum Şehri</t>
+          <t>Konuşan Kur'an 3 - İlya</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059080651</t>
+          <t>9786058602625</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Alevi Devletinin Anlatılmayan Yılları</t>
+          <t>Konuşan Kur'an 2 - Toprağın Babası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058538177</t>
+          <t>9786058602618</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt Bayramı (Gadir Hum)</t>
+          <t>Konuşan Kur'an</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059080583</t>
+          <t>9786058538191</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in (s.a.a.) Hayatı</t>
+          <t>Özgürlerin Şahı İmam Hüseyin</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>650</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059080590</t>
+          <t>9786059080156</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdal - Bir Dervişin Düşleri</t>
+          <t>Düş Penceremden</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059080576</t>
+          <t>9786059080057</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Alevi Bakışı</t>
+          <t>Şöhret Yollarında</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059080552</t>
+          <t>9786059080040</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Adalet Sesi İmam Ali</t>
+          <t>Kırkların Serdarı Kızıldeli</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059080545</t>
+          <t>9786059080064</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Temel İnançlar</t>
+          <t>Ariflerin Sultanı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059080538</t>
+          <t>9786059080071</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali'ye Göre Devlet Yönetimi</t>
+          <t>Güneşten Damlalar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059080521</t>
+          <t>9786058538115</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yemen</t>
+          <t>Kimyanın Efendisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059080507</t>
+          <t>9786059080743</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ammar B. Yasir</t>
+          <t>Ateizm ve Bilim Arasında Din</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059080484</t>
+          <t>9786059080736</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Kıyamının Hüseyni Öğretileri</t>
+          <t>İnsanlığın Adalet Sesi İmam Ali 5. Cilt</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059080491</t>
+          <t>9786059080729</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İmam Cafer Sadık Üniversitesi</t>
+          <t>İnsanlığın Adalet Sesi İmam Ali 4. Cilt</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059080514</t>
+          <t>9786059080613</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Al-i Muhammed Emevi İmparatorluğunu Yıkan Örgüt</t>
+          <t>Gurerü'l Hikem</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>850</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059080477</t>
+          <t>9786059080712</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Yolunda İmam Hüseyin (a.s)</t>
+          <t>İnsanlığın Adalet Sesi İmam Ali 3. Cilt</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059080460</t>
+          <t>9786059080705</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Alevilik Ruhu</t>
+          <t>İslam’da Kur’an</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059080446</t>
+          <t>9786059080408</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kur’an 1-2</t>
+          <t>Kitab-ı İhlilece</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059080422</t>
+          <t>9786059080316</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali ve Cemel Vakası Tarihçe, Metin ve Sadeleştirme</t>
+          <t>Horasandan Balkanlara Seyyid Şücaaddin Veli Ocağı ve Erkanı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059080415</t>
+          <t>9786059080699</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Direniş ve Diriliş</t>
+          <t>İnsanlığın Adalet Sesi İmam Ali 2. Cilt</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059080392</t>
+          <t>9786059080682</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Huzeyfe Bin Yeman Sırların Sahibi</t>
+          <t>Ehli Sünnet Kaynaklarında Ehlibeyt'in Fazilet ve Hakkaniyeti</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059080385</t>
+          <t>9786059080675</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Kuralları</t>
+          <t>Hz. Ali Kimdir?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059080378</t>
+          <t>9786059080637</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mevlid-i İmam Ali</t>
+          <t>Hazret-i Fatıma'nın Faziletleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059080361</t>
+          <t>9786059080668</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hadise-i Kerbela</t>
+          <t>Nasihatname</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059080354</t>
+          <t>9786059080620</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kerbela - Hadikatu's Sueda</t>
+          <t>Hz. Ali Üstünlükleri veya Hz. Peygamberin Vasisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059080323</t>
+          <t>9786059080644</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Şücaaddin Veli Ocağı</t>
+          <t>Hz. Masume ve Kum Şehri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059080309</t>
+          <t>9786059080651</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Başkomutan Mustafa Kemal Atatürk'ün Kurtuluş Savaşı Zafer Konuşması</t>
+          <t>Alevi Devletinin Anlatılmayan Yılları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059080101</t>
+          <t>9786058538177</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Rebeze’de Aşk Sancısı</t>
+          <t>Ehl-i Beyt Bayramı (Gadir Hum)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059080286</t>
+          <t>9786059080583</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hayat Boşluk Sevmez</t>
+          <t>Hz. Muhammed'in (s.a.a.) Hayatı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059080293</t>
+          <t>9786059080590</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi İlmihali</t>
+          <t>Kaygusuz Abdal - Bir Dervişin Düşleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059629126</t>
+          <t>9786059080576</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Alevi Bakışı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059080279</t>
+          <t>9786059080552</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal ve Açıklamalı Bibliyografyası</t>
+          <t>İnsanlığın Adalet Sesi İmam Ali</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059080262</t>
+          <t>9786059080545</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kar Kırmızı</t>
+          <t>Alevilikte Temel İnançlar</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059080217</t>
+          <t>9786059080538</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aşk Meydanı</t>
+          <t>Hz. Ali'ye Göre Devlet Yönetimi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059080231</t>
+          <t>9786059080521</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kalemden Kaleme</t>
+          <t>Yemen</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059080248</t>
+          <t>9786059080507</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Osman Batur</t>
+          <t>Ammar B. Yasir</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059080194</t>
+          <t>9786059080484</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'dan Anayurda Maneviyat Önderi Halife Altay</t>
+          <t>Kerbela Kıyamının Hüseyni Öğretileri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059629010</t>
+          <t>9786059080491</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>İmam Cafer Sadık Üniversitesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059629003</t>
+          <t>9786059080514</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Al-i Muhammed Emevi İmparatorluğunu Yıkan Örgüt</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059629034</t>
+          <t>9786059080477</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kabe'nin Oğlu</t>
+          <t>Kerbela Yolunda İmam Hüseyin (a.s)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059080200</t>
+          <t>9786059080460</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Beng ü Bade</t>
+          <t>Anadolu’da Alevilik Ruhu</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059080187</t>
+          <t>9786059080446</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hazin Göç</t>
+          <t>Konuşan Kur’an 1-2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059080170</t>
+          <t>9786059080422</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Deniz’de Bir Damlaydı Aşk</t>
+          <t>Hz. Ali ve Cemel Vakası Tarihçe, Metin ve Sadeleştirme</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059080163</t>
+          <t>9786059080415</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Risalesi</t>
+          <t>Direniş ve Diriliş</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059629027</t>
+          <t>9786059080392</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Bulutlar Altında</t>
+          <t>Huzeyfe Bin Yeman Sırların Sahibi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059080149</t>
+          <t>9786059080385</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Demirden Adamlar</t>
+          <t>Alevilik Kuralları</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059080132</t>
+          <t>9786059080378</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Asrin</t>
+          <t>Mevlid-i İmam Ali</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059080125</t>
+          <t>9786059080361</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Luhuf</t>
+          <t>Hadise-i Kerbela</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058538160</t>
+          <t>9786059080354</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt'in Sırları</t>
+          <t>Kerbela - Hadikatu's Sueda</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059080118</t>
+          <t>9786059080323</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Yağmuru</t>
+          <t>Seyyid Şücaaddin Veli Ocağı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059080453</t>
+          <t>9786059080309</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hüsniye Risalesi</t>
+          <t>Başkomutan Mustafa Kemal Atatürk'ün Kurtuluş Savaşı Zafer Konuşması</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059080019</t>
+          <t>9786059080101</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt’in Bilgini İmam Rıza</t>
+          <t>Rebeze’de Aşk Sancısı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059080026</t>
+          <t>9786059080286</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Alevi Devletleri (Ciltli)</t>
+          <t>Hayat Boşluk Sevmez</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059080002</t>
+          <t>9786059080293</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çölün Feryadı</t>
+          <t>Bektaşi İlmihali</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058538184</t>
+          <t>9786059629126</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ceylanların Sığınağı</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058602670</t>
+          <t>9786059080279</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tevhid-i Mufazzal</t>
+          <t>Pir Sultan Abdal ve Açıklamalı Bibliyografyası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058538122</t>
+          <t>9786059080262</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Melekten Ordular</t>
+          <t>Kar Kırmızı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058602649</t>
+          <t>9786059080217</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kızılbaş Ordusu</t>
+          <t>Aşk Meydanı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058602663</t>
+          <t>9786059080231</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Cennet Gençlerinin Efendisi İmam Hasan</t>
+          <t>Kalemden Kaleme</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
+          <t>9786059080248</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Osman Batur</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786059080194</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu'dan Anayurda Maneviyat Önderi Halife Altay</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786059629010</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786059629003</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeftali Bin Şeftali</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786059629034</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Kabe'nin Oğlu</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786059080200</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Beng ü Bade</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786059080187</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Hazin Göç</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786059080170</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Deniz’de Bir Damlaydı Aşk</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786059080163</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Risalesi</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786059629027</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Bulutlar Altında</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786059080149</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Demirden Adamlar</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786059080132</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Asrin</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786059080125</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Luhuf</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786058538160</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Beyt'in Sırları</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786059080118</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Rahmet Yağmuru</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786059080453</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Hüsniye Risalesi</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786059080019</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Beyt’in Bilgini İmam Rıza</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786059080026</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Alevi Devletleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786059080002</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Çölün Feryadı</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786058538184</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Ceylanların Sığınağı</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786058602670</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Tevhid-i Mufazzal</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786058538122</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Melekten Ordular</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786058602649</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Kızılbaş Ordusu</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786058602663</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Gençlerinin Efendisi İmam Hasan</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
           <t>9786059080224</t>
         </is>
       </c>
-      <c r="B74" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Kerbela Kadınları</t>
         </is>
       </c>
-      <c r="C74" s="1">
+      <c r="C98" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>