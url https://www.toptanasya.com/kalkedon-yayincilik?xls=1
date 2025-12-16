--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,4810 +85,4885 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057942821</t>
+          <t>9786057942845</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İcraatlarım ve Yaşadıklarım</t>
+          <t>Sözün Gölgesinde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>950</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054979837</t>
+          <t>9789944115209</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Afganistan Tarihi</t>
+          <t>Eleştirel Pedagojinin Vaadi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057942791</t>
+          <t>9786057942623</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sintrofoi</t>
+          <t>Laik Eğitim Mücadelemiz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057942807</t>
+          <t>9786055679927</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Göbekli Tepe</t>
+          <t>Tarihe Işık Tutan Anılar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057942814</t>
+          <t>9786057942838</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi Sözlüğü</t>
+          <t>Sinemada Kamera Rejisi Kuramı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054979806</t>
+          <t>9786057942821</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs'ın Mücahit Hemşireleri</t>
+          <t>İcraatlarım ve Yaşadıklarım</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055679837</t>
+          <t>9786054979837</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Afganistan Tarihi - Başlangıçtan Günümüze</t>
+          <t>Başlangıçtan Günümüze Afganistan Tarihi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054979783</t>
+          <t>9786057942791</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Düzenbazlar 1. Cilt</t>
+          <t>Sintrofoi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054979240</t>
+          <t>9786057942807</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çinlilerin Gözünden Türklerin Tarihi</t>
+          <t>Göbekli Tepe</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055679989</t>
+          <t>9786057942814</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>KESK Tarihi</t>
+          <t>Kamu Diplomasisi Sözlüğü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054979196</t>
+          <t>9786054979806</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri 4. Cilt (Ciltli)</t>
+          <t>Kıbrıs'ın Mücahit Hemşireleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057942227</t>
+          <t>9786055679837</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Göbekli Tepe - Kozmik Doğuş, Kutsal Evlilik ve Ölümden Dirilişe</t>
+          <t>Afganistan Tarihi - Başlangıçtan Günümüze</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057942111</t>
+          <t>9786054979783</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Antik Avrupa 3.Cilt</t>
+          <t>Düzenbazlar 1. Cilt</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057942708</t>
+          <t>9786054979240</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi Dönemlerden Günümüze İnsan Emeğinin Tarihi</t>
+          <t>Çinlilerin Gözünden Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057942777</t>
+          <t>9786055679989</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Karadenize Akan Düşler – Şiirler Maniler Türküler – Karadeniz Gökkuşağı (Ciltli)</t>
+          <t>KESK Tarihi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>950</v>
+        <v>750</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057942760</t>
+          <t>9786054979196</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuryazarlığı - Türler, İzleyici ve Çözümleme</t>
+          <t>Hapishane Defterleri 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057942692</t>
+          <t>9786057942227</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası Toplumsal Mücadele Tarihi</t>
+          <t>Göbekli Tepe - Kozmik Doğuş, Kutsal Evlilik ve Ölümden Dirilişe</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057942753</t>
+          <t>9786057942111</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Jön Türk Hareketi - Kulüp</t>
+          <t>Antik Avrupa 3.Cilt</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054979127</t>
+          <t>9786057942708</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Pepsis ve Tarantula</t>
+          <t>Tarih Öncesi Dönemlerden Günümüze İnsan Emeğinin Tarihi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>420</v>
+        <v>750</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055679187</t>
+          <t>9786057942777</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitimi</t>
+          <t>Karadenize Akan Düşler – Şiirler Maniler Türküler – Karadeniz Gökkuşağı (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>550</v>
+        <v>950</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055679200</t>
+          <t>9786057942760</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Sosyal Demokrasi Toplumcu Belediyecilik</t>
+          <t>Medya Okuryazarlığı - Türler, İzleyici ve Çözümleme</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055679576</t>
+          <t>9786057942692</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medyada Nefret Söylemi</t>
+          <t>Kuşadası Toplumsal Mücadele Tarihi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054511624</t>
+          <t>9786057942753</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Vesikalı Yurttaş</t>
+          <t>Kıbrıs’ta Jön Türk Hareketi - Kulüp</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055679811</t>
+          <t>9786054979127</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Unutulan 101 Film</t>
+          <t>Pepsis ve Tarantula</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054511839</t>
+          <t>9786055679187</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Milliyetçilikle İmtihanı</t>
+          <t>Yetişkin Eğitimi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055679163</t>
+          <t>9786055679200</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tüm Gizemleriyle Tapınak Şövalyeleri</t>
+          <t>Yerel Yönetimlerde Sosyal Demokrasi Toplumcu Belediyecilik</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054511020</t>
+          <t>9786055679576</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tutankamon</t>
+          <t>Yeni Medyada Nefret Söylemi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055679170</t>
+          <t>9786054511624</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Paylaşım Ağı Facebook: "Görülüyorum Öyleyse Varım"</t>
+          <t>Vesikalı Yurttaş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944572460</t>
+          <t>9786055679811</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi ya da Siyasi Hukuk İlkeleri</t>
+          <t>Unutulan 101 Film</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054511082</t>
+          <t>9786054511839</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tekelci Finans Sermayesi</t>
+          <t>Türkiye’nin Milliyetçilikle İmtihanı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055679484</t>
+          <t>9786055679163</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Silinmez Mürekkepli Aşkları</t>
+          <t>Tüm Gizemleriyle Tapınak Şövalyeleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054511273</t>
+          <t>9786054511020</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Feminist Proje Cilt: 2</t>
+          <t>Tutankamon</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054511259</t>
+          <t>9786055679170</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Feminist Proje Cilt: 1</t>
+          <t>Toplumsal Paylaşım Ağı Facebook: "Görülüyorum Öyleyse Varım"</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000016050</t>
+          <t>9789944572460</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Simya ve Simyacılar</t>
+          <t>Toplum Sözleşmesi ya da Siyasi Hukuk İlkeleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055679774</t>
+          <t>9786054511082</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Stüdyo Ghibli</t>
+          <t>Tekelci Finans Sermayesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055679590</t>
+          <t>9786055679484</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazımı</t>
+          <t>Tarihin Silinmez Mürekkepli Aşkları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054511075</t>
+          <t>9786054511273</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Psikocoğrafya</t>
+          <t>Sosyalist Feminist Proje Cilt: 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944572408</t>
+          <t>9786054511259</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilikten Günümüze Emperyalizm</t>
+          <t>Sosyalist Feminist Proje Cilt: 1</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055679026</t>
+          <t>3990000016050</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Pedagoji ve Praksis</t>
+          <t>Simya ve Simyacılar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055679934</t>
+          <t>9786055679774</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Paşalar Papazlar</t>
+          <t>Stüdyo Ghibli</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055679828</t>
+          <t>9786055679590</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar ve Yapım Teknikleri</t>
+          <t>Senaryo Yazımı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789750073786</t>
+          <t>9786054511075</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’nun Yeniden İşgali</t>
+          <t>Psikocoğrafya</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>39</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055679156</t>
+          <t>9789944572408</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Katharlar</t>
+          <t>Sömürgecilikten Günümüze Emperyalizm</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944115568</t>
+          <t>9786055679026</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm ve Kriz</t>
+          <t>Pedagoji ve Praksis</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055679002</t>
+          <t>9786055679934</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Zamanda Aşınma</t>
+          <t>Paşalar Papazlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789750073762</t>
+          <t>9786055679828</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Neo Liberalizme Karşı Ortak Savunma</t>
+          <t>Oyunlar ve Yapım Teknikleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054511174</t>
+          <t>9789750073786</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Nefret - Malatya: Bir Milli Mutabakat Cinayeti</t>
+          <t>Ortadoğu’nun Yeniden İşgali</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>290</v>
+        <v>39</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944115261</t>
+          <t>9786055679156</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Görselliği</t>
+          <t>Katharlar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054511822</t>
+          <t>9789944115568</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Miteroloji / Mytherology</t>
+          <t>Neoliberalizm ve Kriz</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789750073755</t>
+          <t>9786055679002</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Medyanın Sorunu</t>
+          <t>Neoliberal Zamanda Aşınma</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055679460</t>
+          <t>9789750073762</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Medya, Barış ve Savaş</t>
+          <t>Neo Liberalizme Karşı Ortak Savunma</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055679637</t>
+          <t>9786054511174</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Medya Çalışmaları - Teoriler ve Yaklaşımlar</t>
+          <t>Nefret - Malatya: Bir Milli Mutabakat Cinayeti</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055679651</t>
+          <t>9789944115261</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Masonların 101 Sırrı</t>
+          <t>Müziğin Görselliği</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055679040</t>
+          <t>9786054511822</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Para Teorisi</t>
+          <t>Miteroloji / Mytherology</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055679958</t>
+          <t>9789750073755</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kriz Teorisi 1. Kitap</t>
+          <t>Medyanın Sorunu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055679446</t>
+          <t>9786055679460</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Emek Değer Teorisi</t>
+          <t>Medya, Barış ve Savaş</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055679354</t>
+          <t>9786055679637</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Doğuşu</t>
+          <t>Medya Çalışmaları - Teoriler ve Yaklaşımlar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054511112</t>
+          <t>9786055679651</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Marksist Emperyalizm Teorileri</t>
+          <t>Masonların 101 Sırrı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944115506</t>
+          <t>9786055679040</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mahir - Deniz - / İbo Anlatılan Senin Hikayendir</t>
+          <t>Marx’ın Para Teorisi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055679552</t>
+          <t>9786055679958</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Luviler</t>
+          <t>Marx’ın Kriz Teorisi 1. Kitap</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>690</v>
+        <v>490</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944115292</t>
+          <t>9786055679446</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Yaklaşan Sosyalizm</t>
+          <t>Marx’ın Emek Değer Teorisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944572446</t>
+          <t>9786055679354</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Kıskacında Arjantin</t>
+          <t>Marksizmin Doğuşu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055679385</t>
+          <t>9786054511112</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kase</t>
+          <t>Marksist Emperyalizm Teorileri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054511457</t>
+          <t>9789944115506</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası</t>
+          <t>Mahir - Deniz - / İbo Anlatılan Senin Hikayendir</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>39</v>
+        <v>390</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054511181</t>
+          <t>9786055679552</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Canavarları</t>
+          <t>Luviler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055679835</t>
+          <t>9789944115292</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Korku Sineması</t>
+          <t>Küreselleşme ve Yaklaşan Sosyalizm</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944115636</t>
+          <t>9789944572446</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kolomb ve Diğer Yamyamlar</t>
+          <t>Küreselleşme Kıskacında Arjantin</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944572484</t>
+          <t>9786055679385</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tebeşir</t>
+          <t>Kutsal Kase</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944115582</t>
+          <t>9786054511457</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslı Türk Devrimci Hareketi (Halk-Der)</t>
+          <t>Kuşadası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>39</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054511716</t>
+          <t>9786054511181</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Miskinhanesi</t>
+          <t>Korkunun Canavarları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054511556</t>
+          <t>9786055679835</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Komplosu</t>
+          <t>Korku Sineması</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>3990000027533</t>
+          <t>9789944115636</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Keynes’in Genel Teori’si Üzerine</t>
+          <t>Kolomb ve Diğer Yamyamlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055679941</t>
+          <t>9789944572484</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitolojisi</t>
+          <t>Kızıl Tebeşir</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055679088</t>
+          <t>9789944115582</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Alevi Efsanesi</t>
+          <t>Kıbrıslı Türk Devrimci Hareketi (Halk-Der)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055679866</t>
+          <t>9786054511716</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kara Ölüm</t>
+          <t>Kıbrıs Miskinhanesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944115230</t>
+          <t>9786054511556</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kapitalistler ve İşgalciler</t>
+          <t>Kıbrıs Komplosu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>3990000027964</t>
+          <t>3990000027533</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Gelişme Teorisi</t>
+          <t>Keynes’in Genel Teori’si Üzerine</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055679125</t>
+          <t>9786055679941</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kapital’i Okuma Kılavuzu</t>
+          <t>Kelt Mitolojisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055679514</t>
+          <t>9786055679088</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mavi Marmara</t>
+          <t>Kayıp Bir Alevi Efsanesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>39</v>
+        <v>490</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055679064</t>
+          <t>9786055679866</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>John Kenneth Galbraith İktisadi Düşüncenin Değişimine Bir Katkı</t>
+          <t>Kara Ölüm</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054511808</t>
+          <t>9789944115230</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İyi Saatler Olsun</t>
+          <t>Kapitalistler ve İşgalciler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055679682</t>
+          <t>3990000027964</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İşçi Sınıfımızın İlk Öncüleri</t>
+          <t>Kapitalist Gelişme Teorisi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944572491</t>
+          <t>9786055679125</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İsrail Siyonizm ve Ortadoğu</t>
+          <t>Kapital’i Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054511631</t>
+          <t>9786055679514</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İnsan Toplumunun Kökenleri</t>
+          <t>Kanlı Mavi Marmara</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>850</v>
+        <v>39</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055679507</t>
+          <t>9786055679064</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Yaşamın Uzun Dalgaları</t>
+          <t>John Kenneth Galbraith İktisadi Düşüncenin Değişimine Bir Katkı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944115520</t>
+          <t>9786054511808</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İblis</t>
+          <t>İyi Saatler Olsun</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944115452</t>
+          <t>9786055679682</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Kıbrıs "Turnalar Nereden Gelirdi?"</t>
+          <t>İşçi Sınıfımızın İlk Öncüleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055679873</t>
+          <t>9789944572491</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Yoldaş</t>
+          <t>İsrail Siyonizm ve Ortadoğu</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055679910</t>
+          <t>9786054511631</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>İnsan Toplumunun Kökenleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>225</v>
+        <v>950</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055679545</t>
+          <t>9786055679507</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hacıyatmazı Devirmek</t>
+          <t>İktisadi Yaşamın Uzun Dalgaları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054511150</t>
+          <t>9789944115520</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gramsci’yi Çözümlemek</t>
+          <t>İblis</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055679996</t>
+          <t>9789944115452</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gramsci’de Dil ve Hegemonya</t>
+          <t>Hoşçakal Kıbrıs "Turnalar Nereden Gelirdi?"</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789750073731</t>
+          <t>9786055679873</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gözetlenen Toplum  Günlük Hayatı Kontrol Etmek</t>
+          <t>Hanefi Yoldaş</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054511402</t>
+          <t>9786055679910</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gözetimin Küreselleşmesi</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054511747</t>
+          <t>9786055679545</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Gözetim Çalışmaları</t>
+          <t>Hacıyatmazı Devirmek</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054511211</t>
+          <t>9786054511150</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gorbaçov’dan Putin’e Rusya’nın Yolu</t>
+          <t>Gramsci’yi Çözümlemek</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055679217</t>
+          <t>9786055679996</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gizli Topluluklar</t>
+          <t>Gramsci’de Dil ve Hegemonya</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055679132</t>
+          <t>9789750073731</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Amerika Birleşik Devletleri Halkları Tarihi</t>
+          <t>Gözetlenen Toplum  Günlük Hayatı Kontrol Etmek</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054511198</t>
+          <t>9786054511402</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gramsci ve Eğitim</t>
+          <t>Gözetimin Küreselleşmesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055679415</t>
+          <t>9786054511747</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Firari Kahkahalar</t>
+          <t>Gözetim Çalışmaları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>69</v>
+        <v>550</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055679767</t>
+          <t>9786054511211</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Film Çalışmaları</t>
+          <t>Gorbaçov’dan Putin’e Rusya’nın Yolu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>295</v>
+        <v>600</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055679422</t>
+          <t>9786055679217</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Fikirlerimizin Sahibi Kim?</t>
+          <t>Gizli Topluluklar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054511136</t>
+          <t>9786055679132</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Felsefeyi Aşmış Marksizm</t>
+          <t>Gençler İçin Amerika Birleşik Devletleri Halkları Tarihi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>125</v>
+        <v>490</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055679248</t>
+          <t>9786054511198</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Ateşi</t>
+          <t>Gramsci ve Eğitim</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>125</v>
+        <v>750</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054511051</t>
+          <t>9786055679415</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Etkili Konuşma</t>
+          <t>Firari Kahkahalar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>290</v>
+        <v>69</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944115053</t>
+          <t>9786055679767</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Emek ve Tekelci Sermaye</t>
+          <t>Film Çalışmaları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>650</v>
+        <v>295</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055679255</t>
+          <t>9786055679422</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Emek Değer Teorileri</t>
+          <t>Fikirlerimizin Sahibi Kim?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054511655</t>
+          <t>9786054511136</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gramsci ve Eğitsel Düşünce</t>
+          <t>Felsefeyi Aşmış Marksizm</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944115179</t>
+          <t>9786055679248</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Medya Okuryazarlığı</t>
+          <t>Felsefenin Ateşi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>290</v>
+        <v>125</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054511693</t>
+          <t>9786054511051</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve İktidar</t>
+          <t>Etkili Konuşma</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055679880</t>
+          <t>9789944115053</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Düşük Bütçeli Filmler</t>
+          <t>Emek ve Tekelci Sermaye</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>290</v>
+        <v>650</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055679347</t>
+          <t>9786055679255</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Digenes Akrites - Anadolu’nun Büyük Destanı</t>
+          <t>Emek Değer Teorileri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944115186</t>
+          <t>9786054511655</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Devrim Taciri İttihat ve Terakki’nin Bolşevik Teorisyeni: Parvus Efendi</t>
+          <t>Gramsci ve Eğitsel Düşünce</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>590</v>
+        <v>550</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944115018</t>
+          <t>9789944115179</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Devrim Sonrası Toplumlar</t>
+          <t>Eleştirel Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054511594</t>
+          <t>9786054511693</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dergah’ın Sırrı - Aleviliğin Kayıp Hafızası</t>
+          <t>Eğitim ve İktidar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>420</v>
+        <v>590</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054511358</t>
+          <t>9786055679880</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>David Lynch</t>
+          <t>Düşük Bütçeli Filmler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055679750</t>
+          <t>9786055679347</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dario Argento</t>
+          <t>Digenes Akrites - Anadolu’nun Büyük Destanı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>290</v>
+        <v>890</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944115049</t>
+          <t>9789944115186</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çok Uluslu Şirketler Yargılanıyor</t>
+          <t>Devrim Taciri İttihat ve Terakki’nin Bolşevik Teorisyeni: Parvus Efendi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789750073717</t>
+          <t>9789944115018</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çin ve Sosyalizm</t>
+          <t>Devrim Sonrası Toplumlar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054511129</t>
+          <t>9786054511594</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Charlie Kaufman ve Hollywood’un Neşeli Afacanlar, Fabulistler ve Hayalperestler Takımı</t>
+          <t>Dergah’ın Sırrı - Aleviliğin Kayıp Hafızası</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055679972</t>
+          <t>9786054511358</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cassavetes - Aşk Irmakları Setinde</t>
+          <t>David Lynch</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055679477</t>
+          <t>9786055679750</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bizans’ın Kısa Tarihi</t>
+          <t>Dario Argento</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054511068</t>
+          <t>9789944115049</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Kader Olunca</t>
+          <t>Çok Uluslu Şirketler Yargılanıyor</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>550</v>
+        <v>225</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055679620</t>
+          <t>9789750073717</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin ve Evrim Tartışmaları</t>
+          <t>Çin ve Sosyalizm</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944572477</t>
+          <t>9786054511129</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bir Hareket Yaratmak MST Brezilya Topraksız Kır İşçileri Hareketi</t>
+          <t>Charlie Kaufman ve Hollywood’un Neşeli Afacanlar, Fabulistler ve Hayalperestler Takımı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054511419</t>
+          <t>9786055679972</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bellek İzleri (DVD Hediyeli)</t>
+          <t>Cassavetes - Aşk Irmakları Setinde</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054511105</t>
+          <t>9786055679477</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Belgeseller</t>
+          <t>Bizans’ın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054511723</t>
+          <t>9786054511068</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>B’aşka Yazdım Hüznü</t>
+          <t>Biyoloji Kader Olunca</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055679118</t>
+          <t>9786055679620</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bahçe Bizim Gül Bizdedir</t>
+          <t>Charles Darwin ve Evrim Tartışmaları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944115599</t>
+          <t>9789944572477</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Aze’nin İzi</t>
+          <t>Bir Hareket Yaratmak MST Brezilya Topraksız Kır İşçileri Hareketi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>17</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055679804</t>
+          <t>9786054511419</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Kısa Tarihi</t>
+          <t>Bellek İzleri (DVD Hediyeli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944115476</t>
+          <t>9786054511105</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Anısı Bizdik Bu Kentin</t>
+          <t>Belgeseller</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>36</v>
+        <v>290</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054511730</t>
+          <t>9786054511723</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Andrey Tarkovski</t>
+          <t>B’aşka Yazdım Hüznü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944115216</t>
+          <t>9786055679118</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Aman, Piyasalar!</t>
+          <t>Bahçe Bizim Gül Bizdedir</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055679095</t>
+          <t>9789944115599</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Kökleri</t>
+          <t>Aze’nin İzi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>490</v>
+        <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054511600</t>
+          <t>9786055679804</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Kayıp Bin Yılı (325-1325)</t>
+          <t>Avrupa’nın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054511037</t>
+          <t>9789944115476</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Gizli Tarihi Demirin Üstünde Karınca İzi</t>
+          <t>Anısı Bizdik Bu Kentin</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>450</v>
+        <v>36</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055679019</t>
+          <t>9786054511730</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Akyazı</t>
+          <t>Andrey Tarkovski</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944115469</t>
+          <t>9789944115216</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Acı Çay</t>
+          <t>Aman, Piyasalar!</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054511785</t>
+          <t>9786055679095</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>5 Kuruşluk Devrim</t>
+          <t>Aleviliğin Kökleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>590</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055679521</t>
+          <t>9786054511600</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Sosyalizmi ve Latin Amerika</t>
+          <t>Aleviliğin Kayıp Bin Yılı (325-1325)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054511099</t>
+          <t>9786054511037</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>1974 Baf Çarpışmaları ve Kocatepe Olayı</t>
+          <t>Aleviliğin Gizli Tarihi Demirin Üstünde Karınca İzi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789750073724</t>
+          <t>9786055679019</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlarda Ütopya ve Karşıütopya</t>
+          <t>Akyazı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057942616</t>
+          <t>9789944115469</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Patriyarka ve Kapitalizm</t>
+          <t>Acı Çay</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057942746</t>
+          <t>9786054511785</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Antroposen'de Kapitalizm - Ekolojik Yıkım veya Ekolojik Devrim</t>
+          <t>5 Kuruşluk Devrim</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057942722</t>
+          <t>9786055679521</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kınasız Gelinler - Acı Molehiya</t>
+          <t>21. Yüzyıl Sosyalizmi ve Latin Amerika</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057942678</t>
+          <t>9786054511099</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Güneyin Şarkısı</t>
+          <t>1974 Baf Çarpışmaları ve Kocatepe Olayı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057942715</t>
+          <t>9789750073724</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tasarımın Eleştirisi</t>
+          <t>Modern Zamanlarda Ütopya ve Karşıütopya</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>395</v>
+        <v>900</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057942685</t>
+          <t>9786057942616</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Bir Düğüm</t>
+          <t>Patriyarka ve Kapitalizm</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057942654</t>
+          <t>9786057942746</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Cumhuriyeti'nin Kader Anı - Krizden Yıkıma Giden Yol: 1963-1964</t>
+          <t>Antroposen'de Kapitalizm - Ekolojik Yıkım veya Ekolojik Devrim</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057942661</t>
+          <t>9786057942722</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs - Bitmeyen Yaz</t>
+          <t>Kınasız Gelinler - Acı Molehiya</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057942593</t>
+          <t>9786057942678</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sermaye ve Emperyalizm: Kuram, Tarih ve Günümüz</t>
+          <t>Güneyin Şarkısı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>590</v>
+        <v>295</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057942562</t>
+          <t>9786057942715</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Artık Sır Yok</t>
+          <t>Akıllı Tasarımın Eleştirisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057942579</t>
+          <t>9786057942685</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>ABD Dış Politikasında Kıbrıs Açmazı</t>
+          <t>İstanbul’da Bir Düğüm</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057942586</t>
+          <t>9786057942654</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kedi Koket</t>
+          <t>Kıbrıs Cumhuriyeti'nin Kader Anı - Krizden Yıkıma Giden Yol: 1963-1964</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>55</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054979325</t>
+          <t>9786057942661</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Marx, Doğa ve Yıkımın Ekolojisi</t>
+          <t>Kıbrıs - Bitmeyen Yaz</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>79</v>
+        <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055679903</t>
+          <t>9786057942593</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Sanatı</t>
+          <t>Sermaye ve Emperyalizm: Kuram, Tarih ve Günümüz</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>590</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057942630</t>
+          <t>9786057942562</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Artık Sır Yok</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057942609</t>
+          <t>9786057942579</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Dönüşü – Ekolojinin Uzun Bir Tarihi 2. Cilt</t>
+          <t>ABD Dış Politikasında Kıbrıs Açmazı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057942531</t>
+          <t>9786057942586</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın En Uzun Yüzyılı</t>
+          <t>Mucize Kedi Koket</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>350</v>
+        <v>55</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057942555</t>
+          <t>9786054979325</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Katharlar - Engizisyon Kıskacında</t>
+          <t>Marx, Doğa ve Yıkımın Ekolojisi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>350</v>
+        <v>79</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057942548</t>
+          <t>9786055679903</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gülükan - Şiirler</t>
+          <t>Oyunculuk Sanatı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057942524</t>
+          <t>9786057942630</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kafkaslar’da Üç Firari - Gülsenemliler</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057942500</t>
+          <t>9786057942609</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Teknokültürel Düşler ve Kabuslar</t>
+          <t>Doğanın Dönüşü – Ekolojinin Uzun Bir Tarihi 2. Cilt</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057942494</t>
+          <t>9786057942531</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Toplum İmgesi</t>
+          <t>Kıbrıs’ın En Uzun Yüzyılı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057942517</t>
+          <t>9786057942555</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>50 Bin Yıllık Dünya Düzeni</t>
+          <t>Katharlar - Engizisyon Kıskacında</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057942487</t>
+          <t>9786057942548</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medyada Görsel Küresel Politikalar</t>
+          <t>Gülükan - Şiirler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>290</v>
+        <v>35</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057942470</t>
+          <t>9786057942524</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Dönüşü - Ekolojinin Uzun Bir Tarihi Cilt 1</t>
+          <t>Kafkaslar’da Üç Firari - Gülsenemliler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057942432</t>
+          <t>9786057942500</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Koçgiri</t>
+          <t>Teknokültürel Düşler ve Kabuslar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057942456</t>
+          <t>9786057942494</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kuramları ve Yetişkin Öğrenme Modelleri Üzerine Kısa Bir İnceleme</t>
+          <t>Medya ve Toplum İmgesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057942449</t>
+          <t>9786057942517</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Abolisyonist Sosyalist Feminizm</t>
+          <t>50 Bin Yıllık Dünya Düzeni</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057942425</t>
+          <t>9786057942487</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Öncesi Yazılar</t>
+          <t>Yeni Medyada Görsel Küresel Politikalar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057942418</t>
+          <t>9786057942470</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Unutulmuş Arnavutlar</t>
+          <t>Doğanın Dönüşü - Ekolojinin Uzun Bir Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057942272</t>
+          <t>9786057942432</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Antik Avrupa Cilt 4</t>
+          <t>Belgelerle Koçgiri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057942302</t>
+          <t>9786057942456</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Jans Mans Sokağı Çocukları</t>
+          <t>Öğrenme Kuramları ve Yetişkin Öğrenme Modelleri Üzerine Kısa Bir İnceleme</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057942319</t>
+          <t>9786057942449</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Serçe</t>
+          <t>Abolisyonist Sosyalist Feminizm</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057942296</t>
+          <t>9786057942425</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’a Soldan Bakmak – Akıntıya Karşı Yazılar</t>
+          <t>Hapishane Öncesi Yazılar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057942289</t>
+          <t>9786057942418</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İncir Ağacının Gölgesinde Zaman</t>
+          <t>Türkiye’de Unutulmuş Arnavutlar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057942258</t>
+          <t>9786057942272</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Safir - Birinci Kitap</t>
+          <t>Antik Avrupa Cilt 4</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057942210</t>
+          <t>9786057942302</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Göbekli Tepe - Öteki Dünyaya Açılan Kapının Şifreleri</t>
+          <t>Jans Mans Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057942197</t>
+          <t>9786057942319</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya’da Orta Çağ Helenizminin Çöküşü ve 11. Yüzyıldan Başlayarak 15. Yüzyıla Kadar İslamlaşma</t>
+          <t>Serçe</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057942180</t>
+          <t>9786057942296</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bronz Çağı’nda Alevilik (M.Ö.4000-M.Ö.1750)</t>
+          <t>Kıbrıs’a Soldan Bakmak – Akıntıya Karşı Yazılar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057942173</t>
+          <t>9786057942289</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hançerin Bekçisi</t>
+          <t>İncir Ağacının Gölgesinde Zaman</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057942159</t>
+          <t>9786057942258</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Zor Yıllar</t>
+          <t>Safir - Birinci Kitap</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>55</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057942166</t>
+          <t>9786057942210</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Biz Devrime Çok İnanmıştık</t>
+          <t>Göbekli Tepe - Öteki Dünyaya Açılan Kapının Şifreleri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786050698305</t>
+          <t>9786057942197</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Pipo Sohbetleri</t>
+          <t>Küçük Asya’da Orta Çağ Helenizminin Çöküşü ve 11. Yüzyıldan Başlayarak 15. Yüzyıla Kadar İslamlaşma</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>290</v>
+        <v>950</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057942142</t>
+          <t>9786057942180</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Luvi Uygarlığı - Anadolu ve Ege Arasında Kimlik, Kültür, Dil ve Din (Cilt 2)</t>
+          <t>Bronz Çağı’nda Alevilik (M.Ö.4000-M.Ö.1750)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>550</v>
+        <v>490</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057942128</t>
+          <t>9786057942173</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Sapmalar</t>
+          <t>Hançerin Bekçisi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057942104</t>
+          <t>9786057942159</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Yol Kurucusu - Kadıncık Ana</t>
+          <t>Zor Yıllar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>55</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057942098</t>
+          <t>9786057942166</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslı Türk Siyasi Tarihi</t>
+          <t>Biz Devrime Çok İnanmıştık</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057942081</t>
+          <t>9786050698305</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Paulikanların Tarihi</t>
+          <t>Pipo Sohbetleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>600</v>
+        <v>290</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057942050</t>
+          <t>9786057942142</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Koşuda Adalılar</t>
+          <t>Luvi Uygarlığı - Anadolu ve Ege Arasında Kimlik, Kültür, Dil ve Din (Cilt 2)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057942067</t>
+          <t>9786057942128</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hazirandan Hazirana</t>
+          <t>Kırılgan Sapmalar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>35</v>
+        <v>450</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057942043</t>
+          <t>9786057942104</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Güncele Laik Eğitim</t>
+          <t>Yol Kurucusu - Kadıncık Ana</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057942036</t>
+          <t>9786057942098</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tarihçi</t>
+          <t>Kıbrıslı Türk Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054979998</t>
+          <t>9786057942081</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Makarios</t>
+          <t>Paulikanların Tarihi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>490</v>
+        <v>600</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054979868</t>
+          <t>9786057942050</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Küba Bir Devrimin Anatomisi</t>
+          <t>En Uzun Koşuda Adalılar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057942012</t>
+          <t>9786057942067</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi</t>
+          <t>Hazirandan Hazirana</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>390</v>
+        <v>35</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054979974</t>
+          <t>9786057942043</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyasi Biyografi Lenin</t>
+          <t>Tarihten Güncele Laik Eğitim</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054979981</t>
+          <t>9786057942036</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Biz</t>
+          <t>Tarih ve Tarihçi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054979005</t>
+          <t>9786054979998</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Zeka</t>
+          <t>Makarios</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054979967</t>
+          <t>9786054979868</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yazdan Sonra Yalnızlık</t>
+          <t>Küba Bir Devrimin Anatomisi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054979912</t>
+          <t>9786057942012</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Vatanını Seven Tıklasın</t>
+          <t>Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>125</v>
+        <v>490</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054979943</t>
+          <t>9786054979974</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazımı - Sekans Yöntemi</t>
+          <t>Bir Siyasi Biyografi Lenin</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>490</v>
+        <v>900</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054979936</t>
+          <t>9786054979981</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Luvi Uygarlığı - Anadolu ve Ege Arasında Kimlik, Kültür, Dil, Din (Cilt 1)</t>
+          <t>Savaş ve Biz</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054979899</t>
+          <t>9786054979005</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Keşifler - Taşıtlar</t>
+          <t>Kolektif Zeka</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054979882</t>
+          <t>9786054979967</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazmak Yeniden Yazmak Demektir</t>
+          <t>Yazdan Sonra Yalnızlık</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>790</v>
+        <v>35</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054979769</t>
+          <t>9786054979912</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerde Savaşanlar</t>
+          <t>Vatanını Seven Tıklasın</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>650</v>
+        <v>125</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054979875</t>
+          <t>9786054979943</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kadının Dönüşümü</t>
+          <t>Senaryo Yazımı - Sekans Yöntemi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>225</v>
+        <v>590</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054979844</t>
+          <t>9786054979936</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Dijital Dönüşüm</t>
+          <t>Luvi Uygarlığı - Anadolu ve Ege Arasında Kimlik, Kültür, Dil, Din (Cilt 1)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>790</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054979813</t>
+          <t>9786054979899</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Renkli Gölgeler</t>
+          <t>Sihirli Keşifler - Taşıtlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054979820</t>
+          <t>9786054979882</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Paulo Freire - Diyaloğun Pedagojisine Giden Yol</t>
+          <t>Senaryo Yazmak Yeniden Yazmak Demektir</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>290</v>
+        <v>900</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054979752</t>
+          <t>9786054979769</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kedi Hissi</t>
+          <t>Gölgelerde Savaşanlar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>490</v>
+        <v>750</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054979745</t>
+          <t>9786054979875</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yol Kadındır</t>
+          <t>Kadının Dönüşümü</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054979790</t>
+          <t>9786054979844</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Düzenbazlar 2. Cilt</t>
+          <t>Türk Sinemasında Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944115513</t>
+          <t>9786054979813</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hamburg Programı: 21. Yüzyılda Sosyal Demokrasi</t>
+          <t>Renkli Gölgeler</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055679392</t>
+          <t>9786054979820</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bizanslı Heretiklerin Tarihi</t>
+          <t>Paulo Freire - Diyaloğun Pedagojisine Giden Yol</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054979738</t>
+          <t>9786054979752</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Anglo-Amerikan Eğlence Endüstrisinde Televizyon Program Formatları</t>
+          <t>Kedi Hissi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>590</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054979714</t>
+          <t>9786054979745</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ölüyaprak Vuruşu</t>
+          <t>Yol Kadındır</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054979691</t>
+          <t>9786054979790</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Nazilerin Arka Kapısı</t>
+          <t>Düzenbazlar 2. Cilt</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054979684</t>
+          <t>9789944115513</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Hakkında Her Şey</t>
+          <t>Hamburg Programı: 21. Yüzyılda Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>465</v>
+        <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054979707</t>
+          <t>9786055679392</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Oğlumu Öldürdünüz Arz Ederim</t>
+          <t>Bizanslı Heretiklerin Tarihi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054979646</t>
+          <t>9786054979738</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı'nda Kıbrıs</t>
+          <t>Anglo-Amerikan Eğlence Endüstrisinde Televizyon Program Formatları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054979608</t>
+          <t>9786054979714</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Antik Avrupa Cilt 2</t>
+          <t>Ölüyaprak Vuruşu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054979622</t>
+          <t>9786054979691</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Eski Mars</t>
+          <t>Nazilerin Arka Kapısı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>550</v>
+        <v>690</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054979639</t>
+          <t>9786054979684</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Eski Venüs</t>
+          <t>Köpekler Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054979615</t>
+          <t>9786054979707</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Antik Avrupa (Cilt: 1)</t>
+          <t>Oğlumu Öldürdünüz Arz Ederim</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054979592</t>
+          <t>9786054979646</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Dijital</t>
+          <t>2. Dünya Savaşı'nda Kıbrıs</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054979585</t>
+          <t>9786054979608</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Eğitim ve Marksizm</t>
+          <t>Antik Avrupa Cilt 2</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054979578</t>
+          <t>9786054979622</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Nemesis Operasyonu</t>
+          <t>Eski Mars</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054979561</t>
+          <t>9786054979639</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Dış Politikada Yumuşak Güç ve Medya</t>
+          <t>Eski Venüs</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054979547</t>
+          <t>9786054979615</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Tarihsel Sözlüğü</t>
+          <t>Antik Avrupa (Cilt: 1)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054979042</t>
+          <t>9786054979592</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Anarşist</t>
+          <t>Dijital</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054979554</t>
+          <t>9786054979585</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hitler'i Yenen Adam Mareşal Jukov</t>
+          <t>Eleştirel Eğitim ve Marksizm</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054979530</t>
+          <t>9786054979578</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Sosyal Demokrasi</t>
+          <t>Nemesis Operasyonu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054979523</t>
+          <t>9786054979561</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş İçin Uçak Kaçıran Bir Hava Korsanının Anıları</t>
+          <t>Dış Politikada Yumuşak Güç ve Medya</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055679491</t>
+          <t>9786054979547</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Marksist Kriz Teorileri Işığında Küresel Kriz</t>
+          <t>Kıbrıs Tarihsel Sözlüğü</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054511679</t>
+          <t>9786054979042</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Marksist Ekoloji</t>
+          <t>Anarşist</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055679798</t>
+          <t>9786054979554</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Marksist Eğitim Kuramı ve Radikal Pedagoji</t>
+          <t>Hitler'i Yenen Adam Mareşal Jukov</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054511501</t>
+          <t>9786054979530</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Siyaseti ve Kadın</t>
+          <t>Dünyada Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054511754</t>
+          <t>9786054979523</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sinema</t>
+          <t>Deniz Gezmiş İçin Uçak Kaçıran Bir Hava Korsanının Anıları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054979516</t>
+          <t>9786055679491</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikoterapi Mağdurunun Anıları</t>
+          <t>Marksist Kriz Teorileri Işığında Küresel Kriz</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054979448</t>
+          <t>9786054511679</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Söylevleri</t>
+          <t>Marksist Ekoloji</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054979455</t>
+          <t>9786055679798</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Ardından</t>
+          <t>Marksist Eğitim Kuramı ve Radikal Pedagoji</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054979462</t>
+          <t>9786054511501</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Nasıl Yazılmaz</t>
+          <t>Sınıf Siyaseti ve Kadın</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054979479</t>
+          <t>9786054511754</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Georgi Dimitrov - Bir Yaşam Öyküsü</t>
+          <t>Sessiz Sinema</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054979509</t>
+          <t>9786054979516</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Militan Fotoğraf ve Fotoğrafçı</t>
+          <t>Bir Psikoterapi Mağdurunun Anıları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>59</v>
+        <v>350</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054979486</t>
+          <t>9786054979448</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Aşık Geleneğinden Protest Müziğe: Ali Asker</t>
+          <t>Kıbrıs Söylevleri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054511884</t>
+          <t>9786054979455</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>John Carpenter</t>
+          <t>Karanlığın Ardından</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054511877</t>
+          <t>9786054979462</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Kadınlar</t>
+          <t>Senaryo Nasıl Yazılmaz</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>125</v>
+        <v>590</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054511969</t>
+          <t>9786054979479</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Kriz Teorisi 2. Kitap</t>
+          <t>Georgi Dimitrov - Bir Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054979400</t>
+          <t>9786054979509</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası Kent ve İnsan Söyleşileri - 2</t>
+          <t>Militan Fotoğraf ve Fotoğrafçı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054979417</t>
+          <t>9786054979486</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Uçan Pervaneler</t>
+          <t>Aşık Geleneğinden Protest Müziğe: Ali Asker</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>590</v>
+        <v>390</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054979424</t>
+          <t>9786054511884</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Hotel Florida</t>
+          <t>John Carpenter</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054979394</t>
+          <t>9786054511877</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeden Ulus Devlete</t>
+          <t>Pamuk Kadınlar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054979264</t>
+          <t>9786054511969</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yarından Sonra</t>
+          <t>Marx'ın Kriz Teorisi 2. Kitap</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054511334</t>
+          <t>9786054979400</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri Cilt: 1 (Özel Baskı) (Ciltli)</t>
+          <t>Kuşadası Kent ve İnsan Söyleşileri - 2</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>1100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054511204</t>
+          <t>9786054979417</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri Cilt: 1</t>
+          <t>Ateşe Uçan Pervaneler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>850</v>
+        <v>750</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054979387</t>
+          <t>9786054979424</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Perdede ve Sahnede Nazım Hikmet</t>
+          <t>Hotel Florida</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>225</v>
+        <v>690</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789944115353</t>
+          <t>9786054979394</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ulus Devlet ve Şiddet</t>
+          <t>Sömürgeden Ulus Devlete</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055679842</t>
+          <t>9786054979264</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kısa Filmler</t>
+          <t>Yarından Sonra</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054511761</t>
+          <t>9786054511334</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kısa Film Senaryosu Yazmak</t>
+          <t>Hapishane Defterleri Cilt: 1 (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>390</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054511372</t>
+          <t>9786054511204</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri 2. Cilt</t>
+          <t>Hapishane Defterleri Cilt: 1</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>800</v>
+        <v>850</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786055679606</t>
+          <t>9786054979387</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsel Sineması Tarihi</t>
+          <t>Beyaz Perdede ve Sahnede Nazım Hikmet</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786055679279</t>
+          <t>9789944115353</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Dünya Ekonomisi</t>
+          <t>Ulus Devlet ve Şiddet</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054979363</t>
+          <t>9786055679842</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen Bebeğin Ölümü</t>
+          <t>Kısa Filmler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054979349</t>
+          <t>9786054511761</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Desim'in Anadolu'daki Statüsü</t>
+          <t>Kısa Film Senaryosu Yazmak</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054979356</t>
+          <t>9786054511372</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Sosyal Demokrasi : Zorluklar ve Fırsatlar</t>
+          <t>Hapishane Defterleri 2. Cilt</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054511365</t>
+          <t>9786055679606</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri 3. Cilt</t>
+          <t>Eşcinsel Sineması Tarihi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054511983</t>
+          <t>9786055679279</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>QR Kodlar ve İletişim Teknolojisinin Hibritleşmesi</t>
+          <t>Emperyalizm ve Dünya Ekonomisi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054979288</t>
+          <t>9786054979363</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün : Günden Taşan Hayatlar</t>
+          <t>İstenmeyen Bebeğin Ölümü</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054979295</t>
+          <t>9786054979349</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İdealist Öğretmenden Sınava Hazırlayıcı Teknisyene Öğretmenliğin Dönüşümü</t>
+          <t>Desim'in Anadolu'daki Statüsü</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054979226</t>
+          <t>9786054979356</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitimi ve Eşitlik</t>
+          <t>Türkiye İçin Sosyal Demokrasi : Zorluklar ve Fırsatlar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054979202</t>
+          <t>9786054511365</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>AB ile Güncel İlişkilerimiz ve Ekonomik Kriz</t>
+          <t>Hapishane Defterleri 3. Cilt</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>12.96</v>
+        <v>850</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054979257</t>
+          <t>9786054511983</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Okumak</t>
+          <t>QR Kodlar ve İletişim Teknolojisinin Hibritleşmesi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054979233</t>
+          <t>9786054979288</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Komünist Partisi Tarihi</t>
+          <t>Bir Gün : Günden Taşan Hayatlar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>450</v>
+        <v>35</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054511945</t>
+          <t>9786054979295</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Gezi'yi Soldan Kavramak 18 Brumaire'den Taksim Direnişi'ne</t>
+          <t>İdealist Öğretmenden Sınava Hazırlayıcı Teknisyene Öğretmenliğin Dönüşümü</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054511297</t>
+          <t>9786054979226</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bale ve Dans Ansiklopedisi 1. Cilt</t>
+          <t>Yetişkin Eğitimi ve Eşitlik</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054511303</t>
+          <t>9786054979202</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bale ve Dans Ansiklopedisi  2. Cilt</t>
+          <t>AB ile Güncel İlişkilerimiz ve Ekonomik Kriz</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>850</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055679538</t>
+          <t>9786054979257</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Anarşistler Arasında Bir Kız</t>
+          <t>Senaryo Okumak</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789944115285</t>
+          <t>9786054979233</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Küresel Fabrikanın Doğuşu</t>
+          <t>Kıbrıs Komünist Partisi Tarihi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054979165</t>
+          <t>9786054511945</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sınıf Dil ve İktidar</t>
+          <t>Gezi'yi Soldan Kavramak 18 Brumaire'den Taksim Direnişi'ne</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>450</v>
+        <v>50</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054979172</t>
+          <t>9786054511297</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Stalin’in Baş Celladı Halk Komiseri Nikolay Yezhov</t>
+          <t>Küresel Bale ve Dans Ansiklopedisi 1. Cilt</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054979189</t>
+          <t>9786054511303</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri 4. Cilt</t>
+          <t>Küresel Bale ve Dans Ansiklopedisi  2. Cilt</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>800</v>
+        <v>850</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054979158</t>
+          <t>9786055679538</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Dijital Film Yapmak</t>
+          <t>Anarşistler Arasında Bir Kız</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054979066</t>
+          <t>9789944115285</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Gökçe</t>
+          <t>Anadolu’da Küresel Fabrikanın Doğuşu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054511488</t>
+          <t>9786054979165</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Yazılar 3</t>
+          <t>Toplumsal Sınıf Dil ve İktidar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>23.15</v>
+        <v>450</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054511648</t>
+          <t>9786054979172</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sinema Akımları</t>
+          <t>Stalin’in Baş Celladı Halk Komiseri Nikolay Yezhov</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055679859</t>
+          <t>9786054979189</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Neo-Noir Filmler</t>
+          <t>Hapishane Defterleri 4. Cilt</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9799944115024</t>
+          <t>9786054979158</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizmi Aşmak Latin Amerika’da Kitle Merkezli Kalkınma</t>
+          <t>Dijital Film Yapmak</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944115063</t>
+          <t>9786054979066</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika’da Devlet İktidarı ve Toplumsal Hareketler</t>
+          <t>Gökçe</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789750073779</t>
+          <t>9786054511488</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika ve Başka Bir Kalkınma</t>
+          <t>Siyah Beyaz Yazılar 3</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>290</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789944115575</t>
+          <t>9786054511648</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorununda Çözüm Önerileri</t>
+          <t>Sinema Akımları</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789944115377</t>
+          <t>9786055679859</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İkinci Mesajı</t>
+          <t>Neo-Noir Filmler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786054511044</t>
+          <t>9799944115024</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Gramsci’yi Anlamak</t>
+          <t>Neoliberalizmi Aşmak Latin Amerika’da Kitle Merkezli Kalkınma</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055679699</t>
+          <t>9789944115063</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Doğu Asya Sineması</t>
+          <t>Latin Amerika’da Devlet İktidarı ve Toplumsal Hareketler</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055679781</t>
+          <t>9789750073779</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Asya Korku Sineması</t>
+          <t>Latin Amerika ve Başka Bir Kalkınma</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054511426</t>
+          <t>9789944115575</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Animasyon Filmler</t>
+          <t>Kürt Sorununda Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944115360</t>
+          <t>9789944115377</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim</t>
+          <t>İslam’ın İkinci Mesajı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054979110</t>
+          <t>9786054511044</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kapatılmanın Patolojisi</t>
+          <t>Gramsci’yi Anlamak</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054979097</t>
+          <t>9786055679699</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası Rant Politikaları ve Liman</t>
+          <t>Doğu Asya Sineması</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>18.52</v>
+        <v>390</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054511686</t>
+          <t>9786055679781</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>General Grivas - Hayatım</t>
+          <t>Asya Korku Sineması</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786055679262</t>
+          <t>9786054511426</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Genel Teori İstihdam Faiz ve Paranın Genel Teorisi</t>
+          <t>Animasyon Filmler</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054511891</t>
+          <t>9789944115360</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrasi Notları - Toplumları Başkaldırıya Zorlayan Eşitsizlikler Konusunda...</t>
+          <t>Alternatif Eğitim</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054979370</t>
+          <t>9786054979110</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Sır İçinde Sır Olanlar- Alevi Kadınlar</t>
+          <t>Kapatılmanın Patolojisi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054979271</t>
+          <t>9786054979097</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>1421 - Çin’in Dünyayı Keşfettiği Yıl</t>
+          <t>Kuşadası Rant Politikaları ve Liman</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>690</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054979141</t>
+          <t>9786054511686</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Yaratıcı Yönetmen</t>
+          <t>General Grivas - Hayatım</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786054979028</t>
+          <t>9786055679262</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kendi Medyanı Yarat Cilt 2 – Alternatif  Medya</t>
+          <t>Genel Teori İstihdam Faiz ve Paranın Genel Teorisi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054979103</t>
+          <t>9786054511891</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Vaka-i Sosyal Medya</t>
+          <t>Sosyal Demokrasi Notları - Toplumları Başkaldırıya Zorlayan Eşitsizlikler Konusunda...</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054679011</t>
+          <t>9786054979370</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kendi Medyanı Yarat – Alternatif Medya Kavramlar, Tartışmalar, Örnekler, Cilt: 1</t>
+          <t>Sır İçinde Sır Olanlar- Alevi Kadınlar</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054979059</t>
+          <t>9786054979271</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Dersim'in Siyasi Tarihi</t>
+          <t>1421 - Çin’in Dünyayı Keşfettiği Yıl</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054979035</t>
+          <t>9786054979141</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kırık Zeytin Dalı</t>
+          <t>Sinemada Yaratıcı Yönetmen</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>450</v>
+        <v>580</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054979073</t>
+          <t>9786054979028</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Yitik Zaman Satıcısı</t>
+          <t>Kendi Medyanı Yarat Cilt 2 – Alternatif  Medya</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054511990</t>
+          <t>9786054979103</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yeni Toplum</t>
+          <t>Vaka-i Sosyal Medya</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054511853</t>
+          <t>9786054679011</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ayın Karanlık Yüzü: Yeni Medya ve Etik</t>
+          <t>Kendi Medyanı Yarat – Alternatif Medya Kavramlar, Tartışmalar, Örnekler, Cilt: 1</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054511778</t>
+          <t>9786054979059</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İngilizlerin Kıbrıs'taki Tarihi</t>
+          <t>Dersim'in Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054511860</t>
+          <t>9786054979035</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen Bebek Kıbrıs Cumhuriyeti</t>
+          <t>Kırık Zeytin Dalı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
+          <t>9786054979073</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Yitik Zaman Satıcısı</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786054511990</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Toplum</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786054511853</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Ayın Karanlık Yüzü: Yeni Medya ve Etik</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786054511778</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>İngilizlerin Kıbrıs'taki Tarihi</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786054511860</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>İstenmeyen Bebek Kıbrıs Cumhuriyeti</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
           <t>9786054511846</t>
         </is>
       </c>
-      <c r="B319" s="1" t="inlineStr">
+      <c r="B324" s="1" t="inlineStr">
         <is>
           <t>Hegemonya ve İktidar</t>
         </is>
       </c>
-      <c r="C319" s="1">
+      <c r="C324" s="1">
         <v>490</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>