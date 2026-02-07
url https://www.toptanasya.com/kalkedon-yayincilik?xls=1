--- v1 (2025-12-16)
+++ v2 (2026-02-07)
@@ -85,4885 +85,4930 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057942845</t>
+          <t>9786057942869</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sözün Gölgesinde</t>
+          <t>Ölü Epidemiyologlar - Covid -19’un Kökenleri Üzerine</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789944115209</t>
+          <t>9786057942784</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Pedagojinin Vaadi</t>
+          <t>Antroposen’de Kapitalizm - Ekolojik Felaket mi Ekolojik Medeniyet mi?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057942623</t>
+          <t>9786057942852</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Laik Eğitim Mücadelemiz</t>
+          <t>Metamodernizm ya da Dijital Çağın Kültürel Mantığı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055679927</t>
+          <t>9786057942845</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Işık Tutan Anılar</t>
+          <t>Sözün Gölgesinde</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057942838</t>
+          <t>9789944115209</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Kamera Rejisi Kuramı</t>
+          <t>Eleştirel Pedagojinin Vaadi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057942821</t>
+          <t>9786057942623</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İcraatlarım ve Yaşadıklarım</t>
+          <t>Laik Eğitim Mücadelemiz</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>950</v>
+        <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054979837</t>
+          <t>9786055679927</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Afganistan Tarihi</t>
+          <t>Tarihe Işık Tutan Anılar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057942791</t>
+          <t>9786057942838</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sintrofoi</t>
+          <t>Sinemada Kamera Rejisi Kuramı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057942807</t>
+          <t>9786057942821</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Göbekli Tepe</t>
+          <t>İcraatlarım ve Yaşadıklarım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>750</v>
+        <v>950</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057942814</t>
+          <t>9786054979837</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi Sözlüğü</t>
+          <t>Başlangıçtan Günümüze Afganistan Tarihi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054979806</t>
+          <t>9786057942791</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs'ın Mücahit Hemşireleri</t>
+          <t>Sintrofoi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055679837</t>
+          <t>9786057942807</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Afganistan Tarihi - Başlangıçtan Günümüze</t>
+          <t>Göbekli Tepe</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054979783</t>
+          <t>9786057942814</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Düzenbazlar 1. Cilt</t>
+          <t>Kamu Diplomasisi Sözlüğü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054979240</t>
+          <t>9786054979806</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çinlilerin Gözünden Türklerin Tarihi</t>
+          <t>Kıbrıs'ın Mücahit Hemşireleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055679989</t>
+          <t>9786055679837</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>KESK Tarihi</t>
+          <t>Afganistan Tarihi - Başlangıçtan Günümüze</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054979196</t>
+          <t>9786054979783</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri 4. Cilt (Ciltli)</t>
+          <t>Düzenbazlar 1. Cilt</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057942227</t>
+          <t>9786054979240</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Göbekli Tepe - Kozmik Doğuş, Kutsal Evlilik ve Ölümden Dirilişe</t>
+          <t>Çinlilerin Gözünden Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057942111</t>
+          <t>9786055679989</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Antik Avrupa 3.Cilt</t>
+          <t>KESK Tarihi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057942708</t>
+          <t>9786054979196</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi Dönemlerden Günümüze İnsan Emeğinin Tarihi</t>
+          <t>Hapishane Defterleri 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057942777</t>
+          <t>9786057942227</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Karadenize Akan Düşler – Şiirler Maniler Türküler – Karadeniz Gökkuşağı (Ciltli)</t>
+          <t>Göbekli Tepe - Kozmik Doğuş, Kutsal Evlilik ve Ölümden Dirilişe</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>950</v>
+        <v>550</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057942760</t>
+          <t>9786057942111</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuryazarlığı - Türler, İzleyici ve Çözümleme</t>
+          <t>Antik Avrupa 3.Cilt</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057942692</t>
+          <t>9786057942708</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası Toplumsal Mücadele Tarihi</t>
+          <t>Tarih Öncesi Dönemlerden Günümüze İnsan Emeğinin Tarihi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057942753</t>
+          <t>9786057942777</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Jön Türk Hareketi - Kulüp</t>
+          <t>Karadenize Akan Düşler – Şiirler Maniler Türküler – Karadeniz Gökkuşağı (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>950</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054979127</t>
+          <t>9786057942760</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Pepsis ve Tarantula</t>
+          <t>Medya Okuryazarlığı - Türler, İzleyici ve Çözümleme</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055679187</t>
+          <t>9786057942692</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitimi</t>
+          <t>Kuşadası Toplumsal Mücadele Tarihi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055679200</t>
+          <t>9786057942753</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Sosyal Demokrasi Toplumcu Belediyecilik</t>
+          <t>Kıbrıs’ta Jön Türk Hareketi - Kulüp</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055679576</t>
+          <t>9786054979127</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medyada Nefret Söylemi</t>
+          <t>Pepsis ve Tarantula</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>245</v>
+        <v>420</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054511624</t>
+          <t>9786055679187</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Vesikalı Yurttaş</t>
+          <t>Yetişkin Eğitimi</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055679811</t>
+          <t>9786055679200</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Unutulan 101 Film</t>
+          <t>Yerel Yönetimlerde Sosyal Demokrasi Toplumcu Belediyecilik</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054511839</t>
+          <t>9786055679576</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Milliyetçilikle İmtihanı</t>
+          <t>Yeni Medyada Nefret Söylemi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055679163</t>
+          <t>9786054511624</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tüm Gizemleriyle Tapınak Şövalyeleri</t>
+          <t>Vesikalı Yurttaş</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054511020</t>
+          <t>9786055679811</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tutankamon</t>
+          <t>Unutulan 101 Film</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055679170</t>
+          <t>9786054511839</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Paylaşım Ağı Facebook: "Görülüyorum Öyleyse Varım"</t>
+          <t>Türkiye’nin Milliyetçilikle İmtihanı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944572460</t>
+          <t>9786055679163</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi ya da Siyasi Hukuk İlkeleri</t>
+          <t>Tüm Gizemleriyle Tapınak Şövalyeleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054511082</t>
+          <t>9786054511020</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tekelci Finans Sermayesi</t>
+          <t>Tutankamon</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055679484</t>
+          <t>9786055679170</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Silinmez Mürekkepli Aşkları</t>
+          <t>Toplumsal Paylaşım Ağı Facebook: "Görülüyorum Öyleyse Varım"</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054511273</t>
+          <t>9789944572460</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Feminist Proje Cilt: 2</t>
+          <t>Toplum Sözleşmesi ya da Siyasi Hukuk İlkeleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054511259</t>
+          <t>9786054511082</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Feminist Proje Cilt: 1</t>
+          <t>Tekelci Finans Sermayesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000016050</t>
+          <t>9786055679484</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Simya ve Simyacılar</t>
+          <t>Tarihin Silinmez Mürekkepli Aşkları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055679774</t>
+          <t>9786054511273</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Stüdyo Ghibli</t>
+          <t>Sosyalist Feminist Proje Cilt: 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055679590</t>
+          <t>9786054511259</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazımı</t>
+          <t>Sosyalist Feminist Proje Cilt: 1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054511075</t>
+          <t>3990000016050</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Psikocoğrafya</t>
+          <t>Simya ve Simyacılar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944572408</t>
+          <t>9786055679774</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilikten Günümüze Emperyalizm</t>
+          <t>Stüdyo Ghibli</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055679026</t>
+          <t>9786055679590</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Pedagoji ve Praksis</t>
+          <t>Senaryo Yazımı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055679934</t>
+          <t>9786054511075</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Paşalar Papazlar</t>
+          <t>Psikocoğrafya</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055679828</t>
+          <t>9789944572408</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar ve Yapım Teknikleri</t>
+          <t>Sömürgecilikten Günümüze Emperyalizm</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789750073786</t>
+          <t>9786055679026</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’nun Yeniden İşgali</t>
+          <t>Pedagoji ve Praksis</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>39</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055679156</t>
+          <t>9786055679934</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Katharlar</t>
+          <t>Paşalar Papazlar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944115568</t>
+          <t>9786055679828</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm ve Kriz</t>
+          <t>Oyunlar ve Yapım Teknikleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055679002</t>
+          <t>9789750073786</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Zamanda Aşınma</t>
+          <t>Ortadoğu’nun Yeniden İşgali</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>39</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789750073762</t>
+          <t>9786055679156</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Neo Liberalizme Karşı Ortak Savunma</t>
+          <t>Katharlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054511174</t>
+          <t>9789944115568</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nefret - Malatya: Bir Milli Mutabakat Cinayeti</t>
+          <t>Neoliberalizm ve Kriz</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944115261</t>
+          <t>9786055679002</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Görselliği</t>
+          <t>Neoliberal Zamanda Aşınma</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054511822</t>
+          <t>9789750073762</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Miteroloji / Mytherology</t>
+          <t>Neo Liberalizme Karşı Ortak Savunma</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789750073755</t>
+          <t>9786054511174</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Medyanın Sorunu</t>
+          <t>Nefret - Malatya: Bir Milli Mutabakat Cinayeti</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055679460</t>
+          <t>9789944115261</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Medya, Barış ve Savaş</t>
+          <t>Müziğin Görselliği</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055679637</t>
+          <t>9786054511822</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Medya Çalışmaları - Teoriler ve Yaklaşımlar</t>
+          <t>Miteroloji / Mytherology</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>390</v>
+        <v>65</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055679651</t>
+          <t>9789750073755</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Masonların 101 Sırrı</t>
+          <t>Medyanın Sorunu</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055679040</t>
+          <t>9786055679460</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Para Teorisi</t>
+          <t>Medya, Barış ve Savaş</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055679958</t>
+          <t>9786055679637</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kriz Teorisi 1. Kitap</t>
+          <t>Medya Çalışmaları - Teoriler ve Yaklaşımlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055679446</t>
+          <t>9786055679651</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Emek Değer Teorisi</t>
+          <t>Masonların 101 Sırrı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055679354</t>
+          <t>9786055679040</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Doğuşu</t>
+          <t>Marx’ın Para Teorisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054511112</t>
+          <t>9786055679958</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Marksist Emperyalizm Teorileri</t>
+          <t>Marx’ın Kriz Teorisi 1. Kitap</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944115506</t>
+          <t>9786055679446</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mahir - Deniz - / İbo Anlatılan Senin Hikayendir</t>
+          <t>Marx’ın Emek Değer Teorisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055679552</t>
+          <t>9786055679354</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Luviler</t>
+          <t>Marksizmin Doğuşu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944115292</t>
+          <t>9786054511112</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Yaklaşan Sosyalizm</t>
+          <t>Marksist Emperyalizm Teorileri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944572446</t>
+          <t>9789944115506</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Kıskacında Arjantin</t>
+          <t>Mahir - Deniz - / İbo Anlatılan Senin Hikayendir</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055679385</t>
+          <t>9786055679552</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kase</t>
+          <t>Luviler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054511457</t>
+          <t>9789944115292</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası</t>
+          <t>Küreselleşme ve Yaklaşan Sosyalizm</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>39</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054511181</t>
+          <t>9789944572446</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Canavarları</t>
+          <t>Küreselleşme Kıskacında Arjantin</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055679835</t>
+          <t>9786055679385</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Korku Sineması</t>
+          <t>Kutsal Kase</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944115636</t>
+          <t>9786054511457</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kolomb ve Diğer Yamyamlar</t>
+          <t>Kuşadası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>39</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944572484</t>
+          <t>9786054511181</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tebeşir</t>
+          <t>Korkunun Canavarları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944115582</t>
+          <t>9786055679835</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslı Türk Devrimci Hareketi (Halk-Der)</t>
+          <t>Korku Sineması</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054511716</t>
+          <t>9789944115636</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Miskinhanesi</t>
+          <t>Kolomb ve Diğer Yamyamlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054511556</t>
+          <t>9789944572484</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Komplosu</t>
+          <t>Kızıl Tebeşir</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>3990000027533</t>
+          <t>9789944115582</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Keynes’in Genel Teori’si Üzerine</t>
+          <t>Kıbrıslı Türk Devrimci Hareketi (Halk-Der)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055679941</t>
+          <t>9786054511716</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitolojisi</t>
+          <t>Kıbrıs Miskinhanesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055679088</t>
+          <t>9786054511556</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Alevi Efsanesi</t>
+          <t>Kıbrıs Komplosu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055679866</t>
+          <t>3990000027533</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kara Ölüm</t>
+          <t>Keynes’in Genel Teori’si Üzerine</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944115230</t>
+          <t>9786055679941</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kapitalistler ve İşgalciler</t>
+          <t>Kelt Mitolojisi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>3990000027964</t>
+          <t>9786055679088</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Gelişme Teorisi</t>
+          <t>Kayıp Bir Alevi Efsanesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>550</v>
+        <v>490</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055679125</t>
+          <t>9786055679866</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kapital’i Okuma Kılavuzu</t>
+          <t>Kara Ölüm</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055679514</t>
+          <t>9789944115230</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mavi Marmara</t>
+          <t>Kapitalistler ve İşgalciler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>39</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055679064</t>
+          <t>3990000027964</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>John Kenneth Galbraith İktisadi Düşüncenin Değişimine Bir Katkı</t>
+          <t>Kapitalist Gelişme Teorisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054511808</t>
+          <t>9786055679125</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İyi Saatler Olsun</t>
+          <t>Kapital’i Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055679682</t>
+          <t>9786055679514</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İşçi Sınıfımızın İlk Öncüleri</t>
+          <t>Kanlı Mavi Marmara</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>39</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944572491</t>
+          <t>9786055679064</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İsrail Siyonizm ve Ortadoğu</t>
+          <t>John Kenneth Galbraith İktisadi Düşüncenin Değişimine Bir Katkı</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054511631</t>
+          <t>9786054511808</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İnsan Toplumunun Kökenleri</t>
+          <t>İyi Saatler Olsun</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>950</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055679507</t>
+          <t>9786055679682</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Yaşamın Uzun Dalgaları</t>
+          <t>İşçi Sınıfımızın İlk Öncüleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944115520</t>
+          <t>9789944572491</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İblis</t>
+          <t>İsrail Siyonizm ve Ortadoğu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944115452</t>
+          <t>9786054511631</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Kıbrıs "Turnalar Nereden Gelirdi?"</t>
+          <t>İnsan Toplumunun Kökenleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055679873</t>
+          <t>9786055679507</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Yoldaş</t>
+          <t>İktisadi Yaşamın Uzun Dalgaları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055679910</t>
+          <t>9789944115520</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>İblis</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055679545</t>
+          <t>9789944115452</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hacıyatmazı Devirmek</t>
+          <t>Hoşçakal Kıbrıs "Turnalar Nereden Gelirdi?"</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054511150</t>
+          <t>9786055679873</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gramsci’yi Çözümlemek</t>
+          <t>Hanefi Yoldaş</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055679996</t>
+          <t>9786055679910</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gramsci’de Dil ve Hegemonya</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>550</v>
+        <v>225</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789750073731</t>
+          <t>9786055679545</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gözetlenen Toplum  Günlük Hayatı Kontrol Etmek</t>
+          <t>Hacıyatmazı Devirmek</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054511402</t>
+          <t>9786054511150</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gözetimin Küreselleşmesi</t>
+          <t>Gramsci’yi Çözümlemek</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054511747</t>
+          <t>9786055679996</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gözetim Çalışmaları</t>
+          <t>Gramsci’de Dil ve Hegemonya</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054511211</t>
+          <t>9789750073731</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gorbaçov’dan Putin’e Rusya’nın Yolu</t>
+          <t>Gözetlenen Toplum  Günlük Hayatı Kontrol Etmek</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055679217</t>
+          <t>9786054511402</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gizli Topluluklar</t>
+          <t>Gözetimin Küreselleşmesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055679132</t>
+          <t>9786054511747</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Amerika Birleşik Devletleri Halkları Tarihi</t>
+          <t>Gözetim Çalışmaları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054511198</t>
+          <t>9786054511211</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gramsci ve Eğitim</t>
+          <t>Gorbaçov’dan Putin’e Rusya’nın Yolu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055679415</t>
+          <t>9786055679217</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Firari Kahkahalar</t>
+          <t>Gizli Topluluklar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>69</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055679767</t>
+          <t>9786055679132</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Film Çalışmaları</t>
+          <t>Gençler İçin Amerika Birleşik Devletleri Halkları Tarihi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>295</v>
+        <v>490</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055679422</t>
+          <t>9786054511198</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Fikirlerimizin Sahibi Kim?</t>
+          <t>Gramsci ve Eğitim</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054511136</t>
+          <t>9786055679415</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Felsefeyi Aşmış Marksizm</t>
+          <t>Firari Kahkahalar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>125</v>
+        <v>69</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055679248</t>
+          <t>9786055679767</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Ateşi</t>
+          <t>Film Çalışmaları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054511051</t>
+          <t>9786055679422</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Etkili Konuşma</t>
+          <t>Fikirlerimizin Sahibi Kim?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944115053</t>
+          <t>9786054511136</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Emek ve Tekelci Sermaye</t>
+          <t>Felsefeyi Aşmış Marksizm</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>650</v>
+        <v>125</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055679255</t>
+          <t>9786055679248</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Emek Değer Teorileri</t>
+          <t>Felsefenin Ateşi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>550</v>
+        <v>125</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054511655</t>
+          <t>9786054511051</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gramsci ve Eğitsel Düşünce</t>
+          <t>Etkili Konuşma</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944115179</t>
+          <t>9789944115053</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Medya Okuryazarlığı</t>
+          <t>Emek ve Tekelci Sermaye</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054511693</t>
+          <t>9786055679255</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve İktidar</t>
+          <t>Emek Değer Teorileri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>590</v>
+        <v>550</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055679880</t>
+          <t>9786054511655</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Düşük Bütçeli Filmler</t>
+          <t>Gramsci ve Eğitsel Düşünce</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055679347</t>
+          <t>9789944115179</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Digenes Akrites - Anadolu’nun Büyük Destanı</t>
+          <t>Eleştirel Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>890</v>
+        <v>390</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944115186</t>
+          <t>9786054511693</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Devrim Taciri İttihat ve Terakki’nin Bolşevik Teorisyeni: Parvus Efendi</t>
+          <t>Eğitim ve İktidar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>750</v>
+        <v>590</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944115018</t>
+          <t>9786055679880</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Devrim Sonrası Toplumlar</t>
+          <t>Düşük Bütçeli Filmler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054511594</t>
+          <t>9786055679347</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dergah’ın Sırrı - Aleviliğin Kayıp Hafızası</t>
+          <t>Digenes Akrites - Anadolu’nun Büyük Destanı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>420</v>
+        <v>890</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054511358</t>
+          <t>9789944115186</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>David Lynch</t>
+          <t>Devrim Taciri İttihat ve Terakki’nin Bolşevik Teorisyeni: Parvus Efendi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055679750</t>
+          <t>9789944115018</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dario Argento</t>
+          <t>Devrim Sonrası Toplumlar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944115049</t>
+          <t>9786054511594</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çok Uluslu Şirketler Yargılanıyor</t>
+          <t>Dergah’ın Sırrı - Aleviliğin Kayıp Hafızası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789750073717</t>
+          <t>9786054511358</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çin ve Sosyalizm</t>
+          <t>David Lynch</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054511129</t>
+          <t>9786055679750</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Charlie Kaufman ve Hollywood’un Neşeli Afacanlar, Fabulistler ve Hayalperestler Takımı</t>
+          <t>Dario Argento</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055679972</t>
+          <t>9789944115049</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Cassavetes - Aşk Irmakları Setinde</t>
+          <t>Çok Uluslu Şirketler Yargılanıyor</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055679477</t>
+          <t>9789750073717</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bizans’ın Kısa Tarihi</t>
+          <t>Çin ve Sosyalizm</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054511068</t>
+          <t>9786054511129</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Kader Olunca</t>
+          <t>Charlie Kaufman ve Hollywood’un Neşeli Afacanlar, Fabulistler ve Hayalperestler Takımı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055679620</t>
+          <t>9786055679972</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin ve Evrim Tartışmaları</t>
+          <t>Cassavetes - Aşk Irmakları Setinde</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944572477</t>
+          <t>9786055679477</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bir Hareket Yaratmak MST Brezilya Topraksız Kır İşçileri Hareketi</t>
+          <t>Bizans’ın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054511419</t>
+          <t>9786054511068</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bellek İzleri (DVD Hediyeli)</t>
+          <t>Biyoloji Kader Olunca</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054511105</t>
+          <t>9786055679620</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Belgeseller</t>
+          <t>Charles Darwin ve Evrim Tartışmaları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054511723</t>
+          <t>9789944572477</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>B’aşka Yazdım Hüznü</t>
+          <t>Bir Hareket Yaratmak MST Brezilya Topraksız Kır İşçileri Hareketi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055679118</t>
+          <t>9786054511419</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bahçe Bizim Gül Bizdedir</t>
+          <t>Bellek İzleri (DVD Hediyeli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944115599</t>
+          <t>9786054511105</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Aze’nin İzi</t>
+          <t>Belgeseller</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>17</v>
+        <v>290</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055679804</t>
+          <t>9786054511723</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Kısa Tarihi</t>
+          <t>B’aşka Yazdım Hüznü</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944115476</t>
+          <t>9786055679118</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Anısı Bizdik Bu Kentin</t>
+          <t>Bahçe Bizim Gül Bizdedir</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>36</v>
+        <v>450</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054511730</t>
+          <t>9789944115599</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Andrey Tarkovski</t>
+          <t>Aze’nin İzi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>450</v>
+        <v>17</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944115216</t>
+          <t>9786055679804</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Aman, Piyasalar!</t>
+          <t>Avrupa’nın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055679095</t>
+          <t>9789944115476</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Kökleri</t>
+          <t>Anısı Bizdik Bu Kentin</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>590</v>
+        <v>36</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054511600</t>
+          <t>9786054511730</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Kayıp Bin Yılı (325-1325)</t>
+          <t>Andrey Tarkovski</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054511037</t>
+          <t>9789944115216</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Gizli Tarihi Demirin Üstünde Karınca İzi</t>
+          <t>Aman, Piyasalar!</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055679019</t>
+          <t>9786055679095</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Akyazı</t>
+          <t>Aleviliğin Kökleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>350</v>
+        <v>590</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944115469</t>
+          <t>9786054511600</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Acı Çay</t>
+          <t>Aleviliğin Kayıp Bin Yılı (325-1325)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>440</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054511785</t>
+          <t>9786054511037</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>5 Kuruşluk Devrim</t>
+          <t>Aleviliğin Gizli Tarihi Demirin Üstünde Karınca İzi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055679521</t>
+          <t>9786055679019</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Sosyalizmi ve Latin Amerika</t>
+          <t>Akyazı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054511099</t>
+          <t>9789944115469</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>1974 Baf Çarpışmaları ve Kocatepe Olayı</t>
+          <t>Acı Çay</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789750073724</t>
+          <t>9786054511785</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlarda Ütopya ve Karşıütopya</t>
+          <t>5 Kuruşluk Devrim</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057942616</t>
+          <t>9786055679521</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Patriyarka ve Kapitalizm</t>
+          <t>21. Yüzyıl Sosyalizmi ve Latin Amerika</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057942746</t>
+          <t>9786054511099</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Antroposen'de Kapitalizm - Ekolojik Yıkım veya Ekolojik Devrim</t>
+          <t>1974 Baf Çarpışmaları ve Kocatepe Olayı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057942722</t>
+          <t>9789750073724</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kınasız Gelinler - Acı Molehiya</t>
+          <t>Modern Zamanlarda Ütopya ve Karşıütopya</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057942678</t>
+          <t>9786057942616</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Güneyin Şarkısı</t>
+          <t>Patriyarka ve Kapitalizm</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057942715</t>
+          <t>9786057942746</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tasarımın Eleştirisi</t>
+          <t>Antroposen'de Kapitalizm - Ekolojik Yıkım veya Ekolojik Devrim</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>490</v>
+        <v>325</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057942685</t>
+          <t>9786057942722</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Bir Düğüm</t>
+          <t>Kınasız Gelinler - Acı Molehiya</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057942654</t>
+          <t>9786057942678</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Cumhuriyeti'nin Kader Anı - Krizden Yıkıma Giden Yol: 1963-1964</t>
+          <t>Güneyin Şarkısı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057942661</t>
+          <t>9786057942715</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs - Bitmeyen Yaz</t>
+          <t>Akıllı Tasarımın Eleştirisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057942593</t>
+          <t>9786057942685</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sermaye ve Emperyalizm: Kuram, Tarih ve Günümüz</t>
+          <t>İstanbul’da Bir Düğüm</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>590</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057942562</t>
+          <t>9786057942654</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Artık Sır Yok</t>
+          <t>Kıbrıs Cumhuriyeti'nin Kader Anı - Krizden Yıkıma Giden Yol: 1963-1964</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057942579</t>
+          <t>9786057942661</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>ABD Dış Politikasında Kıbrıs Açmazı</t>
+          <t>Kıbrıs - Bitmeyen Yaz</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057942586</t>
+          <t>9786057942593</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kedi Koket</t>
+          <t>Sermaye ve Emperyalizm: Kuram, Tarih ve Günümüz</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>55</v>
+        <v>590</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054979325</t>
+          <t>9786057942562</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Marx, Doğa ve Yıkımın Ekolojisi</t>
+          <t>Artık Sır Yok</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>79</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055679903</t>
+          <t>9786057942579</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Sanatı</t>
+          <t>ABD Dış Politikasında Kıbrıs Açmazı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057942630</t>
+          <t>9786057942586</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Mucize Kedi Koket</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057942609</t>
+          <t>9786054979325</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Dönüşü – Ekolojinin Uzun Bir Tarihi 2. Cilt</t>
+          <t>Marx, Doğa ve Yıkımın Ekolojisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>750</v>
+        <v>79</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057942531</t>
+          <t>9786055679903</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın En Uzun Yüzyılı</t>
+          <t>Oyunculuk Sanatı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057942555</t>
+          <t>9786057942630</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Katharlar - Engizisyon Kıskacında</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057942548</t>
+          <t>9786057942609</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Gülükan - Şiirler</t>
+          <t>Doğanın Dönüşü – Ekolojinin Uzun Bir Tarihi 2. Cilt</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>35</v>
+        <v>750</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057942524</t>
+          <t>9786057942531</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kafkaslar’da Üç Firari - Gülsenemliler</t>
+          <t>Kıbrıs’ın En Uzun Yüzyılı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057942500</t>
+          <t>9786057942555</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Teknokültürel Düşler ve Kabuslar</t>
+          <t>Katharlar - Engizisyon Kıskacında</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057942494</t>
+          <t>9786057942548</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Toplum İmgesi</t>
+          <t>Gülükan - Şiirler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057942517</t>
+          <t>9786057942524</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>50 Bin Yıllık Dünya Düzeni</t>
+          <t>Kafkaslar’da Üç Firari - Gülsenemliler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057942487</t>
+          <t>9786057942500</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medyada Görsel Küresel Politikalar</t>
+          <t>Teknokültürel Düşler ve Kabuslar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057942470</t>
+          <t>9786057942494</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Dönüşü - Ekolojinin Uzun Bir Tarihi Cilt 1</t>
+          <t>Medya ve Toplum İmgesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057942432</t>
+          <t>9786057942517</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Koçgiri</t>
+          <t>50 Bin Yıllık Dünya Düzeni</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057942456</t>
+          <t>9786057942487</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kuramları ve Yetişkin Öğrenme Modelleri Üzerine Kısa Bir İnceleme</t>
+          <t>Yeni Medyada Görsel Küresel Politikalar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057942449</t>
+          <t>9786057942470</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Abolisyonist Sosyalist Feminizm</t>
+          <t>Doğanın Dönüşü - Ekolojinin Uzun Bir Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057942425</t>
+          <t>9786057942432</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Öncesi Yazılar</t>
+          <t>Belgelerle Koçgiri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>480</v>
+        <v>750</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057942418</t>
+          <t>9786057942456</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Unutulmuş Arnavutlar</t>
+          <t>Öğrenme Kuramları ve Yetişkin Öğrenme Modelleri Üzerine Kısa Bir İnceleme</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057942272</t>
+          <t>9786057942449</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Antik Avrupa Cilt 4</t>
+          <t>Abolisyonist Sosyalist Feminizm</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057942302</t>
+          <t>9786057942425</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Jans Mans Sokağı Çocukları</t>
+          <t>Hapishane Öncesi Yazılar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057942319</t>
+          <t>9786057942418</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Serçe</t>
+          <t>Türkiye’de Unutulmuş Arnavutlar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057942296</t>
+          <t>9786057942272</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’a Soldan Bakmak – Akıntıya Karşı Yazılar</t>
+          <t>Antik Avrupa Cilt 4</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057942289</t>
+          <t>9786057942302</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İncir Ağacının Gölgesinde Zaman</t>
+          <t>Jans Mans Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057942258</t>
+          <t>9786057942319</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Safir - Birinci Kitap</t>
+          <t>Serçe</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057942210</t>
+          <t>9786057942296</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Göbekli Tepe - Öteki Dünyaya Açılan Kapının Şifreleri</t>
+          <t>Kıbrıs’a Soldan Bakmak – Akıntıya Karşı Yazılar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057942197</t>
+          <t>9786057942289</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya’da Orta Çağ Helenizminin Çöküşü ve 11. Yüzyıldan Başlayarak 15. Yüzyıla Kadar İslamlaşma</t>
+          <t>İncir Ağacının Gölgesinde Zaman</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057942180</t>
+          <t>9786057942258</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bronz Çağı’nda Alevilik (M.Ö.4000-M.Ö.1750)</t>
+          <t>Safir - Birinci Kitap</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057942173</t>
+          <t>9786057942210</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hançerin Bekçisi</t>
+          <t>Göbekli Tepe - Öteki Dünyaya Açılan Kapının Şifreleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057942159</t>
+          <t>9786057942197</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Zor Yıllar</t>
+          <t>Küçük Asya’da Orta Çağ Helenizminin Çöküşü ve 11. Yüzyıldan Başlayarak 15. Yüzyıla Kadar İslamlaşma</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>55</v>
+        <v>950</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057942166</t>
+          <t>9786057942180</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Biz Devrime Çok İnanmıştık</t>
+          <t>Bronz Çağı’nda Alevilik (M.Ö.4000-M.Ö.1750)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050698305</t>
+          <t>9786057942173</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Pipo Sohbetleri</t>
+          <t>Hançerin Bekçisi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057942142</t>
+          <t>9786057942159</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Luvi Uygarlığı - Anadolu ve Ege Arasında Kimlik, Kültür, Dil ve Din (Cilt 2)</t>
+          <t>Zor Yıllar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>750</v>
+        <v>55</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057942128</t>
+          <t>9786057942166</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Sapmalar</t>
+          <t>Biz Devrime Çok İnanmıştık</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057942104</t>
+          <t>9786050698305</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yol Kurucusu - Kadıncık Ana</t>
+          <t>Pipo Sohbetleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057942098</t>
+          <t>9786057942142</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslı Türk Siyasi Tarihi</t>
+          <t>Luvi Uygarlığı - Anadolu ve Ege Arasında Kimlik, Kültür, Dil ve Din (Cilt 2)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057942081</t>
+          <t>9786057942128</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Paulikanların Tarihi</t>
+          <t>Kırılgan Sapmalar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057942050</t>
+          <t>9786057942104</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Koşuda Adalılar</t>
+          <t>Yol Kurucusu - Kadıncık Ana</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057942067</t>
+          <t>9786057942098</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hazirandan Hazirana</t>
+          <t>Kıbrıslı Türk Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>35</v>
+        <v>550</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057942043</t>
+          <t>9786057942081</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Güncele Laik Eğitim</t>
+          <t>Paulikanların Tarihi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057942036</t>
+          <t>9786057942050</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tarihçi</t>
+          <t>En Uzun Koşuda Adalılar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054979998</t>
+          <t>9786057942067</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Makarios</t>
+          <t>Hazirandan Hazirana</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>550</v>
+        <v>35</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054979868</t>
+          <t>9786057942043</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Küba Bir Devrimin Anatomisi</t>
+          <t>Tarihten Güncele Laik Eğitim</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057942012</t>
+          <t>9786057942036</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi</t>
+          <t>Tarih ve Tarihçi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054979974</t>
+          <t>9786054979998</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyasi Biyografi Lenin</t>
+          <t>Makarios</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>900</v>
+        <v>550</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054979981</t>
+          <t>9786054979868</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Biz</t>
+          <t>Küba Bir Devrimin Anatomisi</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054979005</t>
+          <t>9786057942012</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Zeka</t>
+          <t>Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054979967</t>
+          <t>9786054979974</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yazdan Sonra Yalnızlık</t>
+          <t>Bir Siyasi Biyografi Lenin</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>35</v>
+        <v>900</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054979912</t>
+          <t>9786054979981</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Vatanını Seven Tıklasın</t>
+          <t>Savaş ve Biz</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054979943</t>
+          <t>9786054979005</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazımı - Sekans Yöntemi</t>
+          <t>Kolektif Zeka</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>590</v>
+        <v>290</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054979936</t>
+          <t>9786054979967</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Luvi Uygarlığı - Anadolu ve Ege Arasında Kimlik, Kültür, Dil, Din (Cilt 1)</t>
+          <t>Yazdan Sonra Yalnızlık</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>790</v>
+        <v>35</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054979899</t>
+          <t>9786054979912</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Keşifler - Taşıtlar</t>
+          <t>Vatanını Seven Tıklasın</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054979882</t>
+          <t>9786054979943</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazmak Yeniden Yazmak Demektir</t>
+          <t>Senaryo Yazımı - Sekans Yöntemi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>900</v>
+        <v>590</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054979769</t>
+          <t>9786054979936</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerde Savaşanlar</t>
+          <t>Luvi Uygarlığı - Anadolu ve Ege Arasında Kimlik, Kültür, Dil, Din (Cilt 1)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>750</v>
+        <v>790</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054979875</t>
+          <t>9786054979899</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kadının Dönüşümü</t>
+          <t>Sihirli Keşifler - Taşıtlar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>225</v>
+        <v>60</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054979844</t>
+          <t>9786054979882</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Dijital Dönüşüm</t>
+          <t>Senaryo Yazmak Yeniden Yazmak Demektir</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054979813</t>
+          <t>9786054979769</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Renkli Gölgeler</t>
+          <t>Gölgelerde Savaşanlar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054979820</t>
+          <t>9786054979875</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Paulo Freire - Diyaloğun Pedagojisine Giden Yol</t>
+          <t>Kadının Dönüşümü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054979752</t>
+          <t>9786054979844</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kedi Hissi</t>
+          <t>Türk Sinemasında Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>590</v>
+        <v>150</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054979745</t>
+          <t>9786054979813</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yol Kadındır</t>
+          <t>Renkli Gölgeler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054979790</t>
+          <t>9786054979820</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Düzenbazlar 2. Cilt</t>
+          <t>Paulo Freire - Diyaloğun Pedagojisine Giden Yol</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944115513</t>
+          <t>9786054979752</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Hamburg Programı: 21. Yüzyılda Sosyal Demokrasi</t>
+          <t>Kedi Hissi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>15</v>
+        <v>590</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055679392</t>
+          <t>9786054979745</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bizanslı Heretiklerin Tarihi</t>
+          <t>Yol Kadındır</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054979738</t>
+          <t>9786054979790</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Anglo-Amerikan Eğlence Endüstrisinde Televizyon Program Formatları</t>
+          <t>Düzenbazlar 2. Cilt</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054979714</t>
+          <t>9789944115513</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ölüyaprak Vuruşu</t>
+          <t>Hamburg Programı: 21. Yüzyılda Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>290</v>
+        <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054979691</t>
+          <t>9786055679392</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Nazilerin Arka Kapısı</t>
+          <t>Bizanslı Heretiklerin Tarihi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>690</v>
+        <v>750</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054979684</t>
+          <t>9786054979738</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Hakkında Her Şey</t>
+          <t>Anglo-Amerikan Eğlence Endüstrisinde Televizyon Program Formatları</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054979707</t>
+          <t>9786054979714</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Oğlumu Öldürdünüz Arz Ederim</t>
+          <t>Ölüyaprak Vuruşu</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054979646</t>
+          <t>9786054979691</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı'nda Kıbrıs</t>
+          <t>Nazilerin Arka Kapısı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>450</v>
+        <v>690</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054979608</t>
+          <t>9786054979684</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Antik Avrupa Cilt 2</t>
+          <t>Köpekler Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054979622</t>
+          <t>9786054979707</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Eski Mars</t>
+          <t>Oğlumu Öldürdünüz Arz Ederim</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054979639</t>
+          <t>9786054979646</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Eski Venüs</t>
+          <t>2. Dünya Savaşı'nda Kıbrıs</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054979615</t>
+          <t>9786054979608</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Antik Avrupa (Cilt: 1)</t>
+          <t>Antik Avrupa Cilt 2</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054979592</t>
+          <t>9786054979622</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Dijital</t>
+          <t>Eski Mars</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054979585</t>
+          <t>9786054979639</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Eğitim ve Marksizm</t>
+          <t>Eski Venüs</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054979578</t>
+          <t>9786054979615</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Nemesis Operasyonu</t>
+          <t>Antik Avrupa (Cilt: 1)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054979561</t>
+          <t>9786054979592</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Dış Politikada Yumuşak Güç ve Medya</t>
+          <t>Dijital</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>750</v>
+        <v>340</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054979547</t>
+          <t>9786054979585</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Tarihsel Sözlüğü</t>
+          <t>Eleştirel Eğitim ve Marksizm</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054979042</t>
+          <t>9786054979578</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Anarşist</t>
+          <t>Nemesis Operasyonu</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054979554</t>
+          <t>9786054979561</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hitler'i Yenen Adam Mareşal Jukov</t>
+          <t>Dış Politikada Yumuşak Güç ve Medya</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054979530</t>
+          <t>9786054979547</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Sosyal Demokrasi</t>
+          <t>Kıbrıs Tarihsel Sözlüğü</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054979523</t>
+          <t>9786054979042</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş İçin Uçak Kaçıran Bir Hava Korsanının Anıları</t>
+          <t>Anarşist</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055679491</t>
+          <t>9786054979554</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Marksist Kriz Teorileri Işığında Küresel Kriz</t>
+          <t>Hitler'i Yenen Adam Mareşal Jukov</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054511679</t>
+          <t>9786054979530</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Marksist Ekoloji</t>
+          <t>Dünyada Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055679798</t>
+          <t>9786054979523</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Marksist Eğitim Kuramı ve Radikal Pedagoji</t>
+          <t>Deniz Gezmiş İçin Uçak Kaçıran Bir Hava Korsanının Anıları</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054511501</t>
+          <t>9786055679491</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Siyaseti ve Kadın</t>
+          <t>Marksist Kriz Teorileri Işığında Küresel Kriz</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054511754</t>
+          <t>9786054511679</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sinema</t>
+          <t>Marksist Ekoloji</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054979516</t>
+          <t>9786055679798</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikoterapi Mağdurunun Anıları</t>
+          <t>Marksist Eğitim Kuramı ve Radikal Pedagoji</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054979448</t>
+          <t>9786054511501</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Söylevleri</t>
+          <t>Sınıf Siyaseti ve Kadın</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054979455</t>
+          <t>9786054511754</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Ardından</t>
+          <t>Sessiz Sinema</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054979462</t>
+          <t>9786054979516</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Nasıl Yazılmaz</t>
+          <t>Bir Psikoterapi Mağdurunun Anıları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>590</v>
+        <v>350</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054979479</t>
+          <t>9786054979448</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Georgi Dimitrov - Bir Yaşam Öyküsü</t>
+          <t>Kıbrıs Söylevleri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054979509</t>
+          <t>9786054979455</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Militan Fotoğraf ve Fotoğrafçı</t>
+          <t>Karanlığın Ardından</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054979486</t>
+          <t>9786054979462</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Aşık Geleneğinden Protest Müziğe: Ali Asker</t>
+          <t>Senaryo Nasıl Yazılmaz</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>390</v>
+        <v>590</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054511884</t>
+          <t>9786054979479</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>John Carpenter</t>
+          <t>Georgi Dimitrov - Bir Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054511877</t>
+          <t>9786054979509</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Kadınlar</t>
+          <t>Militan Fotoğraf ve Fotoğrafçı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054511969</t>
+          <t>9786054979486</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Kriz Teorisi 2. Kitap</t>
+          <t>Aşık Geleneğinden Protest Müziğe: Ali Asker</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054979400</t>
+          <t>9786054511884</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası Kent ve İnsan Söyleşileri - 2</t>
+          <t>John Carpenter</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054979417</t>
+          <t>9786054511877</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Uçan Pervaneler</t>
+          <t>Pamuk Kadınlar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054979424</t>
+          <t>9786054511969</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hotel Florida</t>
+          <t>Marx'ın Kriz Teorisi 2. Kitap</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>690</v>
+        <v>490</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054979394</t>
+          <t>9786054979400</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeden Ulus Devlete</t>
+          <t>Kuşadası Kent ve İnsan Söyleşileri - 2</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>450</v>
+        <v>35</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054979264</t>
+          <t>9786054979417</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yarından Sonra</t>
+          <t>Ateşe Uçan Pervaneler</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>490</v>
+        <v>750</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054511334</t>
+          <t>9786054979424</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri Cilt: 1 (Özel Baskı) (Ciltli)</t>
+          <t>Hotel Florida</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>1100</v>
+        <v>690</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054511204</t>
+          <t>9786054979394</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri Cilt: 1</t>
+          <t>Sömürgeden Ulus Devlete</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054979387</t>
+          <t>9786054979264</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Perdede ve Sahnede Nazım Hikmet</t>
+          <t>Yarından Sonra</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>225</v>
+        <v>490</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944115353</t>
+          <t>9786054511334</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ulus Devlet ve Şiddet</t>
+          <t>Hapishane Defterleri Cilt: 1 (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>800</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055679842</t>
+          <t>9786054511204</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kısa Filmler</t>
+          <t>Hapishane Defterleri Cilt: 1</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054511761</t>
+          <t>9786054979387</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kısa Film Senaryosu Yazmak</t>
+          <t>Beyaz Perdede ve Sahnede Nazım Hikmet</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>490</v>
+        <v>225</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054511372</t>
+          <t>9789944115353</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri 2. Cilt</t>
+          <t>Ulus Devlet ve Şiddet</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055679606</t>
+          <t>9786055679842</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsel Sineması Tarihi</t>
+          <t>Kısa Filmler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055679279</t>
+          <t>9786054511761</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Dünya Ekonomisi</t>
+          <t>Kısa Film Senaryosu Yazmak</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054979363</t>
+          <t>9786054511372</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen Bebeğin Ölümü</t>
+          <t>Hapishane Defterleri 2. Cilt</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054979349</t>
+          <t>9786055679606</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Desim'in Anadolu'daki Statüsü</t>
+          <t>Eşcinsel Sineması Tarihi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054979356</t>
+          <t>9786055679279</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Sosyal Demokrasi : Zorluklar ve Fırsatlar</t>
+          <t>Emperyalizm ve Dünya Ekonomisi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054511365</t>
+          <t>9786054979363</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri 3. Cilt</t>
+          <t>İstenmeyen Bebeğin Ölümü</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054511983</t>
+          <t>9786054979349</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>QR Kodlar ve İletişim Teknolojisinin Hibritleşmesi</t>
+          <t>Desim'in Anadolu'daki Statüsü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054979288</t>
+          <t>9786054979356</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün : Günden Taşan Hayatlar</t>
+          <t>Türkiye İçin Sosyal Demokrasi : Zorluklar ve Fırsatlar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>35</v>
+        <v>450</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054979295</t>
+          <t>9786054511365</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>İdealist Öğretmenden Sınava Hazırlayıcı Teknisyene Öğretmenliğin Dönüşümü</t>
+          <t>Hapishane Defterleri 3. Cilt</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054979226</t>
+          <t>9786054511983</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitimi ve Eşitlik</t>
+          <t>QR Kodlar ve İletişim Teknolojisinin Hibritleşmesi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054979202</t>
+          <t>9786054979288</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>AB ile Güncel İlişkilerimiz ve Ekonomik Kriz</t>
+          <t>Bir Gün : Günden Taşan Hayatlar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>12.96</v>
+        <v>35</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054979257</t>
+          <t>9786054979295</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Okumak</t>
+          <t>İdealist Öğretmenden Sınava Hazırlayıcı Teknisyene Öğretmenliğin Dönüşümü</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054979233</t>
+          <t>9786054979226</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Komünist Partisi Tarihi</t>
+          <t>Yetişkin Eğitimi ve Eşitlik</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054511945</t>
+          <t>9786054979202</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Gezi'yi Soldan Kavramak 18 Brumaire'den Taksim Direnişi'ne</t>
+          <t>AB ile Güncel İlişkilerimiz ve Ekonomik Kriz</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>50</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054511297</t>
+          <t>9786054979257</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bale ve Dans Ansiklopedisi 1. Cilt</t>
+          <t>Senaryo Okumak</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054511303</t>
+          <t>9786054979233</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bale ve Dans Ansiklopedisi  2. Cilt</t>
+          <t>Kıbrıs Komünist Partisi Tarihi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055679538</t>
+          <t>9786054511945</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Anarşistler Arasında Bir Kız</t>
+          <t>Gezi'yi Soldan Kavramak 18 Brumaire'den Taksim Direnişi'ne</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789944115285</t>
+          <t>9786054511297</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Küresel Fabrikanın Doğuşu</t>
+          <t>Küresel Bale ve Dans Ansiklopedisi 1. Cilt</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054979165</t>
+          <t>9786054511303</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sınıf Dil ve İktidar</t>
+          <t>Küresel Bale ve Dans Ansiklopedisi  2. Cilt</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054979172</t>
+          <t>9786055679538</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Stalin’in Baş Celladı Halk Komiseri Nikolay Yezhov</t>
+          <t>Anarşistler Arasında Bir Kız</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786054979189</t>
+          <t>9789944115285</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri 4. Cilt</t>
+          <t>Anadolu’da Küresel Fabrikanın Doğuşu</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054979158</t>
+          <t>9786054979165</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dijital Film Yapmak</t>
+          <t>Toplumsal Sınıf Dil ve İktidar</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054979066</t>
+          <t>9786054979172</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Gökçe</t>
+          <t>Stalin’in Baş Celladı Halk Komiseri Nikolay Yezhov</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054511488</t>
+          <t>9786054979189</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Yazılar 3</t>
+          <t>Hapishane Defterleri 4. Cilt</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>23.15</v>
+        <v>800</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054511648</t>
+          <t>9786054979158</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sinema Akımları</t>
+          <t>Dijital Film Yapmak</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055679859</t>
+          <t>9786054979066</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Neo-Noir Filmler</t>
+          <t>Gökçe</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9799944115024</t>
+          <t>9786054511488</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizmi Aşmak Latin Amerika’da Kitle Merkezli Kalkınma</t>
+          <t>Siyah Beyaz Yazılar 3</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789944115063</t>
+          <t>9786054511648</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika’da Devlet İktidarı ve Toplumsal Hareketler</t>
+          <t>Sinema Akımları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789750073779</t>
+          <t>9786055679859</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika ve Başka Bir Kalkınma</t>
+          <t>Neo-Noir Filmler</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789944115575</t>
+          <t>9799944115024</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorununda Çözüm Önerileri</t>
+          <t>Neoliberalizmi Aşmak Latin Amerika’da Kitle Merkezli Kalkınma</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944115377</t>
+          <t>9789944115063</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İkinci Mesajı</t>
+          <t>Latin Amerika’da Devlet İktidarı ve Toplumsal Hareketler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054511044</t>
+          <t>9789750073779</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Gramsci’yi Anlamak</t>
+          <t>Latin Amerika ve Başka Bir Kalkınma</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055679699</t>
+          <t>9789944115575</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Doğu Asya Sineması</t>
+          <t>Kürt Sorununda Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055679781</t>
+          <t>9789944115377</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Asya Korku Sineması</t>
+          <t>İslam’ın İkinci Mesajı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054511426</t>
+          <t>9786054511044</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Animasyon Filmler</t>
+          <t>Gramsci’yi Anlamak</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944115360</t>
+          <t>9786055679699</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim</t>
+          <t>Doğu Asya Sineması</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>490</v>
+        <v>390</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054979110</t>
+          <t>9786055679781</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kapatılmanın Patolojisi</t>
+          <t>Asya Korku Sineması</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054979097</t>
+          <t>9786054511426</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası Rant Politikaları ve Liman</t>
+          <t>Animasyon Filmler</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>18.52</v>
+        <v>290</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054511686</t>
+          <t>9789944115360</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>General Grivas - Hayatım</t>
+          <t>Alternatif Eğitim</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>600</v>
+        <v>490</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786055679262</t>
+          <t>9786054979110</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Genel Teori İstihdam Faiz ve Paranın Genel Teorisi</t>
+          <t>Kapatılmanın Patolojisi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054511891</t>
+          <t>9786054979097</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrasi Notları - Toplumları Başkaldırıya Zorlayan Eşitsizlikler Konusunda...</t>
+          <t>Kuşadası Rant Politikaları ve Liman</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>450</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054979370</t>
+          <t>9786054511686</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sır İçinde Sır Olanlar- Alevi Kadınlar</t>
+          <t>General Grivas - Hayatım</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054979271</t>
+          <t>9786055679262</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>1421 - Çin’in Dünyayı Keşfettiği Yıl</t>
+          <t>Genel Teori İstihdam Faiz ve Paranın Genel Teorisi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>950</v>
+        <v>650</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054979141</t>
+          <t>9786054511891</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Yaratıcı Yönetmen</t>
+          <t>Sosyal Demokrasi Notları - Toplumları Başkaldırıya Zorlayan Eşitsizlikler Konusunda...</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054979028</t>
+          <t>9786054979370</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kendi Medyanı Yarat Cilt 2 – Alternatif  Medya</t>
+          <t>Sır İçinde Sır Olanlar- Alevi Kadınlar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054979103</t>
+          <t>9786054979271</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Vaka-i Sosyal Medya</t>
+          <t>1421 - Çin’in Dünyayı Keşfettiği Yıl</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>220</v>
+        <v>950</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054679011</t>
+          <t>9786054979141</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kendi Medyanı Yarat – Alternatif Medya Kavramlar, Tartışmalar, Örnekler, Cilt: 1</t>
+          <t>Sinemada Yaratıcı Yönetmen</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>190</v>
+        <v>580</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054979059</t>
+          <t>9786054979028</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Dersim'in Siyasi Tarihi</t>
+          <t>Kendi Medyanı Yarat Cilt 2 – Alternatif  Medya</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054979035</t>
+          <t>9786054979103</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kırık Zeytin Dalı</t>
+          <t>Vaka-i Sosyal Medya</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786054979073</t>
+          <t>9786054679011</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yitik Zaman Satıcısı</t>
+          <t>Kendi Medyanı Yarat – Alternatif Medya Kavramlar, Tartışmalar, Örnekler, Cilt: 1</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786054511990</t>
+          <t>9786054979059</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yeni Toplum</t>
+          <t>Dersim'in Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786054511853</t>
+          <t>9786054979035</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ayın Karanlık Yüzü: Yeni Medya ve Etik</t>
+          <t>Kırık Zeytin Dalı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054511778</t>
+          <t>9786054979073</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İngilizlerin Kıbrıs'taki Tarihi</t>
+          <t>Yitik Zaman Satıcısı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>750</v>
+        <v>195</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786054511860</t>
+          <t>9786054511990</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen Bebek Kıbrıs Cumhuriyeti</t>
+          <t>Yeni Toplum</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
+          <t>9786054511853</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Ayın Karanlık Yüzü: Yeni Medya ve Etik</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786054511778</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>İngilizlerin Kıbrıs'taki Tarihi</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786054511860</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>İstenmeyen Bebek Kıbrıs Cumhuriyeti</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
           <t>9786054511846</t>
         </is>
       </c>
-      <c r="B324" s="1" t="inlineStr">
+      <c r="B327" s="1" t="inlineStr">
         <is>
           <t>Hegemonya ve İktidar</t>
         </is>
       </c>
-      <c r="C324" s="1">
+      <c r="C327" s="1">
         <v>490</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>