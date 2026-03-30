--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -85,4930 +85,6250 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057942869</t>
+          <t>9786057942074</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ölü Epidemiyologlar - Covid -19’un Kökenleri Üzerine</t>
+          <t>Gülüşü Güzel İnsan Şemsi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>390</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057942784</t>
+          <t>9786054979301</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Antroposen’de Kapitalizm - Ekolojik Felaket mi Ekolojik Medeniyet mi?</t>
+          <t>100. Yıla Doğru CHP</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057942852</t>
+          <t>9786054979219</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Metamodernizm ya da Dijital Çağın Kültürel Mantığı</t>
+          <t>Sinemada Tarihin Görüntüsü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057942845</t>
+          <t>9789944115124</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sözün Gölgesinde</t>
+          <t>Çözümlü Mikro ve Makra İktisat Problemleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944115209</t>
+          <t>9789944115551</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Pedagojinin Vaadi</t>
+          <t>Eşele</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057942623</t>
+          <t>9786054979905</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Laik Eğitim Mücadelemiz</t>
+          <t>Sihirli Keşifler - Hayvanlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>225</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055679927</t>
+          <t>9786054979332</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Işık Tutan Anılar</t>
+          <t>Ekolojik Felaket ve Meta Olarak Gıda</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057942838</t>
+          <t>9786054979318</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Kamera Rejisi Kuramı</t>
+          <t>İletişimde Sosyal Medya - Sosyal Medyada Etkileşim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>390</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057942821</t>
+          <t>9786054979080</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İcraatlarım ve Yaşadıklarım</t>
+          <t>Katılımcı Yerel Yönetim</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>950</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054979837</t>
+          <t>9786054979721</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Afganistan Tarihi</t>
+          <t>Gözetimin Soykütüğü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>275</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057942791</t>
+          <t>9786054979653</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sintrofoi</t>
+          <t>Mekansız</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057942807</t>
+          <t>9786054979134</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Göbekli Tepe</t>
+          <t>Sinemada Diyalektik Kurgu (Filmin Dili)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057942814</t>
+          <t>9786054511952</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi Sözlüğü</t>
+          <t>(Yarı) Başkanlık Sistemi ve Türkiye</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054979806</t>
+          <t>9786054979660</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs'ın Mücahit Hemşireleri</t>
+          <t>Fatma Bendim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055679837</t>
+          <t>9789944115391</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Afganistan Tarihi - Başlangıçtan Günümüze</t>
+          <t>Yeni Toplum Yeni Siyaset</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054979783</t>
+          <t>9789944115278</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Düzenbazlar 1. Cilt</t>
+          <t>Yeni Bir Sol Atılım İçin</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>500</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054979240</t>
+          <t>9789752830127</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çinlilerin Gözünden Türklerin Tarihi</t>
+          <t>Vosvos - Bir Kaplumbağa Yolculuğu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055679989</t>
+          <t>9789944115070</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>KESK Tarihi</t>
+          <t>Vicdan Kanaması</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>750</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054979196</t>
+          <t>9786055679736</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri 4. Cilt (Ciltli)</t>
+          <t>Uluslararası Paranın Ekonomi Politiği ve Kriz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1000</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057942227</t>
+          <t>9786055679439</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Göbekli Tepe - Kozmik Doğuş, Kutsal Evlilik ve Ölümden Dirilişe</t>
+          <t>Türkiye’de Siyasal Parti Üyeliği ve Katılım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>550</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057942111</t>
+          <t>9786055679583</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Antik Avrupa 3.Cilt</t>
+          <t>Teknoloji ve Toplum</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057942708</t>
+          <t>9789944115148</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi Dönemlerden Günümüze İnsan Emeğinin Tarihi</t>
+          <t>Tekelci Sermaye</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>750</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057942777</t>
+          <t>9789944115629</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Karadenize Akan Düşler – Şiirler Maniler Türküler – Karadeniz Gökkuşağı (Ciltli)</t>
+          <t>Sora Sora Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>950</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057942760</t>
+          <t>9786054511471</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuryazarlığı - Türler, İzleyici ve Çözümleme</t>
+          <t>Siyah Beyaz Yazılar 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057942692</t>
+          <t>9786054511464</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası Toplumsal Mücadele Tarihi</t>
+          <t>Siyah Beyaz Yazılar 1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057942753</t>
+          <t>9786054511617</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Jön Türk Hareketi - Kulüp</t>
+          <t>Sevdasıyla ve Kavgasıyla Bir Ülkenin Yaşamında Rol Almak (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054979127</t>
+          <t>9786055679668</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Pepsis ve Tarantula</t>
+          <t>Sen’im</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>420</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055679187</t>
+          <t>9786055679613</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitimi</t>
+          <t>Sanat, Teknoloji, Bilim ve Fotoğraf</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>550</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055679200</t>
+          <t>9786055679453</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Sosyal Demokrasi Toplumcu Belediyecilik</t>
+          <t>Postmodern Cihad</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055679576</t>
+          <t>9789944115414</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medyada Nefret Söylemi</t>
+          <t>Osmanlı Engizisyonu Zulmün Tarihi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>245</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054511624</t>
+          <t>9786054511310</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Vesikalı Yurttaş</t>
+          <t>Ortadoğu’nun Öfkesi ve Batı’da Irkçılık</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>550</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055679811</t>
+          <t>9789944115612</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Unutulan 101 Film</t>
+          <t>Neoliberal İktisadın Marksist Eleştirisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>210</v>
+        <v>27</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054511839</t>
+          <t>9786054511167</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Milliyetçilikle İmtihanı</t>
+          <t>Medyada Hegemonik Erkek(lik) ve Temsil</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055679163</t>
+          <t>9786054511525</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tüm Gizemleriyle Tapınak Şövalyeleri</t>
+          <t>Marx’ın Halleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>290</v>
+        <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054511020</t>
+          <t>9789944115032</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tutankamon</t>
+          <t>Marx’a Dönüş</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>290</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055679170</t>
+          <t>9786055679309</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Paylaşım Ağı Facebook: "Görülüyorum Öyleyse Varım"</t>
+          <t>Kürt Sorunu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944572460</t>
+          <t>9789944115605</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi ya da Siyasi Hukuk İlkeleri</t>
+          <t>Küreselleşme, Direniş, Ütopya - Yeni Toplumsal Hareketler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>195</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054511082</t>
+          <t>9789944115162</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tekelci Finans Sermayesi</t>
+          <t>Küresel Güçlerin Ortadoğu Stratejisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055679484</t>
+          <t>9789944115223</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Silinmez Mürekkepli Aşkları</t>
+          <t>Küba’yı Savunmak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054511273</t>
+          <t>9789944572439</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Feminist Proje Cilt: 2</t>
+          <t>Küreselleşme ve İmparatorluk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>390</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054511259</t>
+          <t>9786055679286</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist Feminist Proje Cilt: 1</t>
+          <t>Kırmızı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>390</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000016050</t>
+          <t>9789944115308</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Simya ve Simyacılar</t>
+          <t>Kıbrıslı Türkler’in Kökenleri ve Kıbrıs’ta Bektaşilik</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055679774</t>
+          <t>9789944115537</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Stüdyo Ghibli</t>
+          <t>Kapitalizmin Malileşmesi ve Kriz</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>290</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055679590</t>
+          <t>9786054511433</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazımı</t>
+          <t>Kanlı Pazar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054511075</t>
+          <t>9786054511013</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Psikocoğrafya</t>
+          <t>Kahire - Kızıldeniz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944572408</t>
+          <t>9786055679057</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilikten Günümüze Emperyalizm</t>
+          <t>İslami Cumhuriyete Doğru</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>450</v>
+        <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055679026</t>
+          <t>9786055679378</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Pedagoji ve Praksis</t>
+          <t>İmkansız Hayatlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055679934</t>
+          <t>9786055679408</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Paşalar Papazlar</t>
+          <t>Hindistan Günlüğü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055679828</t>
+          <t>9786054511570</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar ve Yapım Teknikleri</t>
+          <t>Hapishane Defterleri 3. Cilt (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789750073786</t>
+          <t>9786054511396</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’nun Yeniden İşgali</t>
+          <t>Hapishane Defterleri 2. Cilt (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>39</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055679156</t>
+          <t>9789944115193</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Katharlar</t>
+          <t>Haluk’a Mektuplar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>390</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944115568</t>
+          <t>9786055679149</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm ve Kriz</t>
+          <t>Güneş de Dondurur</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>190</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055679002</t>
+          <t>9786055679361</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Zamanda Aşınma</t>
+          <t>Gnostikler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789750073762</t>
+          <t>9786055679231</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Neo Liberalizme Karşı Ortak Savunma</t>
+          <t>Giddar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054511174</t>
+          <t>9789944115247</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Nefret - Malatya: Bir Milli Mutabakat Cinayeti</t>
+          <t>Gezipduru</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>290</v>
+        <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944115261</t>
+          <t>9786055679743</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Görselliği</t>
+          <t>Gazetecilik Bilimi ve Kuramları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054511822</t>
+          <t>9786054511143</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Miteroloji / Mytherology</t>
+          <t>Fransız Yeni Dalga Sineması</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>65</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789750073755</t>
+          <t>9786055679224</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Medyanın Sorunu</t>
+          <t>Fotoğraf İdeolojisi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>65</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055679460</t>
+          <t>9789750073700</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Medya, Barış ve Savaş</t>
+          <t>Gramsci Kültür Antropoloji</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055679637</t>
+          <t>9786054511662</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Medya Çalışmaları - Teoriler ve Yaklaşımlar</t>
+          <t>Filmin Dili: Kurgu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>390</v>
+        <v>45</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055679651</t>
+          <t>9786054511792</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Masonların 101 Sırrı</t>
+          <t>Fatsa</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055679040</t>
+          <t>9789944572422</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Para Teorisi</t>
+          <t>Emperyalizmin Yeniden Keşfi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>95</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055679958</t>
+          <t>3990000017539</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kriz Teorisi 1. Kitap</t>
+          <t>Eleştirel Pedagoji ve Neoliberalizm</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>490</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055679446</t>
+          <t>9786055679194</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Emek Değer Teorisi</t>
+          <t>Eleştirel Pedagoji Söyleşileri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>550</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055679354</t>
+          <t>9789944115315</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Doğuşu</t>
+          <t>Eğitim ve İdeoloji</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054511112</t>
+          <t>9786054511709</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Marksist Emperyalizm Teorileri</t>
+          <t>Dünya Gündemine Sosyal Demokrat Yaklaşımlar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>490</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944115506</t>
+          <t>9786055679729</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mahir - Deniz - / İbo Anlatılan Senin Hikayendir</t>
+          <t>Dönüşüm ve Statüko</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>390</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055679552</t>
+          <t>9786054511440</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Luviler</t>
+          <t>Doctor Who -  Efsane Devam Ediyor</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>800</v>
+        <v>59</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944115292</t>
+          <t>9786055679033</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Yaklaşan Sosyalizm</t>
+          <t>Dijital Oyun Rehberi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944572446</t>
+          <t>9789944115544</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Kıskacında Arjantin</t>
+          <t>Dijital Oyun</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>32</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055679385</t>
+          <t>9789944115322</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kase</t>
+          <t>Demokratik Cesaret</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>290</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054511457</t>
+          <t>9789944115421</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası</t>
+          <t>Çingeneler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>39</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054511181</t>
+          <t>9789944115001</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Canavarları</t>
+          <t>Che Guevara, Paulo Freire ve Devrimin Pedagojisi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>290</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055679835</t>
+          <t>9786055679316</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Korku Sineması</t>
+          <t>Cadılığın Tarihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>320</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944115636</t>
+          <t>9786054511815</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kolomb ve Diğer Yamyamlar</t>
+          <t>Bir Yağmur Yağsa Annemle Konuşsam</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944572484</t>
+          <t>9789944115445</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tebeşir</t>
+          <t>Belki Bir Gün Diye...</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>55</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944115582</t>
+          <t>9789944115087</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslı Türk Devrimci Hareketi (Halk-Der)</t>
+          <t>Başkanlık Sistemi ve Türkiye Ülkeler, Deneyimler ve Karşılaştırmalı Analiz</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054511716</t>
+          <t>9786055679675</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Miskinhanesi</t>
+          <t>Bağımsız Sinema</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>190</v>
+        <v>59</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054511556</t>
+          <t>9786054511006</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Komplosu</t>
+          <t>Aze</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>550</v>
+        <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>3990000027533</t>
+          <t>9789750073793</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Keynes’in Genel Teori’si Üzerine</t>
+          <t>Avrupa Birliği ve Tarım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>320</v>
+        <v>22</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055679941</t>
+          <t>9786055679071</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitolojisi</t>
+          <t>Alternatif Sanayileşme Önerileri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>290</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055679088</t>
+          <t>9799750073747</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Alevi Efsanesi</t>
+          <t>Aleviler Aleviliği Tartışıyor</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>490</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055679866</t>
+          <t>9786054511532</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kara Ölüm</t>
+          <t>Adorno’nun Negatif Diyalektiği ve Zizek’in Lacanvari İmkansız Devrimi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>290</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944115230</t>
+          <t>9786055679569</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kapitalistler ve İşgalciler</t>
+          <t>12 Eylül Karanlığında Ölüme Ateş Yakanlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>3990000027964</t>
+          <t>9786054979431</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Gelişme Teorisi</t>
+          <t>Sümer’in Şifreleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>550</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055679125</t>
+          <t>9786057942234</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kapital’i Okuma Kılavuzu</t>
+          <t>Eski Dinlerden Yeni Dinlere</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>69</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055679514</t>
+          <t>9786057942265</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mavi Marmara</t>
+          <t>Safir - İkinci Kitap</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>39</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055679064</t>
+          <t>9786057942029</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>John Kenneth Galbraith İktisadi Düşüncenin Değişimine Bir Katkı</t>
+          <t>ABEŞ (Şerefiye) Bölgesi - Tarih Kültür Etnisite</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>49</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054511808</t>
+          <t>9786057942869</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İyi Saatler Olsun</t>
+          <t>Ölü Epidemiyologlar - Covid -19’un Kökenleri Üzerine</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055679682</t>
+          <t>9786057942784</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İşçi Sınıfımızın İlk Öncüleri</t>
+          <t>Antroposen’de Kapitalizm - Ekolojik Felaket mi Ekolojik Medeniyet mi?</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944572491</t>
+          <t>9786057942852</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İsrail Siyonizm ve Ortadoğu</t>
+          <t>Metamodernizm ya da Dijital Çağın Kültürel Mantığı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054511631</t>
+          <t>9786057942845</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İnsan Toplumunun Kökenleri</t>
+          <t>Sözün Gölgesinde</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>950</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055679507</t>
+          <t>9789944115209</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Yaşamın Uzun Dalgaları</t>
+          <t>Eleştirel Pedagojinin Vaadi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944115520</t>
+          <t>9786057942623</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İblis</t>
+          <t>Laik Eğitim Mücadelemiz</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944115452</t>
+          <t>9786055679927</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Kıbrıs "Turnalar Nereden Gelirdi?"</t>
+          <t>Tarihe Işık Tutan Anılar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055679873</t>
+          <t>9786057942838</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Yoldaş</t>
+          <t>Sinemada Kamera Rejisi Kuramı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055679910</t>
+          <t>9786057942821</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>İcraatlarım ve Yaşadıklarım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>225</v>
+        <v>950</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055679545</t>
+          <t>9786054979837</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hacıyatmazı Devirmek</t>
+          <t>Başlangıçtan Günümüze Afganistan Tarihi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054511150</t>
+          <t>9786057942791</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gramsci’yi Çözümlemek</t>
+          <t>Sintrofoi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055679996</t>
+          <t>9786057942807</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gramsci’de Dil ve Hegemonya</t>
+          <t>Göbekli Tepe</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789750073731</t>
+          <t>9786057942814</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gözetlenen Toplum  Günlük Hayatı Kontrol Etmek</t>
+          <t>Kamu Diplomasisi Sözlüğü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054511402</t>
+          <t>9786054979806</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gözetimin Küreselleşmesi</t>
+          <t>Kıbrıs'ın Mücahit Hemşireleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054511747</t>
+          <t>9786055679837</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gözetim Çalışmaları</t>
+          <t>Afganistan Tarihi - Başlangıçtan Günümüze</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054511211</t>
+          <t>9786054979783</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gorbaçov’dan Putin’e Rusya’nın Yolu</t>
+          <t>Düzenbazlar 1. Cilt</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055679217</t>
+          <t>9786054979240</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Gizli Topluluklar</t>
+          <t>Çinlilerin Gözünden Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055679132</t>
+          <t>9786055679989</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Amerika Birleşik Devletleri Halkları Tarihi</t>
+          <t>KESK Tarihi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>490</v>
+        <v>750</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054511198</t>
+          <t>9786054979196</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gramsci ve Eğitim</t>
+          <t>Hapishane Defterleri 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055679415</t>
+          <t>9786057942227</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Firari Kahkahalar</t>
+          <t>Göbekli Tepe - Kozmik Doğuş, Kutsal Evlilik ve Ölümden Dirilişe</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>69</v>
+        <v>550</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055679767</t>
+          <t>9786057942111</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Film Çalışmaları</t>
+          <t>Antik Avrupa 3.Cilt</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>295</v>
+        <v>600</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055679422</t>
+          <t>9786057942708</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Fikirlerimizin Sahibi Kim?</t>
+          <t>Tarih Öncesi Dönemlerden Günümüze İnsan Emeğinin Tarihi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054511136</t>
+          <t>9786057942777</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Felsefeyi Aşmış Marksizm</t>
+          <t>Karadenize Akan Düşler – Şiirler Maniler Türküler – Karadeniz Gökkuşağı (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>125</v>
+        <v>950</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055679248</t>
+          <t>9786057942760</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Ateşi</t>
+          <t>Medya Okuryazarlığı - Türler, İzleyici ve Çözümleme</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054511051</t>
+          <t>9786057942692</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Etkili Konuşma</t>
+          <t>Kuşadası Toplumsal Mücadele Tarihi</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944115053</t>
+          <t>9786057942753</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Emek ve Tekelci Sermaye</t>
+          <t>Kıbrıs’ta Jön Türk Hareketi - Kulüp</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055679255</t>
+          <t>9786054979127</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Emek Değer Teorileri</t>
+          <t>Pepsis ve Tarantula</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054511655</t>
+          <t>9786055679187</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gramsci ve Eğitsel Düşünce</t>
+          <t>Yetişkin Eğitimi</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944115179</t>
+          <t>9786055679200</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Medya Okuryazarlığı</t>
+          <t>Yerel Yönetimlerde Sosyal Demokrasi Toplumcu Belediyecilik</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054511693</t>
+          <t>9786055679576</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve İktidar</t>
+          <t>Yeni Medyada Nefret Söylemi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>590</v>
+        <v>245</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055679880</t>
+          <t>9786054511624</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Düşük Bütçeli Filmler</t>
+          <t>Vesikalı Yurttaş</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055679347</t>
+          <t>9786055679811</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Digenes Akrites - Anadolu’nun Büyük Destanı</t>
+          <t>Unutulan 101 Film</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>890</v>
+        <v>210</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944115186</t>
+          <t>9786054511839</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Devrim Taciri İttihat ve Terakki’nin Bolşevik Teorisyeni: Parvus Efendi</t>
+          <t>Türkiye’nin Milliyetçilikle İmtihanı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>750</v>
+        <v>225</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944115018</t>
+          <t>9786055679163</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Devrim Sonrası Toplumlar</t>
+          <t>Tüm Gizemleriyle Tapınak Şövalyeleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054511594</t>
+          <t>9786054511020</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dergah’ın Sırrı - Aleviliğin Kayıp Hafızası</t>
+          <t>Tutankamon</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054511358</t>
+          <t>9786055679170</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>David Lynch</t>
+          <t>Toplumsal Paylaşım Ağı Facebook: "Görülüyorum Öyleyse Varım"</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055679750</t>
+          <t>9789944572460</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dario Argento</t>
+          <t>Toplum Sözleşmesi ya da Siyasi Hukuk İlkeleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944115049</t>
+          <t>9786054511082</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çok Uluslu Şirketler Yargılanıyor</t>
+          <t>Tekelci Finans Sermayesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789750073717</t>
+          <t>9786055679484</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Çin ve Sosyalizm</t>
+          <t>Tarihin Silinmez Mürekkepli Aşkları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054511129</t>
+          <t>9786054511273</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Charlie Kaufman ve Hollywood’un Neşeli Afacanlar, Fabulistler ve Hayalperestler Takımı</t>
+          <t>Sosyalist Feminist Proje Cilt: 2</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055679972</t>
+          <t>9786054511259</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Cassavetes - Aşk Irmakları Setinde</t>
+          <t>Sosyalist Feminist Proje Cilt: 1</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055679477</t>
+          <t>3990000016050</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bizans’ın Kısa Tarihi</t>
+          <t>Simya ve Simyacılar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054511068</t>
+          <t>9786055679774</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Kader Olunca</t>
+          <t>Stüdyo Ghibli</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055679620</t>
+          <t>9786055679590</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin ve Evrim Tartışmaları</t>
+          <t>Senaryo Yazımı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944572477</t>
+          <t>9786054511075</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bir Hareket Yaratmak MST Brezilya Topraksız Kır İşçileri Hareketi</t>
+          <t>Psikocoğrafya</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054511419</t>
+          <t>9789944572408</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bellek İzleri (DVD Hediyeli)</t>
+          <t>Sömürgecilikten Günümüze Emperyalizm</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054511105</t>
+          <t>9786055679026</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Belgeseller</t>
+          <t>Pedagoji ve Praksis</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054511723</t>
+          <t>9786055679934</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>B’aşka Yazdım Hüznü</t>
+          <t>Paşalar Papazlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055679118</t>
+          <t>9786055679828</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bahçe Bizim Gül Bizdedir</t>
+          <t>Oyunlar ve Yapım Teknikleri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944115599</t>
+          <t>9789750073786</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Aze’nin İzi</t>
+          <t>Ortadoğu’nun Yeniden İşgali</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>17</v>
+        <v>39</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055679804</t>
+          <t>9786055679156</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Kısa Tarihi</t>
+          <t>Katharlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944115476</t>
+          <t>9789944115568</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Anısı Bizdik Bu Kentin</t>
+          <t>Neoliberalizm ve Kriz</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>36</v>
+        <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054511730</t>
+          <t>9786055679002</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Andrey Tarkovski</t>
+          <t>Neoliberal Zamanda Aşınma</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944115216</t>
+          <t>9789750073762</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aman, Piyasalar!</t>
+          <t>Neo Liberalizme Karşı Ortak Savunma</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055679095</t>
+          <t>9786054511174</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Kökleri</t>
+          <t>Nefret - Malatya: Bir Milli Mutabakat Cinayeti</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>590</v>
+        <v>290</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054511600</t>
+          <t>9789944115261</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Kayıp Bin Yılı (325-1325)</t>
+          <t>Müziğin Görselliği</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>440</v>
+        <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054511037</t>
+          <t>9786054511822</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Gizli Tarihi Demirin Üstünde Karınca İzi</t>
+          <t>Miteroloji / Mytherology</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>550</v>
+        <v>65</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055679019</t>
+          <t>9789750073755</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Akyazı</t>
+          <t>Medyanın Sorunu</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944115469</t>
+          <t>9786055679460</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Acı Çay</t>
+          <t>Medya, Barış ve Savaş</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054511785</t>
+          <t>9786055679637</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>5 Kuruşluk Devrim</t>
+          <t>Medya Çalışmaları - Teoriler ve Yaklaşımlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055679521</t>
+          <t>9786055679651</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Sosyalizmi ve Latin Amerika</t>
+          <t>Masonların 101 Sırrı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054511099</t>
+          <t>9786055679040</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>1974 Baf Çarpışmaları ve Kocatepe Olayı</t>
+          <t>Marx’ın Para Teorisi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789750073724</t>
+          <t>9786055679958</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanlarda Ütopya ve Karşıütopya</t>
+          <t>Marx’ın Kriz Teorisi 1. Kitap</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>900</v>
+        <v>490</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057942616</t>
+          <t>9786055679446</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Patriyarka ve Kapitalizm</t>
+          <t>Marx’ın Emek Değer Teorisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057942746</t>
+          <t>9786055679354</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Antroposen'de Kapitalizm - Ekolojik Yıkım veya Ekolojik Devrim</t>
+          <t>Marksizmin Doğuşu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057942722</t>
+          <t>9786054511112</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kınasız Gelinler - Acı Molehiya</t>
+          <t>Marksist Emperyalizm Teorileri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057942678</t>
+          <t>9789944115506</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Güneyin Şarkısı</t>
+          <t>Mahir - Deniz - / İbo Anlatılan Senin Hikayendir</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057942715</t>
+          <t>9786055679552</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tasarımın Eleştirisi</t>
+          <t>Luviler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>490</v>
+        <v>800</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057942685</t>
+          <t>9789944115292</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Bir Düğüm</t>
+          <t>Küreselleşme ve Yaklaşan Sosyalizm</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057942654</t>
+          <t>9789944572446</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Cumhuriyeti'nin Kader Anı - Krizden Yıkıma Giden Yol: 1963-1964</t>
+          <t>Küreselleşme Kıskacında Arjantin</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057942661</t>
+          <t>9786055679385</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs - Bitmeyen Yaz</t>
+          <t>Kutsal Kase</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057942593</t>
+          <t>9786054511457</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sermaye ve Emperyalizm: Kuram, Tarih ve Günümüz</t>
+          <t>Kuşadası</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>590</v>
+        <v>39</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057942562</t>
+          <t>9786054511181</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Artık Sır Yok</t>
+          <t>Korkunun Canavarları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057942579</t>
+          <t>9786055679835</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>ABD Dış Politikasında Kıbrıs Açmazı</t>
+          <t>Korku Sineması</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057942586</t>
+          <t>9789944115636</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kedi Koket</t>
+          <t>Kolomb ve Diğer Yamyamlar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>55</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054979325</t>
+          <t>9789944572484</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Marx, Doğa ve Yıkımın Ekolojisi</t>
+          <t>Kızıl Tebeşir</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>79</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055679903</t>
+          <t>9789944115582</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Sanatı</t>
+          <t>Kıbrıslı Türk Devrimci Hareketi (Halk-Der)</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057942630</t>
+          <t>9786054511716</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Kıbrıs Miskinhanesi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057942609</t>
+          <t>9786054511556</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Dönüşü – Ekolojinin Uzun Bir Tarihi 2. Cilt</t>
+          <t>Kıbrıs Komplosu</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057942531</t>
+          <t>3990000027533</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın En Uzun Yüzyılı</t>
+          <t>Keynes’in Genel Teori’si Üzerine</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057942555</t>
+          <t>9786055679941</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Katharlar - Engizisyon Kıskacında</t>
+          <t>Kelt Mitolojisi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057942548</t>
+          <t>9786055679088</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Gülükan - Şiirler</t>
+          <t>Kayıp Bir Alevi Efsanesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>35</v>
+        <v>490</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057942524</t>
+          <t>9786055679866</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kafkaslar’da Üç Firari - Gülsenemliler</t>
+          <t>Kara Ölüm</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057942500</t>
+          <t>9789944115230</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Teknokültürel Düşler ve Kabuslar</t>
+          <t>Kapitalistler ve İşgalciler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057942494</t>
+          <t>3990000027964</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Toplum İmgesi</t>
+          <t>Kapitalist Gelişme Teorisi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057942517</t>
+          <t>9786055679125</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>50 Bin Yıllık Dünya Düzeni</t>
+          <t>Kapital’i Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057942487</t>
+          <t>9786055679514</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medyada Görsel Küresel Politikalar</t>
+          <t>Kanlı Mavi Marmara</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>290</v>
+        <v>39</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057942470</t>
+          <t>9786055679064</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Dönüşü - Ekolojinin Uzun Bir Tarihi Cilt 1</t>
+          <t>John Kenneth Galbraith İktisadi Düşüncenin Değişimine Bir Katkı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057942432</t>
+          <t>9786054511808</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Koçgiri</t>
+          <t>İyi Saatler Olsun</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057942456</t>
+          <t>9786055679682</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Kuramları ve Yetişkin Öğrenme Modelleri Üzerine Kısa Bir İnceleme</t>
+          <t>İşçi Sınıfımızın İlk Öncüleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057942449</t>
+          <t>9789944572491</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Abolisyonist Sosyalist Feminizm</t>
+          <t>İsrail Siyonizm ve Ortadoğu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057942425</t>
+          <t>9786054511631</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Öncesi Yazılar</t>
+          <t>İnsan Toplumunun Kökenleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>480</v>
+        <v>950</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057942418</t>
+          <t>9786055679507</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Unutulmuş Arnavutlar</t>
+          <t>İktisadi Yaşamın Uzun Dalgaları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057942272</t>
+          <t>9789944115520</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Antik Avrupa Cilt 4</t>
+          <t>İblis</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057942302</t>
+          <t>9789944115452</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Jans Mans Sokağı Çocukları</t>
+          <t>Hoşçakal Kıbrıs "Turnalar Nereden Gelirdi?"</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057942319</t>
+          <t>9786055679873</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Serçe</t>
+          <t>Hanefi Yoldaş</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057942296</t>
+          <t>9786055679910</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’a Soldan Bakmak – Akıntıya Karşı Yazılar</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057942289</t>
+          <t>9786055679545</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İncir Ağacının Gölgesinde Zaman</t>
+          <t>Hacıyatmazı Devirmek</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057942258</t>
+          <t>9786054511150</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Safir - Birinci Kitap</t>
+          <t>Gramsci’yi Çözümlemek</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057942210</t>
+          <t>9786055679996</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Göbekli Tepe - Öteki Dünyaya Açılan Kapının Şifreleri</t>
+          <t>Gramsci’de Dil ve Hegemonya</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057942197</t>
+          <t>9789750073731</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya’da Orta Çağ Helenizminin Çöküşü ve 11. Yüzyıldan Başlayarak 15. Yüzyıla Kadar İslamlaşma</t>
+          <t>Gözetlenen Toplum  Günlük Hayatı Kontrol Etmek</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>950</v>
+        <v>390</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057942180</t>
+          <t>9786054511402</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bronz Çağı’nda Alevilik (M.Ö.4000-M.Ö.1750)</t>
+          <t>Gözetimin Küreselleşmesi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057942173</t>
+          <t>9786054511747</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hançerin Bekçisi</t>
+          <t>Gözetim Çalışmaları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057942159</t>
+          <t>9786054511211</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Zor Yıllar</t>
+          <t>Gorbaçov’dan Putin’e Rusya’nın Yolu</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>55</v>
+        <v>600</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057942166</t>
+          <t>9786055679217</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Biz Devrime Çok İnanmıştık</t>
+          <t>Gizli Topluluklar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050698305</t>
+          <t>9786055679132</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Pipo Sohbetleri</t>
+          <t>Gençler İçin Amerika Birleşik Devletleri Halkları Tarihi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057942142</t>
+          <t>9786054511198</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Luvi Uygarlığı - Anadolu ve Ege Arasında Kimlik, Kültür, Dil ve Din (Cilt 2)</t>
+          <t>Gramsci ve Eğitim</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057942128</t>
+          <t>9786055679415</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Sapmalar</t>
+          <t>Firari Kahkahalar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>450</v>
+        <v>69</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057942104</t>
+          <t>9786055679767</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yol Kurucusu - Kadıncık Ana</t>
+          <t>Film Çalışmaları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057942098</t>
+          <t>9786055679422</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslı Türk Siyasi Tarihi</t>
+          <t>Fikirlerimizin Sahibi Kim?</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057942081</t>
+          <t>9786054511136</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Paulikanların Tarihi</t>
+          <t>Felsefeyi Aşmış Marksizm</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>600</v>
+        <v>125</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057942050</t>
+          <t>9786055679248</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Koşuda Adalılar</t>
+          <t>Felsefenin Ateşi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057942067</t>
+          <t>9786054511051</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hazirandan Hazirana</t>
+          <t>Etkili Konuşma</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057942043</t>
+          <t>9789944115053</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Güncele Laik Eğitim</t>
+          <t>Emek ve Tekelci Sermaye</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057942036</t>
+          <t>9786055679255</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tarihçi</t>
+          <t>Emek Değer Teorileri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054979998</t>
+          <t>9786054511655</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Makarios</t>
+          <t>Gramsci ve Eğitsel Düşünce</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054979868</t>
+          <t>9789944115179</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Küba Bir Devrimin Anatomisi</t>
+          <t>Eleştirel Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057942012</t>
+          <t>9786054511693</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi</t>
+          <t>Eğitim ve İktidar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>490</v>
+        <v>590</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054979974</t>
+          <t>9786055679880</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyasi Biyografi Lenin</t>
+          <t>Düşük Bütçeli Filmler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>900</v>
+        <v>290</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054979981</t>
+          <t>9786055679347</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Biz</t>
+          <t>Digenes Akrites - Anadolu’nun Büyük Destanı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>350</v>
+        <v>890</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054979005</t>
+          <t>9789944115186</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Zeka</t>
+          <t>Devrim Taciri İttihat ve Terakki’nin Bolşevik Teorisyeni: Parvus Efendi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054979967</t>
+          <t>9789944115018</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yazdan Sonra Yalnızlık</t>
+          <t>Devrim Sonrası Toplumlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>35</v>
+        <v>240</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054979912</t>
+          <t>9786054511594</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Vatanını Seven Tıklasın</t>
+          <t>Dergah’ın Sırrı - Aleviliğin Kayıp Hafızası</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>125</v>
+        <v>420</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054979943</t>
+          <t>9786054511358</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazımı - Sekans Yöntemi</t>
+          <t>David Lynch</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>590</v>
+        <v>450</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054979936</t>
+          <t>9786055679750</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Luvi Uygarlığı - Anadolu ve Ege Arasında Kimlik, Kültür, Dil, Din (Cilt 1)</t>
+          <t>Dario Argento</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>790</v>
+        <v>290</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054979899</t>
+          <t>9789944115049</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Keşifler - Taşıtlar</t>
+          <t>Çok Uluslu Şirketler Yargılanıyor</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054979882</t>
+          <t>9789750073717</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazmak Yeniden Yazmak Demektir</t>
+          <t>Çin ve Sosyalizm</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>900</v>
+        <v>290</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054979769</t>
+          <t>9786054511129</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerde Savaşanlar</t>
+          <t>Charlie Kaufman ve Hollywood’un Neşeli Afacanlar, Fabulistler ve Hayalperestler Takımı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054979875</t>
+          <t>9786055679972</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kadının Dönüşümü</t>
+          <t>Cassavetes - Aşk Irmakları Setinde</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054979844</t>
+          <t>9786055679477</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Dijital Dönüşüm</t>
+          <t>Bizans’ın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054979813</t>
+          <t>9786054511068</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Renkli Gölgeler</t>
+          <t>Biyoloji Kader Olunca</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054979820</t>
+          <t>9786055679620</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Paulo Freire - Diyaloğun Pedagojisine Giden Yol</t>
+          <t>Charles Darwin ve Evrim Tartışmaları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054979752</t>
+          <t>9789944572477</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kedi Hissi</t>
+          <t>Bir Hareket Yaratmak MST Brezilya Topraksız Kır İşçileri Hareketi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>590</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054979745</t>
+          <t>9786054511419</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yol Kadındır</t>
+          <t>Bellek İzleri (DVD Hediyeli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054979790</t>
+          <t>9786054511105</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Düzenbazlar 2. Cilt</t>
+          <t>Belgeseller</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789944115513</t>
+          <t>9786054511723</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hamburg Programı: 21. Yüzyılda Sosyal Demokrasi</t>
+          <t>B’aşka Yazdım Hüznü</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055679392</t>
+          <t>9786055679118</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bizanslı Heretiklerin Tarihi</t>
+          <t>Bahçe Bizim Gül Bizdedir</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054979738</t>
+          <t>9789944115599</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Anglo-Amerikan Eğlence Endüstrisinde Televizyon Program Formatları</t>
+          <t>Aze’nin İzi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>17</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054979714</t>
+          <t>9786055679804</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ölüyaprak Vuruşu</t>
+          <t>Avrupa’nın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054979691</t>
+          <t>9789944115476</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Nazilerin Arka Kapısı</t>
+          <t>Anısı Bizdik Bu Kentin</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>690</v>
+        <v>36</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054979684</t>
+          <t>9786054511730</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Hakkında Her Şey</t>
+          <t>Andrey Tarkovski</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054979707</t>
+          <t>9789944115216</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Oğlumu Öldürdünüz Arz Ederim</t>
+          <t>Aman, Piyasalar!</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054979646</t>
+          <t>9786055679095</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı'nda Kıbrıs</t>
+          <t>Aleviliğin Kökleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054979608</t>
+          <t>9786054511600</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Antik Avrupa Cilt 2</t>
+          <t>Aleviliğin Kayıp Bin Yılı (325-1325)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>650</v>
+        <v>440</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054979622</t>
+          <t>9786054511037</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Eski Mars</t>
+          <t>Aleviliğin Gizli Tarihi Demirin Üstünde Karınca İzi</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054979639</t>
+          <t>9786055679019</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Eski Venüs</t>
+          <t>Akyazı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054979615</t>
+          <t>9789944115469</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Antik Avrupa (Cilt: 1)</t>
+          <t>Acı Çay</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054979592</t>
+          <t>9786054511785</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Dijital</t>
+          <t>5 Kuruşluk Devrim</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054979585</t>
+          <t>9786055679521</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Eğitim ve Marksizm</t>
+          <t>21. Yüzyıl Sosyalizmi ve Latin Amerika</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054979578</t>
+          <t>9786054511099</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Nemesis Operasyonu</t>
+          <t>1974 Baf Çarpışmaları ve Kocatepe Olayı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054979561</t>
+          <t>9789750073724</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Dış Politikada Yumuşak Güç ve Medya</t>
+          <t>Modern Zamanlarda Ütopya ve Karşıütopya</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>750</v>
+        <v>900</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054979547</t>
+          <t>9786057942616</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Tarihsel Sözlüğü</t>
+          <t>Patriyarka ve Kapitalizm</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054979042</t>
+          <t>9786057942746</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Anarşist</t>
+          <t>Antroposen'de Kapitalizm - Ekolojik Yıkım veya Ekolojik Devrim</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054979554</t>
+          <t>9786057942722</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hitler'i Yenen Adam Mareşal Jukov</t>
+          <t>Kınasız Gelinler - Acı Molehiya</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054979530</t>
+          <t>9786057942678</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Sosyal Demokrasi</t>
+          <t>Güneyin Şarkısı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054979523</t>
+          <t>9786057942715</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş İçin Uçak Kaçıran Bir Hava Korsanının Anıları</t>
+          <t>Akıllı Tasarımın Eleştirisi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055679491</t>
+          <t>9786057942685</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Marksist Kriz Teorileri Işığında Küresel Kriz</t>
+          <t>İstanbul’da Bir Düğüm</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054511679</t>
+          <t>9786057942654</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Marksist Ekoloji</t>
+          <t>Kıbrıs Cumhuriyeti'nin Kader Anı - Krizden Yıkıma Giden Yol: 1963-1964</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055679798</t>
+          <t>9786057942661</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Marksist Eğitim Kuramı ve Radikal Pedagoji</t>
+          <t>Kıbrıs - Bitmeyen Yaz</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054511501</t>
+          <t>9786057942593</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Siyaseti ve Kadın</t>
+          <t>Sermaye ve Emperyalizm: Kuram, Tarih ve Günümüz</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>320</v>
+        <v>590</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054511754</t>
+          <t>9786057942562</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sinema</t>
+          <t>Artık Sır Yok</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054979516</t>
+          <t>9786057942579</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikoterapi Mağdurunun Anıları</t>
+          <t>ABD Dış Politikasında Kıbrıs Açmazı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054979448</t>
+          <t>9786057942586</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Söylevleri</t>
+          <t>Mucize Kedi Koket</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>190</v>
+        <v>55</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054979455</t>
+          <t>9786054979325</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Ardından</t>
+          <t>Marx, Doğa ve Yıkımın Ekolojisi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>390</v>
+        <v>79</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054979462</t>
+          <t>9786055679903</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Nasıl Yazılmaz</t>
+          <t>Oyunculuk Sanatı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>590</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054979479</t>
+          <t>9786057942630</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Georgi Dimitrov - Bir Yaşam Öyküsü</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054979509</t>
+          <t>9786057942609</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Militan Fotoğraf ve Fotoğrafçı</t>
+          <t>Doğanın Dönüşü – Ekolojinin Uzun Bir Tarihi 2. Cilt</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054979486</t>
+          <t>9786057942531</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Aşık Geleneğinden Protest Müziğe: Ali Asker</t>
+          <t>Kıbrıs’ın En Uzun Yüzyılı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054511884</t>
+          <t>9786057942555</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>John Carpenter</t>
+          <t>Katharlar - Engizisyon Kıskacında</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054511877</t>
+          <t>9786057942548</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Kadınlar</t>
+          <t>Gülükan - Şiirler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>125</v>
+        <v>35</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054511969</t>
+          <t>9786057942524</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Kriz Teorisi 2. Kitap</t>
+          <t>Kafkaslar’da Üç Firari - Gülsenemliler</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054979400</t>
+          <t>9786057942500</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası Kent ve İnsan Söyleşileri - 2</t>
+          <t>Teknokültürel Düşler ve Kabuslar</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054979417</t>
+          <t>9786057942494</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Uçan Pervaneler</t>
+          <t>Medya ve Toplum İmgesi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054979424</t>
+          <t>9786057942517</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hotel Florida</t>
+          <t>50 Bin Yıllık Dünya Düzeni</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>690</v>
+        <v>290</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054979394</t>
+          <t>9786057942487</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeden Ulus Devlete</t>
+          <t>Yeni Medyada Görsel Küresel Politikalar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054979264</t>
+          <t>9786057942470</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yarından Sonra</t>
+          <t>Doğanın Dönüşü - Ekolojinin Uzun Bir Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>490</v>
+        <v>750</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054511334</t>
+          <t>9786057942432</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri Cilt: 1 (Özel Baskı) (Ciltli)</t>
+          <t>Belgelerle Koçgiri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>1100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054511204</t>
+          <t>9786057942456</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri Cilt: 1</t>
+          <t>Öğrenme Kuramları ve Yetişkin Öğrenme Modelleri Üzerine Kısa Bir İnceleme</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>850</v>
+        <v>160</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054979387</t>
+          <t>9786057942449</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Perdede ve Sahnede Nazım Hikmet</t>
+          <t>Abolisyonist Sosyalist Feminizm</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944115353</t>
+          <t>9786057942425</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ulus Devlet ve Şiddet</t>
+          <t>Hapishane Öncesi Yazılar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>800</v>
+        <v>480</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055679842</t>
+          <t>9786057942418</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kısa Filmler</t>
+          <t>Türkiye’de Unutulmuş Arnavutlar</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054511761</t>
+          <t>9786057942272</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kısa Film Senaryosu Yazmak</t>
+          <t>Antik Avrupa Cilt 4</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>490</v>
+        <v>600</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054511372</t>
+          <t>9786057942302</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri 2. Cilt</t>
+          <t>Jans Mans Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786055679606</t>
+          <t>9786057942319</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsel Sineması Tarihi</t>
+          <t>Serçe</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055679279</t>
+          <t>9786057942296</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Dünya Ekonomisi</t>
+          <t>Kıbrıs’a Soldan Bakmak – Akıntıya Karşı Yazılar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054979363</t>
+          <t>9786057942289</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen Bebeğin Ölümü</t>
+          <t>İncir Ağacının Gölgesinde Zaman</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054979349</t>
+          <t>9786057942258</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Desim'in Anadolu'daki Statüsü</t>
+          <t>Safir - Birinci Kitap</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054979356</t>
+          <t>9786057942210</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Sosyal Demokrasi : Zorluklar ve Fırsatlar</t>
+          <t>Göbekli Tepe - Öteki Dünyaya Açılan Kapının Şifreleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054511365</t>
+          <t>9786057942197</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri 3. Cilt</t>
+          <t>Küçük Asya’da Orta Çağ Helenizminin Çöküşü ve 11. Yüzyıldan Başlayarak 15. Yüzyıla Kadar İslamlaşma</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054511983</t>
+          <t>9786057942180</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>QR Kodlar ve İletişim Teknolojisinin Hibritleşmesi</t>
+          <t>Bronz Çağı’nda Alevilik (M.Ö.4000-M.Ö.1750)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>160</v>
+        <v>490</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054979288</t>
+          <t>9786057942173</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün : Günden Taşan Hayatlar</t>
+          <t>Hançerin Bekçisi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054979295</t>
+          <t>9786057942159</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İdealist Öğretmenden Sınava Hazırlayıcı Teknisyene Öğretmenliğin Dönüşümü</t>
+          <t>Zor Yıllar</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>350</v>
+        <v>55</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054979226</t>
+          <t>9786057942166</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Eğitimi ve Eşitlik</t>
+          <t>Biz Devrime Çok İnanmıştık</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054979202</t>
+          <t>9786050698305</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>AB ile Güncel İlişkilerimiz ve Ekonomik Kriz</t>
+          <t>Pipo Sohbetleri</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>12.96</v>
+        <v>290</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054979257</t>
+          <t>9786057942142</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Okumak</t>
+          <t>Luvi Uygarlığı - Anadolu ve Ege Arasında Kimlik, Kültür, Dil ve Din (Cilt 2)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054979233</t>
+          <t>9786057942128</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Komünist Partisi Tarihi</t>
+          <t>Kırılgan Sapmalar</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054511945</t>
+          <t>9786057942104</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Gezi'yi Soldan Kavramak 18 Brumaire'den Taksim Direnişi'ne</t>
+          <t>Yol Kurucusu - Kadıncık Ana</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054511297</t>
+          <t>9786057942098</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bale ve Dans Ansiklopedisi 1. Cilt</t>
+          <t>Kıbrıslı Türk Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054511303</t>
+          <t>9786057942081</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bale ve Dans Ansiklopedisi  2. Cilt</t>
+          <t>Paulikanların Tarihi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>850</v>
+        <v>600</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055679538</t>
+          <t>9786057942050</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Anarşistler Arasında Bir Kız</t>
+          <t>En Uzun Koşuda Adalılar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944115285</t>
+          <t>9786057942067</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Küresel Fabrikanın Doğuşu</t>
+          <t>Hazirandan Hazirana</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054979165</t>
+          <t>9786057942043</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sınıf Dil ve İktidar</t>
+          <t>Tarihten Güncele Laik Eğitim</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054979172</t>
+          <t>9786057942036</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Stalin’in Baş Celladı Halk Komiseri Nikolay Yezhov</t>
+          <t>Tarih ve Tarihçi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054979189</t>
+          <t>9786054979998</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hapishane Defterleri 4. Cilt</t>
+          <t>Makarios</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054979158</t>
+          <t>9786054979868</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Dijital Film Yapmak</t>
+          <t>Küba Bir Devrimin Anatomisi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054979066</t>
+          <t>9786057942012</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Gökçe</t>
+          <t>Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786054511488</t>
+          <t>9786054979974</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Yazılar 3</t>
+          <t>Bir Siyasi Biyografi Lenin</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>23.15</v>
+        <v>900</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054511648</t>
+          <t>9786054979981</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sinema Akımları</t>
+          <t>Savaş ve Biz</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055679859</t>
+          <t>9786054979005</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Neo-Noir Filmler</t>
+          <t>Kolektif Zeka</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9799944115024</t>
+          <t>9786054979967</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizmi Aşmak Latin Amerika’da Kitle Merkezli Kalkınma</t>
+          <t>Yazdan Sonra Yalnızlık</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944115063</t>
+          <t>9786054979912</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika’da Devlet İktidarı ve Toplumsal Hareketler</t>
+          <t>Vatanını Seven Tıklasın</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>390</v>
+        <v>125</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789750073779</t>
+          <t>9786054979943</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika ve Başka Bir Kalkınma</t>
+          <t>Senaryo Yazımı - Sekans Yöntemi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>290</v>
+        <v>590</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944115575</t>
+          <t>9786054979936</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorununda Çözüm Önerileri</t>
+          <t>Luvi Uygarlığı - Anadolu ve Ege Arasında Kimlik, Kültür, Dil, Din (Cilt 1)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>790</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789944115377</t>
+          <t>9786054979899</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İkinci Mesajı</t>
+          <t>Sihirli Keşifler - Taşıtlar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054511044</t>
+          <t>9786054979882</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Gramsci’yi Anlamak</t>
+          <t>Senaryo Yazmak Yeniden Yazmak Demektir</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786055679699</t>
+          <t>9786054979769</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Doğu Asya Sineması</t>
+          <t>Gölgelerde Savaşanlar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786055679781</t>
+          <t>9786054979875</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Asya Korku Sineması</t>
+          <t>Kadının Dönüşümü</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054511426</t>
+          <t>9786054979844</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Animasyon Filmler</t>
+          <t>Türk Sinemasında Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789944115360</t>
+          <t>9786054979813</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Eğitim</t>
+          <t>Renkli Gölgeler</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>490</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786054979110</t>
+          <t>9786054979820</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kapatılmanın Patolojisi</t>
+          <t>Paulo Freire - Diyaloğun Pedagojisine Giden Yol</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054979097</t>
+          <t>9786054979752</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kuşadası Rant Politikaları ve Liman</t>
+          <t>Kedi Hissi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>18.52</v>
+        <v>590</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054511686</t>
+          <t>9786054979745</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>General Grivas - Hayatım</t>
+          <t>Yol Kadındır</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786055679262</t>
+          <t>9786054979790</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Genel Teori İstihdam Faiz ve Paranın Genel Teorisi</t>
+          <t>Düzenbazlar 2. Cilt</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054511891</t>
+          <t>9789944115513</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrasi Notları - Toplumları Başkaldırıya Zorlayan Eşitsizlikler Konusunda...</t>
+          <t>Hamburg Programı: 21. Yüzyılda Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>450</v>
+        <v>15</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054979370</t>
+          <t>9786055679392</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sır İçinde Sır Olanlar- Alevi Kadınlar</t>
+          <t>Bizanslı Heretiklerin Tarihi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054979271</t>
+          <t>9786054979738</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>1421 - Çin’in Dünyayı Keşfettiği Yıl</t>
+          <t>Anglo-Amerikan Eğlence Endüstrisinde Televizyon Program Formatları</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054979141</t>
+          <t>9786054979714</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Yaratıcı Yönetmen</t>
+          <t>Ölüyaprak Vuruşu</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>580</v>
+        <v>290</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054979028</t>
+          <t>9786054979691</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kendi Medyanı Yarat Cilt 2 – Alternatif  Medya</t>
+          <t>Nazilerin Arka Kapısı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>190</v>
+        <v>690</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054979103</t>
+          <t>9786054979684</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Vaka-i Sosyal Medya</t>
+          <t>Köpekler Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786054679011</t>
+          <t>9786054979707</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kendi Medyanı Yarat – Alternatif Medya Kavramlar, Tartışmalar, Örnekler, Cilt: 1</t>
+          <t>Oğlumu Öldürdünüz Arz Ederim</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786054979059</t>
+          <t>9786054979646</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Dersim'in Siyasi Tarihi</t>
+          <t>2. Dünya Savaşı'nda Kıbrıs</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786054979035</t>
+          <t>9786054979608</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kırık Zeytin Dalı</t>
+          <t>Antik Avrupa Cilt 2</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054979073</t>
+          <t>9786054979622</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yitik Zaman Satıcısı</t>
+          <t>Eski Mars</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>195</v>
+        <v>550</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786054511990</t>
+          <t>9786054979639</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yeni Toplum</t>
+          <t>Eski Venüs</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>75</v>
+        <v>550</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786054511853</t>
+          <t>9786054979615</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ayın Karanlık Yüzü: Yeni Medya ve Etik</t>
+          <t>Antik Avrupa (Cilt: 1)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>245</v>
+        <v>600</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786054511778</t>
+          <t>9786054979592</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İngilizlerin Kıbrıs'taki Tarihi</t>
+          <t>Dijital</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>750</v>
+        <v>340</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054511860</t>
+          <t>9786054979585</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen Bebek Kıbrıs Cumhuriyeti</t>
+          <t>Eleştirel Eğitim ve Marksizm</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
+          <t>9786054979578</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Nemesis Operasyonu</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786054979561</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Dış Politikada Yumuşak Güç ve Medya</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786054979547</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Tarihsel Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786054979042</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Anarşist</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786054979554</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Hitler'i Yenen Adam Mareşal Jukov</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786054979530</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Sosyal Demokrasi</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786054979523</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Gezmiş İçin Uçak Kaçıran Bir Hava Korsanının Anıları</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786055679491</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Marksist Kriz Teorileri Işığında Küresel Kriz</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786054511679</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Marksist Ekoloji</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786055679798</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Marksist Eğitim Kuramı ve Radikal Pedagoji</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786054511501</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Siyaseti ve Kadın</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786054511754</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Sinema</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786054979516</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Bir Psikoterapi Mağdurunun Anıları</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786054979448</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Söylevleri</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786054979455</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığın Ardından</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786054979462</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Senaryo Nasıl Yazılmaz</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786054979479</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Georgi Dimitrov - Bir Yaşam Öyküsü</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786054979509</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Militan Fotoğraf ve Fotoğrafçı</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786054979486</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Geleneğinden Protest Müziğe: Ali Asker</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786054511884</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>John Carpenter</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786054511877</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Kadınlar</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786054511969</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Marx'ın Kriz Teorisi 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786054979400</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Kuşadası Kent ve İnsan Söyleşileri - 2</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786054979417</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Ateşe Uçan Pervaneler</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786054979424</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Hotel Florida</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786054979394</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Sömürgeden Ulus Devlete</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786054979264</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Yarından Sonra</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786054511334</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Hapishane Defterleri Cilt: 1 (Özel Baskı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786054511204</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Hapishane Defterleri Cilt: 1</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786054979387</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Perdede ve Sahnede Nazım Hikmet</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9789944115353</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Ulus Devlet ve Şiddet</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786055679842</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Kısa Filmler</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786054511761</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Kısa Film Senaryosu Yazmak</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786054511372</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Hapishane Defterleri 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786055679606</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Eşcinsel Sineması Tarihi</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786055679279</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Emperyalizm ve Dünya Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786054979363</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>İstenmeyen Bebeğin Ölümü</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786054979349</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Desim'in Anadolu'daki Statüsü</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786054979356</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye İçin Sosyal Demokrasi : Zorluklar ve Fırsatlar</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786054511365</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Hapishane Defterleri 3. Cilt</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786054511983</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>QR Kodlar ve İletişim Teknolojisinin Hibritleşmesi</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786054979288</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gün : Günden Taşan Hayatlar</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786054979295</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>İdealist Öğretmenden Sınava Hazırlayıcı Teknisyene Öğretmenliğin Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786054979226</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Yetişkin Eğitimi ve Eşitlik</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786054979202</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>AB ile Güncel İlişkilerimiz ve Ekonomik Kriz</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786054979257</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Senaryo Okumak</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786054979233</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Komünist Partisi Tarihi</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786054511945</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Gezi'yi Soldan Kavramak 18 Brumaire'den Taksim Direnişi'ne</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786054511297</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Bale ve Dans Ansiklopedisi 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786054511303</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Bale ve Dans Ansiklopedisi  2. Cilt</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786055679538</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Anarşistler Arasında Bir Kız</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9789944115285</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’da Küresel Fabrikanın Doğuşu</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786054979165</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Sınıf Dil ve İktidar</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786054979172</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Stalin’in Baş Celladı Halk Komiseri Nikolay Yezhov</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786054979189</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Hapishane Defterleri 4. Cilt</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786054979158</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Film Yapmak</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786054979066</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Gökçe</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786054511488</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Beyaz Yazılar 3</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786054511648</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Sinema Akımları</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786055679859</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Neo-Noir Filmler</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9799944115024</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Neoliberalizmi Aşmak Latin Amerika’da Kitle Merkezli Kalkınma</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9789944115063</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Latin Amerika’da Devlet İktidarı ve Toplumsal Hareketler</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9789750073779</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Latin Amerika ve Başka Bir Kalkınma</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9789944115575</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Kürt Sorununda Çözüm Önerileri</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9789944115377</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>İslam’ın İkinci Mesajı</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786054511044</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Gramsci’yi Anlamak</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786055679699</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Asya Sineması</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786055679781</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Asya Korku Sineması</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786054511426</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Animasyon Filmler</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9789944115360</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Alternatif Eğitim</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786054979110</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Kapatılmanın Patolojisi</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786054979097</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Kuşadası Rant Politikaları ve Liman</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786054511686</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>General Grivas - Hayatım</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786055679262</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Genel Teori İstihdam Faiz ve Paranın Genel Teorisi</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786054511891</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Demokrasi Notları - Toplumları Başkaldırıya Zorlayan Eşitsizlikler Konusunda...</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786054979370</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Sır İçinde Sır Olanlar- Alevi Kadınlar</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786054979271</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>1421 - Çin’in Dünyayı Keşfettiği Yıl</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786054979141</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Sinemada Yaratıcı Yönetmen</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786054979028</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Medyanı Yarat Cilt 2 – Alternatif  Medya</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786054979103</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Vaka-i Sosyal Medya</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786054679011</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Medyanı Yarat – Alternatif Medya Kavramlar, Tartışmalar, Örnekler, Cilt: 1</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786054979059</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Dersim'in Siyasi Tarihi</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786054979035</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Zeytin Dalı</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786054979073</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Yitik Zaman Satıcısı</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786054511990</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Toplum</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786054511853</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Ayın Karanlık Yüzü: Yeni Medya ve Etik</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786054511778</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>İngilizlerin Kıbrıs'taki Tarihi</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786054511860</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>İstenmeyen Bebek Kıbrıs Cumhuriyeti</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
           <t>9786054511846</t>
         </is>
       </c>
-      <c r="B327" s="1" t="inlineStr">
+      <c r="B415" s="1" t="inlineStr">
         <is>
           <t>Hegemonya ve İktidar</t>
         </is>
       </c>
-      <c r="C327" s="1">
+      <c r="C415" s="1">
         <v>490</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>