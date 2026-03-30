--- v0 (2025-10-30)
+++ v1 (2026-03-30)
@@ -85,130 +85,3070 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257073417</t>
+          <t>9786257073622</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Düşün Sen</t>
+          <t>Mehmet Akif Ersoy'u Torunundan Dinledim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257073400</t>
+          <t>9786257073455</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ezgi'nin Bilim Kitabı</t>
+          <t>İstihbarat - Kod Adı: Gölge</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257073370</t>
+          <t>9786257073448</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Köyde Bir Öğretmen</t>
+          <t>Hayal Limanı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059113540</t>
+          <t>9786257073394</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kızılbaş Türkler</t>
+          <t>Bir Tiyatro Masalı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>80</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059113519</t>
+          <t>9786257073387</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Haşhaşilerden Jön Masonlara</t>
+          <t>Bir Şifanın Parmak İzi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
+          <t>9786058129252</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Türkçülüğün Tarihi</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786058129283</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı Sakallı</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786059113953</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Dilşad Hatun</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786059113908</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Türk Töresi</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786059113984</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>İran'da Türk Kimliği</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786059113977</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ordusu Tarihi</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786059113991</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Değişim Siz Elinizi Uzattığınızda Başlar</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786058129207</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Turan</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786059113922</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Kızılelma</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786058129290</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Dil Giderse Ne Devlet Kalır Ne Millet</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786059113182</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes : Korku Vadisi</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786059113199</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes : Esrarengiz Konak</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786059113083</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ın Aslanı Hz. Ali ve Liderlik Sırları</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786059113113</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes : Suçluların Suçlusu</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786059113069</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Ulu Hakan Abdülhamit Han ve Liderlik Sırları</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786059113045</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Fatih Sultan Mehmet Han ve Liderlik Sırları</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786059113021</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Sevmekten Korkan Kız</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786059113014</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Selçuklu Tarihi</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>49.55</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9789758035618</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>31 Mart Ayaklanması</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9789758035700</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Tarihi</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9789758035694</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Teşkilat-ı Mahsusa MİT ve İstihbarat Örgütleri</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9789758035663</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>İsyanlar</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786059936019</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Bir Vatan İki Bozkurt</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786059113236</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Aşıkpaşazade Tarihi</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9789758035908</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'daki Alevilik</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9789758035762</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Mührü</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786059113816</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Nasıl Özgürleşir</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786058129238</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Seyfettin Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786058129221</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Islak İşler</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786059113946</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Orkun Yazıtları - Bengü Taşların Dili 1</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786059113939</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Sarıkamış</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786059113830</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Said Ayaklanması</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786059113700</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Liderlik Sırları</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>44.23</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786058129276</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Öldürür Sevdiğini</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786059113748</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Bozkurtların Tarihi</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786059113915</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Tarihe Yolculuk</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786059113960</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>The Sistem - Sistem'in Eğitimi</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786058129269</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Işınla Beni Scotty!</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786059113724</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Deryaları Dize Getiren Türk Korsanları</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>31.85</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786059113663</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Saraydan Esarete</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786059113656</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Kurtların Kardeşliği</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786059113564</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Türk İslam Tarihinden Hitabeler</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786059113670</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Suikast</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786059113595</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Kimlik</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786059113632</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Ortadoğu Hakimiyeti</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786059113571</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Türklerle Başlar</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786059113397</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Ülkücünün Aşkı</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786059113274</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurdan Kaçarken</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786059113809</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Tapınak Şövalyeleri</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786059113861</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Türkçülüğün Esasları</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786059113854</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Abdülhamid'in İntikamı</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786059113731</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Secdeden Sehpaya</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786059113755</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Enver'in Adamları - Derin Fedailer</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786059113649</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Vatansız Müslümanlar</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786059113557</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya Düzeni ve İlluminati</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786059113717</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Türkistan Başbuğu Emir Timur</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786059113687</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>İzmirli Mesih Sabetay Sevi</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786059113526</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Gıda Mühendisi Gibi Düşünmek</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786059113328</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Türk Beylikleri Tarihi</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786059113281</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Sorularla Alevilik</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789758035984</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Türkler</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>31.85</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789758035915</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Takma Kafana Allah Büyüktür</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>9.95</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789758035601</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Anlamak İçin Türkçe Kur'an</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>24.75</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789758035588</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Sedat Peker</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789758035731</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Uyan Türkiye</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786053922537</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Kabadayılar</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786059113885</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Kerbela</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789758035854</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel ve Kurumsal İletişim Teknikleri</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789758035717</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Sarıkamış</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789758035755</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Güçler Ortadoğu ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789758035779</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Kapitülasyonların Sebep Olduğu Balkan Bozgunu</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789758035724</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789758035670</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>İşgal Günlerindeki İşbirlikçiler</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789758035823</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Topal Osman Ağa</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789758035625</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Bozkurt</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789758035571</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Sömürgeci Batının Barbarlık Tarihi</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786059113243</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Cennetin Fedaileri - Alamut Kalesi</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789758035892</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Koca Reis</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789758035939</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Koş Corc Koş</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789758035953</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana'dan Yüreğinizi Isıtan Öyküler</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786059113823</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Türkistan Tarihi ve Medeniyeti</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786059113601</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Padişahları</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786059113533</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786059113625</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>İçimin Seside Olmasa Ölürüm Yalnızlıktan</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786059113618</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Kahrolsun Emperyalizm</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786059113267</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Ege'de Bir Yiğit</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>44.23</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786059113229</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>İlk Müslüman Türk Devleti Karahanlılar</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786059113090</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>İsrail Ortadoğu ve Kürtler</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786059113496</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Ölümü Göze Alanlar</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789758035809</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Ah Şu İttihatçılar</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786059113588</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Düş Peşime</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>35.38</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786059113403</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Kiralık Öyküler</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786059113052</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786059113205</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>İman Varsa Umut Vardır</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786059113342</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Bekliyorum Hala Seni</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786059113335</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'nın Altın Sayfaları</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786059113311</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Türk Devletleri Tarihi</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786059113366</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Vatansa Şiir Turan'dır</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786059113168</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Meselesi 1915</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786059113076</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Göktürkler</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786059113434</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Felsefenin Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786059113410</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Türk Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786059113427</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Dinler Tarihi</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786059113212</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Kuşcubaşı ve Yakup Cemil Osmanlı'nın İki Silahşörü</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786059113175</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>İstihbarat Servislerinde Beyin Yıkama Operasyonları</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786059113151</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Başbuğ Türkeş ve Dokuz Işık</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786059113144</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Vaktiyle Bir Atsız Varmış</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786059113120</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes : Dörtlerin Yemini</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786059113472</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Hun Türkleri</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>31.85</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789758035946</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Büyümek İstiyorduk, Çünkü B*k Vardı...</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786059113298</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Uygurlar</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786059113304</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Enver Paşa</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786059113007</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Diriliş</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789758035991</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Derin Devletin Solcuları</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786059113359</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Sımsıcak Sev Üşütme</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789758035977</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Padişah Anaları</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789758035922</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Oğuz</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786257073226</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Aklın İhaneti</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786257073233</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Daktilo</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786257073257</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Suikastler</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786257073271</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Kurtların Çağında Roma</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786257073264</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Mefküre-i Vatan Orduda İman</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786257073189</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Islık Çalan Karınca Çiko</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786257073196</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Ebedi Efendiler Edebi Köleler</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786257073240</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenciler İçin Osmanlı Tarihi</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786257073219</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Araştırma Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786257073202</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Genetik</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786257073356</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Geleceğe Türk - Yunan Sorunları (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786257073332</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>O Şanlı Maziden Bize Ne Kaldı?</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786257073295</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Edebi Köleler Ebedi Efendiler</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786257073325</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Uyuşturucuyla Mücadelede Tek Yol Spor</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786257073318</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Halka ve Olaylara Tercüman Gazetesi’nde Yayınlanan Karakuşak Köşe Yazıları - Makaleler</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>3990000073356</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Geleceğe Türk - Yunan Sorunları Cilt 1</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786257073363</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Koronavirüs Döneminde Dünya Ekonomi Politiği</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786257073288</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Sokağı Sakinleri</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786257073035</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Kelimelerin Sırları</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786257073059</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>İttihatçılar Ölür İttihatçılık Ölmez</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786257073103</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Kurtlar Ocağı - Türklüğün Dirilişi</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786257073066</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Türk Medeniyeti Tarihi</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786257073042</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Kimliğini Kaybeden Türkiye</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786058061941</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Rus Ateşi</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786056970023</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Esir Edilemeyen Türk Kürşad</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786056970054</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Basmacı Arşiv Belgelerine Göre - Türkistan’da Enver Paşa</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786058015517</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Ülkücü Hareketin Kronolojisi</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786056970061</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Arşiv Belgelerine Göre 1917-1934 Türkistan Milli İstiklal Hareketi - Basmacılar (Korbaşılar)</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786056970030</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Komutan</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786056970085</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenciler İçin Atatürk</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786257073073</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Türklük Ülküsü</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786058015579</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ermeni Gencin Hatıra Defteri</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786257073097</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Bozgun</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786257073165</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz ve Yasası Timur ve Tüzükatı</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786257073158</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Vatandan Coğrafyaya - Suriye Yağması</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786257073172</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Rusya-Batı Kıskacında Türkiye’nin Enerji Güvenliği</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786257073004</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Mübariz İbrahimov</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786056970047</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Dessas</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786058015524</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Madalyonun Tersi - Abdülhamid'in Bilinmeyenleri</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786058015500</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsızlık Sevdası</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786056970092</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Akşamdan Öten Horozlar</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786058061972</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan Parçacığı</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786058061934</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan Türkleri</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>2789786068562</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Meseleleri</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786058061903</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Yolculuk</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786058061910</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Belirli Gün ve Haftalar</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786058015593</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Hekimlik ve Avcılık</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786058061927</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Türkiyenin Tapu Senedi Lozan</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786059113502</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Gökbayrak</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786058015586</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Sabotajcı</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>3990000020071</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Türk-İslam Bilginleri</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786257073011</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Cem Sultan</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786257073028</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Timurlenk</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786058015548</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Milis Yarbay Topal Osman Ağa</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786058015531</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Türkçülük</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786058015562</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>İttihat ve Terakki</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786058015555</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Mete Han</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786058129245</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Kazım Karabekir'i Kızından Dinledim</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786257073141</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Şah İsmail (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786257073134</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Sıffin Savaşı</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786257073127</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Kırım Türkleri</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786257073110</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Ahıska Türkleri</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786059113373</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Balamir Han</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786055498863</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Yükselen Alevilik</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789758035557</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Reis</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789758035540</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Dava</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789758035595</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Bir Vatan İki Reis</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786056970016</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Altay Kamların Gecesi 2</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786058061989</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Harun Er-Reşid (Harunname)</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786058061996</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Ahıska Kartalları</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786056970009</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Mezardaki Göz</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786058061965</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Ölümden Önce Aşk Vardı</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786058061958</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Kaçak Yürek</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786056970078</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Cehennemde Türk Olmak</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786257073417</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Düşün Sen</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786257073400</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Ezgi'nin Bilim Kitabı</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786257073370</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Köyde Bir Öğretmen</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786059113540</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Kızılbaş Türkler</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786059113519</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Haşhaşilerden Jön Masonlara</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
           <t>9786059113380</t>
         </is>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Savunma</t>
         </is>
       </c>
-      <c r="C7" s="1">
+      <c r="C203" s="1">
         <v>26.54</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>